--- v0 (2025-12-04)
+++ v1 (2026-02-04)
@@ -2,141 +2,141 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\SBS_CSV_Reformat\Worksheets_and_Pdfs\Producer\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F6891BA5-EED6-42EA-BA2A-3AF59E9F2BF0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9A3CE883-E20D-4DF8-B1AB-3F4B711993AA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{305B0001-C3E1-4843-8ACC-C6AD4C48B133}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{CFF98432-AA68-4DC1-9298-37ADB490E742}"/>
   </bookViews>
   <sheets>
     <sheet name="XLSX_Worksheet" sheetId="2" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="Current">OFFSET([1]Interface!$K$4,,,COUNTA([1]Interface!$K$4:$K$107))</definedName>
     <definedName name="Import">OFFSET([1]Interface!$J$4,,,COUNTA([1]Interface!$J$4:$J$107))</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">XLSX_Worksheet!$6:$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="169" uniqueCount="122">
   <si>
     <r>
       <t xml:space="preserve">COMMONWEALTH OF MASSACHUSETTS
 DIVISION OF INSURANCE
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">PRODUCER LICENSING
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">1 Federal Street, Suite700  •  Boston, MA  02110-2012
 (617) 521-7794 • FAX (617) 753-6883
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="10"/>
         <color rgb="FF0000FF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>http://www.mass.gov/doi</t>
     </r>
   </si>
   <si>
     <t>Licensed Reinsurance Intermediary Brokers Agencies</t>
   </si>
   <si>
-    <t>December 1, 2025</t>
+    <t>February 1, 2026</t>
   </si>
   <si>
     <t>License #</t>
   </si>
   <si>
     <t>Original Approval</t>
   </si>
   <si>
     <t>Renewal Date</t>
   </si>
   <si>
     <t>Agency</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Zip</t>
   </si>
@@ -248,54 +248,51 @@
   <si>
     <t>QUINCY</t>
   </si>
   <si>
     <t xml:space="preserve">	02169</t>
   </si>
   <si>
     <t>Edgewood Partners Insurance Center</t>
   </si>
   <si>
     <t xml:space="preserve">1140 AVENUE OF THE AMERICAS FL 8  </t>
   </si>
   <si>
     <t>Foundation Risk Partners, Corp.</t>
   </si>
   <si>
     <t xml:space="preserve">780 W. GRANADA BLVD.  </t>
   </si>
   <si>
     <t>ORMOND BEACH</t>
   </si>
   <si>
     <t>Gallagher Re Inc.</t>
   </si>
   <si>
-    <t xml:space="preserve">525 MARKET STREET SUITE 3400 </t>
-[...2 lines deleted...]
-    <t>SAN FRANCISCO</t>
+    <t xml:space="preserve">300 MADISON AVE FL 28  </t>
   </si>
   <si>
     <t>Gallagher Reinsurance Brokers Miami Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">1000 BRICKELL AVENUE SUITE 590 </t>
   </si>
   <si>
     <t>Guy Carpenter &amp; Company, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1166 AVENUE OF THE AMERICAS  </t>
   </si>
   <si>
     <t>HCC Specialty Underwriters, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">701 EDGEWATER DR STE 430  </t>
   </si>
   <si>
     <t>WAKEFIELD</t>
   </si>
   <si>
     <t>HOLBORN CORPORATION</t>
   </si>
@@ -407,75 +404,81 @@
   <si>
     <t xml:space="preserve">	02110</t>
   </si>
   <si>
     <t>Spring Insurance Group, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">30 FEDERAL STREET 4TH FLOOR </t>
   </si>
   <si>
     <t>Tatum Reinsurance Intermediary LLC</t>
   </si>
   <si>
     <t xml:space="preserve">331 NEWMAN SPRINGS RD BUILDING 1, 4TH FLOOR, STE 143 </t>
   </si>
   <si>
     <t>RED BANK</t>
   </si>
   <si>
     <t>NJ</t>
   </si>
   <si>
     <t xml:space="preserve">	07701</t>
   </si>
   <si>
+    <t>Thomas E. Sears Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">125 HIGH ST STE 220  </t>
+  </si>
+  <si>
     <t>TigerRisk Partners. LLC</t>
   </si>
   <si>
     <t xml:space="preserve">METRO CENTER 1 STATION PL STE 305 </t>
   </si>
   <si>
     <t>STAMFORD</t>
   </si>
   <si>
     <t>Victor Insurance Managers Inc.</t>
   </si>
   <si>
     <t>ATTN: AGENT/BROKER LICENSING UNIT 7700 WISCONSIN AVENUE SUITE 400</t>
   </si>
   <si>
     <t>BETHESDA</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Willis Administrative Services Corporation</t>
   </si>
   <si>
-    <t xml:space="preserve">1900 MARKET ST FL 8  </t>
+    <t xml:space="preserve">1900 MARKET STREET FLOOR 8 </t>
   </si>
   <si>
     <t>PHILADELPHIA</t>
   </si>
   <si>
     <t>Willis Re Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">C/O WILLIS PROGRAMS OF CONNECTICUT 10 STATE HOUSE SQUARE, FLOOR 11 </t>
   </si>
   <si>
     <t>HARTFORD</t>
   </si>
   <si>
     <t xml:space="preserve">	06103</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="mm/dd/yy;@"/>
     <numFmt numFmtId="165" formatCode="[&lt;=9999999]###\-####;\(###\)\ ###\-####"/>
     <numFmt numFmtId="166" formatCode="\(000\)000\-0000"/>
@@ -734,51 +737,51 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>127000</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>101600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>952500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{087EEE8D-F1E8-41D4-839F-1748A6884E3E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FA2FFFD-0AD8-4B81-9720-2F746F786C3B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="876300" y="0"/>
           <a:ext cx="768350" cy="952500"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
@@ -1121,68 +1124,68 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A0EBFA4D-9A54-42A2-8A11-10B94D5A11BB}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CCCC8FC8-99BB-44A2-A52C-F180FBD8865A}">
   <sheetPr codeName="Sheet5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J20000"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="B4" sqref="B4:J4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="1.6328125" customWidth="1"/>
     <col min="2" max="2" width="9.08984375" style="8" customWidth="1"/>
     <col min="3" max="3" width="11.36328125" style="27" customWidth="1"/>
     <col min="4" max="4" width="11.1796875" style="28" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="46.6328125" customWidth="1"/>
-    <col min="6" max="6" width="43.453125" customWidth="1"/>
+    <col min="5" max="5" width="48.453125" customWidth="1"/>
+    <col min="6" max="6" width="28.26953125" customWidth="1"/>
     <col min="7" max="7" width="13.36328125" customWidth="1"/>
     <col min="8" max="8" width="6" style="29" customWidth="1"/>
     <col min="9" max="9" width="10.6328125" style="30" customWidth="1"/>
     <col min="10" max="10" width="12.36328125" style="31" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="116" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="3"/>
       <c r="D1" s="4"/>
       <c r="E1" s="32" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="33"/>
       <c r="G1" s="33"/>
       <c r="H1" s="5"/>
       <c r="I1" s="6"/>
       <c r="J1" s="7"/>
     </row>
     <row r="2" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
       <c r="C2" s="3"/>
       <c r="D2" s="4"/>
       <c r="E2" s="1"/>
@@ -1393,51 +1396,51 @@
       </c>
       <c r="F11" s="25" t="s">
         <v>26</v>
       </c>
       <c r="G11" s="24" t="s">
         <v>18</v>
       </c>
       <c r="H11" s="22" t="s">
         <v>19</v>
       </c>
       <c r="I11" s="22">
         <v>10005</v>
       </c>
       <c r="J11" s="26">
         <v>2052781191</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B12" s="22">
         <v>1040547</v>
       </c>
       <c r="C12" s="23">
         <v>39836</v>
       </c>
       <c r="D12" s="23">
-        <v>46045</v>
+        <v>46410</v>
       </c>
       <c r="E12" s="24" t="s">
         <v>27</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>28</v>
       </c>
       <c r="G12" s="24" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="22" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="22" t="s">
         <v>31</v>
       </c>
       <c r="J12" s="26">
         <v>8662662583</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B13" s="22">
         <v>660855</v>
       </c>
       <c r="C13" s="23">
@@ -1634,707 +1637,728 @@
       </c>
       <c r="I19" s="22">
         <v>32174</v>
       </c>
       <c r="J19" s="26">
         <v>3869990001</v>
       </c>
     </row>
     <row r="20" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B20" s="22">
         <v>1040331</v>
       </c>
       <c r="C20" s="23">
         <v>39582</v>
       </c>
       <c r="D20" s="23">
         <v>46156</v>
       </c>
       <c r="E20" s="24" t="s">
         <v>53</v>
       </c>
       <c r="F20" s="25" t="s">
         <v>54</v>
       </c>
       <c r="G20" s="24" t="s">
-        <v>55</v>
+        <v>18</v>
       </c>
       <c r="H20" s="22" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="I20" s="22">
-        <v>94105</v>
+        <v>100176436</v>
       </c>
       <c r="J20" s="26">
         <v>9104493242</v>
       </c>
     </row>
     <row r="21" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B21" s="22">
         <v>18171999</v>
       </c>
       <c r="C21" s="23">
         <v>42895</v>
       </c>
       <c r="D21" s="23">
         <v>46182</v>
       </c>
       <c r="E21" s="24" t="s">
+        <v>55</v>
+      </c>
+      <c r="F21" s="25" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="G21" s="24" t="s">
         <v>36</v>
       </c>
       <c r="H21" s="22" t="s">
         <v>37</v>
       </c>
       <c r="I21" s="22">
         <v>33131</v>
       </c>
       <c r="J21" s="26">
         <v>3053228571</v>
       </c>
     </row>
     <row r="22" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B22" s="22">
         <v>1627322</v>
       </c>
       <c r="C22" s="23">
         <v>38862</v>
       </c>
       <c r="D22" s="23">
         <v>46167</v>
       </c>
       <c r="E22" s="24" t="s">
+        <v>57</v>
+      </c>
+      <c r="F22" s="25" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="G22" s="24" t="s">
         <v>18</v>
       </c>
       <c r="H22" s="22" t="s">
         <v>19</v>
       </c>
       <c r="I22" s="22">
         <v>10036</v>
       </c>
       <c r="J22" s="26">
         <v>9179373375</v>
       </c>
     </row>
     <row r="23" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B23" s="22">
         <v>2004551</v>
       </c>
       <c r="C23" s="23">
         <v>37595</v>
       </c>
       <c r="D23" s="23">
         <v>46361</v>
       </c>
       <c r="E23" s="24" t="s">
+        <v>59</v>
+      </c>
+      <c r="F23" s="25" t="s">
         <v>60</v>
       </c>
-      <c r="F23" s="25" t="s">
+      <c r="G23" s="24" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="H23" s="22" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="22">
         <v>18806242</v>
       </c>
       <c r="J23" s="26">
         <v>7819946000</v>
       </c>
     </row>
     <row r="24" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B24" s="22">
         <v>3003144358</v>
       </c>
       <c r="C24" s="23">
         <v>45730</v>
       </c>
       <c r="D24" s="23">
-        <v>46095</v>
+        <v>46460</v>
       </c>
       <c r="E24" s="24" t="s">
+        <v>62</v>
+      </c>
+      <c r="F24" s="25" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="G24" s="24" t="s">
         <v>18</v>
       </c>
       <c r="H24" s="22" t="s">
         <v>19</v>
       </c>
       <c r="I24" s="22">
         <v>100384946</v>
       </c>
       <c r="J24" s="26">
         <v>2124129451</v>
       </c>
     </row>
     <row r="25" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B25" s="22">
         <v>3219031</v>
       </c>
       <c r="C25" s="23">
         <v>43160</v>
       </c>
       <c r="D25" s="23">
         <v>46089</v>
       </c>
       <c r="E25" s="24" t="s">
+        <v>64</v>
+      </c>
+      <c r="F25" s="25" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="G25" s="24" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="22" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="22">
         <v>22101033</v>
       </c>
       <c r="J25" s="26">
         <v>6178321300</v>
       </c>
     </row>
     <row r="26" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B26" s="22">
         <v>3003667332</v>
       </c>
       <c r="C26" s="23">
         <v>45851</v>
       </c>
       <c r="D26" s="23">
         <v>46216</v>
       </c>
       <c r="E26" s="24" t="s">
+        <v>66</v>
+      </c>
+      <c r="F26" s="25" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="G26" s="24" t="s">
         <v>14</v>
       </c>
       <c r="H26" s="22" t="s">
         <v>15</v>
       </c>
       <c r="I26" s="22">
         <v>554353201</v>
       </c>
       <c r="J26" s="26">
         <v>2034504956</v>
       </c>
     </row>
     <row r="27" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B27" s="22">
         <v>3002871011</v>
       </c>
       <c r="C27" s="23">
         <v>45380</v>
       </c>
       <c r="D27" s="23">
-        <v>46110</v>
+        <v>46475</v>
       </c>
       <c r="E27" s="24" t="s">
+        <v>68</v>
+      </c>
+      <c r="F27" s="25" t="s">
         <v>69</v>
       </c>
-      <c r="F27" s="25" t="s">
+      <c r="G27" s="24" t="s">
         <v>70</v>
       </c>
-      <c r="G27" s="24" t="s">
+      <c r="H27" s="22" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="I27" s="22">
         <v>16501</v>
       </c>
       <c r="J27" s="26">
         <v>8139843200</v>
       </c>
     </row>
     <row r="28" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B28" s="22">
         <v>1040271</v>
       </c>
       <c r="C28" s="23">
         <v>42131</v>
       </c>
       <c r="D28" s="23">
         <v>46186</v>
       </c>
       <c r="E28" s="24" t="s">
+        <v>72</v>
+      </c>
+      <c r="F28" s="25" t="s">
         <v>73</v>
       </c>
-      <c r="F28" s="25" t="s">
+      <c r="G28" s="24" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="H28" s="22" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="22" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J28" s="26">
         <v>7812452220</v>
       </c>
     </row>
     <row r="29" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B29" s="22">
         <v>3003222813</v>
       </c>
       <c r="C29" s="23">
         <v>45622</v>
       </c>
       <c r="D29" s="23">
         <v>46352</v>
       </c>
       <c r="E29" s="24" t="s">
+        <v>76</v>
+      </c>
+      <c r="F29" s="25" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="G29" s="24" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="22" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="22">
         <v>21091826</v>
       </c>
       <c r="J29" s="26">
         <v>2156301098</v>
       </c>
     </row>
     <row r="30" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B30" s="22">
         <v>8614324</v>
       </c>
       <c r="C30" s="23">
         <v>44756</v>
       </c>
       <c r="D30" s="23">
         <v>46217</v>
       </c>
       <c r="E30" s="24" t="s">
+        <v>78</v>
+      </c>
+      <c r="F30" s="25" t="s">
         <v>79</v>
       </c>
-      <c r="F30" s="25" t="s">
+      <c r="G30" s="24" t="s">
         <v>80</v>
       </c>
-      <c r="G30" s="24" t="s">
+      <c r="H30" s="22" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="I30" s="22">
         <v>64112</v>
       </c>
       <c r="J30" s="26">
         <v>8169609000</v>
       </c>
     </row>
     <row r="31" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B31" s="22">
         <v>13426563</v>
       </c>
       <c r="C31" s="23">
         <v>39953</v>
       </c>
       <c r="D31" s="23">
         <v>46162</v>
       </c>
       <c r="E31" s="24" t="s">
+        <v>82</v>
+      </c>
+      <c r="F31" s="25" t="s">
         <v>83</v>
       </c>
-      <c r="F31" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" s="24" t="s">
+        <v>80</v>
+      </c>
+      <c r="H31" s="22" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="I31" s="22">
         <v>641121906</v>
       </c>
       <c r="J31" s="26">
         <v>8169609000</v>
       </c>
     </row>
     <row r="32" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B32" s="22">
         <v>19377157</v>
       </c>
       <c r="C32" s="23">
         <v>45251</v>
       </c>
       <c r="D32" s="23">
         <v>46347</v>
       </c>
       <c r="E32" s="24" t="s">
+        <v>84</v>
+      </c>
+      <c r="F32" s="25" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="G32" s="24" t="s">
         <v>18</v>
       </c>
       <c r="H32" s="22" t="s">
         <v>19</v>
       </c>
       <c r="I32" s="22">
         <v>10019</v>
       </c>
       <c r="J32" s="26">
         <v>2127965550</v>
       </c>
     </row>
     <row r="33" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B33" s="22">
         <v>3003468678</v>
       </c>
       <c r="C33" s="23">
         <v>45681</v>
       </c>
       <c r="D33" s="23">
-        <v>46046</v>
+        <v>46411</v>
       </c>
       <c r="E33" s="24" t="s">
+        <v>86</v>
+      </c>
+      <c r="F33" s="25" t="s">
         <v>87</v>
       </c>
-      <c r="F33" s="25" t="s">
+      <c r="G33" s="24" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="H33" s="22" t="s">
         <v>41</v>
       </c>
       <c r="I33" s="22" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J33" s="26">
         <v>4695644800</v>
       </c>
     </row>
     <row r="34" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B34" s="22">
         <v>8999167</v>
       </c>
       <c r="C34" s="23">
         <v>41934</v>
       </c>
       <c r="D34" s="23">
         <v>46317</v>
       </c>
       <c r="E34" s="24" t="s">
+        <v>90</v>
+      </c>
+      <c r="F34" s="25" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="G34" s="24" t="s">
         <v>29</v>
       </c>
       <c r="H34" s="22" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="22" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="J34" s="26">
         <v>6179566210</v>
       </c>
     </row>
     <row r="35" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B35" s="22">
         <v>3002129997</v>
       </c>
       <c r="C35" s="23">
         <v>44862</v>
       </c>
       <c r="D35" s="23">
         <v>46323</v>
       </c>
       <c r="E35" s="24" t="s">
+        <v>93</v>
+      </c>
+      <c r="F35" s="25" t="s">
         <v>94</v>
       </c>
-      <c r="F35" s="25" t="s">
+      <c r="G35" s="24" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="H35" s="22" t="s">
         <v>41</v>
       </c>
       <c r="I35" s="22">
         <v>60512637</v>
       </c>
       <c r="J35" s="26">
         <v>8604389357</v>
       </c>
     </row>
     <row r="36" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B36" s="22">
         <v>8010937</v>
       </c>
       <c r="C36" s="23">
         <v>43033</v>
       </c>
       <c r="D36" s="23">
         <v>46320</v>
       </c>
       <c r="E36" s="24" t="s">
+        <v>96</v>
+      </c>
+      <c r="F36" s="25" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="G36" s="24" t="s">
         <v>29</v>
       </c>
       <c r="H36" s="22" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="22" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J36" s="26">
         <v>2626192824</v>
       </c>
     </row>
     <row r="37" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B37" s="22">
         <v>8633556</v>
       </c>
       <c r="C37" s="23">
         <v>45893</v>
       </c>
       <c r="D37" s="23">
         <v>46258</v>
       </c>
       <c r="E37" s="24" t="s">
+        <v>99</v>
+      </c>
+      <c r="F37" s="25" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="G37" s="24" t="s">
         <v>29</v>
       </c>
       <c r="H37" s="22" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="22" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J37" s="26">
         <v>6175890930</v>
       </c>
     </row>
     <row r="38" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B38" s="22">
         <v>19364763</v>
       </c>
       <c r="C38" s="23">
         <v>43853</v>
       </c>
       <c r="D38" s="23">
-        <v>46045</v>
+        <v>46410</v>
       </c>
       <c r="E38" s="24" t="s">
+        <v>101</v>
+      </c>
+      <c r="F38" s="25" t="s">
         <v>102</v>
       </c>
-      <c r="F38" s="25" t="s">
+      <c r="G38" s="24" t="s">
         <v>103</v>
       </c>
-      <c r="G38" s="24" t="s">
+      <c r="H38" s="22" t="s">
         <v>104</v>
       </c>
-      <c r="H38" s="22" t="s">
+      <c r="I38" s="22" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="J38" s="26">
         <v>7326727752</v>
       </c>
     </row>
     <row r="39" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B39" s="22">
-        <v>10361204</v>
+        <v>79010</v>
       </c>
       <c r="C39" s="23">
-        <v>42039</v>
+        <v>45996</v>
       </c>
       <c r="D39" s="23">
-        <v>46422</v>
+        <v>46361</v>
       </c>
       <c r="E39" s="24" t="s">
+        <v>106</v>
+      </c>
+      <c r="F39" s="25" t="s">
         <v>107</v>
       </c>
-      <c r="F39" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G39" s="24" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="H39" s="22" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="I39" s="22">
-        <v>69026800</v>
+        <v>21102737</v>
       </c>
       <c r="J39" s="26">
-        <v>2038830275</v>
+        <v>6177531205</v>
       </c>
     </row>
     <row r="40" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B40" s="22">
-        <v>659575</v>
+        <v>10361204</v>
       </c>
       <c r="C40" s="23">
-        <v>44900</v>
+        <v>42039</v>
       </c>
       <c r="D40" s="23">
-        <v>46361</v>
+        <v>46422</v>
       </c>
       <c r="E40" s="24" t="s">
+        <v>108</v>
+      </c>
+      <c r="F40" s="25" t="s">
+        <v>109</v>
+      </c>
+      <c r="G40" s="24" t="s">
         <v>110</v>
       </c>
-      <c r="F40" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H40" s="22" t="s">
-        <v>113</v>
+        <v>41</v>
       </c>
       <c r="I40" s="22">
-        <v>20814</v>
+        <v>69026800</v>
       </c>
       <c r="J40" s="26">
-        <v>2123459680</v>
+        <v>2038830275</v>
       </c>
     </row>
     <row r="41" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B41" s="22">
-        <v>686658</v>
+        <v>659575</v>
       </c>
       <c r="C41" s="23">
-        <v>44600</v>
+        <v>44900</v>
       </c>
       <c r="D41" s="23">
-        <v>46061</v>
+        <v>46361</v>
       </c>
       <c r="E41" s="24" t="s">
+        <v>111</v>
+      </c>
+      <c r="F41" s="25" t="s">
+        <v>112</v>
+      </c>
+      <c r="G41" s="24" t="s">
+        <v>113</v>
+      </c>
+      <c r="H41" s="22" t="s">
         <v>114</v>
       </c>
-      <c r="F41" s="25" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I41" s="22">
-        <v>191033527</v>
+        <v>20814</v>
       </c>
       <c r="J41" s="26">
-        <v>6158723447</v>
+        <v>2123459680</v>
       </c>
     </row>
     <row r="42" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B42" s="22">
-        <v>3003483362</v>
+        <v>686658</v>
       </c>
       <c r="C42" s="23">
-        <v>45686</v>
+        <v>44600</v>
       </c>
       <c r="D42" s="23">
-        <v>46051</v>
+        <v>46426</v>
       </c>
       <c r="E42" s="24" t="s">
+        <v>115</v>
+      </c>
+      <c r="F42" s="25" t="s">
+        <v>116</v>
+      </c>
+      <c r="G42" s="24" t="s">
         <v>117</v>
       </c>
-      <c r="F42" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H42" s="22" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>71</v>
+      </c>
+      <c r="I42" s="22">
+        <v>19103</v>
       </c>
       <c r="J42" s="26">
-        <v>8602781320</v>
+        <v>6106621286</v>
       </c>
     </row>
     <row r="43" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B43"/>
-[...4 lines deleted...]
-      <c r="J43"/>
+      <c r="B43" s="22">
+        <v>3003483362</v>
+      </c>
+      <c r="C43" s="23">
+        <v>45686</v>
+      </c>
+      <c r="D43" s="23">
+        <v>46416</v>
+      </c>
+      <c r="E43" s="24" t="s">
+        <v>118</v>
+      </c>
+      <c r="F43" s="25" t="s">
+        <v>119</v>
+      </c>
+      <c r="G43" s="24" t="s">
+        <v>120</v>
+      </c>
+      <c r="H43" s="22" t="s">
+        <v>41</v>
+      </c>
+      <c r="I43" s="22" t="s">
+        <v>121</v>
+      </c>
+      <c r="J43" s="26">
+        <v>8602781320</v>
+      </c>
     </row>
     <row r="44" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="H44"/>
       <c r="I44"/>
       <c r="J44"/>
     </row>
     <row r="45" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="H45"/>
       <c r="I45"/>
       <c r="J45"/>
     </row>
     <row r="46" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="H46"/>
       <c r="I46"/>
       <c r="J46"/>
     </row>
@@ -22292,90 +22316,90 @@
     <row r="19984" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19985" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19986" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19987" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19988" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19989" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19990" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19991" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19992" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19993" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19994" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19995" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19996" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19997" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19998" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19999" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="20000" customFormat="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="E1:G1"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="B4:J4"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0" right="0" top="0" bottom="0.5" header="0" footer="0"/>
-  <pageSetup scale="84" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
+  <pageSetup scale="91" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;14&amp;K08-048Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C4A0D5CF-3DB8-4187-BD47-2F2DA0260621}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AD737604-79DB-409D-A887-D21C92328F95}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>XLSX_Worksheet</vt:lpstr>
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>XLSX_Worksheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Commonwealth of Massachusetts</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Wilbur, Robert (DOI)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>