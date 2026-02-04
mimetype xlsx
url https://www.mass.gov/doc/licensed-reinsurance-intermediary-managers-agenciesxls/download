--- v0 (2025-12-04)
+++ v1 (2026-02-04)
@@ -2,141 +2,141 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\SBS_CSV_Reformat\Worksheets_and_Pdfs\Producer\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0D147A92-3417-4886-9441-538558481523}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ED41B040-A919-4AEA-86BF-EDD1438F9E89}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{AF40636D-AE43-450D-9C88-E27CEF441E67}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{3C3C177B-9A7D-45B1-9341-5EFAD1A99D4A}"/>
   </bookViews>
   <sheets>
     <sheet name="XLSX_Worksheet" sheetId="2" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="Current">OFFSET([1]Interface!$K$4,,,COUNTA([1]Interface!$K$4:$K$107))</definedName>
     <definedName name="Import">OFFSET([1]Interface!$J$4,,,COUNTA([1]Interface!$J$4:$J$107))</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">XLSX_Worksheet!$6:$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="72">
   <si>
     <r>
       <t xml:space="preserve">COMMONWEALTH OF MASSACHUSETTS
 DIVISION OF INSURANCE
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">PRODUCER LICENSING
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">1 Federal Street, Suite700  •  Boston, MA  02110-2012
 (617) 521-7794 • FAX (617) 753-6883
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="10"/>
         <color rgb="FF0000FF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>http://www.mass.gov/doi</t>
     </r>
   </si>
   <si>
     <t>Licensed Reinsurance Intermediary Managers Agencies</t>
   </si>
   <si>
-    <t>December 1, 2025</t>
+    <t>February 1, 2026</t>
   </si>
   <si>
     <t>License #</t>
   </si>
   <si>
     <t>Original Approval</t>
   </si>
   <si>
     <t>Renewal Date</t>
   </si>
   <si>
     <t>Agency</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Zip</t>
   </si>
@@ -200,144 +200,150 @@
   <si>
     <t>ORMOND BEACH</t>
   </si>
   <si>
     <t>FL</t>
   </si>
   <si>
     <t>HRMP, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">300 ROSEWOOD DRIVE SUITE 250  </t>
   </si>
   <si>
     <t>DANVERS</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t xml:space="preserve">	01923</t>
   </si>
   <si>
     <t>IOA Re, LLC</t>
   </si>
   <si>
-    <t xml:space="preserve">555 E NORTH LN STE 6060  </t>
+    <t xml:space="preserve">555 E. NORTH LANE SUITE 6060 </t>
   </si>
   <si>
     <t>CONSHOHOCKEN</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Larus LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1395 BRICKELL AVE SUITE 800 </t>
   </si>
   <si>
     <t>MIAMI</t>
   </si>
   <si>
     <t>MS Amlin Reinsurance Managers, Inc</t>
   </si>
   <si>
-    <t xml:space="preserve">701 BRICKELL AVENUE SUITE 2150 </t>
+    <t xml:space="preserve">801 BRICKELL AVE STE 2450  </t>
   </si>
   <si>
     <t>Nexus Reinsurance Underwriting Managers, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">2120 HEADQUARTERS PLZ  </t>
   </si>
   <si>
     <t>MORRISTOWN</t>
   </si>
   <si>
     <t xml:space="preserve">	07960</t>
+  </si>
+  <si>
+    <t>PROOF INSURANCE SOLUTIONS LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 VANDERBILT AVE FL 65  </t>
+  </si>
+  <si>
+    <t>NEW YORK</t>
+  </si>
+  <si>
+    <t>NY</t>
   </si>
   <si>
     <t>Reinsurance Management Associate, Inc</t>
   </si>
   <si>
     <t xml:space="preserve">1900 W LITTLETON BLVD  </t>
   </si>
   <si>
     <t>LITTLETON</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Ryan Specialty Latin America, LLC</t>
   </si>
   <si>
-    <t xml:space="preserve">600 BRICKELL AVE STE 2825  </t>
+    <t xml:space="preserve">600 BRICKELL AVE. SUITE 2825 </t>
   </si>
   <si>
     <t>Sequoia Reinsurance Services, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">15800 32ND AVE N. STE 120 </t>
   </si>
   <si>
     <t>PLYMOUTH</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Tamesis Dual Americas LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1100 5TH AVE S STE 301  </t>
   </si>
   <si>
     <t>NAPLES</t>
   </si>
   <si>
     <t>Thomas E. Sears Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">125 HIGH ST STE 220  </t>
   </si>
   <si>
     <t>BOSTON</t>
   </si>
   <si>
     <t>TransRe Underwriting Managers Agency Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">ONE LIBERTY PLAZA 165 BROADWAY  </t>
-  </si>
-[...4 lines deleted...]
-    <t>NY</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="mm/dd/yy;@"/>
     <numFmt numFmtId="165" formatCode="[&lt;=9999999]###\-####;\(###\)\ ###\-####"/>
     <numFmt numFmtId="166" formatCode="\(000\)000\-0000"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
@@ -581,51 +587,51 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>127000</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>101600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>952500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C4336FF-2666-4468-8F78-59AED1147F4C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5141713A-AA47-4013-9648-F50FCF090601}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="876300" y="0"/>
           <a:ext cx="768350" cy="952500"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
@@ -968,68 +974,68 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2A526229-7740-45A8-8E75-30B04642DE8B}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BC183406-B640-4548-9E6A-5E4A3D59475F}">
   <sheetPr codeName="Sheet5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J20000"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="B4" sqref="B4:J4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="1.6328125" customWidth="1"/>
     <col min="2" max="2" width="9.08984375" style="8" customWidth="1"/>
     <col min="3" max="3" width="11.36328125" style="27" customWidth="1"/>
     <col min="4" max="4" width="11.1796875" style="28" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="45.08984375" customWidth="1"/>
-    <col min="6" max="6" width="36" customWidth="1"/>
+    <col min="5" max="5" width="49.453125" customWidth="1"/>
+    <col min="6" max="6" width="33.90625" customWidth="1"/>
     <col min="7" max="7" width="13.36328125" customWidth="1"/>
     <col min="8" max="8" width="6" style="29" customWidth="1"/>
     <col min="9" max="9" width="10.6328125" style="30" customWidth="1"/>
     <col min="10" max="10" width="12.36328125" style="31" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="116" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="3"/>
       <c r="D1" s="4"/>
       <c r="E1" s="32" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="33"/>
       <c r="G1" s="33"/>
       <c r="H1" s="5"/>
       <c r="I1" s="6"/>
       <c r="J1" s="7"/>
     </row>
     <row r="2" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
       <c r="C2" s="3"/>
       <c r="D2" s="4"/>
       <c r="E2" s="1"/>
@@ -1269,339 +1275,360 @@
       </c>
       <c r="F12" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G12" s="24" t="s">
         <v>34</v>
       </c>
       <c r="H12" s="22" t="s">
         <v>35</v>
       </c>
       <c r="I12" s="22" t="s">
         <v>36</v>
       </c>
       <c r="J12" s="26">
         <v>9787629780</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B13" s="22">
         <v>2006648</v>
       </c>
       <c r="C13" s="23">
         <v>45638</v>
       </c>
       <c r="D13" s="23">
-        <v>46003</v>
+        <v>46368</v>
       </c>
       <c r="E13" s="24" t="s">
         <v>37</v>
       </c>
       <c r="F13" s="25" t="s">
         <v>38</v>
       </c>
       <c r="G13" s="24" t="s">
         <v>39</v>
       </c>
       <c r="H13" s="22" t="s">
         <v>40</v>
       </c>
       <c r="I13" s="22">
-        <v>194282250</v>
+        <v>19428</v>
       </c>
       <c r="J13" s="26">
         <v>8009709778</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B14" s="22">
         <v>3003011805</v>
       </c>
       <c r="C14" s="23">
         <v>45372</v>
       </c>
       <c r="D14" s="23">
-        <v>46102</v>
+        <v>46467</v>
       </c>
       <c r="E14" s="24" t="s">
         <v>41</v>
       </c>
       <c r="F14" s="25" t="s">
         <v>42</v>
       </c>
       <c r="G14" s="24" t="s">
         <v>43</v>
       </c>
       <c r="H14" s="22" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="22">
         <v>33131</v>
       </c>
       <c r="J14" s="26">
         <v>7864794356</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B15" s="22">
         <v>19205469</v>
       </c>
       <c r="C15" s="23">
         <v>43969</v>
       </c>
       <c r="D15" s="23">
         <v>46160</v>
       </c>
       <c r="E15" s="24" t="s">
         <v>44</v>
       </c>
       <c r="F15" s="25" t="s">
         <v>45</v>
       </c>
       <c r="G15" s="24" t="s">
         <v>43</v>
       </c>
       <c r="H15" s="22" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="22">
-        <v>33131</v>
+        <v>331314944</v>
       </c>
       <c r="J15" s="26">
         <v>7868785920</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B16" s="22">
         <v>18291355</v>
       </c>
       <c r="C16" s="23">
         <v>42829</v>
       </c>
       <c r="D16" s="23">
-        <v>46116</v>
+        <v>46481</v>
       </c>
       <c r="E16" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F16" s="25" t="s">
         <v>47</v>
       </c>
       <c r="G16" s="24" t="s">
         <v>48</v>
       </c>
       <c r="H16" s="22" t="s">
         <v>27</v>
       </c>
       <c r="I16" s="22" t="s">
         <v>49</v>
       </c>
       <c r="J16" s="26">
         <v>9736583662</v>
       </c>
     </row>
     <row r="17" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B17" s="22">
-        <v>19177618</v>
+        <v>3002110820</v>
       </c>
       <c r="C17" s="23">
-        <v>44510</v>
+        <v>46003</v>
       </c>
       <c r="D17" s="23">
-        <v>46336</v>
+        <v>46368</v>
       </c>
       <c r="E17" s="24" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="25" t="s">
         <v>51</v>
       </c>
       <c r="G17" s="24" t="s">
         <v>52</v>
       </c>
       <c r="H17" s="22" t="s">
         <v>53</v>
       </c>
       <c r="I17" s="22">
-        <v>80120</v>
+        <v>10017</v>
       </c>
       <c r="J17" s="26">
-        <v>4164083309</v>
+        <v>2122574750</v>
       </c>
     </row>
     <row r="18" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B18" s="22">
-        <v>3002862429</v>
+        <v>19177618</v>
       </c>
       <c r="C18" s="23">
-        <v>45268</v>
+        <v>44510</v>
       </c>
       <c r="D18" s="23">
-        <v>45999</v>
+        <v>46336</v>
       </c>
       <c r="E18" s="24" t="s">
         <v>54</v>
       </c>
       <c r="F18" s="25" t="s">
         <v>55</v>
       </c>
       <c r="G18" s="24" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="H18" s="22" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="I18" s="22">
-        <v>331313088</v>
+        <v>80120</v>
       </c>
       <c r="J18" s="26">
-        <v>7204579568</v>
+        <v>4164083309</v>
       </c>
     </row>
     <row r="19" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B19" s="22">
-        <v>18853752</v>
+        <v>3002862429</v>
       </c>
       <c r="C19" s="23">
-        <v>43383</v>
+        <v>45268</v>
       </c>
       <c r="D19" s="23">
-        <v>46305</v>
+        <v>46406</v>
       </c>
       <c r="E19" s="24" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="F19" s="25" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="G19" s="24" t="s">
-        <v>58</v>
+        <v>43</v>
       </c>
       <c r="H19" s="22" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="I19" s="22">
-        <v>55447</v>
+        <v>33131</v>
       </c>
       <c r="J19" s="26">
-        <v>9138715892</v>
+        <v>7204579568</v>
       </c>
     </row>
     <row r="20" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B20" s="22">
-        <v>20053594</v>
+        <v>18853752</v>
       </c>
       <c r="C20" s="23">
-        <v>44552</v>
+        <v>43383</v>
       </c>
       <c r="D20" s="23">
-        <v>46013</v>
+        <v>46305</v>
       </c>
       <c r="E20" s="24" t="s">
         <v>60</v>
       </c>
       <c r="F20" s="25" t="s">
         <v>61</v>
       </c>
       <c r="G20" s="24" t="s">
         <v>62</v>
       </c>
       <c r="H20" s="22" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="I20" s="22">
-        <v>34102</v>
+        <v>55447</v>
       </c>
       <c r="J20" s="26">
-        <v>5512371125</v>
+        <v>9138715892</v>
       </c>
     </row>
     <row r="21" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B21" s="22">
-        <v>79010</v>
+        <v>20053594</v>
       </c>
       <c r="C21" s="23">
-        <v>45951</v>
+        <v>44552</v>
       </c>
       <c r="D21" s="23">
-        <v>46316</v>
+        <v>46378</v>
       </c>
       <c r="E21" s="24" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F21" s="25" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G21" s="24" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H21" s="22" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="I21" s="22">
-        <v>21102737</v>
+        <v>34102</v>
       </c>
       <c r="J21" s="26">
-        <v>6177531205</v>
+        <v>5512371125</v>
       </c>
     </row>
     <row r="22" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B22" s="22">
-        <v>17977408</v>
+        <v>79010</v>
       </c>
       <c r="C22" s="23">
-        <v>42731</v>
+        <v>45951</v>
       </c>
       <c r="D22" s="23">
-        <v>46383</v>
+        <v>46316</v>
       </c>
       <c r="E22" s="24" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F22" s="25" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G22" s="24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H22" s="22" t="s">
-        <v>69</v>
+        <v>35</v>
       </c>
       <c r="I22" s="22">
-        <v>10006</v>
+        <v>21102737</v>
       </c>
       <c r="J22" s="26">
-        <v>2123652200</v>
+        <v>6177531205</v>
       </c>
     </row>
     <row r="23" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B23"/>
-[...4 lines deleted...]
-      <c r="J23"/>
+      <c r="B23" s="22">
+        <v>17977408</v>
+      </c>
+      <c r="C23" s="23">
+        <v>42731</v>
+      </c>
+      <c r="D23" s="23">
+        <v>46383</v>
+      </c>
+      <c r="E23" s="24" t="s">
+        <v>70</v>
+      </c>
+      <c r="F23" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G23" s="24" t="s">
+        <v>52</v>
+      </c>
+      <c r="H23" s="22" t="s">
+        <v>53</v>
+      </c>
+      <c r="I23" s="22">
+        <v>10006</v>
+      </c>
+      <c r="J23" s="26">
+        <v>2123652200</v>
+      </c>
     </row>
     <row r="24" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="H24"/>
       <c r="I24"/>
       <c r="J24"/>
     </row>
     <row r="25" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25"/>
     </row>
     <row r="26" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B26"/>
       <c r="C26"/>
       <c r="D26"/>
       <c r="H26"/>
       <c r="I26"/>
       <c r="J26"/>
     </row>
@@ -21607,90 +21634,90 @@
     <row r="19984" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19985" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19986" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19987" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19988" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19989" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19990" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19991" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19992" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19993" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19994" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19995" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19996" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19997" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19998" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19999" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="20000" customFormat="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="E1:G1"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="B4:J4"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0" right="0" top="0" bottom="0.5" header="0" footer="0"/>
-  <pageSetup scale="89" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
+  <pageSetup scale="88" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;14&amp;K08-048Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE6C1F69-5A52-46AA-ACE6-F618EC1096CB}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{89D63F7E-BCA9-4965-A1E3-589DDAA2115F}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>XLSX_Worksheet</vt:lpstr>
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>XLSX_Worksheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Commonwealth of Massachusetts</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Wilbur, Robert (DOI)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>