--- v0 (2025-12-20)
+++ v1 (2026-02-04)
@@ -2,141 +2,141 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\SBS_CSV_Reformat\Worksheets_and_Pdfs\Producer\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8BB0E7D0-BDFE-4E36-9DED-41E85444C6A0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5BEBC2CB-6C5B-4C2F-A9F1-8FE5D80B2006}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{F6F651CB-2586-4258-A67D-45C0A15781A6}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{7AAAAB32-3C5C-4361-9D86-BBCD7F6C6C97}"/>
   </bookViews>
   <sheets>
     <sheet name="XLSX_Worksheet" sheetId="2" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="Current">OFFSET([1]Interface!$K$4,,,COUNTA([1]Interface!$K$4:$K$107))</definedName>
     <definedName name="Import">OFFSET([1]Interface!$J$4,,,COUNTA([1]Interface!$J$4:$J$107))</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">XLSX_Worksheet!$6:$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2369" uniqueCount="1568">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2374" uniqueCount="1567">
   <si>
     <r>
       <t xml:space="preserve">COMMONWEALTH OF MASSACHUSETTS
 DIVISION OF INSURANCE
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">PRODUCER LICENSING
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">1 Federal Street, Suite700  •  Boston, MA  02110-2012
 (617) 521-7794 • FAX (617) 753-6883
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="10"/>
         <color rgb="FF0000FF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>http://www.mass.gov/doi</t>
     </r>
   </si>
   <si>
     <t>Licensed Variable Product Agencies</t>
   </si>
   <si>
-    <t>December 1, 2025</t>
+    <t>February 1, 2026</t>
   </si>
   <si>
     <t>License #</t>
   </si>
   <si>
     <t>Original Approval</t>
   </si>
   <si>
     <t>Renewal Date</t>
   </si>
   <si>
     <t>Agency</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Zip</t>
   </si>
@@ -218,50 +218,62 @@
   <si>
     <t>Acquiom Insurance LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1209 ORANGE ST  </t>
   </si>
   <si>
     <t>WILMINGTON</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Advent Benefit Consultants, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">15 MAIN STREET  </t>
   </si>
   <si>
     <t>AYER</t>
   </si>
   <si>
     <t xml:space="preserve">	01432</t>
   </si>
   <si>
+    <t>ADVISORNET FINANCIAL INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">110 CHESHIRE LANE SUITE 200 </t>
+  </si>
+  <si>
+    <t>MINNETONKA</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
     <t>Advisor's Choice Insurance Brokerage Services, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">515 MARIN ST STE 414  </t>
   </si>
   <si>
     <t>THOUSAND OAKS</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Aegis Capital, Corp.</t>
   </si>
   <si>
     <t xml:space="preserve">1345 AVENUE OF THE AMERICAS 27TH FLOOR </t>
   </si>
   <si>
     <t>NEW YORK</t>
   </si>
   <si>
     <t>NY</t>
   </si>
   <si>
     <t>Affordable Insurance Agency Inc</t>
@@ -272,51 +284,51 @@
   <si>
     <t>NORWOOD</t>
   </si>
   <si>
     <t xml:space="preserve">	02062</t>
   </si>
   <si>
     <t>AGP/ALLIANCE GLOBAL PARTNERS</t>
   </si>
   <si>
     <t xml:space="preserve">88 POST ROAD WEST 2ND FLOOR </t>
   </si>
   <si>
     <t>WESTPORT</t>
   </si>
   <si>
     <t>CT</t>
   </si>
   <si>
     <t xml:space="preserve">	06880</t>
   </si>
   <si>
     <t>AIMDAR ADVISORY GROUP INC</t>
   </si>
   <si>
-    <t xml:space="preserve">5 PENN PLAZA 23RD FLOOR </t>
+    <t xml:space="preserve">5 PENN PLZ FL 19  </t>
   </si>
   <si>
     <t>AllianceBernstein Investments, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">501 COMMERCE STREET  </t>
   </si>
   <si>
     <t>Allstate Financial Services, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">151 N 8TH ST STE 450  </t>
   </si>
   <si>
     <t>LINCOLN</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>ALPINE BROKERAGE GROUP LLC</t>
   </si>
   <si>
     <t xml:space="preserve">14255 US HIGHWAY 1 SUITE232 </t>
   </si>
@@ -383,3611 +395,3599 @@
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>American Trust Investment Services, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">1244 119TH ST  </t>
   </si>
   <si>
     <t>WHITING</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Ameriprise Financial Services, LLC.</t>
   </si>
   <si>
     <t xml:space="preserve">50621 AMERIPRISE FINANCIAL CENTER  </t>
   </si>
   <si>
     <t>MINNEAPOLIS</t>
   </si>
   <si>
-    <t>MN</t>
-[...1 lines deleted...]
-  <si>
     <t>ANABOLYC LLC</t>
   </si>
   <si>
     <t xml:space="preserve">3 STONEMEADOW DRIVE  </t>
   </si>
   <si>
     <t>WESTWOOD</t>
   </si>
   <si>
     <t xml:space="preserve">	02090</t>
   </si>
   <si>
-    <t>ANCIENT VIII LLC</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">55 WILLIAM ST SUITE 100  </t>
+    <t>Annuity East, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">321A PEMBROKE ST  </t>
+  </si>
+  <si>
+    <t>PEMBROKE</t>
+  </si>
+  <si>
+    <t>NH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	03275</t>
+  </si>
+  <si>
+    <t>Anthony R Davis Insurance Agency, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">865  MOUNTAIN  AVE  </t>
+  </si>
+  <si>
+    <t>MOUNTAINSIDE</t>
+  </si>
+  <si>
+    <t>NJ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	07092</t>
+  </si>
+  <si>
+    <t>AON Consulting Inc, of New Jersey</t>
+  </si>
+  <si>
+    <t xml:space="preserve">200 CONNELL DR FL 5  </t>
+  </si>
+  <si>
+    <t>BERKELEY HEIGHTS</t>
+  </si>
+  <si>
+    <t>Aon Financial &amp; Insurance Solutions, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">425 MARKET ST STE 2800  </t>
+  </si>
+  <si>
+    <t>SAN FRANCISCO</t>
+  </si>
+  <si>
+    <t>Arcadia Financial Group, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">155 DOW STREET SUITE 301 </t>
+  </si>
+  <si>
+    <t>MANCHESTER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	03101</t>
+  </si>
+  <si>
+    <t>ARCH WEALTH MANAGEMENT, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6 BROOKSIDE FARM LANE  </t>
+  </si>
+  <si>
+    <t>SUDBURY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01776</t>
+  </si>
+  <si>
+    <t>Arete Insurance Agency, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1115 W FULTON MARKET 3RD FL </t>
+  </si>
+  <si>
+    <t>Arkadios Capital, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2827 PEACHTREE RD NE STE 510 SUITE 1000 </t>
+  </si>
+  <si>
+    <t>ATLANTA</t>
+  </si>
+  <si>
+    <t>GA</t>
+  </si>
+  <si>
+    <t>ARLEX WEALTH MANAGEMENT LLC,</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7 CENTRAL ST. UNIT 222 </t>
+  </si>
+  <si>
+    <t>ARLINGTON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02476</t>
+  </si>
+  <si>
+    <t>ARLINGTON SECURITIES INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">140  MARINE  LN  </t>
+  </si>
+  <si>
+    <t>ST LOUIS</t>
+  </si>
+  <si>
+    <t>ASCENSUS BROKER DEALER SERVICES, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">200 DRYDEN RD, SUITE 3500  </t>
+  </si>
+  <si>
+    <t>DRESHER</t>
+  </si>
+  <si>
+    <t>PA</t>
+  </si>
+  <si>
+    <t>Ash Brokerage, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">888 SOUTH HARRISON STREET SUITE 900 </t>
+  </si>
+  <si>
+    <t>FORT WAYNE</t>
+  </si>
+  <si>
+    <t>ASSOCIATED LIFE BROKERAGE INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1170 US HIGHWAY 22  </t>
+  </si>
+  <si>
+    <t>BRIDGEWATER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	08807</t>
+  </si>
+  <si>
+    <t>ATHENE SECURITIES, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7700 MILLS CIVIC PARKWAY  </t>
+  </si>
+  <si>
+    <t>WEST DES MOINES</t>
+  </si>
+  <si>
+    <t>IA</t>
+  </si>
+  <si>
+    <t>ATLANTIC PLANNING GROUP, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">201 JONES RD SUITE 620 </t>
+  </si>
+  <si>
+    <t>WALTHAM</t>
+  </si>
+  <si>
+    <t>Aurora Insurance Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUITE 504 100 ENTERPRISE  DRIVE </t>
+  </si>
+  <si>
+    <t>ROCKAWAY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	07866</t>
+  </si>
+  <si>
+    <t>Ausdal Financial Partners, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5187 UTICA RIDGE ROAD  </t>
+  </si>
+  <si>
+    <t>DAVENPORT</t>
+  </si>
+  <si>
+    <t>Avantax Insurance Agency, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3200 OLYMPUS BLVD STE 100  </t>
+  </si>
+  <si>
+    <t>DALLAS</t>
+  </si>
+  <si>
+    <t>TX</t>
+  </si>
+  <si>
+    <t>Avantax Insurance Services, Inc.</t>
+  </si>
+  <si>
+    <t>AXCELUS FINANCIAL AGENCY, INC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ONE LIBERTY PLACE 1650 MARKET STREET, 54TH FLOOR </t>
+  </si>
+  <si>
+    <t>PHILADELPHIA</t>
+  </si>
+  <si>
+    <t>AZrok Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">29 S MAIN ST UNIT B  </t>
+  </si>
+  <si>
+    <t>EAST WINDSOR</t>
+  </si>
+  <si>
+    <t>B. B. Graham &amp; Co., Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1700 W. KATELLA AVE.  </t>
+  </si>
+  <si>
+    <t>ORANGE</t>
+  </si>
+  <si>
+    <t>B. Riley Wealth Management, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">40 SOUTH MAIN  STE 1800  </t>
+  </si>
+  <si>
+    <t>MEMPHIS</t>
+  </si>
+  <si>
+    <t>Baird Insurance Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">777 E WISCONSIN AVE  </t>
+  </si>
+  <si>
+    <t>MILWAUKEE</t>
+  </si>
+  <si>
+    <t>WI</t>
+  </si>
+  <si>
+    <t>BALANCED SECURITY PLANNING, INC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4701 TELLER AVENUE  </t>
+  </si>
+  <si>
+    <t>NEWPORT BEACH</t>
+  </si>
+  <si>
+    <t>Bankers Life Securities General Agency, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11299 ILLINOIS ST STE 200  </t>
+  </si>
+  <si>
+    <t>CARMEL</t>
+  </si>
+  <si>
+    <t>BARNABAS CAPITAL INSURANCE AGENCY, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">227 W TRADE ST STE 1610  </t>
+  </si>
+  <si>
+    <t>CHARLOTTE</t>
+  </si>
+  <si>
+    <t>NC</t>
+  </si>
+  <si>
+    <t>BARNUM CAPITAL MANAGEMENT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">800 BOSTON POST ROAD BUILDING 2, STE 203 </t>
+  </si>
+  <si>
+    <t>GUILFORD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	06437</t>
+  </si>
+  <si>
+    <t>BATES SECURITIES INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8437 NORTHERN AVE  </t>
+  </si>
+  <si>
+    <t>ROCKFORD</t>
+  </si>
+  <si>
+    <t>BCG Securities, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">51 HADDONFIELD RD STE 210  </t>
+  </si>
+  <si>
+    <t>CHERRY HILL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	08002</t>
+  </si>
+  <si>
+    <t>Benefit Funding Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 SPECTRUM CENTER DR STE 400  </t>
+  </si>
+  <si>
+    <t>IRVINE</t>
+  </si>
+  <si>
+    <t>Benjamin F. Edwards &amp; Company, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ONE NORTH BRENTWOOD BOULEVARD SUITE 850 </t>
+  </si>
+  <si>
+    <t>CLAYTON</t>
+  </si>
+  <si>
+    <t>Berthel Fisher &amp; Company Insurance, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4201 42ND ST NE STE 100  </t>
+  </si>
+  <si>
+    <t>CEDAR RAPIDS</t>
+  </si>
+  <si>
+    <t>BKA Financial, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2711 CENTERVILLE ROAD SUITE 400 </t>
+  </si>
+  <si>
+    <t>BLACKSTONE FINANCIAL SERVICES Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22 WEST STREET SUITE 24 </t>
+  </si>
+  <si>
+    <t>MILLBURY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01527</t>
+  </si>
+  <si>
+    <t>Bluestone Insurance, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">215 BALDWIN ST.  </t>
+  </si>
+  <si>
+    <t>FEEDING HILLS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01089</t>
+  </si>
+  <si>
+    <t>BMO INSURANCE AGENCY, INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">111 WEST MONROE STREET  </t>
+  </si>
+  <si>
+    <t>BNY Mellon Insurance Agency, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">240 GREENWICH ST 18TH FL- INSURANCE </t>
+  </si>
+  <si>
+    <t>Bok Financial Securities, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6242 E 41ST ST  </t>
+  </si>
+  <si>
+    <t>TULSA</t>
+  </si>
+  <si>
+    <t>Boston Standard Wealth Management LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31 CHURCH STREET SUITE 3  </t>
+  </si>
+  <si>
+    <t>Boston Wealth Management, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">286 BOSTON POST RD  </t>
+  </si>
+  <si>
+    <t>WAYLAND</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01778</t>
+  </si>
+  <si>
+    <t>BostonPremier Wealth, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">51 MILL STREET SUITE 1 </t>
+  </si>
+  <si>
+    <t>HANOVER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02339</t>
+  </si>
+  <si>
+    <t>Boynton Insurance Associates, Inc.</t>
+  </si>
+  <si>
+    <t>C/O JAMES BOYNTON 320 WEST 3RD STREET SUITE 206</t>
+  </si>
+  <si>
+    <t>SOUTH BOSTON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02127</t>
+  </si>
+  <si>
+    <t>Brian K. Adams and Associates, LLC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">244 W WATER ST SUITE 200  </t>
+  </si>
+  <si>
+    <t>ELMIRA</t>
+  </si>
+  <si>
+    <t>Brighthouse Securities, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11225 NORTH COMMUNITY HOUSE ROAD  </t>
+  </si>
+  <si>
+    <t>Brighton Securities Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1703 MONROE AVE  </t>
+  </si>
+  <si>
+    <t>ROCHESTER</t>
+  </si>
+  <si>
+    <t>Brisbois Capital Management, L.L.C.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11 MIDDLESEX AVE SUITE 1 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01887</t>
+  </si>
+  <si>
+    <t>Brooklight Place Securities, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1901 BUTTERFIELD RD., SUITE 220  </t>
+  </si>
+  <si>
+    <t>DOWNERS GROVE</t>
+  </si>
+  <si>
+    <t>BSI Insurance Agency Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">36 WASHINGTON ST., SUITE 80 </t>
   </si>
   <si>
     <t>WELLESLEY</t>
   </si>
   <si>
     <t xml:space="preserve">	02481</t>
   </si>
   <si>
-    <t>Annuity East, LLC</t>
-[...332 lines deleted...]
-    <t xml:space="preserve">C/O INCORP SERVICES, INC 44 SCHOOL ST STE 505 </t>
+    <t>Buck Global, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUCK GLOBAL, LLC 420 LEXINGTON AVE, STE 2220 </t>
+  </si>
+  <si>
+    <t>C.E.S. Insurance Agency, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">275 WYMAN ST STE 400  </t>
+  </si>
+  <si>
+    <t>Cabot Lodge Securities LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">425 N MARTINGALE RD STE 1220  </t>
+  </si>
+  <si>
+    <t>SCHAUMBURG</t>
+  </si>
+  <si>
+    <t>Cahill Davis Insurance Agency, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1093 NORTH MAIN STREET  </t>
+  </si>
+  <si>
+    <t>RANDOLPH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02368</t>
+  </si>
+  <si>
+    <t>Calton &amp; Associates, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2701 NORTH ROCKY POINT DRIVE SUITE 1000 </t>
+  </si>
+  <si>
+    <t>TAMPA</t>
+  </si>
+  <si>
+    <t>CANNADAY BLOOM WEALTH AND INSURANCE SERVICES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8530 EAGLE POINT BLVD, STE 125  </t>
+  </si>
+  <si>
+    <t>LAKE ELMO</t>
+  </si>
+  <si>
+    <t>CAP Financial Partners, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4208 SIX FORKS ROAD #1700  </t>
+  </si>
+  <si>
+    <t>RALEIGH</t>
+  </si>
+  <si>
+    <t>CAPACUITY SECURITIES, INC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">300 INTERNATIONAL PARKWAY SUITE 350 </t>
+  </si>
+  <si>
+    <t>LAKE MARY</t>
+  </si>
+  <si>
+    <t>CapFinancial Securities, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4208 SIX FORKS RD., STE 1700  </t>
+  </si>
+  <si>
+    <t>Capital Choice Financial Services Ins. Agency, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1041 FOUNDERS ROW  </t>
+  </si>
+  <si>
+    <t>GREENSBORO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Capital Client Group, Inc. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">333 SOUTH HOPE STREET 55TH FLOOR  </t>
+  </si>
+  <si>
+    <t>LOS ANGELES</t>
+  </si>
+  <si>
+    <t>Capital Investment Group, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 E SIX FORKS RD STE 200  </t>
+  </si>
+  <si>
+    <t>Capitas Midwest LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">735 N WATER ST STE 1110  </t>
+  </si>
+  <si>
+    <t>CARDINAL FINANCIAL GROUP LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1174 MAIN STREET SUITE 203 </t>
+  </si>
+  <si>
+    <t>HOLDEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01520</t>
+  </si>
+  <si>
+    <t>Cary Street Partners LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">901 EAST BYRD STREET SUITE 1001 </t>
+  </si>
+  <si>
+    <t>RICHMOND</t>
+  </si>
+  <si>
+    <t>VA</t>
+  </si>
+  <si>
+    <t>CBIZ Benefits &amp; Insurance Services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ATTN: LICENSING DEPT 700 W 47TH ST  STE 1100 </t>
+  </si>
+  <si>
+    <t>KANSAS CITY</t>
+  </si>
+  <si>
+    <t>Centaurus Financial,Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2300 EAST KATELLA AVENUE SUITE 200 </t>
+  </si>
+  <si>
+    <t>ANAHEIM</t>
+  </si>
+  <si>
+    <t>Centinel Financial Group, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">160 GOULD STREET SUITE 212 </t>
+  </si>
+  <si>
+    <t>NEEDHAM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02494</t>
+  </si>
+  <si>
+    <t>Ceros Financial Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1445 RESEARCH BLVD SUITE 530 </t>
+  </si>
+  <si>
+    <t>ROCKVILLE</t>
+  </si>
+  <si>
+    <t>MD</t>
+  </si>
+  <si>
+    <t>Cetera Advisor Networks Insurance Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2301 ROSECRANS AVE, SUITE 5100  </t>
+  </si>
+  <si>
+    <t>EL SEGUNDO</t>
+  </si>
+  <si>
+    <t>Cetera Advisors Insurance Services, LLC</t>
+  </si>
+  <si>
+    <t>Cetera Advisors LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5299 DTC BLVD, SUITE 800  </t>
+  </si>
+  <si>
+    <t>GREENWOOD VILLAGE</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>Cetera Financial Specialists LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1450 AMERICAN LANE 6TH FLOOR STE 650 </t>
+  </si>
+  <si>
+    <t>Cetera Investment Services LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">400 1ST ST SOUTH STE 300 </t>
+  </si>
+  <si>
+    <t>ST CLOUD</t>
+  </si>
+  <si>
+    <t>Cetera Wealth Services, LLC</t>
+  </si>
+  <si>
+    <t>CFD Investments, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2704 S GOYER RD  </t>
+  </si>
+  <si>
+    <t>KOKOMO</t>
+  </si>
+  <si>
+    <t>CFS SECURITIES, INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1000 BRIDGEPORT AVE STE 308  </t>
+  </si>
+  <si>
+    <t>SHELTON</t>
+  </si>
+  <si>
+    <t>Chapin Davis Insurance Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ATTN: AGENT/BROKER LICENSING UNIT 1411 CLARKVIEW ROAD </t>
+  </si>
+  <si>
+    <t>BALTIMORE</t>
+  </si>
+  <si>
+    <t>Charles Monat Associates LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">191 UNION STREET  </t>
+  </si>
+  <si>
+    <t>Charles Schwab &amp; Co., Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MSC SF211MN-15-325 211 MAIN ST </t>
+  </si>
+  <si>
+    <t>Charles T. Smith Insurance Agency, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">225 FRIEND ST STE 600 </t>
   </si>
   <si>
     <t>BOSTON</t>
   </si>
   <si>
+    <t xml:space="preserve">	02114</t>
+  </si>
+  <si>
+    <t>Charter Oak Financial, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">330 WHITNEY AVE #600 </t>
+  </si>
+  <si>
+    <t>HOLYOKE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01040</t>
+  </si>
+  <si>
+    <t>Chase Insurance Agency, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">111 E WISCONSIN AVE STE 1250  </t>
+  </si>
+  <si>
+    <t>CHELSEA MORGAN SECURITIES INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">242 MAIN STREET  </t>
+  </si>
+  <si>
+    <t>STATEN ISLAND</t>
+  </si>
+  <si>
+    <t>Citigroup Life Agency, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">388 GREENWICH STREET  </t>
+  </si>
+  <si>
+    <t>Citizens Securities Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 CITIZENS BANK WAY  </t>
+  </si>
+  <si>
+    <t>JOHNSTON</t>
+  </si>
+  <si>
+    <t>RI</t>
+  </si>
+  <si>
+    <t>Clarendon Insurance Agency Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">230 3RD AVE STE 6  </t>
+  </si>
+  <si>
+    <t>Clark Consulting, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2711 CENTERVILLE ROAD  </t>
+  </si>
+  <si>
+    <t>Cleary Insurance, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">226 CAUSEWAY STREET SUITE 302 </t>
+  </si>
+  <si>
+    <t>Client One Securities LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6330 SPRINT PKWY STE 400  </t>
+  </si>
+  <si>
+    <t>OVERLAND PARK</t>
+  </si>
+  <si>
+    <t>KS</t>
+  </si>
+  <si>
+    <t>CliftonLarsonAllen Wealth Advisors, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">220 SOUTH SIXTH STREET SUITE 300 </t>
+  </si>
+  <si>
+    <t>Clower Insurance &amp; Financial Strategies Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11 CAPE DR SUITE 18 </t>
+  </si>
+  <si>
+    <t>MASHPEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02649</t>
+  </si>
+  <si>
+    <t>Colliers Securities LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">90 SOUTH SEVENTH STREET, SUITE 4300  </t>
+  </si>
+  <si>
+    <t>Commercial Street Insurance Advisors, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">146 COMMERCISL STREET  </t>
+  </si>
+  <si>
+    <t>MALDEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02148</t>
+  </si>
+  <si>
+    <t>Commonwealth Educators Insurance, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">37 DERBY ST STE B4  </t>
+  </si>
+  <si>
+    <t>HINGHAM</t>
+  </si>
+  <si>
+    <t>COMPAK ASSET MANAGEMENT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1801 DOVE ST  </t>
+  </si>
+  <si>
+    <t>Compass Securities Corp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">50 BRAINTREE HILL PARK STE 105 </t>
+  </si>
+  <si>
+    <t>BRAINTREE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02184</t>
+  </si>
+  <si>
+    <t>Comprehensive Insurance Providers, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">799 CAMBRIDGE ST  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02141</t>
+  </si>
+  <si>
+    <t>Concorde Insurance Agency, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3909 RESEARCH PARK DRIVE SUITE 200 </t>
+  </si>
+  <si>
+    <t>ANN ARBOR</t>
+  </si>
+  <si>
+    <t>Copper Financial Network, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9777 RIDGE DR  </t>
+  </si>
+  <si>
+    <t>LENEXA</t>
+  </si>
+  <si>
+    <t>Cornerstone Financial Consultants, Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1802 HAMILTON STREET  </t>
+  </si>
+  <si>
+    <t>ALLENTOWN</t>
+  </si>
+  <si>
+    <t>Covr Financial Technologies, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1209 ORANGE STREET  </t>
+  </si>
+  <si>
+    <t>CPS Financial &amp; Insurance Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2860 MICHELLE DR SUITE 150 </t>
+  </si>
+  <si>
+    <t>Crown Capital Advisors, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">116 SOUTH RIVER RD BLDG D SUITE 5  </t>
+  </si>
+  <si>
+    <t>BEDFORD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	03110</t>
+  </si>
+  <si>
+    <t>CSA Insurance Agency, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">501 N BROADWAY  </t>
+  </si>
+  <si>
+    <t>CSFG Insurance Agency Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4050 INNSLAKE DRIVE SUITE 250 </t>
+  </si>
+  <si>
+    <t>GLEN ALLEN</t>
+  </si>
+  <si>
+    <t>Culver Insurance Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20 CENTRAL STREET SUITE 003 </t>
+  </si>
+  <si>
+    <t>SALEM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01970</t>
+  </si>
+  <si>
+    <t>CUNA Brokerage Services, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5910 MINERAL POINT RD  </t>
+  </si>
+  <si>
+    <t>MADISON</t>
+  </si>
+  <si>
+    <t>Cuna Mutual Insurance Agency,Inc.</t>
+  </si>
+  <si>
+    <t>D.A. Davidson &amp; Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">#8 THIRD ST N  </t>
+  </si>
+  <si>
+    <t>GREAT FALLS</t>
+  </si>
+  <si>
+    <t>MT</t>
+  </si>
+  <si>
+    <t>DAI Securities, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2800 CENTURY PARKWAY NE SUITE 650 </t>
+  </si>
+  <si>
+    <t>Daigneau Insurance Agency, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">51 BULLOCKS POINT AVE  </t>
+  </si>
+  <si>
+    <t>RIVERSIDE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02915</t>
+  </si>
+  <si>
+    <t>Dato Pistorio Financial Group, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">425 W ROOSEVELT RD  </t>
+  </si>
+  <si>
+    <t>WHEATON</t>
+  </si>
+  <si>
+    <t>Davenport &amp; Company LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">901 EAST CARY STREET 11TH FLOOR  </t>
+  </si>
+  <si>
+    <t>David A Noyes &amp; Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">209 S LASALLE ST STE 970  </t>
+  </si>
+  <si>
+    <t>Davinci Risk Designs LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5301 N TRENHOLM RD SUITE A </t>
+  </si>
+  <si>
+    <t>COLUMBIA</t>
+  </si>
+  <si>
+    <t>SC</t>
+  </si>
+  <si>
+    <t>Delaware Life Marketing, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">C/O PARKOWSKI, GUERKE &amp; SWAYZE, PA 909 SILVER LAKE BLVD FL 1 </t>
+  </si>
+  <si>
+    <t>DOVER</t>
+  </si>
+  <si>
+    <t>Delta Financial Insurance Brokerage Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">579 MAIN STREET  </t>
+  </si>
+  <si>
+    <t>BOLTON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02038</t>
+  </si>
+  <si>
+    <t>Devine Insurance &amp; Financial Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5 CAMELOT DR,  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02043</t>
+  </si>
+  <si>
+    <t>DFPG Investments, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9017 S RIVERSIDE DR SUITE 210 </t>
+  </si>
+  <si>
+    <t>SANDY</t>
+  </si>
+  <si>
+    <t>UT</t>
+  </si>
+  <si>
+    <t>DICKINSON WEALTH STRATEGIES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3 CENTENNIAL DRIVE SUITE 100  </t>
+  </si>
+  <si>
+    <t>PEABODY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01960</t>
+  </si>
+  <si>
+    <t>Diversified Resources, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">70 JEFFERSON BLVD FL 4  </t>
+  </si>
+  <si>
+    <t>WARWICK</t>
+  </si>
+  <si>
+    <t>DMI Marketing, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">50 DERBY ST  </t>
+  </si>
+  <si>
+    <t>Dolan &amp; Maloney Insurance Agency LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">141 TURNPIKE ROAD  </t>
+  </si>
+  <si>
+    <t>WESTBOROUGH</t>
+  </si>
+  <si>
+    <t>Dowd Financial Services LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14 BOBALA ROAD  </t>
+  </si>
+  <si>
+    <t>DPL Financial Partners, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1906 STANLEY GAULT PARKWAY  </t>
+  </si>
+  <si>
+    <t>LOUISVILLE</t>
+  </si>
+  <si>
+    <t>KY</t>
+  </si>
+  <si>
+    <t>Dream Big Wealth Strategies, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12 EAST WORCESTER ST  </t>
+  </si>
+  <si>
+    <t>WORCESTER</t>
+  </si>
+  <si>
+    <t>DURKIN FINANCIAL SERVICES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10 N MAIN ST SUITE 3 </t>
+  </si>
+  <si>
+    <t>FALL RIVER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02720</t>
+  </si>
+  <si>
+    <t>Edelman Financial Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4000 LEGATO RD FL 8  </t>
+  </si>
+  <si>
+    <t>FAIRFAX</t>
+  </si>
+  <si>
+    <t>Edward Jones Insurance Agency Of Massachusetts LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 UNIVERSITY DRIVE FIRST FLOOR - SUITE 2 </t>
+  </si>
+  <si>
+    <t>AMHERST</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01002</t>
+  </si>
+  <si>
+    <t>ELE WEALTH SOLUTIONS, INC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18700 W. TEN MILE RD. SUITE 100 </t>
+  </si>
+  <si>
+    <t>SOUTHFIELD</t>
+  </si>
+  <si>
+    <t>Empire Asset Management Insurance Agency LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">29 BROADWAY 12TH FLOOR </t>
+  </si>
+  <si>
+    <t>Equitable Distributors, LLC</t>
+  </si>
+  <si>
+    <t>Equitable Network, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8501 IBM DRIVE, SUITE 150 MW 15, MW.621 </t>
+  </si>
+  <si>
+    <t>Equity Services, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NATIONAL LIFE DRIVE  </t>
+  </si>
+  <si>
+    <t>MONTPELIER</t>
+  </si>
+  <si>
+    <t>VT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	05604</t>
+  </si>
+  <si>
+    <t>Essex Financial Services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">176 WESTBROOK RD  </t>
+  </si>
+  <si>
+    <t>ESSEX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	06426</t>
+  </si>
+  <si>
+    <t>Essex Securities, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">95 CHRISTOPHER COLUMBUS DR., SUITE 16-11  </t>
+  </si>
+  <si>
+    <t>JERSEY CITY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	07302</t>
+  </si>
+  <si>
+    <t>Excel Securities &amp; Associates, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">200 CANAL VIEW BLVD SUITE 204 </t>
+  </si>
+  <si>
+    <t>Executive Insurance Agency, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">130 SPRINGSIDE DRIVE, SUITE 300  </t>
+  </si>
+  <si>
+    <t>AKRON</t>
+  </si>
+  <si>
+    <t>OH</t>
+  </si>
+  <si>
+    <t>Executive Services Securities, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3445 PEACHTREE ROAD NE SUITE 200  </t>
+  </si>
+  <si>
+    <t>FAIRPORT CAPITAL, INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9141 E HIDDEN SPUR TRL  </t>
+  </si>
+  <si>
+    <t>SCOTTSDALE</t>
+  </si>
+  <si>
+    <t>AZ</t>
+  </si>
+  <si>
+    <t>FAIRWAY GROUP, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">400 TRADECENTER DRIVE, SUITE 5900  </t>
+  </si>
+  <si>
+    <t>Farmers Financial Solutions, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">500 N RAINBOW BLVD SUITE 300 </t>
+  </si>
+  <si>
+    <t>LAS VEGAS</t>
+  </si>
+  <si>
+    <t>NV</t>
+  </si>
+  <si>
+    <t>FAS Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4747 W 135 STREET #100  </t>
+  </si>
+  <si>
+    <t>LEAWOOD</t>
+  </si>
+  <si>
+    <t>Federated Holdings, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">680 PARK AVENUE  </t>
+  </si>
+  <si>
+    <t>HUNTINGTON</t>
+  </si>
+  <si>
+    <t>Fidelity Insurance Agency,Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">200 SEAPORT BLVD, #V2A  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02210</t>
+  </si>
+  <si>
+    <t>FIDX GROUP LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1000 CHESTERBROOK BLVD, SUITE 135  </t>
+  </si>
+  <si>
+    <t>BERWYN</t>
+  </si>
+  <si>
+    <t>Fifth Third Insurance Agency, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">38 FOUNTAIN SQUARE PLAZA MD10AT76 </t>
+  </si>
+  <si>
+    <t>CINCINNATI</t>
+  </si>
+  <si>
+    <t>Financial Independence Group</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19520 W CATAWBA AVE STE 200  </t>
+  </si>
+  <si>
+    <t>CORNELIUS</t>
+  </si>
+  <si>
+    <t>FINANCIAL INDEPENDENCE LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">931 JEFFERSON BLVD SUITE 2005 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02886</t>
+  </si>
+  <si>
+    <t>First Citizens Investor Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8540 COLONNADE CENTER DR  </t>
+  </si>
+  <si>
+    <t>First Command Insurance Services, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 FIRSTCOMM PLAZA  </t>
+  </si>
+  <si>
+    <t>FORT WORTH</t>
+  </si>
+  <si>
+    <t>FIRST DUE FINANCIAL LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">245 MAIN STREET STE 205 </t>
+  </si>
+  <si>
+    <t>WAREHAM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02571</t>
+  </si>
+  <si>
+    <t>First Heartland Capital, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4101 LAKE SAINT LOUIS BLVD  </t>
+  </si>
+  <si>
+    <t>LAKE ST LOUIS</t>
+  </si>
+  <si>
+    <t>First Horizon Insurance Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">165 MADISON AVE FL 14  </t>
+  </si>
+  <si>
+    <t>FLOURISH INSURANCE AGENCY LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 PARK AVE FLOOR 11 </t>
+  </si>
+  <si>
+    <t>FMN Capital Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26041 ACERO  </t>
+  </si>
+  <si>
+    <t>MISSION VIEJO</t>
+  </si>
+  <si>
+    <t>Forge Consulting Insurance Agency,LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3350 RIVERWOOD PARKWAY, SUITE GL28  </t>
+  </si>
+  <si>
+    <t>Fortune Financial Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3582 BRODHEAD ROAD STE 202 </t>
+  </si>
+  <si>
+    <t>MONACA</t>
+  </si>
+  <si>
+    <t>Founders Financial Securities, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1026 CROMWELL BRIDGE RD SUITE 100 </t>
+  </si>
+  <si>
+    <t>TOWSON</t>
+  </si>
+  <si>
+    <t>Frieling District Network Office, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 BEACON ST FLOOR 21 </t>
+  </si>
+  <si>
     <t xml:space="preserve">	02108</t>
   </si>
   <si>
-    <t>BKA Financial, LLC</t>
-[...23 lines deleted...]
-    <t>BELLEVUE</t>
+    <t>G.A. Repple Insurance Agency</t>
+  </si>
+  <si>
+    <t xml:space="preserve">101 NORMANDY ROAD  </t>
+  </si>
+  <si>
+    <t>CASSELBERRY</t>
+  </si>
+  <si>
+    <t>Gainbridge Insurance Agency,LLC</t>
+  </si>
+  <si>
+    <t>Garden State Insurance Agency, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">328 NEWMAN SPRINGS RD 3RD FLOOR </t>
+  </si>
+  <si>
+    <t>RED BANK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	07701</t>
+  </si>
+  <si>
+    <t>GB Financial Group</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16 PRESCOTT ST STE 250  </t>
+  </si>
+  <si>
+    <t>Geneos Wealth Management Agency of Mass.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9635 MAROON CIRCLE SUITE 100 </t>
+  </si>
+  <si>
+    <t>ENGLEWOOD</t>
+  </si>
+  <si>
+    <t>GENEVA PRIVATE WEALTH MANAGEMENT LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">99 DERBY STREET SUITE 200 </t>
+  </si>
+  <si>
+    <t>Genworth Financial Agency, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11011 W BROAD STREET  </t>
+  </si>
+  <si>
+    <t>Girard Financial Group, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7 SOUTH MAIN STREET  </t>
+  </si>
+  <si>
+    <t>GLEN EAGLE WEALTH, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4422 ROUTE  27  </t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>Globalink Securities, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3452 E FOOTHILL BLVD STE# 1040 </t>
+  </si>
+  <si>
+    <t>PASADENA</t>
+  </si>
+  <si>
+    <t>Goldman and Assoc. Ins. Financial Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">933 FALMOUTH RD  </t>
+  </si>
+  <si>
+    <t>HYANNIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02601</t>
+  </si>
+  <si>
+    <t>GORRA FINANCIAL GROUP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 REGENCY PLZ STE 4  </t>
+  </si>
+  <si>
+    <t>PROVIDENCE</t>
+  </si>
+  <si>
+    <t>GOVONI INSURANCE PLLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">29B SOUTH MAIN ST  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">	06088</t>
+  </si>
+  <si>
+    <t>Grace Community Insurance Agency Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1424 BLUE HILL AVE  </t>
+  </si>
+  <si>
+    <t>MATTAPAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02126</t>
+  </si>
+  <si>
+    <t>Gradient Securities, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4105 LEXINGTON AVE STE 380  </t>
+  </si>
+  <si>
+    <t>ARDEN HILLS</t>
+  </si>
+  <si>
+    <t>Graham Insurance, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">328 COWESETT AVE SUITE 4  </t>
+  </si>
+  <si>
+    <t>WEST WARWICK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02893</t>
+  </si>
+  <si>
+    <t>GREAT POINT CAPITAL LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">200 W JACKSON #1000  </t>
+  </si>
+  <si>
+    <t>GREAT VALLEY ADVISOR GROUP INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">920 CASSATT ROAD SUITE 202 </t>
+  </si>
+  <si>
+    <t>GRIFFIN DISTRIBUTION PARTNERS LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">700 SPRING FOREST RD STE 230  </t>
+  </si>
+  <si>
+    <t>Guide Wealth Partners, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">711 2ND AVE SE STE 200  </t>
+  </si>
+  <si>
+    <t>GUIDED WEALTH, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6 SLEEPY HOLLOW ROAD  </t>
+  </si>
+  <si>
+    <t>DARTMOUTH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02747</t>
+  </si>
+  <si>
+    <t>GWN Securities,Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11440 N JOG ROAD  </t>
+  </si>
+  <si>
+    <t>PALM BEACH GARDENS</t>
+  </si>
+  <si>
+    <t>HADDAD FINANCIAL, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1700 W PARK DR STE 250  </t>
+  </si>
+  <si>
+    <t>Halliday Financial, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">725 GLEN COVE AVENUE  </t>
+  </si>
+  <si>
+    <t>GLEN HEAD</t>
+  </si>
+  <si>
+    <t>Halo Investing Insurance Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">130 SOUTH JEFFERSON ST., STE.250  </t>
+  </si>
+  <si>
+    <t>Hamilton Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">900 CUMMINGS CENTER SUITE 201-U </t>
+  </si>
+  <si>
+    <t>BEVERLY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01915</t>
+  </si>
+  <si>
+    <t>Hanson McClain Insurance Services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">340 PALLADIO PARKWAY SUITE 501 </t>
+  </si>
+  <si>
+    <t>FOLSOM</t>
+  </si>
+  <si>
+    <t>Hantz Agency, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26200 AMERICAN DRIVE 5TH FLOOR </t>
+  </si>
+  <si>
+    <t>Harbor Financial Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3605 SPRINGHILL BUSINESS PARK STE A  </t>
+  </si>
+  <si>
+    <t>MOBILE</t>
+  </si>
+  <si>
+    <t>AL</t>
+  </si>
+  <si>
+    <t>Harbor Investment Advisory, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2330 WEST JOPPA ROAD SUITE 160 </t>
+  </si>
+  <si>
+    <t>LUTHERVILLE</t>
+  </si>
+  <si>
+    <t>Harbour Investments, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">575 DONOFRIO DR STE 300  </t>
+  </si>
+  <si>
+    <t>Hazard &amp; Siegel Agency,LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5793 WIDEWATERS PARKWAY  </t>
+  </si>
+  <si>
+    <t>DEWITT</t>
+  </si>
+  <si>
+    <t>Healey &amp; Associates Insurance Agency</t>
+  </si>
+  <si>
+    <t xml:space="preserve">111 COMMERCIAL ST STE 500  </t>
+  </si>
+  <si>
+    <t>PORTLAND</t>
+  </si>
+  <si>
+    <t>ME</t>
+  </si>
+  <si>
+    <t>HEIM YOUNG &amp; ASSOCIATES INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1256 E KINGSLEY ST  </t>
+  </si>
+  <si>
+    <t>SPRINGFIELD</t>
+  </si>
+  <si>
+    <t>Hightower Securities, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">200 W. MADISON ST., SUITE 2500  </t>
+  </si>
+  <si>
+    <t>Hilltop Securities Insurance Agency Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">717 N HARWOOD ST STE 3400  </t>
+  </si>
+  <si>
+    <t>Homeland Insurance Network LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5 TOWPATH LANE  </t>
+  </si>
+  <si>
+    <t>GRANBY</t>
+  </si>
+  <si>
+    <t>Hoopoe Capital Markets, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">603 MASSACHUSETTS AVE SUITE 200 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02118</t>
+  </si>
+  <si>
+    <t>Horace Mann Ins. Brokerage of Massachusetts</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ONE HORACE MANN PLAZA  # D-211  </t>
+  </si>
+  <si>
+    <t>Hornor, Townsend, &amp; Kent, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1204 ORANGE STREET  </t>
+  </si>
+  <si>
+    <t>HSBC Insurance Agency (USA),Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">66 HUDSON BLVD E  </t>
+  </si>
+  <si>
+    <t>HSBC SECURITIES (USA) INC</t>
+  </si>
+  <si>
+    <t>HUDSON WEALTH MANAGEMENT LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30 BROAD STREET, 2ND FLOOR  </t>
+  </si>
+  <si>
+    <t>Huntington Insurance, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">41 S HIGH ST  </t>
+  </si>
+  <si>
+    <t>COLUMBUS</t>
+  </si>
+  <si>
+    <t>HUNTLEIGH SECURITIES CORPORATION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7800 FORSYTH BLVD 5TH FL  </t>
+  </si>
+  <si>
+    <t>HYANNIS FINANCIAL, INC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">297 NORTH STREET SUITE 212B </t>
+  </si>
+  <si>
+    <t>IAFF-FC Insurance Agency LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1750 NEW YORK AVE NW  </t>
+  </si>
+  <si>
+    <t>WASHINGTON</t>
+  </si>
+  <si>
+    <t>DC</t>
+  </si>
+  <si>
+    <t>Ialongo Insurance Agency, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">95 SOCKANOSSET CROSSROAD SUITE 107 </t>
+  </si>
+  <si>
+    <t>CRANSTON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02920</t>
+  </si>
+  <si>
+    <t>IBN Financial Services, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">404 OLD LIVERPOOL RD.  </t>
+  </si>
+  <si>
+    <t>LIVERPOOL</t>
+  </si>
+  <si>
+    <t>iCapital Annuities and Insurance Services LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">60 E 42ND ST FL 26  </t>
+  </si>
+  <si>
+    <t>IFP Insurance Group, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3030 N. ROCKY POINT DRIVE W SUITE 700 </t>
+  </si>
+  <si>
+    <t>I-Insurance Group Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">799 GORHAM ST  </t>
+  </si>
+  <si>
+    <t>LOWELL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01852</t>
+  </si>
+  <si>
+    <t>IMPACT LEADERSHIP NETWORK, INC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5000 N. PARKWAY CALABASAS, STE 202  </t>
+  </si>
+  <si>
+    <t>CALABASAS</t>
+  </si>
+  <si>
+    <t>Incapital Distributors LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">233 S WACKER DR STE 4400  </t>
+  </si>
+  <si>
+    <t>Independent Financial Group, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12671 HIGH BLUFF DRIVE SUITE 200 </t>
+  </si>
+  <si>
+    <t>SAN DIEGO</t>
+  </si>
+  <si>
+    <t>Infinity Financial Services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">212 9TH ST SUITE 202 SUITE 202 </t>
+  </si>
+  <si>
+    <t>OAKLAND</t>
+  </si>
+  <si>
+    <t>Innovation Partners LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5950 FAIRVIEW RD SUITE 140 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Innovative Underwriters, LLC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">888 S HARRISON ST STE 900  </t>
+  </si>
+  <si>
+    <t>Insight Securities, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">600 CENTRAL AVE STE 293 </t>
+  </si>
+  <si>
+    <t>HIGHLAND PARK</t>
+  </si>
+  <si>
+    <t>InSource, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8275 ALLISON POINTE TRAIL, SUITE 110  </t>
+  </si>
+  <si>
+    <t>INDIANAPOLIS</t>
+  </si>
+  <si>
+    <t>INSPIRE INSURANCE SERVICES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3601 MINNESOTA DR SUITE 660 </t>
+  </si>
+  <si>
+    <t>BLOOMINGTON</t>
+  </si>
+  <si>
+    <t>Insurance Designs Corporation, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5071 MARTINIQUE DRIVE  </t>
+  </si>
+  <si>
+    <t>NAPLES</t>
+  </si>
+  <si>
+    <t>Insurance Placement Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ATTN: DANIEL MARTIN (C3) 1 STATE FARM PLZ </t>
+  </si>
+  <si>
+    <t>Integrity Alliance, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4135 NW URBANDALE DRIVE  </t>
+  </si>
+  <si>
+    <t>URBANDALE</t>
+  </si>
+  <si>
+    <t>INTEGRITY CAPITAL, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16767 N PERIMETER DR STE 320  </t>
+  </si>
+  <si>
+    <t>International Assets Advisory  LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">111 NORTH ORANGE AVENUE SUITE 1000 </t>
+  </si>
+  <si>
+    <t>ORLANDO</t>
+  </si>
+  <si>
+    <t>Investment Distributors, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2801 HIGHWAY 280 SOUTH  </t>
+  </si>
+  <si>
+    <t>BIRMINGHAM</t>
+  </si>
+  <si>
+    <t>J. Alden Associates, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">37 WEST AVE STE 301 </t>
+  </si>
+  <si>
+    <t>WAYNE</t>
+  </si>
+  <si>
+    <t>J.R. Insurance Brokerage Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">165 VILLAGE ST  </t>
+  </si>
+  <si>
+    <t>MEDWAY</t>
+  </si>
+  <si>
+    <t>J.W. Cole Insurance Services,Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4301 ANCHOR PLAZA PARKWAY SUITE 450 </t>
+  </si>
+  <si>
+    <t>Jackson National Life Insurance Agency, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">225 WEST WACKER SUITE 1200 </t>
+  </si>
+  <si>
+    <t>JADG ASSOCIATES INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7 CASTLE DRIVE  </t>
+  </si>
+  <si>
+    <t>WOODBURY</t>
+  </si>
+  <si>
+    <t>JAMES J. MOYNIHAN INSURANCE AGENCY, INC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6 WESTWOOD CIRCLE  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01609</t>
+  </si>
+  <si>
+    <t>JAMES O'HEARN INSURANCE AGENCY, INC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">704 ROGERS STREET  </t>
+  </si>
+  <si>
+    <t>Janney Montgomery Scott LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1166 AVENUE OF THE AMERICAS 21ST FLOOR  </t>
+  </si>
+  <si>
+    <t>Jason Halpert &amp; Associates, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JASON HALPERT &amp; ASSOCIATES, LLC 30 SUFFIELD ST </t>
+  </si>
+  <si>
+    <t>WINDSOR LOCKS</t>
+  </si>
+  <si>
+    <t>JH Signature Insurance Agency, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">200 BERKELEY ST 3RD FLR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02116</t>
+  </si>
+  <si>
+    <t>John J Vigliotti Insurance &amp; Consulting, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">152 KIMBALL ROAD  </t>
+  </si>
+  <si>
+    <t>AMESBURY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01913</t>
+  </si>
+  <si>
+    <t>JOHNSTONE BROKERAGE SERVICES, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">117 SAN AUGUSTINE ST  </t>
+  </si>
+  <si>
+    <t>CENTER</t>
+  </si>
+  <si>
+    <t>JOURNEY'S END INSURANCE SERVICES, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 MONARCH PLACE SUITE 2100 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01144</t>
+  </si>
+  <si>
+    <t>JP Financials &amp; Consulting LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24 ROCKY BROOK RD  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02030</t>
+  </si>
+  <si>
+    <t>JTL WEALTH MANAGEMENT INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20 PETTIT DR  </t>
+  </si>
+  <si>
+    <t>DIX HILLS</t>
+  </si>
+  <si>
+    <t>K1 Strategies, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">41880 ANTOINETTE CT  </t>
+  </si>
+  <si>
+    <t>CLINTON TOWNSHIP</t>
+  </si>
+  <si>
+    <t>Karam Insurance Agency, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">456 ROCK STREET  </t>
+  </si>
+  <si>
+    <t>KCD Financial,Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3061 ALLIED ST STE B  </t>
+  </si>
+  <si>
+    <t>GREEN BAY</t>
+  </si>
+  <si>
+    <t>Kestra Investment Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5707 SOUTHWEST PARKWAY STE 400 BLDG 2 </t>
+  </si>
+  <si>
+    <t>AUSTIN</t>
+  </si>
+  <si>
+    <t>Kevin R. Cloutier Agency, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2000 WARWICK AVE  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02889</t>
+  </si>
+  <si>
+    <t>Key Insurance &amp; Financial Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">280 MERRIMACK STREET SUITE 311 </t>
+  </si>
+  <si>
+    <t>LAWRENCE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01845</t>
+  </si>
+  <si>
+    <t>Keycorp Insurance Agency USA Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4900 TIEDEMAN ROAD  </t>
+  </si>
+  <si>
+    <t>BROOKLYN</t>
+  </si>
+  <si>
+    <t>KEYSTONE WEALTH PLANS LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6005 MAIN CAMPUS DR  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02421</t>
+  </si>
+  <si>
+    <t>KFK Financial and Insurance Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">90 S CASCADE AVE STE 1000  </t>
+  </si>
+  <si>
+    <t>COLORADO SPRINGS</t>
+  </si>
+  <si>
+    <t>KINGDOM FINANCIAL PRINCIPLES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">518 TOWNSHIP LINE RD, SUITE 260 </t>
+  </si>
+  <si>
+    <t>BLUE BELL</t>
+  </si>
+  <si>
+    <t>Kingswood Capital Partners LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11440 W. BERNARDO CT. SUITE 300 </t>
+  </si>
+  <si>
+    <t>KJAC Partners LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">300 CARNEGIE CTR STE 240  </t>
+  </si>
+  <si>
+    <t>PRINCETON</t>
+  </si>
+  <si>
+    <t>Kovack Securities, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6451 NORTH FEDERAL HWY SUITE 1201 </t>
+  </si>
+  <si>
+    <t>FORT LAUDERDALE</t>
+  </si>
+  <si>
+    <t>Kraig P. Cloutier Agency Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1535 SMITH ST #2  </t>
+  </si>
+  <si>
+    <t>N PROVIDENCE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02911</t>
+  </si>
+  <si>
+    <t>Kutsaftis Insurance Agency, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AQUIDNECK ISLAND INSURANCE 702 AQUIDNECK AVENUE </t>
+  </si>
+  <si>
+    <t>MIDDLETOWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02842</t>
+  </si>
+  <si>
+    <t>L. R. WEBBER ASSOCIATES, INC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1644 PLANK RD  </t>
+  </si>
+  <si>
+    <t>DUNCANSVILLE</t>
+  </si>
+  <si>
+    <t>L.M. Kohn &amp; Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10151 CARVER ROAD SUITE 100 </t>
+  </si>
+  <si>
+    <t>Larimer Capital Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1720 SOUTH BELLAIRE STREET SUITE 1110 </t>
+  </si>
+  <si>
+    <t>DENVER</t>
+  </si>
+  <si>
+    <t>Larson Financial Group, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 N BROADWAY STE 1700  </t>
+  </si>
+  <si>
+    <t>LaSalle St. Securities LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">940 N INDUSTRIAL DR  </t>
+  </si>
+  <si>
+    <t>ELMHURST</t>
+  </si>
+  <si>
+    <t>Lawrence Sasso Insurance &amp; Financial Services, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16 PROVIDENCE ROAD  </t>
+  </si>
+  <si>
+    <t>SUTTON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01590</t>
+  </si>
+  <si>
+    <t>LEBENTHAL FINANCIAL SERVICES, INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">500 N. BROADWAY SUITE 238 </t>
+  </si>
+  <si>
+    <t>JERICHO</t>
+  </si>
+  <si>
+    <t>Leigh Baldwin &amp; Co., LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">112 ALBANY STREET  </t>
+  </si>
+  <si>
+    <t>CAZENOVIA</t>
+  </si>
+  <si>
+    <t>Lenox Advisors, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">90 PARK AVENUE 18TH FLOOR </t>
+  </si>
+  <si>
+    <t>LESSNER WEALTH ADVISORS, LLC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1400 COMPUTER DRIVE SUITE 201 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01581</t>
+  </si>
+  <si>
+    <t>Life Brokerage Service Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">603 STANWIX STREET SUITE 1655 </t>
+  </si>
+  <si>
+    <t>PITTSBURGH</t>
+  </si>
+  <si>
+    <t>LifeMark Insurance Agency</t>
+  </si>
+  <si>
+    <t xml:space="preserve">400 WEST METRO PARK  </t>
+  </si>
+  <si>
+    <t>Lincoln Investment Planning, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ATTN: LICENSING 601 OFFICE CENTER DR, STE 300 </t>
+  </si>
+  <si>
+    <t>FT WASHINGTON</t>
+  </si>
+  <si>
+    <t>Lion Street Insurance Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">300 COLORADO ST UNIT 2600  </t>
+  </si>
+  <si>
+    <t>Lockton Investment Securities, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">444 W 47TH STREET SUITE 900  </t>
+  </si>
+  <si>
+    <t>Lombard Agency Incorporated</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ATTN: AGENT/BROKER LICENSING UNIT 1820 LANCASTER STREET </t>
+  </si>
+  <si>
+    <t>Long Road Risk Management Insurance Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">130 SPRINGSIDE DR. #300  </t>
+  </si>
+  <si>
+    <t>Longevity Alliance, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1720 W RIO SALADO PARKWAY  </t>
+  </si>
+  <si>
+    <t>TEMPE</t>
+  </si>
+  <si>
+    <t>LPA Insurance Agency,Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3800 WATT AVENUE SUITE 147 </t>
+  </si>
+  <si>
+    <t>SACRAMENTO</t>
+  </si>
+  <si>
+    <t>LPL ENTERPRISE, LLC</t>
+  </si>
+  <si>
+    <t>LPL Financial LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4707 EXECUTIVE DRIVE  </t>
+  </si>
+  <si>
+    <t>LW SOLUTIONS II PA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">220 ASHWORTH STREET  </t>
+  </si>
+  <si>
+    <t>WEST PALM BEACH</t>
+  </si>
+  <si>
+    <t>M Financial Securities Marketing, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1125 NW COUCH ST STE 900  </t>
+  </si>
+  <si>
+    <t>OR</t>
+  </si>
+  <si>
+    <t>M Holding Securities Insurance Agency</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1125 NW COUCH ST #900  </t>
+  </si>
+  <si>
+    <t>M.A.Gadbois Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">40 SHAWOMET AVE  </t>
+  </si>
+  <si>
+    <t>SOMERSET</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02726</t>
+  </si>
+  <si>
+    <t>M.S. Howells &amp; Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23350 N PIMA RD  </t>
+  </si>
+  <si>
+    <t>M.Y. CORE FINANCIALS LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1864 CENTRE ST  </t>
+  </si>
+  <si>
+    <t>WEST ROXBURY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02132</t>
+  </si>
+  <si>
+    <t>Madison Avenue Securities, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13500 EVENING CREEK DR. N #555  </t>
+  </si>
+  <si>
+    <t>Mariner Insurance Resources, LLC</t>
+  </si>
+  <si>
+    <t>5700 W 112TH ST SUITE 500 9133872726</t>
+  </si>
+  <si>
+    <t>Mark Edward Partners LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">505 PARK AVENUE FIFTH FLOOR </t>
+  </si>
+  <si>
+    <t>Marsh &amp; McLennan Agency, LLC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1166 AVENUE OF THE AMERICAS  </t>
+  </si>
+  <si>
+    <t>Marsh Insurance &amp; Investments LLC</t>
+  </si>
+  <si>
+    <t>Mason Associates, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11921 FREEDOM DRIVE STE 1000 </t>
+  </si>
+  <si>
+    <t>RESTON</t>
+  </si>
+  <si>
+    <t>McGuire Financial Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">349 MAIN STREET UNIT C </t>
+  </si>
+  <si>
+    <t>W.YARMOUTH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02673</t>
+  </si>
+  <si>
+    <t>McKenna Insurance Agency Inc., George E.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4 PLEASANT STREET  </t>
+  </si>
+  <si>
+    <t>LEICESTER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01524</t>
+  </si>
+  <si>
+    <t>Mercer Health &amp; Benefits Administration LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12421 MEREDITH DR STE 300  </t>
+  </si>
+  <si>
+    <t>Mercer Health &amp; Benefits LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1166 AVE OF THE AMERICAS  </t>
+  </si>
+  <si>
+    <t>Merrill Lynch Life Agency, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">401 UNION ST 26TH FLOOR </t>
+  </si>
+  <si>
+    <t>SEATTLE</t>
   </si>
   <si>
     <t>WA</t>
   </si>
   <si>
-    <t>Bluestone Insurance, Inc.</t>
-[...857 lines deleted...]
-    <t xml:space="preserve">500 EDGEWATER DR STE 570  </t>
+    <t>Mesirow Financial, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">353 N. CLARK STREET  </t>
+  </si>
+  <si>
+    <t>MetLife Investors Distribution Company, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11330 OLIVE BLVD  </t>
+  </si>
+  <si>
+    <t>MICHAUD WEALTH STRATEGIES, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1700 WEST PARK DRIVE SUITE 250 </t>
+  </si>
+  <si>
+    <t>MMA Securities, LLC</t>
+  </si>
+  <si>
+    <t>PARK  80 WEST PLAZA 2 250 PEHLE  AVE SUITE 400</t>
+  </si>
+  <si>
+    <t>SADDLE BROOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	07663</t>
+  </si>
+  <si>
+    <t>MML Insurance Agency,LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1295 STATE STREET  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01111</t>
+  </si>
+  <si>
+    <t>MOLONEY SECURITIES CO INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13537 BARRETT PARKWAY DR STE 300  </t>
+  </si>
+  <si>
+    <t>Money Concepts Capital Corp.</t>
+  </si>
+  <si>
+    <t>Moors &amp; Cabot, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ONE FEDERAL STREET 19TH FLOOR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02110</t>
+  </si>
+  <si>
+    <t>Morgan Stanley Insurance Services, Inc.</t>
+  </si>
+  <si>
+    <t>Morris Insurance Services Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7 ALEWIVE PARK RD  </t>
+  </si>
+  <si>
+    <t>KENNEBUNK</t>
+  </si>
+  <si>
+    <t>MP Financial Servcies, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ONE MONARCH PLACE SUITE 900 </t>
+  </si>
+  <si>
+    <t>MTS Insurance, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34 MAIN ST. SUITE 202 </t>
+  </si>
+  <si>
+    <t>PLYMOUTH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02360</t>
+  </si>
+  <si>
+    <t>MTZ INSURANCE LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">302 BROADWAY  </t>
+  </si>
+  <si>
+    <t>METHUEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01844</t>
+  </si>
+  <si>
+    <t>Murray &amp; MacDonald Insurance Services,Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">550 MACARTHUR BLVD  </t>
+  </si>
+  <si>
+    <t>BOURNE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02532</t>
+  </si>
+  <si>
+    <t>Mutual of America Insurance Agency LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">320 PARK AVENUE  </t>
+  </si>
+  <si>
+    <t>Mutual Of Omaha Marketing Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">D/B/A HERITAGE PROTECTION ASSURANCE MUTUAL OF OMAHA PLAZA </t>
+  </si>
+  <si>
+    <t>OMAHA</t>
+  </si>
+  <si>
+    <t>Mutual Securities, Inc of California</t>
+  </si>
+  <si>
+    <t xml:space="preserve">807-A CAMARILLO SPRINGS ROAD  </t>
+  </si>
+  <si>
+    <t>CAMARILLO</t>
+  </si>
+  <si>
+    <t>MVGA Insurance, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30 MONUMENT SQUARE SUITE 135 </t>
+  </si>
+  <si>
+    <t>CONCORD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01742</t>
+  </si>
+  <si>
+    <t>MWA General Insurance Agency</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1701 1ST AVE  </t>
+  </si>
+  <si>
+    <t>ROCK ISLAND</t>
+  </si>
+  <si>
+    <t>N.P.A. Insurance Agency, Inc.</t>
+  </si>
+  <si>
+    <t>NPA INSURANCE AGENCY INC 32-16 BROADWAY 2ND FLOOR</t>
+  </si>
+  <si>
+    <t>FAIR LAWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	07410</t>
+  </si>
+  <si>
+    <t>National Financial Network Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">900 STEWART AVE STE 500  </t>
+  </si>
+  <si>
+    <t>GARDEN CITY</t>
+  </si>
+  <si>
+    <t>Nationwide Financial General Agency, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 NATIONWIDE PLZ # 1-17402  </t>
+  </si>
+  <si>
+    <t>Nationwide Retirement Solutions, Inc</t>
+  </si>
+  <si>
+    <t>Navy Federal Investment Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1007 ELECTRIC AVE  </t>
+  </si>
+  <si>
+    <t>VIENNA</t>
+  </si>
+  <si>
+    <t>NBC Securities, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1927 FIRST AVENUE NORTH  </t>
+  </si>
+  <si>
+    <t>NE PRIVATE CLIENT, LTD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">790 N. MAIN ST  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02904</t>
+  </si>
+  <si>
+    <t>Nelson Insurance &amp; Financial Services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">155 NORTH MAIN STREET  </t>
+  </si>
+  <si>
+    <t>Nelson Securities, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9718 N MORTON CT  </t>
+  </si>
+  <si>
+    <t>SPOKANE</t>
+  </si>
+  <si>
+    <t>Newbridge Securities Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1200 N FEDERAL HIGHWAY SUITE 400 </t>
+  </si>
+  <si>
+    <t>BOCA RATON</t>
+  </si>
+  <si>
+    <t>Newton One, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">131 CONTINENTAL DR SUITE 206 </t>
+  </si>
+  <si>
+    <t>NEWARK</t>
+  </si>
+  <si>
+    <t>Next Financial Group, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11740 KATY FWY STE 600  </t>
+  </si>
+  <si>
+    <t>HOUSTON</t>
+  </si>
+  <si>
+    <t>Next Financial Insurance Services Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11740 KATY FREEWAY STE 600  </t>
+  </si>
+  <si>
+    <t>Next Generation Wealth LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">65 SOUTH ST., SUITE 108  </t>
+  </si>
+  <si>
+    <t>HOPKINTON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01748</t>
+  </si>
+  <si>
+    <t>NFP Brokerage Insurance Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1250 S CAPITAL OF TEXAS HWY BLDG 2 STE 600  </t>
+  </si>
+  <si>
+    <t>NFP Insurance Services,Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1250 S CAPITAL OF TEXAS HWY BLDG 2 STE 125  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NI Advisors Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1138 CADILLAC COURT  </t>
+  </si>
+  <si>
+    <t>MILPITAS</t>
+  </si>
+  <si>
+    <t>NOBLES &amp; RICHARDS, INC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">801 E PLANO PKWY NO 220  </t>
+  </si>
+  <si>
+    <t>PLANO</t>
+  </si>
+  <si>
+    <t>North Star Consultants, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2701 UNIVERSITY AVE SE  </t>
+  </si>
+  <si>
+    <t>NORTHEAST FINANCIAL NETWORK HOLDINGS LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1150 RARITAN ROAD SUITE 201 </t>
+  </si>
+  <si>
+    <t>CRANFORD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	07016</t>
+  </si>
+  <si>
+    <t>Northeast Planning Associates,Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">43 CONSTITUTION DR  </t>
+  </si>
+  <si>
+    <t>Northwestern Mutual Investment Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">720 E WISCONSIN AVE  </t>
+  </si>
+  <si>
+    <t>Norton Insurance Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">87 BEMIS ROAD  </t>
+  </si>
+  <si>
+    <t>FITCHBURG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01420</t>
+  </si>
+  <si>
+    <t>NYLife Securities, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">51 MADISON AVENUE ROOM 151 </t>
+  </si>
+  <si>
+    <t>Nylink Insurance Agency, Inc.</t>
+  </si>
+  <si>
+    <t>Oak Tree Insurance Agency,LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">714 MAIN STREET  </t>
+  </si>
+  <si>
+    <t>SHREWSBURY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01545</t>
+  </si>
+  <si>
+    <t>OAKWOOD CAPITAL SECURITIES, INC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">600 HIGHWAY 169 S, STE 1410  </t>
+  </si>
+  <si>
+    <t>OCEAN STATE INSURANCE GROUP LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">202 B CLOCK TOWER SQ  </t>
+  </si>
+  <si>
+    <t>PORTSMOUTH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02871</t>
+  </si>
+  <si>
+    <t>Ohio National Insurance Agency, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ONE FINANCIAL WAY  </t>
+  </si>
+  <si>
+    <t>OLD SLIP BENEFITS AND INSURANCE SERVICES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">40 WALL ST, FL 28  </t>
+  </si>
+  <si>
+    <t>One Charles Group Insurance Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">99 DERBY ST. SUITE 100 </t>
+  </si>
+  <si>
+    <t>One Resource Group, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13548 ZUBRICK RD  </t>
+  </si>
+  <si>
+    <t>ROANOKE</t>
+  </si>
+  <si>
+    <t>One Source Financial Group</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16 AARON DR  </t>
+  </si>
+  <si>
+    <t>TOPSFIELD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01983</t>
+  </si>
+  <si>
+    <t>OneAmerica Securities Insurance Agency,Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ONE AMERICAN SQUARE  </t>
+  </si>
+  <si>
+    <t>OneTeam Financial, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">331 NEWMAN SPRINGS RD STE 107  </t>
+  </si>
+  <si>
+    <t>ONYX BRIDGE WEALTH GROUP LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">120 WHITE PLAINS RD STE 115  </t>
+  </si>
+  <si>
+    <t>TARRYTOWN</t>
+  </si>
+  <si>
+    <t>OPENWIN FINANCIAL &amp; INSURANCE SERVICES, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20480 PACIFICA DR, #G  </t>
+  </si>
+  <si>
+    <t>CUPERTINO</t>
+  </si>
+  <si>
+    <t>Oppenheimer Life Agency, Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10880 WILSHIRE BLVD 24TH FLOOR </t>
+  </si>
+  <si>
+    <t>Osaic Institutions, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">538 PRESTON AVENUE  </t>
+  </si>
+  <si>
+    <t>MERIDEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	06450</t>
+  </si>
+  <si>
+    <t>Osaic Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18700 N HAYDEN RD STE 255  </t>
+  </si>
+  <si>
+    <t>Osaic Wealth, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30 UNION ST  </t>
+  </si>
+  <si>
+    <t>ELIZABETH</t>
+  </si>
+  <si>
+    <t>OSTBERG AND ASSOCIATES FINANCIAL SERVICES AND INSURANCE LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">351 PLEASANT ST SUITE D </t>
+  </si>
+  <si>
+    <t>NORTHAMPTON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01060</t>
+  </si>
+  <si>
+    <t>P.J. Robb Variable LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6075 POPLAR AVE STE 400  </t>
+  </si>
+  <si>
+    <t>Pacific Bridge Insurance Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">825 S. PRIMROSE AVE #E  </t>
+  </si>
+  <si>
+    <t>MONROVIA</t>
+  </si>
+  <si>
+    <t>Pacific Select Distributors, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">700 NEWPORT CENTER DRIVE  </t>
+  </si>
+  <si>
+    <t>Packerland Brokerage Services Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">432 SECURITY BLVD STE 101  </t>
+  </si>
+  <si>
+    <t>Park Avenue Securities LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10 HUDSON YARDS  </t>
+  </si>
+  <si>
+    <t>Parkland Securities LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">300 PARKLAND PLAZA  </t>
+  </si>
+  <si>
+    <t>Peak Brokerage Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1070 E. INDIANTOWN RD, SUITE 208  </t>
+  </si>
+  <si>
+    <t>JUPITER</t>
+  </si>
+  <si>
+    <t>PenFacs Financial Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">59 ZION HILL RD  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">	03079</t>
+  </si>
+  <si>
+    <t>PENSION &amp; WEALTH MANAGEMENT ADVISORS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">800 SOUTH STREET SUITE 160 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02453</t>
+  </si>
+  <si>
+    <t>Pensionmark Securities, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24 E. COTA ST. SUITE 200 </t>
+  </si>
+  <si>
+    <t>SANTA BARBARA</t>
+  </si>
+  <si>
+    <t>Perez Insurance and Financial Services LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17 MCKINLEY AVE  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01843</t>
+  </si>
+  <si>
+    <t>Peroni Financial Group, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">64 EAST GROVE STREET  </t>
+  </si>
+  <si>
+    <t>MIDDLEBORO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02346</t>
+  </si>
+  <si>
+    <t>PHOENIX INSURANCE SERVICES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5923 WESTRIDGE CT  </t>
+  </si>
+  <si>
+    <t>ALEXANDRIA</t>
+  </si>
+  <si>
+    <t>PHX Financial, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 WALL STREET 10TH FLOOR  </t>
+  </si>
+  <si>
+    <t>NEW YORK CITY</t>
+  </si>
+  <si>
+    <t>Pinnacle Investments, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5845 WIDEWATERS PARKWAY SUITE 300 </t>
+  </si>
+  <si>
+    <t>EAST SYRACUSE</t>
+  </si>
+  <si>
+    <t>PIONEER VALLEY CONSULTING</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5 SHAYS STREET  </t>
+  </si>
+  <si>
+    <t>PLAN 4 INSURANCE SERVICES, INC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">350 OLD COUNTRY ROAD SUITE 100  </t>
+  </si>
+  <si>
+    <t>Plan Member Securities Corporation Ins. Agency</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6187 CARPINTERIA AVENUE  </t>
+  </si>
+  <si>
+    <t>CARPINTERIA</t>
+  </si>
+  <si>
+    <t>PNC Insurance Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">300 DELAWARE AVE  </t>
+  </si>
+  <si>
+    <t>PRECISION PRIVATE WEALTH, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">93 WORCESTER ST SUITE 103 </t>
+  </si>
+  <si>
+    <t>Preferred Insurance &amp; Financial Solutions, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">72 TAUNTON ST STE A201  </t>
+  </si>
+  <si>
+    <t>PLAINVILLE</t>
+  </si>
+  <si>
+    <t>Preferred Product Network, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2711 CENTERVILLE RD SUITE 400 </t>
+  </si>
+  <si>
+    <t>Primerica Financial Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2590 NATURE PARK DR SUITE # 245 </t>
+  </si>
+  <si>
+    <t>NORTH LAS VEGAS</t>
+  </si>
+  <si>
+    <t>Private Client Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PRIVATE CLIENT SERVICES, LLC 2225 LEXINGTON RD. </t>
+  </si>
+  <si>
+    <t>Procured Risk Solutions LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">340 MADISON AVE 21ST FLOOR </t>
+  </si>
+  <si>
+    <t>Professional Life Underwriters Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">901 WILSHIRE DR SUITE 140 </t>
+  </si>
+  <si>
+    <t>TROY</t>
+  </si>
+  <si>
+    <t>Prospera Life &amp; Annuity Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5429 LBJ FWY STE 750  </t>
+  </si>
+  <si>
+    <t>PROSPERITY LIFE ADVISORY GROUP, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">381 RIVERSIDE DRIVE  </t>
+  </si>
+  <si>
+    <t>FRANKLIN</t>
+  </si>
+  <si>
+    <t>Prospirion LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">287 GROVE ST  </t>
+  </si>
+  <si>
+    <t>ProWealth, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">201 JONES ROAD 5TH FLOOR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02451</t>
+  </si>
+  <si>
+    <t>Prudential Insurance Agency, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">213 WASHINGTON ST FL 16  </t>
+  </si>
+  <si>
+    <t>PRW Associates Insurance Agency, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BATTERYMARCH PARK II 1 PINE HILL DR #502 </t>
+  </si>
+  <si>
+    <t>QUINCY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02169</t>
+  </si>
+  <si>
+    <t>Purshe Kaplan Sterling Ins. Investments</t>
+  </si>
+  <si>
+    <t xml:space="preserve">80 STATE STREET  </t>
+  </si>
+  <si>
+    <t>ALBANY</t>
+  </si>
+  <si>
+    <t>Pyramid Funds Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21 EVERETT ROAD EXT  </t>
+  </si>
+  <si>
+    <t>R F Lafferty &amp; Co., Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">40 WALL ST FL 36  </t>
+  </si>
+  <si>
+    <t>R. AAROn Miller Agency, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 BEACON ST FL 21  </t>
+  </si>
+  <si>
+    <t>RAMPART CONSULTING GROUP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">254 CHAPMAN RD STE 208 #1446 </t>
+  </si>
+  <si>
+    <t>Raymond James Insurance Group, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">880 CARILLON PARKWAY -32A TOWER IV 5TH FLOOR </t>
+  </si>
+  <si>
+    <t>ST PETERSBURG</t>
+  </si>
+  <si>
+    <t>RBC Capital Markets, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">250 NICOLLET MALL  </t>
+  </si>
+  <si>
+    <t>RBE, INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">504 HAWTHORNE BLVD  </t>
+  </si>
+  <si>
+    <t>GLEN ELLYN</t>
+  </si>
+  <si>
+    <t>REGULUS FINANCIAL GROUP, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2687 44TH ST SE STE 101 </t>
+  </si>
+  <si>
+    <t>KENTWOOD</t>
+  </si>
+  <si>
+    <t>RetireOne Investment Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">222 S 1ST ST STE 600  </t>
+  </si>
+  <si>
+    <t>RetireOne, Inc.</t>
+  </si>
+  <si>
+    <t>RIA Insurance Solutions, LLC</t>
+  </si>
+  <si>
+    <t>19520 WEST CATAWBA AVE SUITE 212 NORTH CAROLINA</t>
+  </si>
+  <si>
+    <t>RIDGEBACK SECURITIES, LTD.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1218 WEBSTER ST  </t>
+  </si>
+  <si>
+    <t>RNR Securities,LLC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1802 HEMPSTEAD TURNPIKE  </t>
+  </si>
+  <si>
+    <t>EAST MEADOW</t>
+  </si>
+  <si>
+    <t>Robert Fine &amp; Randy S Fine Ins. LLC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1101 WORCESTER ROAD MASSACHUSETTS </t>
+  </si>
+  <si>
+    <t>FRAMINGHAM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01701</t>
+  </si>
+  <si>
+    <t>Rockefeller Capital Management Insurance Services LLC</t>
+  </si>
+  <si>
+    <t>RONALD A. GELOK, JR. INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">999 VANDERBILT BEACH RD STE 200 </t>
+  </si>
+  <si>
+    <t>ROSEFINCH RISK MANAGEMENT LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1330 6TH AVENUE 23RD FL </t>
+  </si>
+  <si>
+    <t>Rossetti Insurance Agency Inc., Peter</t>
+  </si>
+  <si>
+    <t xml:space="preserve">932 LYNNFIELD ST  </t>
+  </si>
+  <si>
+    <t>LYNNFIELD</t>
+  </si>
+  <si>
+    <t>Sage, Rutty and Co., Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 CORPORATE WOODS SUITE 300 </t>
+  </si>
+  <si>
+    <t>Santander Securities LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">251 LITTLE FALLS DR  </t>
+  </si>
+  <si>
+    <t>Sartori Financial Services Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">76 BEDFORD ST SUITE 37 </t>
+  </si>
+  <si>
+    <t>Savior, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">40 WASHINGTON ST STE 210  </t>
+  </si>
+  <si>
+    <t>WELLESLEY HILLS</t>
+  </si>
+  <si>
+    <t>Saybrus Equity Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAYBRUS EQUITY SERVICES, INC. ONE AMERICAN ROW </t>
+  </si>
+  <si>
+    <t>HARTFORD</t>
+  </si>
+  <si>
+    <t>Saybrus Partners, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ONE AMERICAN ROW  </t>
+  </si>
+  <si>
+    <t>SBHU Life Agency, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2000 WESTCHESTER AVENUE  </t>
+  </si>
+  <si>
+    <t>PURCHASE</t>
+  </si>
+  <si>
+    <t>Securian Financial Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">400 ROBERT STREET N.  </t>
+  </si>
+  <si>
+    <t>ST. PAUL</t>
+  </si>
+  <si>
+    <t>SEESMAN INSURANCE AGENCY, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">83 PARKHURST ROAD, UNIT 10 978 </t>
+  </si>
+  <si>
+    <t>CHELMSFORD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01824</t>
+  </si>
+  <si>
+    <t>Segreve &amp; Hall Insurance Associates Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ONE TECH DRIVE SUITE 135 </t>
+  </si>
+  <si>
+    <t>ANDOVER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01810</t>
+  </si>
+  <si>
+    <t>SEMPER FINANCIAL GROUP, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 LAKESHORE CENTER STE 200 </t>
+  </si>
+  <si>
+    <t>Sentinel Insurance Agency, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 QUANNAPOWIT PKWY  </t>
   </si>
   <si>
     <t>WAKEFIELD</t>
   </si>
   <si>
-    <t>Equitable Distributors, LLC</t>
-[...2296 lines deleted...]
-  <si>
     <t xml:space="preserve">	01880</t>
   </si>
   <si>
     <t>SFA Insurance Services, Inc.</t>
   </si>
   <si>
     <t>2200 CENTURY PARKWAY SUITE 500 GEORGIA</t>
   </si>
   <si>
     <t>Shepard Insurance Group, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">1700 EAST PUTNAM AVENUE  </t>
   </si>
   <si>
     <t>OLD GREENWICH</t>
   </si>
   <si>
     <t>Sigma Financial Corporation</t>
   </si>
   <si>
     <t>Signal Securities, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">700 THROCKMORTON ST.  </t>
@@ -4574,237 +4574,234 @@
   <si>
     <t xml:space="preserve">	02111</t>
   </si>
   <si>
     <t>WARREN TRB LLC</t>
   </si>
   <si>
     <t xml:space="preserve">ONE BEACON STREET 21ST FLOOR </t>
   </si>
   <si>
     <t>WAYSTONE GROUP, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">190 WASHINGTON ST  </t>
   </si>
   <si>
     <t>DUXBURY</t>
   </si>
   <si>
     <t>Wealth Advisory Services, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">201 PARK AVE  </t>
   </si>
   <si>
-    <t xml:space="preserve">	01609</t>
-[...1 lines deleted...]
-  <si>
     <t>Wealth and Risk Management Company, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">WEALTH AND RISK MANAGEMENT COMPANY INC 106 CHANNEL VW UNIT 1 </t>
   </si>
   <si>
     <t>Wealth Associates Group of New England, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">266 MAIN STREET SUITE 39 </t>
   </si>
   <si>
     <t>MEDFIELD</t>
   </si>
   <si>
     <t xml:space="preserve">	02052</t>
   </si>
   <si>
     <t>Wealth Enhancement Group, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">505 NORTH HWY 169 SUITE 900 </t>
   </si>
   <si>
     <t>Wealth Management Resources, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">28 CEDAR SWAMP ROAD, STE 1  </t>
   </si>
   <si>
     <t>SMITHFIELD</t>
   </si>
   <si>
     <t xml:space="preserve">	02917</t>
   </si>
   <si>
     <t>Wedbush Securities, Inc</t>
   </si>
   <si>
     <t xml:space="preserve">225 S LAKE AVE PH  </t>
   </si>
   <si>
     <t>Wellington Shields &amp; Co., LLC</t>
   </si>
   <si>
-    <t xml:space="preserve">60 BROAD ST  </t>
+    <t xml:space="preserve">60 BROAD ST FL 39  </t>
   </si>
   <si>
     <t>Wells Fargo Advisors Financial Network, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1 N JEFFERSON AVE  </t>
   </si>
   <si>
     <t>Wells Fargo Advisors Insurance Agency, LLC.</t>
   </si>
   <si>
     <t xml:space="preserve">901 EAST BYRD ST WS2075  </t>
   </si>
   <si>
     <t>Wells Fargo Clearing Services, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1 N JEFFERSON AVE D 1050-184  </t>
   </si>
   <si>
     <t>Wells Fargo Wealth Brokerage Insurance Agency, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1021 E CARY ST FL 9  </t>
   </si>
   <si>
     <t>Wentworth Financial Partners, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">80 STATE STREET 4TH FLOOR </t>
   </si>
   <si>
-    <t>Western International Securities, Inc.</t>
-[...4 lines deleted...]
-  <si>
     <t>Westminster Financial Insurance Agencies</t>
   </si>
   <si>
     <t xml:space="preserve">50 CHESTNUT STREET SUITE A-200  </t>
   </si>
   <si>
     <t>BEAVERCREEK</t>
   </si>
   <si>
     <t>Westport Financial Servcies,LLC</t>
   </si>
   <si>
     <t xml:space="preserve">4651 SALISBURY ROAD SUITE 410 </t>
   </si>
   <si>
     <t>JACKSONVILLE</t>
   </si>
   <si>
     <t>Wexler Enterprises, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">34 FISKDALE RD  </t>
   </si>
   <si>
     <t>BROOKFIELD</t>
   </si>
   <si>
     <t>WHITE CAP FINANCIAL LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1055 BRIDGE ROAD, EASTHAM, MA 02642  </t>
   </si>
   <si>
     <t>EASTHAM,</t>
   </si>
   <si>
     <t xml:space="preserve">	02642</t>
   </si>
   <si>
     <t>Wilcox Financial, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">3400 EXECUTIVE PARKWAY  </t>
   </si>
   <si>
     <t>TOLEDO</t>
   </si>
   <si>
+    <t>WILSON FINANCIAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">112 WOODLAND AVE STE 202  </t>
+  </si>
+  <si>
+    <t>SOMERS POINT</t>
+  </si>
+  <si>
     <t>Windsor Insurance Associates, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">21820 BURBANK BLV. #100 SOUTH  </t>
   </si>
   <si>
     <t>WOODLAND HILLS</t>
   </si>
   <si>
     <t>Wintrust Investments LLC</t>
   </si>
   <si>
     <t xml:space="preserve">ATTN JAMES SOMMERFIELD 9700 W HIGGINS RD </t>
   </si>
   <si>
     <t>ROSEMONT</t>
   </si>
   <si>
     <t>WJ Lynch Insurance Agency, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">535 BOYLSTON STREET SUITE T2  </t>
   </si>
   <si>
     <t>WJ Lynch Investor Services, LLC</t>
   </si>
   <si>
     <t>WJ LYNCH INVESTOR SERVICES, LLC CORPORATION TRUST CENTER 1209 ORANGE ST.</t>
   </si>
   <si>
     <t>Wood Wealth Group, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">529 MAIN STREET SUITE P200 </t>
   </si>
   <si>
     <t>CHARLESTOWN</t>
   </si>
   <si>
     <t xml:space="preserve">	02129</t>
   </si>
   <si>
     <t>Woodmen Insurance  Agency, Inc</t>
   </si>
   <si>
     <t xml:space="preserve">1700 FARNAM STREET  </t>
   </si>
   <si>
     <t>World Equity Group, Inc.</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">425 N MARTINGALE RD STE 1220  </t>
   </si>
   <si>
     <t>World Financial Grp Ins. Agcy Of Mass, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">45 DAN ROAD SUITE #10 </t>
   </si>
   <si>
     <t>CANTON</t>
   </si>
   <si>
     <t xml:space="preserve">	02021</t>
   </si>
   <si>
     <t xml:space="preserve">XML Securities LLC </t>
   </si>
   <si>
     <t xml:space="preserve">6901 ROCKLEDGE DR STE 730  </t>
   </si>
   <si>
     <t>BETHESDA</t>
   </si>
   <si>
     <t>YELLOW OCTOPUS LLC</t>
   </si>
@@ -5075,51 +5072,51 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>127000</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>101600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>952500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2BC14D0D-D3C3-4156-9A2F-A0A938531D3C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA898A7F-93F8-4B46-808D-76F951031F0E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="876300" y="0"/>
           <a:ext cx="768350" cy="952500"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
@@ -5462,68 +5459,68 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{59E4EB0C-39D0-44D8-BE6E-852C20C637E1}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CC6CAFF8-7A62-4666-8001-4F0187C34189}">
   <sheetPr codeName="Sheet5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J20000"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="B4" sqref="B4:J4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="1.6328125" customWidth="1"/>
     <col min="2" max="2" width="9.08984375" style="8" customWidth="1"/>
     <col min="3" max="3" width="11.36328125" style="27" customWidth="1"/>
     <col min="4" max="4" width="11.1796875" style="28" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="45.54296875" customWidth="1"/>
-    <col min="6" max="6" width="36" customWidth="1"/>
+    <col min="5" max="5" width="42.36328125" customWidth="1"/>
+    <col min="6" max="6" width="31.36328125" customWidth="1"/>
     <col min="7" max="7" width="13.36328125" customWidth="1"/>
     <col min="8" max="8" width="6" style="29" customWidth="1"/>
     <col min="9" max="9" width="10.6328125" style="30" customWidth="1"/>
     <col min="10" max="10" width="12.36328125" style="31" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="116" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="3"/>
       <c r="D1" s="4"/>
       <c r="E1" s="32" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="33"/>
       <c r="G1" s="33"/>
       <c r="H1" s="5"/>
       <c r="I1" s="6"/>
       <c r="J1" s="7"/>
     </row>
     <row r="2" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
       <c r="C2" s="3"/>
       <c r="D2" s="4"/>
       <c r="E2" s="1"/>
@@ -5618,69 +5615,69 @@
       </c>
       <c r="F7" s="25" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="24" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="22" t="s">
         <v>15</v>
       </c>
       <c r="I7" s="22">
         <v>37215</v>
       </c>
       <c r="J7" s="26">
         <v>6515382661</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B8" s="22">
         <v>960130</v>
       </c>
       <c r="C8" s="23">
         <v>42041</v>
       </c>
       <c r="D8" s="23">
-        <v>46059</v>
+        <v>46424</v>
       </c>
       <c r="E8" s="24" t="s">
         <v>16</v>
       </c>
       <c r="F8" s="25" t="s">
         <v>17</v>
       </c>
       <c r="G8" s="24" t="s">
         <v>18</v>
       </c>
       <c r="H8" s="22" t="s">
         <v>19</v>
       </c>
       <c r="I8" s="22">
         <v>48381</v>
       </c>
       <c r="J8" s="26">
-        <v>8005510080</v>
+        <v>2483503400</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B9" s="22">
         <v>13149560</v>
       </c>
       <c r="C9" s="23">
         <v>45148</v>
       </c>
       <c r="D9" s="23">
         <v>46244</v>
       </c>
       <c r="E9" s="24" t="s">
         <v>20</v>
       </c>
       <c r="F9" s="25" t="s">
         <v>21</v>
       </c>
       <c r="G9" s="24" t="s">
         <v>22</v>
       </c>
       <c r="H9" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="22" t="s">
@@ -5815,15831 +5812,15852 @@
       </c>
       <c r="D14" s="23">
         <v>46313</v>
       </c>
       <c r="E14" s="24" t="s">
         <v>40</v>
       </c>
       <c r="F14" s="25" t="s">
         <v>41</v>
       </c>
       <c r="G14" s="24" t="s">
         <v>42</v>
       </c>
       <c r="H14" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I14" s="22" t="s">
         <v>43</v>
       </c>
       <c r="J14" s="26">
         <v>9787725777</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B15" s="22">
-        <v>16908733</v>
+        <v>3004041188</v>
       </c>
       <c r="C15" s="23">
-        <v>44812</v>
+        <v>46037</v>
       </c>
       <c r="D15" s="23">
-        <v>46273</v>
+        <v>46402</v>
       </c>
       <c r="E15" s="24" t="s">
         <v>44</v>
       </c>
       <c r="F15" s="25" t="s">
         <v>45</v>
       </c>
       <c r="G15" s="24" t="s">
         <v>46</v>
       </c>
       <c r="H15" s="22" t="s">
         <v>47</v>
       </c>
       <c r="I15" s="22">
-        <v>913604117</v>
+        <v>55305</v>
       </c>
       <c r="J15" s="26">
-        <v>8052469240</v>
+        <v>6123478600</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B16" s="22">
-        <v>2001358</v>
+        <v>16908733</v>
       </c>
       <c r="C16" s="23">
-        <v>45455</v>
+        <v>44812</v>
       </c>
       <c r="D16" s="23">
-        <v>46185</v>
+        <v>46273</v>
       </c>
       <c r="E16" s="24" t="s">
         <v>48</v>
       </c>
       <c r="F16" s="25" t="s">
         <v>49</v>
       </c>
       <c r="G16" s="24" t="s">
         <v>50</v>
       </c>
       <c r="H16" s="22" t="s">
         <v>51</v>
       </c>
       <c r="I16" s="22">
-        <v>10105</v>
+        <v>913604117</v>
       </c>
       <c r="J16" s="26">
-        <v>2128131010</v>
+        <v>8052469240</v>
       </c>
     </row>
     <row r="17" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B17" s="22">
-        <v>5437406</v>
+        <v>2001358</v>
       </c>
       <c r="C17" s="23">
-        <v>36202</v>
+        <v>45455</v>
       </c>
       <c r="D17" s="23">
-        <v>46064</v>
+        <v>46185</v>
       </c>
       <c r="E17" s="24" t="s">
         <v>52</v>
       </c>
       <c r="F17" s="25" t="s">
         <v>53</v>
       </c>
       <c r="G17" s="24" t="s">
         <v>54</v>
       </c>
       <c r="H17" s="22" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I17" s="22" t="s">
         <v>55</v>
       </c>
+      <c r="I17" s="22">
+        <v>10105</v>
+      </c>
       <c r="J17" s="26">
-        <v>7815510777</v>
+        <v>2128131010</v>
       </c>
     </row>
     <row r="18" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B18" s="22">
-        <v>3002244003</v>
+        <v>5437406</v>
       </c>
       <c r="C18" s="23">
-        <v>45559</v>
+        <v>36202</v>
       </c>
       <c r="D18" s="23">
-        <v>46322</v>
+        <v>46429</v>
       </c>
       <c r="E18" s="24" t="s">
         <v>56</v>
       </c>
       <c r="F18" s="25" t="s">
         <v>57</v>
       </c>
       <c r="G18" s="24" t="s">
         <v>58</v>
       </c>
       <c r="H18" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="I18" s="22" t="s">
         <v>59</v>
       </c>
-      <c r="I18" s="22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J18" s="26">
-        <v>2036629700</v>
+        <v>7815510777</v>
       </c>
     </row>
     <row r="19" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B19" s="22">
-        <v>3002244478</v>
+        <v>3002244003</v>
       </c>
       <c r="C19" s="23">
-        <v>44872</v>
+        <v>45559</v>
       </c>
       <c r="D19" s="23">
-        <v>46333</v>
+        <v>46322</v>
       </c>
       <c r="E19" s="24" t="s">
+        <v>60</v>
+      </c>
+      <c r="F19" s="25" t="s">
         <v>61</v>
       </c>
-      <c r="F19" s="25" t="s">
+      <c r="G19" s="24" t="s">
         <v>62</v>
       </c>
-      <c r="G19" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H19" s="22" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>10001</v>
+        <v>63</v>
+      </c>
+      <c r="I19" s="22" t="s">
+        <v>64</v>
       </c>
       <c r="J19" s="26">
-        <v>7188975539</v>
+        <v>2036629700</v>
       </c>
     </row>
     <row r="20" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B20" s="22">
-        <v>105703</v>
+        <v>3002244478</v>
       </c>
       <c r="C20" s="23">
-        <v>45933</v>
+        <v>44872</v>
       </c>
       <c r="D20" s="23">
-        <v>46298</v>
+        <v>46333</v>
       </c>
       <c r="E20" s="24" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="F20" s="25" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="G20" s="24" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="H20" s="22" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="I20" s="22">
-        <v>37203</v>
+        <v>100011738</v>
       </c>
       <c r="J20" s="26">
-        <v>6292136043</v>
+        <v>7188975539</v>
       </c>
     </row>
     <row r="21" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B21" s="22">
-        <v>4435927</v>
+        <v>105703</v>
       </c>
       <c r="C21" s="23">
-        <v>39279</v>
+        <v>45933</v>
       </c>
       <c r="D21" s="23">
-        <v>46219</v>
+        <v>46298</v>
       </c>
       <c r="E21" s="24" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F21" s="25" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="G21" s="24" t="s">
-        <v>67</v>
+        <v>14</v>
       </c>
       <c r="H21" s="22" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="I21" s="22">
-        <v>685081316</v>
+        <v>37203</v>
       </c>
       <c r="J21" s="26">
-        <v>4027421204</v>
+        <v>6292136043</v>
       </c>
     </row>
     <row r="22" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B22" s="22">
-        <v>3003185095</v>
+        <v>4435927</v>
       </c>
       <c r="C22" s="23">
-        <v>45489</v>
+        <v>39279</v>
       </c>
       <c r="D22" s="23">
         <v>46219</v>
       </c>
       <c r="E22" s="24" t="s">
         <v>69</v>
       </c>
       <c r="F22" s="25" t="s">
         <v>70</v>
       </c>
       <c r="G22" s="24" t="s">
         <v>71</v>
       </c>
       <c r="H22" s="22" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="I22" s="22">
-        <v>33408</v>
+        <v>685081316</v>
       </c>
       <c r="J22" s="26">
-        <v>8566697441</v>
+        <v>4027421204</v>
       </c>
     </row>
     <row r="23" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B23" s="22">
-        <v>3003857432</v>
+        <v>3003185095</v>
       </c>
       <c r="C23" s="23">
-        <v>45918</v>
+        <v>45489</v>
       </c>
       <c r="D23" s="23">
-        <v>46283</v>
+        <v>46219</v>
       </c>
       <c r="E23" s="24" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F23" s="25" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G23" s="24" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H23" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>28</v>
+      </c>
+      <c r="I23" s="22">
+        <v>33408</v>
       </c>
       <c r="J23" s="26">
-        <v>7814046909</v>
+        <v>8566697441</v>
       </c>
     </row>
     <row r="24" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B24" s="22">
-        <v>3003665940</v>
+        <v>3003857432</v>
       </c>
       <c r="C24" s="23">
-        <v>45804</v>
+        <v>45918</v>
       </c>
       <c r="D24" s="23">
-        <v>46169</v>
+        <v>46283</v>
       </c>
       <c r="E24" s="24" t="s">
         <v>76</v>
       </c>
       <c r="F24" s="25" t="s">
         <v>77</v>
       </c>
       <c r="G24" s="24" t="s">
         <v>78</v>
       </c>
       <c r="H24" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I24" s="22" t="s">
         <v>79</v>
       </c>
       <c r="J24" s="26">
-        <v>5129136401</v>
+        <v>7814046909</v>
       </c>
     </row>
     <row r="25" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B25" s="22">
-        <v>1997743</v>
+        <v>3003665940</v>
       </c>
       <c r="C25" s="23">
-        <v>38723</v>
+        <v>45804</v>
       </c>
       <c r="D25" s="23">
-        <v>46393</v>
+        <v>46169</v>
       </c>
       <c r="E25" s="24" t="s">
         <v>80</v>
       </c>
       <c r="F25" s="25" t="s">
         <v>81</v>
       </c>
       <c r="G25" s="24" t="s">
         <v>82</v>
       </c>
       <c r="H25" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="I25" s="22" t="s">
         <v>83</v>
       </c>
-      <c r="I25" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="J25" s="26">
-        <v>4055232000</v>
+        <v>5129136401</v>
       </c>
     </row>
     <row r="26" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B26" s="22">
-        <v>654529</v>
+        <v>1997743</v>
       </c>
       <c r="C26" s="23">
-        <v>44235</v>
+        <v>38723</v>
       </c>
       <c r="D26" s="23">
-        <v>46061</v>
+        <v>46393</v>
       </c>
       <c r="E26" s="24" t="s">
         <v>84</v>
       </c>
       <c r="F26" s="25" t="s">
         <v>85</v>
       </c>
       <c r="G26" s="24" t="s">
         <v>86</v>
       </c>
       <c r="H26" s="22" t="s">
         <v>87</v>
       </c>
       <c r="I26" s="22">
-        <v>63141</v>
+        <v>731143701</v>
       </c>
       <c r="J26" s="26">
-        <v>8324702786</v>
+        <v>4055232000</v>
       </c>
     </row>
     <row r="27" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B27" s="22">
-        <v>1330148</v>
+        <v>654529</v>
       </c>
       <c r="C27" s="23">
-        <v>38821</v>
+        <v>44235</v>
       </c>
       <c r="D27" s="23">
-        <v>46126</v>
+        <v>46426</v>
       </c>
       <c r="E27" s="24" t="s">
         <v>88</v>
       </c>
       <c r="F27" s="25" t="s">
         <v>89</v>
       </c>
       <c r="G27" s="24" t="s">
         <v>90</v>
       </c>
       <c r="H27" s="22" t="s">
         <v>91</v>
       </c>
       <c r="I27" s="22">
-        <v>60654</v>
+        <v>63141</v>
       </c>
       <c r="J27" s="26">
-        <v>3129886400</v>
+        <v>7137034815</v>
       </c>
     </row>
     <row r="28" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B28" s="22">
-        <v>7671000</v>
+        <v>1330148</v>
       </c>
       <c r="C28" s="23">
-        <v>43223</v>
+        <v>38821</v>
       </c>
       <c r="D28" s="23">
-        <v>46145</v>
+        <v>46126</v>
       </c>
       <c r="E28" s="24" t="s">
         <v>92</v>
       </c>
       <c r="F28" s="25" t="s">
         <v>93</v>
       </c>
       <c r="G28" s="24" t="s">
         <v>94</v>
       </c>
       <c r="H28" s="22" t="s">
         <v>95</v>
       </c>
       <c r="I28" s="22">
-        <v>463941642</v>
+        <v>60654</v>
       </c>
       <c r="J28" s="26">
-        <v>6304359128</v>
+        <v>3129886400</v>
       </c>
     </row>
     <row r="29" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B29" s="22">
-        <v>14408</v>
+        <v>7671000</v>
       </c>
       <c r="C29" s="23">
-        <v>39065</v>
+        <v>43223</v>
       </c>
       <c r="D29" s="23">
-        <v>46370</v>
+        <v>46145</v>
       </c>
       <c r="E29" s="24" t="s">
         <v>96</v>
       </c>
       <c r="F29" s="25" t="s">
         <v>97</v>
       </c>
       <c r="G29" s="24" t="s">
         <v>98</v>
       </c>
       <c r="H29" s="22" t="s">
         <v>99</v>
       </c>
       <c r="I29" s="22">
-        <v>55474</v>
+        <v>463941642</v>
       </c>
       <c r="J29" s="26">
-        <v>8009439000</v>
+        <v>6304359128</v>
       </c>
     </row>
     <row r="30" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B30" s="22">
-        <v>3003463393</v>
+        <v>14408</v>
       </c>
       <c r="C30" s="23">
-        <v>45670</v>
+        <v>39065</v>
       </c>
       <c r="D30" s="23">
-        <v>46035</v>
+        <v>46370</v>
       </c>
       <c r="E30" s="24" t="s">
         <v>100</v>
       </c>
       <c r="F30" s="25" t="s">
         <v>101</v>
       </c>
       <c r="G30" s="24" t="s">
         <v>102</v>
       </c>
       <c r="H30" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>47</v>
+      </c>
+      <c r="I30" s="22">
+        <v>55474</v>
       </c>
       <c r="J30" s="26">
-        <v>6177650277</v>
+        <v>8009439000</v>
       </c>
     </row>
     <row r="31" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B31" s="22">
-        <v>3002865507</v>
+        <v>3003463393</v>
       </c>
       <c r="C31" s="23">
-        <v>45271</v>
+        <v>45670</v>
       </c>
       <c r="D31" s="23">
-        <v>46002</v>
+        <v>46400</v>
       </c>
       <c r="E31" s="24" t="s">
+        <v>103</v>
+      </c>
+      <c r="F31" s="25" t="s">
         <v>104</v>
       </c>
-      <c r="F31" s="25" t="s">
+      <c r="G31" s="24" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="H31" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I31" s="22" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="J31" s="26">
-        <v>7815634390</v>
+        <v>6177650277</v>
       </c>
     </row>
     <row r="32" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B32" s="22">
         <v>8652046</v>
       </c>
       <c r="C32" s="23">
         <v>39631</v>
       </c>
       <c r="D32" s="23">
         <v>46205</v>
       </c>
       <c r="E32" s="24" t="s">
+        <v>107</v>
+      </c>
+      <c r="F32" s="25" t="s">
         <v>108</v>
       </c>
-      <c r="F32" s="25" t="s">
+      <c r="G32" s="24" t="s">
         <v>109</v>
       </c>
-      <c r="G32" s="24" t="s">
+      <c r="H32" s="22" t="s">
         <v>110</v>
       </c>
-      <c r="H32" s="22" t="s">
+      <c r="I32" s="22" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="J32" s="26">
         <v>6032242892</v>
       </c>
     </row>
     <row r="33" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B33" s="22">
         <v>1972311</v>
       </c>
       <c r="C33" s="23">
         <v>39524</v>
       </c>
       <c r="D33" s="23">
         <v>46097</v>
       </c>
       <c r="E33" s="24" t="s">
+        <v>112</v>
+      </c>
+      <c r="F33" s="25" t="s">
         <v>113</v>
       </c>
-      <c r="F33" s="25" t="s">
+      <c r="G33" s="24" t="s">
         <v>114</v>
       </c>
-      <c r="G33" s="24" t="s">
+      <c r="H33" s="22" t="s">
         <v>115</v>
       </c>
-      <c r="H33" s="22" t="s">
+      <c r="I33" s="22" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="J33" s="26">
         <v>9082338040</v>
       </c>
     </row>
     <row r="34" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B34" s="22">
         <v>392442</v>
       </c>
       <c r="C34" s="23">
         <v>39128</v>
       </c>
       <c r="D34" s="23">
-        <v>46068</v>
+        <v>46433</v>
       </c>
       <c r="E34" s="24" t="s">
+        <v>117</v>
+      </c>
+      <c r="F34" s="25" t="s">
         <v>118</v>
       </c>
-      <c r="F34" s="25" t="s">
+      <c r="G34" s="24" t="s">
         <v>119</v>
       </c>
-      <c r="G34" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H34" s="22" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="I34" s="22">
         <v>79222805</v>
       </c>
       <c r="J34" s="26">
         <v>8662662583</v>
       </c>
     </row>
     <row r="35" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B35" s="22">
         <v>8024066</v>
       </c>
       <c r="C35" s="23">
         <v>38301</v>
       </c>
       <c r="D35" s="23">
         <v>46336</v>
       </c>
       <c r="E35" s="24" t="s">
+        <v>120</v>
+      </c>
+      <c r="F35" s="25" t="s">
         <v>121</v>
       </c>
-      <c r="F35" s="25" t="s">
+      <c r="G35" s="24" t="s">
         <v>122</v>
       </c>
-      <c r="G35" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="22" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="I35" s="22">
         <v>941052490</v>
       </c>
       <c r="J35" s="26">
         <v>8662662583</v>
       </c>
     </row>
     <row r="36" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B36" s="22">
         <v>18282060</v>
       </c>
       <c r="C36" s="23">
         <v>44902</v>
       </c>
       <c r="D36" s="23">
         <v>46363</v>
       </c>
       <c r="E36" s="24" t="s">
+        <v>123</v>
+      </c>
+      <c r="F36" s="25" t="s">
         <v>124</v>
       </c>
-      <c r="F36" s="25" t="s">
+      <c r="G36" s="24" t="s">
         <v>125</v>
       </c>
-      <c r="G36" s="24" t="s">
+      <c r="H36" s="22" t="s">
+        <v>110</v>
+      </c>
+      <c r="I36" s="22" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
       <c r="J36" s="26">
         <v>6036819190</v>
       </c>
     </row>
     <row r="37" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B37" s="22">
         <v>3003542459</v>
       </c>
       <c r="C37" s="23">
         <v>45723</v>
       </c>
       <c r="D37" s="23">
         <v>46088</v>
       </c>
       <c r="E37" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="F37" s="25" t="s">
         <v>128</v>
       </c>
-      <c r="F37" s="25" t="s">
+      <c r="G37" s="24" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="H37" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I37" s="22" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="J37" s="26">
         <v>9784430400</v>
       </c>
     </row>
     <row r="38" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B38" s="22">
         <v>9905296</v>
       </c>
       <c r="C38" s="23">
         <v>39619</v>
       </c>
       <c r="D38" s="23">
         <v>46193</v>
       </c>
       <c r="E38" s="24" t="s">
+        <v>131</v>
+      </c>
+      <c r="F38" s="25" t="s">
         <v>132</v>
       </c>
-      <c r="F38" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G38" s="24" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="H38" s="22" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="I38" s="22">
         <v>60607</v>
       </c>
       <c r="J38" s="26">
         <v>3129403684</v>
       </c>
     </row>
     <row r="39" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B39" s="22">
         <v>18343274</v>
       </c>
       <c r="C39" s="23">
         <v>43620</v>
       </c>
       <c r="D39" s="23">
         <v>46177</v>
       </c>
       <c r="E39" s="24" t="s">
+        <v>133</v>
+      </c>
+      <c r="F39" s="25" t="s">
         <v>134</v>
       </c>
-      <c r="F39" s="25" t="s">
+      <c r="G39" s="24" t="s">
         <v>135</v>
       </c>
-      <c r="G39" s="24" t="s">
+      <c r="H39" s="22" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="I39" s="22">
         <v>30305</v>
       </c>
       <c r="J39" s="26">
         <v>4044450035</v>
       </c>
     </row>
     <row r="40" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B40" s="22">
         <v>3002658701</v>
       </c>
       <c r="C40" s="23">
         <v>45883</v>
       </c>
       <c r="D40" s="23">
         <v>46248</v>
       </c>
       <c r="E40" s="24" t="s">
+        <v>137</v>
+      </c>
+      <c r="F40" s="25" t="s">
         <v>138</v>
       </c>
-      <c r="F40" s="25" t="s">
+      <c r="G40" s="24" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="H40" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I40" s="22" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="J40" s="26">
         <v>7816528163</v>
       </c>
     </row>
     <row r="41" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B41" s="22">
         <v>3003928106</v>
       </c>
       <c r="C41" s="23">
         <v>45957</v>
       </c>
       <c r="D41" s="23">
         <v>46322</v>
       </c>
       <c r="E41" s="24" t="s">
+        <v>141</v>
+      </c>
+      <c r="F41" s="25" t="s">
         <v>142</v>
       </c>
-      <c r="F41" s="25" t="s">
+      <c r="G41" s="24" t="s">
         <v>143</v>
       </c>
-      <c r="G41" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H41" s="22" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="I41" s="22">
         <v>631462236</v>
       </c>
       <c r="J41" s="26">
         <v>3148781954</v>
       </c>
     </row>
     <row r="42" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B42" s="22">
         <v>3002584761</v>
       </c>
       <c r="C42" s="23">
         <v>45105</v>
       </c>
       <c r="D42" s="23">
         <v>46201</v>
       </c>
       <c r="E42" s="24" t="s">
+        <v>144</v>
+      </c>
+      <c r="F42" s="25" t="s">
         <v>145</v>
       </c>
-      <c r="F42" s="25" t="s">
+      <c r="G42" s="24" t="s">
         <v>146</v>
       </c>
-      <c r="G42" s="24" t="s">
+      <c r="H42" s="22" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="I42" s="22">
         <v>19025</v>
       </c>
       <c r="J42" s="26">
         <v>4073332905</v>
       </c>
     </row>
     <row r="43" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B43" s="22">
         <v>957851</v>
       </c>
       <c r="C43" s="23">
         <v>39231</v>
       </c>
       <c r="D43" s="23">
         <v>46171</v>
       </c>
       <c r="E43" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="F43" s="25" t="s">
         <v>149</v>
       </c>
-      <c r="F43" s="25" t="s">
+      <c r="G43" s="24" t="s">
         <v>150</v>
       </c>
-      <c r="G43" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H43" s="22" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="I43" s="22">
         <v>46802</v>
       </c>
       <c r="J43" s="26">
         <v>2604696898</v>
       </c>
     </row>
     <row r="44" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B44" s="22">
         <v>3002541168</v>
       </c>
       <c r="C44" s="23">
         <v>45860</v>
       </c>
       <c r="D44" s="23">
         <v>46225</v>
       </c>
       <c r="E44" s="24" t="s">
+        <v>151</v>
+      </c>
+      <c r="F44" s="25" t="s">
         <v>152</v>
       </c>
-      <c r="F44" s="25" t="s">
+      <c r="G44" s="24" t="s">
         <v>153</v>
       </c>
-      <c r="G44" s="24" t="s">
+      <c r="H44" s="22" t="s">
+        <v>115</v>
+      </c>
+      <c r="I44" s="22" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>155</v>
       </c>
       <c r="J44" s="26">
         <v>9087569800</v>
       </c>
     </row>
     <row r="45" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B45" s="22">
         <v>3002694903</v>
       </c>
       <c r="C45" s="23">
         <v>45168</v>
       </c>
       <c r="D45" s="23">
         <v>46264</v>
       </c>
       <c r="E45" s="24" t="s">
+        <v>155</v>
+      </c>
+      <c r="F45" s="25" t="s">
         <v>156</v>
       </c>
-      <c r="F45" s="25" t="s">
+      <c r="G45" s="24" t="s">
         <v>157</v>
       </c>
-      <c r="G45" s="24" t="s">
+      <c r="H45" s="22" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="I45" s="22">
         <v>50266</v>
       </c>
       <c r="J45" s="26">
         <v>5153425124</v>
       </c>
     </row>
     <row r="46" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B46" s="22">
         <v>3003693241</v>
       </c>
       <c r="C46" s="23">
         <v>45820</v>
       </c>
       <c r="D46" s="23">
         <v>46185</v>
       </c>
       <c r="E46" s="24" t="s">
+        <v>159</v>
+      </c>
+      <c r="F46" s="25" t="s">
         <v>160</v>
       </c>
-      <c r="F46" s="25" t="s">
+      <c r="G46" s="24" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="H46" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I46" s="22">
         <v>24511614</v>
       </c>
       <c r="J46" s="26">
         <v>7818947000</v>
       </c>
     </row>
     <row r="47" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B47" s="22">
         <v>2001173</v>
       </c>
       <c r="C47" s="23">
         <v>43332</v>
       </c>
       <c r="D47" s="23">
         <v>46254</v>
       </c>
       <c r="E47" s="24" t="s">
+        <v>162</v>
+      </c>
+      <c r="F47" s="25" t="s">
         <v>163</v>
       </c>
-      <c r="F47" s="25" t="s">
+      <c r="G47" s="24" t="s">
         <v>164</v>
       </c>
-      <c r="G47" s="24" t="s">
+      <c r="H47" s="22" t="s">
+        <v>115</v>
+      </c>
+      <c r="I47" s="22" t="s">
         <v>165</v>
-      </c>
-[...4 lines deleted...]
-        <v>166</v>
       </c>
       <c r="J47" s="26">
         <v>9733940404</v>
       </c>
     </row>
     <row r="48" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B48" s="22">
         <v>2109247</v>
       </c>
       <c r="C48" s="23">
         <v>40081</v>
       </c>
       <c r="D48" s="23">
         <v>46290</v>
       </c>
       <c r="E48" s="24" t="s">
+        <v>166</v>
+      </c>
+      <c r="F48" s="25" t="s">
         <v>167</v>
       </c>
-      <c r="F48" s="25" t="s">
+      <c r="G48" s="24" t="s">
         <v>168</v>
       </c>
-      <c r="G48" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H48" s="22" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="I48" s="22">
         <v>52807</v>
       </c>
       <c r="J48" s="26">
         <v>5633262064</v>
       </c>
     </row>
     <row r="49" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B49" s="22">
         <v>2753960</v>
       </c>
       <c r="C49" s="23">
         <v>44064</v>
       </c>
       <c r="D49" s="23">
         <v>46255</v>
       </c>
       <c r="E49" s="24" t="s">
+        <v>169</v>
+      </c>
+      <c r="F49" s="25" t="s">
         <v>170</v>
       </c>
-      <c r="F49" s="25" t="s">
+      <c r="G49" s="24" t="s">
         <v>171</v>
       </c>
-      <c r="G49" s="24" t="s">
+      <c r="H49" s="22" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="I49" s="22">
         <v>75019</v>
       </c>
       <c r="J49" s="26">
         <v>8662188206</v>
       </c>
     </row>
     <row r="50" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B50" s="22">
         <v>963731</v>
       </c>
       <c r="C50" s="23">
         <v>40717</v>
       </c>
       <c r="D50" s="23">
         <v>46196</v>
       </c>
       <c r="E50" s="24" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="F50" s="25" t="s">
+        <v>170</v>
+      </c>
+      <c r="G50" s="24" t="s">
         <v>171</v>
       </c>
-      <c r="G50" s="24" t="s">
+      <c r="H50" s="22" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="I50" s="22">
         <v>75019</v>
       </c>
       <c r="J50" s="26">
         <v>8662188206</v>
       </c>
     </row>
     <row r="51" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B51" s="22">
-        <v>18921747</v>
+        <v>663844</v>
       </c>
       <c r="C51" s="23">
-        <v>43487</v>
+        <v>46052</v>
       </c>
       <c r="D51" s="23">
-        <v>46044</v>
+        <v>46417</v>
       </c>
       <c r="E51" s="24" t="s">
+        <v>174</v>
+      </c>
+      <c r="F51" s="25" t="s">
         <v>175</v>
       </c>
-      <c r="F51" s="25" t="s">
+      <c r="G51" s="24" t="s">
         <v>176</v>
       </c>
-      <c r="G51" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H51" s="22" t="s">
-        <v>59</v>
+        <v>147</v>
       </c>
       <c r="I51" s="22">
-        <v>60889744</v>
+        <v>19103</v>
       </c>
       <c r="J51" s="26">
-        <v>8604567991</v>
+        <v>4845304800</v>
       </c>
     </row>
     <row r="52" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B52" s="22">
-        <v>3363083</v>
+        <v>18921747</v>
       </c>
       <c r="C52" s="23">
-        <v>43139</v>
+        <v>43487</v>
       </c>
       <c r="D52" s="23">
-        <v>46061</v>
+        <v>46409</v>
       </c>
       <c r="E52" s="24" t="s">
+        <v>177</v>
+      </c>
+      <c r="F52" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="F52" s="25" t="s">
+      <c r="G52" s="24" t="s">
         <v>179</v>
       </c>
-      <c r="G52" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H52" s="22" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
       <c r="I52" s="22">
-        <v>92867</v>
+        <v>60889744</v>
       </c>
       <c r="J52" s="26">
-        <v>7146285200</v>
+        <v>8604567991</v>
       </c>
     </row>
     <row r="53" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B53" s="22">
-        <v>2753779</v>
+        <v>3363083</v>
       </c>
       <c r="C53" s="23">
-        <v>41481</v>
+        <v>43139</v>
       </c>
       <c r="D53" s="23">
-        <v>46229</v>
+        <v>46426</v>
       </c>
       <c r="E53" s="24" t="s">
+        <v>180</v>
+      </c>
+      <c r="F53" s="25" t="s">
         <v>181</v>
       </c>
-      <c r="F53" s="25" t="s">
+      <c r="G53" s="24" t="s">
         <v>182</v>
       </c>
-      <c r="G53" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H53" s="22" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="I53" s="22">
-        <v>38103</v>
+        <v>92867</v>
       </c>
       <c r="J53" s="26">
-        <v>9012511330</v>
+        <v>7146285200</v>
       </c>
     </row>
     <row r="54" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B54" s="22">
-        <v>963007</v>
+        <v>2753779</v>
       </c>
       <c r="C54" s="23">
-        <v>38596</v>
+        <v>41481</v>
       </c>
       <c r="D54" s="23">
-        <v>46266</v>
+        <v>46229</v>
       </c>
       <c r="E54" s="24" t="s">
+        <v>183</v>
+      </c>
+      <c r="F54" s="25" t="s">
         <v>184</v>
       </c>
-      <c r="F54" s="25" t="s">
+      <c r="G54" s="24" t="s">
         <v>185</v>
       </c>
-      <c r="G54" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H54" s="22" t="s">
-        <v>187</v>
+        <v>15</v>
       </c>
       <c r="I54" s="22">
-        <v>53202</v>
+        <v>38103</v>
       </c>
       <c r="J54" s="26">
-        <v>4142982468</v>
+        <v>9012511330</v>
       </c>
     </row>
     <row r="55" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B55" s="22">
-        <v>3002369596</v>
+        <v>963007</v>
       </c>
       <c r="C55" s="23">
-        <v>45716</v>
+        <v>38596</v>
       </c>
       <c r="D55" s="23">
-        <v>46081</v>
+        <v>46266</v>
       </c>
       <c r="E55" s="24" t="s">
+        <v>186</v>
+      </c>
+      <c r="F55" s="25" t="s">
+        <v>187</v>
+      </c>
+      <c r="G55" s="24" t="s">
         <v>188</v>
       </c>
-      <c r="F55" s="25" t="s">
+      <c r="H55" s="22" t="s">
         <v>189</v>
       </c>
-      <c r="G55" s="24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I55" s="22">
-        <v>92660</v>
+        <v>53202</v>
       </c>
       <c r="J55" s="26">
-        <v>8888195938</v>
+        <v>4142982468</v>
       </c>
     </row>
     <row r="56" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B56" s="22">
-        <v>17617083</v>
+        <v>3002369596</v>
       </c>
       <c r="C56" s="23">
-        <v>42282</v>
+        <v>45716</v>
       </c>
       <c r="D56" s="23">
-        <v>46300</v>
+        <v>46446</v>
       </c>
       <c r="E56" s="24" t="s">
+        <v>190</v>
+      </c>
+      <c r="F56" s="25" t="s">
         <v>191</v>
       </c>
-      <c r="F56" s="25" t="s">
+      <c r="G56" s="24" t="s">
         <v>192</v>
       </c>
-      <c r="G56" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H56" s="22" t="s">
-        <v>95</v>
+        <v>51</v>
       </c>
       <c r="I56" s="22">
-        <v>460329843</v>
+        <v>92660</v>
       </c>
       <c r="J56" s="26">
-        <v>3123967654</v>
+        <v>8888195938</v>
       </c>
     </row>
     <row r="57" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B57" s="22">
-        <v>3002297805</v>
+        <v>17617083</v>
       </c>
       <c r="C57" s="23">
-        <v>44908</v>
+        <v>42282</v>
       </c>
       <c r="D57" s="23">
-        <v>46369</v>
+        <v>46300</v>
       </c>
       <c r="E57" s="24" t="s">
+        <v>193</v>
+      </c>
+      <c r="F57" s="25" t="s">
         <v>194</v>
       </c>
-      <c r="F57" s="25" t="s">
+      <c r="G57" s="24" t="s">
         <v>195</v>
       </c>
-      <c r="G57" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H57" s="22" t="s">
-        <v>197</v>
+        <v>99</v>
       </c>
       <c r="I57" s="22">
-        <v>282021676</v>
+        <v>460329843</v>
       </c>
       <c r="J57" s="26">
-        <v>7049900916</v>
+        <v>3123967654</v>
       </c>
     </row>
     <row r="58" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B58" s="22">
-        <v>3002700636</v>
+        <v>3002297805</v>
       </c>
       <c r="C58" s="23">
-        <v>45170</v>
+        <v>44908</v>
       </c>
       <c r="D58" s="23">
-        <v>46266</v>
+        <v>46369</v>
       </c>
       <c r="E58" s="24" t="s">
+        <v>196</v>
+      </c>
+      <c r="F58" s="25" t="s">
+        <v>197</v>
+      </c>
+      <c r="G58" s="24" t="s">
         <v>198</v>
       </c>
-      <c r="F58" s="25" t="s">
+      <c r="H58" s="22" t="s">
         <v>199</v>
       </c>
-      <c r="G58" s="24" t="s">
-[...6 lines deleted...]
-        <v>201</v>
+      <c r="I58" s="22">
+        <v>282021676</v>
       </c>
       <c r="J58" s="26">
-        <v>2036899011</v>
+        <v>7049900916</v>
       </c>
     </row>
     <row r="59" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B59" s="22">
-        <v>3003821388</v>
+        <v>3002700636</v>
       </c>
       <c r="C59" s="23">
-        <v>45897</v>
+        <v>45170</v>
       </c>
       <c r="D59" s="23">
-        <v>46262</v>
+        <v>46266</v>
       </c>
       <c r="E59" s="24" t="s">
+        <v>200</v>
+      </c>
+      <c r="F59" s="25" t="s">
+        <v>201</v>
+      </c>
+      <c r="G59" s="24" t="s">
         <v>202</v>
       </c>
-      <c r="F59" s="25" t="s">
+      <c r="H59" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="I59" s="22" t="s">
         <v>203</v>
       </c>
-      <c r="G59" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J59" s="26">
-        <v>8153324020</v>
+        <v>2036899011</v>
       </c>
     </row>
     <row r="60" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B60" s="22">
-        <v>2005345</v>
+        <v>3003821388</v>
       </c>
       <c r="C60" s="23">
-        <v>40470</v>
+        <v>45897</v>
       </c>
       <c r="D60" s="23">
-        <v>46314</v>
+        <v>46262</v>
       </c>
       <c r="E60" s="24" t="s">
+        <v>204</v>
+      </c>
+      <c r="F60" s="25" t="s">
         <v>205</v>
       </c>
-      <c r="F60" s="25" t="s">
+      <c r="G60" s="24" t="s">
         <v>206</v>
       </c>
-      <c r="G60" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H60" s="22" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>208</v>
+        <v>95</v>
+      </c>
+      <c r="I60" s="22">
+        <v>61107</v>
       </c>
       <c r="J60" s="26">
-        <v>8563931926</v>
+        <v>8153324020</v>
       </c>
     </row>
     <row r="61" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B61" s="22">
-        <v>2004899</v>
+        <v>2005345</v>
       </c>
       <c r="C61" s="23">
-        <v>44685</v>
+        <v>40470</v>
       </c>
       <c r="D61" s="23">
-        <v>46146</v>
+        <v>46314</v>
       </c>
       <c r="E61" s="24" t="s">
+        <v>207</v>
+      </c>
+      <c r="F61" s="25" t="s">
+        <v>208</v>
+      </c>
+      <c r="G61" s="24" t="s">
         <v>209</v>
       </c>
-      <c r="F61" s="25" t="s">
+      <c r="H61" s="22" t="s">
+        <v>115</v>
+      </c>
+      <c r="I61" s="22" t="s">
         <v>210</v>
       </c>
-      <c r="G61" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J61" s="26">
-        <v>8186570288</v>
+        <v>8563931926</v>
       </c>
     </row>
     <row r="62" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B62" s="22">
-        <v>14337909</v>
+        <v>2004899</v>
       </c>
       <c r="C62" s="23">
-        <v>43054</v>
+        <v>44685</v>
       </c>
       <c r="D62" s="23">
-        <v>46341</v>
+        <v>46146</v>
       </c>
       <c r="E62" s="24" t="s">
+        <v>211</v>
+      </c>
+      <c r="F62" s="25" t="s">
         <v>212</v>
       </c>
-      <c r="F62" s="25" t="s">
+      <c r="G62" s="24" t="s">
         <v>213</v>
       </c>
-      <c r="G62" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H62" s="22" t="s">
-        <v>87</v>
+        <v>51</v>
       </c>
       <c r="I62" s="22">
-        <v>63105</v>
+        <v>926184966</v>
       </c>
       <c r="J62" s="26">
-        <v>3144801600</v>
+        <v>8186570288</v>
       </c>
     </row>
     <row r="63" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B63" s="22">
-        <v>7903245</v>
+        <v>14337909</v>
       </c>
       <c r="C63" s="23">
-        <v>40666</v>
+        <v>43054</v>
       </c>
       <c r="D63" s="23">
-        <v>46145</v>
+        <v>46341</v>
       </c>
       <c r="E63" s="24" t="s">
+        <v>214</v>
+      </c>
+      <c r="F63" s="25" t="s">
         <v>215</v>
       </c>
-      <c r="F63" s="25" t="s">
+      <c r="G63" s="24" t="s">
         <v>216</v>
       </c>
-      <c r="G63" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H63" s="22" t="s">
-        <v>159</v>
+        <v>91</v>
       </c>
       <c r="I63" s="22">
-        <v>524027103</v>
+        <v>63105</v>
       </c>
       <c r="J63" s="26">
-        <v>8003565234</v>
+        <v>3144801600</v>
       </c>
     </row>
     <row r="64" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B64" s="22">
-        <v>964201</v>
+        <v>7903245</v>
       </c>
       <c r="C64" s="23">
-        <v>42745</v>
+        <v>40666</v>
       </c>
       <c r="D64" s="23">
-        <v>46032</v>
+        <v>46145</v>
       </c>
       <c r="E64" s="24" t="s">
+        <v>217</v>
+      </c>
+      <c r="F64" s="25" t="s">
         <v>218</v>
       </c>
-      <c r="F64" s="25" t="s">
+      <c r="G64" s="24" t="s">
         <v>219</v>
       </c>
-      <c r="G64" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H64" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>158</v>
+      </c>
+      <c r="I64" s="22">
+        <v>524027103</v>
       </c>
       <c r="J64" s="26">
-        <v>6108912860</v>
+        <v>8003565234</v>
       </c>
     </row>
     <row r="65" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B65" s="22">
         <v>17699192</v>
       </c>
       <c r="C65" s="23">
         <v>44218</v>
       </c>
       <c r="D65" s="23">
         <v>46409</v>
       </c>
       <c r="E65" s="24" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="F65" s="25" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="G65" s="24" t="s">
         <v>38</v>
       </c>
       <c r="H65" s="22" t="s">
         <v>39</v>
       </c>
       <c r="I65" s="22">
         <v>19808</v>
       </c>
       <c r="J65" s="26">
         <v>6077352351</v>
       </c>
     </row>
     <row r="66" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B66" s="22">
         <v>3003731532</v>
       </c>
       <c r="C66" s="23">
         <v>45846</v>
       </c>
       <c r="D66" s="23">
         <v>46211</v>
       </c>
       <c r="E66" s="24" t="s">
+        <v>222</v>
+      </c>
+      <c r="F66" s="25" t="s">
+        <v>223</v>
+      </c>
+      <c r="G66" s="24" t="s">
         <v>224</v>
-      </c>
-[...4 lines deleted...]
-        <v>226</v>
       </c>
       <c r="H66" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I66" s="22" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="J66" s="26">
         <v>5089176227</v>
       </c>
     </row>
     <row r="67" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B67" s="22">
-        <v>3003463472</v>
+        <v>17102827</v>
       </c>
       <c r="C67" s="23">
-        <v>45670</v>
+        <v>41577</v>
       </c>
       <c r="D67" s="23">
-        <v>46035</v>
+        <v>46325</v>
       </c>
       <c r="E67" s="24" t="s">
+        <v>226</v>
+      </c>
+      <c r="F67" s="25" t="s">
+        <v>227</v>
+      </c>
+      <c r="G67" s="24" t="s">
         <v>228</v>
       </c>
-      <c r="F67" s="25" t="s">
+      <c r="H67" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="I67" s="22" t="s">
         <v>229</v>
       </c>
-      <c r="G67" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J67" s="26">
-        <v>8183149000</v>
+        <v>4132036224</v>
       </c>
     </row>
     <row r="68" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B68" s="22">
-        <v>17102827</v>
+        <v>3002021827</v>
       </c>
       <c r="C68" s="23">
-        <v>41577</v>
+        <v>44748</v>
       </c>
       <c r="D68" s="23">
-        <v>46325</v>
+        <v>46209</v>
       </c>
       <c r="E68" s="24" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="F68" s="25" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="G68" s="24" t="s">
-        <v>234</v>
+        <v>94</v>
       </c>
       <c r="H68" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>235</v>
+        <v>95</v>
+      </c>
+      <c r="I68" s="22">
+        <v>60603</v>
       </c>
       <c r="J68" s="26">
-        <v>4132036224</v>
+        <v>9207385150</v>
       </c>
     </row>
     <row r="69" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B69" s="22">
-        <v>3002021827</v>
+        <v>132427</v>
       </c>
       <c r="C69" s="23">
-        <v>44748</v>
+        <v>38159</v>
       </c>
       <c r="D69" s="23">
-        <v>46209</v>
+        <v>46194</v>
       </c>
       <c r="E69" s="24" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="F69" s="25" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="G69" s="24" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="H69" s="22" t="s">
-        <v>91</v>
+        <v>55</v>
       </c>
       <c r="I69" s="22">
-        <v>60603</v>
+        <v>10007</v>
       </c>
       <c r="J69" s="26">
-        <v>9207385150</v>
+        <v>5163383130</v>
       </c>
     </row>
     <row r="70" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B70" s="22">
-        <v>132427</v>
+        <v>8355004</v>
       </c>
       <c r="C70" s="23">
-        <v>38159</v>
+        <v>45840</v>
       </c>
       <c r="D70" s="23">
-        <v>46194</v>
+        <v>46205</v>
       </c>
       <c r="E70" s="24" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="F70" s="25" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="G70" s="24" t="s">
-        <v>50</v>
+        <v>236</v>
       </c>
       <c r="H70" s="22" t="s">
-        <v>51</v>
+        <v>87</v>
       </c>
       <c r="I70" s="22">
-        <v>10007</v>
+        <v>741356118</v>
       </c>
       <c r="J70" s="26">
-        <v>5163383130</v>
+        <v>8777816889</v>
       </c>
     </row>
     <row r="71" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B71" s="22">
-        <v>8355004</v>
+        <v>16341392</v>
       </c>
       <c r="C71" s="23">
-        <v>45840</v>
+        <v>41219</v>
       </c>
       <c r="D71" s="23">
-        <v>46205</v>
+        <v>46332</v>
       </c>
       <c r="E71" s="24" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="F71" s="25" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="G71" s="24" t="s">
-        <v>242</v>
+        <v>22</v>
       </c>
       <c r="H71" s="22" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>741356118</v>
+        <v>23</v>
+      </c>
+      <c r="I71" s="22" t="s">
+        <v>24</v>
       </c>
       <c r="J71" s="26">
-        <v>8777816889</v>
+        <v>7817210072</v>
       </c>
     </row>
     <row r="72" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B72" s="22">
-        <v>16341392</v>
+        <v>8409839</v>
       </c>
       <c r="C72" s="23">
-        <v>41219</v>
+        <v>38420</v>
       </c>
       <c r="D72" s="23">
-        <v>46332</v>
+        <v>46090</v>
       </c>
       <c r="E72" s="24" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="F72" s="25" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="G72" s="24" t="s">
-        <v>22</v>
+        <v>241</v>
       </c>
       <c r="H72" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I72" s="22" t="s">
-        <v>24</v>
+        <v>242</v>
       </c>
       <c r="J72" s="26">
-        <v>7817210072</v>
+        <v>5082761098</v>
       </c>
     </row>
     <row r="73" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B73" s="22">
-        <v>8409839</v>
+        <v>16711697</v>
       </c>
       <c r="C73" s="23">
-        <v>38420</v>
+        <v>45408</v>
       </c>
       <c r="D73" s="23">
-        <v>46090</v>
+        <v>46138</v>
       </c>
       <c r="E73" s="24" t="s">
+        <v>243</v>
+      </c>
+      <c r="F73" s="25" t="s">
+        <v>244</v>
+      </c>
+      <c r="G73" s="24" t="s">
         <v>245</v>
-      </c>
-[...4 lines deleted...]
-        <v>247</v>
       </c>
       <c r="H73" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I73" s="22" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="J73" s="26">
-        <v>5082761098</v>
+        <v>6179341100</v>
       </c>
     </row>
     <row r="74" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B74" s="22">
-        <v>16711697</v>
+        <v>18348874</v>
       </c>
       <c r="C74" s="23">
-        <v>45408</v>
+        <v>44859</v>
       </c>
       <c r="D74" s="23">
-        <v>46138</v>
+        <v>46320</v>
       </c>
       <c r="E74" s="24" t="s">
+        <v>247</v>
+      </c>
+      <c r="F74" s="25" t="s">
+        <v>248</v>
+      </c>
+      <c r="G74" s="24" t="s">
         <v>249</v>
-      </c>
-[...4 lines deleted...]
-        <v>251</v>
       </c>
       <c r="H74" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I74" s="22" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="J74" s="26">
-        <v>6179341100</v>
+        <v>6175001825</v>
       </c>
     </row>
     <row r="75" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B75" s="22">
-        <v>18348874</v>
+        <v>964188</v>
       </c>
       <c r="C75" s="23">
-        <v>44859</v>
+        <v>42194</v>
       </c>
       <c r="D75" s="23">
-        <v>46320</v>
+        <v>46212</v>
       </c>
       <c r="E75" s="24" t="s">
+        <v>251</v>
+      </c>
+      <c r="F75" s="25" t="s">
+        <v>252</v>
+      </c>
+      <c r="G75" s="24" t="s">
         <v>253</v>
       </c>
-      <c r="F75" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H75" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>256</v>
+        <v>55</v>
+      </c>
+      <c r="I75" s="22">
+        <v>14901</v>
       </c>
       <c r="J75" s="26">
-        <v>6175001825</v>
+        <v>6077352351</v>
       </c>
     </row>
     <row r="76" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B76" s="22">
-        <v>964188</v>
+        <v>39571</v>
       </c>
       <c r="C76" s="23">
-        <v>42194</v>
+        <v>42773</v>
       </c>
       <c r="D76" s="23">
-        <v>46212</v>
+        <v>46425</v>
       </c>
       <c r="E76" s="24" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="F76" s="25" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="G76" s="24" t="s">
-        <v>259</v>
+        <v>198</v>
       </c>
       <c r="H76" s="22" t="s">
-        <v>51</v>
+        <v>199</v>
       </c>
       <c r="I76" s="22">
-        <v>14901</v>
+        <v>28277</v>
       </c>
       <c r="J76" s="26">
-        <v>6077352351</v>
+        <v>8886454408</v>
       </c>
     </row>
     <row r="77" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B77" s="22">
-        <v>39571</v>
+        <v>2188665</v>
       </c>
       <c r="C77" s="23">
-        <v>42773</v>
+        <v>45852</v>
       </c>
       <c r="D77" s="23">
-        <v>46060</v>
+        <v>46217</v>
       </c>
       <c r="E77" s="24" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="F77" s="25" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="G77" s="24" t="s">
-        <v>196</v>
+        <v>258</v>
       </c>
       <c r="H77" s="22" t="s">
-        <v>197</v>
+        <v>55</v>
       </c>
       <c r="I77" s="22">
-        <v>28277</v>
+        <v>14618</v>
       </c>
       <c r="J77" s="26">
-        <v>8886454408</v>
+        <v>5854733590</v>
       </c>
     </row>
     <row r="78" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B78" s="22">
-        <v>2188665</v>
+        <v>16850397</v>
       </c>
       <c r="C78" s="23">
-        <v>45852</v>
+        <v>44882</v>
       </c>
       <c r="D78" s="23">
-        <v>46217</v>
+        <v>46343</v>
       </c>
       <c r="E78" s="24" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="F78" s="25" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="G78" s="24" t="s">
-        <v>264</v>
+        <v>38</v>
       </c>
       <c r="H78" s="22" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>14618</v>
+        <v>23</v>
+      </c>
+      <c r="I78" s="22" t="s">
+        <v>261</v>
       </c>
       <c r="J78" s="26">
-        <v>5854733590</v>
+        <v>8886806886</v>
       </c>
     </row>
     <row r="79" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B79" s="22">
-        <v>16850397</v>
+        <v>38501</v>
       </c>
       <c r="C79" s="23">
-        <v>44882</v>
+        <v>40375</v>
       </c>
       <c r="D79" s="23">
-        <v>46343</v>
+        <v>46219</v>
       </c>
       <c r="E79" s="24" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="F79" s="25" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="G79" s="24" t="s">
-        <v>38</v>
+        <v>264</v>
       </c>
       <c r="H79" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>267</v>
+        <v>95</v>
+      </c>
+      <c r="I79" s="22">
+        <v>60515</v>
       </c>
       <c r="J79" s="26">
-        <v>8886806886</v>
+        <v>8889760659</v>
       </c>
     </row>
     <row r="80" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B80" s="22">
-        <v>38501</v>
+        <v>3318573</v>
       </c>
       <c r="C80" s="23">
-        <v>40375</v>
+        <v>35993</v>
       </c>
       <c r="D80" s="23">
-        <v>46219</v>
+        <v>46220</v>
       </c>
       <c r="E80" s="24" t="s">
+        <v>265</v>
+      </c>
+      <c r="F80" s="25" t="s">
+        <v>266</v>
+      </c>
+      <c r="G80" s="24" t="s">
+        <v>267</v>
+      </c>
+      <c r="H80" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="I80" s="22" t="s">
         <v>268</v>
       </c>
-      <c r="F80" s="25" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J80" s="26">
-        <v>8889760659</v>
+        <v>7812373776</v>
       </c>
     </row>
     <row r="81" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B81" s="22">
-        <v>3318573</v>
+        <v>3125311</v>
       </c>
       <c r="C81" s="23">
-        <v>35993</v>
+        <v>38421</v>
       </c>
       <c r="D81" s="23">
-        <v>46220</v>
+        <v>46456</v>
       </c>
       <c r="E81" s="24" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="F81" s="25" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="G81" s="24" t="s">
-        <v>106</v>
+        <v>54</v>
       </c>
       <c r="H81" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>55</v>
+      </c>
+      <c r="I81" s="22">
+        <v>10170</v>
       </c>
       <c r="J81" s="26">
-        <v>7812373776</v>
+        <v>6143564522</v>
       </c>
     </row>
     <row r="82" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B82" s="22">
-        <v>3125311</v>
+        <v>662920</v>
       </c>
       <c r="C82" s="23">
-        <v>38421</v>
+        <v>36049</v>
       </c>
       <c r="D82" s="23">
-        <v>46091</v>
+        <v>46276</v>
       </c>
       <c r="E82" s="24" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="F82" s="25" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="G82" s="24" t="s">
-        <v>50</v>
+        <v>161</v>
       </c>
       <c r="H82" s="22" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="I82" s="22">
-        <v>101702220</v>
+        <v>24511200</v>
       </c>
       <c r="J82" s="26">
-        <v>6143564522</v>
+        <v>7817360700</v>
       </c>
     </row>
     <row r="83" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B83" s="22">
-        <v>3003429903</v>
+        <v>19582867</v>
       </c>
       <c r="C83" s="23">
-        <v>45639</v>
+        <v>46024</v>
       </c>
       <c r="D83" s="23">
-        <v>46004</v>
+        <v>46389</v>
       </c>
       <c r="E83" s="24" t="s">
+        <v>273</v>
+      </c>
+      <c r="F83" s="25" t="s">
+        <v>274</v>
+      </c>
+      <c r="G83" s="24" t="s">
         <v>275</v>
       </c>
-      <c r="F83" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H83" s="22" t="s">
-        <v>159</v>
+        <v>95</v>
       </c>
       <c r="I83" s="22">
-        <v>50392</v>
+        <v>601732210</v>
       </c>
       <c r="J83" s="26">
-        <v>5152359945</v>
+        <v>2123886200</v>
       </c>
     </row>
     <row r="84" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B84" s="22">
-        <v>662920</v>
+        <v>5438667</v>
       </c>
       <c r="C84" s="23">
-        <v>36049</v>
+        <v>43032</v>
       </c>
       <c r="D84" s="23">
-        <v>46276</v>
+        <v>46319</v>
       </c>
       <c r="E84" s="24" t="s">
+        <v>276</v>
+      </c>
+      <c r="F84" s="25" t="s">
+        <v>277</v>
+      </c>
+      <c r="G84" s="24" t="s">
         <v>278</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
       <c r="H84" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="I84" s="22">
-        <v>24511200</v>
+      <c r="I84" s="22" t="s">
+        <v>279</v>
       </c>
       <c r="J84" s="26">
-        <v>7817360700</v>
+        <v>6176985858</v>
       </c>
     </row>
     <row r="85" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B85" s="22">
-        <v>957338</v>
+        <v>1652104</v>
       </c>
       <c r="C85" s="23">
-        <v>43077</v>
+        <v>44454</v>
       </c>
       <c r="D85" s="23">
-        <v>45999</v>
+        <v>46280</v>
       </c>
       <c r="E85" s="24" t="s">
         <v>280</v>
       </c>
       <c r="F85" s="25" t="s">
         <v>281</v>
       </c>
       <c r="G85" s="24" t="s">
         <v>282</v>
       </c>
       <c r="H85" s="22" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="I85" s="22">
-        <v>13202</v>
+        <v>33607</v>
       </c>
       <c r="J85" s="26">
-        <v>3154712191</v>
+        <v>8132640440</v>
       </c>
     </row>
     <row r="86" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B86" s="22">
-        <v>5438667</v>
+        <v>3003363938</v>
       </c>
       <c r="C86" s="23">
-        <v>43032</v>
+        <v>45595</v>
       </c>
       <c r="D86" s="23">
-        <v>46319</v>
+        <v>46325</v>
       </c>
       <c r="E86" s="24" t="s">
         <v>283</v>
       </c>
       <c r="F86" s="25" t="s">
         <v>284</v>
       </c>
       <c r="G86" s="24" t="s">
         <v>285</v>
       </c>
       <c r="H86" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>286</v>
+        <v>47</v>
+      </c>
+      <c r="I86" s="22">
+        <v>55042</v>
       </c>
       <c r="J86" s="26">
-        <v>6176985858</v>
+        <v>7152222281</v>
       </c>
     </row>
     <row r="87" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B87" s="22">
-        <v>1652104</v>
+        <v>7900785</v>
       </c>
       <c r="C87" s="23">
-        <v>44454</v>
+        <v>44469</v>
       </c>
       <c r="D87" s="23">
-        <v>46280</v>
+        <v>46345</v>
       </c>
       <c r="E87" s="24" t="s">
+        <v>286</v>
+      </c>
+      <c r="F87" s="25" t="s">
         <v>287</v>
       </c>
-      <c r="F87" s="25" t="s">
+      <c r="G87" s="24" t="s">
         <v>288</v>
       </c>
-      <c r="G87" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H87" s="22" t="s">
-        <v>28</v>
+        <v>199</v>
       </c>
       <c r="I87" s="22">
-        <v>33607</v>
+        <v>27609</v>
       </c>
       <c r="J87" s="26">
-        <v>8132640440</v>
+        <v>9192789856</v>
       </c>
     </row>
     <row r="88" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B88" s="22">
-        <v>3003363938</v>
+        <v>19049792</v>
       </c>
       <c r="C88" s="23">
-        <v>45595</v>
+        <v>43747</v>
       </c>
       <c r="D88" s="23">
-        <v>46325</v>
+        <v>46304</v>
       </c>
       <c r="E88" s="24" t="s">
+        <v>289</v>
+      </c>
+      <c r="F88" s="25" t="s">
         <v>290</v>
       </c>
-      <c r="F88" s="25" t="s">
+      <c r="G88" s="24" t="s">
         <v>291</v>
       </c>
-      <c r="G88" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H88" s="22" t="s">
-        <v>99</v>
+        <v>28</v>
       </c>
       <c r="I88" s="22">
-        <v>55042</v>
+        <v>32746</v>
       </c>
       <c r="J88" s="26">
-        <v>7152222281</v>
+        <v>4074774324</v>
       </c>
     </row>
     <row r="89" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B89" s="22">
-        <v>7900785</v>
+        <v>17516032</v>
       </c>
       <c r="C89" s="23">
-        <v>44469</v>
+        <v>43746</v>
       </c>
       <c r="D89" s="23">
         <v>46345</v>
       </c>
       <c r="E89" s="24" t="s">
+        <v>292</v>
+      </c>
+      <c r="F89" s="25" t="s">
         <v>293</v>
       </c>
-      <c r="F89" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G89" s="24" t="s">
-        <v>295</v>
+        <v>288</v>
       </c>
       <c r="H89" s="22" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="I89" s="22">
         <v>27609</v>
       </c>
       <c r="J89" s="26">
         <v>9192789856</v>
       </c>
     </row>
     <row r="90" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B90" s="22">
-        <v>19049792</v>
+        <v>2198907</v>
       </c>
       <c r="C90" s="23">
-        <v>43747</v>
+        <v>42809</v>
       </c>
       <c r="D90" s="23">
-        <v>46304</v>
+        <v>46461</v>
       </c>
       <c r="E90" s="24" t="s">
+        <v>294</v>
+      </c>
+      <c r="F90" s="25" t="s">
+        <v>295</v>
+      </c>
+      <c r="G90" s="24" t="s">
         <v>296</v>
       </c>
-      <c r="F90" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H90" s="22" t="s">
-        <v>28</v>
+        <v>136</v>
       </c>
       <c r="I90" s="22">
-        <v>32746</v>
+        <v>30642</v>
       </c>
       <c r="J90" s="26">
-        <v>4074774324</v>
+        <v>7064531995</v>
       </c>
     </row>
     <row r="91" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B91" s="22">
-        <v>17516032</v>
+        <v>1638038</v>
       </c>
       <c r="C91" s="23">
-        <v>43746</v>
+        <v>44425</v>
       </c>
       <c r="D91" s="23">
-        <v>46345</v>
+        <v>46251</v>
       </c>
       <c r="E91" s="24" t="s">
+        <v>297</v>
+      </c>
+      <c r="F91" s="25" t="s">
+        <v>298</v>
+      </c>
+      <c r="G91" s="24" t="s">
         <v>299</v>
       </c>
-      <c r="F91" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H91" s="22" t="s">
-        <v>197</v>
+        <v>51</v>
       </c>
       <c r="I91" s="22">
-        <v>27609</v>
+        <v>90071</v>
       </c>
       <c r="J91" s="26">
-        <v>9192789856</v>
+        <v>8004218511</v>
       </c>
     </row>
     <row r="92" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B92" s="22">
-        <v>2198907</v>
+        <v>2350151</v>
       </c>
       <c r="C92" s="23">
-        <v>42809</v>
+        <v>40381</v>
       </c>
       <c r="D92" s="23">
-        <v>46096</v>
+        <v>46225</v>
       </c>
       <c r="E92" s="24" t="s">
+        <v>300</v>
+      </c>
+      <c r="F92" s="25" t="s">
         <v>301</v>
       </c>
-      <c r="F92" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G92" s="24" t="s">
-        <v>303</v>
+        <v>288</v>
       </c>
       <c r="H92" s="22" t="s">
-        <v>137</v>
+        <v>199</v>
       </c>
       <c r="I92" s="22">
-        <v>30642</v>
+        <v>276097752</v>
       </c>
       <c r="J92" s="26">
-        <v>7064531995</v>
+        <v>9198312370</v>
       </c>
     </row>
     <row r="93" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B93" s="22">
-        <v>1638038</v>
+        <v>17210008</v>
       </c>
       <c r="C93" s="23">
-        <v>44425</v>
+        <v>42017</v>
       </c>
       <c r="D93" s="23">
-        <v>46251</v>
+        <v>46400</v>
       </c>
       <c r="E93" s="24" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="F93" s="25" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="G93" s="24" t="s">
-        <v>306</v>
+        <v>188</v>
       </c>
       <c r="H93" s="22" t="s">
-        <v>47</v>
+        <v>189</v>
       </c>
       <c r="I93" s="22">
-        <v>90071</v>
+        <v>53202</v>
       </c>
       <c r="J93" s="26">
-        <v>8004218511</v>
+        <v>8002259032</v>
       </c>
     </row>
     <row r="94" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B94" s="22">
-        <v>2350151</v>
+        <v>3002029401</v>
       </c>
       <c r="C94" s="23">
-        <v>40381</v>
+        <v>44753</v>
       </c>
       <c r="D94" s="23">
-        <v>46225</v>
+        <v>46214</v>
       </c>
       <c r="E94" s="24" t="s">
+        <v>304</v>
+      </c>
+      <c r="F94" s="25" t="s">
+        <v>305</v>
+      </c>
+      <c r="G94" s="24" t="s">
+        <v>306</v>
+      </c>
+      <c r="H94" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="I94" s="22" t="s">
         <v>307</v>
       </c>
-      <c r="F94" s="25" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J94" s="26">
-        <v>9198312370</v>
+        <v>7743454205</v>
       </c>
     </row>
     <row r="95" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B95" s="22">
-        <v>17210008</v>
+        <v>9351561</v>
       </c>
       <c r="C95" s="23">
-        <v>42017</v>
+        <v>40987</v>
       </c>
       <c r="D95" s="23">
-        <v>46035</v>
+        <v>46100</v>
       </c>
       <c r="E95" s="24" t="s">
+        <v>308</v>
+      </c>
+      <c r="F95" s="25" t="s">
         <v>309</v>
       </c>
-      <c r="F95" s="25" t="s">
+      <c r="G95" s="24" t="s">
         <v>310</v>
       </c>
-      <c r="G95" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H95" s="22" t="s">
-        <v>187</v>
+        <v>311</v>
       </c>
       <c r="I95" s="22">
-        <v>53202</v>
+        <v>23219</v>
       </c>
       <c r="J95" s="26">
-        <v>8002259032</v>
+        <v>8042284696</v>
       </c>
     </row>
     <row r="96" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B96" s="22">
-        <v>3002029401</v>
+        <v>1599332</v>
       </c>
       <c r="C96" s="23">
-        <v>44753</v>
+        <v>41318</v>
       </c>
       <c r="D96" s="23">
-        <v>46214</v>
+        <v>46431</v>
       </c>
       <c r="E96" s="24" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="F96" s="25" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="G96" s="24" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="H96" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>314</v>
+        <v>91</v>
+      </c>
+      <c r="I96" s="22">
+        <v>64112</v>
       </c>
       <c r="J96" s="26">
-        <v>7743454205</v>
+        <v>8169455129</v>
       </c>
     </row>
     <row r="97" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B97" s="22">
-        <v>9351561</v>
+        <v>661377</v>
       </c>
       <c r="C97" s="23">
-        <v>40987</v>
+        <v>41507</v>
       </c>
       <c r="D97" s="23">
-        <v>46100</v>
+        <v>46255</v>
       </c>
       <c r="E97" s="24" t="s">
         <v>315</v>
       </c>
       <c r="F97" s="25" t="s">
         <v>316</v>
       </c>
       <c r="G97" s="24" t="s">
         <v>317</v>
       </c>
       <c r="H97" s="22" t="s">
-        <v>318</v>
+        <v>51</v>
       </c>
       <c r="I97" s="22">
-        <v>23219</v>
+        <v>92806</v>
       </c>
       <c r="J97" s="26">
-        <v>8042284696</v>
+        <v>7144561790</v>
       </c>
     </row>
     <row r="98" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B98" s="22">
-        <v>1599332</v>
+        <v>10420821</v>
       </c>
       <c r="C98" s="23">
-        <v>41318</v>
+        <v>45526</v>
       </c>
       <c r="D98" s="23">
-        <v>46066</v>
+        <v>46256</v>
       </c>
       <c r="E98" s="24" t="s">
+        <v>318</v>
+      </c>
+      <c r="F98" s="25" t="s">
         <v>319</v>
       </c>
-      <c r="F98" s="25" t="s">
+      <c r="G98" s="24" t="s">
         <v>320</v>
       </c>
-      <c r="G98" s="24" t="s">
+      <c r="H98" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="I98" s="22" t="s">
         <v>321</v>
       </c>
-      <c r="H98" s="22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J98" s="26">
-        <v>8169455129</v>
+        <v>7814465000</v>
       </c>
     </row>
     <row r="99" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B99" s="22">
-        <v>661377</v>
+        <v>15743019</v>
       </c>
       <c r="C99" s="23">
-        <v>41507</v>
+        <v>42473</v>
       </c>
       <c r="D99" s="23">
-        <v>46255</v>
+        <v>46125</v>
       </c>
       <c r="E99" s="24" t="s">
         <v>322</v>
       </c>
       <c r="F99" s="25" t="s">
         <v>323</v>
       </c>
       <c r="G99" s="24" t="s">
         <v>324</v>
       </c>
       <c r="H99" s="22" t="s">
-        <v>47</v>
+        <v>325</v>
       </c>
       <c r="I99" s="22">
-        <v>92806</v>
+        <v>20850</v>
       </c>
       <c r="J99" s="26">
-        <v>7144561790</v>
+        <v>8668423356</v>
       </c>
     </row>
     <row r="100" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B100" s="22">
-        <v>10420821</v>
+        <v>686907</v>
       </c>
       <c r="C100" s="23">
-        <v>45526</v>
+        <v>38665</v>
       </c>
       <c r="D100" s="23">
-        <v>46256</v>
+        <v>46335</v>
       </c>
       <c r="E100" s="24" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="F100" s="25" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="G100" s="24" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="H100" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>328</v>
+        <v>51</v>
+      </c>
+      <c r="I100" s="22">
+        <v>90245</v>
       </c>
       <c r="J100" s="26">
-        <v>7814465000</v>
+        <v>3103263100</v>
       </c>
     </row>
     <row r="101" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B101" s="22">
-        <v>15743019</v>
+        <v>662600</v>
       </c>
       <c r="C101" s="23">
-        <v>42473</v>
+        <v>41486</v>
       </c>
       <c r="D101" s="23">
-        <v>46125</v>
+        <v>46234</v>
       </c>
       <c r="E101" s="24" t="s">
         <v>329</v>
       </c>
       <c r="F101" s="25" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="G101" s="24" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="H101" s="22" t="s">
-        <v>332</v>
+        <v>51</v>
       </c>
       <c r="I101" s="22">
-        <v>20850</v>
+        <v>902455670</v>
       </c>
       <c r="J101" s="26">
-        <v>8668423356</v>
+        <v>3102577570</v>
       </c>
     </row>
     <row r="102" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B102" s="22">
-        <v>686907</v>
+        <v>659756</v>
       </c>
       <c r="C102" s="23">
-        <v>38665</v>
+        <v>39134</v>
       </c>
       <c r="D102" s="23">
-        <v>46335</v>
+        <v>46439</v>
       </c>
       <c r="E102" s="24" t="s">
+        <v>330</v>
+      </c>
+      <c r="F102" s="25" t="s">
+        <v>331</v>
+      </c>
+      <c r="G102" s="24" t="s">
+        <v>332</v>
+      </c>
+      <c r="H102" s="22" t="s">
         <v>333</v>
       </c>
-      <c r="F102" s="25" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I102" s="22">
-        <v>90245</v>
+        <v>80111</v>
       </c>
       <c r="J102" s="26">
-        <v>3103263100</v>
+        <v>2067808198</v>
       </c>
     </row>
     <row r="103" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B103" s="22">
-        <v>662600</v>
+        <v>2101863</v>
       </c>
       <c r="C103" s="23">
-        <v>41486</v>
+        <v>38054</v>
       </c>
       <c r="D103" s="23">
-        <v>46234</v>
+        <v>46089</v>
       </c>
       <c r="E103" s="24" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="F103" s="25" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="G103" s="24" t="s">
-        <v>335</v>
+        <v>275</v>
       </c>
       <c r="H103" s="22" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="I103" s="22">
-        <v>902455670</v>
+        <v>60173</v>
       </c>
       <c r="J103" s="26">
-        <v>3102577570</v>
+        <v>8008798100</v>
       </c>
     </row>
     <row r="104" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B104" s="22">
-        <v>659756</v>
+        <v>654009</v>
       </c>
       <c r="C104" s="23">
-        <v>39134</v>
+        <v>40168</v>
       </c>
       <c r="D104" s="23">
-        <v>46074</v>
+        <v>46377</v>
       </c>
       <c r="E104" s="24" t="s">
+        <v>336</v>
+      </c>
+      <c r="F104" s="25" t="s">
         <v>337</v>
       </c>
-      <c r="F104" s="25" t="s">
+      <c r="G104" s="24" t="s">
         <v>338</v>
       </c>
-      <c r="G104" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H104" s="22" t="s">
-        <v>340</v>
+        <v>47</v>
       </c>
       <c r="I104" s="22">
-        <v>80111</v>
+        <v>56301</v>
       </c>
       <c r="J104" s="26">
-        <v>2067808198</v>
+        <v>4068487474</v>
       </c>
     </row>
     <row r="105" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B105" s="22">
-        <v>2101863</v>
+        <v>136390</v>
       </c>
       <c r="C105" s="23">
-        <v>38054</v>
+        <v>40648</v>
       </c>
       <c r="D105" s="23">
-        <v>46089</v>
+        <v>46127</v>
       </c>
       <c r="E105" s="24" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="F105" s="25" t="s">
-        <v>342</v>
+        <v>327</v>
       </c>
       <c r="G105" s="24" t="s">
-        <v>343</v>
+        <v>328</v>
       </c>
       <c r="H105" s="22" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
       <c r="I105" s="22">
-        <v>60173</v>
+        <v>902455670</v>
       </c>
       <c r="J105" s="26">
         <v>8008798100</v>
       </c>
     </row>
     <row r="106" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B106" s="22">
-        <v>654009</v>
+        <v>963939</v>
       </c>
       <c r="C106" s="23">
-        <v>40168</v>
+        <v>38384</v>
       </c>
       <c r="D106" s="23">
-        <v>46377</v>
+        <v>46419</v>
       </c>
       <c r="E106" s="24" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="F106" s="25" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="G106" s="24" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="H106" s="22" t="s">
         <v>99</v>
       </c>
       <c r="I106" s="22">
-        <v>56301</v>
+        <v>46902</v>
       </c>
       <c r="J106" s="26">
-        <v>4068487474</v>
+        <v>7654539600</v>
       </c>
     </row>
     <row r="107" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B107" s="22">
-        <v>136390</v>
+        <v>3003338963</v>
       </c>
       <c r="C107" s="23">
-        <v>40648</v>
+        <v>45580</v>
       </c>
       <c r="D107" s="23">
-        <v>46127</v>
+        <v>46310</v>
       </c>
       <c r="E107" s="24" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="F107" s="25" t="s">
-        <v>334</v>
+        <v>344</v>
       </c>
       <c r="G107" s="24" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="H107" s="22" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
       <c r="I107" s="22">
-        <v>902455670</v>
+        <v>64844669</v>
       </c>
       <c r="J107" s="26">
-        <v>8008798100</v>
+        <v>2032481972</v>
       </c>
     </row>
     <row r="108" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B108" s="22">
-        <v>963939</v>
+        <v>6813635</v>
       </c>
       <c r="C108" s="23">
-        <v>38384</v>
+        <v>40806</v>
       </c>
       <c r="D108" s="23">
-        <v>46054</v>
+        <v>46285</v>
       </c>
       <c r="E108" s="24" t="s">
+        <v>346</v>
+      </c>
+      <c r="F108" s="25" t="s">
+        <v>347</v>
+      </c>
+      <c r="G108" s="24" t="s">
         <v>348</v>
       </c>
-      <c r="F108" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H108" s="22" t="s">
-        <v>95</v>
+        <v>325</v>
       </c>
       <c r="I108" s="22">
-        <v>46902</v>
+        <v>21209</v>
       </c>
       <c r="J108" s="26">
-        <v>7654539600</v>
+        <v>4104353200</v>
       </c>
     </row>
     <row r="109" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B109" s="22">
-        <v>3003338963</v>
+        <v>15746534</v>
       </c>
       <c r="C109" s="23">
-        <v>45580</v>
+        <v>40294</v>
       </c>
       <c r="D109" s="23">
-        <v>46310</v>
+        <v>46138</v>
       </c>
       <c r="E109" s="24" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="F109" s="25" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="G109" s="24" t="s">
-        <v>353</v>
+        <v>306</v>
       </c>
       <c r="H109" s="22" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>64844669</v>
+        <v>23</v>
+      </c>
+      <c r="I109" s="22" t="s">
+        <v>307</v>
       </c>
       <c r="J109" s="26">
-        <v>2032481972</v>
+        <v>5082103117</v>
       </c>
     </row>
     <row r="110" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B110" s="22">
-        <v>6813635</v>
+        <v>661329</v>
       </c>
       <c r="C110" s="23">
-        <v>40806</v>
+        <v>41242</v>
       </c>
       <c r="D110" s="23">
-        <v>46285</v>
+        <v>46355</v>
       </c>
       <c r="E110" s="24" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="F110" s="25" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="G110" s="24" t="s">
-        <v>356</v>
+        <v>122</v>
       </c>
       <c r="H110" s="22" t="s">
-        <v>332</v>
+        <v>51</v>
       </c>
       <c r="I110" s="22">
-        <v>21209</v>
+        <v>941051905</v>
       </c>
       <c r="J110" s="26">
-        <v>4104353200</v>
+        <v>4156678654</v>
       </c>
     </row>
     <row r="111" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B111" s="22">
-        <v>15746534</v>
+        <v>964311</v>
       </c>
       <c r="C111" s="23">
-        <v>40294</v>
+        <v>37176</v>
       </c>
       <c r="D111" s="23">
-        <v>46138</v>
+        <v>46307</v>
       </c>
       <c r="E111" s="24" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="F111" s="25" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="G111" s="24" t="s">
-        <v>313</v>
+        <v>355</v>
       </c>
       <c r="H111" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I111" s="22" t="s">
-        <v>314</v>
+        <v>356</v>
       </c>
       <c r="J111" s="26">
-        <v>5082103117</v>
+        <v>6177234800</v>
       </c>
     </row>
     <row r="112" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B112" s="22">
-        <v>661329</v>
+        <v>9148485</v>
       </c>
       <c r="C112" s="23">
-        <v>41242</v>
+        <v>45860</v>
       </c>
       <c r="D112" s="23">
-        <v>46355</v>
+        <v>46225</v>
       </c>
       <c r="E112" s="24" t="s">
+        <v>357</v>
+      </c>
+      <c r="F112" s="25" t="s">
+        <v>358</v>
+      </c>
+      <c r="G112" s="24" t="s">
         <v>359</v>
       </c>
-      <c r="F112" s="25" t="s">
+      <c r="H112" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="I112" s="22" t="s">
         <v>360</v>
       </c>
-      <c r="G112" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J112" s="26">
-        <v>4156678654</v>
+        <v>4135392000</v>
       </c>
     </row>
     <row r="113" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B113" s="22">
-        <v>964311</v>
+        <v>1008185</v>
       </c>
       <c r="C113" s="23">
-        <v>37176</v>
+        <v>37802</v>
       </c>
       <c r="D113" s="23">
-        <v>46307</v>
+        <v>46203</v>
       </c>
       <c r="E113" s="24" t="s">
         <v>361</v>
       </c>
       <c r="F113" s="25" t="s">
         <v>362</v>
       </c>
       <c r="G113" s="24" t="s">
-        <v>220</v>
+        <v>188</v>
       </c>
       <c r="H113" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>363</v>
+        <v>189</v>
+      </c>
+      <c r="I113" s="22">
+        <v>532024826</v>
       </c>
       <c r="J113" s="26">
-        <v>6177234800</v>
+        <v>2065005000</v>
       </c>
     </row>
     <row r="114" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B114" s="22">
-        <v>9148485</v>
+        <v>3003589042</v>
       </c>
       <c r="C114" s="23">
-        <v>45860</v>
+        <v>45754</v>
       </c>
       <c r="D114" s="23">
-        <v>46225</v>
+        <v>46119</v>
       </c>
       <c r="E114" s="24" t="s">
+        <v>363</v>
+      </c>
+      <c r="F114" s="25" t="s">
         <v>364</v>
       </c>
-      <c r="F114" s="25" t="s">
+      <c r="G114" s="24" t="s">
         <v>365</v>
       </c>
-      <c r="G114" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H114" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>367</v>
+        <v>55</v>
+      </c>
+      <c r="I114" s="22">
+        <v>10307</v>
       </c>
       <c r="J114" s="26">
-        <v>4135392000</v>
+        <v>7189678400</v>
       </c>
     </row>
     <row r="115" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B115" s="22">
-        <v>1008185</v>
+        <v>13454866</v>
       </c>
       <c r="C115" s="23">
-        <v>37802</v>
+        <v>39951</v>
       </c>
       <c r="D115" s="23">
-        <v>46203</v>
+        <v>46160</v>
       </c>
       <c r="E115" s="24" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="F115" s="25" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="G115" s="24" t="s">
-        <v>186</v>
+        <v>54</v>
       </c>
       <c r="H115" s="22" t="s">
-        <v>187</v>
+        <v>55</v>
       </c>
       <c r="I115" s="22">
-        <v>532024826</v>
+        <v>10013</v>
       </c>
       <c r="J115" s="26">
-        <v>2065005000</v>
+        <v>7167308446</v>
       </c>
     </row>
     <row r="116" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B116" s="22">
-        <v>3003589042</v>
+        <v>2331530</v>
       </c>
       <c r="C116" s="23">
-        <v>45754</v>
+        <v>44204</v>
       </c>
       <c r="D116" s="23">
-        <v>46119</v>
+        <v>46395</v>
       </c>
       <c r="E116" s="24" t="s">
+        <v>368</v>
+      </c>
+      <c r="F116" s="25" t="s">
+        <v>369</v>
+      </c>
+      <c r="G116" s="24" t="s">
         <v>370</v>
       </c>
-      <c r="F116" s="25" t="s">
+      <c r="H116" s="22" t="s">
         <v>371</v>
       </c>
-      <c r="G116" s="24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I116" s="22">
-        <v>10307</v>
+        <v>29191922</v>
       </c>
       <c r="J116" s="26">
-        <v>7189678400</v>
+        <v>7813643013</v>
       </c>
     </row>
     <row r="117" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B117" s="22">
-        <v>13454866</v>
+        <v>15269616</v>
       </c>
       <c r="C117" s="23">
-        <v>39951</v>
+        <v>45022</v>
       </c>
       <c r="D117" s="23">
-        <v>46160</v>
+        <v>46118</v>
       </c>
       <c r="E117" s="24" t="s">
+        <v>372</v>
+      </c>
+      <c r="F117" s="25" t="s">
         <v>373</v>
       </c>
-      <c r="F117" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G117" s="24" t="s">
-        <v>50</v>
+        <v>161</v>
       </c>
       <c r="H117" s="22" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="I117" s="22">
-        <v>10013</v>
+        <v>24517542</v>
       </c>
       <c r="J117" s="26">
-        <v>7167308446</v>
+        <v>7817908600</v>
       </c>
     </row>
     <row r="118" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B118" s="22">
-        <v>2331530</v>
+        <v>2214982</v>
       </c>
       <c r="C118" s="23">
-        <v>44204</v>
+        <v>40226</v>
       </c>
       <c r="D118" s="23">
-        <v>46030</v>
+        <v>46435</v>
       </c>
       <c r="E118" s="24" t="s">
+        <v>374</v>
+      </c>
+      <c r="F118" s="25" t="s">
         <v>375</v>
       </c>
-      <c r="F118" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G118" s="24" t="s">
-        <v>377</v>
+        <v>38</v>
       </c>
       <c r="H118" s="22" t="s">
-        <v>378</v>
+        <v>39</v>
       </c>
       <c r="I118" s="22">
-        <v>29191922</v>
+        <v>19808</v>
       </c>
       <c r="J118" s="26">
-        <v>7813643013</v>
+        <v>8009279800</v>
       </c>
     </row>
     <row r="119" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B119" s="22">
-        <v>15269616</v>
+        <v>2339733</v>
       </c>
       <c r="C119" s="23">
-        <v>45022</v>
+        <v>36240</v>
       </c>
       <c r="D119" s="23">
-        <v>46118</v>
+        <v>46467</v>
       </c>
       <c r="E119" s="24" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="F119" s="25" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="G119" s="24" t="s">
-        <v>162</v>
+        <v>355</v>
       </c>
       <c r="H119" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="I119" s="22">
-        <v>24517542</v>
+      <c r="I119" s="22" t="s">
+        <v>356</v>
       </c>
       <c r="J119" s="26">
-        <v>7817908600</v>
+        <v>6177230700</v>
       </c>
     </row>
     <row r="120" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B120" s="22">
-        <v>2214982</v>
+        <v>15955428</v>
       </c>
       <c r="C120" s="23">
-        <v>40226</v>
+        <v>40596</v>
       </c>
       <c r="D120" s="23">
-        <v>46070</v>
+        <v>46075</v>
       </c>
       <c r="E120" s="24" t="s">
+        <v>378</v>
+      </c>
+      <c r="F120" s="25" t="s">
+        <v>379</v>
+      </c>
+      <c r="G120" s="24" t="s">
+        <v>380</v>
+      </c>
+      <c r="H120" s="22" t="s">
         <v>381</v>
       </c>
-      <c r="F120" s="25" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I120" s="22">
-        <v>19808</v>
+        <v>662111171</v>
       </c>
       <c r="J120" s="26">
-        <v>8009279800</v>
+        <v>9138146097</v>
       </c>
     </row>
     <row r="121" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B121" s="22">
-        <v>2339733</v>
+        <v>3898419</v>
       </c>
       <c r="C121" s="23">
-        <v>36240</v>
+        <v>45471</v>
       </c>
       <c r="D121" s="23">
-        <v>46102</v>
+        <v>46201</v>
       </c>
       <c r="E121" s="24" t="s">
+        <v>382</v>
+      </c>
+      <c r="F121" s="25" t="s">
         <v>383</v>
       </c>
-      <c r="F121" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G121" s="24" t="s">
-        <v>220</v>
+        <v>102</v>
       </c>
       <c r="H121" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>363</v>
+        <v>47</v>
+      </c>
+      <c r="I121" s="22">
+        <v>55402</v>
       </c>
       <c r="J121" s="26">
-        <v>6177230700</v>
+        <v>6123764643</v>
       </c>
     </row>
     <row r="122" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B122" s="22">
-        <v>15955428</v>
+        <v>5438559</v>
       </c>
       <c r="C122" s="23">
-        <v>40596</v>
+        <v>45695</v>
       </c>
       <c r="D122" s="23">
-        <v>46075</v>
+        <v>46060</v>
       </c>
       <c r="E122" s="24" t="s">
+        <v>384</v>
+      </c>
+      <c r="F122" s="25" t="s">
         <v>385</v>
       </c>
-      <c r="F122" s="25" t="s">
+      <c r="G122" s="24" t="s">
         <v>386</v>
       </c>
-      <c r="G122" s="24" t="s">
+      <c r="H122" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="I122" s="22" t="s">
         <v>387</v>
       </c>
-      <c r="H122" s="22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J122" s="26">
-        <v>9138146097</v>
+        <v>5084772775</v>
       </c>
     </row>
     <row r="123" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B123" s="22">
-        <v>3898419</v>
+        <v>7086722</v>
       </c>
       <c r="C123" s="23">
-        <v>45471</v>
+        <v>40455</v>
       </c>
       <c r="D123" s="23">
-        <v>46201</v>
+        <v>46299</v>
       </c>
       <c r="E123" s="24" t="s">
+        <v>388</v>
+      </c>
+      <c r="F123" s="25" t="s">
         <v>389</v>
       </c>
-      <c r="F123" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G123" s="24" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="H123" s="22" t="s">
-        <v>99</v>
+        <v>47</v>
       </c>
       <c r="I123" s="22">
-        <v>55402</v>
+        <v>554024115</v>
       </c>
       <c r="J123" s="26">
-        <v>6123764643</v>
+        <v>6123764000</v>
       </c>
     </row>
     <row r="124" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B124" s="22">
-        <v>5438559</v>
+        <v>17058282</v>
       </c>
       <c r="C124" s="23">
-        <v>45695</v>
+        <v>41527</v>
       </c>
       <c r="D124" s="23">
-        <v>46060</v>
+        <v>46275</v>
       </c>
       <c r="E124" s="24" t="s">
+        <v>390</v>
+      </c>
+      <c r="F124" s="25" t="s">
         <v>391</v>
       </c>
-      <c r="F124" s="25" t="s">
+      <c r="G124" s="24" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
       <c r="H124" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I124" s="22" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="J124" s="26">
-        <v>5084772775</v>
+        <v>7816052629</v>
       </c>
     </row>
     <row r="125" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B125" s="22">
-        <v>7086722</v>
+        <v>13263560</v>
       </c>
       <c r="C125" s="23">
-        <v>40455</v>
+        <v>40990</v>
       </c>
       <c r="D125" s="23">
-        <v>46299</v>
+        <v>46468</v>
       </c>
       <c r="E125" s="24" t="s">
+        <v>394</v>
+      </c>
+      <c r="F125" s="25" t="s">
         <v>395</v>
       </c>
-      <c r="F125" s="25" t="s">
+      <c r="G125" s="24" t="s">
         <v>396</v>
       </c>
-      <c r="G125" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H125" s="22" t="s">
-        <v>99</v>
+        <v>23</v>
       </c>
       <c r="I125" s="22">
-        <v>554024115</v>
+        <v>20433739</v>
       </c>
       <c r="J125" s="26">
-        <v>6123764000</v>
+        <v>7817408444</v>
       </c>
     </row>
     <row r="126" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B126" s="22">
-        <v>17058282</v>
+        <v>3003306931</v>
       </c>
       <c r="C126" s="23">
-        <v>41527</v>
+        <v>45560</v>
       </c>
       <c r="D126" s="23">
-        <v>46275</v>
+        <v>46290</v>
       </c>
       <c r="E126" s="24" t="s">
         <v>397</v>
       </c>
       <c r="F126" s="25" t="s">
         <v>398</v>
       </c>
       <c r="G126" s="24" t="s">
-        <v>399</v>
+        <v>192</v>
       </c>
       <c r="H126" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>400</v>
+        <v>51</v>
+      </c>
+      <c r="I126" s="22">
+        <v>92660</v>
       </c>
       <c r="J126" s="26">
-        <v>7816052629</v>
+        <v>9496792500</v>
       </c>
     </row>
     <row r="127" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B127" s="22">
-        <v>13263560</v>
+        <v>18962871</v>
       </c>
       <c r="C127" s="23">
-        <v>40990</v>
+        <v>45582</v>
       </c>
       <c r="D127" s="23">
-        <v>46103</v>
+        <v>46312</v>
       </c>
       <c r="E127" s="24" t="s">
+        <v>399</v>
+      </c>
+      <c r="F127" s="25" t="s">
+        <v>400</v>
+      </c>
+      <c r="G127" s="24" t="s">
         <v>401</v>
-      </c>
-[...4 lines deleted...]
-        <v>403</v>
       </c>
       <c r="H127" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="I127" s="22">
-        <v>20433739</v>
+      <c r="I127" s="22" t="s">
+        <v>402</v>
       </c>
       <c r="J127" s="26">
-        <v>7817408444</v>
+        <v>7819718744</v>
       </c>
     </row>
     <row r="128" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B128" s="22">
-        <v>3003306931</v>
+        <v>5437996</v>
       </c>
       <c r="C128" s="23">
-        <v>45560</v>
+        <v>36367</v>
       </c>
       <c r="D128" s="23">
-        <v>46290</v>
+        <v>46229</v>
       </c>
       <c r="E128" s="24" t="s">
+        <v>403</v>
+      </c>
+      <c r="F128" s="25" t="s">
         <v>404</v>
       </c>
-      <c r="F128" s="25" t="s">
+      <c r="G128" s="24" t="s">
+        <v>34</v>
+      </c>
+      <c r="H128" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="I128" s="22" t="s">
         <v>405</v>
       </c>
-      <c r="G128" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J128" s="26">
-        <v>9496792500</v>
+        <v>6173540866</v>
       </c>
     </row>
     <row r="129" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B129" s="22">
-        <v>18962871</v>
+        <v>15935118</v>
       </c>
       <c r="C129" s="23">
-        <v>45582</v>
+        <v>42965</v>
       </c>
       <c r="D129" s="23">
-        <v>46312</v>
+        <v>46252</v>
       </c>
       <c r="E129" s="24" t="s">
         <v>406</v>
       </c>
       <c r="F129" s="25" t="s">
         <v>407</v>
       </c>
       <c r="G129" s="24" t="s">
         <v>408</v>
       </c>
       <c r="H129" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>409</v>
+        <v>19</v>
+      </c>
+      <c r="I129" s="22">
+        <v>48108</v>
       </c>
       <c r="J129" s="26">
-        <v>7819718744</v>
+        <v>2488246710</v>
       </c>
     </row>
     <row r="130" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B130" s="22">
-        <v>3818405</v>
+        <v>8237321</v>
       </c>
       <c r="C130" s="23">
-        <v>45672</v>
+        <v>44848</v>
       </c>
       <c r="D130" s="23">
-        <v>46037</v>
+        <v>46309</v>
       </c>
       <c r="E130" s="24" t="s">
+        <v>409</v>
+      </c>
+      <c r="F130" s="25" t="s">
         <v>410</v>
       </c>
-      <c r="F130" s="25" t="s">
+      <c r="G130" s="24" t="s">
         <v>411</v>
       </c>
-      <c r="G130" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H130" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>409</v>
+        <v>381</v>
+      </c>
+      <c r="I130" s="22">
+        <v>66219</v>
       </c>
       <c r="J130" s="26">
-        <v>7819718744</v>
+        <v>9139053600</v>
       </c>
     </row>
     <row r="131" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B131" s="22">
-        <v>5437996</v>
+        <v>1982877</v>
       </c>
       <c r="C131" s="23">
-        <v>36367</v>
+        <v>44791</v>
       </c>
       <c r="D131" s="23">
-        <v>46229</v>
+        <v>46252</v>
       </c>
       <c r="E131" s="24" t="s">
         <v>412</v>
       </c>
       <c r="F131" s="25" t="s">
         <v>413</v>
       </c>
       <c r="G131" s="24" t="s">
-        <v>34</v>
+        <v>414</v>
       </c>
       <c r="H131" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>414</v>
+        <v>147</v>
+      </c>
+      <c r="I131" s="22">
+        <v>18104</v>
       </c>
       <c r="J131" s="26">
-        <v>6173540866</v>
+        <v>6104371301</v>
       </c>
     </row>
     <row r="132" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B132" s="22">
-        <v>15935118</v>
+        <v>18322910</v>
       </c>
       <c r="C132" s="23">
-        <v>42965</v>
+        <v>42936</v>
       </c>
       <c r="D132" s="23">
-        <v>46252</v>
+        <v>46223</v>
       </c>
       <c r="E132" s="24" t="s">
         <v>415</v>
       </c>
       <c r="F132" s="25" t="s">
         <v>416</v>
       </c>
       <c r="G132" s="24" t="s">
-        <v>417</v>
+        <v>38</v>
       </c>
       <c r="H132" s="22" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="I132" s="22">
-        <v>48108</v>
+        <v>19801</v>
       </c>
       <c r="J132" s="26">
-        <v>2488246710</v>
+        <v>8448806070</v>
       </c>
     </row>
     <row r="133" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B133" s="22">
-        <v>8237321</v>
+        <v>4024836</v>
       </c>
       <c r="C133" s="23">
-        <v>44848</v>
+        <v>44021</v>
       </c>
       <c r="D133" s="23">
-        <v>46309</v>
+        <v>46212</v>
       </c>
       <c r="E133" s="24" t="s">
+        <v>417</v>
+      </c>
+      <c r="F133" s="25" t="s">
         <v>418</v>
       </c>
-      <c r="F133" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G133" s="24" t="s">
-        <v>420</v>
+        <v>213</v>
       </c>
       <c r="H133" s="22" t="s">
-        <v>388</v>
+        <v>51</v>
       </c>
       <c r="I133" s="22">
-        <v>66219</v>
+        <v>92606</v>
       </c>
       <c r="J133" s="26">
-        <v>9139053600</v>
+        <v>8003265433</v>
       </c>
     </row>
     <row r="134" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B134" s="22">
-        <v>1982877</v>
+        <v>16092389</v>
       </c>
       <c r="C134" s="23">
-        <v>44791</v>
+        <v>45960</v>
       </c>
       <c r="D134" s="23">
-        <v>46252</v>
+        <v>46325</v>
       </c>
       <c r="E134" s="24" t="s">
+        <v>419</v>
+      </c>
+      <c r="F134" s="25" t="s">
+        <v>420</v>
+      </c>
+      <c r="G134" s="24" t="s">
         <v>421</v>
       </c>
-      <c r="F134" s="25" t="s">
+      <c r="H134" s="22" t="s">
+        <v>110</v>
+      </c>
+      <c r="I134" s="22" t="s">
         <v>422</v>
       </c>
-      <c r="G134" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J134" s="26">
-        <v>6104371301</v>
+        <v>6032262004</v>
       </c>
     </row>
     <row r="135" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B135" s="22">
-        <v>18322910</v>
+        <v>7662448</v>
       </c>
       <c r="C135" s="23">
-        <v>42936</v>
+        <v>42774</v>
       </c>
       <c r="D135" s="23">
-        <v>46223</v>
+        <v>46061</v>
       </c>
       <c r="E135" s="24" t="s">
+        <v>423</v>
+      </c>
+      <c r="F135" s="25" t="s">
         <v>424</v>
       </c>
-      <c r="F135" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G135" s="24" t="s">
-        <v>38</v>
+        <v>143</v>
       </c>
       <c r="H135" s="22" t="s">
-        <v>39</v>
+        <v>91</v>
       </c>
       <c r="I135" s="22">
-        <v>19801</v>
+        <v>63102</v>
       </c>
       <c r="J135" s="26">
-        <v>8448806070</v>
+        <v>3143424051</v>
       </c>
     </row>
     <row r="136" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B136" s="22">
-        <v>4024836</v>
+        <v>1626115</v>
       </c>
       <c r="C136" s="23">
-        <v>44021</v>
+        <v>44749</v>
       </c>
       <c r="D136" s="23">
-        <v>46212</v>
+        <v>46210</v>
       </c>
       <c r="E136" s="24" t="s">
+        <v>425</v>
+      </c>
+      <c r="F136" s="25" t="s">
         <v>426</v>
       </c>
-      <c r="F136" s="25" t="s">
+      <c r="G136" s="24" t="s">
         <v>427</v>
       </c>
-      <c r="G136" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H136" s="22" t="s">
-        <v>47</v>
+        <v>311</v>
       </c>
       <c r="I136" s="22">
-        <v>92606</v>
+        <v>23060</v>
       </c>
       <c r="J136" s="26">
-        <v>8003265433</v>
+        <v>8046129704</v>
       </c>
     </row>
     <row r="137" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B137" s="22">
-        <v>16092389</v>
+        <v>7808346</v>
       </c>
       <c r="C137" s="23">
-        <v>45960</v>
+        <v>38572</v>
       </c>
       <c r="D137" s="23">
-        <v>46325</v>
+        <v>46242</v>
       </c>
       <c r="E137" s="24" t="s">
         <v>428</v>
       </c>
       <c r="F137" s="25" t="s">
         <v>429</v>
       </c>
       <c r="G137" s="24" t="s">
         <v>430</v>
       </c>
       <c r="H137" s="22" t="s">
-        <v>111</v>
+        <v>23</v>
       </c>
       <c r="I137" s="22" t="s">
         <v>431</v>
       </c>
       <c r="J137" s="26">
-        <v>6032262004</v>
+        <v>9787441753</v>
       </c>
     </row>
     <row r="138" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B138" s="22">
-        <v>7662448</v>
+        <v>6539201</v>
       </c>
       <c r="C138" s="23">
-        <v>42774</v>
+        <v>40788</v>
       </c>
       <c r="D138" s="23">
-        <v>46061</v>
+        <v>46267</v>
       </c>
       <c r="E138" s="24" t="s">
         <v>432</v>
       </c>
       <c r="F138" s="25" t="s">
         <v>433</v>
       </c>
       <c r="G138" s="24" t="s">
-        <v>144</v>
+        <v>434</v>
       </c>
       <c r="H138" s="22" t="s">
-        <v>87</v>
+        <v>189</v>
       </c>
       <c r="I138" s="22">
-        <v>63102</v>
+        <v>537054456</v>
       </c>
       <c r="J138" s="26">
-        <v>3143424051</v>
+        <v>3194833552</v>
       </c>
     </row>
     <row r="139" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B139" s="22">
-        <v>1626115</v>
+        <v>654420</v>
       </c>
       <c r="C139" s="23">
-        <v>44749</v>
+        <v>39342</v>
       </c>
       <c r="D139" s="23">
-        <v>46210</v>
+        <v>46282</v>
       </c>
       <c r="E139" s="24" t="s">
+        <v>435</v>
+      </c>
+      <c r="F139" s="25" t="s">
+        <v>433</v>
+      </c>
+      <c r="G139" s="24" t="s">
         <v>434</v>
       </c>
-      <c r="F139" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H139" s="22" t="s">
-        <v>318</v>
+        <v>189</v>
       </c>
       <c r="I139" s="22">
-        <v>23060</v>
+        <v>537054456</v>
       </c>
       <c r="J139" s="26">
-        <v>8046129704</v>
+        <v>3194833283</v>
       </c>
     </row>
     <row r="140" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B140" s="22">
-        <v>7808346</v>
+        <v>659737</v>
       </c>
       <c r="C140" s="23">
-        <v>38572</v>
+        <v>39653</v>
       </c>
       <c r="D140" s="23">
-        <v>46242</v>
+        <v>46227</v>
       </c>
       <c r="E140" s="24" t="s">
+        <v>436</v>
+      </c>
+      <c r="F140" s="25" t="s">
         <v>437</v>
       </c>
-      <c r="F140" s="25" t="s">
+      <c r="G140" s="24" t="s">
         <v>438</v>
       </c>
-      <c r="G140" s="24" t="s">
+      <c r="H140" s="22" t="s">
         <v>439</v>
       </c>
-      <c r="H140" s="22" t="s">
-[...3 lines deleted...]
-        <v>440</v>
+      <c r="I140" s="22">
+        <v>59401</v>
       </c>
       <c r="J140" s="26">
-        <v>9787441753</v>
+        <v>4067917202</v>
       </c>
     </row>
     <row r="141" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B141" s="22">
-        <v>6539201</v>
+        <v>2999541</v>
       </c>
       <c r="C141" s="23">
-        <v>40788</v>
+        <v>45097</v>
       </c>
       <c r="D141" s="23">
-        <v>46267</v>
+        <v>46193</v>
       </c>
       <c r="E141" s="24" t="s">
+        <v>440</v>
+      </c>
+      <c r="F141" s="25" t="s">
         <v>441</v>
       </c>
-      <c r="F141" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G141" s="24" t="s">
-        <v>443</v>
+        <v>135</v>
       </c>
       <c r="H141" s="22" t="s">
-        <v>187</v>
+        <v>136</v>
       </c>
       <c r="I141" s="22">
-        <v>537054456</v>
+        <v>30345</v>
       </c>
       <c r="J141" s="26">
-        <v>3194833552</v>
+        <v>4045317080</v>
       </c>
     </row>
     <row r="142" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B142" s="22">
-        <v>654420</v>
+        <v>7011597</v>
       </c>
       <c r="C142" s="23">
-        <v>39342</v>
+        <v>44925</v>
       </c>
       <c r="D142" s="23">
-        <v>46282</v>
+        <v>46386</v>
       </c>
       <c r="E142" s="24" t="s">
+        <v>442</v>
+      </c>
+      <c r="F142" s="25" t="s">
+        <v>443</v>
+      </c>
+      <c r="G142" s="24" t="s">
         <v>444</v>
       </c>
-      <c r="F142" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H142" s="22" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>537054456</v>
+        <v>371</v>
+      </c>
+      <c r="I142" s="22" t="s">
+        <v>445</v>
       </c>
       <c r="J142" s="26">
-        <v>3194833283</v>
+        <v>4014331111</v>
       </c>
     </row>
     <row r="143" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B143" s="22">
-        <v>659737</v>
+        <v>15816463</v>
       </c>
       <c r="C143" s="23">
-        <v>39653</v>
+        <v>45777</v>
       </c>
       <c r="D143" s="23">
-        <v>46227</v>
+        <v>46142</v>
       </c>
       <c r="E143" s="24" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="F143" s="25" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="G143" s="24" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="H143" s="22" t="s">
-        <v>448</v>
+        <v>95</v>
       </c>
       <c r="I143" s="22">
-        <v>59401</v>
+        <v>60187</v>
       </c>
       <c r="J143" s="26">
-        <v>4067917202</v>
+        <v>6306813500</v>
       </c>
     </row>
     <row r="144" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B144" s="22">
-        <v>2999541</v>
+        <v>2519016</v>
       </c>
       <c r="C144" s="23">
-        <v>45097</v>
+        <v>42250</v>
       </c>
       <c r="D144" s="23">
-        <v>46193</v>
+        <v>46268</v>
       </c>
       <c r="E144" s="24" t="s">
         <v>449</v>
       </c>
       <c r="F144" s="25" t="s">
         <v>450</v>
       </c>
       <c r="G144" s="24" t="s">
-        <v>136</v>
+        <v>310</v>
       </c>
       <c r="H144" s="22" t="s">
-        <v>137</v>
+        <v>311</v>
       </c>
       <c r="I144" s="22">
-        <v>30345</v>
+        <v>23219</v>
       </c>
       <c r="J144" s="26">
-        <v>4045317080</v>
+        <v>8047802000</v>
       </c>
     </row>
     <row r="145" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B145" s="22">
-        <v>7011597</v>
+        <v>2101380</v>
       </c>
       <c r="C145" s="23">
-        <v>44925</v>
+        <v>42710</v>
       </c>
       <c r="D145" s="23">
-        <v>46386</v>
+        <v>46362</v>
       </c>
       <c r="E145" s="24" t="s">
         <v>451</v>
       </c>
       <c r="F145" s="25" t="s">
         <v>452</v>
       </c>
       <c r="G145" s="24" t="s">
-        <v>453</v>
+        <v>94</v>
       </c>
       <c r="H145" s="22" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-        <v>454</v>
+        <v>95</v>
+      </c>
+      <c r="I145" s="22">
+        <v>606041459</v>
       </c>
       <c r="J145" s="26">
-        <v>4014331111</v>
+        <v>3126064643</v>
       </c>
     </row>
     <row r="146" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B146" s="22">
-        <v>15816463</v>
+        <v>16667193</v>
       </c>
       <c r="C146" s="23">
-        <v>45777</v>
+        <v>42397</v>
       </c>
       <c r="D146" s="23">
-        <v>46142</v>
+        <v>46415</v>
       </c>
       <c r="E146" s="24" t="s">
+        <v>453</v>
+      </c>
+      <c r="F146" s="25" t="s">
+        <v>454</v>
+      </c>
+      <c r="G146" s="24" t="s">
         <v>455</v>
       </c>
-      <c r="F146" s="25" t="s">
+      <c r="H146" s="22" t="s">
         <v>456</v>
       </c>
-      <c r="G146" s="24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I146" s="22">
-        <v>60187</v>
+        <v>29206</v>
       </c>
       <c r="J146" s="26">
-        <v>6306813500</v>
+        <v>8037410134</v>
       </c>
     </row>
     <row r="147" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B147" s="22">
-        <v>2519016</v>
+        <v>18993710</v>
       </c>
       <c r="C147" s="23">
-        <v>42250</v>
+        <v>43460</v>
       </c>
       <c r="D147" s="23">
-        <v>46268</v>
+        <v>46382</v>
       </c>
       <c r="E147" s="24" t="s">
+        <v>457</v>
+      </c>
+      <c r="F147" s="25" t="s">
         <v>458</v>
       </c>
-      <c r="F147" s="25" t="s">
+      <c r="G147" s="24" t="s">
         <v>459</v>
       </c>
-      <c r="G147" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H147" s="22" t="s">
-        <v>318</v>
+        <v>39</v>
       </c>
       <c r="I147" s="22">
-        <v>23219</v>
+        <v>199042409</v>
       </c>
       <c r="J147" s="26">
-        <v>8047802000</v>
+        <v>3176945649</v>
       </c>
     </row>
     <row r="148" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B148" s="22">
-        <v>2101380</v>
+        <v>3887529</v>
       </c>
       <c r="C148" s="23">
-        <v>42710</v>
+        <v>44757</v>
       </c>
       <c r="D148" s="23">
-        <v>46362</v>
+        <v>46218</v>
       </c>
       <c r="E148" s="24" t="s">
         <v>460</v>
       </c>
       <c r="F148" s="25" t="s">
         <v>461</v>
       </c>
       <c r="G148" s="24" t="s">
-        <v>90</v>
+        <v>462</v>
       </c>
       <c r="H148" s="22" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>606041459</v>
+        <v>23</v>
+      </c>
+      <c r="I148" s="22" t="s">
+        <v>463</v>
       </c>
       <c r="J148" s="26">
-        <v>3126064643</v>
+        <v>9787795361</v>
       </c>
     </row>
     <row r="149" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B149" s="22">
-        <v>16667193</v>
+        <v>18150888</v>
       </c>
       <c r="C149" s="23">
-        <v>42397</v>
+        <v>42655</v>
       </c>
       <c r="D149" s="23">
-        <v>46050</v>
+        <v>46307</v>
       </c>
       <c r="E149" s="24" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="F149" s="25" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="G149" s="24" t="s">
-        <v>464</v>
+        <v>396</v>
       </c>
       <c r="H149" s="22" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-        <v>29206</v>
+        <v>23</v>
+      </c>
+      <c r="I149" s="22" t="s">
+        <v>466</v>
       </c>
       <c r="J149" s="26">
-        <v>8037410134</v>
+        <v>7814446280</v>
       </c>
     </row>
     <row r="150" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B150" s="22">
-        <v>18993710</v>
+        <v>16150387</v>
       </c>
       <c r="C150" s="23">
-        <v>43460</v>
+        <v>45915</v>
       </c>
       <c r="D150" s="23">
-        <v>46017</v>
+        <v>46280</v>
       </c>
       <c r="E150" s="24" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="F150" s="25" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="G150" s="24" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="H150" s="22" t="s">
-        <v>39</v>
+        <v>470</v>
       </c>
       <c r="I150" s="22">
-        <v>199042409</v>
+        <v>84070</v>
       </c>
       <c r="J150" s="26">
-        <v>3176945649</v>
+        <v>8018389999</v>
       </c>
     </row>
     <row r="151" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B151" s="22">
-        <v>3887529</v>
+        <v>3003778880</v>
       </c>
       <c r="C151" s="23">
-        <v>44757</v>
+        <v>45875</v>
       </c>
       <c r="D151" s="23">
-        <v>46218</v>
+        <v>46240</v>
       </c>
       <c r="E151" s="24" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="F151" s="25" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="G151" s="24" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="H151" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I151" s="22" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="J151" s="26">
-        <v>9787795361</v>
+        <v>9787450011</v>
       </c>
     </row>
     <row r="152" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B152" s="22">
-        <v>18150888</v>
+        <v>6543868</v>
       </c>
       <c r="C152" s="23">
-        <v>42655</v>
+        <v>44967</v>
       </c>
       <c r="D152" s="23">
-        <v>46307</v>
+        <v>46428</v>
       </c>
       <c r="E152" s="24" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="F152" s="25" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="G152" s="24" t="s">
-        <v>403</v>
+        <v>477</v>
       </c>
       <c r="H152" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>475</v>
+        <v>371</v>
+      </c>
+      <c r="I152" s="22">
+        <v>28881058</v>
       </c>
       <c r="J152" s="26">
-        <v>7814446280</v>
+        <v>4019411500</v>
       </c>
     </row>
     <row r="153" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B153" s="22">
-        <v>16150387</v>
+        <v>3324804</v>
       </c>
       <c r="C153" s="23">
-        <v>45915</v>
+        <v>36257</v>
       </c>
       <c r="D153" s="23">
-        <v>46280</v>
+        <v>46484</v>
       </c>
       <c r="E153" s="24" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="F153" s="25" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="G153" s="24" t="s">
-        <v>478</v>
+        <v>396</v>
       </c>
       <c r="H153" s="22" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-        <v>84070</v>
+        <v>23</v>
+      </c>
+      <c r="I153" s="22" t="s">
+        <v>466</v>
       </c>
       <c r="J153" s="26">
-        <v>8018389999</v>
+        <v>8003226342</v>
       </c>
     </row>
     <row r="154" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B154" s="22">
-        <v>3003778880</v>
+        <v>5438392</v>
       </c>
       <c r="C154" s="23">
-        <v>45875</v>
+        <v>36271</v>
       </c>
       <c r="D154" s="23">
-        <v>46240</v>
+        <v>46133</v>
       </c>
       <c r="E154" s="24" t="s">
         <v>480</v>
       </c>
       <c r="F154" s="25" t="s">
         <v>481</v>
       </c>
       <c r="G154" s="24" t="s">
         <v>482</v>
       </c>
       <c r="H154" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="I154" s="22" t="s">
-        <v>483</v>
+      <c r="I154" s="22">
+        <v>15812803</v>
       </c>
       <c r="J154" s="26">
-        <v>9787450011</v>
+        <v>5083664894</v>
       </c>
     </row>
     <row r="155" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B155" s="22">
-        <v>6543868</v>
+        <v>8624068</v>
       </c>
       <c r="C155" s="23">
-        <v>44967</v>
+        <v>38646</v>
       </c>
       <c r="D155" s="23">
-        <v>46063</v>
+        <v>46316</v>
       </c>
       <c r="E155" s="24" t="s">
+        <v>483</v>
+      </c>
+      <c r="F155" s="25" t="s">
         <v>484</v>
       </c>
-      <c r="F155" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G155" s="24" t="s">
-        <v>486</v>
+        <v>359</v>
       </c>
       <c r="H155" s="22" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-        <v>28881058</v>
+        <v>23</v>
+      </c>
+      <c r="I155" s="22" t="s">
+        <v>360</v>
       </c>
       <c r="J155" s="26">
-        <v>4019411500</v>
+        <v>4135387444</v>
       </c>
     </row>
     <row r="156" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B156" s="22">
-        <v>3324804</v>
+        <v>18412895</v>
       </c>
       <c r="C156" s="23">
-        <v>36257</v>
+        <v>43126</v>
       </c>
       <c r="D156" s="23">
-        <v>46119</v>
+        <v>46413</v>
       </c>
       <c r="E156" s="24" t="s">
+        <v>485</v>
+      </c>
+      <c r="F156" s="25" t="s">
+        <v>486</v>
+      </c>
+      <c r="G156" s="24" t="s">
         <v>487</v>
       </c>
-      <c r="F156" s="25" t="s">
+      <c r="H156" s="22" t="s">
         <v>488</v>
       </c>
-      <c r="G156" s="24" t="s">
-[...6 lines deleted...]
-        <v>475</v>
+      <c r="I156" s="22">
+        <v>40223</v>
       </c>
       <c r="J156" s="26">
-        <v>8003226342</v>
+        <v>8883270049</v>
       </c>
     </row>
     <row r="157" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B157" s="22">
-        <v>5438392</v>
+        <v>3003689514</v>
       </c>
       <c r="C157" s="23">
-        <v>36271</v>
+        <v>45818</v>
       </c>
       <c r="D157" s="23">
-        <v>46133</v>
+        <v>46183</v>
       </c>
       <c r="E157" s="24" t="s">
         <v>489</v>
       </c>
       <c r="F157" s="25" t="s">
         <v>490</v>
       </c>
       <c r="G157" s="24" t="s">
         <v>491</v>
       </c>
       <c r="H157" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="I157" s="22">
-        <v>15812803</v>
+      <c r="I157" s="22" t="s">
+        <v>225</v>
       </c>
       <c r="J157" s="26">
-        <v>5083664894</v>
+        <v>5083652724</v>
       </c>
     </row>
     <row r="158" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B158" s="22">
-        <v>8624068</v>
+        <v>3002294366</v>
       </c>
       <c r="C158" s="23">
-        <v>38646</v>
+        <v>44907</v>
       </c>
       <c r="D158" s="23">
-        <v>46316</v>
+        <v>46368</v>
       </c>
       <c r="E158" s="24" t="s">
         <v>492</v>
       </c>
       <c r="F158" s="25" t="s">
         <v>493</v>
       </c>
       <c r="G158" s="24" t="s">
-        <v>366</v>
+        <v>494</v>
       </c>
       <c r="H158" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I158" s="22" t="s">
-        <v>367</v>
+        <v>495</v>
       </c>
       <c r="J158" s="26">
-        <v>4135387444</v>
+        <v>5086761800</v>
       </c>
     </row>
     <row r="159" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B159" s="22">
-        <v>18412895</v>
+        <v>8581294</v>
       </c>
       <c r="C159" s="23">
-        <v>43126</v>
+        <v>40316</v>
       </c>
       <c r="D159" s="23">
-        <v>46413</v>
+        <v>46160</v>
       </c>
       <c r="E159" s="24" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="F159" s="25" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="G159" s="24" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="H159" s="22" t="s">
-        <v>497</v>
+        <v>311</v>
       </c>
       <c r="I159" s="22">
-        <v>40223</v>
+        <v>220332892</v>
       </c>
       <c r="J159" s="26">
-        <v>8883270049</v>
+        <v>7032466703</v>
       </c>
     </row>
     <row r="160" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B160" s="22">
-        <v>3003689514</v>
+        <v>1006558</v>
       </c>
       <c r="C160" s="23">
-        <v>45818</v>
+        <v>37757</v>
       </c>
       <c r="D160" s="23">
-        <v>46183</v>
+        <v>46146</v>
       </c>
       <c r="E160" s="24" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="F160" s="25" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="G160" s="24" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="H160" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I160" s="22" t="s">
-        <v>227</v>
+        <v>502</v>
       </c>
       <c r="J160" s="26">
-        <v>5083652724</v>
+        <v>4803372000</v>
       </c>
     </row>
     <row r="161" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B161" s="22">
-        <v>3002294366</v>
+        <v>3003705611</v>
       </c>
       <c r="C161" s="23">
-        <v>44907</v>
+        <v>45828</v>
       </c>
       <c r="D161" s="23">
-        <v>46368</v>
+        <v>46193</v>
       </c>
       <c r="E161" s="24" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="F161" s="25" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="G161" s="24" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="H161" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>504</v>
+        <v>19</v>
+      </c>
+      <c r="I161" s="22">
+        <v>48075</v>
       </c>
       <c r="J161" s="26">
-        <v>5086761800</v>
+        <v>2483566555</v>
       </c>
     </row>
     <row r="162" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B162" s="22">
-        <v>8581294</v>
+        <v>16964422</v>
       </c>
       <c r="C162" s="23">
-        <v>40316</v>
+        <v>44270</v>
       </c>
       <c r="D162" s="23">
-        <v>46160</v>
+        <v>46461</v>
       </c>
       <c r="E162" s="24" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="F162" s="25" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="G162" s="24" t="s">
-        <v>507</v>
+        <v>54</v>
       </c>
       <c r="H162" s="22" t="s">
-        <v>318</v>
+        <v>55</v>
       </c>
       <c r="I162" s="22">
-        <v>220332892</v>
+        <v>10006</v>
       </c>
       <c r="J162" s="26">
-        <v>7032466703</v>
+        <v>2124177762</v>
       </c>
     </row>
     <row r="163" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B163" s="22">
-        <v>1006558</v>
+        <v>3780508</v>
       </c>
       <c r="C163" s="23">
-        <v>37757</v>
+        <v>40757</v>
       </c>
       <c r="D163" s="23">
-        <v>46146</v>
+        <v>46236</v>
       </c>
       <c r="E163" s="24" t="s">
         <v>508</v>
       </c>
       <c r="F163" s="25" t="s">
-        <v>509</v>
+        <v>416</v>
       </c>
       <c r="G163" s="24" t="s">
-        <v>510</v>
+        <v>38</v>
       </c>
       <c r="H163" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>511</v>
+        <v>39</v>
+      </c>
+      <c r="I163" s="22">
+        <v>19801</v>
       </c>
       <c r="J163" s="26">
-        <v>4803372000</v>
+        <v>8604091437</v>
       </c>
     </row>
     <row r="164" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B164" s="22">
-        <v>3003705611</v>
+        <v>3181892</v>
       </c>
       <c r="C164" s="23">
-        <v>45828</v>
+        <v>40753</v>
       </c>
       <c r="D164" s="23">
-        <v>46193</v>
+        <v>46232</v>
       </c>
       <c r="E164" s="24" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="F164" s="25" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="G164" s="24" t="s">
-        <v>514</v>
+        <v>198</v>
       </c>
       <c r="H164" s="22" t="s">
-        <v>19</v>
+        <v>199</v>
       </c>
       <c r="I164" s="22">
-        <v>48075</v>
+        <v>28262</v>
       </c>
       <c r="J164" s="26">
-        <v>2483566555</v>
+        <v>7043976793</v>
       </c>
     </row>
     <row r="165" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B165" s="22">
-        <v>16964422</v>
+        <v>953556</v>
       </c>
       <c r="C165" s="23">
-        <v>44270</v>
+        <v>39962</v>
       </c>
       <c r="D165" s="23">
-        <v>46096</v>
+        <v>46171</v>
       </c>
       <c r="E165" s="24" t="s">
+        <v>511</v>
+      </c>
+      <c r="F165" s="25" t="s">
+        <v>512</v>
+      </c>
+      <c r="G165" s="24" t="s">
+        <v>513</v>
+      </c>
+      <c r="H165" s="22" t="s">
+        <v>514</v>
+      </c>
+      <c r="I165" s="22" t="s">
         <v>515</v>
       </c>
-      <c r="F165" s="25" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J165" s="26">
-        <v>2124177762</v>
+        <v>8003447437</v>
       </c>
     </row>
     <row r="166" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B166" s="22">
-        <v>10890111</v>
+        <v>7750554</v>
       </c>
       <c r="C166" s="23">
-        <v>39601</v>
+        <v>42528</v>
       </c>
       <c r="D166" s="23">
-        <v>46175</v>
+        <v>46180</v>
       </c>
       <c r="E166" s="24" t="s">
+        <v>516</v>
+      </c>
+      <c r="F166" s="25" t="s">
         <v>517</v>
       </c>
-      <c r="F166" s="25" t="s">
+      <c r="G166" s="24" t="s">
         <v>518</v>
       </c>
-      <c r="G166" s="24" t="s">
+      <c r="H166" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="I166" s="22" t="s">
         <v>519</v>
       </c>
-      <c r="H166" s="22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J166" s="26">
-        <v>8883637441</v>
+        <v>8607674300</v>
       </c>
     </row>
     <row r="167" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B167" s="22">
-        <v>3780508</v>
+        <v>19472808</v>
       </c>
       <c r="C167" s="23">
-        <v>40757</v>
+        <v>44062</v>
       </c>
       <c r="D167" s="23">
-        <v>46236</v>
+        <v>46253</v>
       </c>
       <c r="E167" s="24" t="s">
         <v>520</v>
       </c>
       <c r="F167" s="25" t="s">
-        <v>425</v>
+        <v>521</v>
       </c>
       <c r="G167" s="24" t="s">
-        <v>38</v>
+        <v>522</v>
       </c>
       <c r="H167" s="22" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>19801</v>
+        <v>115</v>
+      </c>
+      <c r="I167" s="22" t="s">
+        <v>523</v>
       </c>
       <c r="J167" s="26">
-        <v>8604091437</v>
+        <v>2017777121</v>
       </c>
     </row>
     <row r="168" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B168" s="22">
-        <v>3181892</v>
+        <v>6905635</v>
       </c>
       <c r="C168" s="23">
-        <v>40753</v>
+        <v>41039</v>
       </c>
       <c r="D168" s="23">
-        <v>46232</v>
+        <v>46152</v>
       </c>
       <c r="E168" s="24" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="F168" s="25" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="G168" s="24" t="s">
-        <v>196</v>
+        <v>258</v>
       </c>
       <c r="H168" s="22" t="s">
-        <v>197</v>
+        <v>55</v>
       </c>
       <c r="I168" s="22">
-        <v>28262</v>
+        <v>14623</v>
       </c>
       <c r="J168" s="26">
-        <v>7175267448</v>
+        <v>5854241234</v>
       </c>
     </row>
     <row r="169" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B169" s="22">
-        <v>953556</v>
+        <v>957587</v>
       </c>
       <c r="C169" s="23">
-        <v>39962</v>
+        <v>37761</v>
       </c>
       <c r="D169" s="23">
-        <v>46171</v>
+        <v>46162</v>
       </c>
       <c r="E169" s="24" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="F169" s="25" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="G169" s="24" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="H169" s="22" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>527</v>
+        <v>529</v>
+      </c>
+      <c r="I169" s="22">
+        <v>44333</v>
       </c>
       <c r="J169" s="26">
-        <v>8003447437</v>
+        <v>3305761234</v>
       </c>
     </row>
     <row r="170" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B170" s="22">
-        <v>7750554</v>
+        <v>3233062</v>
       </c>
       <c r="C170" s="23">
-        <v>42528</v>
+        <v>40799</v>
       </c>
       <c r="D170" s="23">
-        <v>46180</v>
+        <v>46278</v>
       </c>
       <c r="E170" s="24" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F170" s="25" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="G170" s="24" t="s">
-        <v>530</v>
+        <v>135</v>
       </c>
       <c r="H170" s="22" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>531</v>
+        <v>136</v>
+      </c>
+      <c r="I170" s="22">
+        <v>30326</v>
       </c>
       <c r="J170" s="26">
-        <v>8607674300</v>
+        <v>6238664362</v>
       </c>
     </row>
     <row r="171" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B171" s="22">
-        <v>19472808</v>
+        <v>3003650830</v>
       </c>
       <c r="C171" s="23">
-        <v>44062</v>
+        <v>45793</v>
       </c>
       <c r="D171" s="23">
-        <v>46253</v>
+        <v>46158</v>
       </c>
       <c r="E171" s="24" t="s">
         <v>532</v>
       </c>
       <c r="F171" s="25" t="s">
         <v>533</v>
       </c>
       <c r="G171" s="24" t="s">
         <v>534</v>
       </c>
       <c r="H171" s="22" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="I171" s="22" t="s">
         <v>535</v>
       </c>
+      <c r="I171" s="22">
+        <v>852556325</v>
+      </c>
       <c r="J171" s="26">
-        <v>2017777121</v>
+        <v>4802476874</v>
       </c>
     </row>
     <row r="172" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B172" s="22">
-        <v>6905635</v>
+        <v>3002985726</v>
       </c>
       <c r="C172" s="23">
-        <v>41039</v>
+        <v>45357</v>
       </c>
       <c r="D172" s="23">
-        <v>46152</v>
+        <v>46087</v>
       </c>
       <c r="E172" s="24" t="s">
         <v>536</v>
       </c>
       <c r="F172" s="25" t="s">
         <v>537</v>
       </c>
       <c r="G172" s="24" t="s">
-        <v>264</v>
+        <v>78</v>
       </c>
       <c r="H172" s="22" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>14623</v>
+        <v>23</v>
+      </c>
+      <c r="I172" s="22" t="s">
+        <v>79</v>
       </c>
       <c r="J172" s="26">
-        <v>5854241234</v>
+        <v>7815893144</v>
       </c>
     </row>
     <row r="173" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B173" s="22">
-        <v>957587</v>
+        <v>4052759</v>
       </c>
       <c r="C173" s="23">
-        <v>37761</v>
+        <v>42614</v>
       </c>
       <c r="D173" s="23">
-        <v>46162</v>
+        <v>46266</v>
       </c>
       <c r="E173" s="24" t="s">
         <v>538</v>
       </c>
       <c r="F173" s="25" t="s">
         <v>539</v>
       </c>
       <c r="G173" s="24" t="s">
         <v>540</v>
       </c>
       <c r="H173" s="22" t="s">
         <v>541</v>
       </c>
       <c r="I173" s="22">
-        <v>44333</v>
+        <v>891071082</v>
       </c>
       <c r="J173" s="26">
-        <v>3305761234</v>
+        <v>4066658888</v>
       </c>
     </row>
     <row r="174" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B174" s="22">
-        <v>3233062</v>
+        <v>3217243</v>
       </c>
       <c r="C174" s="23">
-        <v>40799</v>
+        <v>44959</v>
       </c>
       <c r="D174" s="23">
-        <v>46278</v>
+        <v>46420</v>
       </c>
       <c r="E174" s="24" t="s">
         <v>542</v>
       </c>
       <c r="F174" s="25" t="s">
         <v>543</v>
       </c>
       <c r="G174" s="24" t="s">
-        <v>136</v>
+        <v>544</v>
       </c>
       <c r="H174" s="22" t="s">
-        <v>137</v>
+        <v>381</v>
       </c>
       <c r="I174" s="22">
-        <v>30326</v>
+        <v>66224</v>
       </c>
       <c r="J174" s="26">
-        <v>6238664362</v>
+        <v>9132392300</v>
       </c>
     </row>
     <row r="175" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B175" s="22">
-        <v>3003650830</v>
+        <v>7891848</v>
       </c>
       <c r="C175" s="23">
-        <v>45793</v>
+        <v>45888</v>
       </c>
       <c r="D175" s="23">
-        <v>46158</v>
+        <v>46253</v>
       </c>
       <c r="E175" s="24" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="F175" s="25" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="G175" s="24" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="H175" s="22" t="s">
-        <v>547</v>
+        <v>55</v>
       </c>
       <c r="I175" s="22">
-        <v>852556325</v>
+        <v>11743</v>
       </c>
       <c r="J175" s="26">
-        <v>4802476874</v>
+        <v>6314214499</v>
       </c>
     </row>
     <row r="176" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B176" s="22">
-        <v>3002985726</v>
+        <v>654103</v>
       </c>
       <c r="C176" s="23">
-        <v>45357</v>
+        <v>37796</v>
       </c>
       <c r="D176" s="23">
-        <v>46087</v>
+        <v>46197</v>
       </c>
       <c r="E176" s="24" t="s">
         <v>548</v>
       </c>
       <c r="F176" s="25" t="s">
         <v>549</v>
       </c>
       <c r="G176" s="24" t="s">
-        <v>74</v>
+        <v>355</v>
       </c>
       <c r="H176" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I176" s="22" t="s">
-        <v>75</v>
+        <v>550</v>
       </c>
       <c r="J176" s="26">
-        <v>7815893144</v>
+        <v>8002727569</v>
       </c>
     </row>
     <row r="177" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B177" s="22">
-        <v>4052759</v>
+        <v>3003322425</v>
       </c>
       <c r="C177" s="23">
-        <v>42614</v>
+        <v>45568</v>
       </c>
       <c r="D177" s="23">
-        <v>46266</v>
+        <v>46298</v>
       </c>
       <c r="E177" s="24" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="F177" s="25" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="G177" s="24" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="H177" s="22" t="s">
-        <v>553</v>
+        <v>147</v>
       </c>
       <c r="I177" s="22">
-        <v>891071082</v>
+        <v>19312</v>
       </c>
       <c r="J177" s="26">
-        <v>4066658888</v>
+        <v>2679008320</v>
       </c>
     </row>
     <row r="178" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B178" s="22">
-        <v>3217243</v>
+        <v>957532</v>
       </c>
       <c r="C178" s="23">
-        <v>44959</v>
+        <v>40022</v>
       </c>
       <c r="D178" s="23">
-        <v>46055</v>
+        <v>46231</v>
       </c>
       <c r="E178" s="24" t="s">
         <v>554</v>
       </c>
       <c r="F178" s="25" t="s">
         <v>555</v>
       </c>
       <c r="G178" s="24" t="s">
         <v>556</v>
       </c>
       <c r="H178" s="22" t="s">
-        <v>388</v>
+        <v>529</v>
       </c>
       <c r="I178" s="22">
-        <v>66224</v>
+        <v>45263</v>
       </c>
       <c r="J178" s="26">
-        <v>9132392300</v>
+        <v>5135340278</v>
       </c>
     </row>
     <row r="179" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B179" s="22">
-        <v>7891848</v>
+        <v>2013273</v>
       </c>
       <c r="C179" s="23">
-        <v>45888</v>
+        <v>38162</v>
       </c>
       <c r="D179" s="23">
-        <v>46253</v>
+        <v>46197</v>
       </c>
       <c r="E179" s="24" t="s">
         <v>557</v>
       </c>
       <c r="F179" s="25" t="s">
         <v>558</v>
       </c>
       <c r="G179" s="24" t="s">
         <v>559</v>
       </c>
       <c r="H179" s="22" t="s">
-        <v>51</v>
+        <v>199</v>
       </c>
       <c r="I179" s="22">
-        <v>11743</v>
+        <v>28031</v>
       </c>
       <c r="J179" s="26">
-        <v>6314214499</v>
+        <v>7048955606</v>
       </c>
     </row>
     <row r="180" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B180" s="22">
-        <v>654103</v>
+        <v>3002991855</v>
       </c>
       <c r="C180" s="23">
-        <v>37796</v>
+        <v>45771</v>
       </c>
       <c r="D180" s="23">
-        <v>46197</v>
+        <v>46136</v>
       </c>
       <c r="E180" s="24" t="s">
         <v>560</v>
       </c>
       <c r="F180" s="25" t="s">
         <v>561</v>
       </c>
       <c r="G180" s="24" t="s">
-        <v>220</v>
+        <v>477</v>
       </c>
       <c r="H180" s="22" t="s">
-        <v>23</v>
+        <v>371</v>
       </c>
       <c r="I180" s="22" t="s">
         <v>562</v>
       </c>
       <c r="J180" s="26">
-        <v>8002727569</v>
+        <v>4016814825</v>
       </c>
     </row>
     <row r="181" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B181" s="22">
-        <v>3003322425</v>
+        <v>2351137</v>
       </c>
       <c r="C181" s="23">
-        <v>45568</v>
+        <v>45995</v>
       </c>
       <c r="D181" s="23">
-        <v>46298</v>
+        <v>46360</v>
       </c>
       <c r="E181" s="24" t="s">
         <v>563</v>
       </c>
       <c r="F181" s="25" t="s">
         <v>564</v>
       </c>
       <c r="G181" s="24" t="s">
-        <v>565</v>
+        <v>288</v>
       </c>
       <c r="H181" s="22" t="s">
-        <v>148</v>
+        <v>199</v>
       </c>
       <c r="I181" s="22">
-        <v>19312</v>
+        <v>276153052</v>
       </c>
       <c r="J181" s="26">
-        <v>2679008320</v>
+        <v>9197167909</v>
       </c>
     </row>
     <row r="182" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B182" s="22">
-        <v>957532</v>
+        <v>16115374</v>
       </c>
       <c r="C182" s="23">
-        <v>40022</v>
+        <v>45714</v>
       </c>
       <c r="D182" s="23">
-        <v>46231</v>
+        <v>46444</v>
       </c>
       <c r="E182" s="24" t="s">
+        <v>565</v>
+      </c>
+      <c r="F182" s="25" t="s">
         <v>566</v>
       </c>
-      <c r="F182" s="25" t="s">
+      <c r="G182" s="24" t="s">
         <v>567</v>
       </c>
-      <c r="G182" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H182" s="22" t="s">
-        <v>541</v>
+        <v>172</v>
       </c>
       <c r="I182" s="22">
-        <v>45263</v>
+        <v>76109</v>
       </c>
       <c r="J182" s="26">
-        <v>5135340278</v>
+        <v>8177318621</v>
       </c>
     </row>
     <row r="183" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B183" s="22">
-        <v>2013273</v>
+        <v>3002199536</v>
       </c>
       <c r="C183" s="23">
-        <v>38162</v>
+        <v>45271</v>
       </c>
       <c r="D183" s="23">
-        <v>46197</v>
+        <v>46367</v>
       </c>
       <c r="E183" s="24" t="s">
+        <v>568</v>
+      </c>
+      <c r="F183" s="25" t="s">
         <v>569</v>
       </c>
-      <c r="F183" s="25" t="s">
+      <c r="G183" s="24" t="s">
         <v>570</v>
       </c>
-      <c r="G183" s="24" t="s">
+      <c r="H183" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="I183" s="22" t="s">
         <v>571</v>
       </c>
-      <c r="H183" s="22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J183" s="26">
-        <v>7048955606</v>
+        <v>5082737003</v>
       </c>
     </row>
     <row r="184" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B184" s="22">
-        <v>3002991855</v>
+        <v>963702</v>
       </c>
       <c r="C184" s="23">
-        <v>45771</v>
+        <v>39498</v>
       </c>
       <c r="D184" s="23">
-        <v>46136</v>
+        <v>46438</v>
       </c>
       <c r="E184" s="24" t="s">
         <v>572</v>
       </c>
       <c r="F184" s="25" t="s">
         <v>573</v>
       </c>
       <c r="G184" s="24" t="s">
-        <v>486</v>
+        <v>574</v>
       </c>
       <c r="H184" s="22" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-        <v>574</v>
+        <v>91</v>
+      </c>
+      <c r="I184" s="22">
+        <v>63367</v>
       </c>
       <c r="J184" s="26">
-        <v>4016814825</v>
+        <v>6366250900</v>
       </c>
     </row>
     <row r="185" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B185" s="22">
-        <v>16115374</v>
+        <v>3391527</v>
       </c>
       <c r="C185" s="23">
-        <v>45714</v>
+        <v>40441</v>
       </c>
       <c r="D185" s="23">
-        <v>46079</v>
+        <v>46285</v>
       </c>
       <c r="E185" s="24" t="s">
         <v>575</v>
       </c>
       <c r="F185" s="25" t="s">
         <v>576</v>
       </c>
       <c r="G185" s="24" t="s">
-        <v>577</v>
+        <v>185</v>
       </c>
       <c r="H185" s="22" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="I185" s="22">
-        <v>76109</v>
+        <v>381032749</v>
       </c>
       <c r="J185" s="26">
-        <v>8177318621</v>
+        <v>9018186118</v>
       </c>
     </row>
     <row r="186" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B186" s="22">
-        <v>3002199536</v>
+        <v>3002363294</v>
       </c>
       <c r="C186" s="23">
-        <v>45271</v>
+        <v>44963</v>
       </c>
       <c r="D186" s="23">
-        <v>46367</v>
+        <v>46424</v>
       </c>
       <c r="E186" s="24" t="s">
+        <v>577</v>
+      </c>
+      <c r="F186" s="25" t="s">
         <v>578</v>
       </c>
-      <c r="F186" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G186" s="24" t="s">
-        <v>580</v>
+        <v>54</v>
       </c>
       <c r="H186" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>581</v>
+        <v>55</v>
+      </c>
+      <c r="I186" s="22">
+        <v>10016</v>
       </c>
       <c r="J186" s="26">
-        <v>5082737003</v>
+        <v>8338085700</v>
       </c>
     </row>
     <row r="187" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B187" s="22">
-        <v>963702</v>
+        <v>1939067</v>
       </c>
       <c r="C187" s="23">
-        <v>39498</v>
+        <v>39933</v>
       </c>
       <c r="D187" s="23">
-        <v>46073</v>
+        <v>46142</v>
       </c>
       <c r="E187" s="24" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="F187" s="25" t="s">
-        <v>583</v>
+        <v>580</v>
       </c>
       <c r="G187" s="24" t="s">
-        <v>584</v>
+        <v>581</v>
       </c>
       <c r="H187" s="22" t="s">
-        <v>87</v>
+        <v>51</v>
       </c>
       <c r="I187" s="22">
-        <v>63367</v>
+        <v>92691</v>
       </c>
       <c r="J187" s="26">
-        <v>6366250900</v>
+        <v>9494550300</v>
       </c>
     </row>
     <row r="188" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B188" s="22">
-        <v>3391527</v>
+        <v>7613051</v>
       </c>
       <c r="C188" s="23">
-        <v>40441</v>
+        <v>40421</v>
       </c>
       <c r="D188" s="23">
-        <v>46285</v>
+        <v>46265</v>
       </c>
       <c r="E188" s="24" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="F188" s="25" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="G188" s="24" t="s">
-        <v>183</v>
+        <v>135</v>
       </c>
       <c r="H188" s="22" t="s">
-        <v>15</v>
+        <v>136</v>
       </c>
       <c r="I188" s="22">
-        <v>381032749</v>
+        <v>30339</v>
       </c>
       <c r="J188" s="26">
-        <v>9018186118</v>
+        <v>6789164166</v>
       </c>
     </row>
     <row r="189" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B189" s="22">
-        <v>3002363294</v>
+        <v>2009183</v>
       </c>
       <c r="C189" s="23">
-        <v>44963</v>
+        <v>38855</v>
       </c>
       <c r="D189" s="23">
-        <v>46424</v>
+        <v>46160</v>
       </c>
       <c r="E189" s="24" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="F189" s="25" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="G189" s="24" t="s">
-        <v>50</v>
+        <v>586</v>
       </c>
       <c r="H189" s="22" t="s">
-        <v>51</v>
+        <v>147</v>
       </c>
       <c r="I189" s="22">
-        <v>10016</v>
+        <v>15061</v>
       </c>
       <c r="J189" s="26">
-        <v>8338085700</v>
+        <v>7248462488</v>
       </c>
     </row>
     <row r="190" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B190" s="22">
-        <v>1939067</v>
+        <v>8778277</v>
       </c>
       <c r="C190" s="23">
-        <v>39933</v>
+        <v>39772</v>
       </c>
       <c r="D190" s="23">
-        <v>46142</v>
+        <v>46346</v>
       </c>
       <c r="E190" s="24" t="s">
+        <v>587</v>
+      </c>
+      <c r="F190" s="25" t="s">
+        <v>588</v>
+      </c>
+      <c r="G190" s="24" t="s">
         <v>589</v>
       </c>
-      <c r="F190" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H190" s="22" t="s">
-        <v>47</v>
+        <v>325</v>
       </c>
       <c r="I190" s="22">
-        <v>92691</v>
+        <v>21286</v>
       </c>
       <c r="J190" s="26">
-        <v>9494550300</v>
+        <v>4103089988</v>
       </c>
     </row>
     <row r="191" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B191" s="22">
-        <v>7613051</v>
+        <v>18075827</v>
       </c>
       <c r="C191" s="23">
-        <v>40421</v>
+        <v>42604</v>
       </c>
       <c r="D191" s="23">
-        <v>46265</v>
+        <v>46256</v>
       </c>
       <c r="E191" s="24" t="s">
+        <v>590</v>
+      </c>
+      <c r="F191" s="25" t="s">
+        <v>591</v>
+      </c>
+      <c r="G191" s="24" t="s">
+        <v>355</v>
+      </c>
+      <c r="H191" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="I191" s="22" t="s">
         <v>592</v>
       </c>
-      <c r="F191" s="25" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J191" s="26">
-        <v>6789164166</v>
+        <v>7819830076</v>
       </c>
     </row>
     <row r="192" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B192" s="22">
-        <v>2009183</v>
+        <v>766481</v>
       </c>
       <c r="C192" s="23">
-        <v>38855</v>
+        <v>37442</v>
       </c>
       <c r="D192" s="23">
-        <v>46160</v>
+        <v>46208</v>
       </c>
       <c r="E192" s="24" t="s">
+        <v>593</v>
+      </c>
+      <c r="F192" s="25" t="s">
         <v>594</v>
       </c>
-      <c r="F192" s="25" t="s">
+      <c r="G192" s="24" t="s">
         <v>595</v>
       </c>
-      <c r="G192" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H192" s="22" t="s">
-        <v>148</v>
+        <v>28</v>
       </c>
       <c r="I192" s="22">
-        <v>15061</v>
+        <v>32707</v>
       </c>
       <c r="J192" s="26">
-        <v>7248462488</v>
+        <v>4073399090</v>
       </c>
     </row>
     <row r="193" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B193" s="22">
-        <v>8778277</v>
+        <v>18966453</v>
       </c>
       <c r="C193" s="23">
-        <v>39772</v>
+        <v>43475</v>
       </c>
       <c r="D193" s="23">
-        <v>46346</v>
+        <v>46397</v>
       </c>
       <c r="E193" s="24" t="s">
-        <v>597</v>
+        <v>596</v>
       </c>
       <c r="F193" s="25" t="s">
-        <v>598</v>
+        <v>458</v>
       </c>
       <c r="G193" s="24" t="s">
-        <v>599</v>
+        <v>459</v>
       </c>
       <c r="H193" s="22" t="s">
-        <v>332</v>
+        <v>39</v>
       </c>
       <c r="I193" s="22">
-        <v>21286</v>
+        <v>199042409</v>
       </c>
       <c r="J193" s="26">
-        <v>4103089988</v>
+        <v>3175746257</v>
       </c>
     </row>
     <row r="194" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B194" s="22">
-        <v>18075827</v>
+        <v>8347744</v>
       </c>
       <c r="C194" s="23">
-        <v>42604</v>
+        <v>42439</v>
       </c>
       <c r="D194" s="23">
-        <v>46256</v>
+        <v>46091</v>
       </c>
       <c r="E194" s="24" t="s">
+        <v>597</v>
+      </c>
+      <c r="F194" s="25" t="s">
+        <v>598</v>
+      </c>
+      <c r="G194" s="24" t="s">
+        <v>599</v>
+      </c>
+      <c r="H194" s="22" t="s">
+        <v>115</v>
+      </c>
+      <c r="I194" s="22" t="s">
         <v>600</v>
       </c>
-      <c r="F194" s="25" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J194" s="26">
-        <v>7819830076</v>
+        <v>7322806886</v>
       </c>
     </row>
     <row r="195" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B195" s="22">
-        <v>766481</v>
+        <v>9052904</v>
       </c>
       <c r="C195" s="23">
-        <v>37442</v>
+        <v>39105</v>
       </c>
       <c r="D195" s="23">
-        <v>46208</v>
+        <v>46410</v>
       </c>
       <c r="E195" s="24" t="s">
+        <v>601</v>
+      </c>
+      <c r="F195" s="25" t="s">
         <v>602</v>
       </c>
-      <c r="F195" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G195" s="24" t="s">
-        <v>604</v>
+        <v>267</v>
       </c>
       <c r="H195" s="22" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="I195" s="22">
-        <v>32707</v>
+        <v>24817512</v>
       </c>
       <c r="J195" s="26">
-        <v>4073399090</v>
+        <v>7812374657</v>
       </c>
     </row>
     <row r="196" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B196" s="22">
-        <v>18966453</v>
+        <v>7339508</v>
       </c>
       <c r="C196" s="23">
-        <v>43475</v>
+        <v>38023</v>
       </c>
       <c r="D196" s="23">
-        <v>46032</v>
+        <v>46424</v>
       </c>
       <c r="E196" s="24" t="s">
+        <v>603</v>
+      </c>
+      <c r="F196" s="25" t="s">
+        <v>604</v>
+      </c>
+      <c r="G196" s="24" t="s">
         <v>605</v>
       </c>
-      <c r="F196" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H196" s="22" t="s">
-        <v>39</v>
+        <v>333</v>
       </c>
       <c r="I196" s="22">
-        <v>199042409</v>
+        <v>80112</v>
       </c>
       <c r="J196" s="26">
-        <v>3175746257</v>
+        <v>3037858470</v>
       </c>
     </row>
     <row r="197" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B197" s="22">
-        <v>8347744</v>
+        <v>3002806183</v>
       </c>
       <c r="C197" s="23">
-        <v>42439</v>
+        <v>45230</v>
       </c>
       <c r="D197" s="23">
-        <v>46091</v>
+        <v>46326</v>
       </c>
       <c r="E197" s="24" t="s">
         <v>606</v>
       </c>
       <c r="F197" s="25" t="s">
         <v>607</v>
       </c>
       <c r="G197" s="24" t="s">
-        <v>608</v>
+        <v>396</v>
       </c>
       <c r="H197" s="22" t="s">
-        <v>116</v>
+        <v>23</v>
       </c>
       <c r="I197" s="22" t="s">
-        <v>609</v>
+        <v>466</v>
       </c>
       <c r="J197" s="26">
-        <v>7322806886</v>
+        <v>6179466644</v>
       </c>
     </row>
     <row r="198" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B198" s="22">
-        <v>9052904</v>
+        <v>659612</v>
       </c>
       <c r="C198" s="23">
-        <v>39105</v>
+        <v>43192</v>
       </c>
       <c r="D198" s="23">
-        <v>46410</v>
+        <v>46114</v>
       </c>
       <c r="E198" s="24" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="F198" s="25" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="G198" s="24" t="s">
-        <v>106</v>
+        <v>427</v>
       </c>
       <c r="H198" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>612</v>
+        <v>311</v>
+      </c>
+      <c r="I198" s="22">
+        <v>23060</v>
       </c>
       <c r="J198" s="26">
-        <v>7812374657</v>
+        <v>8049225402</v>
       </c>
     </row>
     <row r="199" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B199" s="22">
-        <v>7339508</v>
+        <v>16845606</v>
       </c>
       <c r="C199" s="23">
-        <v>38023</v>
+        <v>46043</v>
       </c>
       <c r="D199" s="23">
-        <v>46059</v>
+        <v>46408</v>
       </c>
       <c r="E199" s="24" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="F199" s="25" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="G199" s="24" t="s">
-        <v>615</v>
+        <v>224</v>
       </c>
       <c r="H199" s="22" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-        <v>80112</v>
+        <v>23</v>
+      </c>
+      <c r="I199" s="22" t="s">
+        <v>225</v>
       </c>
       <c r="J199" s="26">
-        <v>3037858470</v>
+        <v>5088659599</v>
       </c>
     </row>
     <row r="200" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B200" s="22">
-        <v>3002806183</v>
+        <v>3004019201</v>
       </c>
       <c r="C200" s="23">
-        <v>45230</v>
+        <v>46021</v>
       </c>
       <c r="D200" s="23">
-        <v>46326</v>
+        <v>46386</v>
       </c>
       <c r="E200" s="24" t="s">
-        <v>616</v>
+        <v>612</v>
       </c>
       <c r="F200" s="25" t="s">
-        <v>617</v>
+        <v>613</v>
       </c>
       <c r="G200" s="24" t="s">
-        <v>403</v>
+        <v>614</v>
       </c>
       <c r="H200" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>475</v>
+        <v>115</v>
+      </c>
+      <c r="I200" s="22">
+        <v>85280399</v>
       </c>
       <c r="J200" s="26">
-        <v>6179466644</v>
+        <v>6096318231</v>
       </c>
     </row>
     <row r="201" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B201" s="22">
-        <v>659612</v>
+        <v>7695321</v>
       </c>
       <c r="C201" s="23">
-        <v>43192</v>
+        <v>43781</v>
       </c>
       <c r="D201" s="23">
-        <v>46114</v>
+        <v>46338</v>
       </c>
       <c r="E201" s="24" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="F201" s="25" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="G201" s="24" t="s">
-        <v>436</v>
+        <v>617</v>
       </c>
       <c r="H201" s="22" t="s">
-        <v>318</v>
+        <v>51</v>
       </c>
       <c r="I201" s="22">
-        <v>23060</v>
+        <v>91107</v>
       </c>
       <c r="J201" s="26">
-        <v>8049225402</v>
+        <v>6269645966</v>
       </c>
     </row>
     <row r="202" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B202" s="22">
-        <v>7695321</v>
+        <v>5437703</v>
       </c>
       <c r="C202" s="23">
-        <v>43781</v>
+        <v>36209</v>
       </c>
       <c r="D202" s="23">
-        <v>46338</v>
+        <v>46071</v>
       </c>
       <c r="E202" s="24" t="s">
+        <v>618</v>
+      </c>
+      <c r="F202" s="25" t="s">
+        <v>619</v>
+      </c>
+      <c r="G202" s="24" t="s">
         <v>620</v>
       </c>
-      <c r="F202" s="25" t="s">
+      <c r="H202" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="I202" s="22" t="s">
         <v>621</v>
       </c>
-      <c r="G202" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J202" s="26">
-        <v>6269645966</v>
+        <v>5087756010</v>
       </c>
     </row>
     <row r="203" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B203" s="22">
-        <v>5437703</v>
+        <v>3002431984</v>
       </c>
       <c r="C203" s="23">
-        <v>36209</v>
+        <v>45008</v>
       </c>
       <c r="D203" s="23">
-        <v>46071</v>
+        <v>46104</v>
       </c>
       <c r="E203" s="24" t="s">
+        <v>622</v>
+      </c>
+      <c r="F203" s="25" t="s">
         <v>623</v>
       </c>
-      <c r="F203" s="25" t="s">
+      <c r="G203" s="24" t="s">
         <v>624</v>
       </c>
-      <c r="G203" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H203" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>626</v>
+        <v>371</v>
+      </c>
+      <c r="I203" s="22">
+        <v>29033153</v>
       </c>
       <c r="J203" s="26">
-        <v>5087756010</v>
+        <v>4012288803</v>
       </c>
     </row>
     <row r="204" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B204" s="22">
-        <v>3002431984</v>
+        <v>3002095832</v>
       </c>
       <c r="C204" s="23">
-        <v>45008</v>
+        <v>44791</v>
       </c>
       <c r="D204" s="23">
-        <v>46104</v>
+        <v>46252</v>
       </c>
       <c r="E204" s="24" t="s">
+        <v>625</v>
+      </c>
+      <c r="F204" s="25" t="s">
+        <v>626</v>
+      </c>
+      <c r="G204" s="24" t="s">
+        <v>179</v>
+      </c>
+      <c r="H204" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="I204" s="22" t="s">
         <v>627</v>
       </c>
-      <c r="F204" s="25" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J204" s="26">
-        <v>4012288803</v>
+        <v>8606883000</v>
       </c>
     </row>
     <row r="205" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B205" s="22">
-        <v>3002095832</v>
+        <v>16474230</v>
       </c>
       <c r="C205" s="23">
-        <v>44791</v>
+        <v>45719</v>
       </c>
       <c r="D205" s="23">
-        <v>46252</v>
+        <v>46084</v>
       </c>
       <c r="E205" s="24" t="s">
+        <v>628</v>
+      </c>
+      <c r="F205" s="25" t="s">
+        <v>629</v>
+      </c>
+      <c r="G205" s="24" t="s">
         <v>630</v>
       </c>
-      <c r="F205" s="25" t="s">
+      <c r="H205" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="I205" s="22" t="s">
         <v>631</v>
       </c>
-      <c r="G205" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J205" s="26">
-        <v>8606883000</v>
+        <v>6178287443</v>
       </c>
     </row>
     <row r="206" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B206" s="22">
-        <v>16474230</v>
+        <v>14291411</v>
       </c>
       <c r="C206" s="23">
-        <v>45719</v>
+        <v>40059</v>
       </c>
       <c r="D206" s="23">
-        <v>46084</v>
+        <v>46268</v>
       </c>
       <c r="E206" s="24" t="s">
+        <v>632</v>
+      </c>
+      <c r="F206" s="25" t="s">
         <v>633</v>
       </c>
-      <c r="F206" s="25" t="s">
+      <c r="G206" s="24" t="s">
         <v>634</v>
       </c>
-      <c r="G206" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H206" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>636</v>
+        <v>47</v>
+      </c>
+      <c r="I206" s="22">
+        <v>55126</v>
       </c>
       <c r="J206" s="26">
-        <v>6178287443</v>
+        <v>8669911539</v>
       </c>
     </row>
     <row r="207" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B207" s="22">
-        <v>14291411</v>
+        <v>8219349</v>
       </c>
       <c r="C207" s="23">
-        <v>40059</v>
+        <v>45621</v>
       </c>
       <c r="D207" s="23">
-        <v>46268</v>
+        <v>46351</v>
       </c>
       <c r="E207" s="24" t="s">
+        <v>635</v>
+      </c>
+      <c r="F207" s="25" t="s">
+        <v>636</v>
+      </c>
+      <c r="G207" s="24" t="s">
         <v>637</v>
       </c>
-      <c r="F207" s="25" t="s">
+      <c r="H207" s="22" t="s">
+        <v>371</v>
+      </c>
+      <c r="I207" s="22" t="s">
         <v>638</v>
       </c>
-      <c r="G207" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J207" s="26">
-        <v>8669911539</v>
+        <v>4018287946</v>
       </c>
     </row>
     <row r="208" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B208" s="22">
-        <v>8219349</v>
+        <v>3001839915</v>
       </c>
       <c r="C208" s="23">
-        <v>45621</v>
+        <v>44637</v>
       </c>
       <c r="D208" s="23">
-        <v>46351</v>
+        <v>46098</v>
       </c>
       <c r="E208" s="24" t="s">
+        <v>639</v>
+      </c>
+      <c r="F208" s="25" t="s">
         <v>640</v>
       </c>
-      <c r="F208" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G208" s="24" t="s">
-        <v>642</v>
+        <v>94</v>
       </c>
       <c r="H208" s="22" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-        <v>643</v>
+        <v>95</v>
+      </c>
+      <c r="I208" s="22">
+        <v>60606</v>
       </c>
       <c r="J208" s="26">
-        <v>4018287946</v>
+        <v>3125172535</v>
       </c>
     </row>
     <row r="209" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B209" s="22">
-        <v>3001839915</v>
+        <v>3001937286</v>
       </c>
       <c r="C209" s="23">
-        <v>44637</v>
+        <v>44693</v>
       </c>
       <c r="D209" s="23">
-        <v>46098</v>
+        <v>46154</v>
       </c>
       <c r="E209" s="24" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="F209" s="25" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="G209" s="24" t="s">
-        <v>90</v>
+        <v>553</v>
       </c>
       <c r="H209" s="22" t="s">
-        <v>91</v>
+        <v>147</v>
       </c>
       <c r="I209" s="22">
-        <v>60606</v>
+        <v>19312</v>
       </c>
       <c r="J209" s="26">
-        <v>3125172535</v>
+        <v>6102967630</v>
       </c>
     </row>
     <row r="210" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B210" s="22">
-        <v>3001937286</v>
+        <v>3003978350</v>
       </c>
       <c r="C210" s="23">
-        <v>44693</v>
+        <v>45987</v>
       </c>
       <c r="D210" s="23">
-        <v>46154</v>
+        <v>46352</v>
       </c>
       <c r="E210" s="24" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
       <c r="F210" s="25" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="G210" s="24" t="s">
-        <v>565</v>
+        <v>288</v>
       </c>
       <c r="H210" s="22" t="s">
-        <v>148</v>
+        <v>199</v>
       </c>
       <c r="I210" s="22">
-        <v>19312</v>
+        <v>276099124</v>
       </c>
       <c r="J210" s="26">
-        <v>6102967630</v>
+        <v>9199816355</v>
       </c>
     </row>
     <row r="211" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B211" s="22">
-        <v>3003978350</v>
+        <v>2012766</v>
       </c>
       <c r="C211" s="23">
-        <v>45987</v>
+        <v>44314</v>
       </c>
       <c r="D211" s="23">
-        <v>46352</v>
+        <v>46140</v>
       </c>
       <c r="E211" s="24" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="F211" s="25" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
       <c r="G211" s="24" t="s">
-        <v>295</v>
+        <v>219</v>
       </c>
       <c r="H211" s="22" t="s">
-        <v>197</v>
+        <v>158</v>
       </c>
       <c r="I211" s="22">
-        <v>276099124</v>
+        <v>524011307</v>
       </c>
       <c r="J211" s="26">
-        <v>9199816355</v>
+        <v>3193781074</v>
       </c>
     </row>
     <row r="212" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B212" s="22">
-        <v>2012766</v>
+        <v>3001931066</v>
       </c>
       <c r="C212" s="23">
-        <v>44314</v>
+        <v>44690</v>
       </c>
       <c r="D212" s="23">
-        <v>46140</v>
+        <v>46151</v>
       </c>
       <c r="E212" s="24" t="s">
+        <v>647</v>
+      </c>
+      <c r="F212" s="25" t="s">
+        <v>648</v>
+      </c>
+      <c r="G212" s="24" t="s">
+        <v>649</v>
+      </c>
+      <c r="H212" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="I212" s="22" t="s">
         <v>650</v>
       </c>
-      <c r="F212" s="25" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J212" s="26">
-        <v>3193781074</v>
+        <v>5089800999</v>
       </c>
     </row>
     <row r="213" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B213" s="22">
-        <v>3001931066</v>
+        <v>8000233</v>
       </c>
       <c r="C213" s="23">
-        <v>44690</v>
+        <v>38426</v>
       </c>
       <c r="D213" s="23">
-        <v>46151</v>
+        <v>46461</v>
       </c>
       <c r="E213" s="24" t="s">
+        <v>651</v>
+      </c>
+      <c r="F213" s="25" t="s">
         <v>652</v>
       </c>
-      <c r="F213" s="25" t="s">
+      <c r="G213" s="24" t="s">
         <v>653</v>
       </c>
-      <c r="G213" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H213" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>655</v>
+        <v>28</v>
+      </c>
+      <c r="I213" s="22">
+        <v>33418</v>
       </c>
       <c r="J213" s="26">
-        <v>5089800999</v>
+        <v>5614722700</v>
       </c>
     </row>
     <row r="214" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B214" s="22">
-        <v>8000233</v>
+        <v>3002100764</v>
       </c>
       <c r="C214" s="23">
-        <v>38426</v>
+        <v>44795</v>
       </c>
       <c r="D214" s="23">
-        <v>46096</v>
+        <v>46256</v>
       </c>
       <c r="E214" s="24" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="F214" s="25" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="G214" s="24" t="s">
-        <v>658</v>
+        <v>482</v>
       </c>
       <c r="H214" s="22" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="I214" s="22">
-        <v>33418</v>
+        <v>15813935</v>
       </c>
       <c r="J214" s="26">
-        <v>5614722700</v>
+        <v>9782285266</v>
       </c>
     </row>
     <row r="215" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B215" s="22">
-        <v>3002100764</v>
+        <v>17082289</v>
       </c>
       <c r="C215" s="23">
-        <v>44795</v>
+        <v>43713</v>
       </c>
       <c r="D215" s="23">
-        <v>46256</v>
+        <v>46270</v>
       </c>
       <c r="E215" s="24" t="s">
-        <v>659</v>
+        <v>656</v>
       </c>
       <c r="F215" s="25" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="G215" s="24" t="s">
-        <v>491</v>
+        <v>658</v>
       </c>
       <c r="H215" s="22" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="I215" s="22">
-        <v>15813935</v>
+        <v>11545</v>
       </c>
       <c r="J215" s="26">
-        <v>9782285266</v>
+        <v>5166711099</v>
       </c>
     </row>
     <row r="216" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B216" s="22">
-        <v>17082289</v>
+        <v>19804424</v>
       </c>
       <c r="C216" s="23">
-        <v>43713</v>
+        <v>44319</v>
       </c>
       <c r="D216" s="23">
-        <v>46270</v>
+        <v>46145</v>
       </c>
       <c r="E216" s="24" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="F216" s="25" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="G216" s="24" t="s">
-        <v>663</v>
+        <v>94</v>
       </c>
       <c r="H216" s="22" t="s">
-        <v>51</v>
+        <v>95</v>
       </c>
       <c r="I216" s="22">
-        <v>11545</v>
+        <v>60661</v>
       </c>
       <c r="J216" s="26">
-        <v>5166711099</v>
+        <v>3125862790</v>
       </c>
     </row>
     <row r="217" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B217" s="22">
-        <v>19804424</v>
+        <v>8152482</v>
       </c>
       <c r="C217" s="23">
-        <v>44319</v>
+        <v>44720</v>
       </c>
       <c r="D217" s="23">
-        <v>46145</v>
+        <v>46181</v>
       </c>
       <c r="E217" s="24" t="s">
+        <v>661</v>
+      </c>
+      <c r="F217" s="25" t="s">
+        <v>662</v>
+      </c>
+      <c r="G217" s="24" t="s">
+        <v>663</v>
+      </c>
+      <c r="H217" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="I217" s="22" t="s">
         <v>664</v>
       </c>
-      <c r="F217" s="25" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J217" s="26">
-        <v>3125862790</v>
+        <v>9782799100</v>
       </c>
     </row>
     <row r="218" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B218" s="22">
-        <v>8152482</v>
+        <v>5251060</v>
       </c>
       <c r="C218" s="23">
-        <v>44720</v>
+        <v>41745</v>
       </c>
       <c r="D218" s="23">
-        <v>46181</v>
+        <v>46128</v>
       </c>
       <c r="E218" s="24" t="s">
+        <v>665</v>
+      </c>
+      <c r="F218" s="25" t="s">
         <v>666</v>
       </c>
-      <c r="F218" s="25" t="s">
+      <c r="G218" s="24" t="s">
         <v>667</v>
       </c>
-      <c r="G218" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H218" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>669</v>
+        <v>51</v>
+      </c>
+      <c r="I218" s="22">
+        <v>95630</v>
       </c>
       <c r="J218" s="26">
-        <v>9782799100</v>
+        <v>9164822196</v>
       </c>
     </row>
     <row r="219" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B219" s="22">
-        <v>5251060</v>
+        <v>8243893</v>
       </c>
       <c r="C219" s="23">
-        <v>41745</v>
+        <v>39679</v>
       </c>
       <c r="D219" s="23">
-        <v>46128</v>
+        <v>46253</v>
       </c>
       <c r="E219" s="24" t="s">
-        <v>670</v>
+        <v>668</v>
       </c>
       <c r="F219" s="25" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="G219" s="24" t="s">
-        <v>672</v>
+        <v>505</v>
       </c>
       <c r="H219" s="22" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="I219" s="22">
-        <v>95630</v>
+        <v>48034</v>
       </c>
       <c r="J219" s="26">
-        <v>9164822196</v>
+        <v>2483042855</v>
       </c>
     </row>
     <row r="220" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B220" s="22">
-        <v>8243893</v>
+        <v>8059001</v>
       </c>
       <c r="C220" s="23">
-        <v>39679</v>
+        <v>41526</v>
       </c>
       <c r="D220" s="23">
-        <v>46253</v>
+        <v>46274</v>
       </c>
       <c r="E220" s="24" t="s">
+        <v>670</v>
+      </c>
+      <c r="F220" s="25" t="s">
+        <v>671</v>
+      </c>
+      <c r="G220" s="24" t="s">
+        <v>672</v>
+      </c>
+      <c r="H220" s="22" t="s">
         <v>673</v>
       </c>
-      <c r="F220" s="25" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I220" s="22">
-        <v>48034</v>
+        <v>366081239</v>
       </c>
       <c r="J220" s="26">
-        <v>2483042855</v>
+        <v>8004605567</v>
       </c>
     </row>
     <row r="221" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B221" s="22">
-        <v>8059001</v>
+        <v>15995418</v>
       </c>
       <c r="C221" s="23">
-        <v>41526</v>
+        <v>43195</v>
       </c>
       <c r="D221" s="23">
-        <v>46274</v>
+        <v>46117</v>
       </c>
       <c r="E221" s="24" t="s">
+        <v>674</v>
+      </c>
+      <c r="F221" s="25" t="s">
         <v>675</v>
       </c>
-      <c r="F221" s="25" t="s">
+      <c r="G221" s="24" t="s">
         <v>676</v>
       </c>
-      <c r="G221" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H221" s="22" t="s">
-        <v>678</v>
+        <v>325</v>
       </c>
       <c r="I221" s="22">
-        <v>36602</v>
+        <v>21093</v>
       </c>
       <c r="J221" s="26">
-        <v>8004605567</v>
+        <v>4106598900</v>
       </c>
     </row>
     <row r="222" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B222" s="22">
-        <v>15995418</v>
+        <v>963028</v>
       </c>
       <c r="C222" s="23">
-        <v>43195</v>
+        <v>43564</v>
       </c>
       <c r="D222" s="23">
-        <v>46117</v>
+        <v>46121</v>
       </c>
       <c r="E222" s="24" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="F222" s="25" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="G222" s="24" t="s">
-        <v>681</v>
+        <v>434</v>
       </c>
       <c r="H222" s="22" t="s">
-        <v>332</v>
+        <v>189</v>
       </c>
       <c r="I222" s="22">
-        <v>21093</v>
+        <v>537192832</v>
       </c>
       <c r="J222" s="26">
-        <v>4106598900</v>
+        <v>6086626100</v>
       </c>
     </row>
     <row r="223" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B223" s="22">
-        <v>963028</v>
+        <v>7814139</v>
       </c>
       <c r="C223" s="23">
-        <v>43564</v>
+        <v>43460</v>
       </c>
       <c r="D223" s="23">
-        <v>46121</v>
+        <v>46382</v>
       </c>
       <c r="E223" s="24" t="s">
-        <v>682</v>
+        <v>679</v>
       </c>
       <c r="F223" s="25" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="G223" s="24" t="s">
-        <v>443</v>
+        <v>681</v>
       </c>
       <c r="H223" s="22" t="s">
-        <v>187</v>
+        <v>55</v>
       </c>
       <c r="I223" s="22">
-        <v>537192832</v>
+        <v>13214</v>
       </c>
       <c r="J223" s="26">
-        <v>6086626100</v>
+        <v>3154140722</v>
       </c>
     </row>
     <row r="224" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B224" s="22">
-        <v>2063153</v>
+        <v>2329166</v>
       </c>
       <c r="C224" s="23">
-        <v>44937</v>
+        <v>45497</v>
       </c>
       <c r="D224" s="23">
-        <v>46033</v>
+        <v>46227</v>
       </c>
       <c r="E224" s="24" t="s">
+        <v>682</v>
+      </c>
+      <c r="F224" s="25" t="s">
+        <v>683</v>
+      </c>
+      <c r="G224" s="24" t="s">
         <v>684</v>
       </c>
-      <c r="F224" s="25" t="s">
+      <c r="H224" s="22" t="s">
         <v>685</v>
       </c>
-      <c r="G224" s="24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I224" s="22">
-        <v>33907</v>
+        <v>41014719</v>
       </c>
       <c r="J224" s="26">
-        <v>2399394455</v>
+        <v>2077756177</v>
       </c>
     </row>
     <row r="225" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B225" s="22">
-        <v>7814139</v>
+        <v>3003992258</v>
       </c>
       <c r="C225" s="23">
-        <v>43460</v>
+        <v>46000</v>
       </c>
       <c r="D225" s="23">
-        <v>46382</v>
+        <v>46365</v>
       </c>
       <c r="E225" s="24" t="s">
+        <v>686</v>
+      </c>
+      <c r="F225" s="25" t="s">
         <v>687</v>
       </c>
-      <c r="F225" s="25" t="s">
+      <c r="G225" s="24" t="s">
         <v>688</v>
       </c>
-      <c r="G225" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H225" s="22" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="I225" s="22">
-        <v>13214</v>
+        <v>658047211</v>
       </c>
       <c r="J225" s="26">
-        <v>3154140722</v>
+        <v>4178827283</v>
       </c>
     </row>
     <row r="226" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B226" s="22">
-        <v>2329166</v>
+        <v>11606432</v>
       </c>
       <c r="C226" s="23">
-        <v>45497</v>
+        <v>44295</v>
       </c>
       <c r="D226" s="23">
-        <v>46227</v>
+        <v>46121</v>
       </c>
       <c r="E226" s="24" t="s">
+        <v>689</v>
+      </c>
+      <c r="F226" s="25" t="s">
         <v>690</v>
       </c>
-      <c r="F226" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G226" s="24" t="s">
-        <v>692</v>
+        <v>94</v>
       </c>
       <c r="H226" s="22" t="s">
-        <v>693</v>
+        <v>95</v>
       </c>
       <c r="I226" s="22">
-        <v>41014719</v>
+        <v>60606</v>
       </c>
       <c r="J226" s="26">
-        <v>2077756177</v>
+        <v>3129623800</v>
       </c>
     </row>
     <row r="227" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B227" s="22">
-        <v>11606432</v>
+        <v>686603</v>
       </c>
       <c r="C227" s="23">
-        <v>44295</v>
+        <v>38946</v>
       </c>
       <c r="D227" s="23">
-        <v>46121</v>
+        <v>46251</v>
       </c>
       <c r="E227" s="24" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
       <c r="F227" s="25" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="G227" s="24" t="s">
-        <v>90</v>
+        <v>171</v>
       </c>
       <c r="H227" s="22" t="s">
-        <v>91</v>
+        <v>172</v>
       </c>
       <c r="I227" s="22">
-        <v>60606</v>
+        <v>752016534</v>
       </c>
       <c r="J227" s="26">
-        <v>3129623800</v>
+        <v>2148591710</v>
       </c>
     </row>
     <row r="228" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B228" s="22">
-        <v>686603</v>
+        <v>18710327</v>
       </c>
       <c r="C228" s="23">
-        <v>38946</v>
+        <v>44742</v>
       </c>
       <c r="D228" s="23">
-        <v>46251</v>
+        <v>46203</v>
       </c>
       <c r="E228" s="24" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
       <c r="F228" s="25" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="G228" s="24" t="s">
-        <v>172</v>
+        <v>695</v>
       </c>
       <c r="H228" s="22" t="s">
-        <v>173</v>
+        <v>63</v>
       </c>
       <c r="I228" s="22">
-        <v>752016534</v>
+        <v>60350603</v>
       </c>
       <c r="J228" s="26">
-        <v>2148591710</v>
+        <v>4132844747</v>
       </c>
     </row>
     <row r="229" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B229" s="22">
-        <v>18710327</v>
+        <v>19080586</v>
       </c>
       <c r="C229" s="23">
-        <v>44742</v>
+        <v>43546</v>
       </c>
       <c r="D229" s="23">
-        <v>46203</v>
+        <v>46103</v>
       </c>
       <c r="E229" s="24" t="s">
+        <v>696</v>
+      </c>
+      <c r="F229" s="25" t="s">
+        <v>697</v>
+      </c>
+      <c r="G229" s="24" t="s">
+        <v>355</v>
+      </c>
+      <c r="H229" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="I229" s="22" t="s">
         <v>698</v>
       </c>
-      <c r="F229" s="25" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J229" s="26">
-        <v>4132844747</v>
+        <v>6179057847</v>
       </c>
     </row>
     <row r="230" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B230" s="22">
-        <v>19080586</v>
+        <v>958154</v>
       </c>
       <c r="C230" s="23">
-        <v>43546</v>
+        <v>36978</v>
       </c>
       <c r="D230" s="23">
-        <v>46103</v>
+        <v>46474</v>
       </c>
       <c r="E230" s="24" t="s">
-        <v>701</v>
+        <v>699</v>
       </c>
       <c r="F230" s="25" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="G230" s="24" t="s">
-        <v>220</v>
+        <v>688</v>
       </c>
       <c r="H230" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>703</v>
+        <v>95</v>
+      </c>
+      <c r="I230" s="22">
+        <v>62715</v>
       </c>
       <c r="J230" s="26">
-        <v>6179057847</v>
+        <v>2177892500</v>
       </c>
     </row>
     <row r="231" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B231" s="22">
-        <v>958154</v>
+        <v>662994</v>
       </c>
       <c r="C231" s="23">
-        <v>36978</v>
+        <v>39120</v>
       </c>
       <c r="D231" s="23">
-        <v>46109</v>
+        <v>46425</v>
       </c>
       <c r="E231" s="24" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="F231" s="25" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="G231" s="24" t="s">
-        <v>706</v>
+        <v>38</v>
       </c>
       <c r="H231" s="22" t="s">
-        <v>91</v>
+        <v>39</v>
       </c>
       <c r="I231" s="22">
-        <v>62715</v>
+        <v>19801</v>
       </c>
       <c r="J231" s="26">
-        <v>2177892500</v>
+        <v>4068990706</v>
       </c>
     </row>
     <row r="232" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B232" s="22">
-        <v>662994</v>
+        <v>3149107</v>
       </c>
       <c r="C232" s="23">
-        <v>39120</v>
+        <v>37924</v>
       </c>
       <c r="D232" s="23">
-        <v>46060</v>
+        <v>46325</v>
       </c>
       <c r="E232" s="24" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
       <c r="F232" s="25" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="G232" s="24" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="H232" s="22" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="I232" s="22">
-        <v>19801</v>
+        <v>100012189</v>
       </c>
       <c r="J232" s="26">
-        <v>2159568675</v>
+        <v>8006623343</v>
       </c>
     </row>
     <row r="233" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B233" s="22">
-        <v>3149107</v>
+        <v>3002359458</v>
       </c>
       <c r="C233" s="23">
-        <v>37924</v>
+        <v>44959</v>
       </c>
       <c r="D233" s="23">
-        <v>46325</v>
+        <v>46420</v>
       </c>
       <c r="E233" s="24" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="F233" s="25" t="s">
-        <v>710</v>
+        <v>704</v>
       </c>
       <c r="G233" s="24" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="H233" s="22" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="I233" s="22">
-        <v>100012189</v>
+        <v>100012188</v>
       </c>
       <c r="J233" s="26">
         <v>8006623343</v>
       </c>
     </row>
     <row r="234" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B234" s="22">
-        <v>3002359458</v>
+        <v>3002329628</v>
       </c>
       <c r="C234" s="23">
-        <v>44959</v>
+        <v>44937</v>
       </c>
       <c r="D234" s="23">
-        <v>46055</v>
+        <v>46398</v>
       </c>
       <c r="E234" s="24" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="F234" s="25" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="G234" s="24" t="s">
-        <v>50</v>
+        <v>599</v>
       </c>
       <c r="H234" s="22" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>100012188</v>
+        <v>115</v>
+      </c>
+      <c r="I234" s="22" t="s">
+        <v>600</v>
       </c>
       <c r="J234" s="26">
-        <v>8006623343</v>
+        <v>7327471900</v>
       </c>
     </row>
     <row r="235" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B235" s="22">
-        <v>3002329628</v>
+        <v>2777049</v>
       </c>
       <c r="C235" s="23">
-        <v>44937</v>
+        <v>37718</v>
       </c>
       <c r="D235" s="23">
-        <v>46033</v>
+        <v>46119</v>
       </c>
       <c r="E235" s="24" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="F235" s="25" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="G235" s="24" t="s">
-        <v>608</v>
+        <v>710</v>
       </c>
       <c r="H235" s="22" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>609</v>
+        <v>529</v>
+      </c>
+      <c r="I235" s="22">
+        <v>43215</v>
       </c>
       <c r="J235" s="26">
-        <v>7327471900</v>
+        <v>8885767900</v>
       </c>
     </row>
     <row r="236" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B236" s="22">
-        <v>2777049</v>
+        <v>3003035583</v>
       </c>
       <c r="C236" s="23">
-        <v>37718</v>
+        <v>45387</v>
       </c>
       <c r="D236" s="23">
-        <v>46119</v>
+        <v>46482</v>
       </c>
       <c r="E236" s="24" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="F236" s="25" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="G236" s="24" t="s">
-        <v>716</v>
+        <v>143</v>
       </c>
       <c r="H236" s="22" t="s">
-        <v>541</v>
+        <v>91</v>
       </c>
       <c r="I236" s="22">
-        <v>43215</v>
+        <v>631053311</v>
       </c>
       <c r="J236" s="26">
-        <v>8885767900</v>
+        <v>3142362219</v>
       </c>
     </row>
     <row r="237" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B237" s="22">
-        <v>3003035583</v>
+        <v>3003073391</v>
       </c>
       <c r="C237" s="23">
-        <v>45387</v>
+        <v>45412</v>
       </c>
       <c r="D237" s="23">
-        <v>46117</v>
+        <v>46142</v>
       </c>
       <c r="E237" s="24" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="F237" s="25" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
       <c r="G237" s="24" t="s">
-        <v>144</v>
+        <v>620</v>
       </c>
       <c r="H237" s="22" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>631053311</v>
+        <v>23</v>
+      </c>
+      <c r="I237" s="22" t="s">
+        <v>621</v>
       </c>
       <c r="J237" s="26">
-        <v>3142362219</v>
+        <v>5087753222</v>
       </c>
     </row>
     <row r="238" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B238" s="22">
-        <v>3003073391</v>
+        <v>20247888</v>
       </c>
       <c r="C238" s="23">
-        <v>45412</v>
+        <v>44628</v>
       </c>
       <c r="D238" s="23">
-        <v>46142</v>
+        <v>46089</v>
       </c>
       <c r="E238" s="24" t="s">
-        <v>719</v>
+        <v>715</v>
       </c>
       <c r="F238" s="25" t="s">
-        <v>720</v>
+        <v>716</v>
       </c>
       <c r="G238" s="24" t="s">
-        <v>625</v>
+        <v>717</v>
       </c>
       <c r="H238" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>626</v>
+        <v>718</v>
+      </c>
+      <c r="I238" s="22">
+        <v>20006</v>
       </c>
       <c r="J238" s="26">
-        <v>5087753222</v>
+        <v>2027371125</v>
       </c>
     </row>
     <row r="239" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B239" s="22">
-        <v>20247888</v>
+        <v>8700822</v>
       </c>
       <c r="C239" s="23">
-        <v>44628</v>
+        <v>40112</v>
       </c>
       <c r="D239" s="23">
-        <v>46089</v>
+        <v>46323</v>
       </c>
       <c r="E239" s="24" t="s">
+        <v>719</v>
+      </c>
+      <c r="F239" s="25" t="s">
+        <v>720</v>
+      </c>
+      <c r="G239" s="24" t="s">
         <v>721</v>
       </c>
-      <c r="F239" s="25" t="s">
+      <c r="H239" s="22" t="s">
+        <v>371</v>
+      </c>
+      <c r="I239" s="22" t="s">
         <v>722</v>
       </c>
-      <c r="G239" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J239" s="26">
-        <v>2027371125</v>
+        <v>4017384200</v>
       </c>
     </row>
     <row r="240" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B240" s="22">
-        <v>8700822</v>
+        <v>4655038</v>
       </c>
       <c r="C240" s="23">
-        <v>40112</v>
+        <v>43588</v>
       </c>
       <c r="D240" s="23">
-        <v>46323</v>
+        <v>46145</v>
       </c>
       <c r="E240" s="24" t="s">
+        <v>723</v>
+      </c>
+      <c r="F240" s="25" t="s">
+        <v>724</v>
+      </c>
+      <c r="G240" s="24" t="s">
         <v>725</v>
       </c>
-      <c r="F240" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H240" s="22" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-        <v>728</v>
+        <v>55</v>
+      </c>
+      <c r="I240" s="22">
+        <v>13088</v>
       </c>
       <c r="J240" s="26">
-        <v>4017384200</v>
+        <v>3156524426</v>
       </c>
     </row>
     <row r="241" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B241" s="22">
-        <v>4655038</v>
+        <v>19092412</v>
       </c>
       <c r="C241" s="23">
-        <v>43588</v>
+        <v>43594</v>
       </c>
       <c r="D241" s="23">
-        <v>46145</v>
+        <v>46151</v>
       </c>
       <c r="E241" s="24" t="s">
-        <v>729</v>
+        <v>726</v>
       </c>
       <c r="F241" s="25" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="G241" s="24" t="s">
-        <v>731</v>
+        <v>54</v>
       </c>
       <c r="H241" s="22" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="I241" s="22">
-        <v>13088</v>
+        <v>101653003</v>
       </c>
       <c r="J241" s="26">
-        <v>3156524426</v>
+        <v>9173985672</v>
       </c>
     </row>
     <row r="242" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B242" s="22">
-        <v>19092412</v>
+        <v>16755419</v>
       </c>
       <c r="C242" s="23">
-        <v>43594</v>
+        <v>43791</v>
       </c>
       <c r="D242" s="23">
-        <v>46151</v>
+        <v>46348</v>
       </c>
       <c r="E242" s="24" t="s">
-        <v>732</v>
+        <v>728</v>
       </c>
       <c r="F242" s="25" t="s">
-        <v>733</v>
+        <v>729</v>
       </c>
       <c r="G242" s="24" t="s">
-        <v>50</v>
+        <v>282</v>
       </c>
       <c r="H242" s="22" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="I242" s="22">
-        <v>101653003</v>
+        <v>33607</v>
       </c>
       <c r="J242" s="26">
-        <v>9173985672</v>
+        <v>8133410960</v>
       </c>
     </row>
     <row r="243" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B243" s="22">
-        <v>16755419</v>
+        <v>18605622</v>
       </c>
       <c r="C243" s="23">
-        <v>43791</v>
+        <v>43054</v>
       </c>
       <c r="D243" s="23">
-        <v>46348</v>
+        <v>46341</v>
       </c>
       <c r="E243" s="24" t="s">
-        <v>734</v>
+        <v>730</v>
       </c>
       <c r="F243" s="25" t="s">
-        <v>735</v>
+        <v>731</v>
       </c>
       <c r="G243" s="24" t="s">
-        <v>289</v>
+        <v>732</v>
       </c>
       <c r="H243" s="22" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>33607</v>
+        <v>23</v>
+      </c>
+      <c r="I243" s="22" t="s">
+        <v>733</v>
       </c>
       <c r="J243" s="26">
-        <v>8133410960</v>
+        <v>9786456996</v>
       </c>
     </row>
     <row r="244" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B244" s="22">
-        <v>18605622</v>
+        <v>3003192816</v>
       </c>
       <c r="C244" s="23">
-        <v>43054</v>
+        <v>45492</v>
       </c>
       <c r="D244" s="23">
-        <v>46341</v>
+        <v>46222</v>
       </c>
       <c r="E244" s="24" t="s">
+        <v>734</v>
+      </c>
+      <c r="F244" s="25" t="s">
+        <v>735</v>
+      </c>
+      <c r="G244" s="24" t="s">
         <v>736</v>
       </c>
-      <c r="F244" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H244" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>739</v>
+        <v>51</v>
+      </c>
+      <c r="I244" s="22">
+        <v>91302</v>
       </c>
       <c r="J244" s="26">
-        <v>9786456996</v>
+        <v>8186124442</v>
       </c>
     </row>
     <row r="245" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B245" s="22">
-        <v>3003192816</v>
+        <v>15959627</v>
       </c>
       <c r="C245" s="23">
-        <v>45492</v>
+        <v>41164</v>
       </c>
       <c r="D245" s="23">
-        <v>46222</v>
+        <v>46277</v>
       </c>
       <c r="E245" s="24" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="F245" s="25" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="G245" s="24" t="s">
-        <v>742</v>
+        <v>94</v>
       </c>
       <c r="H245" s="22" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="I245" s="22">
-        <v>91302</v>
+        <v>606066322</v>
       </c>
       <c r="J245" s="26">
-        <v>8186124442</v>
+        <v>3123793700</v>
       </c>
     </row>
     <row r="246" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B246" s="22">
-        <v>15959627</v>
+        <v>7834863</v>
       </c>
       <c r="C246" s="23">
-        <v>41164</v>
+        <v>44720</v>
       </c>
       <c r="D246" s="23">
-        <v>46277</v>
+        <v>46181</v>
       </c>
       <c r="E246" s="24" t="s">
-        <v>743</v>
+        <v>739</v>
       </c>
       <c r="F246" s="25" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
       <c r="G246" s="24" t="s">
-        <v>90</v>
+        <v>741</v>
       </c>
       <c r="H246" s="22" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
       <c r="I246" s="22">
-        <v>606066322</v>
+        <v>92130</v>
       </c>
       <c r="J246" s="26">
-        <v>3123793700</v>
+        <v>8584363180</v>
       </c>
     </row>
     <row r="247" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B247" s="22">
-        <v>3181823</v>
+        <v>10449610</v>
       </c>
       <c r="C247" s="23">
-        <v>43180</v>
+        <v>43207</v>
       </c>
       <c r="D247" s="23">
-        <v>46102</v>
+        <v>46494</v>
       </c>
       <c r="E247" s="24" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
       <c r="F247" s="25" t="s">
-        <v>746</v>
+        <v>743</v>
       </c>
       <c r="G247" s="24" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="H247" s="22" t="s">
-        <v>541</v>
+        <v>51</v>
       </c>
       <c r="I247" s="22">
-        <v>44129</v>
+        <v>94607</v>
       </c>
       <c r="J247" s="26">
-        <v>4408887000</v>
+        <v>5105888001</v>
       </c>
     </row>
     <row r="248" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B248" s="22">
-        <v>7834863</v>
+        <v>11029278</v>
       </c>
       <c r="C248" s="23">
-        <v>44720</v>
+        <v>41880</v>
       </c>
       <c r="D248" s="23">
-        <v>46181</v>
+        <v>46263</v>
       </c>
       <c r="E248" s="24" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
       <c r="F248" s="25" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="G248" s="24" t="s">
-        <v>750</v>
+        <v>198</v>
       </c>
       <c r="H248" s="22" t="s">
-        <v>47</v>
+        <v>199</v>
       </c>
       <c r="I248" s="22">
-        <v>92130</v>
+        <v>28210</v>
       </c>
       <c r="J248" s="26">
-        <v>8584363180</v>
+        <v>7047085461</v>
       </c>
     </row>
     <row r="249" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B249" s="22">
-        <v>10449610</v>
+        <v>957317</v>
       </c>
       <c r="C249" s="23">
-        <v>43207</v>
+        <v>37866</v>
       </c>
       <c r="D249" s="23">
-        <v>46129</v>
+        <v>46267</v>
       </c>
       <c r="E249" s="24" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
       <c r="F249" s="25" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="G249" s="24" t="s">
-        <v>753</v>
+        <v>150</v>
       </c>
       <c r="H249" s="22" t="s">
-        <v>47</v>
+        <v>99</v>
       </c>
       <c r="I249" s="22">
-        <v>94607</v>
+        <v>468022265</v>
       </c>
       <c r="J249" s="26">
-        <v>5105108001</v>
+        <v>8005893000</v>
       </c>
     </row>
     <row r="250" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B250" s="22">
-        <v>11029278</v>
+        <v>1905852</v>
       </c>
       <c r="C250" s="23">
-        <v>41880</v>
+        <v>45504</v>
       </c>
       <c r="D250" s="23">
-        <v>46263</v>
+        <v>46234</v>
       </c>
       <c r="E250" s="24" t="s">
-        <v>754</v>
+        <v>749</v>
       </c>
       <c r="F250" s="25" t="s">
-        <v>755</v>
+        <v>750</v>
       </c>
       <c r="G250" s="24" t="s">
-        <v>196</v>
+        <v>751</v>
       </c>
       <c r="H250" s="22" t="s">
-        <v>197</v>
+        <v>95</v>
       </c>
       <c r="I250" s="22">
-        <v>28210</v>
+        <v>60035</v>
       </c>
       <c r="J250" s="26">
-        <v>7047085461</v>
+        <v>2246324700</v>
       </c>
     </row>
     <row r="251" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B251" s="22">
-        <v>957317</v>
+        <v>3317676</v>
       </c>
       <c r="C251" s="23">
-        <v>37866</v>
+        <v>44264</v>
       </c>
       <c r="D251" s="23">
-        <v>46267</v>
+        <v>46090</v>
       </c>
       <c r="E251" s="24" t="s">
-        <v>756</v>
+        <v>752</v>
       </c>
       <c r="F251" s="25" t="s">
-        <v>757</v>
+        <v>753</v>
       </c>
       <c r="G251" s="24" t="s">
-        <v>151</v>
+        <v>754</v>
       </c>
       <c r="H251" s="22" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="I251" s="22">
-        <v>468022265</v>
+        <v>46250</v>
       </c>
       <c r="J251" s="26">
-        <v>8005893000</v>
+        <v>3178442226</v>
       </c>
     </row>
     <row r="252" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B252" s="22">
-        <v>1905852</v>
+        <v>3003143961</v>
       </c>
       <c r="C252" s="23">
-        <v>45504</v>
+        <v>45460</v>
       </c>
       <c r="D252" s="23">
-        <v>46234</v>
+        <v>46190</v>
       </c>
       <c r="E252" s="24" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="F252" s="25" t="s">
-        <v>759</v>
+        <v>756</v>
       </c>
       <c r="G252" s="24" t="s">
-        <v>760</v>
+        <v>757</v>
       </c>
       <c r="H252" s="22" t="s">
-        <v>91</v>
+        <v>47</v>
       </c>
       <c r="I252" s="22">
-        <v>60035</v>
+        <v>55402</v>
       </c>
       <c r="J252" s="26">
-        <v>2246324700</v>
+        <v>5072169796</v>
       </c>
     </row>
     <row r="253" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B253" s="22">
-        <v>3317676</v>
+        <v>5438782</v>
       </c>
       <c r="C253" s="23">
-        <v>44264</v>
+        <v>45118</v>
       </c>
       <c r="D253" s="23">
-        <v>46090</v>
+        <v>46214</v>
       </c>
       <c r="E253" s="24" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="F253" s="25" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
       <c r="G253" s="24" t="s">
-        <v>763</v>
+        <v>760</v>
       </c>
       <c r="H253" s="22" t="s">
-        <v>95</v>
+        <v>28</v>
       </c>
       <c r="I253" s="22">
-        <v>46250</v>
+        <v>34113</v>
       </c>
       <c r="J253" s="26">
-        <v>3178442226</v>
+        <v>4137323158</v>
       </c>
     </row>
     <row r="254" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B254" s="22">
-        <v>3003143961</v>
+        <v>3121011</v>
       </c>
       <c r="C254" s="23">
-        <v>45460</v>
+        <v>43959</v>
       </c>
       <c r="D254" s="23">
-        <v>46190</v>
+        <v>46150</v>
       </c>
       <c r="E254" s="24" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
       <c r="F254" s="25" t="s">
-        <v>765</v>
+        <v>762</v>
       </c>
       <c r="G254" s="24" t="s">
-        <v>766</v>
+        <v>757</v>
       </c>
       <c r="H254" s="22" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="I254" s="22">
-        <v>55402</v>
+        <v>617100001</v>
       </c>
       <c r="J254" s="26">
-        <v>5072169796</v>
+        <v>3097637085</v>
       </c>
     </row>
     <row r="255" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B255" s="22">
-        <v>5438782</v>
+        <v>979638</v>
       </c>
       <c r="C255" s="23">
-        <v>45118</v>
+        <v>42131</v>
       </c>
       <c r="D255" s="23">
-        <v>46214</v>
+        <v>46277</v>
       </c>
       <c r="E255" s="24" t="s">
-        <v>767</v>
+        <v>763</v>
       </c>
       <c r="F255" s="25" t="s">
-        <v>768</v>
+        <v>764</v>
       </c>
       <c r="G255" s="24" t="s">
-        <v>769</v>
+        <v>765</v>
       </c>
       <c r="H255" s="22" t="s">
-        <v>28</v>
+        <v>158</v>
       </c>
       <c r="I255" s="22">
-        <v>34113</v>
+        <v>50322</v>
       </c>
       <c r="J255" s="26">
-        <v>4137323158</v>
+        <v>9725918138</v>
       </c>
     </row>
     <row r="256" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B256" s="22">
-        <v>3121011</v>
+        <v>3003222186</v>
       </c>
       <c r="C256" s="23">
-        <v>43959</v>
+        <v>45511</v>
       </c>
       <c r="D256" s="23">
-        <v>46150</v>
+        <v>46241</v>
       </c>
       <c r="E256" s="24" t="s">
-        <v>770</v>
+        <v>766</v>
       </c>
       <c r="F256" s="25" t="s">
-        <v>771</v>
+        <v>767</v>
       </c>
       <c r="G256" s="24" t="s">
-        <v>766</v>
+        <v>534</v>
       </c>
       <c r="H256" s="22" t="s">
-        <v>91</v>
+        <v>535</v>
       </c>
       <c r="I256" s="22">
-        <v>617100001</v>
+        <v>852601063</v>
       </c>
       <c r="J256" s="26">
-        <v>3097637085</v>
+        <v>4803218992</v>
       </c>
     </row>
     <row r="257" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B257" s="22">
-        <v>979638</v>
+        <v>7567283</v>
       </c>
       <c r="C257" s="23">
-        <v>42131</v>
+        <v>45497</v>
       </c>
       <c r="D257" s="23">
-        <v>46277</v>
+        <v>46227</v>
       </c>
       <c r="E257" s="24" t="s">
-        <v>772</v>
+        <v>768</v>
       </c>
       <c r="F257" s="25" t="s">
-        <v>773</v>
+        <v>769</v>
       </c>
       <c r="G257" s="24" t="s">
-        <v>774</v>
+        <v>770</v>
       </c>
       <c r="H257" s="22" t="s">
-        <v>159</v>
+        <v>28</v>
       </c>
       <c r="I257" s="22">
-        <v>50322</v>
+        <v>32801</v>
       </c>
       <c r="J257" s="26">
-        <v>9725918138</v>
+        <v>4072541500</v>
       </c>
     </row>
     <row r="258" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B258" s="22">
-        <v>3003222186</v>
+        <v>20113115</v>
       </c>
       <c r="C258" s="23">
-        <v>45511</v>
+        <v>44547</v>
       </c>
       <c r="D258" s="23">
-        <v>46241</v>
+        <v>46373</v>
       </c>
       <c r="E258" s="24" t="s">
-        <v>775</v>
+        <v>771</v>
       </c>
       <c r="F258" s="25" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="G258" s="24" t="s">
-        <v>546</v>
+        <v>773</v>
       </c>
       <c r="H258" s="22" t="s">
-        <v>547</v>
+        <v>673</v>
       </c>
       <c r="I258" s="22">
-        <v>852601063</v>
+        <v>35223</v>
       </c>
       <c r="J258" s="26">
-        <v>4803218992</v>
+        <v>6592681781</v>
       </c>
     </row>
     <row r="259" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B259" s="22">
-        <v>7567283</v>
+        <v>2007311</v>
       </c>
       <c r="C259" s="23">
-        <v>45497</v>
+        <v>39973</v>
       </c>
       <c r="D259" s="23">
-        <v>46227</v>
+        <v>46182</v>
       </c>
       <c r="E259" s="24" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="F259" s="25" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="G259" s="24" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
       <c r="H259" s="22" t="s">
-        <v>28</v>
+        <v>147</v>
       </c>
       <c r="I259" s="22">
-        <v>32801</v>
+        <v>19087</v>
       </c>
       <c r="J259" s="26">
-        <v>4072541500</v>
+        <v>2155728700</v>
       </c>
     </row>
     <row r="260" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B260" s="22">
-        <v>20113115</v>
+        <v>2346347</v>
       </c>
       <c r="C260" s="23">
-        <v>44547</v>
+        <v>44775</v>
       </c>
       <c r="D260" s="23">
-        <v>46373</v>
+        <v>46236</v>
       </c>
       <c r="E260" s="24" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
       <c r="F260" s="25" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="G260" s="24" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
       <c r="H260" s="22" t="s">
-        <v>678</v>
+        <v>23</v>
       </c>
       <c r="I260" s="22">
-        <v>35223</v>
+        <v>20531237</v>
       </c>
       <c r="J260" s="26">
-        <v>6592681781</v>
+        <v>5085332335</v>
       </c>
     </row>
     <row r="261" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B261" s="22">
-        <v>2007311</v>
+        <v>3749077</v>
       </c>
       <c r="C261" s="23">
-        <v>39973</v>
+        <v>41796</v>
       </c>
       <c r="D261" s="23">
-        <v>46182</v>
+        <v>46179</v>
       </c>
       <c r="E261" s="24" t="s">
-        <v>783</v>
+        <v>780</v>
       </c>
       <c r="F261" s="25" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="G261" s="24" t="s">
-        <v>785</v>
+        <v>282</v>
       </c>
       <c r="H261" s="22" t="s">
-        <v>148</v>
+        <v>28</v>
       </c>
       <c r="I261" s="22">
-        <v>19087</v>
+        <v>33634</v>
       </c>
       <c r="J261" s="26">
-        <v>2155728700</v>
+        <v>8139356776</v>
       </c>
     </row>
     <row r="262" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B262" s="22">
-        <v>2346347</v>
+        <v>39231</v>
       </c>
       <c r="C262" s="23">
-        <v>44775</v>
+        <v>43523</v>
       </c>
       <c r="D262" s="23">
-        <v>46236</v>
+        <v>46445</v>
       </c>
       <c r="E262" s="24" t="s">
-        <v>786</v>
+        <v>782</v>
       </c>
       <c r="F262" s="25" t="s">
-        <v>787</v>
+        <v>783</v>
       </c>
       <c r="G262" s="24" t="s">
-        <v>788</v>
+        <v>94</v>
       </c>
       <c r="H262" s="22" t="s">
-        <v>23</v>
+        <v>95</v>
       </c>
       <c r="I262" s="22">
-        <v>20531237</v>
+        <v>60606</v>
       </c>
       <c r="J262" s="26">
-        <v>5085332335</v>
+        <v>9738868487</v>
       </c>
     </row>
     <row r="263" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B263" s="22">
-        <v>3749077</v>
+        <v>3003745922</v>
       </c>
       <c r="C263" s="23">
-        <v>41796</v>
+        <v>45854</v>
       </c>
       <c r="D263" s="23">
-        <v>46179</v>
+        <v>46219</v>
       </c>
       <c r="E263" s="24" t="s">
-        <v>789</v>
+        <v>784</v>
       </c>
       <c r="F263" s="25" t="s">
-        <v>790</v>
+        <v>785</v>
       </c>
       <c r="G263" s="24" t="s">
-        <v>289</v>
+        <v>786</v>
       </c>
       <c r="H263" s="22" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="I263" s="22">
-        <v>33634</v>
+        <v>11797</v>
       </c>
       <c r="J263" s="26">
-        <v>8139356776</v>
+        <v>6317777585</v>
       </c>
     </row>
     <row r="264" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B264" s="22">
-        <v>39231</v>
+        <v>2329909</v>
       </c>
       <c r="C264" s="23">
-        <v>43523</v>
+        <v>46049</v>
       </c>
       <c r="D264" s="23">
-        <v>46080</v>
+        <v>46414</v>
       </c>
       <c r="E264" s="24" t="s">
-        <v>791</v>
+        <v>787</v>
       </c>
       <c r="F264" s="25" t="s">
-        <v>792</v>
+        <v>788</v>
       </c>
       <c r="G264" s="24" t="s">
-        <v>90</v>
+        <v>491</v>
       </c>
       <c r="H264" s="22" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>60606</v>
+        <v>23</v>
+      </c>
+      <c r="I264" s="22" t="s">
+        <v>789</v>
       </c>
       <c r="J264" s="26">
-        <v>9738868487</v>
+        <v>5087565108</v>
       </c>
     </row>
     <row r="265" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B265" s="22">
-        <v>3003745922</v>
+        <v>3002147876</v>
       </c>
       <c r="C265" s="23">
-        <v>45854</v>
+        <v>44820</v>
       </c>
       <c r="D265" s="23">
-        <v>46219</v>
+        <v>46281</v>
       </c>
       <c r="E265" s="24" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="F265" s="25" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="G265" s="24" t="s">
-        <v>795</v>
+        <v>732</v>
       </c>
       <c r="H265" s="22" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>11797</v>
+        <v>23</v>
+      </c>
+      <c r="I265" s="22" t="s">
+        <v>733</v>
       </c>
       <c r="J265" s="26">
-        <v>6317777585</v>
+        <v>9784593336</v>
       </c>
     </row>
     <row r="266" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B266" s="22">
-        <v>3002147876</v>
+        <v>964142</v>
       </c>
       <c r="C266" s="23">
-        <v>44820</v>
+        <v>40381</v>
       </c>
       <c r="D266" s="23">
-        <v>46281</v>
+        <v>46225</v>
       </c>
       <c r="E266" s="24" t="s">
-        <v>796</v>
+        <v>792</v>
       </c>
       <c r="F266" s="25" t="s">
-        <v>797</v>
+        <v>793</v>
       </c>
       <c r="G266" s="24" t="s">
-        <v>738</v>
+        <v>54</v>
       </c>
       <c r="H266" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>739</v>
+        <v>55</v>
+      </c>
+      <c r="I266" s="22">
+        <v>10036</v>
       </c>
       <c r="J266" s="26">
-        <v>9784593336</v>
+        <v>2166220515</v>
       </c>
     </row>
     <row r="267" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B267" s="22">
-        <v>964142</v>
+        <v>17101950</v>
       </c>
       <c r="C267" s="23">
-        <v>40381</v>
+        <v>42857</v>
       </c>
       <c r="D267" s="23">
-        <v>46225</v>
+        <v>46143</v>
       </c>
       <c r="E267" s="24" t="s">
-        <v>798</v>
+        <v>794</v>
       </c>
       <c r="F267" s="25" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="G267" s="24" t="s">
-        <v>50</v>
+        <v>796</v>
       </c>
       <c r="H267" s="22" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="I267" s="22">
-        <v>10036</v>
+        <v>60961320</v>
       </c>
       <c r="J267" s="26">
-        <v>2166220515</v>
+        <v>8606404805</v>
       </c>
     </row>
     <row r="268" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B268" s="22">
-        <v>17101950</v>
+        <v>1435942</v>
       </c>
       <c r="C268" s="23">
-        <v>42857</v>
+        <v>37788</v>
       </c>
       <c r="D268" s="23">
-        <v>46143</v>
+        <v>46189</v>
       </c>
       <c r="E268" s="24" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
       <c r="F268" s="25" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="G268" s="24" t="s">
-        <v>802</v>
+        <v>355</v>
       </c>
       <c r="H268" s="22" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>60961320</v>
+        <v>23</v>
+      </c>
+      <c r="I268" s="22" t="s">
+        <v>799</v>
       </c>
       <c r="J268" s="26">
-        <v>8606404805</v>
+        <v>8776067745</v>
       </c>
     </row>
     <row r="269" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B269" s="22">
-        <v>1435942</v>
+        <v>15964116</v>
       </c>
       <c r="C269" s="23">
-        <v>37788</v>
+        <v>40449</v>
       </c>
       <c r="D269" s="23">
-        <v>46189</v>
+        <v>46293</v>
       </c>
       <c r="E269" s="24" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
       <c r="F269" s="25" t="s">
-        <v>804</v>
+        <v>801</v>
       </c>
       <c r="G269" s="24" t="s">
-        <v>220</v>
+        <v>802</v>
       </c>
       <c r="H269" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I269" s="22" t="s">
-        <v>805</v>
+        <v>803</v>
       </c>
       <c r="J269" s="26">
-        <v>8776067745</v>
+        <v>9783885800</v>
       </c>
     </row>
     <row r="270" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B270" s="22">
-        <v>15964116</v>
+        <v>3002561616</v>
       </c>
       <c r="C270" s="23">
-        <v>40449</v>
+        <v>45092</v>
       </c>
       <c r="D270" s="23">
-        <v>46293</v>
+        <v>46188</v>
       </c>
       <c r="E270" s="24" t="s">
+        <v>804</v>
+      </c>
+      <c r="F270" s="25" t="s">
+        <v>805</v>
+      </c>
+      <c r="G270" s="24" t="s">
         <v>806</v>
       </c>
-      <c r="F270" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H270" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>809</v>
+        <v>172</v>
+      </c>
+      <c r="I270" s="22">
+        <v>759353951</v>
       </c>
       <c r="J270" s="26">
-        <v>9783885800</v>
+        <v>9363402929</v>
       </c>
     </row>
     <row r="271" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B271" s="22">
-        <v>3002561616</v>
+        <v>3003394244</v>
       </c>
       <c r="C271" s="23">
-        <v>45092</v>
+        <v>45614</v>
       </c>
       <c r="D271" s="23">
-        <v>46188</v>
+        <v>46344</v>
       </c>
       <c r="E271" s="24" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="F271" s="25" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="G271" s="24" t="s">
-        <v>812</v>
+        <v>688</v>
       </c>
       <c r="H271" s="22" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>759353951</v>
+        <v>23</v>
+      </c>
+      <c r="I271" s="22" t="s">
+        <v>809</v>
       </c>
       <c r="J271" s="26">
-        <v>9363402929</v>
+        <v>4137486045</v>
       </c>
     </row>
     <row r="272" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B272" s="22">
-        <v>3003394244</v>
+        <v>18945326</v>
       </c>
       <c r="C272" s="23">
-        <v>45614</v>
+        <v>44804</v>
       </c>
       <c r="D272" s="23">
-        <v>46344</v>
+        <v>46265</v>
       </c>
       <c r="E272" s="24" t="s">
-        <v>813</v>
+        <v>810</v>
       </c>
       <c r="F272" s="25" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="G272" s="24" t="s">
-        <v>706</v>
+        <v>459</v>
       </c>
       <c r="H272" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I272" s="22" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
       <c r="J272" s="26">
-        <v>4137486045</v>
+        <v>4086745548</v>
       </c>
     </row>
     <row r="273" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B273" s="22">
-        <v>18945326</v>
+        <v>3003736038</v>
       </c>
       <c r="C273" s="23">
-        <v>44804</v>
+        <v>45848</v>
       </c>
       <c r="D273" s="23">
-        <v>46265</v>
+        <v>46213</v>
       </c>
       <c r="E273" s="24" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="F273" s="25" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="G273" s="24" t="s">
-        <v>468</v>
+        <v>815</v>
       </c>
       <c r="H273" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>818</v>
+        <v>55</v>
+      </c>
+      <c r="I273" s="22">
+        <v>117465923</v>
       </c>
       <c r="J273" s="26">
-        <v>4086745548</v>
+        <v>6317777585</v>
       </c>
     </row>
     <row r="274" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B274" s="22">
-        <v>3003736038</v>
+        <v>19242184</v>
       </c>
       <c r="C274" s="23">
-        <v>45848</v>
+        <v>44624</v>
       </c>
       <c r="D274" s="23">
-        <v>46213</v>
+        <v>46450</v>
       </c>
       <c r="E274" s="24" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="F274" s="25" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="G274" s="24" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
       <c r="H274" s="22" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="I274" s="22">
-        <v>117465923</v>
+        <v>48038</v>
       </c>
       <c r="J274" s="26">
-        <v>6317777585</v>
+        <v>5868726950</v>
       </c>
     </row>
     <row r="275" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B275" s="22">
-        <v>19242184</v>
+        <v>5437254</v>
       </c>
       <c r="C275" s="23">
-        <v>44624</v>
+        <v>36238</v>
       </c>
       <c r="D275" s="23">
-        <v>46085</v>
+        <v>46100</v>
       </c>
       <c r="E275" s="24" t="s">
-        <v>822</v>
+        <v>819</v>
       </c>
       <c r="F275" s="25" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
       <c r="G275" s="24" t="s">
-        <v>824</v>
+        <v>494</v>
       </c>
       <c r="H275" s="22" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>48038</v>
+        <v>23</v>
+      </c>
+      <c r="I275" s="22" t="s">
+        <v>495</v>
       </c>
       <c r="J275" s="26">
-        <v>5868726950</v>
+        <v>5086792704</v>
       </c>
     </row>
     <row r="276" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B276" s="22">
-        <v>5437254</v>
+        <v>7910071</v>
       </c>
       <c r="C276" s="23">
-        <v>36238</v>
+        <v>43144</v>
       </c>
       <c r="D276" s="23">
-        <v>46100</v>
+        <v>46431</v>
       </c>
       <c r="E276" s="24" t="s">
-        <v>825</v>
+        <v>821</v>
       </c>
       <c r="F276" s="25" t="s">
-        <v>826</v>
+        <v>822</v>
       </c>
       <c r="G276" s="24" t="s">
-        <v>503</v>
+        <v>823</v>
       </c>
       <c r="H276" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>504</v>
+        <v>189</v>
+      </c>
+      <c r="I276" s="22">
+        <v>54304</v>
       </c>
       <c r="J276" s="26">
-        <v>5086792704</v>
+        <v>9203473400</v>
       </c>
     </row>
     <row r="277" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B277" s="22">
-        <v>7910071</v>
+        <v>4573230</v>
       </c>
       <c r="C277" s="23">
-        <v>43144</v>
+        <v>39876</v>
       </c>
       <c r="D277" s="23">
-        <v>46066</v>
+        <v>46450</v>
       </c>
       <c r="E277" s="24" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="F277" s="25" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
       <c r="G277" s="24" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="H277" s="22" t="s">
-        <v>187</v>
+        <v>172</v>
       </c>
       <c r="I277" s="22">
-        <v>54304</v>
+        <v>78735</v>
       </c>
       <c r="J277" s="26">
-        <v>9203473400</v>
+        <v>8445537872</v>
       </c>
     </row>
     <row r="278" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B278" s="22">
-        <v>4573230</v>
+        <v>13375964</v>
       </c>
       <c r="C278" s="23">
-        <v>39876</v>
+        <v>40618</v>
       </c>
       <c r="D278" s="23">
-        <v>46085</v>
+        <v>46462</v>
       </c>
       <c r="E278" s="24" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="F278" s="25" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="G278" s="24" t="s">
-        <v>832</v>
+        <v>477</v>
       </c>
       <c r="H278" s="22" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>787356213</v>
+        <v>371</v>
+      </c>
+      <c r="I278" s="22" t="s">
+        <v>829</v>
       </c>
       <c r="J278" s="26">
-        <v>8445537872</v>
+        <v>4017368800</v>
       </c>
     </row>
     <row r="279" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B279" s="22">
-        <v>13375964</v>
+        <v>17838399</v>
       </c>
       <c r="C279" s="23">
-        <v>40618</v>
+        <v>42396</v>
       </c>
       <c r="D279" s="23">
-        <v>46097</v>
+        <v>46414</v>
       </c>
       <c r="E279" s="24" t="s">
+        <v>830</v>
+      </c>
+      <c r="F279" s="25" t="s">
+        <v>831</v>
+      </c>
+      <c r="G279" s="24" t="s">
+        <v>832</v>
+      </c>
+      <c r="H279" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="I279" s="22" t="s">
         <v>833</v>
       </c>
-      <c r="F279" s="25" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J279" s="26">
-        <v>4017368800</v>
+        <v>9788167000</v>
       </c>
     </row>
     <row r="280" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B280" s="22">
-        <v>17838399</v>
+        <v>2759565</v>
       </c>
       <c r="C280" s="23">
-        <v>42396</v>
+        <v>41571</v>
       </c>
       <c r="D280" s="23">
-        <v>46049</v>
+        <v>46319</v>
       </c>
       <c r="E280" s="24" t="s">
+        <v>834</v>
+      </c>
+      <c r="F280" s="25" t="s">
+        <v>835</v>
+      </c>
+      <c r="G280" s="24" t="s">
         <v>836</v>
       </c>
-      <c r="F280" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H280" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>839</v>
+        <v>529</v>
+      </c>
+      <c r="I280" s="22">
+        <v>44144</v>
       </c>
       <c r="J280" s="26">
-        <v>9788167000</v>
+        <v>2168136025</v>
       </c>
     </row>
     <row r="281" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B281" s="22">
-        <v>2759565</v>
+        <v>3004042892</v>
       </c>
       <c r="C281" s="23">
-        <v>41571</v>
+        <v>46038</v>
       </c>
       <c r="D281" s="23">
-        <v>46319</v>
+        <v>46403</v>
       </c>
       <c r="E281" s="24" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="F281" s="25" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="G281" s="24" t="s">
-        <v>842</v>
+        <v>82</v>
       </c>
       <c r="H281" s="22" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-        <v>44144</v>
+        <v>23</v>
+      </c>
+      <c r="I281" s="22" t="s">
+        <v>839</v>
       </c>
       <c r="J281" s="26">
-        <v>2168136025</v>
+        <v>9252025995</v>
       </c>
     </row>
     <row r="282" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B282" s="22">
         <v>18154019</v>
       </c>
       <c r="C282" s="23">
         <v>43055</v>
       </c>
       <c r="D282" s="23">
         <v>46342</v>
       </c>
       <c r="E282" s="24" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="F282" s="25" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="G282" s="24" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
       <c r="H282" s="22" t="s">
-        <v>340</v>
+        <v>333</v>
       </c>
       <c r="I282" s="22">
         <v>809031628</v>
       </c>
       <c r="J282" s="26">
         <v>7196363844</v>
       </c>
     </row>
     <row r="283" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B283" s="22">
         <v>3002972420</v>
       </c>
       <c r="C283" s="23">
         <v>45349</v>
       </c>
       <c r="D283" s="23">
         <v>46080</v>
       </c>
       <c r="E283" s="24" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="F283" s="25" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="G283" s="24" t="s">
-        <v>848</v>
+        <v>845</v>
       </c>
       <c r="H283" s="22" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="I283" s="22">
         <v>19422</v>
       </c>
       <c r="J283" s="26">
         <v>2154222449</v>
       </c>
     </row>
     <row r="284" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B284" s="22">
         <v>18722623</v>
       </c>
       <c r="C284" s="23">
         <v>44269</v>
       </c>
       <c r="D284" s="23">
-        <v>46095</v>
+        <v>46460</v>
       </c>
       <c r="E284" s="24" t="s">
-        <v>849</v>
+        <v>846</v>
       </c>
       <c r="F284" s="25" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
       <c r="G284" s="24" t="s">
-        <v>750</v>
+        <v>741</v>
       </c>
       <c r="H284" s="22" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="I284" s="22">
         <v>92127</v>
       </c>
       <c r="J284" s="26">
         <v>8583763140</v>
       </c>
     </row>
     <row r="285" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B285" s="22">
         <v>16530783</v>
       </c>
       <c r="C285" s="23">
         <v>43788</v>
       </c>
       <c r="D285" s="23">
         <v>46345</v>
       </c>
       <c r="E285" s="24" t="s">
-        <v>851</v>
+        <v>848</v>
       </c>
       <c r="F285" s="25" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="G285" s="24" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="H285" s="22" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="I285" s="22">
         <v>85406255</v>
       </c>
       <c r="J285" s="26">
         <v>6095144700</v>
       </c>
     </row>
     <row r="286" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B286" s="22">
         <v>5858453</v>
       </c>
       <c r="C286" s="23">
         <v>39113</v>
       </c>
       <c r="D286" s="23">
         <v>46418</v>
       </c>
       <c r="E286" s="24" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="F286" s="25" t="s">
-        <v>855</v>
+        <v>852</v>
       </c>
       <c r="G286" s="24" t="s">
-        <v>856</v>
+        <v>853</v>
       </c>
       <c r="H286" s="22" t="s">
         <v>28</v>
       </c>
       <c r="I286" s="22">
         <v>33308</v>
       </c>
       <c r="J286" s="26">
         <v>9546700617</v>
       </c>
     </row>
     <row r="287" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B287" s="22">
         <v>7405679</v>
       </c>
       <c r="C287" s="23">
         <v>41942</v>
       </c>
       <c r="D287" s="23">
         <v>46325</v>
       </c>
       <c r="E287" s="24" t="s">
+        <v>854</v>
+      </c>
+      <c r="F287" s="25" t="s">
+        <v>855</v>
+      </c>
+      <c r="G287" s="24" t="s">
+        <v>856</v>
+      </c>
+      <c r="H287" s="22" t="s">
+        <v>371</v>
+      </c>
+      <c r="I287" s="22" t="s">
         <v>857</v>
-      </c>
-[...10 lines deleted...]
-        <v>860</v>
       </c>
       <c r="J287" s="26">
         <v>4018617500</v>
       </c>
     </row>
     <row r="288" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B288" s="22">
         <v>7405609</v>
       </c>
       <c r="C288" s="23">
         <v>43479</v>
       </c>
       <c r="D288" s="23">
-        <v>46036</v>
+        <v>46401</v>
       </c>
       <c r="E288" s="24" t="s">
+        <v>858</v>
+      </c>
+      <c r="F288" s="25" t="s">
+        <v>859</v>
+      </c>
+      <c r="G288" s="24" t="s">
+        <v>860</v>
+      </c>
+      <c r="H288" s="22" t="s">
+        <v>371</v>
+      </c>
+      <c r="I288" s="22" t="s">
         <v>861</v>
-      </c>
-[...10 lines deleted...]
-        <v>864</v>
       </c>
       <c r="J288" s="26">
         <v>4018480720</v>
       </c>
     </row>
     <row r="289" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B289" s="22">
         <v>3002707105</v>
       </c>
       <c r="C289" s="23">
         <v>45175</v>
       </c>
       <c r="D289" s="23">
         <v>46271</v>
       </c>
       <c r="E289" s="24" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="F289" s="25" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="G289" s="24" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="H289" s="22" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="I289" s="22">
         <v>16635</v>
       </c>
       <c r="J289" s="26">
         <v>8146958066</v>
       </c>
     </row>
     <row r="290" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B290" s="22">
         <v>1926316</v>
       </c>
       <c r="C290" s="23">
         <v>43922</v>
       </c>
       <c r="D290" s="23">
         <v>46113</v>
       </c>
       <c r="E290" s="24" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="F290" s="25" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="G290" s="24" t="s">
-        <v>568</v>
+        <v>556</v>
       </c>
       <c r="H290" s="22" t="s">
-        <v>541</v>
+        <v>529</v>
       </c>
       <c r="I290" s="22">
         <v>45242</v>
       </c>
       <c r="J290" s="26">
         <v>5137920301</v>
       </c>
     </row>
     <row r="291" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B291" s="22">
         <v>1619350</v>
       </c>
       <c r="C291" s="23">
         <v>43424</v>
       </c>
       <c r="D291" s="23">
         <v>46346</v>
       </c>
       <c r="E291" s="24" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
       <c r="F291" s="25" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="G291" s="24" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="H291" s="22" t="s">
-        <v>340</v>
+        <v>333</v>
       </c>
       <c r="I291" s="22">
         <v>80222</v>
       </c>
       <c r="J291" s="26">
         <v>3035735511</v>
       </c>
     </row>
     <row r="292" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B292" s="22">
         <v>8889722</v>
       </c>
       <c r="C292" s="23">
         <v>39916</v>
       </c>
       <c r="D292" s="23">
         <v>46125</v>
       </c>
       <c r="E292" s="24" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="F292" s="25" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="G292" s="24" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="H292" s="22" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="I292" s="22">
         <v>631022709</v>
       </c>
       <c r="J292" s="26">
         <v>3147877436</v>
       </c>
     </row>
     <row r="293" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B293" s="22">
         <v>3391221</v>
       </c>
       <c r="C293" s="23">
         <v>38720</v>
       </c>
       <c r="D293" s="23">
-        <v>46025</v>
+        <v>46390</v>
       </c>
       <c r="E293" s="24" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
       <c r="F293" s="25" t="s">
-        <v>876</v>
+        <v>873</v>
       </c>
       <c r="G293" s="24" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="H293" s="22" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="I293" s="22">
         <v>60126</v>
       </c>
       <c r="J293" s="26">
         <v>6306000500</v>
       </c>
     </row>
     <row r="294" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B294" s="22">
         <v>8740313</v>
       </c>
       <c r="C294" s="23">
         <v>45860</v>
       </c>
       <c r="D294" s="23">
         <v>46225</v>
       </c>
       <c r="E294" s="24" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="F294" s="25" t="s">
-        <v>879</v>
+        <v>876</v>
       </c>
       <c r="G294" s="24" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="H294" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I294" s="22" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="J294" s="26">
         <v>5088659499</v>
       </c>
     </row>
     <row r="295" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B295" s="22">
-        <v>765927</v>
+        <v>8849880</v>
       </c>
       <c r="C295" s="23">
-        <v>38055</v>
+        <v>43252</v>
       </c>
       <c r="D295" s="23">
-        <v>46090</v>
+        <v>46174</v>
       </c>
       <c r="E295" s="24" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="F295" s="25" t="s">
-        <v>883</v>
+        <v>880</v>
       </c>
       <c r="G295" s="24" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="H295" s="22" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="I295" s="22">
-        <v>91355</v>
+        <v>11753</v>
       </c>
       <c r="J295" s="26">
-        <v>6617026000</v>
+        <v>5163495555</v>
       </c>
     </row>
     <row r="296" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B296" s="22">
-        <v>8849880</v>
+        <v>2005140</v>
       </c>
       <c r="C296" s="23">
-        <v>43252</v>
+        <v>44949</v>
       </c>
       <c r="D296" s="23">
-        <v>46174</v>
+        <v>46410</v>
       </c>
       <c r="E296" s="24" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="F296" s="25" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
       <c r="G296" s="24" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="H296" s="22" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="I296" s="22">
-        <v>11753</v>
+        <v>13035</v>
       </c>
       <c r="J296" s="26">
-        <v>5163495555</v>
+        <v>3156552964</v>
       </c>
     </row>
     <row r="297" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B297" s="22">
-        <v>2005140</v>
+        <v>7147385</v>
       </c>
       <c r="C297" s="23">
-        <v>44949</v>
+        <v>41593</v>
       </c>
       <c r="D297" s="23">
-        <v>46410</v>
+        <v>46341</v>
       </c>
       <c r="E297" s="24" t="s">
-        <v>888</v>
+        <v>885</v>
       </c>
       <c r="F297" s="25" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="G297" s="24" t="s">
-        <v>890</v>
+        <v>54</v>
       </c>
       <c r="H297" s="22" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="I297" s="22">
-        <v>13035</v>
+        <v>10016</v>
       </c>
       <c r="J297" s="26">
-        <v>3156552964</v>
+        <v>2126424864</v>
       </c>
     </row>
     <row r="298" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B298" s="22">
-        <v>7147385</v>
+        <v>3003665028</v>
       </c>
       <c r="C298" s="23">
-        <v>41593</v>
+        <v>45804</v>
       </c>
       <c r="D298" s="23">
-        <v>46341</v>
+        <v>46169</v>
       </c>
       <c r="E298" s="24" t="s">
-        <v>891</v>
+        <v>887</v>
       </c>
       <c r="F298" s="25" t="s">
-        <v>892</v>
+        <v>888</v>
       </c>
       <c r="G298" s="24" t="s">
-        <v>50</v>
+        <v>482</v>
       </c>
       <c r="H298" s="22" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>10016</v>
+        <v>23</v>
+      </c>
+      <c r="I298" s="22" t="s">
+        <v>889</v>
       </c>
       <c r="J298" s="26">
-        <v>2126424864</v>
+        <v>5082133040</v>
       </c>
     </row>
     <row r="299" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B299" s="22">
-        <v>3003665028</v>
+        <v>957441</v>
       </c>
       <c r="C299" s="23">
-        <v>45804</v>
+        <v>39532</v>
       </c>
       <c r="D299" s="23">
-        <v>46169</v>
+        <v>46471</v>
       </c>
       <c r="E299" s="24" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="F299" s="25" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
       <c r="G299" s="24" t="s">
-        <v>491</v>
+        <v>892</v>
       </c>
       <c r="H299" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>895</v>
+        <v>147</v>
+      </c>
+      <c r="I299" s="22">
+        <v>15222</v>
       </c>
       <c r="J299" s="26">
-        <v>5082133040</v>
+        <v>4122810600</v>
       </c>
     </row>
     <row r="300" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B300" s="22">
-        <v>957441</v>
+        <v>964014</v>
       </c>
       <c r="C300" s="23">
-        <v>39532</v>
+        <v>39002</v>
       </c>
       <c r="D300" s="23">
-        <v>46106</v>
+        <v>46307</v>
       </c>
       <c r="E300" s="24" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
       <c r="F300" s="25" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
       <c r="G300" s="24" t="s">
-        <v>898</v>
+        <v>258</v>
       </c>
       <c r="H300" s="22" t="s">
-        <v>148</v>
+        <v>55</v>
       </c>
       <c r="I300" s="22">
-        <v>15222</v>
+        <v>146232648</v>
       </c>
       <c r="J300" s="26">
-        <v>4122810600</v>
+        <v>5854245672</v>
       </c>
     </row>
     <row r="301" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B301" s="22">
-        <v>964014</v>
+        <v>963831</v>
       </c>
       <c r="C301" s="23">
-        <v>39002</v>
+        <v>40689</v>
       </c>
       <c r="D301" s="23">
-        <v>46307</v>
+        <v>46168</v>
       </c>
       <c r="E301" s="24" t="s">
-        <v>899</v>
+        <v>895</v>
       </c>
       <c r="F301" s="25" t="s">
-        <v>900</v>
+        <v>896</v>
       </c>
       <c r="G301" s="24" t="s">
-        <v>264</v>
+        <v>897</v>
       </c>
       <c r="H301" s="22" t="s">
-        <v>51</v>
+        <v>147</v>
       </c>
       <c r="I301" s="22">
-        <v>146232648</v>
+        <v>19034</v>
       </c>
       <c r="J301" s="26">
-        <v>5854245672</v>
+        <v>8002421421</v>
       </c>
     </row>
     <row r="302" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B302" s="22">
-        <v>963831</v>
+        <v>8916163</v>
       </c>
       <c r="C302" s="23">
-        <v>40689</v>
+        <v>41417</v>
       </c>
       <c r="D302" s="23">
-        <v>46168</v>
+        <v>46165</v>
       </c>
       <c r="E302" s="24" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="F302" s="25" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="G302" s="24" t="s">
-        <v>903</v>
+        <v>826</v>
       </c>
       <c r="H302" s="22" t="s">
-        <v>148</v>
+        <v>172</v>
       </c>
       <c r="I302" s="22">
-        <v>19034</v>
+        <v>787010150</v>
       </c>
       <c r="J302" s="26">
-        <v>8002421421</v>
+        <v>5127768400</v>
       </c>
     </row>
     <row r="303" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B303" s="22">
-        <v>8916163</v>
+        <v>10532982</v>
       </c>
       <c r="C303" s="23">
-        <v>41417</v>
+        <v>42507</v>
       </c>
       <c r="D303" s="23">
-        <v>46165</v>
+        <v>46159</v>
       </c>
       <c r="E303" s="24" t="s">
-        <v>904</v>
+        <v>900</v>
       </c>
       <c r="F303" s="25" t="s">
-        <v>905</v>
+        <v>901</v>
       </c>
       <c r="G303" s="24" t="s">
-        <v>832</v>
+        <v>314</v>
       </c>
       <c r="H303" s="22" t="s">
-        <v>173</v>
+        <v>91</v>
       </c>
       <c r="I303" s="22">
-        <v>787010150</v>
+        <v>641121906</v>
       </c>
       <c r="J303" s="26">
-        <v>5127768400</v>
+        <v>8169609000</v>
       </c>
     </row>
     <row r="304" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B304" s="22">
-        <v>10532982</v>
+        <v>2013077</v>
       </c>
       <c r="C304" s="23">
-        <v>42507</v>
+        <v>43090</v>
       </c>
       <c r="D304" s="23">
-        <v>46159</v>
+        <v>46377</v>
       </c>
       <c r="E304" s="24" t="s">
-        <v>906</v>
+        <v>902</v>
       </c>
       <c r="F304" s="25" t="s">
-        <v>907</v>
+        <v>903</v>
       </c>
       <c r="G304" s="24" t="s">
-        <v>321</v>
+        <v>348</v>
       </c>
       <c r="H304" s="22" t="s">
-        <v>87</v>
+        <v>325</v>
       </c>
       <c r="I304" s="22">
-        <v>641121906</v>
+        <v>21231</v>
       </c>
       <c r="J304" s="26">
-        <v>8169609000</v>
+        <v>4103421300</v>
       </c>
     </row>
     <row r="305" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B305" s="22">
-        <v>2013077</v>
+        <v>18748700</v>
       </c>
       <c r="C305" s="23">
-        <v>43090</v>
+        <v>43405</v>
       </c>
       <c r="D305" s="23">
-        <v>46377</v>
+        <v>46327</v>
       </c>
       <c r="E305" s="24" t="s">
-        <v>908</v>
+        <v>904</v>
       </c>
       <c r="F305" s="25" t="s">
-        <v>909</v>
+        <v>905</v>
       </c>
       <c r="G305" s="24" t="s">
-        <v>356</v>
+        <v>528</v>
       </c>
       <c r="H305" s="22" t="s">
-        <v>332</v>
+        <v>529</v>
       </c>
       <c r="I305" s="22">
-        <v>21231</v>
+        <v>44333</v>
       </c>
       <c r="J305" s="26">
-        <v>4103421300</v>
+        <v>3305761234</v>
       </c>
     </row>
     <row r="306" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B306" s="22">
-        <v>663844</v>
+        <v>9379248</v>
       </c>
       <c r="C306" s="23">
-        <v>40890</v>
+        <v>45503</v>
       </c>
       <c r="D306" s="23">
-        <v>46004</v>
+        <v>46233</v>
       </c>
       <c r="E306" s="24" t="s">
-        <v>910</v>
+        <v>906</v>
       </c>
       <c r="F306" s="25" t="s">
-        <v>911</v>
+        <v>907</v>
       </c>
       <c r="G306" s="24" t="s">
-        <v>912</v>
+        <v>908</v>
       </c>
       <c r="H306" s="22" t="s">
-        <v>148</v>
+        <v>535</v>
       </c>
       <c r="I306" s="22">
-        <v>19103</v>
+        <v>85281</v>
       </c>
       <c r="J306" s="26">
-        <v>4845304800</v>
+        <v>8007136250</v>
       </c>
     </row>
     <row r="307" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B307" s="22">
-        <v>18748700</v>
+        <v>2491483</v>
       </c>
       <c r="C307" s="23">
-        <v>43405</v>
+        <v>37566</v>
       </c>
       <c r="D307" s="23">
-        <v>46327</v>
+        <v>46332</v>
       </c>
       <c r="E307" s="24" t="s">
-        <v>913</v>
+        <v>909</v>
       </c>
       <c r="F307" s="25" t="s">
-        <v>914</v>
+        <v>910</v>
       </c>
       <c r="G307" s="24" t="s">
-        <v>540</v>
+        <v>911</v>
       </c>
       <c r="H307" s="22" t="s">
-        <v>541</v>
+        <v>51</v>
       </c>
       <c r="I307" s="22">
-        <v>44333</v>
+        <v>95821</v>
       </c>
       <c r="J307" s="26">
-        <v>3305761234</v>
+        <v>9162867843</v>
       </c>
     </row>
     <row r="308" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B308" s="22">
-        <v>9379248</v>
+        <v>3003343228</v>
       </c>
       <c r="C308" s="23">
-        <v>45503</v>
+        <v>45582</v>
       </c>
       <c r="D308" s="23">
-        <v>46233</v>
+        <v>46312</v>
       </c>
       <c r="E308" s="24" t="s">
-        <v>915</v>
+        <v>912</v>
       </c>
       <c r="F308" s="25" t="s">
-        <v>916</v>
+        <v>416</v>
       </c>
       <c r="G308" s="24" t="s">
-        <v>917</v>
+        <v>38</v>
       </c>
       <c r="H308" s="22" t="s">
-        <v>547</v>
+        <v>39</v>
       </c>
       <c r="I308" s="22">
-        <v>85281</v>
+        <v>19801</v>
       </c>
       <c r="J308" s="26">
-        <v>8007136250</v>
+        <v>8008777210</v>
       </c>
     </row>
     <row r="309" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B309" s="22">
-        <v>2491483</v>
+        <v>28347</v>
       </c>
       <c r="C309" s="23">
-        <v>37566</v>
+        <v>40242</v>
       </c>
       <c r="D309" s="23">
-        <v>46332</v>
+        <v>46451</v>
       </c>
       <c r="E309" s="24" t="s">
-        <v>918</v>
+        <v>913</v>
       </c>
       <c r="F309" s="25" t="s">
-        <v>919</v>
+        <v>914</v>
       </c>
       <c r="G309" s="24" t="s">
-        <v>920</v>
+        <v>741</v>
       </c>
       <c r="H309" s="22" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="I309" s="22">
-        <v>95821</v>
+        <v>921213091</v>
       </c>
       <c r="J309" s="26">
-        <v>9162867843</v>
+        <v>8008777210</v>
       </c>
     </row>
     <row r="310" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B310" s="22">
-        <v>3003343228</v>
+        <v>3002542410</v>
       </c>
       <c r="C310" s="23">
-        <v>45582</v>
+        <v>45078</v>
       </c>
       <c r="D310" s="23">
-        <v>46312</v>
+        <v>46174</v>
       </c>
       <c r="E310" s="24" t="s">
-        <v>921</v>
+        <v>915</v>
       </c>
       <c r="F310" s="25" t="s">
-        <v>425</v>
+        <v>916</v>
       </c>
       <c r="G310" s="24" t="s">
-        <v>38</v>
+        <v>917</v>
       </c>
       <c r="H310" s="22" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="I310" s="22">
-        <v>19801</v>
+        <v>33405</v>
       </c>
       <c r="J310" s="26">
-        <v>8008777210</v>
+        <v>9178429177</v>
       </c>
     </row>
     <row r="311" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B311" s="22">
-        <v>28347</v>
+        <v>8799623</v>
       </c>
       <c r="C311" s="23">
-        <v>40242</v>
+        <v>38905</v>
       </c>
       <c r="D311" s="23">
-        <v>46086</v>
+        <v>46210</v>
       </c>
       <c r="E311" s="24" t="s">
-        <v>922</v>
+        <v>918</v>
       </c>
       <c r="F311" s="25" t="s">
-        <v>923</v>
+        <v>919</v>
       </c>
       <c r="G311" s="24" t="s">
-        <v>750</v>
+        <v>684</v>
       </c>
       <c r="H311" s="22" t="s">
-        <v>47</v>
+        <v>920</v>
       </c>
       <c r="I311" s="22">
-        <v>921213091</v>
+        <v>972094129</v>
       </c>
       <c r="J311" s="26">
-        <v>8007754575</v>
+        <v>5032326960</v>
       </c>
     </row>
     <row r="312" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B312" s="22">
-        <v>3002542410</v>
+        <v>2265351</v>
       </c>
       <c r="C312" s="23">
-        <v>45078</v>
+        <v>37834</v>
       </c>
       <c r="D312" s="23">
-        <v>46174</v>
+        <v>46235</v>
       </c>
       <c r="E312" s="24" t="s">
-        <v>924</v>
+        <v>921</v>
       </c>
       <c r="F312" s="25" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
       <c r="G312" s="24" t="s">
-        <v>926</v>
+        <v>684</v>
       </c>
       <c r="H312" s="22" t="s">
-        <v>28</v>
+        <v>920</v>
       </c>
       <c r="I312" s="22">
-        <v>33405</v>
+        <v>97209</v>
       </c>
       <c r="J312" s="26">
-        <v>9178429177</v>
+        <v>5032326960</v>
       </c>
     </row>
     <row r="313" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B313" s="22">
-        <v>8799623</v>
+        <v>8512006</v>
       </c>
       <c r="C313" s="23">
-        <v>38905</v>
+        <v>44397</v>
       </c>
       <c r="D313" s="23">
-        <v>46210</v>
+        <v>46223</v>
       </c>
       <c r="E313" s="24" t="s">
-        <v>927</v>
+        <v>923</v>
       </c>
       <c r="F313" s="25" t="s">
-        <v>928</v>
+        <v>924</v>
       </c>
       <c r="G313" s="24" t="s">
-        <v>692</v>
+        <v>925</v>
       </c>
       <c r="H313" s="22" t="s">
-        <v>929</v>
-[...2 lines deleted...]
-        <v>972094129</v>
+        <v>23</v>
+      </c>
+      <c r="I313" s="22" t="s">
+        <v>926</v>
       </c>
       <c r="J313" s="26">
-        <v>5032326960</v>
+        <v>5086788180</v>
       </c>
     </row>
     <row r="314" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B314" s="22">
-        <v>2265351</v>
+        <v>17239945</v>
       </c>
       <c r="C314" s="23">
-        <v>37834</v>
+        <v>43313</v>
       </c>
       <c r="D314" s="23">
         <v>46235</v>
       </c>
       <c r="E314" s="24" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="F314" s="25" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="G314" s="24" t="s">
-        <v>692</v>
+        <v>534</v>
       </c>
       <c r="H314" s="22" t="s">
-        <v>929</v>
+        <v>535</v>
       </c>
       <c r="I314" s="22">
-        <v>97209</v>
+        <v>852553627</v>
       </c>
       <c r="J314" s="26">
-        <v>5032326960</v>
+        <v>4805632030</v>
       </c>
     </row>
     <row r="315" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B315" s="22">
-        <v>8512006</v>
+        <v>3002110847</v>
       </c>
       <c r="C315" s="23">
-        <v>44397</v>
+        <v>44799</v>
       </c>
       <c r="D315" s="23">
-        <v>46223</v>
+        <v>46260</v>
       </c>
       <c r="E315" s="24" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="F315" s="25" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
       <c r="G315" s="24" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="H315" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I315" s="22" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
       <c r="J315" s="26">
-        <v>5086788180</v>
+        <v>6178520107</v>
       </c>
     </row>
     <row r="316" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B316" s="22">
-        <v>17239945</v>
+        <v>8825688</v>
       </c>
       <c r="C316" s="23">
-        <v>43313</v>
+        <v>39064</v>
       </c>
       <c r="D316" s="23">
-        <v>46235</v>
+        <v>46369</v>
       </c>
       <c r="E316" s="24" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="F316" s="25" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="G316" s="24" t="s">
-        <v>546</v>
+        <v>741</v>
       </c>
       <c r="H316" s="22" t="s">
-        <v>547</v>
+        <v>51</v>
       </c>
       <c r="I316" s="22">
-        <v>852553627</v>
+        <v>92128</v>
       </c>
       <c r="J316" s="26">
-        <v>4805632030</v>
+        <v>8582071300</v>
       </c>
     </row>
     <row r="317" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B317" s="22">
-        <v>3002110847</v>
+        <v>14394712</v>
       </c>
       <c r="C317" s="23">
-        <v>44799</v>
+        <v>41778</v>
       </c>
       <c r="D317" s="23">
-        <v>46260</v>
+        <v>46161</v>
       </c>
       <c r="E317" s="24" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
       <c r="F317" s="25" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
       <c r="G317" s="24" t="s">
-        <v>940</v>
+        <v>380</v>
       </c>
       <c r="H317" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>941</v>
+        <v>381</v>
+      </c>
+      <c r="I317" s="22">
+        <v>66211</v>
       </c>
       <c r="J317" s="26">
-        <v>6178520107</v>
+        <v>9133872726</v>
       </c>
     </row>
     <row r="318" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B318" s="22">
-        <v>8825688</v>
+        <v>15809921</v>
       </c>
       <c r="C318" s="23">
-        <v>39064</v>
+        <v>40549</v>
       </c>
       <c r="D318" s="23">
-        <v>46369</v>
+        <v>46393</v>
       </c>
       <c r="E318" s="24" t="s">
-        <v>942</v>
+        <v>937</v>
       </c>
       <c r="F318" s="25" t="s">
-        <v>943</v>
+        <v>938</v>
       </c>
       <c r="G318" s="24" t="s">
-        <v>750</v>
+        <v>54</v>
       </c>
       <c r="H318" s="22" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="I318" s="22">
-        <v>92128</v>
+        <v>10022</v>
       </c>
       <c r="J318" s="26">
-        <v>8582071300</v>
+        <v>2123555005</v>
       </c>
     </row>
     <row r="319" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B319" s="22">
-        <v>14394712</v>
+        <v>12773845</v>
       </c>
       <c r="C319" s="23">
-        <v>41778</v>
+        <v>40119</v>
       </c>
       <c r="D319" s="23">
-        <v>46161</v>
+        <v>46327</v>
       </c>
       <c r="E319" s="24" t="s">
-        <v>944</v>
+        <v>939</v>
       </c>
       <c r="F319" s="25" t="s">
-        <v>945</v>
+        <v>940</v>
       </c>
       <c r="G319" s="24" t="s">
-        <v>387</v>
+        <v>54</v>
       </c>
       <c r="H319" s="22" t="s">
-        <v>388</v>
+        <v>55</v>
       </c>
       <c r="I319" s="22">
-        <v>66211</v>
+        <v>10036</v>
       </c>
       <c r="J319" s="26">
-        <v>9133872726</v>
+        <v>2123450077</v>
       </c>
     </row>
     <row r="320" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B320" s="22">
-        <v>15809921</v>
+        <v>3485060</v>
       </c>
       <c r="C320" s="23">
-        <v>40549</v>
+        <v>39472</v>
       </c>
       <c r="D320" s="23">
-        <v>46028</v>
+        <v>46412</v>
       </c>
       <c r="E320" s="24" t="s">
-        <v>946</v>
+        <v>941</v>
       </c>
       <c r="F320" s="25" t="s">
-        <v>947</v>
+        <v>940</v>
       </c>
       <c r="G320" s="24" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="H320" s="22" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="I320" s="22">
-        <v>10022</v>
+        <v>10036</v>
       </c>
       <c r="J320" s="26">
-        <v>2123555005</v>
+        <v>2123459680</v>
       </c>
     </row>
     <row r="321" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B321" s="22">
-        <v>12773845</v>
+        <v>963205</v>
       </c>
       <c r="C321" s="23">
-        <v>40119</v>
+        <v>42158</v>
       </c>
       <c r="D321" s="23">
-        <v>46327</v>
+        <v>46176</v>
       </c>
       <c r="E321" s="24" t="s">
-        <v>948</v>
+        <v>942</v>
       </c>
       <c r="F321" s="25" t="s">
-        <v>949</v>
+        <v>943</v>
       </c>
       <c r="G321" s="24" t="s">
-        <v>50</v>
+        <v>944</v>
       </c>
       <c r="H321" s="22" t="s">
-        <v>51</v>
+        <v>311</v>
       </c>
       <c r="I321" s="22">
-        <v>10036</v>
+        <v>20136</v>
       </c>
       <c r="J321" s="26">
-        <v>2123450077</v>
+        <v>7037166000</v>
       </c>
     </row>
     <row r="322" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B322" s="22">
-        <v>3485060</v>
+        <v>8604131</v>
       </c>
       <c r="C322" s="23">
-        <v>39472</v>
+        <v>38623</v>
       </c>
       <c r="D322" s="23">
-        <v>46412</v>
+        <v>46293</v>
       </c>
       <c r="E322" s="24" t="s">
-        <v>950</v>
+        <v>945</v>
       </c>
       <c r="F322" s="25" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="G322" s="24" t="s">
-        <v>50</v>
+        <v>947</v>
       </c>
       <c r="H322" s="22" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>10036</v>
+        <v>23</v>
+      </c>
+      <c r="I322" s="22" t="s">
+        <v>948</v>
       </c>
       <c r="J322" s="26">
-        <v>2123459680</v>
+        <v>5087751700</v>
       </c>
     </row>
     <row r="323" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B323" s="22">
-        <v>963205</v>
+        <v>5437154</v>
       </c>
       <c r="C323" s="23">
-        <v>42158</v>
+        <v>36121</v>
       </c>
       <c r="D323" s="23">
-        <v>46176</v>
+        <v>46348</v>
       </c>
       <c r="E323" s="24" t="s">
+        <v>949</v>
+      </c>
+      <c r="F323" s="25" t="s">
+        <v>950</v>
+      </c>
+      <c r="G323" s="24" t="s">
         <v>951</v>
       </c>
-      <c r="F323" s="25" t="s">
+      <c r="H323" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="I323" s="22" t="s">
         <v>952</v>
       </c>
-      <c r="G323" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J323" s="26">
-        <v>7037166000</v>
+        <v>5088928133</v>
       </c>
     </row>
     <row r="324" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B324" s="22">
-        <v>8604131</v>
+        <v>8887245</v>
       </c>
       <c r="C324" s="23">
-        <v>38623</v>
+        <v>40714</v>
       </c>
       <c r="D324" s="23">
-        <v>46293</v>
+        <v>46193</v>
       </c>
       <c r="E324" s="24" t="s">
+        <v>953</v>
+      </c>
+      <c r="F324" s="25" t="s">
         <v>954</v>
       </c>
-      <c r="F324" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G324" s="24" t="s">
-        <v>956</v>
+        <v>765</v>
       </c>
       <c r="H324" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>957</v>
+        <v>158</v>
+      </c>
+      <c r="I324" s="22">
+        <v>503234000</v>
       </c>
       <c r="J324" s="26">
-        <v>5087751700</v>
+        <v>2123459680</v>
       </c>
     </row>
     <row r="325" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B325" s="22">
-        <v>5437154</v>
+        <v>8402092</v>
       </c>
       <c r="C325" s="23">
-        <v>36121</v>
+        <v>38532</v>
       </c>
       <c r="D325" s="23">
-        <v>46348</v>
+        <v>46202</v>
       </c>
       <c r="E325" s="24" t="s">
-        <v>958</v>
+        <v>955</v>
       </c>
       <c r="F325" s="25" t="s">
-        <v>959</v>
+        <v>956</v>
       </c>
       <c r="G325" s="24" t="s">
-        <v>960</v>
+        <v>54</v>
       </c>
       <c r="H325" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>961</v>
+        <v>55</v>
+      </c>
+      <c r="I325" s="22">
+        <v>10036</v>
       </c>
       <c r="J325" s="26">
-        <v>5088928133</v>
+        <v>2123459680</v>
       </c>
     </row>
     <row r="326" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B326" s="22">
-        <v>8887245</v>
+        <v>38494</v>
       </c>
       <c r="C326" s="23">
-        <v>40714</v>
+        <v>38631</v>
       </c>
       <c r="D326" s="23">
-        <v>46193</v>
+        <v>46301</v>
       </c>
       <c r="E326" s="24" t="s">
-        <v>962</v>
+        <v>957</v>
       </c>
       <c r="F326" s="25" t="s">
-        <v>963</v>
+        <v>958</v>
       </c>
       <c r="G326" s="24" t="s">
-        <v>774</v>
+        <v>959</v>
       </c>
       <c r="H326" s="22" t="s">
-        <v>159</v>
+        <v>960</v>
       </c>
       <c r="I326" s="22">
-        <v>503234000</v>
+        <v>98101</v>
       </c>
       <c r="J326" s="26">
-        <v>2123459680</v>
+        <v>9042184053</v>
       </c>
     </row>
     <row r="327" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B327" s="22">
-        <v>8402092</v>
+        <v>1597952</v>
       </c>
       <c r="C327" s="23">
-        <v>38532</v>
+        <v>40694</v>
       </c>
       <c r="D327" s="23">
-        <v>46202</v>
+        <v>46173</v>
       </c>
       <c r="E327" s="24" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
       <c r="F327" s="25" t="s">
-        <v>965</v>
+        <v>962</v>
       </c>
       <c r="G327" s="24" t="s">
-        <v>50</v>
+        <v>94</v>
       </c>
       <c r="H327" s="22" t="s">
-        <v>51</v>
+        <v>95</v>
       </c>
       <c r="I327" s="22">
-        <v>10036</v>
+        <v>60654</v>
       </c>
       <c r="J327" s="26">
-        <v>2123459680</v>
+        <v>3125956000</v>
       </c>
     </row>
     <row r="328" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B328" s="22">
-        <v>38494</v>
+        <v>5689170</v>
       </c>
       <c r="C328" s="23">
-        <v>38631</v>
+        <v>44847</v>
       </c>
       <c r="D328" s="23">
-        <v>46301</v>
+        <v>46308</v>
       </c>
       <c r="E328" s="24" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="F328" s="25" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="G328" s="24" t="s">
-        <v>968</v>
+        <v>90</v>
       </c>
       <c r="H328" s="22" t="s">
-        <v>231</v>
+        <v>91</v>
       </c>
       <c r="I328" s="22">
-        <v>98101</v>
+        <v>631417275</v>
       </c>
       <c r="J328" s="26">
-        <v>9042184053</v>
+        <v>8136733999</v>
       </c>
     </row>
     <row r="329" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B329" s="22">
-        <v>1597952</v>
+        <v>3003350570</v>
       </c>
       <c r="C329" s="23">
-        <v>40694</v>
+        <v>45587</v>
       </c>
       <c r="D329" s="23">
-        <v>46173</v>
+        <v>46317</v>
       </c>
       <c r="E329" s="24" t="s">
-        <v>969</v>
+        <v>965</v>
       </c>
       <c r="F329" s="25" t="s">
-        <v>970</v>
+        <v>966</v>
       </c>
       <c r="G329" s="24" t="s">
-        <v>90</v>
+        <v>482</v>
       </c>
       <c r="H329" s="22" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>60654</v>
+        <v>23</v>
+      </c>
+      <c r="I329" s="22" t="s">
+        <v>889</v>
       </c>
       <c r="J329" s="26">
-        <v>3125956000</v>
+        <v>5086164906</v>
       </c>
     </row>
     <row r="330" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B330" s="22">
-        <v>5689170</v>
+        <v>3939315</v>
       </c>
       <c r="C330" s="23">
-        <v>44847</v>
+        <v>44959</v>
       </c>
       <c r="D330" s="23">
-        <v>46308</v>
+        <v>46420</v>
       </c>
       <c r="E330" s="24" t="s">
-        <v>971</v>
+        <v>967</v>
       </c>
       <c r="F330" s="25" t="s">
-        <v>972</v>
+        <v>968</v>
       </c>
       <c r="G330" s="24" t="s">
-        <v>86</v>
+        <v>969</v>
       </c>
       <c r="H330" s="22" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>631417275</v>
+        <v>115</v>
+      </c>
+      <c r="I330" s="22" t="s">
+        <v>970</v>
       </c>
       <c r="J330" s="26">
-        <v>8136733999</v>
+        <v>2123451739</v>
       </c>
     </row>
     <row r="331" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B331" s="22">
-        <v>3003350570</v>
+        <v>31249</v>
       </c>
       <c r="C331" s="23">
-        <v>45587</v>
+        <v>38581</v>
       </c>
       <c r="D331" s="23">
-        <v>46317</v>
+        <v>46251</v>
       </c>
       <c r="E331" s="24" t="s">
-        <v>973</v>
+        <v>971</v>
       </c>
       <c r="F331" s="25" t="s">
-        <v>974</v>
+        <v>972</v>
       </c>
       <c r="G331" s="24" t="s">
-        <v>491</v>
+        <v>688</v>
       </c>
       <c r="H331" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I331" s="22" t="s">
-        <v>895</v>
+        <v>973</v>
       </c>
       <c r="J331" s="26">
-        <v>5086164906</v>
+        <v>4137441514</v>
       </c>
     </row>
     <row r="332" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B332" s="22">
-        <v>3939315</v>
+        <v>3001997845</v>
       </c>
       <c r="C332" s="23">
-        <v>44959</v>
+        <v>44733</v>
       </c>
       <c r="D332" s="23">
-        <v>46055</v>
+        <v>46194</v>
       </c>
       <c r="E332" s="24" t="s">
+        <v>974</v>
+      </c>
+      <c r="F332" s="25" t="s">
         <v>975</v>
       </c>
-      <c r="F332" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G332" s="24" t="s">
-        <v>977</v>
+        <v>125</v>
       </c>
       <c r="H332" s="22" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>978</v>
+        <v>91</v>
+      </c>
+      <c r="I332" s="22">
+        <v>63021</v>
       </c>
       <c r="J332" s="26">
-        <v>2123451739</v>
+        <v>3149090600</v>
       </c>
     </row>
     <row r="333" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B333" s="22">
-        <v>31249</v>
+        <v>963269</v>
       </c>
       <c r="C333" s="23">
-        <v>38581</v>
+        <v>42079</v>
       </c>
       <c r="D333" s="23">
-        <v>46251</v>
+        <v>46462</v>
       </c>
       <c r="E333" s="24" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
       <c r="F333" s="25" t="s">
-        <v>980</v>
+        <v>652</v>
       </c>
       <c r="G333" s="24" t="s">
-        <v>706</v>
+        <v>653</v>
       </c>
       <c r="H333" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>981</v>
+        <v>28</v>
+      </c>
+      <c r="I333" s="22">
+        <v>33418</v>
       </c>
       <c r="J333" s="26">
-        <v>4137441514</v>
+        <v>5614722000</v>
       </c>
     </row>
     <row r="334" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B334" s="22">
-        <v>3001997845</v>
+        <v>7492293</v>
       </c>
       <c r="C334" s="23">
-        <v>44733</v>
+        <v>40121</v>
       </c>
       <c r="D334" s="23">
-        <v>46194</v>
+        <v>46330</v>
       </c>
       <c r="E334" s="24" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="F334" s="25" t="s">
-        <v>983</v>
+        <v>978</v>
       </c>
       <c r="G334" s="24" t="s">
-        <v>126</v>
+        <v>355</v>
       </c>
       <c r="H334" s="22" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>63021</v>
+        <v>23</v>
+      </c>
+      <c r="I334" s="22" t="s">
+        <v>979</v>
       </c>
       <c r="J334" s="26">
-        <v>3149090600</v>
+        <v>6173140282</v>
       </c>
     </row>
     <row r="335" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B335" s="22">
-        <v>963269</v>
+        <v>963143</v>
       </c>
       <c r="C335" s="23">
-        <v>42079</v>
+        <v>39057</v>
       </c>
       <c r="D335" s="23">
-        <v>46097</v>
+        <v>46362</v>
       </c>
       <c r="E335" s="24" t="s">
-        <v>984</v>
+        <v>980</v>
       </c>
       <c r="F335" s="25" t="s">
-        <v>657</v>
+        <v>416</v>
       </c>
       <c r="G335" s="24" t="s">
-        <v>658</v>
+        <v>38</v>
       </c>
       <c r="H335" s="22" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="I335" s="22">
-        <v>33418</v>
+        <v>19801</v>
       </c>
       <c r="J335" s="26">
-        <v>5614722000</v>
+        <v>2125372365</v>
       </c>
     </row>
     <row r="336" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B336" s="22">
-        <v>7492293</v>
+        <v>3431230</v>
       </c>
       <c r="C336" s="23">
-        <v>40121</v>
+        <v>42069</v>
       </c>
       <c r="D336" s="23">
-        <v>46330</v>
+        <v>46452</v>
       </c>
       <c r="E336" s="24" t="s">
-        <v>985</v>
+        <v>981</v>
       </c>
       <c r="F336" s="25" t="s">
-        <v>986</v>
+        <v>982</v>
       </c>
       <c r="G336" s="24" t="s">
-        <v>220</v>
+        <v>983</v>
       </c>
       <c r="H336" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>987</v>
+        <v>685</v>
+      </c>
+      <c r="I336" s="22">
+        <v>40436134</v>
       </c>
       <c r="J336" s="26">
-        <v>6173140282</v>
+        <v>2079852941</v>
       </c>
     </row>
     <row r="337" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B337" s="22">
-        <v>963143</v>
+        <v>8755798</v>
       </c>
       <c r="C337" s="23">
-        <v>39057</v>
+        <v>38807</v>
       </c>
       <c r="D337" s="23">
-        <v>46362</v>
+        <v>46112</v>
       </c>
       <c r="E337" s="24" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="F337" s="25" t="s">
-        <v>425</v>
+        <v>985</v>
       </c>
       <c r="G337" s="24" t="s">
-        <v>38</v>
+        <v>688</v>
       </c>
       <c r="H337" s="22" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>19801</v>
+        <v>23</v>
+      </c>
+      <c r="I337" s="22" t="s">
+        <v>809</v>
       </c>
       <c r="J337" s="26">
-        <v>2125372365</v>
+        <v>4137391800</v>
       </c>
     </row>
     <row r="338" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B338" s="22">
-        <v>3431230</v>
+        <v>14341774</v>
       </c>
       <c r="C338" s="23">
-        <v>42069</v>
+        <v>45582</v>
       </c>
       <c r="D338" s="23">
-        <v>46087</v>
+        <v>46312</v>
       </c>
       <c r="E338" s="24" t="s">
+        <v>986</v>
+      </c>
+      <c r="F338" s="25" t="s">
+        <v>987</v>
+      </c>
+      <c r="G338" s="24" t="s">
+        <v>988</v>
+      </c>
+      <c r="H338" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="I338" s="22" t="s">
         <v>989</v>
       </c>
-      <c r="F338" s="25" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J338" s="26">
-        <v>2079852941</v>
+        <v>5089271976</v>
       </c>
     </row>
     <row r="339" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B339" s="22">
-        <v>8755798</v>
+        <v>3002775934</v>
       </c>
       <c r="C339" s="23">
-        <v>38807</v>
+        <v>45212</v>
       </c>
       <c r="D339" s="23">
-        <v>46112</v>
+        <v>46308</v>
       </c>
       <c r="E339" s="24" t="s">
+        <v>990</v>
+      </c>
+      <c r="F339" s="25" t="s">
+        <v>991</v>
+      </c>
+      <c r="G339" s="24" t="s">
         <v>992</v>
-      </c>
-[...4 lines deleted...]
-        <v>706</v>
       </c>
       <c r="H339" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I339" s="22" t="s">
-        <v>815</v>
+        <v>993</v>
       </c>
       <c r="J339" s="26">
-        <v>4137391800</v>
+        <v>9789846896</v>
       </c>
     </row>
     <row r="340" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B340" s="22">
-        <v>14341774</v>
+        <v>5438236</v>
       </c>
       <c r="C340" s="23">
-        <v>45582</v>
+        <v>44717</v>
       </c>
       <c r="D340" s="23">
-        <v>46312</v>
+        <v>46178</v>
       </c>
       <c r="E340" s="24" t="s">
         <v>994</v>
       </c>
       <c r="F340" s="25" t="s">
         <v>995</v>
       </c>
       <c r="G340" s="24" t="s">
         <v>996</v>
       </c>
       <c r="H340" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I340" s="22" t="s">
         <v>997</v>
       </c>
       <c r="J340" s="26">
-        <v>5089271976</v>
+        <v>5085402400</v>
       </c>
     </row>
     <row r="341" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B341" s="22">
-        <v>3002775934</v>
+        <v>19547384</v>
       </c>
       <c r="C341" s="23">
-        <v>45212</v>
+        <v>44089</v>
       </c>
       <c r="D341" s="23">
-        <v>46308</v>
+        <v>46280</v>
       </c>
       <c r="E341" s="24" t="s">
         <v>998</v>
       </c>
       <c r="F341" s="25" t="s">
         <v>999</v>
       </c>
       <c r="G341" s="24" t="s">
-        <v>1000</v>
+        <v>54</v>
       </c>
       <c r="H341" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1001</v>
+        <v>55</v>
+      </c>
+      <c r="I341" s="22">
+        <v>10022</v>
       </c>
       <c r="J341" s="26">
-        <v>9789846896</v>
+        <v>2122241600</v>
       </c>
     </row>
     <row r="342" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B342" s="22">
-        <v>5438236</v>
+        <v>655002</v>
       </c>
       <c r="C342" s="23">
-        <v>44717</v>
+        <v>40289</v>
       </c>
       <c r="D342" s="23">
-        <v>46178</v>
+        <v>46498</v>
       </c>
       <c r="E342" s="24" t="s">
+        <v>1000</v>
+      </c>
+      <c r="F342" s="25" t="s">
+        <v>1001</v>
+      </c>
+      <c r="G342" s="24" t="s">
         <v>1002</v>
       </c>
-      <c r="F342" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H342" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1005</v>
+        <v>72</v>
+      </c>
+      <c r="I342" s="22">
+        <v>68175</v>
       </c>
       <c r="J342" s="26">
-        <v>5085402400</v>
+        <v>4023427600</v>
       </c>
     </row>
     <row r="343" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B343" s="22">
-        <v>19547384</v>
+        <v>1914121</v>
       </c>
       <c r="C343" s="23">
-        <v>44089</v>
+        <v>45712</v>
       </c>
       <c r="D343" s="23">
-        <v>46280</v>
+        <v>46442</v>
       </c>
       <c r="E343" s="24" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
       <c r="F343" s="25" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="G343" s="24" t="s">
-        <v>50</v>
+        <v>1005</v>
       </c>
       <c r="H343" s="22" t="s">
         <v>51</v>
       </c>
       <c r="I343" s="22">
-        <v>10022</v>
+        <v>93012</v>
       </c>
       <c r="J343" s="26">
-        <v>2122241600</v>
+        <v>8057646740</v>
       </c>
     </row>
     <row r="344" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B344" s="22">
-        <v>655002</v>
+        <v>17831129</v>
       </c>
       <c r="C344" s="23">
-        <v>40289</v>
+        <v>42389</v>
       </c>
       <c r="D344" s="23">
-        <v>46133</v>
+        <v>46407</v>
       </c>
       <c r="E344" s="24" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F344" s="25" t="s">
+        <v>1007</v>
+      </c>
+      <c r="G344" s="24" t="s">
         <v>1008</v>
       </c>
-      <c r="F344" s="25" t="s">
+      <c r="H344" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="I344" s="22" t="s">
         <v>1009</v>
       </c>
-      <c r="G344" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J344" s="26">
-        <v>4023427600</v>
+        <v>9783694313</v>
       </c>
     </row>
     <row r="345" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B345" s="22">
-        <v>1914121</v>
+        <v>6913531</v>
       </c>
       <c r="C345" s="23">
-        <v>45712</v>
+        <v>37881</v>
       </c>
       <c r="D345" s="23">
-        <v>46077</v>
+        <v>46282</v>
       </c>
       <c r="E345" s="24" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F345" s="25" t="s">
         <v>1011</v>
       </c>
-      <c r="F345" s="25" t="s">
+      <c r="G345" s="24" t="s">
         <v>1012</v>
       </c>
-      <c r="G345" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H345" s="22" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="I345" s="22">
-        <v>93012</v>
+        <v>61201</v>
       </c>
       <c r="J345" s="26">
-        <v>8057646740</v>
+        <v>3097866481</v>
       </c>
     </row>
     <row r="346" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B346" s="22">
-        <v>17831129</v>
+        <v>1996662</v>
       </c>
       <c r="C346" s="23">
-        <v>42389</v>
+        <v>45876</v>
       </c>
       <c r="D346" s="23">
-        <v>46407</v>
+        <v>46241</v>
       </c>
       <c r="E346" s="24" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F346" s="25" t="s">
         <v>1014</v>
       </c>
-      <c r="F346" s="25" t="s">
+      <c r="G346" s="24" t="s">
         <v>1015</v>
       </c>
-      <c r="G346" s="24" t="s">
+      <c r="H346" s="22" t="s">
+        <v>115</v>
+      </c>
+      <c r="I346" s="22" t="s">
         <v>1016</v>
       </c>
-      <c r="H346" s="22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J346" s="26">
-        <v>9783694313</v>
+        <v>2014760029</v>
       </c>
     </row>
     <row r="347" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B347" s="22">
-        <v>6913531</v>
+        <v>19412910</v>
       </c>
       <c r="C347" s="23">
-        <v>37881</v>
+        <v>44750</v>
       </c>
       <c r="D347" s="23">
-        <v>46282</v>
+        <v>46211</v>
       </c>
       <c r="E347" s="24" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F347" s="25" t="s">
         <v>1018</v>
       </c>
-      <c r="F347" s="25" t="s">
+      <c r="G347" s="24" t="s">
         <v>1019</v>
       </c>
-      <c r="G347" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H347" s="22" t="s">
-        <v>91</v>
+        <v>55</v>
       </c>
       <c r="I347" s="22">
-        <v>61201</v>
+        <v>115304933</v>
       </c>
       <c r="J347" s="26">
-        <v>3097866481</v>
+        <v>6468852816</v>
       </c>
     </row>
     <row r="348" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B348" s="22">
-        <v>1996662</v>
+        <v>957415</v>
       </c>
       <c r="C348" s="23">
-        <v>45876</v>
+        <v>37963</v>
       </c>
       <c r="D348" s="23">
-        <v>46241</v>
+        <v>46364</v>
       </c>
       <c r="E348" s="24" t="s">
+        <v>1020</v>
+      </c>
+      <c r="F348" s="25" t="s">
         <v>1021</v>
       </c>
-      <c r="F348" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G348" s="24" t="s">
-        <v>1023</v>
+        <v>710</v>
       </c>
       <c r="H348" s="22" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>1024</v>
+        <v>529</v>
+      </c>
+      <c r="I348" s="22">
+        <v>432152226</v>
       </c>
       <c r="J348" s="26">
-        <v>2014760029</v>
+        <v>8887537364</v>
       </c>
     </row>
     <row r="349" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B349" s="22">
-        <v>19412910</v>
+        <v>963332</v>
       </c>
       <c r="C349" s="23">
-        <v>44750</v>
+        <v>42086</v>
       </c>
       <c r="D349" s="23">
-        <v>46211</v>
+        <v>46469</v>
       </c>
       <c r="E349" s="24" t="s">
-        <v>1025</v>
+        <v>1022</v>
       </c>
       <c r="F349" s="25" t="s">
-        <v>1026</v>
+        <v>416</v>
       </c>
       <c r="G349" s="24" t="s">
-        <v>1027</v>
+        <v>38</v>
       </c>
       <c r="H349" s="22" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="I349" s="22">
-        <v>115304933</v>
+        <v>19801</v>
       </c>
       <c r="J349" s="26">
-        <v>6468852816</v>
+        <v>8776773678</v>
       </c>
     </row>
     <row r="350" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B350" s="22">
-        <v>957415</v>
+        <v>8732170</v>
       </c>
       <c r="C350" s="23">
-        <v>37963</v>
+        <v>40532</v>
       </c>
       <c r="D350" s="23">
-        <v>46364</v>
+        <v>46376</v>
       </c>
       <c r="E350" s="24" t="s">
-        <v>1028</v>
+        <v>1023</v>
       </c>
       <c r="F350" s="25" t="s">
-        <v>1029</v>
+        <v>1024</v>
       </c>
       <c r="G350" s="24" t="s">
-        <v>716</v>
+        <v>1025</v>
       </c>
       <c r="H350" s="22" t="s">
-        <v>541</v>
+        <v>311</v>
       </c>
       <c r="I350" s="22">
-        <v>432152226</v>
+        <v>22180</v>
       </c>
       <c r="J350" s="26">
-        <v>8887537364</v>
+        <v>8772218108</v>
       </c>
     </row>
     <row r="351" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B351" s="22">
-        <v>963332</v>
+        <v>3954263</v>
       </c>
       <c r="C351" s="23">
-        <v>42086</v>
+        <v>42485</v>
       </c>
       <c r="D351" s="23">
-        <v>46104</v>
+        <v>46137</v>
       </c>
       <c r="E351" s="24" t="s">
-        <v>1030</v>
+        <v>1026</v>
       </c>
       <c r="F351" s="25" t="s">
-        <v>1031</v>
+        <v>1027</v>
       </c>
       <c r="G351" s="24" t="s">
-        <v>306</v>
+        <v>773</v>
       </c>
       <c r="H351" s="22" t="s">
-        <v>47</v>
+        <v>673</v>
       </c>
       <c r="I351" s="22">
-        <v>90017</v>
+        <v>35203</v>
       </c>
       <c r="J351" s="26">
-        <v>8776773678</v>
+        <v>8005219390</v>
       </c>
     </row>
     <row r="352" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B352" s="22">
-        <v>8732170</v>
+        <v>3003490005</v>
       </c>
       <c r="C352" s="23">
-        <v>40532</v>
+        <v>45691</v>
       </c>
       <c r="D352" s="23">
-        <v>46376</v>
+        <v>46421</v>
       </c>
       <c r="E352" s="24" t="s">
-        <v>1032</v>
+        <v>1028</v>
       </c>
       <c r="F352" s="25" t="s">
-        <v>1033</v>
+        <v>1029</v>
       </c>
       <c r="G352" s="24" t="s">
-        <v>1034</v>
+        <v>624</v>
       </c>
       <c r="H352" s="22" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>22180</v>
+        <v>371</v>
+      </c>
+      <c r="I352" s="22" t="s">
+        <v>1030</v>
       </c>
       <c r="J352" s="26">
-        <v>8772218108</v>
+        <v>5089308434</v>
       </c>
     </row>
     <row r="353" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B353" s="22">
-        <v>3954263</v>
+        <v>8016205</v>
       </c>
       <c r="C353" s="23">
-        <v>42485</v>
+        <v>38051</v>
       </c>
       <c r="D353" s="23">
-        <v>46137</v>
+        <v>46451</v>
       </c>
       <c r="E353" s="24" t="s">
-        <v>1035</v>
+        <v>1031</v>
       </c>
       <c r="F353" s="25" t="s">
-        <v>1036</v>
+        <v>1032</v>
       </c>
       <c r="G353" s="24" t="s">
-        <v>782</v>
+        <v>494</v>
       </c>
       <c r="H353" s="22" t="s">
-        <v>678</v>
-[...2 lines deleted...]
-        <v>35203</v>
+        <v>23</v>
+      </c>
+      <c r="I353" s="22" t="s">
+        <v>495</v>
       </c>
       <c r="J353" s="26">
-        <v>8005219390</v>
+        <v>5086723096</v>
       </c>
     </row>
     <row r="354" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B354" s="22">
-        <v>3003490005</v>
+        <v>963482</v>
       </c>
       <c r="C354" s="23">
-        <v>45691</v>
+        <v>38894</v>
       </c>
       <c r="D354" s="23">
-        <v>46056</v>
+        <v>46199</v>
       </c>
       <c r="E354" s="24" t="s">
-        <v>1037</v>
+        <v>1033</v>
       </c>
       <c r="F354" s="25" t="s">
-        <v>1038</v>
+        <v>1034</v>
       </c>
       <c r="G354" s="24" t="s">
-        <v>629</v>
+        <v>1035</v>
       </c>
       <c r="H354" s="22" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-        <v>1039</v>
+        <v>960</v>
+      </c>
+      <c r="I354" s="22">
+        <v>99218</v>
       </c>
       <c r="J354" s="26">
-        <v>5089308434</v>
+        <v>5098381313</v>
       </c>
     </row>
     <row r="355" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B355" s="22">
-        <v>8016205</v>
+        <v>7019733</v>
       </c>
       <c r="C355" s="23">
-        <v>38051</v>
+        <v>39268</v>
       </c>
       <c r="D355" s="23">
-        <v>46086</v>
+        <v>46208</v>
       </c>
       <c r="E355" s="24" t="s">
-        <v>1040</v>
+        <v>1036</v>
       </c>
       <c r="F355" s="25" t="s">
-        <v>1041</v>
+        <v>1037</v>
       </c>
       <c r="G355" s="24" t="s">
-        <v>503</v>
+        <v>1038</v>
       </c>
       <c r="H355" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>504</v>
+        <v>28</v>
+      </c>
+      <c r="I355" s="22">
+        <v>33432</v>
       </c>
       <c r="J355" s="26">
-        <v>5086723096</v>
+        <v>9543343450</v>
       </c>
     </row>
     <row r="356" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B356" s="22">
-        <v>963482</v>
+        <v>17108510</v>
       </c>
       <c r="C356" s="23">
-        <v>38894</v>
+        <v>42836</v>
       </c>
       <c r="D356" s="23">
-        <v>46199</v>
+        <v>46123</v>
       </c>
       <c r="E356" s="24" t="s">
-        <v>1042</v>
+        <v>1039</v>
       </c>
       <c r="F356" s="25" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
       <c r="G356" s="24" t="s">
-        <v>1044</v>
+        <v>1041</v>
       </c>
       <c r="H356" s="22" t="s">
-        <v>231</v>
+        <v>39</v>
       </c>
       <c r="I356" s="22">
-        <v>99218</v>
+        <v>19713</v>
       </c>
       <c r="J356" s="26">
-        <v>5098381313</v>
+        <v>3027311326</v>
       </c>
     </row>
     <row r="357" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B357" s="22">
-        <v>7019733</v>
+        <v>2988442</v>
       </c>
       <c r="C357" s="23">
-        <v>39268</v>
+        <v>41089</v>
       </c>
       <c r="D357" s="23">
-        <v>46208</v>
+        <v>46203</v>
       </c>
       <c r="E357" s="24" t="s">
-        <v>1045</v>
+        <v>1042</v>
       </c>
       <c r="F357" s="25" t="s">
-        <v>1046</v>
+        <v>1043</v>
       </c>
       <c r="G357" s="24" t="s">
-        <v>1047</v>
+        <v>1044</v>
       </c>
       <c r="H357" s="22" t="s">
-        <v>28</v>
+        <v>172</v>
       </c>
       <c r="I357" s="22">
-        <v>33432</v>
+        <v>77079</v>
       </c>
       <c r="J357" s="26">
-        <v>9543343450</v>
+        <v>5413440640</v>
       </c>
     </row>
     <row r="358" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B358" s="22">
-        <v>17108510</v>
+        <v>13507417</v>
       </c>
       <c r="C358" s="23">
-        <v>42836</v>
+        <v>44736</v>
       </c>
       <c r="D358" s="23">
-        <v>46123</v>
+        <v>46197</v>
       </c>
       <c r="E358" s="24" t="s">
-        <v>1048</v>
+        <v>1045</v>
       </c>
       <c r="F358" s="25" t="s">
-        <v>1049</v>
+        <v>1046</v>
       </c>
       <c r="G358" s="24" t="s">
-        <v>1050</v>
+        <v>1044</v>
       </c>
       <c r="H358" s="22" t="s">
-        <v>39</v>
+        <v>172</v>
       </c>
       <c r="I358" s="22">
-        <v>19713</v>
+        <v>77079</v>
       </c>
       <c r="J358" s="26">
-        <v>3027311326</v>
+        <v>7137897122</v>
       </c>
     </row>
     <row r="359" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B359" s="22">
-        <v>2988442</v>
+        <v>16510222</v>
       </c>
       <c r="C359" s="23">
-        <v>41089</v>
+        <v>45860</v>
       </c>
       <c r="D359" s="23">
-        <v>46203</v>
+        <v>46225</v>
       </c>
       <c r="E359" s="24" t="s">
-        <v>1051</v>
+        <v>1047</v>
       </c>
       <c r="F359" s="25" t="s">
-        <v>1052</v>
+        <v>1048</v>
       </c>
       <c r="G359" s="24" t="s">
-        <v>1053</v>
+        <v>1049</v>
       </c>
       <c r="H359" s="22" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>77079</v>
+        <v>23</v>
+      </c>
+      <c r="I359" s="22" t="s">
+        <v>1050</v>
       </c>
       <c r="J359" s="26">
-        <v>5413440640</v>
+        <v>9782982545</v>
       </c>
     </row>
     <row r="360" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B360" s="22">
-        <v>13507417</v>
+        <v>1819741</v>
       </c>
       <c r="C360" s="23">
-        <v>44736</v>
+        <v>45056</v>
       </c>
       <c r="D360" s="23">
-        <v>46197</v>
+        <v>46152</v>
       </c>
       <c r="E360" s="24" t="s">
-        <v>1054</v>
+        <v>1051</v>
       </c>
       <c r="F360" s="25" t="s">
-        <v>1055</v>
+        <v>1052</v>
       </c>
       <c r="G360" s="24" t="s">
-        <v>1053</v>
+        <v>826</v>
       </c>
       <c r="H360" s="22" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="I360" s="22">
-        <v>77079</v>
+        <v>78746</v>
       </c>
       <c r="J360" s="26">
-        <v>7137897122</v>
+        <v>5126976869</v>
       </c>
     </row>
     <row r="361" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B361" s="22">
-        <v>16510222</v>
+        <v>686507</v>
       </c>
       <c r="C361" s="23">
-        <v>45860</v>
+        <v>45609</v>
       </c>
       <c r="D361" s="23">
-        <v>46225</v>
+        <v>46339</v>
       </c>
       <c r="E361" s="24" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="F361" s="25" t="s">
-        <v>1057</v>
+        <v>1054</v>
       </c>
       <c r="G361" s="24" t="s">
-        <v>1058</v>
+        <v>826</v>
       </c>
       <c r="H361" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1059</v>
+        <v>172</v>
+      </c>
+      <c r="I361" s="22">
+        <v>78746</v>
       </c>
       <c r="J361" s="26">
-        <v>9782982545</v>
+        <v>5126976869</v>
       </c>
     </row>
     <row r="362" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B362" s="22">
-        <v>1819741</v>
+        <v>3001929532</v>
       </c>
       <c r="C362" s="23">
-        <v>45056</v>
+        <v>45076</v>
       </c>
       <c r="D362" s="23">
-        <v>46152</v>
+        <v>46172</v>
       </c>
       <c r="E362" s="24" t="s">
-        <v>1060</v>
+        <v>1055</v>
       </c>
       <c r="F362" s="25" t="s">
-        <v>1061</v>
+        <v>1056</v>
       </c>
       <c r="G362" s="24" t="s">
-        <v>832</v>
+        <v>1057</v>
       </c>
       <c r="H362" s="22" t="s">
-        <v>173</v>
+        <v>51</v>
       </c>
       <c r="I362" s="22">
-        <v>78746</v>
+        <v>950353058</v>
       </c>
       <c r="J362" s="26">
-        <v>5126976869</v>
+        <v>5103067777</v>
       </c>
     </row>
     <row r="363" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B363" s="22">
-        <v>686507</v>
+        <v>3003276306</v>
       </c>
       <c r="C363" s="23">
-        <v>45609</v>
+        <v>45545</v>
       </c>
       <c r="D363" s="23">
-        <v>46339</v>
+        <v>46275</v>
       </c>
       <c r="E363" s="24" t="s">
-        <v>1062</v>
+        <v>1058</v>
       </c>
       <c r="F363" s="25" t="s">
-        <v>1063</v>
+        <v>1059</v>
       </c>
       <c r="G363" s="24" t="s">
-        <v>832</v>
+        <v>1060</v>
       </c>
       <c r="H363" s="22" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="I363" s="22">
-        <v>78746</v>
+        <v>75074</v>
       </c>
       <c r="J363" s="26">
-        <v>5126976869</v>
+        <v>2146426603</v>
       </c>
     </row>
     <row r="364" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B364" s="22">
-        <v>3001929532</v>
+        <v>1052719</v>
       </c>
       <c r="C364" s="23">
-        <v>45076</v>
+        <v>43574</v>
       </c>
       <c r="D364" s="23">
-        <v>46172</v>
+        <v>46131</v>
       </c>
       <c r="E364" s="24" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
       <c r="F364" s="25" t="s">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="G364" s="24" t="s">
-        <v>1066</v>
+        <v>102</v>
       </c>
       <c r="H364" s="22" t="s">
         <v>47</v>
       </c>
       <c r="I364" s="22">
-        <v>950353058</v>
+        <v>55414</v>
       </c>
       <c r="J364" s="26">
-        <v>5103067777</v>
+        <v>6126176000</v>
       </c>
     </row>
     <row r="365" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B365" s="22">
-        <v>3003276306</v>
+        <v>3001839408</v>
       </c>
       <c r="C365" s="23">
-        <v>45545</v>
+        <v>45455</v>
       </c>
       <c r="D365" s="23">
-        <v>46275</v>
+        <v>46185</v>
       </c>
       <c r="E365" s="24" t="s">
-        <v>1067</v>
+        <v>1063</v>
       </c>
       <c r="F365" s="25" t="s">
-        <v>1068</v>
+        <v>1064</v>
       </c>
       <c r="G365" s="24" t="s">
-        <v>1069</v>
+        <v>1065</v>
       </c>
       <c r="H365" s="22" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>75074</v>
+        <v>115</v>
+      </c>
+      <c r="I365" s="22" t="s">
+        <v>1066</v>
       </c>
       <c r="J365" s="26">
-        <v>2146426603</v>
+        <v>9087090020</v>
       </c>
     </row>
     <row r="366" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B366" s="22">
-        <v>1052719</v>
+        <v>3686056</v>
       </c>
       <c r="C366" s="23">
-        <v>43574</v>
+        <v>45811</v>
       </c>
       <c r="D366" s="23">
-        <v>46131</v>
+        <v>46176</v>
       </c>
       <c r="E366" s="24" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="F366" s="25" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="G366" s="24" t="s">
-        <v>98</v>
+        <v>421</v>
       </c>
       <c r="H366" s="22" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="I366" s="22">
-        <v>55414</v>
+        <v>31100000</v>
       </c>
       <c r="J366" s="26">
-        <v>6126176000</v>
+        <v>6034710900</v>
       </c>
     </row>
     <row r="367" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B367" s="22">
-        <v>3001839408</v>
+        <v>6520864</v>
       </c>
       <c r="C367" s="23">
-        <v>45455</v>
+        <v>39114</v>
       </c>
       <c r="D367" s="23">
-        <v>46185</v>
+        <v>46419</v>
       </c>
       <c r="E367" s="24" t="s">
-        <v>1072</v>
+        <v>1069</v>
       </c>
       <c r="F367" s="25" t="s">
-        <v>1073</v>
+        <v>1070</v>
       </c>
       <c r="G367" s="24" t="s">
-        <v>1074</v>
+        <v>188</v>
       </c>
       <c r="H367" s="22" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>1075</v>
+        <v>189</v>
+      </c>
+      <c r="I367" s="22">
+        <v>53202</v>
       </c>
       <c r="J367" s="26">
-        <v>9087090020</v>
+        <v>4146651444</v>
       </c>
     </row>
     <row r="368" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B368" s="22">
-        <v>3686056</v>
+        <v>13348194</v>
       </c>
       <c r="C368" s="23">
-        <v>45811</v>
+        <v>39883</v>
       </c>
       <c r="D368" s="23">
-        <v>46176</v>
+        <v>46457</v>
       </c>
       <c r="E368" s="24" t="s">
-        <v>1076</v>
+        <v>1071</v>
       </c>
       <c r="F368" s="25" t="s">
-        <v>1077</v>
+        <v>1072</v>
       </c>
       <c r="G368" s="24" t="s">
-        <v>430</v>
+        <v>1073</v>
       </c>
       <c r="H368" s="22" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>31100000</v>
+        <v>23</v>
+      </c>
+      <c r="I368" s="22" t="s">
+        <v>1074</v>
       </c>
       <c r="J368" s="26">
-        <v>6034710900</v>
+        <v>9783434188</v>
       </c>
     </row>
     <row r="369" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B369" s="22">
-        <v>6520864</v>
+        <v>8939544</v>
       </c>
       <c r="C369" s="23">
-        <v>39114</v>
+        <v>43138</v>
       </c>
       <c r="D369" s="23">
-        <v>46054</v>
+        <v>46424</v>
       </c>
       <c r="E369" s="24" t="s">
-        <v>1078</v>
+        <v>1075</v>
       </c>
       <c r="F369" s="25" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
       <c r="G369" s="24" t="s">
-        <v>186</v>
+        <v>54</v>
       </c>
       <c r="H369" s="22" t="s">
-        <v>187</v>
+        <v>55</v>
       </c>
       <c r="I369" s="22">
-        <v>53202</v>
+        <v>10010</v>
       </c>
       <c r="J369" s="26">
-        <v>4146651444</v>
+        <v>6469383362</v>
       </c>
     </row>
     <row r="370" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B370" s="22">
-        <v>13348194</v>
+        <v>1012856</v>
       </c>
       <c r="C370" s="23">
-        <v>39883</v>
+        <v>38590</v>
       </c>
       <c r="D370" s="23">
-        <v>46092</v>
+        <v>46260</v>
       </c>
       <c r="E370" s="24" t="s">
-        <v>1080</v>
+        <v>1077</v>
       </c>
       <c r="F370" s="25" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="G370" s="24" t="s">
-        <v>1082</v>
+        <v>54</v>
       </c>
       <c r="H370" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1083</v>
+        <v>55</v>
+      </c>
+      <c r="I370" s="22">
+        <v>10010</v>
       </c>
       <c r="J370" s="26">
-        <v>9783434188</v>
+        <v>6469383362</v>
       </c>
     </row>
     <row r="371" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B371" s="22">
-        <v>8939544</v>
+        <v>6273632</v>
       </c>
       <c r="C371" s="23">
-        <v>43138</v>
+        <v>38341</v>
       </c>
       <c r="D371" s="23">
-        <v>46059</v>
+        <v>46376</v>
       </c>
       <c r="E371" s="24" t="s">
-        <v>1084</v>
+        <v>1078</v>
       </c>
       <c r="F371" s="25" t="s">
-        <v>1085</v>
+        <v>1079</v>
       </c>
       <c r="G371" s="24" t="s">
-        <v>50</v>
+        <v>1080</v>
       </c>
       <c r="H371" s="22" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>10010</v>
+        <v>23</v>
+      </c>
+      <c r="I371" s="22" t="s">
+        <v>1081</v>
       </c>
       <c r="J371" s="26">
-        <v>2125764992</v>
+        <v>5088410515</v>
       </c>
     </row>
     <row r="372" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B372" s="22">
-        <v>1012856</v>
+        <v>3002624548</v>
       </c>
       <c r="C372" s="23">
-        <v>38590</v>
+        <v>45131</v>
       </c>
       <c r="D372" s="23">
-        <v>46260</v>
+        <v>46227</v>
       </c>
       <c r="E372" s="24" t="s">
-        <v>1086</v>
+        <v>1082</v>
       </c>
       <c r="F372" s="25" t="s">
-        <v>1085</v>
+        <v>1083</v>
       </c>
       <c r="G372" s="24" t="s">
-        <v>50</v>
+        <v>102</v>
       </c>
       <c r="H372" s="22" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I372" s="22">
-        <v>10010</v>
+        <v>55426</v>
       </c>
       <c r="J372" s="26">
-        <v>6469383362</v>
+        <v>9529566101</v>
       </c>
     </row>
     <row r="373" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B373" s="22">
-        <v>6273632</v>
+        <v>3002973320</v>
       </c>
       <c r="C373" s="23">
-        <v>38341</v>
+        <v>45350</v>
       </c>
       <c r="D373" s="23">
-        <v>46376</v>
+        <v>46446</v>
       </c>
       <c r="E373" s="24" t="s">
+        <v>1084</v>
+      </c>
+      <c r="F373" s="25" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G373" s="24" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H373" s="22" t="s">
+        <v>371</v>
+      </c>
+      <c r="I373" s="22" t="s">
         <v>1087</v>
       </c>
-      <c r="F373" s="25" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J373" s="26">
-        <v>5088410515</v>
+        <v>4012449837</v>
       </c>
     </row>
     <row r="374" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B374" s="22">
-        <v>3002624548</v>
+        <v>7672902</v>
       </c>
       <c r="C374" s="23">
-        <v>45131</v>
+        <v>40471</v>
       </c>
       <c r="D374" s="23">
-        <v>46227</v>
+        <v>46315</v>
       </c>
       <c r="E374" s="24" t="s">
-        <v>1091</v>
+        <v>1088</v>
       </c>
       <c r="F374" s="25" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="G374" s="24" t="s">
-        <v>98</v>
+        <v>556</v>
       </c>
       <c r="H374" s="22" t="s">
-        <v>99</v>
+        <v>529</v>
       </c>
       <c r="I374" s="22">
-        <v>55426</v>
+        <v>45242</v>
       </c>
       <c r="J374" s="26">
-        <v>9529566101</v>
+        <v>8776637267</v>
       </c>
     </row>
     <row r="375" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B375" s="22">
-        <v>3002973320</v>
+        <v>3001969536</v>
       </c>
       <c r="C375" s="23">
-        <v>45350</v>
+        <v>44714</v>
       </c>
       <c r="D375" s="23">
-        <v>46081</v>
+        <v>46175</v>
       </c>
       <c r="E375" s="24" t="s">
-        <v>1093</v>
+        <v>1090</v>
       </c>
       <c r="F375" s="25" t="s">
-        <v>1094</v>
+        <v>1091</v>
       </c>
       <c r="G375" s="24" t="s">
-        <v>1095</v>
+        <v>54</v>
       </c>
       <c r="H375" s="22" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-        <v>1096</v>
+        <v>55</v>
+      </c>
+      <c r="I375" s="22">
+        <v>10005</v>
       </c>
       <c r="J375" s="26">
-        <v>4012449837</v>
+        <v>2122561334</v>
       </c>
     </row>
     <row r="376" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B376" s="22">
-        <v>7672902</v>
+        <v>19776415</v>
       </c>
       <c r="C376" s="23">
-        <v>40471</v>
+        <v>45159</v>
       </c>
       <c r="D376" s="23">
-        <v>46315</v>
+        <v>46255</v>
       </c>
       <c r="E376" s="24" t="s">
-        <v>1097</v>
+        <v>1092</v>
       </c>
       <c r="F376" s="25" t="s">
-        <v>1098</v>
+        <v>1093</v>
       </c>
       <c r="G376" s="24" t="s">
-        <v>568</v>
+        <v>396</v>
       </c>
       <c r="H376" s="22" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-        <v>45242</v>
+        <v>23</v>
+      </c>
+      <c r="I376" s="22" t="s">
+        <v>466</v>
       </c>
       <c r="J376" s="26">
-        <v>8776637267</v>
+        <v>6173374208</v>
       </c>
     </row>
     <row r="377" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B377" s="22">
-        <v>3001969536</v>
+        <v>7443149</v>
       </c>
       <c r="C377" s="23">
-        <v>44714</v>
+        <v>39731</v>
       </c>
       <c r="D377" s="23">
-        <v>46175</v>
+        <v>46305</v>
       </c>
       <c r="E377" s="24" t="s">
-        <v>1099</v>
+        <v>1094</v>
       </c>
       <c r="F377" s="25" t="s">
-        <v>1100</v>
+        <v>1095</v>
       </c>
       <c r="G377" s="24" t="s">
-        <v>50</v>
+        <v>1096</v>
       </c>
       <c r="H377" s="22" t="s">
-        <v>51</v>
+        <v>99</v>
       </c>
       <c r="I377" s="22">
-        <v>10005</v>
+        <v>467838300</v>
       </c>
       <c r="J377" s="26">
-        <v>2122561334</v>
+        <v>2604236161</v>
       </c>
     </row>
     <row r="378" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B378" s="22">
-        <v>19776415</v>
+        <v>2004558</v>
       </c>
       <c r="C378" s="23">
-        <v>45159</v>
+        <v>36159</v>
       </c>
       <c r="D378" s="23">
-        <v>46255</v>
+        <v>46386</v>
       </c>
       <c r="E378" s="24" t="s">
-        <v>1101</v>
+        <v>1097</v>
       </c>
       <c r="F378" s="25" t="s">
-        <v>1102</v>
+        <v>1098</v>
       </c>
       <c r="G378" s="24" t="s">
-        <v>403</v>
+        <v>1099</v>
       </c>
       <c r="H378" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I378" s="22" t="s">
-        <v>475</v>
+        <v>1100</v>
       </c>
       <c r="J378" s="26">
-        <v>6173374208</v>
+        <v>4137590000</v>
       </c>
     </row>
     <row r="379" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B379" s="22">
-        <v>7443149</v>
+        <v>2201731</v>
       </c>
       <c r="C379" s="23">
-        <v>39731</v>
+        <v>45356</v>
       </c>
       <c r="D379" s="23">
-        <v>46305</v>
+        <v>46086</v>
       </c>
       <c r="E379" s="24" t="s">
-        <v>1103</v>
+        <v>1101</v>
       </c>
       <c r="F379" s="25" t="s">
-        <v>1104</v>
+        <v>1102</v>
       </c>
       <c r="G379" s="24" t="s">
-        <v>1105</v>
+        <v>754</v>
       </c>
       <c r="H379" s="22" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="I379" s="22">
-        <v>467838300</v>
+        <v>46282</v>
       </c>
       <c r="J379" s="26">
-        <v>2604236161</v>
+        <v>3172851877</v>
       </c>
     </row>
     <row r="380" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B380" s="22">
-        <v>2004558</v>
+        <v>19172192</v>
       </c>
       <c r="C380" s="23">
-        <v>36159</v>
+        <v>45147</v>
       </c>
       <c r="D380" s="23">
-        <v>46021</v>
+        <v>46243</v>
       </c>
       <c r="E380" s="24" t="s">
-        <v>1106</v>
+        <v>1103</v>
       </c>
       <c r="F380" s="25" t="s">
-        <v>1107</v>
+        <v>1104</v>
       </c>
       <c r="G380" s="24" t="s">
-        <v>1108</v>
+        <v>599</v>
       </c>
       <c r="H380" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1109</v>
+        <v>115</v>
+      </c>
+      <c r="I380" s="22">
+        <v>77015688</v>
       </c>
       <c r="J380" s="26">
-        <v>4137590000</v>
+        <v>9083472707</v>
       </c>
     </row>
     <row r="381" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B381" s="22">
-        <v>2201731</v>
+        <v>3003705776</v>
       </c>
       <c r="C381" s="23">
-        <v>45356</v>
+        <v>45828</v>
       </c>
       <c r="D381" s="23">
-        <v>46086</v>
+        <v>46193</v>
       </c>
       <c r="E381" s="24" t="s">
-        <v>1110</v>
+        <v>1105</v>
       </c>
       <c r="F381" s="25" t="s">
-        <v>1111</v>
+        <v>1106</v>
       </c>
       <c r="G381" s="24" t="s">
-        <v>763</v>
+        <v>1107</v>
       </c>
       <c r="H381" s="22" t="s">
-        <v>95</v>
+        <v>55</v>
       </c>
       <c r="I381" s="22">
-        <v>46282</v>
+        <v>105915522</v>
       </c>
       <c r="J381" s="26">
-        <v>3172851877</v>
+        <v>9149096699</v>
       </c>
     </row>
     <row r="382" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B382" s="22">
-        <v>19172192</v>
+        <v>3003017655</v>
       </c>
       <c r="C382" s="23">
-        <v>45147</v>
+        <v>45377</v>
       </c>
       <c r="D382" s="23">
-        <v>46243</v>
+        <v>46472</v>
       </c>
       <c r="E382" s="24" t="s">
-        <v>1112</v>
+        <v>1108</v>
       </c>
       <c r="F382" s="25" t="s">
-        <v>1113</v>
+        <v>1109</v>
       </c>
       <c r="G382" s="24" t="s">
-        <v>608</v>
+        <v>1110</v>
       </c>
       <c r="H382" s="22" t="s">
-        <v>116</v>
+        <v>51</v>
       </c>
       <c r="I382" s="22">
-        <v>77015688</v>
+        <v>95014</v>
       </c>
       <c r="J382" s="26">
-        <v>9083472707</v>
+        <v>4088630306</v>
       </c>
     </row>
     <row r="383" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B383" s="22">
-        <v>3003705776</v>
+        <v>654167</v>
       </c>
       <c r="C383" s="23">
-        <v>45828</v>
+        <v>37610</v>
       </c>
       <c r="D383" s="23">
-        <v>46193</v>
+        <v>46376</v>
       </c>
       <c r="E383" s="24" t="s">
-        <v>1114</v>
+        <v>1111</v>
       </c>
       <c r="F383" s="25" t="s">
-        <v>1115</v>
+        <v>1112</v>
       </c>
       <c r="G383" s="24" t="s">
-        <v>1116</v>
+        <v>299</v>
       </c>
       <c r="H383" s="22" t="s">
         <v>51</v>
       </c>
       <c r="I383" s="22">
-        <v>105915522</v>
+        <v>90024</v>
       </c>
       <c r="J383" s="26">
-        <v>9149096699</v>
+        <v>2126678653</v>
       </c>
     </row>
     <row r="384" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B384" s="22">
-        <v>3003017655</v>
+        <v>7321418</v>
       </c>
       <c r="C384" s="23">
-        <v>45377</v>
+        <v>40499</v>
       </c>
       <c r="D384" s="23">
-        <v>46107</v>
+        <v>46343</v>
       </c>
       <c r="E384" s="24" t="s">
-        <v>1117</v>
+        <v>1113</v>
       </c>
       <c r="F384" s="25" t="s">
-        <v>1118</v>
+        <v>1114</v>
       </c>
       <c r="G384" s="24" t="s">
-        <v>1119</v>
+        <v>1115</v>
       </c>
       <c r="H384" s="22" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>95014</v>
+        <v>63</v>
+      </c>
+      <c r="I384" s="22" t="s">
+        <v>1116</v>
       </c>
       <c r="J384" s="26">
-        <v>4088630306</v>
+        <v>8002182827</v>
       </c>
     </row>
     <row r="385" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B385" s="22">
-        <v>654167</v>
+        <v>8583463</v>
       </c>
       <c r="C385" s="23">
-        <v>37610</v>
+        <v>39400</v>
       </c>
       <c r="D385" s="23">
-        <v>46376</v>
+        <v>46340</v>
       </c>
       <c r="E385" s="24" t="s">
-        <v>1120</v>
+        <v>1117</v>
       </c>
       <c r="F385" s="25" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="G385" s="24" t="s">
-        <v>306</v>
+        <v>534</v>
       </c>
       <c r="H385" s="22" t="s">
-        <v>47</v>
+        <v>535</v>
       </c>
       <c r="I385" s="22">
-        <v>90024</v>
+        <v>852556787</v>
       </c>
       <c r="J385" s="26">
-        <v>2126678653</v>
+        <v>7012220760</v>
       </c>
     </row>
     <row r="386" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B386" s="22">
-        <v>7321418</v>
+        <v>659787</v>
       </c>
       <c r="C386" s="23">
-        <v>40499</v>
+        <v>40739</v>
       </c>
       <c r="D386" s="23">
-        <v>46343</v>
+        <v>46218</v>
       </c>
       <c r="E386" s="24" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="F386" s="25" t="s">
-        <v>1123</v>
+        <v>1120</v>
       </c>
       <c r="G386" s="24" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
       <c r="H386" s="22" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>1125</v>
+        <v>115</v>
+      </c>
+      <c r="I386" s="22">
+        <v>72022177</v>
       </c>
       <c r="J386" s="26">
-        <v>8002182827</v>
+        <v>8005472382</v>
       </c>
     </row>
     <row r="387" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B387" s="22">
-        <v>8583463</v>
+        <v>3004050378</v>
       </c>
       <c r="C387" s="23">
-        <v>39400</v>
+        <v>46044</v>
       </c>
       <c r="D387" s="23">
-        <v>46340</v>
+        <v>46409</v>
       </c>
       <c r="E387" s="24" t="s">
-        <v>1126</v>
+        <v>1122</v>
       </c>
       <c r="F387" s="25" t="s">
-        <v>1127</v>
+        <v>1123</v>
       </c>
       <c r="G387" s="24" t="s">
-        <v>546</v>
+        <v>1124</v>
       </c>
       <c r="H387" s="22" t="s">
-        <v>547</v>
-[...2 lines deleted...]
-        <v>852556787</v>
+        <v>23</v>
+      </c>
+      <c r="I387" s="22" t="s">
+        <v>1125</v>
       </c>
       <c r="J387" s="26">
-        <v>7012220760</v>
+        <v>4135866725</v>
       </c>
     </row>
     <row r="388" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B388" s="22">
-        <v>659787</v>
+        <v>964566</v>
       </c>
       <c r="C388" s="23">
-        <v>40739</v>
+        <v>38196</v>
       </c>
       <c r="D388" s="23">
-        <v>46218</v>
+        <v>46231</v>
       </c>
       <c r="E388" s="24" t="s">
-        <v>1128</v>
+        <v>1126</v>
       </c>
       <c r="F388" s="25" t="s">
-        <v>1129</v>
+        <v>1127</v>
       </c>
       <c r="G388" s="24" t="s">
-        <v>1130</v>
+        <v>185</v>
       </c>
       <c r="H388" s="22" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="I388" s="22">
-        <v>72022177</v>
+        <v>381190109</v>
       </c>
       <c r="J388" s="26">
-        <v>8005472382</v>
+        <v>9072483560</v>
       </c>
     </row>
     <row r="389" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B389" s="22">
-        <v>964566</v>
+        <v>2752318</v>
       </c>
       <c r="C389" s="23">
-        <v>38196</v>
+        <v>43223</v>
       </c>
       <c r="D389" s="23">
-        <v>46231</v>
+        <v>46145</v>
       </c>
       <c r="E389" s="24" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
       <c r="F389" s="25" t="s">
-        <v>1132</v>
+        <v>1129</v>
       </c>
       <c r="G389" s="24" t="s">
-        <v>183</v>
+        <v>1130</v>
       </c>
       <c r="H389" s="22" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="I389" s="22">
-        <v>381190109</v>
+        <v>91016</v>
       </c>
       <c r="J389" s="26">
-        <v>9072483560</v>
+        <v>6263035890</v>
       </c>
     </row>
     <row r="390" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B390" s="22">
-        <v>2752318</v>
+        <v>38506</v>
       </c>
       <c r="C390" s="23">
-        <v>43223</v>
+        <v>40682</v>
       </c>
       <c r="D390" s="23">
-        <v>46145</v>
+        <v>46161</v>
       </c>
       <c r="E390" s="24" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="F390" s="25" t="s">
-        <v>1134</v>
+        <v>1132</v>
       </c>
       <c r="G390" s="24" t="s">
-        <v>1135</v>
+        <v>192</v>
       </c>
       <c r="H390" s="22" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="I390" s="22">
-        <v>91016</v>
+        <v>92660</v>
       </c>
       <c r="J390" s="26">
-        <v>6263035890</v>
+        <v>8008007681</v>
       </c>
     </row>
     <row r="391" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B391" s="22">
-        <v>38506</v>
+        <v>1914145</v>
       </c>
       <c r="C391" s="23">
-        <v>40682</v>
+        <v>42048</v>
       </c>
       <c r="D391" s="23">
-        <v>46161</v>
+        <v>46431</v>
       </c>
       <c r="E391" s="24" t="s">
-        <v>1136</v>
+        <v>1133</v>
       </c>
       <c r="F391" s="25" t="s">
-        <v>1137</v>
+        <v>1134</v>
       </c>
       <c r="G391" s="24" t="s">
-        <v>190</v>
+        <v>823</v>
       </c>
       <c r="H391" s="22" t="s">
-        <v>47</v>
+        <v>189</v>
       </c>
       <c r="I391" s="22">
-        <v>92660</v>
+        <v>543139709</v>
       </c>
       <c r="J391" s="26">
-        <v>8008007681</v>
+        <v>9206629500</v>
       </c>
     </row>
     <row r="392" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B392" s="22">
-        <v>1914145</v>
+        <v>3198463</v>
       </c>
       <c r="C392" s="23">
-        <v>42048</v>
+        <v>38211</v>
       </c>
       <c r="D392" s="23">
-        <v>46431</v>
+        <v>46246</v>
       </c>
       <c r="E392" s="24" t="s">
-        <v>1138</v>
+        <v>1135</v>
       </c>
       <c r="F392" s="25" t="s">
-        <v>1139</v>
+        <v>1136</v>
       </c>
       <c r="G392" s="24" t="s">
-        <v>829</v>
+        <v>54</v>
       </c>
       <c r="H392" s="22" t="s">
-        <v>187</v>
+        <v>55</v>
       </c>
       <c r="I392" s="22">
-        <v>543139709</v>
+        <v>10001</v>
       </c>
       <c r="J392" s="26">
-        <v>9206629500</v>
+        <v>8886001700</v>
       </c>
     </row>
     <row r="393" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B393" s="22">
-        <v>3198463</v>
+        <v>7078591</v>
       </c>
       <c r="C393" s="23">
-        <v>38211</v>
+        <v>40533</v>
       </c>
       <c r="D393" s="23">
-        <v>46246</v>
+        <v>46377</v>
       </c>
       <c r="E393" s="24" t="s">
-        <v>1140</v>
+        <v>1137</v>
       </c>
       <c r="F393" s="25" t="s">
-        <v>1141</v>
+        <v>1138</v>
       </c>
       <c r="G393" s="24" t="s">
-        <v>50</v>
+        <v>408</v>
       </c>
       <c r="H393" s="22" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="I393" s="22">
-        <v>10001</v>
+        <v>48103</v>
       </c>
       <c r="J393" s="26">
-        <v>8886001700</v>
+        <v>7346631611</v>
       </c>
     </row>
     <row r="394" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B394" s="22">
-        <v>7078591</v>
+        <v>16337373</v>
       </c>
       <c r="C394" s="23">
-        <v>40533</v>
+        <v>44761</v>
       </c>
       <c r="D394" s="23">
-        <v>46377</v>
+        <v>46222</v>
       </c>
       <c r="E394" s="24" t="s">
-        <v>1142</v>
+        <v>1139</v>
       </c>
       <c r="F394" s="25" t="s">
-        <v>1143</v>
+        <v>1140</v>
       </c>
       <c r="G394" s="24" t="s">
-        <v>417</v>
+        <v>1141</v>
       </c>
       <c r="H394" s="22" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="I394" s="22">
-        <v>48103</v>
+        <v>33477</v>
       </c>
       <c r="J394" s="26">
-        <v>7346631611</v>
+        <v>4058136321</v>
       </c>
     </row>
     <row r="395" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B395" s="22">
-        <v>16337373</v>
+        <v>2328209</v>
       </c>
       <c r="C395" s="23">
-        <v>44761</v>
+        <v>43962</v>
       </c>
       <c r="D395" s="23">
-        <v>46222</v>
+        <v>46153</v>
       </c>
       <c r="E395" s="24" t="s">
+        <v>1142</v>
+      </c>
+      <c r="F395" s="25" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G395" s="24" t="s">
+        <v>430</v>
+      </c>
+      <c r="H395" s="22" t="s">
+        <v>110</v>
+      </c>
+      <c r="I395" s="22" t="s">
         <v>1144</v>
       </c>
-      <c r="F395" s="25" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J395" s="26">
-        <v>4058136321</v>
+        <v>5086307040</v>
       </c>
     </row>
     <row r="396" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B396" s="22">
-        <v>2328209</v>
+        <v>3003427602</v>
       </c>
       <c r="C396" s="23">
-        <v>43962</v>
+        <v>45637</v>
       </c>
       <c r="D396" s="23">
-        <v>46153</v>
+        <v>46367</v>
       </c>
       <c r="E396" s="24" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F396" s="25" t="s">
+        <v>1146</v>
+      </c>
+      <c r="G396" s="24" t="s">
+        <v>161</v>
+      </c>
+      <c r="H396" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="I396" s="22" t="s">
         <v>1147</v>
       </c>
-      <c r="F396" s="25" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J396" s="26">
-        <v>5086307040</v>
+        <v>7818100800</v>
       </c>
     </row>
     <row r="397" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B397" s="22">
-        <v>3003427602</v>
+        <v>18430692</v>
       </c>
       <c r="C397" s="23">
-        <v>45637</v>
+        <v>44874</v>
       </c>
       <c r="D397" s="23">
-        <v>46367</v>
+        <v>46335</v>
       </c>
       <c r="E397" s="24" t="s">
+        <v>1148</v>
+      </c>
+      <c r="F397" s="25" t="s">
+        <v>1149</v>
+      </c>
+      <c r="G397" s="24" t="s">
         <v>1150</v>
       </c>
-      <c r="F397" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H397" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1152</v>
+        <v>51</v>
+      </c>
+      <c r="I397" s="22">
+        <v>93101</v>
       </c>
       <c r="J397" s="26">
-        <v>7818100800</v>
+        <v>8134534659</v>
       </c>
     </row>
     <row r="398" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B398" s="22">
-        <v>18430692</v>
+        <v>18187678</v>
       </c>
       <c r="C398" s="23">
-        <v>44874</v>
+        <v>45441</v>
       </c>
       <c r="D398" s="23">
-        <v>46335</v>
+        <v>46171</v>
       </c>
       <c r="E398" s="24" t="s">
+        <v>1151</v>
+      </c>
+      <c r="F398" s="25" t="s">
+        <v>1152</v>
+      </c>
+      <c r="G398" s="24" t="s">
+        <v>832</v>
+      </c>
+      <c r="H398" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="I398" s="22" t="s">
         <v>1153</v>
       </c>
-      <c r="F398" s="25" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J398" s="26">
-        <v>8134534659</v>
+        <v>9782585021</v>
       </c>
     </row>
     <row r="399" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B399" s="22">
-        <v>18187678</v>
+        <v>8579412</v>
       </c>
       <c r="C399" s="23">
-        <v>45441</v>
+        <v>45218</v>
       </c>
       <c r="D399" s="23">
-        <v>46171</v>
+        <v>46314</v>
       </c>
       <c r="E399" s="24" t="s">
+        <v>1154</v>
+      </c>
+      <c r="F399" s="25" t="s">
+        <v>1155</v>
+      </c>
+      <c r="G399" s="24" t="s">
         <v>1156</v>
-      </c>
-[...4 lines deleted...]
-        <v>838</v>
       </c>
       <c r="H399" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I399" s="22" t="s">
-        <v>1158</v>
+        <v>1157</v>
       </c>
       <c r="J399" s="26">
-        <v>9782585021</v>
+        <v>5089231150</v>
       </c>
     </row>
     <row r="400" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B400" s="22">
-        <v>8579412</v>
+        <v>3003818599</v>
       </c>
       <c r="C400" s="23">
-        <v>45218</v>
+        <v>45896</v>
       </c>
       <c r="D400" s="23">
-        <v>46314</v>
+        <v>46261</v>
       </c>
       <c r="E400" s="24" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F400" s="25" t="s">
         <v>1159</v>
       </c>
-      <c r="F400" s="25" t="s">
+      <c r="G400" s="24" t="s">
         <v>1160</v>
       </c>
-      <c r="G400" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H400" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1162</v>
+        <v>311</v>
+      </c>
+      <c r="I400" s="22">
+        <v>223101848</v>
       </c>
       <c r="J400" s="26">
-        <v>5089231150</v>
+        <v>7249531926</v>
       </c>
     </row>
     <row r="401" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B401" s="22">
-        <v>3003818599</v>
+        <v>18796832</v>
       </c>
       <c r="C401" s="23">
-        <v>45896</v>
+        <v>44431</v>
       </c>
       <c r="D401" s="23">
-        <v>46261</v>
+        <v>46257</v>
       </c>
       <c r="E401" s="24" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F401" s="25" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G401" s="24" t="s">
         <v>1163</v>
       </c>
-      <c r="F401" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H401" s="22" t="s">
-        <v>318</v>
+        <v>55</v>
       </c>
       <c r="I401" s="22">
-        <v>223101848</v>
+        <v>10005</v>
       </c>
       <c r="J401" s="26">
-        <v>7249531926</v>
+        <v>5163059438</v>
       </c>
     </row>
     <row r="402" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B402" s="22">
-        <v>18796832</v>
+        <v>9793116</v>
       </c>
       <c r="C402" s="23">
-        <v>44431</v>
+        <v>45609</v>
       </c>
       <c r="D402" s="23">
-        <v>46257</v>
+        <v>46339</v>
       </c>
       <c r="E402" s="24" t="s">
+        <v>1164</v>
+      </c>
+      <c r="F402" s="25" t="s">
+        <v>1165</v>
+      </c>
+      <c r="G402" s="24" t="s">
         <v>1166</v>
       </c>
-      <c r="F402" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H402" s="22" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="I402" s="22">
-        <v>10005</v>
+        <v>13057</v>
       </c>
       <c r="J402" s="26">
-        <v>5163059438</v>
+        <v>3152511101</v>
       </c>
     </row>
     <row r="403" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B403" s="22">
-        <v>9793116</v>
+        <v>3003810639</v>
       </c>
       <c r="C403" s="23">
-        <v>45609</v>
+        <v>45891</v>
       </c>
       <c r="D403" s="23">
-        <v>46339</v>
+        <v>46256</v>
       </c>
       <c r="E403" s="24" t="s">
-        <v>1169</v>
+        <v>1167</v>
       </c>
       <c r="F403" s="25" t="s">
-        <v>1170</v>
+        <v>1168</v>
       </c>
       <c r="G403" s="24" t="s">
-        <v>1171</v>
+        <v>501</v>
       </c>
       <c r="H403" s="22" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>13057</v>
+        <v>23</v>
+      </c>
+      <c r="I403" s="22" t="s">
+        <v>502</v>
       </c>
       <c r="J403" s="26">
-        <v>3152511101</v>
+        <v>4138351738</v>
       </c>
     </row>
     <row r="404" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B404" s="22">
-        <v>3003810639</v>
+        <v>3002722440</v>
       </c>
       <c r="C404" s="23">
-        <v>45891</v>
+        <v>45183</v>
       </c>
       <c r="D404" s="23">
-        <v>46256</v>
+        <v>46279</v>
       </c>
       <c r="E404" s="24" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="F404" s="25" t="s">
-        <v>1173</v>
+        <v>1170</v>
       </c>
       <c r="G404" s="24" t="s">
-        <v>510</v>
+        <v>1019</v>
       </c>
       <c r="H404" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>511</v>
+        <v>55</v>
+      </c>
+      <c r="I404" s="22">
+        <v>11530</v>
       </c>
       <c r="J404" s="26">
-        <v>4138351738</v>
+        <v>5165391681</v>
       </c>
     </row>
     <row r="405" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B405" s="22">
-        <v>3002722440</v>
+        <v>776257</v>
       </c>
       <c r="C405" s="23">
-        <v>45183</v>
+        <v>38181</v>
       </c>
       <c r="D405" s="23">
-        <v>46279</v>
+        <v>46216</v>
       </c>
       <c r="E405" s="24" t="s">
-        <v>1174</v>
+        <v>1171</v>
       </c>
       <c r="F405" s="25" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="G405" s="24" t="s">
-        <v>1027</v>
+        <v>1173</v>
       </c>
       <c r="H405" s="22" t="s">
         <v>51</v>
       </c>
       <c r="I405" s="22">
-        <v>11530</v>
+        <v>93013</v>
       </c>
       <c r="J405" s="26">
-        <v>5165391681</v>
+        <v>8056841199</v>
       </c>
     </row>
     <row r="406" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B406" s="22">
-        <v>776257</v>
+        <v>1859079</v>
       </c>
       <c r="C406" s="23">
-        <v>38181</v>
+        <v>44838</v>
       </c>
       <c r="D406" s="23">
-        <v>46216</v>
+        <v>46299</v>
       </c>
       <c r="E406" s="24" t="s">
-        <v>1176</v>
+        <v>1174</v>
       </c>
       <c r="F406" s="25" t="s">
-        <v>1177</v>
+        <v>1175</v>
       </c>
       <c r="G406" s="24" t="s">
-        <v>1178</v>
+        <v>38</v>
       </c>
       <c r="H406" s="22" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="I406" s="22">
-        <v>93013</v>
+        <v>198011607</v>
       </c>
       <c r="J406" s="26">
-        <v>8056841199</v>
+        <v>2052973048</v>
       </c>
     </row>
     <row r="407" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B407" s="22">
-        <v>1859079</v>
+        <v>3003649690</v>
       </c>
       <c r="C407" s="23">
-        <v>44838</v>
+        <v>45792</v>
       </c>
       <c r="D407" s="23">
-        <v>46299</v>
+        <v>46157</v>
       </c>
       <c r="E407" s="24" t="s">
-        <v>1179</v>
+        <v>1176</v>
       </c>
       <c r="F407" s="25" t="s">
-        <v>1180</v>
+        <v>1177</v>
       </c>
       <c r="G407" s="24" t="s">
-        <v>38</v>
+        <v>267</v>
       </c>
       <c r="H407" s="22" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>198011607</v>
+        <v>23</v>
+      </c>
+      <c r="I407" s="22" t="s">
+        <v>268</v>
       </c>
       <c r="J407" s="26">
-        <v>2052973048</v>
+        <v>7812378232</v>
       </c>
     </row>
     <row r="408" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B408" s="22">
-        <v>3003649690</v>
+        <v>14987439</v>
       </c>
       <c r="C408" s="23">
-        <v>45792</v>
+        <v>40081</v>
       </c>
       <c r="D408" s="23">
-        <v>46157</v>
+        <v>46290</v>
       </c>
       <c r="E408" s="24" t="s">
-        <v>1181</v>
+        <v>1178</v>
       </c>
       <c r="F408" s="25" t="s">
-        <v>1182</v>
+        <v>1179</v>
       </c>
       <c r="G408" s="24" t="s">
-        <v>106</v>
+        <v>1180</v>
       </c>
       <c r="H408" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="I408" s="22" t="s">
-        <v>107</v>
+      <c r="I408" s="22">
+        <v>27622319</v>
       </c>
       <c r="J408" s="26">
-        <v>7812378232</v>
+        <v>5082423030</v>
       </c>
     </row>
     <row r="409" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B409" s="22">
-        <v>14987439</v>
+        <v>654511</v>
       </c>
       <c r="C409" s="23">
-        <v>40081</v>
+        <v>39818</v>
       </c>
       <c r="D409" s="23">
-        <v>46290</v>
+        <v>46392</v>
       </c>
       <c r="E409" s="24" t="s">
-        <v>1183</v>
+        <v>1181</v>
       </c>
       <c r="F409" s="25" t="s">
-        <v>1184</v>
+        <v>1182</v>
       </c>
       <c r="G409" s="24" t="s">
-        <v>1185</v>
+        <v>38</v>
       </c>
       <c r="H409" s="22" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="I409" s="22">
-        <v>27622319</v>
+        <v>19808</v>
       </c>
       <c r="J409" s="26">
-        <v>5082423030</v>
+        <v>7177367938</v>
       </c>
     </row>
     <row r="410" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B410" s="22">
-        <v>654511</v>
+        <v>659775</v>
       </c>
       <c r="C410" s="23">
-        <v>39818</v>
+        <v>42422</v>
       </c>
       <c r="D410" s="23">
-        <v>46027</v>
+        <v>46440</v>
       </c>
       <c r="E410" s="24" t="s">
-        <v>1186</v>
+        <v>1183</v>
       </c>
       <c r="F410" s="25" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="G410" s="24" t="s">
-        <v>1188</v>
+        <v>1185</v>
       </c>
       <c r="H410" s="22" t="s">
-        <v>448</v>
+        <v>541</v>
       </c>
       <c r="I410" s="22">
-        <v>59101</v>
+        <v>89084</v>
       </c>
       <c r="J410" s="26">
-        <v>7177367849</v>
+        <v>4705647611</v>
       </c>
     </row>
     <row r="411" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B411" s="22">
-        <v>659775</v>
+        <v>15316616</v>
       </c>
       <c r="C411" s="23">
-        <v>42422</v>
+        <v>42787</v>
       </c>
       <c r="D411" s="23">
-        <v>46075</v>
+        <v>46439</v>
       </c>
       <c r="E411" s="24" t="s">
-        <v>1189</v>
+        <v>1186</v>
       </c>
       <c r="F411" s="25" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="G411" s="24" t="s">
-        <v>1191</v>
+        <v>487</v>
       </c>
       <c r="H411" s="22" t="s">
-        <v>553</v>
+        <v>488</v>
       </c>
       <c r="I411" s="22">
-        <v>89084</v>
+        <v>40206</v>
       </c>
       <c r="J411" s="26">
-        <v>4705647611</v>
+        <v>5024510600</v>
       </c>
     </row>
     <row r="412" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B412" s="22">
-        <v>15316616</v>
+        <v>11443941</v>
       </c>
       <c r="C412" s="23">
-        <v>42787</v>
+        <v>40626</v>
       </c>
       <c r="D412" s="23">
-        <v>46074</v>
+        <v>46105</v>
       </c>
       <c r="E412" s="24" t="s">
-        <v>1192</v>
+        <v>1188</v>
       </c>
       <c r="F412" s="25" t="s">
-        <v>1193</v>
+        <v>1189</v>
       </c>
       <c r="G412" s="24" t="s">
-        <v>496</v>
+        <v>54</v>
       </c>
       <c r="H412" s="22" t="s">
-        <v>497</v>
+        <v>55</v>
       </c>
       <c r="I412" s="22">
-        <v>40206</v>
+        <v>10173</v>
       </c>
       <c r="J412" s="26">
-        <v>5024510600</v>
+        <v>9173385176</v>
       </c>
     </row>
     <row r="413" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B413" s="22">
-        <v>11443941</v>
+        <v>9005945</v>
       </c>
       <c r="C413" s="23">
-        <v>40626</v>
+        <v>45497</v>
       </c>
       <c r="D413" s="23">
-        <v>46105</v>
+        <v>46227</v>
       </c>
       <c r="E413" s="24" t="s">
-        <v>1194</v>
+        <v>1190</v>
       </c>
       <c r="F413" s="25" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="G413" s="24" t="s">
-        <v>50</v>
+        <v>1192</v>
       </c>
       <c r="H413" s="22" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="I413" s="22">
-        <v>10173</v>
+        <v>48084</v>
       </c>
       <c r="J413" s="26">
-        <v>9173385176</v>
+        <v>2483567587</v>
       </c>
     </row>
     <row r="414" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B414" s="22">
-        <v>9005945</v>
+        <v>1334775</v>
       </c>
       <c r="C414" s="23">
-        <v>45497</v>
+        <v>42034</v>
       </c>
       <c r="D414" s="23">
-        <v>46227</v>
+        <v>46417</v>
       </c>
       <c r="E414" s="24" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="F414" s="25" t="s">
-        <v>1197</v>
+        <v>1194</v>
       </c>
       <c r="G414" s="24" t="s">
-        <v>1198</v>
+        <v>171</v>
       </c>
       <c r="H414" s="22" t="s">
-        <v>19</v>
+        <v>172</v>
       </c>
       <c r="I414" s="22">
-        <v>48084</v>
+        <v>752402669</v>
       </c>
       <c r="J414" s="26">
-        <v>2483567587</v>
+        <v>9725813000</v>
       </c>
     </row>
     <row r="415" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B415" s="22">
-        <v>1334775</v>
+        <v>3003946850</v>
       </c>
       <c r="C415" s="23">
-        <v>42034</v>
+        <v>45967</v>
       </c>
       <c r="D415" s="23">
-        <v>46052</v>
+        <v>46332</v>
       </c>
       <c r="E415" s="24" t="s">
-        <v>1199</v>
+        <v>1195</v>
       </c>
       <c r="F415" s="25" t="s">
-        <v>1200</v>
+        <v>1196</v>
       </c>
       <c r="G415" s="24" t="s">
-        <v>172</v>
+        <v>1197</v>
       </c>
       <c r="H415" s="22" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="I415" s="22">
-        <v>752402669</v>
+        <v>37064</v>
       </c>
       <c r="J415" s="26">
-        <v>9725813000</v>
+        <v>6159482560</v>
       </c>
     </row>
     <row r="416" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B416" s="22">
-        <v>3003946850</v>
+        <v>17664388</v>
       </c>
       <c r="C416" s="23">
-        <v>45967</v>
+        <v>45441</v>
       </c>
       <c r="D416" s="23">
-        <v>46332</v>
+        <v>46171</v>
       </c>
       <c r="E416" s="24" t="s">
-        <v>1201</v>
+        <v>1198</v>
       </c>
       <c r="F416" s="25" t="s">
-        <v>1202</v>
+        <v>1199</v>
       </c>
       <c r="G416" s="24" t="s">
-        <v>1203</v>
+        <v>491</v>
       </c>
       <c r="H416" s="22" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I416" s="22">
-        <v>37064</v>
+        <v>16053905</v>
       </c>
       <c r="J416" s="26">
-        <v>6159482560</v>
+        <v>5088680248</v>
       </c>
     </row>
     <row r="417" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B417" s="22">
-        <v>17664388</v>
+        <v>19509500</v>
       </c>
       <c r="C417" s="23">
-        <v>45441</v>
+        <v>46044</v>
       </c>
       <c r="D417" s="23">
-        <v>46171</v>
+        <v>46409</v>
       </c>
       <c r="E417" s="24" t="s">
-        <v>1204</v>
+        <v>1200</v>
       </c>
       <c r="F417" s="25" t="s">
-        <v>1205</v>
+        <v>1201</v>
       </c>
       <c r="G417" s="24" t="s">
-        <v>500</v>
+        <v>161</v>
       </c>
       <c r="H417" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="I417" s="22">
-        <v>16053905</v>
+      <c r="I417" s="22" t="s">
+        <v>1202</v>
       </c>
       <c r="J417" s="26">
-        <v>5088680248</v>
+        <v>8573342575</v>
       </c>
     </row>
     <row r="418" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B418" s="22">
         <v>8622418</v>
       </c>
       <c r="C418" s="23">
         <v>38691</v>
       </c>
       <c r="D418" s="23">
         <v>46361</v>
       </c>
       <c r="E418" s="24" t="s">
-        <v>1206</v>
+        <v>1203</v>
       </c>
       <c r="F418" s="25" t="s">
-        <v>1207</v>
+        <v>1204</v>
       </c>
       <c r="G418" s="24" t="s">
-        <v>1050</v>
+        <v>1041</v>
       </c>
       <c r="H418" s="22" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="I418" s="22">
         <v>71022917</v>
       </c>
       <c r="J418" s="26">
         <v>9738026946</v>
       </c>
     </row>
     <row r="419" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B419" s="22">
         <v>1005099</v>
       </c>
       <c r="C419" s="23">
         <v>44494</v>
       </c>
       <c r="D419" s="23">
         <v>46320</v>
       </c>
       <c r="E419" s="24" t="s">
-        <v>1208</v>
+        <v>1205</v>
       </c>
       <c r="F419" s="25" t="s">
-        <v>1209</v>
+        <v>1206</v>
       </c>
       <c r="G419" s="24" t="s">
-        <v>1210</v>
+        <v>1207</v>
       </c>
       <c r="H419" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I419" s="22" t="s">
-        <v>1211</v>
+        <v>1208</v>
       </c>
       <c r="J419" s="26">
         <v>6177450900</v>
       </c>
     </row>
     <row r="420" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B420" s="22">
         <v>6905581</v>
       </c>
       <c r="C420" s="23">
         <v>45142</v>
       </c>
       <c r="D420" s="23">
         <v>46237</v>
       </c>
       <c r="E420" s="24" t="s">
-        <v>1212</v>
+        <v>1209</v>
       </c>
       <c r="F420" s="25" t="s">
-        <v>1213</v>
+        <v>1210</v>
       </c>
       <c r="G420" s="24" t="s">
-        <v>1214</v>
+        <v>1211</v>
       </c>
       <c r="H420" s="22" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="I420" s="22">
         <v>12207</v>
       </c>
       <c r="J420" s="26">
         <v>5184363536</v>
       </c>
     </row>
     <row r="421" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B421" s="22">
         <v>7558487</v>
       </c>
       <c r="C421" s="23">
         <v>39546</v>
       </c>
       <c r="D421" s="23">
-        <v>46120</v>
+        <v>46485</v>
       </c>
       <c r="E421" s="24" t="s">
-        <v>1215</v>
+        <v>1212</v>
       </c>
       <c r="F421" s="25" t="s">
-        <v>1216</v>
+        <v>1213</v>
       </c>
       <c r="G421" s="24" t="s">
-        <v>1214</v>
+        <v>1211</v>
       </c>
       <c r="H421" s="22" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="I421" s="22">
         <v>12205</v>
       </c>
       <c r="J421" s="26">
         <v>5184591671</v>
       </c>
     </row>
     <row r="422" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B422" s="22">
         <v>8978518</v>
       </c>
       <c r="C422" s="23">
         <v>45036</v>
       </c>
       <c r="D422" s="23">
         <v>46132</v>
       </c>
       <c r="E422" s="24" t="s">
-        <v>1217</v>
+        <v>1214</v>
       </c>
       <c r="F422" s="25" t="s">
-        <v>1218</v>
+        <v>1215</v>
       </c>
       <c r="G422" s="24" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="H422" s="22" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="I422" s="22">
         <v>100051300</v>
       </c>
       <c r="J422" s="26">
         <v>2122939092</v>
       </c>
     </row>
     <row r="423" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B423" s="22">
         <v>18110328</v>
       </c>
       <c r="C423" s="23">
         <v>44819</v>
       </c>
       <c r="D423" s="23">
         <v>46280</v>
       </c>
       <c r="E423" s="24" t="s">
-        <v>1219</v>
+        <v>1216</v>
       </c>
       <c r="F423" s="25" t="s">
-        <v>1220</v>
+        <v>1217</v>
       </c>
       <c r="G423" s="24" t="s">
-        <v>220</v>
+        <v>355</v>
       </c>
       <c r="H423" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I423" s="22">
         <v>21083196</v>
       </c>
       <c r="J423" s="26">
         <v>6175319636</v>
       </c>
     </row>
     <row r="424" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B424" s="22">
         <v>3003865000</v>
       </c>
       <c r="C424" s="23">
         <v>45923</v>
       </c>
       <c r="D424" s="23">
         <v>46288</v>
       </c>
       <c r="E424" s="24" t="s">
-        <v>1221</v>
+        <v>1218</v>
       </c>
       <c r="F424" s="25" t="s">
-        <v>1222</v>
+        <v>1219</v>
       </c>
       <c r="G424" s="24" t="s">
-        <v>1050</v>
+        <v>1041</v>
       </c>
       <c r="H424" s="22" t="s">
         <v>39</v>
       </c>
       <c r="I424" s="22">
         <v>19702</v>
       </c>
       <c r="J424" s="26">
         <v>6179175040</v>
       </c>
     </row>
     <row r="425" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B425" s="22">
         <v>687643</v>
       </c>
       <c r="C425" s="23">
         <v>43319</v>
       </c>
       <c r="D425" s="23">
         <v>46241</v>
       </c>
       <c r="E425" s="24" t="s">
-        <v>1223</v>
+        <v>1220</v>
       </c>
       <c r="F425" s="25" t="s">
-        <v>1224</v>
+        <v>1221</v>
       </c>
       <c r="G425" s="24" t="s">
-        <v>1225</v>
+        <v>1222</v>
       </c>
       <c r="H425" s="22" t="s">
         <v>28</v>
       </c>
       <c r="I425" s="22">
         <v>33716</v>
       </c>
       <c r="J425" s="26">
         <v>7275675374</v>
       </c>
     </row>
     <row r="426" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B426" s="22">
         <v>964068</v>
       </c>
       <c r="C426" s="23">
         <v>39658</v>
       </c>
       <c r="D426" s="23">
         <v>46232</v>
       </c>
       <c r="E426" s="24" t="s">
-        <v>1226</v>
+        <v>1223</v>
       </c>
       <c r="F426" s="25" t="s">
-        <v>1227</v>
+        <v>1224</v>
       </c>
       <c r="G426" s="24" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="H426" s="22" t="s">
-        <v>99</v>
+        <v>47</v>
       </c>
       <c r="I426" s="22">
         <v>55401</v>
       </c>
       <c r="J426" s="26">
         <v>6123712819</v>
       </c>
     </row>
     <row r="427" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B427" s="22">
         <v>3003802955</v>
       </c>
       <c r="C427" s="23">
         <v>45888</v>
       </c>
       <c r="D427" s="23">
         <v>46253</v>
       </c>
       <c r="E427" s="24" t="s">
-        <v>1228</v>
+        <v>1225</v>
       </c>
       <c r="F427" s="25" t="s">
-        <v>1229</v>
+        <v>1226</v>
       </c>
       <c r="G427" s="24" t="s">
-        <v>1230</v>
+        <v>1227</v>
       </c>
       <c r="H427" s="22" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="I427" s="22">
         <v>60137</v>
       </c>
       <c r="J427" s="26">
         <v>8476637146</v>
       </c>
     </row>
     <row r="428" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B428" s="22">
         <v>3003522017</v>
       </c>
       <c r="C428" s="23">
         <v>45712</v>
       </c>
       <c r="D428" s="23">
-        <v>46077</v>
+        <v>46442</v>
       </c>
       <c r="E428" s="24" t="s">
-        <v>1231</v>
+        <v>1228</v>
       </c>
       <c r="F428" s="25" t="s">
-        <v>1232</v>
+        <v>1229</v>
       </c>
       <c r="G428" s="24" t="s">
-        <v>1233</v>
+        <v>1230</v>
       </c>
       <c r="H428" s="22" t="s">
         <v>19</v>
       </c>
       <c r="I428" s="22">
         <v>49512</v>
       </c>
       <c r="J428" s="26">
         <v>6162242204</v>
       </c>
     </row>
     <row r="429" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B429" s="22">
         <v>17755542</v>
       </c>
       <c r="C429" s="23">
         <v>45433</v>
       </c>
       <c r="D429" s="23">
         <v>46163</v>
       </c>
       <c r="E429" s="24" t="s">
-        <v>1234</v>
+        <v>1231</v>
       </c>
       <c r="F429" s="25" t="s">
-        <v>1235</v>
+        <v>1232</v>
       </c>
       <c r="G429" s="24" t="s">
-        <v>496</v>
+        <v>487</v>
       </c>
       <c r="H429" s="22" t="s">
-        <v>497</v>
+        <v>488</v>
       </c>
       <c r="I429" s="22">
         <v>402025303</v>
       </c>
       <c r="J429" s="26">
         <v>8775752742</v>
       </c>
     </row>
     <row r="430" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B430" s="22">
         <v>16582627</v>
       </c>
       <c r="C430" s="23">
         <v>40837</v>
       </c>
       <c r="D430" s="23">
         <v>46316</v>
       </c>
       <c r="E430" s="24" t="s">
-        <v>1236</v>
+        <v>1233</v>
       </c>
       <c r="F430" s="25" t="s">
-        <v>1235</v>
+        <v>1232</v>
       </c>
       <c r="G430" s="24" t="s">
-        <v>496</v>
+        <v>487</v>
       </c>
       <c r="H430" s="22" t="s">
-        <v>497</v>
+        <v>488</v>
       </c>
       <c r="I430" s="22">
         <v>402025303</v>
       </c>
       <c r="J430" s="26">
         <v>8775752742</v>
       </c>
     </row>
     <row r="431" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B431" s="22">
         <v>19388293</v>
       </c>
       <c r="C431" s="23">
         <v>44497</v>
       </c>
       <c r="D431" s="23">
         <v>46323</v>
       </c>
       <c r="E431" s="24" t="s">
-        <v>1237</v>
+        <v>1234</v>
       </c>
       <c r="F431" s="25" t="s">
-        <v>1238</v>
+        <v>1235</v>
       </c>
       <c r="G431" s="24" t="s">
-        <v>571</v>
+        <v>559</v>
       </c>
       <c r="H431" s="22" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="I431" s="22">
         <v>28031</v>
       </c>
       <c r="J431" s="26">
         <v>8005271155</v>
       </c>
     </row>
     <row r="432" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B432" s="22">
-        <v>4778641</v>
+        <v>3004047051</v>
       </c>
       <c r="C432" s="23">
-        <v>44375</v>
+        <v>46042</v>
       </c>
       <c r="D432" s="23">
-        <v>46201</v>
+        <v>46407</v>
       </c>
       <c r="E432" s="24" t="s">
-        <v>1239</v>
+        <v>1236</v>
       </c>
       <c r="F432" s="25" t="s">
-        <v>1240</v>
+        <v>1237</v>
       </c>
       <c r="G432" s="24" t="s">
-        <v>1241</v>
+        <v>1044</v>
       </c>
       <c r="H432" s="22" t="s">
-        <v>51</v>
+        <v>172</v>
       </c>
       <c r="I432" s="22">
-        <v>11554</v>
+        <v>77002</v>
       </c>
       <c r="J432" s="26">
-        <v>5162228875</v>
+        <v>7132896200</v>
       </c>
     </row>
     <row r="433" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B433" s="22">
-        <v>17543246</v>
+        <v>4778641</v>
       </c>
       <c r="C433" s="23">
-        <v>43283</v>
+        <v>44375</v>
       </c>
       <c r="D433" s="23">
-        <v>46205</v>
+        <v>46201</v>
       </c>
       <c r="E433" s="24" t="s">
-        <v>1242</v>
+        <v>1238</v>
       </c>
       <c r="F433" s="25" t="s">
-        <v>1243</v>
+        <v>1239</v>
       </c>
       <c r="G433" s="24" t="s">
-        <v>1244</v>
+        <v>1240</v>
       </c>
       <c r="H433" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1245</v>
+        <v>55</v>
+      </c>
+      <c r="I433" s="22">
+        <v>11554</v>
       </c>
       <c r="J433" s="26">
-        <v>5088209939</v>
+        <v>5162228875</v>
       </c>
     </row>
     <row r="434" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B434" s="22">
-        <v>18970987</v>
+        <v>17543246</v>
       </c>
       <c r="C434" s="23">
-        <v>43544</v>
+        <v>43283</v>
       </c>
       <c r="D434" s="23">
-        <v>46101</v>
+        <v>46205</v>
       </c>
       <c r="E434" s="24" t="s">
-        <v>1246</v>
+        <v>1241</v>
       </c>
       <c r="F434" s="25" t="s">
-        <v>425</v>
+        <v>1242</v>
       </c>
       <c r="G434" s="24" t="s">
-        <v>38</v>
+        <v>1243</v>
       </c>
       <c r="H434" s="22" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>19801</v>
+        <v>23</v>
+      </c>
+      <c r="I434" s="22" t="s">
+        <v>1244</v>
       </c>
       <c r="J434" s="26">
-        <v>2125495100</v>
+        <v>5088209939</v>
       </c>
     </row>
     <row r="435" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B435" s="22">
-        <v>3002657527</v>
+        <v>18970987</v>
       </c>
       <c r="C435" s="23">
-        <v>45148</v>
+        <v>43544</v>
       </c>
       <c r="D435" s="23">
-        <v>46244</v>
+        <v>46101</v>
       </c>
       <c r="E435" s="24" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="F435" s="25" t="s">
-        <v>1248</v>
+        <v>416</v>
       </c>
       <c r="G435" s="24" t="s">
-        <v>769</v>
+        <v>38</v>
       </c>
       <c r="H435" s="22" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="I435" s="22">
-        <v>34108</v>
+        <v>19801</v>
       </c>
       <c r="J435" s="26">
-        <v>9739174556</v>
+        <v>2125495100</v>
       </c>
     </row>
     <row r="436" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B436" s="22">
-        <v>3686882</v>
+        <v>3002657527</v>
       </c>
       <c r="C436" s="23">
-        <v>39112</v>
+        <v>45148</v>
       </c>
       <c r="D436" s="23">
-        <v>46417</v>
+        <v>46244</v>
       </c>
       <c r="E436" s="24" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
       <c r="F436" s="25" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="G436" s="24" t="s">
-        <v>1251</v>
+        <v>760</v>
       </c>
       <c r="H436" s="22" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="I436" s="22">
-        <v>19401579</v>
+        <v>34108</v>
       </c>
       <c r="J436" s="26">
-        <v>7812331855</v>
+        <v>9739174556</v>
       </c>
     </row>
     <row r="437" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B437" s="22">
-        <v>2331526</v>
+        <v>3004047018</v>
       </c>
       <c r="C437" s="23">
-        <v>45750</v>
+        <v>46042</v>
       </c>
       <c r="D437" s="23">
-        <v>46115</v>
+        <v>46407</v>
       </c>
       <c r="E437" s="24" t="s">
-        <v>1252</v>
+        <v>1248</v>
       </c>
       <c r="F437" s="25" t="s">
-        <v>1253</v>
+        <v>1249</v>
       </c>
       <c r="G437" s="24" t="s">
-        <v>264</v>
+        <v>54</v>
       </c>
       <c r="H437" s="22" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="I437" s="22">
-        <v>14623</v>
+        <v>10019</v>
       </c>
       <c r="J437" s="26">
-        <v>5852323760</v>
+        <v>6464500947</v>
       </c>
     </row>
     <row r="438" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B438" s="22">
-        <v>6885271</v>
+        <v>3686882</v>
       </c>
       <c r="C438" s="23">
-        <v>41157</v>
+        <v>39112</v>
       </c>
       <c r="D438" s="23">
-        <v>46270</v>
+        <v>46417</v>
       </c>
       <c r="E438" s="24" t="s">
-        <v>1254</v>
+        <v>1250</v>
       </c>
       <c r="F438" s="25" t="s">
-        <v>1255</v>
+        <v>1251</v>
       </c>
       <c r="G438" s="24" t="s">
-        <v>38</v>
+        <v>1252</v>
       </c>
       <c r="H438" s="22" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="I438" s="22">
-        <v>198081674</v>
+        <v>19401579</v>
       </c>
       <c r="J438" s="26">
-        <v>6173467233</v>
+        <v>7812331855</v>
       </c>
     </row>
     <row r="439" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B439" s="22">
-        <v>5437286</v>
+        <v>2331526</v>
       </c>
       <c r="C439" s="23">
-        <v>35994</v>
+        <v>45750</v>
       </c>
       <c r="D439" s="23">
-        <v>46221</v>
+        <v>46115</v>
       </c>
       <c r="E439" s="24" t="s">
-        <v>1256</v>
+        <v>1253</v>
       </c>
       <c r="F439" s="25" t="s">
-        <v>1257</v>
+        <v>1254</v>
       </c>
       <c r="G439" s="24" t="s">
-        <v>78</v>
+        <v>258</v>
       </c>
       <c r="H439" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>55</v>
+      </c>
+      <c r="I439" s="22">
+        <v>14623</v>
       </c>
       <c r="J439" s="26">
-        <v>7818616900</v>
+        <v>5852323760</v>
       </c>
     </row>
     <row r="440" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B440" s="22">
-        <v>19423915</v>
+        <v>6885271</v>
       </c>
       <c r="C440" s="23">
-        <v>44706</v>
+        <v>41157</v>
       </c>
       <c r="D440" s="23">
-        <v>46167</v>
+        <v>46270</v>
       </c>
       <c r="E440" s="24" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="F440" s="25" t="s">
-        <v>1259</v>
+        <v>1256</v>
       </c>
       <c r="G440" s="24" t="s">
-        <v>1260</v>
+        <v>38</v>
       </c>
       <c r="H440" s="22" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="I440" s="22">
-        <v>24811812</v>
+        <v>198081674</v>
       </c>
       <c r="J440" s="26">
-        <v>8889728467</v>
+        <v>6173467233</v>
       </c>
     </row>
     <row r="441" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B441" s="22">
-        <v>15764120</v>
+        <v>5437286</v>
       </c>
       <c r="C441" s="23">
-        <v>40406</v>
+        <v>35994</v>
       </c>
       <c r="D441" s="23">
-        <v>46250</v>
+        <v>46221</v>
       </c>
       <c r="E441" s="24" t="s">
-        <v>1261</v>
+        <v>1257</v>
       </c>
       <c r="F441" s="25" t="s">
-        <v>1262</v>
+        <v>1258</v>
       </c>
       <c r="G441" s="24" t="s">
-        <v>1263</v>
+        <v>82</v>
       </c>
       <c r="H441" s="22" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>61025056</v>
+        <v>23</v>
+      </c>
+      <c r="I441" s="22" t="s">
+        <v>83</v>
       </c>
       <c r="J441" s="26">
-        <v>8604033900</v>
+        <v>7818616900</v>
       </c>
     </row>
     <row r="442" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B442" s="22">
-        <v>14846436</v>
+        <v>19423915</v>
       </c>
       <c r="C442" s="23">
-        <v>40109</v>
+        <v>44706</v>
       </c>
       <c r="D442" s="23">
-        <v>46318</v>
+        <v>46167</v>
       </c>
       <c r="E442" s="24" t="s">
-        <v>1264</v>
+        <v>1259</v>
       </c>
       <c r="F442" s="25" t="s">
-        <v>1265</v>
+        <v>1260</v>
       </c>
       <c r="G442" s="24" t="s">
-        <v>1263</v>
+        <v>1261</v>
       </c>
       <c r="H442" s="22" t="s">
-        <v>59</v>
+        <v>23</v>
       </c>
       <c r="I442" s="22">
-        <v>61025056</v>
+        <v>24811812</v>
       </c>
       <c r="J442" s="26">
-        <v>8604033900</v>
+        <v>8889728467</v>
       </c>
     </row>
     <row r="443" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B443" s="22">
-        <v>39207</v>
+        <v>15764120</v>
       </c>
       <c r="C443" s="23">
-        <v>39751</v>
+        <v>40406</v>
       </c>
       <c r="D443" s="23">
-        <v>46325</v>
+        <v>46250</v>
       </c>
       <c r="E443" s="24" t="s">
-        <v>1266</v>
+        <v>1262</v>
       </c>
       <c r="F443" s="25" t="s">
-        <v>1267</v>
+        <v>1263</v>
       </c>
       <c r="G443" s="24" t="s">
-        <v>1268</v>
+        <v>1264</v>
       </c>
       <c r="H443" s="22" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="I443" s="22">
-        <v>10577</v>
+        <v>61025056</v>
       </c>
       <c r="J443" s="26">
-        <v>4436274934</v>
+        <v>8604033900</v>
       </c>
     </row>
     <row r="444" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B444" s="22">
-        <v>3234249</v>
+        <v>14846436</v>
       </c>
       <c r="C444" s="23">
-        <v>39064</v>
+        <v>40109</v>
       </c>
       <c r="D444" s="23">
-        <v>46004</v>
+        <v>46318</v>
       </c>
       <c r="E444" s="24" t="s">
-        <v>1269</v>
+        <v>1265</v>
       </c>
       <c r="F444" s="25" t="s">
-        <v>1270</v>
+        <v>1266</v>
       </c>
       <c r="G444" s="24" t="s">
-        <v>750</v>
+        <v>1264</v>
       </c>
       <c r="H444" s="22" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
       <c r="I444" s="22">
-        <v>92131</v>
+        <v>61025056</v>
       </c>
       <c r="J444" s="26">
-        <v>5594566108</v>
+        <v>8604033900</v>
       </c>
     </row>
     <row r="445" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B445" s="22">
-        <v>661723</v>
+        <v>39207</v>
       </c>
       <c r="C445" s="23">
-        <v>44434</v>
+        <v>39751</v>
       </c>
       <c r="D445" s="23">
-        <v>46260</v>
+        <v>46325</v>
       </c>
       <c r="E445" s="24" t="s">
-        <v>1271</v>
+        <v>1267</v>
       </c>
       <c r="F445" s="25" t="s">
-        <v>1272</v>
+        <v>1268</v>
       </c>
       <c r="G445" s="24" t="s">
-        <v>1273</v>
+        <v>1269</v>
       </c>
       <c r="H445" s="22" t="s">
-        <v>99</v>
+        <v>55</v>
       </c>
       <c r="I445" s="22">
-        <v>55101</v>
+        <v>10577</v>
       </c>
       <c r="J445" s="26">
-        <v>6516653500</v>
+        <v>4436274934</v>
       </c>
     </row>
     <row r="446" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B446" s="22">
-        <v>3002131603</v>
+        <v>661723</v>
       </c>
       <c r="C446" s="23">
-        <v>44812</v>
+        <v>44434</v>
       </c>
       <c r="D446" s="23">
-        <v>46273</v>
+        <v>46260</v>
       </c>
       <c r="E446" s="24" t="s">
-        <v>1274</v>
+        <v>1270</v>
       </c>
       <c r="F446" s="25" t="s">
-        <v>1275</v>
+        <v>1271</v>
       </c>
       <c r="G446" s="24" t="s">
-        <v>1276</v>
+        <v>1272</v>
       </c>
       <c r="H446" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1277</v>
+        <v>47</v>
+      </c>
+      <c r="I446" s="22">
+        <v>55101</v>
       </c>
       <c r="J446" s="26">
-        <v>9787107040</v>
+        <v>6516653500</v>
       </c>
     </row>
     <row r="447" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B447" s="22">
-        <v>5437683</v>
+        <v>3002131603</v>
       </c>
       <c r="C447" s="23">
-        <v>40739</v>
+        <v>44812</v>
       </c>
       <c r="D447" s="23">
-        <v>46218</v>
+        <v>46273</v>
       </c>
       <c r="E447" s="24" t="s">
-        <v>1278</v>
+        <v>1273</v>
       </c>
       <c r="F447" s="25" t="s">
-        <v>1279</v>
+        <v>1274</v>
       </c>
       <c r="G447" s="24" t="s">
-        <v>1280</v>
+        <v>1275</v>
       </c>
       <c r="H447" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I447" s="22" t="s">
-        <v>1281</v>
+        <v>1276</v>
       </c>
       <c r="J447" s="26">
-        <v>9789751300</v>
+        <v>9787107040</v>
       </c>
     </row>
     <row r="448" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B448" s="22">
-        <v>3003438902</v>
+        <v>5437683</v>
       </c>
       <c r="C448" s="23">
-        <v>45645</v>
+        <v>40739</v>
       </c>
       <c r="D448" s="23">
-        <v>46375</v>
+        <v>46218</v>
       </c>
       <c r="E448" s="24" t="s">
-        <v>1282</v>
+        <v>1277</v>
       </c>
       <c r="F448" s="25" t="s">
-        <v>1283</v>
+        <v>1278</v>
       </c>
       <c r="G448" s="24" t="s">
-        <v>154</v>
+        <v>1279</v>
       </c>
       <c r="H448" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="I448" s="22">
-        <v>23241065</v>
+      <c r="I448" s="22" t="s">
+        <v>1280</v>
       </c>
       <c r="J448" s="26">
-        <v>6172563004</v>
+        <v>9789751300</v>
       </c>
     </row>
     <row r="449" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B449" s="22">
-        <v>5690938</v>
+        <v>3003438902</v>
       </c>
       <c r="C449" s="23">
-        <v>37120</v>
+        <v>45645</v>
       </c>
       <c r="D449" s="23">
-        <v>46251</v>
+        <v>46375</v>
       </c>
       <c r="E449" s="24" t="s">
-        <v>1284</v>
+        <v>1281</v>
       </c>
       <c r="F449" s="25" t="s">
-        <v>1285</v>
+        <v>1282</v>
       </c>
       <c r="G449" s="24" t="s">
-        <v>519</v>
+        <v>153</v>
       </c>
       <c r="H449" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="I449" s="22" t="s">
-        <v>1286</v>
+      <c r="I449" s="22">
+        <v>23241065</v>
       </c>
       <c r="J449" s="26">
-        <v>7819141361</v>
+        <v>6172563004</v>
       </c>
     </row>
     <row r="450" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B450" s="22">
-        <v>8507165</v>
+        <v>5690938</v>
       </c>
       <c r="C450" s="23">
-        <v>45655</v>
+        <v>37120</v>
       </c>
       <c r="D450" s="23">
-        <v>46020</v>
+        <v>46251</v>
       </c>
       <c r="E450" s="24" t="s">
-        <v>1287</v>
+        <v>1283</v>
       </c>
       <c r="F450" s="25" t="s">
-        <v>1288</v>
+        <v>1284</v>
       </c>
       <c r="G450" s="24" t="s">
-        <v>136</v>
+        <v>1285</v>
       </c>
       <c r="H450" s="22" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>30345</v>
+        <v>23</v>
+      </c>
+      <c r="I450" s="22" t="s">
+        <v>1286</v>
       </c>
       <c r="J450" s="26">
-        <v>6789544000</v>
+        <v>7819141361</v>
       </c>
     </row>
     <row r="451" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B451" s="22">
-        <v>2004610</v>
+        <v>8507165</v>
       </c>
       <c r="C451" s="23">
-        <v>40361</v>
+        <v>45655</v>
       </c>
       <c r="D451" s="23">
-        <v>46205</v>
+        <v>46385</v>
       </c>
       <c r="E451" s="24" t="s">
-        <v>1289</v>
+        <v>1287</v>
       </c>
       <c r="F451" s="25" t="s">
-        <v>1290</v>
+        <v>1288</v>
       </c>
       <c r="G451" s="24" t="s">
-        <v>1291</v>
+        <v>135</v>
       </c>
       <c r="H451" s="22" t="s">
-        <v>59</v>
+        <v>136</v>
       </c>
       <c r="I451" s="22">
-        <v>68701389</v>
+        <v>30345</v>
       </c>
       <c r="J451" s="26">
-        <v>2036376655</v>
+        <v>6789544000</v>
       </c>
     </row>
     <row r="452" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B452" s="22">
-        <v>960514</v>
+        <v>2004610</v>
       </c>
       <c r="C452" s="23">
-        <v>40742</v>
+        <v>40361</v>
       </c>
       <c r="D452" s="23">
-        <v>46221</v>
+        <v>46205</v>
       </c>
       <c r="E452" s="24" t="s">
-        <v>1292</v>
+        <v>1289</v>
       </c>
       <c r="F452" s="25" t="s">
-        <v>1143</v>
+        <v>1290</v>
       </c>
       <c r="G452" s="24" t="s">
-        <v>417</v>
+        <v>1291</v>
       </c>
       <c r="H452" s="22" t="s">
-        <v>19</v>
+        <v>63</v>
       </c>
       <c r="I452" s="22">
-        <v>48103</v>
+        <v>68701389</v>
       </c>
       <c r="J452" s="26">
-        <v>7346631611</v>
+        <v>2036376655</v>
       </c>
     </row>
     <row r="453" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B453" s="22">
-        <v>963920</v>
+        <v>960514</v>
       </c>
       <c r="C453" s="23">
-        <v>39869</v>
+        <v>40742</v>
       </c>
       <c r="D453" s="23">
-        <v>46078</v>
+        <v>46221</v>
       </c>
       <c r="E453" s="24" t="s">
-        <v>1293</v>
+        <v>1292</v>
       </c>
       <c r="F453" s="25" t="s">
-        <v>1294</v>
+        <v>1138</v>
       </c>
       <c r="G453" s="24" t="s">
-        <v>577</v>
+        <v>408</v>
       </c>
       <c r="H453" s="22" t="s">
-        <v>173</v>
+        <v>19</v>
       </c>
       <c r="I453" s="22">
-        <v>761025036</v>
+        <v>48103</v>
       </c>
       <c r="J453" s="26">
-        <v>8178774256</v>
+        <v>7346631611</v>
       </c>
     </row>
     <row r="454" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B454" s="22">
-        <v>3002775923</v>
+        <v>963920</v>
       </c>
       <c r="C454" s="23">
-        <v>45212</v>
+        <v>39869</v>
       </c>
       <c r="D454" s="23">
-        <v>46308</v>
+        <v>46443</v>
       </c>
       <c r="E454" s="24" t="s">
-        <v>1295</v>
+        <v>1293</v>
       </c>
       <c r="F454" s="25" t="s">
-        <v>1296</v>
+        <v>1294</v>
       </c>
       <c r="G454" s="24" t="s">
-        <v>306</v>
+        <v>567</v>
       </c>
       <c r="H454" s="22" t="s">
-        <v>47</v>
+        <v>172</v>
       </c>
       <c r="I454" s="22">
-        <v>90067</v>
+        <v>761025036</v>
       </c>
       <c r="J454" s="26">
-        <v>3107122323</v>
+        <v>8178774256</v>
       </c>
     </row>
     <row r="455" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B455" s="22">
-        <v>3002486463</v>
+        <v>3002775923</v>
       </c>
       <c r="C455" s="23">
-        <v>45042</v>
+        <v>45212</v>
       </c>
       <c r="D455" s="23">
-        <v>46138</v>
+        <v>46308</v>
       </c>
       <c r="E455" s="24" t="s">
-        <v>1297</v>
+        <v>1295</v>
       </c>
       <c r="F455" s="25" t="s">
-        <v>1298</v>
+        <v>1296</v>
       </c>
       <c r="G455" s="24" t="s">
-        <v>1299</v>
+        <v>299</v>
       </c>
       <c r="H455" s="22" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>1300</v>
+        <v>51</v>
+      </c>
+      <c r="I455" s="22">
+        <v>90067</v>
       </c>
       <c r="J455" s="26">
-        <v>2019877184</v>
+        <v>3107122323</v>
       </c>
     </row>
     <row r="456" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B456" s="22">
-        <v>3002095854</v>
+        <v>3002486463</v>
       </c>
       <c r="C456" s="23">
-        <v>44791</v>
+        <v>45042</v>
       </c>
       <c r="D456" s="23">
-        <v>46252</v>
+        <v>46138</v>
       </c>
       <c r="E456" s="24" t="s">
-        <v>1301</v>
+        <v>1297</v>
       </c>
       <c r="F456" s="25" t="s">
-        <v>176</v>
+        <v>1298</v>
       </c>
       <c r="G456" s="24" t="s">
-        <v>177</v>
+        <v>1299</v>
       </c>
       <c r="H456" s="22" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>60889744</v>
+        <v>115</v>
+      </c>
+      <c r="I456" s="22" t="s">
+        <v>1300</v>
       </c>
       <c r="J456" s="26">
-        <v>8607453321</v>
+        <v>2019877184</v>
       </c>
     </row>
     <row r="457" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B457" s="22">
-        <v>17114074</v>
+        <v>3002095854</v>
       </c>
       <c r="C457" s="23">
-        <v>41655</v>
+        <v>44791</v>
       </c>
       <c r="D457" s="23">
-        <v>46403</v>
+        <v>46252</v>
       </c>
       <c r="E457" s="24" t="s">
-        <v>1302</v>
+        <v>1301</v>
       </c>
       <c r="F457" s="25" t="s">
-        <v>1303</v>
+        <v>178</v>
       </c>
       <c r="G457" s="24" t="s">
-        <v>468</v>
+        <v>179</v>
       </c>
       <c r="H457" s="22" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="I457" s="22">
-        <v>19901</v>
+        <v>60889744</v>
       </c>
       <c r="J457" s="26">
-        <v>6462189288</v>
+        <v>8607453321</v>
       </c>
     </row>
     <row r="458" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B458" s="22">
-        <v>8636572</v>
+        <v>17114074</v>
       </c>
       <c r="C458" s="23">
-        <v>42374</v>
+        <v>41655</v>
       </c>
       <c r="D458" s="23">
-        <v>46027</v>
+        <v>46403</v>
       </c>
       <c r="E458" s="24" t="s">
-        <v>1304</v>
+        <v>1302</v>
       </c>
       <c r="F458" s="25" t="s">
-        <v>1305</v>
+        <v>1303</v>
       </c>
       <c r="G458" s="24" t="s">
-        <v>692</v>
+        <v>459</v>
       </c>
       <c r="H458" s="22" t="s">
-        <v>929</v>
+        <v>39</v>
       </c>
       <c r="I458" s="22">
-        <v>97239</v>
+        <v>19901</v>
       </c>
       <c r="J458" s="26">
-        <v>5035951333</v>
+        <v>6462189288</v>
       </c>
     </row>
     <row r="459" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B459" s="22">
-        <v>7914650</v>
+        <v>8636572</v>
       </c>
       <c r="C459" s="23">
-        <v>44260</v>
+        <v>42374</v>
       </c>
       <c r="D459" s="23">
-        <v>46086</v>
+        <v>46392</v>
       </c>
       <c r="E459" s="24" t="s">
-        <v>1306</v>
+        <v>1304</v>
       </c>
       <c r="F459" s="25" t="s">
-        <v>1307</v>
+        <v>1305</v>
       </c>
       <c r="G459" s="24" t="s">
-        <v>750</v>
+        <v>684</v>
       </c>
       <c r="H459" s="22" t="s">
-        <v>47</v>
+        <v>920</v>
       </c>
       <c r="I459" s="22">
-        <v>92131</v>
+        <v>97239</v>
       </c>
       <c r="J459" s="26">
-        <v>8585304400</v>
+        <v>5035951333</v>
       </c>
     </row>
     <row r="460" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B460" s="22">
-        <v>17185002</v>
+        <v>7914650</v>
       </c>
       <c r="C460" s="23">
-        <v>45757</v>
+        <v>44260</v>
       </c>
       <c r="D460" s="23">
-        <v>46122</v>
+        <v>46086</v>
       </c>
       <c r="E460" s="24" t="s">
-        <v>1308</v>
+        <v>1306</v>
       </c>
       <c r="F460" s="25" t="s">
-        <v>1309</v>
+        <v>1307</v>
       </c>
       <c r="G460" s="24" t="s">
-        <v>408</v>
+        <v>741</v>
       </c>
       <c r="H460" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>409</v>
+        <v>51</v>
+      </c>
+      <c r="I460" s="22">
+        <v>92131</v>
       </c>
       <c r="J460" s="26">
-        <v>6179356404</v>
+        <v>8585304400</v>
       </c>
     </row>
     <row r="461" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B461" s="22">
-        <v>2351542</v>
+        <v>17185002</v>
       </c>
       <c r="C461" s="23">
-        <v>40667</v>
+        <v>45757</v>
       </c>
       <c r="D461" s="23">
-        <v>46146</v>
+        <v>46122</v>
       </c>
       <c r="E461" s="24" t="s">
-        <v>1310</v>
+        <v>1308</v>
       </c>
       <c r="F461" s="25" t="s">
-        <v>1311</v>
+        <v>1309</v>
       </c>
       <c r="G461" s="24" t="s">
-        <v>196</v>
+        <v>401</v>
       </c>
       <c r="H461" s="22" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>28217</v>
+        <v>23</v>
+      </c>
+      <c r="I461" s="22" t="s">
+        <v>402</v>
       </c>
       <c r="J461" s="26">
-        <v>7045277873</v>
+        <v>6179356404</v>
       </c>
     </row>
     <row r="462" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B462" s="22">
-        <v>8388619</v>
+        <v>2351542</v>
       </c>
       <c r="C462" s="23">
-        <v>43238</v>
+        <v>40667</v>
       </c>
       <c r="D462" s="23">
-        <v>46160</v>
+        <v>46146</v>
       </c>
       <c r="E462" s="24" t="s">
-        <v>1312</v>
+        <v>1310</v>
       </c>
       <c r="F462" s="25" t="s">
-        <v>1313</v>
+        <v>1311</v>
       </c>
       <c r="G462" s="24" t="s">
-        <v>130</v>
+        <v>198</v>
       </c>
       <c r="H462" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>199</v>
+      </c>
+      <c r="I462" s="22">
+        <v>28217</v>
       </c>
       <c r="J462" s="26">
-        <v>9784436500</v>
+        <v>7045277873</v>
       </c>
     </row>
     <row r="463" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B463" s="22">
-        <v>9747987</v>
+        <v>8388619</v>
       </c>
       <c r="C463" s="23">
-        <v>43299</v>
+        <v>43238</v>
       </c>
       <c r="D463" s="23">
-        <v>46221</v>
+        <v>46160</v>
       </c>
       <c r="E463" s="24" t="s">
-        <v>1314</v>
+        <v>1312</v>
       </c>
       <c r="F463" s="25" t="s">
-        <v>1315</v>
+        <v>1313</v>
       </c>
       <c r="G463" s="24" t="s">
-        <v>1316</v>
+        <v>129</v>
       </c>
       <c r="H463" s="22" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>22102</v>
+        <v>23</v>
+      </c>
+      <c r="I463" s="22" t="s">
+        <v>130</v>
       </c>
       <c r="J463" s="26">
-        <v>7036576060</v>
+        <v>9784436500</v>
       </c>
     </row>
     <row r="464" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B464" s="22">
-        <v>3002784796</v>
+        <v>9747987</v>
       </c>
       <c r="C464" s="23">
-        <v>45217</v>
+        <v>43299</v>
       </c>
       <c r="D464" s="23">
-        <v>46313</v>
+        <v>46221</v>
       </c>
       <c r="E464" s="24" t="s">
-        <v>1317</v>
+        <v>1314</v>
       </c>
       <c r="F464" s="25" t="s">
-        <v>1318</v>
+        <v>1315</v>
       </c>
       <c r="G464" s="24" t="s">
-        <v>1319</v>
+        <v>1316</v>
       </c>
       <c r="H464" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1320</v>
+        <v>311</v>
+      </c>
+      <c r="I464" s="22">
+        <v>22102</v>
       </c>
       <c r="J464" s="26">
-        <v>6179660357</v>
+        <v>7036576060</v>
       </c>
     </row>
     <row r="465" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B465" s="22">
-        <v>1652010</v>
+        <v>3002784796</v>
       </c>
       <c r="C465" s="23">
-        <v>45835</v>
+        <v>45217</v>
       </c>
       <c r="D465" s="23">
-        <v>46199</v>
+        <v>46313</v>
       </c>
       <c r="E465" s="24" t="s">
-        <v>1321</v>
+        <v>1317</v>
       </c>
       <c r="F465" s="25" t="s">
-        <v>1322</v>
+        <v>1318</v>
       </c>
       <c r="G465" s="24" t="s">
-        <v>1323</v>
+        <v>1319</v>
       </c>
       <c r="H465" s="22" t="s">
-        <v>1324</v>
-[...2 lines deleted...]
-        <v>72801</v>
+        <v>23</v>
+      </c>
+      <c r="I465" s="22" t="s">
+        <v>1320</v>
       </c>
       <c r="J465" s="26">
-        <v>4799671200</v>
+        <v>6179660357</v>
       </c>
     </row>
     <row r="466" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B466" s="22">
-        <v>3003808779</v>
+        <v>1652010</v>
       </c>
       <c r="C466" s="23">
-        <v>45890</v>
+        <v>45835</v>
       </c>
       <c r="D466" s="23">
-        <v>46255</v>
+        <v>46199</v>
       </c>
       <c r="E466" s="24" t="s">
-        <v>1325</v>
+        <v>1321</v>
       </c>
       <c r="F466" s="25" t="s">
-        <v>1326</v>
+        <v>1322</v>
       </c>
       <c r="G466" s="24" t="s">
-        <v>408</v>
+        <v>1323</v>
       </c>
       <c r="H466" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>409</v>
+        <v>1324</v>
+      </c>
+      <c r="I466" s="22">
+        <v>72801</v>
       </c>
       <c r="J466" s="26">
-        <v>7816544600</v>
+        <v>4799671200</v>
       </c>
     </row>
     <row r="467" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B467" s="22">
-        <v>8844362</v>
+        <v>3003808779</v>
       </c>
       <c r="C467" s="23">
-        <v>38989</v>
+        <v>45890</v>
       </c>
       <c r="D467" s="23">
-        <v>46294</v>
+        <v>46255</v>
       </c>
       <c r="E467" s="24" t="s">
-        <v>1327</v>
+        <v>1325</v>
       </c>
       <c r="F467" s="25" t="s">
-        <v>1328</v>
+        <v>1326</v>
       </c>
       <c r="G467" s="24" t="s">
-        <v>1329</v>
+        <v>401</v>
       </c>
       <c r="H467" s="22" t="s">
-        <v>1324</v>
-[...2 lines deleted...]
-        <v>72201</v>
+        <v>23</v>
+      </c>
+      <c r="I467" s="22" t="s">
+        <v>402</v>
       </c>
       <c r="J467" s="26">
-        <v>5013772300</v>
+        <v>7816544600</v>
       </c>
     </row>
     <row r="468" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B468" s="22">
-        <v>1651060</v>
+        <v>8844362</v>
       </c>
       <c r="C468" s="23">
-        <v>40204</v>
+        <v>38989</v>
       </c>
       <c r="D468" s="23">
-        <v>46048</v>
+        <v>46294</v>
       </c>
       <c r="E468" s="24" t="s">
-        <v>1330</v>
+        <v>1327</v>
       </c>
       <c r="F468" s="25" t="s">
         <v>1328</v>
       </c>
       <c r="G468" s="24" t="s">
         <v>1329</v>
       </c>
       <c r="H468" s="22" t="s">
         <v>1324</v>
       </c>
       <c r="I468" s="22">
         <v>72201</v>
       </c>
       <c r="J468" s="26">
         <v>5013772300</v>
       </c>
     </row>
     <row r="469" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B469" s="22">
-        <v>3002175718</v>
+        <v>1651060</v>
       </c>
       <c r="C469" s="23">
-        <v>44833</v>
+        <v>40204</v>
       </c>
       <c r="D469" s="23">
-        <v>46294</v>
+        <v>46413</v>
       </c>
       <c r="E469" s="24" t="s">
-        <v>1331</v>
+        <v>1330</v>
       </c>
       <c r="F469" s="25" t="s">
-        <v>1332</v>
+        <v>1328</v>
       </c>
       <c r="G469" s="24" t="s">
-        <v>692</v>
+        <v>1329</v>
       </c>
       <c r="H469" s="22" t="s">
-        <v>929</v>
+        <v>1324</v>
       </c>
       <c r="I469" s="22">
-        <v>97224</v>
+        <v>72201</v>
       </c>
       <c r="J469" s="26">
-        <v>9713717800</v>
+        <v>5013772300</v>
       </c>
     </row>
     <row r="470" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B470" s="22">
-        <v>7464423</v>
+        <v>3002175718</v>
       </c>
       <c r="C470" s="23">
-        <v>38023</v>
+        <v>44833</v>
       </c>
       <c r="D470" s="23">
-        <v>46058</v>
+        <v>46294</v>
       </c>
       <c r="E470" s="24" t="s">
-        <v>1333</v>
+        <v>1331</v>
       </c>
       <c r="F470" s="25" t="s">
-        <v>1334</v>
+        <v>1332</v>
       </c>
       <c r="G470" s="24" t="s">
-        <v>144</v>
+        <v>684</v>
       </c>
       <c r="H470" s="22" t="s">
-        <v>87</v>
+        <v>920</v>
       </c>
       <c r="I470" s="22">
-        <v>63102</v>
+        <v>97224</v>
       </c>
       <c r="J470" s="26">
-        <v>3143424074</v>
+        <v>9713717800</v>
       </c>
     </row>
     <row r="471" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B471" s="22">
-        <v>2890793</v>
+        <v>7464423</v>
       </c>
       <c r="C471" s="23">
-        <v>45860</v>
+        <v>38023</v>
       </c>
       <c r="D471" s="23">
-        <v>46225</v>
+        <v>46423</v>
       </c>
       <c r="E471" s="24" t="s">
-        <v>1335</v>
+        <v>1333</v>
       </c>
       <c r="F471" s="25" t="s">
-        <v>1336</v>
+        <v>1334</v>
       </c>
       <c r="G471" s="24" t="s">
-        <v>782</v>
+        <v>143</v>
       </c>
       <c r="H471" s="22" t="s">
-        <v>678</v>
+        <v>91</v>
       </c>
       <c r="I471" s="22">
-        <v>35243</v>
+        <v>63102</v>
       </c>
       <c r="J471" s="26">
-        <v>8002922411</v>
+        <v>3143424074</v>
       </c>
     </row>
     <row r="472" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B472" s="22">
-        <v>8479330</v>
+        <v>2890793</v>
       </c>
       <c r="C472" s="23">
-        <v>42401</v>
+        <v>45860</v>
       </c>
       <c r="D472" s="23">
-        <v>46054</v>
+        <v>46225</v>
       </c>
       <c r="E472" s="24" t="s">
-        <v>1337</v>
+        <v>1335</v>
       </c>
       <c r="F472" s="25" t="s">
-        <v>1338</v>
+        <v>1336</v>
       </c>
       <c r="G472" s="24" t="s">
-        <v>782</v>
+        <v>773</v>
       </c>
       <c r="H472" s="22" t="s">
-        <v>678</v>
+        <v>673</v>
       </c>
       <c r="I472" s="22">
         <v>35243</v>
       </c>
       <c r="J472" s="26">
         <v>8002922411</v>
       </c>
     </row>
     <row r="473" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B473" s="22">
-        <v>659778</v>
+        <v>8479330</v>
       </c>
       <c r="C473" s="23">
-        <v>38778</v>
+        <v>42401</v>
       </c>
       <c r="D473" s="23">
-        <v>46083</v>
+        <v>46419</v>
       </c>
       <c r="E473" s="24" t="s">
-        <v>1339</v>
+        <v>1337</v>
       </c>
       <c r="F473" s="25" t="s">
-        <v>1340</v>
+        <v>1338</v>
       </c>
       <c r="G473" s="24" t="s">
-        <v>321</v>
+        <v>773</v>
       </c>
       <c r="H473" s="22" t="s">
-        <v>87</v>
+        <v>673</v>
       </c>
       <c r="I473" s="22">
-        <v>64111</v>
+        <v>35243</v>
       </c>
       <c r="J473" s="26">
-        <v>8167537000</v>
+        <v>8002922411</v>
       </c>
     </row>
     <row r="474" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B474" s="22">
-        <v>16171514</v>
+        <v>659778</v>
       </c>
       <c r="C474" s="23">
-        <v>43179</v>
+        <v>38778</v>
       </c>
       <c r="D474" s="23">
-        <v>46101</v>
+        <v>46083</v>
       </c>
       <c r="E474" s="24" t="s">
-        <v>1341</v>
+        <v>1339</v>
       </c>
       <c r="F474" s="25" t="s">
-        <v>1342</v>
+        <v>1340</v>
       </c>
       <c r="G474" s="24" t="s">
-        <v>196</v>
+        <v>314</v>
       </c>
       <c r="H474" s="22" t="s">
-        <v>197</v>
+        <v>91</v>
       </c>
       <c r="I474" s="22">
-        <v>28277</v>
+        <v>64111</v>
       </c>
       <c r="J474" s="26">
-        <v>9374301364</v>
+        <v>8167537000</v>
       </c>
     </row>
     <row r="475" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B475" s="22">
-        <v>3003465049</v>
+        <v>16171514</v>
       </c>
       <c r="C475" s="23">
-        <v>45671</v>
+        <v>43179</v>
       </c>
       <c r="D475" s="23">
-        <v>46036</v>
+        <v>46466</v>
       </c>
       <c r="E475" s="24" t="s">
-        <v>1343</v>
+        <v>1341</v>
       </c>
       <c r="F475" s="25" t="s">
-        <v>1344</v>
+        <v>1342</v>
       </c>
       <c r="G475" s="24" t="s">
-        <v>78</v>
+        <v>198</v>
       </c>
       <c r="H475" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>199</v>
+      </c>
+      <c r="I475" s="22">
+        <v>28277</v>
       </c>
       <c r="J475" s="26">
-        <v>6173729033</v>
+        <v>5614602870</v>
       </c>
     </row>
     <row r="476" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B476" s="22">
-        <v>19939004</v>
+        <v>3003465049</v>
       </c>
       <c r="C476" s="23">
-        <v>45893</v>
+        <v>45671</v>
       </c>
       <c r="D476" s="23">
-        <v>46258</v>
+        <v>46401</v>
       </c>
       <c r="E476" s="24" t="s">
-        <v>1345</v>
+        <v>1343</v>
       </c>
       <c r="F476" s="25" t="s">
-        <v>1346</v>
+        <v>1344</v>
       </c>
       <c r="G476" s="24" t="s">
-        <v>130</v>
+        <v>82</v>
       </c>
       <c r="H476" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I476" s="22" t="s">
-        <v>131</v>
+        <v>83</v>
       </c>
       <c r="J476" s="26">
-        <v>6178342400</v>
+        <v>6173729033</v>
       </c>
     </row>
     <row r="477" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B477" s="22">
-        <v>8940671</v>
+        <v>19939004</v>
       </c>
       <c r="C477" s="23">
-        <v>45846</v>
+        <v>45893</v>
       </c>
       <c r="D477" s="23">
-        <v>46211</v>
+        <v>46258</v>
       </c>
       <c r="E477" s="24" t="s">
-        <v>1347</v>
+        <v>1345</v>
       </c>
       <c r="F477" s="25" t="s">
-        <v>1348</v>
+        <v>1346</v>
       </c>
       <c r="G477" s="24" t="s">
-        <v>1349</v>
+        <v>129</v>
       </c>
       <c r="H477" s="22" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-        <v>66609</v>
+        <v>23</v>
+      </c>
+      <c r="I477" s="22" t="s">
+        <v>130</v>
       </c>
       <c r="J477" s="26">
-        <v>7852668333</v>
+        <v>6178342400</v>
       </c>
     </row>
     <row r="478" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B478" s="22">
-        <v>7734296</v>
+        <v>8940671</v>
       </c>
       <c r="C478" s="23">
-        <v>44833</v>
+        <v>45846</v>
       </c>
       <c r="D478" s="23">
-        <v>46293</v>
+        <v>46211</v>
       </c>
       <c r="E478" s="24" t="s">
-        <v>1350</v>
+        <v>1347</v>
       </c>
       <c r="F478" s="25" t="s">
-        <v>1351</v>
+        <v>1348</v>
       </c>
       <c r="G478" s="24" t="s">
-        <v>190</v>
+        <v>1349</v>
       </c>
       <c r="H478" s="22" t="s">
-        <v>47</v>
+        <v>381</v>
       </c>
       <c r="I478" s="22">
-        <v>92660</v>
+        <v>66609</v>
       </c>
       <c r="J478" s="26">
-        <v>9492238100</v>
+        <v>7852668333</v>
       </c>
     </row>
     <row r="479" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B479" s="22">
-        <v>758586</v>
+        <v>7734296</v>
       </c>
       <c r="C479" s="23">
-        <v>38946</v>
+        <v>44833</v>
       </c>
       <c r="D479" s="23">
-        <v>46251</v>
+        <v>46293</v>
       </c>
       <c r="E479" s="24" t="s">
-        <v>1352</v>
+        <v>1350</v>
       </c>
       <c r="F479" s="25" t="s">
-        <v>1353</v>
+        <v>1351</v>
       </c>
       <c r="G479" s="24" t="s">
-        <v>1354</v>
+        <v>192</v>
       </c>
       <c r="H479" s="22" t="s">
-        <v>159</v>
+        <v>51</v>
       </c>
       <c r="I479" s="22">
-        <v>52556</v>
+        <v>92660</v>
       </c>
       <c r="J479" s="26">
-        <v>6414725100</v>
+        <v>9492238100</v>
       </c>
     </row>
     <row r="480" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B480" s="22">
-        <v>1009647</v>
+        <v>758586</v>
       </c>
       <c r="C480" s="23">
-        <v>38245</v>
+        <v>38946</v>
       </c>
       <c r="D480" s="23">
-        <v>46280</v>
+        <v>46251</v>
       </c>
       <c r="E480" s="24" t="s">
-        <v>1355</v>
+        <v>1352</v>
       </c>
       <c r="F480" s="25" t="s">
-        <v>1356</v>
+        <v>1353</v>
       </c>
       <c r="G480" s="24" t="s">
-        <v>1357</v>
+        <v>1354</v>
       </c>
       <c r="H480" s="22" t="s">
-        <v>47</v>
+        <v>158</v>
       </c>
       <c r="I480" s="22">
-        <v>94903</v>
+        <v>52556</v>
       </c>
       <c r="J480" s="26">
-        <v>4154614427</v>
+        <v>6414725100</v>
       </c>
     </row>
     <row r="481" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B481" s="22">
-        <v>8761773</v>
+        <v>1009647</v>
       </c>
       <c r="C481" s="23">
-        <v>40077</v>
+        <v>38245</v>
       </c>
       <c r="D481" s="23">
-        <v>46286</v>
+        <v>46280</v>
       </c>
       <c r="E481" s="24" t="s">
-        <v>1358</v>
+        <v>1355</v>
       </c>
       <c r="F481" s="25" t="s">
-        <v>1359</v>
+        <v>1356</v>
       </c>
       <c r="G481" s="24" t="s">
-        <v>912</v>
+        <v>1357</v>
       </c>
       <c r="H481" s="22" t="s">
-        <v>148</v>
+        <v>51</v>
       </c>
       <c r="I481" s="22">
-        <v>19103</v>
+        <v>94903</v>
       </c>
       <c r="J481" s="26">
-        <v>8567512726</v>
+        <v>4154614427</v>
       </c>
     </row>
     <row r="482" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B482" s="22">
-        <v>17561472</v>
+        <v>8761773</v>
       </c>
       <c r="C482" s="23">
-        <v>42907</v>
+        <v>40077</v>
       </c>
       <c r="D482" s="23">
-        <v>46194</v>
+        <v>46286</v>
       </c>
       <c r="E482" s="24" t="s">
-        <v>1360</v>
+        <v>1358</v>
       </c>
       <c r="F482" s="25" t="s">
-        <v>1361</v>
+        <v>1359</v>
       </c>
       <c r="G482" s="24" t="s">
-        <v>327</v>
+        <v>176</v>
       </c>
       <c r="H482" s="22" t="s">
-        <v>23</v>
+        <v>147</v>
       </c>
       <c r="I482" s="22">
-        <v>24923197</v>
+        <v>19103</v>
       </c>
       <c r="J482" s="26">
-        <v>7814448600</v>
+        <v>8567512726</v>
       </c>
     </row>
     <row r="483" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B483" s="22">
-        <v>5438699</v>
+        <v>17561472</v>
       </c>
       <c r="C483" s="23">
-        <v>45540</v>
+        <v>42907</v>
       </c>
       <c r="D483" s="23">
-        <v>46270</v>
+        <v>46194</v>
       </c>
       <c r="E483" s="24" t="s">
-        <v>1362</v>
+        <v>1360</v>
       </c>
       <c r="F483" s="25" t="s">
-        <v>1363</v>
+        <v>1361</v>
       </c>
       <c r="G483" s="24" t="s">
-        <v>1364</v>
+        <v>320</v>
       </c>
       <c r="H483" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="I483" s="22" t="s">
-        <v>1365</v>
+      <c r="I483" s="22">
+        <v>24923197</v>
       </c>
       <c r="J483" s="26">
-        <v>5088026477</v>
+        <v>7814448600</v>
       </c>
     </row>
     <row r="484" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B484" s="22">
-        <v>3003484793</v>
+        <v>5438699</v>
       </c>
       <c r="C484" s="23">
-        <v>45686</v>
+        <v>45540</v>
       </c>
       <c r="D484" s="23">
-        <v>46416</v>
+        <v>46270</v>
       </c>
       <c r="E484" s="24" t="s">
-        <v>1366</v>
+        <v>1362</v>
       </c>
       <c r="F484" s="25" t="s">
-        <v>1367</v>
+        <v>1363</v>
       </c>
       <c r="G484" s="24" t="s">
-        <v>1368</v>
+        <v>1364</v>
       </c>
       <c r="H484" s="22" t="s">
-        <v>116</v>
+        <v>23</v>
       </c>
       <c r="I484" s="22" t="s">
-        <v>1369</v>
+        <v>1365</v>
       </c>
       <c r="J484" s="26">
-        <v>7327589300</v>
+        <v>5088026477</v>
       </c>
     </row>
     <row r="485" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B485" s="22">
-        <v>1982903</v>
+        <v>3003484793</v>
       </c>
       <c r="C485" s="23">
-        <v>45722</v>
+        <v>45686</v>
       </c>
       <c r="D485" s="23">
-        <v>46087</v>
+        <v>46416</v>
       </c>
       <c r="E485" s="24" t="s">
-        <v>1370</v>
+        <v>1366</v>
       </c>
       <c r="F485" s="25" t="s">
         <v>1367</v>
       </c>
       <c r="G485" s="24" t="s">
         <v>1368</v>
       </c>
       <c r="H485" s="22" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="I485" s="22" t="s">
         <v>1369</v>
       </c>
       <c r="J485" s="26">
         <v>7327589300</v>
       </c>
     </row>
     <row r="486" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B486" s="22">
-        <v>8320397</v>
+        <v>1982903</v>
       </c>
       <c r="C486" s="23">
-        <v>44812</v>
+        <v>45722</v>
       </c>
       <c r="D486" s="23">
-        <v>46273</v>
+        <v>46087</v>
       </c>
       <c r="E486" s="24" t="s">
-        <v>1371</v>
+        <v>1370</v>
       </c>
       <c r="F486" s="25" t="s">
-        <v>1372</v>
+        <v>1367</v>
       </c>
       <c r="G486" s="24" t="s">
-        <v>1373</v>
+        <v>1368</v>
       </c>
       <c r="H486" s="22" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>30677</v>
+        <v>115</v>
+      </c>
+      <c r="I486" s="22" t="s">
+        <v>1369</v>
       </c>
       <c r="J486" s="26">
-        <v>7065437346</v>
+        <v>7327589300</v>
       </c>
     </row>
     <row r="487" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B487" s="22">
-        <v>662180</v>
+        <v>8320397</v>
       </c>
       <c r="C487" s="23">
-        <v>45440</v>
+        <v>44812</v>
       </c>
       <c r="D487" s="23">
-        <v>46170</v>
+        <v>46273</v>
       </c>
       <c r="E487" s="24" t="s">
-        <v>1374</v>
+        <v>1371</v>
       </c>
       <c r="F487" s="25" t="s">
-        <v>1375</v>
+        <v>1372</v>
       </c>
       <c r="G487" s="24" t="s">
-        <v>1376</v>
+        <v>1373</v>
       </c>
       <c r="H487" s="22" t="s">
-        <v>51</v>
+        <v>136</v>
       </c>
       <c r="I487" s="22">
-        <v>12047</v>
+        <v>30677</v>
       </c>
       <c r="J487" s="26">
-        <v>5188864395</v>
+        <v>7065437346</v>
       </c>
     </row>
     <row r="488" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B488" s="22">
-        <v>957270</v>
+        <v>662180</v>
       </c>
       <c r="C488" s="23">
-        <v>44364</v>
+        <v>45440</v>
       </c>
       <c r="D488" s="23">
-        <v>46208</v>
+        <v>46170</v>
       </c>
       <c r="E488" s="24" t="s">
-        <v>1377</v>
+        <v>1374</v>
       </c>
       <c r="F488" s="25" t="s">
         <v>1375</v>
       </c>
       <c r="G488" s="24" t="s">
         <v>1376</v>
       </c>
       <c r="H488" s="22" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="I488" s="22">
         <v>12047</v>
       </c>
       <c r="J488" s="26">
         <v>5188864395</v>
       </c>
     </row>
     <row r="489" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B489" s="22">
-        <v>9995359</v>
+        <v>957270</v>
       </c>
       <c r="C489" s="23">
-        <v>45369</v>
+        <v>44364</v>
       </c>
       <c r="D489" s="23">
-        <v>46099</v>
+        <v>46208</v>
       </c>
       <c r="E489" s="24" t="s">
-        <v>1378</v>
+        <v>1377</v>
       </c>
       <c r="F489" s="25" t="s">
-        <v>1379</v>
+        <v>1375</v>
       </c>
       <c r="G489" s="24" t="s">
-        <v>1380</v>
+        <v>1376</v>
       </c>
       <c r="H489" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1381</v>
+        <v>55</v>
+      </c>
+      <c r="I489" s="22">
+        <v>12047</v>
       </c>
       <c r="J489" s="26">
-        <v>9783143100</v>
+        <v>5188864395</v>
       </c>
     </row>
     <row r="490" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B490" s="22">
-        <v>14386507</v>
+        <v>9995359</v>
       </c>
       <c r="C490" s="23">
-        <v>40007</v>
+        <v>45369</v>
       </c>
       <c r="D490" s="23">
-        <v>46216</v>
+        <v>46099</v>
       </c>
       <c r="E490" s="24" t="s">
-        <v>1382</v>
+        <v>1378</v>
       </c>
       <c r="F490" s="25" t="s">
-        <v>1383</v>
+        <v>1379</v>
       </c>
       <c r="G490" s="24" t="s">
-        <v>327</v>
+        <v>1380</v>
       </c>
       <c r="H490" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I490" s="22" t="s">
-        <v>1384</v>
+        <v>1381</v>
       </c>
       <c r="J490" s="26">
-        <v>7816905059</v>
+        <v>9783143100</v>
       </c>
     </row>
     <row r="491" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B491" s="22">
-        <v>3003860260</v>
+        <v>14386507</v>
       </c>
       <c r="C491" s="23">
-        <v>45919</v>
+        <v>40007</v>
       </c>
       <c r="D491" s="23">
-        <v>46284</v>
+        <v>46216</v>
       </c>
       <c r="E491" s="24" t="s">
-        <v>1385</v>
+        <v>1382</v>
       </c>
       <c r="F491" s="25" t="s">
-        <v>1386</v>
+        <v>1383</v>
       </c>
       <c r="G491" s="24" t="s">
-        <v>1387</v>
+        <v>320</v>
       </c>
       <c r="H491" s="22" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>48334</v>
+        <v>23</v>
+      </c>
+      <c r="I491" s="22" t="s">
+        <v>1384</v>
       </c>
       <c r="J491" s="26">
-        <v>2485398282</v>
+        <v>7816905059</v>
       </c>
     </row>
     <row r="492" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B492" s="22">
-        <v>3485933</v>
+        <v>3003860260</v>
       </c>
       <c r="C492" s="23">
-        <v>39883</v>
+        <v>45919</v>
       </c>
       <c r="D492" s="23">
-        <v>46092</v>
+        <v>46284</v>
       </c>
       <c r="E492" s="24" t="s">
-        <v>1388</v>
+        <v>1385</v>
       </c>
       <c r="F492" s="25" t="s">
-        <v>1389</v>
+        <v>1386</v>
       </c>
       <c r="G492" s="24" t="s">
-        <v>1390</v>
+        <v>1387</v>
       </c>
       <c r="H492" s="22" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>1391</v>
+        <v>19</v>
+      </c>
+      <c r="I492" s="22">
+        <v>48334</v>
       </c>
       <c r="J492" s="26">
-        <v>8608877112</v>
+        <v>2485398282</v>
       </c>
     </row>
     <row r="493" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B493" s="22">
-        <v>5735569</v>
+        <v>3485933</v>
       </c>
       <c r="C493" s="23">
-        <v>45725</v>
+        <v>39883</v>
       </c>
       <c r="D493" s="23">
-        <v>46090</v>
+        <v>46092</v>
       </c>
       <c r="E493" s="24" t="s">
-        <v>1392</v>
+        <v>1388</v>
       </c>
       <c r="F493" s="25" t="s">
-        <v>1393</v>
+        <v>1389</v>
       </c>
       <c r="G493" s="24" t="s">
-        <v>1394</v>
+        <v>1390</v>
       </c>
       <c r="H493" s="22" t="s">
-        <v>116</v>
+        <v>63</v>
       </c>
       <c r="I493" s="22" t="s">
-        <v>1395</v>
+        <v>1391</v>
       </c>
       <c r="J493" s="26">
-        <v>9738056222</v>
+        <v>8608877112</v>
       </c>
     </row>
     <row r="494" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B494" s="22">
-        <v>17617848</v>
+        <v>5735569</v>
       </c>
       <c r="C494" s="23">
-        <v>45629</v>
+        <v>45725</v>
       </c>
       <c r="D494" s="23">
-        <v>45994</v>
+        <v>46090</v>
       </c>
       <c r="E494" s="24" t="s">
-        <v>1396</v>
+        <v>1392</v>
       </c>
       <c r="F494" s="25" t="s">
-        <v>1397</v>
+        <v>1393</v>
       </c>
       <c r="G494" s="24" t="s">
-        <v>1398</v>
+        <v>1394</v>
       </c>
       <c r="H494" s="22" t="s">
-        <v>59</v>
+        <v>115</v>
       </c>
       <c r="I494" s="22" t="s">
-        <v>1399</v>
+        <v>1395</v>
       </c>
       <c r="J494" s="26">
-        <v>8607805388</v>
+        <v>9738056222</v>
       </c>
     </row>
     <row r="495" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B495" s="22">
-        <v>720699</v>
+        <v>17617848</v>
       </c>
       <c r="C495" s="23">
-        <v>39520</v>
+        <v>45629</v>
       </c>
       <c r="D495" s="23">
-        <v>46094</v>
+        <v>46359</v>
       </c>
       <c r="E495" s="24" t="s">
-        <v>1400</v>
+        <v>1396</v>
       </c>
       <c r="F495" s="25" t="s">
-        <v>1401</v>
+        <v>1397</v>
       </c>
       <c r="G495" s="24" t="s">
-        <v>1299</v>
+        <v>1398</v>
       </c>
       <c r="H495" s="22" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>79012600</v>
+        <v>63</v>
+      </c>
+      <c r="I495" s="22" t="s">
+        <v>1399</v>
       </c>
       <c r="J495" s="26">
-        <v>3037979080</v>
+        <v>8607805388</v>
       </c>
     </row>
     <row r="496" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B496" s="22">
-        <v>8343488</v>
+        <v>720699</v>
       </c>
       <c r="C496" s="23">
-        <v>39913</v>
+        <v>39520</v>
       </c>
       <c r="D496" s="23">
-        <v>46122</v>
+        <v>46094</v>
       </c>
       <c r="E496" s="24" t="s">
-        <v>1402</v>
+        <v>1400</v>
       </c>
       <c r="F496" s="25" t="s">
-        <v>1403</v>
+        <v>1401</v>
       </c>
       <c r="G496" s="24" t="s">
-        <v>136</v>
+        <v>1299</v>
       </c>
       <c r="H496" s="22" t="s">
-        <v>137</v>
+        <v>115</v>
       </c>
       <c r="I496" s="22">
-        <v>303261156</v>
+        <v>79012600</v>
       </c>
       <c r="J496" s="26">
-        <v>4045043800</v>
+        <v>3037979080</v>
       </c>
     </row>
     <row r="497" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B497" s="22">
-        <v>9336298</v>
+        <v>8343488</v>
       </c>
       <c r="C497" s="23">
-        <v>39358</v>
+        <v>39913</v>
       </c>
       <c r="D497" s="23">
-        <v>46298</v>
+        <v>46122</v>
       </c>
       <c r="E497" s="24" t="s">
-        <v>1404</v>
+        <v>1402</v>
       </c>
       <c r="F497" s="25" t="s">
-        <v>1405</v>
+        <v>1403</v>
       </c>
       <c r="G497" s="24" t="s">
-        <v>1406</v>
+        <v>135</v>
       </c>
       <c r="H497" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1407</v>
+        <v>136</v>
+      </c>
+      <c r="I497" s="22">
+        <v>303261156</v>
       </c>
       <c r="J497" s="26">
-        <v>5086307040</v>
+        <v>4045043800</v>
       </c>
     </row>
     <row r="498" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B498" s="22">
-        <v>2425879</v>
+        <v>9336298</v>
       </c>
       <c r="C498" s="23">
-        <v>45755</v>
+        <v>39358</v>
       </c>
       <c r="D498" s="23">
-        <v>46120</v>
+        <v>46298</v>
       </c>
       <c r="E498" s="24" t="s">
-        <v>1408</v>
+        <v>1404</v>
       </c>
       <c r="F498" s="25" t="s">
-        <v>1409</v>
+        <v>1405</v>
       </c>
       <c r="G498" s="24" t="s">
-        <v>706</v>
+        <v>1406</v>
       </c>
       <c r="H498" s="22" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-        <v>45502</v>
+        <v>23</v>
+      </c>
+      <c r="I498" s="22" t="s">
+        <v>1407</v>
       </c>
       <c r="J498" s="26">
-        <v>9373998415</v>
+        <v>5086307040</v>
       </c>
     </row>
     <row r="499" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B499" s="22">
-        <v>19036576</v>
+        <v>2425879</v>
       </c>
       <c r="C499" s="23">
-        <v>44267</v>
+        <v>45755</v>
       </c>
       <c r="D499" s="23">
-        <v>46093</v>
+        <v>46120</v>
       </c>
       <c r="E499" s="24" t="s">
-        <v>1410</v>
+        <v>1408</v>
       </c>
       <c r="F499" s="25" t="s">
-        <v>1411</v>
+        <v>1409</v>
       </c>
       <c r="G499" s="24" t="s">
-        <v>366</v>
+        <v>688</v>
       </c>
       <c r="H499" s="22" t="s">
-        <v>23</v>
+        <v>529</v>
       </c>
       <c r="I499" s="22">
-        <v>10401941</v>
+        <v>45502</v>
       </c>
       <c r="J499" s="26">
-        <v>4135841805</v>
+        <v>9373998415</v>
       </c>
     </row>
     <row r="500" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B500" s="22">
-        <v>17455314</v>
+        <v>19036576</v>
       </c>
       <c r="C500" s="23">
-        <v>42079</v>
+        <v>44267</v>
       </c>
       <c r="D500" s="23">
-        <v>46097</v>
+        <v>46093</v>
       </c>
       <c r="E500" s="24" t="s">
-        <v>1412</v>
+        <v>1410</v>
       </c>
       <c r="F500" s="25" t="s">
-        <v>1413</v>
+        <v>1411</v>
       </c>
       <c r="G500" s="24" t="s">
-        <v>126</v>
+        <v>359</v>
       </c>
       <c r="H500" s="22" t="s">
-        <v>111</v>
+        <v>23</v>
       </c>
       <c r="I500" s="22">
-        <v>31025223</v>
+        <v>10401941</v>
       </c>
       <c r="J500" s="26">
-        <v>9782086111</v>
+        <v>4135841805</v>
       </c>
     </row>
     <row r="501" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B501" s="22">
-        <v>3660651</v>
+        <v>17455314</v>
       </c>
       <c r="C501" s="23">
-        <v>44680</v>
+        <v>42079</v>
       </c>
       <c r="D501" s="23">
-        <v>46141</v>
+        <v>46097</v>
       </c>
       <c r="E501" s="24" t="s">
-        <v>1414</v>
+        <v>1412</v>
       </c>
       <c r="F501" s="25" t="s">
-        <v>1415</v>
+        <v>1413</v>
       </c>
       <c r="G501" s="24" t="s">
-        <v>1416</v>
+        <v>125</v>
       </c>
       <c r="H501" s="22" t="s">
-        <v>47</v>
+        <v>110</v>
       </c>
       <c r="I501" s="22">
-        <v>94401</v>
+        <v>31025223</v>
       </c>
       <c r="J501" s="26">
-        <v>6172660019</v>
+        <v>9782086111</v>
       </c>
     </row>
     <row r="502" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B502" s="22">
-        <v>662734</v>
+        <v>3660651</v>
       </c>
       <c r="C502" s="23">
-        <v>43307</v>
+        <v>44680</v>
       </c>
       <c r="D502" s="23">
-        <v>46229</v>
+        <v>46141</v>
       </c>
       <c r="E502" s="24" t="s">
-        <v>1417</v>
+        <v>1414</v>
       </c>
       <c r="F502" s="25" t="s">
-        <v>1418</v>
+        <v>1415</v>
       </c>
       <c r="G502" s="24" t="s">
-        <v>98</v>
+        <v>1416</v>
       </c>
       <c r="H502" s="22" t="s">
-        <v>99</v>
+        <v>51</v>
       </c>
       <c r="I502" s="22">
-        <v>55415</v>
+        <v>94401</v>
       </c>
       <c r="J502" s="26">
-        <v>9206282412</v>
+        <v>6172660019</v>
       </c>
     </row>
     <row r="503" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B503" s="22">
-        <v>2099519</v>
+        <v>662734</v>
       </c>
       <c r="C503" s="23">
-        <v>41740</v>
+        <v>43307</v>
       </c>
       <c r="D503" s="23">
-        <v>46123</v>
+        <v>46229</v>
       </c>
       <c r="E503" s="24" t="s">
-        <v>1419</v>
+        <v>1417</v>
       </c>
       <c r="F503" s="25" t="s">
-        <v>1420</v>
+        <v>1418</v>
       </c>
       <c r="G503" s="24" t="s">
-        <v>763</v>
+        <v>102</v>
       </c>
       <c r="H503" s="22" t="s">
-        <v>95</v>
+        <v>47</v>
       </c>
       <c r="I503" s="22">
-        <v>46240</v>
+        <v>55415</v>
       </c>
       <c r="J503" s="26">
-        <v>4058136321</v>
+        <v>9206282412</v>
       </c>
     </row>
     <row r="504" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B504" s="22">
-        <v>8491264</v>
+        <v>2099519</v>
       </c>
       <c r="C504" s="23">
-        <v>38601</v>
+        <v>41740</v>
       </c>
       <c r="D504" s="23">
-        <v>46271</v>
+        <v>46123</v>
       </c>
       <c r="E504" s="24" t="s">
-        <v>1421</v>
+        <v>1419</v>
       </c>
       <c r="F504" s="25" t="s">
-        <v>1422</v>
+        <v>1420</v>
       </c>
       <c r="G504" s="24" t="s">
-        <v>38</v>
+        <v>754</v>
       </c>
       <c r="H504" s="22" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="I504" s="22">
-        <v>198011120</v>
+        <v>46240</v>
       </c>
       <c r="J504" s="26">
-        <v>7049884956</v>
+        <v>4058136321</v>
       </c>
     </row>
     <row r="505" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B505" s="22">
-        <v>3003143826</v>
+        <v>8491264</v>
       </c>
       <c r="C505" s="23">
-        <v>45460</v>
+        <v>38601</v>
       </c>
       <c r="D505" s="23">
-        <v>46190</v>
+        <v>46271</v>
       </c>
       <c r="E505" s="24" t="s">
-        <v>1423</v>
+        <v>1421</v>
       </c>
       <c r="F505" s="25" t="s">
-        <v>1424</v>
+        <v>1422</v>
       </c>
       <c r="G505" s="24" t="s">
-        <v>1425</v>
+        <v>38</v>
       </c>
       <c r="H505" s="22" t="s">
-        <v>173</v>
+        <v>39</v>
       </c>
       <c r="I505" s="22">
-        <v>75032</v>
+        <v>198011120</v>
       </c>
       <c r="J505" s="26">
-        <v>8004314245</v>
+        <v>7049884956</v>
       </c>
     </row>
     <row r="506" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B506" s="22">
-        <v>17073670</v>
+        <v>3003143826</v>
       </c>
       <c r="C506" s="23">
-        <v>45271</v>
+        <v>45460</v>
       </c>
       <c r="D506" s="23">
-        <v>46367</v>
+        <v>46190</v>
       </c>
       <c r="E506" s="24" t="s">
-        <v>1426</v>
+        <v>1423</v>
       </c>
       <c r="F506" s="25" t="s">
-        <v>1427</v>
+        <v>1424</v>
       </c>
       <c r="G506" s="24" t="s">
-        <v>1428</v>
+        <v>1425</v>
       </c>
       <c r="H506" s="22" t="s">
-        <v>28</v>
+        <v>172</v>
       </c>
       <c r="I506" s="22">
-        <v>32606</v>
+        <v>75032</v>
       </c>
       <c r="J506" s="26">
-        <v>3523328723</v>
+        <v>8004314245</v>
       </c>
     </row>
     <row r="507" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B507" s="22">
-        <v>3002721931</v>
+        <v>17073670</v>
       </c>
       <c r="C507" s="23">
-        <v>45183</v>
+        <v>45271</v>
       </c>
       <c r="D507" s="23">
-        <v>46279</v>
+        <v>46367</v>
       </c>
       <c r="E507" s="24" t="s">
-        <v>1429</v>
+        <v>1426</v>
       </c>
       <c r="F507" s="25" t="s">
-        <v>1430</v>
+        <v>1427</v>
       </c>
       <c r="G507" s="24" t="s">
-        <v>289</v>
+        <v>1428</v>
       </c>
       <c r="H507" s="22" t="s">
         <v>28</v>
       </c>
       <c r="I507" s="22">
-        <v>33602</v>
+        <v>32606</v>
       </c>
       <c r="J507" s="26">
-        <v>8133331683</v>
+        <v>3523328723</v>
       </c>
     </row>
     <row r="508" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B508" s="22">
-        <v>3424697</v>
+        <v>3002721931</v>
       </c>
       <c r="C508" s="23">
-        <v>42527</v>
+        <v>45183</v>
       </c>
       <c r="D508" s="23">
-        <v>46179</v>
+        <v>46279</v>
       </c>
       <c r="E508" s="24" t="s">
-        <v>1431</v>
+        <v>1429</v>
       </c>
       <c r="F508" s="25" t="s">
-        <v>1432</v>
+        <v>1430</v>
       </c>
       <c r="G508" s="24" t="s">
-        <v>136</v>
+        <v>282</v>
       </c>
       <c r="H508" s="22" t="s">
-        <v>137</v>
+        <v>28</v>
       </c>
       <c r="I508" s="22">
-        <v>30308</v>
+        <v>33602</v>
       </c>
       <c r="J508" s="26">
-        <v>7049541388</v>
+        <v>8133331683</v>
       </c>
     </row>
     <row r="509" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B509" s="22">
-        <v>16773308</v>
+        <v>3424697</v>
       </c>
       <c r="C509" s="23">
-        <v>41205</v>
+        <v>42527</v>
       </c>
       <c r="D509" s="23">
-        <v>46318</v>
+        <v>46179</v>
       </c>
       <c r="E509" s="24" t="s">
-        <v>1433</v>
+        <v>1431</v>
       </c>
       <c r="F509" s="25" t="s">
-        <v>1434</v>
+        <v>1432</v>
       </c>
       <c r="G509" s="24" t="s">
-        <v>1435</v>
+        <v>135</v>
       </c>
       <c r="H509" s="22" t="s">
-        <v>159</v>
+        <v>136</v>
       </c>
       <c r="I509" s="22">
-        <v>50677</v>
+        <v>30308</v>
       </c>
       <c r="J509" s="26">
-        <v>3194832573</v>
+        <v>7049541388</v>
       </c>
     </row>
     <row r="510" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B510" s="22">
-        <v>1638915</v>
+        <v>16773308</v>
       </c>
       <c r="C510" s="23">
-        <v>39962</v>
+        <v>41205</v>
       </c>
       <c r="D510" s="23">
-        <v>46171</v>
+        <v>46318</v>
       </c>
       <c r="E510" s="24" t="s">
-        <v>1436</v>
+        <v>1433</v>
       </c>
       <c r="F510" s="25" t="s">
-        <v>1437</v>
+        <v>1434</v>
       </c>
       <c r="G510" s="24" t="s">
-        <v>1438</v>
+        <v>1435</v>
       </c>
       <c r="H510" s="22" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="I510" s="22">
-        <v>15601</v>
+        <v>50677</v>
       </c>
       <c r="J510" s="26">
-        <v>7244685665</v>
+        <v>3194832573</v>
       </c>
     </row>
     <row r="511" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B511" s="22">
-        <v>3003042035</v>
+        <v>1638915</v>
       </c>
       <c r="C511" s="23">
-        <v>45392</v>
+        <v>39962</v>
       </c>
       <c r="D511" s="23">
-        <v>46122</v>
+        <v>46171</v>
       </c>
       <c r="E511" s="24" t="s">
-        <v>1439</v>
+        <v>1436</v>
       </c>
       <c r="F511" s="25" t="s">
-        <v>1440</v>
+        <v>1437</v>
       </c>
       <c r="G511" s="24" t="s">
-        <v>1441</v>
+        <v>1438</v>
       </c>
       <c r="H511" s="22" t="s">
-        <v>51</v>
+        <v>147</v>
       </c>
       <c r="I511" s="22">
-        <v>11779</v>
+        <v>15601</v>
       </c>
       <c r="J511" s="26">
-        <v>6314035364</v>
+        <v>7244685665</v>
       </c>
     </row>
     <row r="512" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B512" s="22">
-        <v>39199</v>
+        <v>3003042035</v>
       </c>
       <c r="C512" s="23">
-        <v>38527</v>
+        <v>45392</v>
       </c>
       <c r="D512" s="23">
-        <v>46197</v>
+        <v>46122</v>
       </c>
       <c r="E512" s="24" t="s">
-        <v>1442</v>
+        <v>1439</v>
       </c>
       <c r="F512" s="25" t="s">
-        <v>1443</v>
+        <v>1440</v>
       </c>
       <c r="G512" s="24" t="s">
-        <v>1444</v>
+        <v>1441</v>
       </c>
       <c r="H512" s="22" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>1445</v>
+        <v>55</v>
+      </c>
+      <c r="I512" s="22">
+        <v>11779</v>
       </c>
       <c r="J512" s="26">
-        <v>2013522544</v>
+        <v>6314035364</v>
       </c>
     </row>
     <row r="513" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B513" s="22">
-        <v>1642612</v>
+        <v>39199</v>
       </c>
       <c r="C513" s="23">
-        <v>43557</v>
+        <v>38527</v>
       </c>
       <c r="D513" s="23">
-        <v>46114</v>
+        <v>46197</v>
       </c>
       <c r="E513" s="24" t="s">
-        <v>1446</v>
+        <v>1442</v>
       </c>
       <c r="F513" s="25" t="s">
-        <v>1447</v>
+        <v>1443</v>
       </c>
       <c r="G513" s="24" t="s">
-        <v>321</v>
+        <v>1444</v>
       </c>
       <c r="H513" s="22" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>641062008</v>
+        <v>115</v>
+      </c>
+      <c r="I513" s="22" t="s">
+        <v>1445</v>
       </c>
       <c r="J513" s="26">
-        <v>8168608766</v>
+        <v>2013522544</v>
       </c>
     </row>
     <row r="514" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B514" s="22">
-        <v>659771</v>
+        <v>1642612</v>
       </c>
       <c r="C514" s="23">
-        <v>38400</v>
+        <v>43557</v>
       </c>
       <c r="D514" s="23">
-        <v>46070</v>
+        <v>46479</v>
       </c>
       <c r="E514" s="24" t="s">
-        <v>1448</v>
+        <v>1446</v>
       </c>
       <c r="F514" s="25" t="s">
-        <v>1449</v>
+        <v>1447</v>
       </c>
       <c r="G514" s="24" t="s">
-        <v>546</v>
+        <v>314</v>
       </c>
       <c r="H514" s="22" t="s">
-        <v>547</v>
+        <v>91</v>
       </c>
       <c r="I514" s="22">
-        <v>852582051</v>
+        <v>641062008</v>
       </c>
       <c r="J514" s="26">
-        <v>4809910225</v>
+        <v>8168608766</v>
       </c>
     </row>
     <row r="515" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B515" s="22">
-        <v>3372982</v>
+        <v>659771</v>
       </c>
       <c r="C515" s="23">
-        <v>37148</v>
+        <v>38400</v>
       </c>
       <c r="D515" s="23">
-        <v>46279</v>
+        <v>46435</v>
       </c>
       <c r="E515" s="24" t="s">
-        <v>1450</v>
+        <v>1448</v>
       </c>
       <c r="F515" s="25" t="s">
-        <v>1451</v>
+        <v>1449</v>
       </c>
       <c r="G515" s="24" t="s">
-        <v>1452</v>
+        <v>534</v>
       </c>
       <c r="H515" s="22" t="s">
-        <v>19</v>
+        <v>535</v>
       </c>
       <c r="I515" s="22">
-        <v>49301</v>
+        <v>852582051</v>
       </c>
       <c r="J515" s="26">
-        <v>8884078198</v>
+        <v>4809910225</v>
       </c>
     </row>
     <row r="516" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B516" s="22">
-        <v>1937006</v>
+        <v>3372982</v>
       </c>
       <c r="C516" s="23">
-        <v>40252</v>
+        <v>37148</v>
       </c>
       <c r="D516" s="23">
-        <v>46096</v>
+        <v>46279</v>
       </c>
       <c r="E516" s="24" t="s">
-        <v>1453</v>
+        <v>1450</v>
       </c>
       <c r="F516" s="25" t="s">
-        <v>1454</v>
+        <v>1451</v>
       </c>
       <c r="G516" s="24" t="s">
-        <v>1455</v>
+        <v>1452</v>
       </c>
       <c r="H516" s="22" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>1456</v>
+        <v>19</v>
+      </c>
+      <c r="I516" s="22">
+        <v>49301</v>
       </c>
       <c r="J516" s="26">
-        <v>8603682938</v>
+        <v>8884078198</v>
       </c>
     </row>
     <row r="517" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B517" s="22">
-        <v>5436931</v>
+        <v>1937006</v>
       </c>
       <c r="C517" s="23">
-        <v>36080</v>
+        <v>40252</v>
       </c>
       <c r="D517" s="23">
-        <v>46307</v>
+        <v>46461</v>
       </c>
       <c r="E517" s="24" t="s">
-        <v>1457</v>
+        <v>1453</v>
       </c>
       <c r="F517" s="25" t="s">
-        <v>1458</v>
+        <v>1454</v>
       </c>
       <c r="G517" s="24" t="s">
-        <v>700</v>
+        <v>1455</v>
       </c>
       <c r="H517" s="22" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="I517" s="22" t="s">
-        <v>1459</v>
+        <v>1456</v>
       </c>
       <c r="J517" s="26">
-        <v>4134679251</v>
+        <v>8606335283</v>
       </c>
     </row>
     <row r="518" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B518" s="22">
-        <v>10097642</v>
+        <v>5436931</v>
       </c>
       <c r="C518" s="23">
-        <v>42096</v>
+        <v>36080</v>
       </c>
       <c r="D518" s="23">
-        <v>46114</v>
+        <v>46307</v>
       </c>
       <c r="E518" s="24" t="s">
-        <v>1460</v>
+        <v>1457</v>
       </c>
       <c r="F518" s="25" t="s">
-        <v>1461</v>
+        <v>1458</v>
       </c>
       <c r="G518" s="24" t="s">
-        <v>540</v>
+        <v>695</v>
       </c>
       <c r="H518" s="22" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-        <v>44333</v>
+        <v>23</v>
+      </c>
+      <c r="I518" s="22" t="s">
+        <v>1459</v>
       </c>
       <c r="J518" s="26">
-        <v>3305761234</v>
+        <v>4134679251</v>
       </c>
     </row>
     <row r="519" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B519" s="22">
-        <v>7096402</v>
+        <v>10097642</v>
       </c>
       <c r="C519" s="23">
-        <v>43707</v>
+        <v>42096</v>
       </c>
       <c r="D519" s="23">
-        <v>46264</v>
+        <v>46479</v>
       </c>
       <c r="E519" s="24" t="s">
-        <v>1462</v>
+        <v>1460</v>
       </c>
       <c r="F519" s="25" t="s">
-        <v>1463</v>
+        <v>1461</v>
       </c>
       <c r="G519" s="24" t="s">
-        <v>795</v>
+        <v>528</v>
       </c>
       <c r="H519" s="22" t="s">
-        <v>51</v>
+        <v>529</v>
       </c>
       <c r="I519" s="22">
-        <v>11797</v>
+        <v>44333</v>
       </c>
       <c r="J519" s="26">
-        <v>6318455100</v>
+        <v>3305761234</v>
       </c>
     </row>
     <row r="520" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B520" s="22">
-        <v>19403271</v>
+        <v>7096402</v>
       </c>
       <c r="C520" s="23">
-        <v>43943</v>
+        <v>43707</v>
       </c>
       <c r="D520" s="23">
-        <v>46134</v>
+        <v>46264</v>
       </c>
       <c r="E520" s="24" t="s">
-        <v>1464</v>
+        <v>1462</v>
       </c>
       <c r="F520" s="25" t="s">
-        <v>1465</v>
+        <v>1463</v>
       </c>
       <c r="G520" s="24" t="s">
-        <v>67</v>
+        <v>786</v>
       </c>
       <c r="H520" s="22" t="s">
-        <v>68</v>
+        <v>55</v>
       </c>
       <c r="I520" s="22">
-        <v>68510</v>
+        <v>11797</v>
       </c>
       <c r="J520" s="26">
-        <v>4024676938</v>
+        <v>6318455100</v>
       </c>
     </row>
     <row r="521" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B521" s="22">
-        <v>2753578</v>
+        <v>19403271</v>
       </c>
       <c r="C521" s="23">
-        <v>45947</v>
+        <v>43943</v>
       </c>
       <c r="D521" s="23">
-        <v>46312</v>
+        <v>46499</v>
       </c>
       <c r="E521" s="24" t="s">
-        <v>1466</v>
+        <v>1464</v>
       </c>
       <c r="F521" s="25" t="s">
-        <v>1467</v>
+        <v>1465</v>
       </c>
       <c r="G521" s="24" t="s">
-        <v>1468</v>
+        <v>71</v>
       </c>
       <c r="H521" s="22" t="s">
-        <v>1469</v>
+        <v>72</v>
       </c>
       <c r="I521" s="22">
-        <v>57064</v>
+        <v>68510</v>
       </c>
       <c r="J521" s="26">
-        <v>6053618230</v>
+        <v>4024676938</v>
       </c>
     </row>
     <row r="522" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B522" s="22">
-        <v>2351501</v>
+        <v>2753578</v>
       </c>
       <c r="C522" s="23">
-        <v>44900</v>
+        <v>45947</v>
       </c>
       <c r="D522" s="23">
-        <v>45996</v>
+        <v>46312</v>
       </c>
       <c r="E522" s="24" t="s">
-        <v>1470</v>
+        <v>1466</v>
       </c>
       <c r="F522" s="25" t="s">
-        <v>1471</v>
+        <v>1467</v>
       </c>
       <c r="G522" s="24" t="s">
-        <v>1472</v>
+        <v>1468</v>
       </c>
       <c r="H522" s="22" t="s">
-        <v>197</v>
+        <v>1469</v>
       </c>
       <c r="I522" s="22">
-        <v>27701</v>
+        <v>57064</v>
       </c>
       <c r="J522" s="26">
-        <v>9194906717</v>
+        <v>6053618230</v>
       </c>
     </row>
     <row r="523" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B523" s="22">
-        <v>3003385306</v>
+        <v>2351501</v>
       </c>
       <c r="C523" s="23">
-        <v>45608</v>
+        <v>44900</v>
       </c>
       <c r="D523" s="23">
-        <v>46338</v>
+        <v>46361</v>
       </c>
       <c r="E523" s="24" t="s">
-        <v>1473</v>
+        <v>1470</v>
       </c>
       <c r="F523" s="25" t="s">
-        <v>1474</v>
+        <v>1471</v>
       </c>
       <c r="G523" s="24" t="s">
-        <v>1475</v>
+        <v>1472</v>
       </c>
       <c r="H523" s="22" t="s">
-        <v>116</v>
+        <v>199</v>
       </c>
       <c r="I523" s="22">
-        <v>87314638</v>
+        <v>27701</v>
       </c>
       <c r="J523" s="26">
-        <v>6099718300</v>
+        <v>9194906717</v>
       </c>
     </row>
     <row r="524" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B524" s="22">
-        <v>663369</v>
+        <v>3003385306</v>
       </c>
       <c r="C524" s="23">
-        <v>38247</v>
+        <v>45608</v>
       </c>
       <c r="D524" s="23">
-        <v>46283</v>
+        <v>46338</v>
       </c>
       <c r="E524" s="24" t="s">
-        <v>1476</v>
+        <v>1473</v>
       </c>
       <c r="F524" s="25" t="s">
-        <v>1477</v>
+        <v>1474</v>
       </c>
       <c r="G524" s="24" t="s">
-        <v>1478</v>
+        <v>1475</v>
       </c>
       <c r="H524" s="22" t="s">
-        <v>59</v>
+        <v>115</v>
       </c>
       <c r="I524" s="22">
-        <v>60954773</v>
+        <v>87314638</v>
       </c>
       <c r="J524" s="26">
-        <v>8003562906</v>
+        <v>6099718300</v>
       </c>
     </row>
     <row r="525" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B525" s="22">
-        <v>964454</v>
+        <v>663369</v>
       </c>
       <c r="C525" s="23">
-        <v>42657</v>
+        <v>38247</v>
       </c>
       <c r="D525" s="23">
-        <v>46309</v>
+        <v>46283</v>
       </c>
       <c r="E525" s="24" t="s">
-        <v>1479</v>
+        <v>1476</v>
       </c>
       <c r="F525" s="25" t="s">
-        <v>1480</v>
+        <v>1477</v>
       </c>
       <c r="G525" s="24" t="s">
         <v>1478</v>
       </c>
       <c r="H525" s="22" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="I525" s="22">
-        <v>60954774</v>
+        <v>60954773</v>
       </c>
       <c r="J525" s="26">
-        <v>5187838572</v>
+        <v>8003562906</v>
       </c>
     </row>
     <row r="526" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B526" s="22">
-        <v>660004</v>
+        <v>964454</v>
       </c>
       <c r="C526" s="23">
-        <v>40781</v>
+        <v>42657</v>
       </c>
       <c r="D526" s="23">
-        <v>46260</v>
+        <v>46309</v>
       </c>
       <c r="E526" s="24" t="s">
-        <v>1481</v>
+        <v>1479</v>
       </c>
       <c r="F526" s="25" t="s">
-        <v>1482</v>
+        <v>1480</v>
       </c>
       <c r="G526" s="24" t="s">
-        <v>568</v>
+        <v>1478</v>
       </c>
       <c r="H526" s="22" t="s">
-        <v>541</v>
+        <v>63</v>
       </c>
       <c r="I526" s="22">
-        <v>45202</v>
+        <v>60954774</v>
       </c>
       <c r="J526" s="26">
-        <v>5133628258</v>
+        <v>5187838572</v>
       </c>
     </row>
     <row r="527" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B527" s="22">
-        <v>3430473</v>
+        <v>660004</v>
       </c>
       <c r="C527" s="23">
-        <v>41486</v>
+        <v>40781</v>
       </c>
       <c r="D527" s="23">
-        <v>46234</v>
+        <v>46260</v>
       </c>
       <c r="E527" s="24" t="s">
-        <v>1483</v>
+        <v>1481</v>
       </c>
       <c r="F527" s="25" t="s">
-        <v>1484</v>
+        <v>1482</v>
       </c>
       <c r="G527" s="24" t="s">
-        <v>1485</v>
+        <v>556</v>
       </c>
       <c r="H527" s="22" t="s">
-        <v>15</v>
+        <v>529</v>
       </c>
       <c r="I527" s="22">
-        <v>383055209</v>
+        <v>45202</v>
       </c>
       <c r="J527" s="26">
-        <v>7316683825</v>
+        <v>5133628258</v>
       </c>
     </row>
     <row r="528" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B528" s="22">
-        <v>7343149</v>
+        <v>3430473</v>
       </c>
       <c r="C528" s="23">
-        <v>37454</v>
+        <v>41486</v>
       </c>
       <c r="D528" s="23">
-        <v>46220</v>
+        <v>46234</v>
       </c>
       <c r="E528" s="24" t="s">
-        <v>1486</v>
+        <v>1483</v>
       </c>
       <c r="F528" s="25" t="s">
-        <v>1487</v>
+        <v>1484</v>
       </c>
       <c r="G528" s="24" t="s">
-        <v>220</v>
+        <v>1485</v>
       </c>
       <c r="H528" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1488</v>
+        <v>15</v>
+      </c>
+      <c r="I528" s="22">
+        <v>383055209</v>
       </c>
       <c r="J528" s="26">
-        <v>6174826918</v>
+        <v>7316683825</v>
       </c>
     </row>
     <row r="529" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B529" s="22">
-        <v>3003411045</v>
+        <v>7343149</v>
       </c>
       <c r="C529" s="23">
-        <v>45623</v>
+        <v>37454</v>
       </c>
       <c r="D529" s="23">
-        <v>46353</v>
+        <v>46220</v>
       </c>
       <c r="E529" s="24" t="s">
-        <v>1489</v>
+        <v>1486</v>
       </c>
       <c r="F529" s="25" t="s">
-        <v>1490</v>
+        <v>1487</v>
       </c>
       <c r="G529" s="24" t="s">
-        <v>220</v>
+        <v>355</v>
       </c>
       <c r="H529" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I529" s="22" t="s">
-        <v>221</v>
+        <v>1488</v>
       </c>
       <c r="J529" s="26">
-        <v>4135301092</v>
+        <v>6174826918</v>
       </c>
     </row>
     <row r="530" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B530" s="22">
-        <v>3002530308</v>
+        <v>3003411045</v>
       </c>
       <c r="C530" s="23">
-        <v>45070</v>
+        <v>45623</v>
       </c>
       <c r="D530" s="23">
-        <v>46166</v>
+        <v>46353</v>
       </c>
       <c r="E530" s="24" t="s">
-        <v>1491</v>
+        <v>1489</v>
       </c>
       <c r="F530" s="25" t="s">
-        <v>1492</v>
+        <v>1490</v>
       </c>
       <c r="G530" s="24" t="s">
-        <v>1493</v>
+        <v>355</v>
       </c>
       <c r="H530" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="I530" s="22">
-        <v>23324523</v>
+      <c r="I530" s="22" t="s">
+        <v>592</v>
       </c>
       <c r="J530" s="26">
-        <v>4015856922</v>
+        <v>4135301092</v>
       </c>
     </row>
     <row r="531" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B531" s="22">
-        <v>8355995</v>
+        <v>3002530308</v>
       </c>
       <c r="C531" s="23">
-        <v>38370</v>
+        <v>45070</v>
       </c>
       <c r="D531" s="23">
-        <v>46405</v>
+        <v>46166</v>
       </c>
       <c r="E531" s="24" t="s">
-        <v>1494</v>
+        <v>1491</v>
       </c>
       <c r="F531" s="25" t="s">
-        <v>1495</v>
+        <v>1492</v>
       </c>
       <c r="G531" s="24" t="s">
-        <v>500</v>
+        <v>1493</v>
       </c>
       <c r="H531" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="I531" s="22" t="s">
-        <v>1496</v>
+      <c r="I531" s="22">
+        <v>23324523</v>
       </c>
       <c r="J531" s="26">
-        <v>5087566100</v>
+        <v>4015856922</v>
       </c>
     </row>
     <row r="532" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B532" s="22">
-        <v>18208773</v>
+        <v>8355995</v>
       </c>
       <c r="C532" s="23">
-        <v>42800</v>
+        <v>38370</v>
       </c>
       <c r="D532" s="23">
-        <v>46087</v>
+        <v>46405</v>
       </c>
       <c r="E532" s="24" t="s">
-        <v>1497</v>
+        <v>1494</v>
       </c>
       <c r="F532" s="25" t="s">
-        <v>1498</v>
+        <v>1495</v>
       </c>
       <c r="G532" s="24" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="H532" s="22" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-        <v>28896549</v>
+        <v>23</v>
+      </c>
+      <c r="I532" s="22" t="s">
+        <v>789</v>
       </c>
       <c r="J532" s="26">
-        <v>4013830551</v>
+        <v>5087566100</v>
       </c>
     </row>
     <row r="533" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B533" s="22">
-        <v>19795805</v>
+        <v>18208773</v>
       </c>
       <c r="C533" s="23">
-        <v>44725</v>
+        <v>42800</v>
       </c>
       <c r="D533" s="23">
-        <v>46186</v>
+        <v>46087</v>
       </c>
       <c r="E533" s="24" t="s">
-        <v>1499</v>
+        <v>1496</v>
       </c>
       <c r="F533" s="25" t="s">
-        <v>1500</v>
+        <v>1497</v>
       </c>
       <c r="G533" s="24" t="s">
-        <v>1501</v>
+        <v>477</v>
       </c>
       <c r="H533" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1502</v>
+        <v>371</v>
+      </c>
+      <c r="I533" s="22">
+        <v>28896549</v>
       </c>
       <c r="J533" s="26">
-        <v>5083596661</v>
+        <v>4013830551</v>
       </c>
     </row>
     <row r="534" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B534" s="22">
-        <v>7959546</v>
+        <v>19795805</v>
       </c>
       <c r="C534" s="23">
-        <v>44614</v>
+        <v>44725</v>
       </c>
       <c r="D534" s="23">
-        <v>46075</v>
+        <v>46186</v>
       </c>
       <c r="E534" s="24" t="s">
-        <v>1503</v>
+        <v>1498</v>
       </c>
       <c r="F534" s="25" t="s">
-        <v>1504</v>
+        <v>1499</v>
       </c>
       <c r="G534" s="24" t="s">
-        <v>996</v>
+        <v>1500</v>
       </c>
       <c r="H534" s="22" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>55441</v>
+        <v>23</v>
+      </c>
+      <c r="I534" s="22" t="s">
+        <v>1501</v>
       </c>
       <c r="J534" s="26">
-        <v>7634171700</v>
+        <v>5083596661</v>
       </c>
     </row>
     <row r="535" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B535" s="22">
-        <v>7405601</v>
+        <v>7959546</v>
       </c>
       <c r="C535" s="23">
-        <v>42760</v>
+        <v>44614</v>
       </c>
       <c r="D535" s="23">
-        <v>46047</v>
+        <v>46440</v>
       </c>
       <c r="E535" s="24" t="s">
-        <v>1505</v>
+        <v>1502</v>
       </c>
       <c r="F535" s="25" t="s">
-        <v>1506</v>
+        <v>1503</v>
       </c>
       <c r="G535" s="24" t="s">
-        <v>1507</v>
+        <v>988</v>
       </c>
       <c r="H535" s="22" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-        <v>1508</v>
+        <v>47</v>
+      </c>
+      <c r="I535" s="22">
+        <v>55441</v>
       </c>
       <c r="J535" s="26">
-        <v>4013561400</v>
+        <v>7634171700</v>
       </c>
     </row>
     <row r="536" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B536" s="22">
-        <v>773440</v>
+        <v>7405601</v>
       </c>
       <c r="C536" s="23">
-        <v>42550</v>
+        <v>42760</v>
       </c>
       <c r="D536" s="23">
-        <v>46202</v>
+        <v>46412</v>
       </c>
       <c r="E536" s="24" t="s">
-        <v>1509</v>
+        <v>1504</v>
       </c>
       <c r="F536" s="25" t="s">
-        <v>1510</v>
+        <v>1505</v>
       </c>
       <c r="G536" s="24" t="s">
-        <v>622</v>
+        <v>1506</v>
       </c>
       <c r="H536" s="22" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>911013005</v>
+        <v>371</v>
+      </c>
+      <c r="I536" s="22" t="s">
+        <v>1507</v>
       </c>
       <c r="J536" s="26">
-        <v>2136888000</v>
+        <v>4013561400</v>
       </c>
     </row>
     <row r="537" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B537" s="22">
-        <v>15452540</v>
+        <v>773440</v>
       </c>
       <c r="C537" s="23">
-        <v>44959</v>
+        <v>42550</v>
       </c>
       <c r="D537" s="23">
-        <v>46055</v>
+        <v>46202</v>
       </c>
       <c r="E537" s="24" t="s">
-        <v>1511</v>
+        <v>1508</v>
       </c>
       <c r="F537" s="25" t="s">
-        <v>1512</v>
+        <v>1509</v>
       </c>
       <c r="G537" s="24" t="s">
-        <v>50</v>
+        <v>617</v>
       </c>
       <c r="H537" s="22" t="s">
         <v>51</v>
       </c>
       <c r="I537" s="22">
-        <v>100042306</v>
+        <v>911013005</v>
       </c>
       <c r="J537" s="26">
-        <v>2123203000</v>
+        <v>2136888000</v>
       </c>
     </row>
     <row r="538" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B538" s="22">
-        <v>16446510</v>
+        <v>15452540</v>
       </c>
       <c r="C538" s="23">
-        <v>40997</v>
+        <v>44959</v>
       </c>
       <c r="D538" s="23">
-        <v>46110</v>
+        <v>46420</v>
       </c>
       <c r="E538" s="24" t="s">
-        <v>1513</v>
+        <v>1510</v>
       </c>
       <c r="F538" s="25" t="s">
-        <v>1514</v>
+        <v>1511</v>
       </c>
       <c r="G538" s="24" t="s">
-        <v>144</v>
+        <v>54</v>
       </c>
       <c r="H538" s="22" t="s">
-        <v>87</v>
+        <v>55</v>
       </c>
       <c r="I538" s="22">
-        <v>63103</v>
+        <v>100042336</v>
       </c>
       <c r="J538" s="26">
-        <v>6056799171</v>
+        <v>2123203000</v>
       </c>
     </row>
     <row r="539" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B539" s="22">
-        <v>963808</v>
+        <v>16446510</v>
       </c>
       <c r="C539" s="23">
-        <v>39801</v>
+        <v>40997</v>
       </c>
       <c r="D539" s="23">
-        <v>46375</v>
+        <v>46110</v>
       </c>
       <c r="E539" s="24" t="s">
-        <v>1515</v>
+        <v>1512</v>
       </c>
       <c r="F539" s="25" t="s">
-        <v>1516</v>
+        <v>1513</v>
       </c>
       <c r="G539" s="24" t="s">
-        <v>317</v>
+        <v>143</v>
       </c>
       <c r="H539" s="22" t="s">
-        <v>318</v>
+        <v>91</v>
       </c>
       <c r="I539" s="22">
-        <v>23219</v>
+        <v>63103</v>
       </c>
       <c r="J539" s="26">
         <v>6056799171</v>
       </c>
     </row>
     <row r="540" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B540" s="22">
-        <v>25600</v>
+        <v>963808</v>
       </c>
       <c r="C540" s="23">
-        <v>40885</v>
+        <v>39801</v>
       </c>
       <c r="D540" s="23">
-        <v>46364</v>
+        <v>46375</v>
       </c>
       <c r="E540" s="24" t="s">
-        <v>1517</v>
+        <v>1514</v>
       </c>
       <c r="F540" s="25" t="s">
-        <v>1518</v>
+        <v>1515</v>
       </c>
       <c r="G540" s="24" t="s">
-        <v>144</v>
+        <v>310</v>
       </c>
       <c r="H540" s="22" t="s">
-        <v>87</v>
+        <v>311</v>
       </c>
       <c r="I540" s="22">
-        <v>63103</v>
+        <v>23219</v>
       </c>
       <c r="J540" s="26">
         <v>6056799171</v>
       </c>
     </row>
     <row r="541" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B541" s="22">
-        <v>776016</v>
+        <v>25600</v>
       </c>
       <c r="C541" s="23">
-        <v>37587</v>
+        <v>40885</v>
       </c>
       <c r="D541" s="23">
-        <v>46353</v>
+        <v>46364</v>
       </c>
       <c r="E541" s="24" t="s">
-        <v>1519</v>
+        <v>1516</v>
       </c>
       <c r="F541" s="25" t="s">
-        <v>1520</v>
+        <v>1517</v>
       </c>
       <c r="G541" s="24" t="s">
-        <v>317</v>
+        <v>143</v>
       </c>
       <c r="H541" s="22" t="s">
-        <v>318</v>
+        <v>91</v>
       </c>
       <c r="I541" s="22">
-        <v>232194082</v>
+        <v>63103</v>
       </c>
       <c r="J541" s="26">
         <v>6056799171</v>
       </c>
     </row>
     <row r="542" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B542" s="22">
-        <v>16864183</v>
+        <v>776016</v>
       </c>
       <c r="C542" s="23">
-        <v>44291</v>
+        <v>37587</v>
       </c>
       <c r="D542" s="23">
-        <v>46117</v>
+        <v>46353</v>
       </c>
       <c r="E542" s="24" t="s">
-        <v>1521</v>
+        <v>1518</v>
       </c>
       <c r="F542" s="25" t="s">
-        <v>1522</v>
+        <v>1519</v>
       </c>
       <c r="G542" s="24" t="s">
-        <v>1214</v>
+        <v>310</v>
       </c>
       <c r="H542" s="22" t="s">
-        <v>51</v>
+        <v>311</v>
       </c>
       <c r="I542" s="22">
-        <v>12207</v>
+        <v>232194082</v>
       </c>
       <c r="J542" s="26">
-        <v>5184363536</v>
+        <v>6056799171</v>
       </c>
     </row>
     <row r="543" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B543" s="22">
-        <v>1987120</v>
+        <v>16864183</v>
       </c>
       <c r="C543" s="23">
-        <v>44911</v>
+        <v>44291</v>
       </c>
       <c r="D543" s="23">
-        <v>46007</v>
+        <v>46117</v>
       </c>
       <c r="E543" s="24" t="s">
-        <v>1523</v>
+        <v>1520</v>
       </c>
       <c r="F543" s="25" t="s">
-        <v>1524</v>
+        <v>1521</v>
       </c>
       <c r="G543" s="24" t="s">
-        <v>622</v>
+        <v>1211</v>
       </c>
       <c r="H543" s="22" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="I543" s="22">
-        <v>91101</v>
+        <v>12207</v>
       </c>
       <c r="J543" s="26">
-        <v>6267937717</v>
+        <v>5184363536</v>
       </c>
     </row>
     <row r="544" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B544" s="22">
         <v>1635450</v>
       </c>
       <c r="C544" s="23">
         <v>37756</v>
       </c>
       <c r="D544" s="23">
         <v>46157</v>
       </c>
       <c r="E544" s="24" t="s">
-        <v>1525</v>
+        <v>1522</v>
       </c>
       <c r="F544" s="25" t="s">
-        <v>1526</v>
+        <v>1523</v>
       </c>
       <c r="G544" s="24" t="s">
-        <v>1527</v>
+        <v>1524</v>
       </c>
       <c r="H544" s="22" t="s">
-        <v>541</v>
+        <v>529</v>
       </c>
       <c r="I544" s="22">
         <v>45440</v>
       </c>
       <c r="J544" s="26">
         <v>9378985010</v>
       </c>
     </row>
     <row r="545" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B545" s="22">
         <v>1588862</v>
       </c>
       <c r="C545" s="23">
         <v>38812</v>
       </c>
       <c r="D545" s="23">
         <v>46117</v>
       </c>
       <c r="E545" s="24" t="s">
-        <v>1528</v>
+        <v>1525</v>
       </c>
       <c r="F545" s="25" t="s">
-        <v>1529</v>
+        <v>1526</v>
       </c>
       <c r="G545" s="24" t="s">
-        <v>1530</v>
+        <v>1527</v>
       </c>
       <c r="H545" s="22" t="s">
         <v>28</v>
       </c>
       <c r="I545" s="22">
         <v>322566129</v>
       </c>
       <c r="J545" s="26">
         <v>2036532430</v>
       </c>
     </row>
     <row r="546" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B546" s="22">
         <v>18981205</v>
       </c>
       <c r="C546" s="23">
         <v>44062</v>
       </c>
       <c r="D546" s="23">
         <v>46253</v>
       </c>
       <c r="E546" s="24" t="s">
-        <v>1531</v>
+        <v>1528</v>
       </c>
       <c r="F546" s="25" t="s">
-        <v>1532</v>
+        <v>1529</v>
       </c>
       <c r="G546" s="24" t="s">
-        <v>1533</v>
+        <v>1530</v>
       </c>
       <c r="H546" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I546" s="22">
         <v>15061723</v>
       </c>
       <c r="J546" s="26">
         <v>5083991461</v>
       </c>
     </row>
     <row r="547" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B547" s="22">
         <v>3003888167</v>
       </c>
       <c r="C547" s="23">
         <v>45933</v>
       </c>
       <c r="D547" s="23">
         <v>46298</v>
       </c>
       <c r="E547" s="24" t="s">
-        <v>1534</v>
+        <v>1531</v>
       </c>
       <c r="F547" s="25" t="s">
-        <v>1535</v>
+        <v>1532</v>
       </c>
       <c r="G547" s="24" t="s">
-        <v>1536</v>
+        <v>1533</v>
       </c>
       <c r="H547" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I547" s="22" t="s">
-        <v>1537</v>
+        <v>1534</v>
       </c>
       <c r="J547" s="26">
         <v>5082374810</v>
       </c>
     </row>
     <row r="548" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B548" s="22">
         <v>1881622</v>
       </c>
       <c r="C548" s="23">
         <v>45112</v>
       </c>
       <c r="D548" s="23">
         <v>46208</v>
       </c>
       <c r="E548" s="24" t="s">
-        <v>1538</v>
+        <v>1535</v>
       </c>
       <c r="F548" s="25" t="s">
-        <v>1539</v>
+        <v>1536</v>
       </c>
       <c r="G548" s="24" t="s">
-        <v>1540</v>
+        <v>1537</v>
       </c>
       <c r="H548" s="22" t="s">
-        <v>541</v>
+        <v>529</v>
       </c>
       <c r="I548" s="22">
         <v>43606</v>
       </c>
       <c r="J548" s="26">
         <v>4195379407</v>
       </c>
     </row>
     <row r="549" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B549" s="22">
-        <v>1628344</v>
+        <v>3004039141</v>
       </c>
       <c r="C549" s="23">
-        <v>44727</v>
+        <v>46036</v>
       </c>
       <c r="D549" s="23">
-        <v>46188</v>
+        <v>46401</v>
       </c>
       <c r="E549" s="24" t="s">
-        <v>1541</v>
+        <v>1538</v>
       </c>
       <c r="F549" s="25" t="s">
-        <v>1542</v>
+        <v>1539</v>
       </c>
       <c r="G549" s="24" t="s">
-        <v>1543</v>
+        <v>1540</v>
       </c>
       <c r="H549" s="22" t="s">
-        <v>47</v>
+        <v>115</v>
       </c>
       <c r="I549" s="22">
-        <v>91367</v>
+        <v>82441774</v>
       </c>
       <c r="J549" s="26">
-        <v>8187109890</v>
+        <v>6099273400</v>
       </c>
     </row>
     <row r="550" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B550" s="22">
-        <v>2099768</v>
+        <v>1628344</v>
       </c>
       <c r="C550" s="23">
-        <v>45006</v>
+        <v>44727</v>
       </c>
       <c r="D550" s="23">
-        <v>46102</v>
+        <v>46188</v>
       </c>
       <c r="E550" s="24" t="s">
-        <v>1544</v>
+        <v>1541</v>
       </c>
       <c r="F550" s="25" t="s">
-        <v>1545</v>
+        <v>1542</v>
       </c>
       <c r="G550" s="24" t="s">
-        <v>1546</v>
+        <v>1543</v>
       </c>
       <c r="H550" s="22" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
       <c r="I550" s="22">
-        <v>60018</v>
+        <v>91367</v>
       </c>
       <c r="J550" s="26">
-        <v>3124316549</v>
+        <v>8187109890</v>
       </c>
     </row>
     <row r="551" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B551" s="22">
-        <v>8846990</v>
+        <v>2099768</v>
       </c>
       <c r="C551" s="23">
-        <v>43305</v>
+        <v>45006</v>
       </c>
       <c r="D551" s="23">
-        <v>46227</v>
+        <v>46102</v>
       </c>
       <c r="E551" s="24" t="s">
-        <v>1547</v>
+        <v>1544</v>
       </c>
       <c r="F551" s="25" t="s">
-        <v>1548</v>
+        <v>1545</v>
       </c>
       <c r="G551" s="24" t="s">
-        <v>220</v>
+        <v>1546</v>
       </c>
       <c r="H551" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>805</v>
+        <v>95</v>
+      </c>
+      <c r="I551" s="22">
+        <v>60018</v>
       </c>
       <c r="J551" s="26">
-        <v>6172477000</v>
+        <v>3124316549</v>
       </c>
     </row>
     <row r="552" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B552" s="22">
-        <v>9041912</v>
+        <v>8846990</v>
       </c>
       <c r="C552" s="23">
-        <v>45035</v>
+        <v>43305</v>
       </c>
       <c r="D552" s="23">
-        <v>46131</v>
+        <v>46227</v>
       </c>
       <c r="E552" s="24" t="s">
-        <v>1549</v>
+        <v>1547</v>
       </c>
       <c r="F552" s="25" t="s">
-        <v>1550</v>
+        <v>1548</v>
       </c>
       <c r="G552" s="24" t="s">
-        <v>38</v>
+        <v>355</v>
       </c>
       <c r="H552" s="22" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>19801</v>
+        <v>23</v>
+      </c>
+      <c r="I552" s="22" t="s">
+        <v>799</v>
       </c>
       <c r="J552" s="26">
         <v>6172477000</v>
       </c>
     </row>
     <row r="553" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B553" s="22">
-        <v>2097523</v>
+        <v>9041912</v>
       </c>
       <c r="C553" s="23">
-        <v>44935</v>
+        <v>45035</v>
       </c>
       <c r="D553" s="23">
-        <v>46396</v>
+        <v>46131</v>
       </c>
       <c r="E553" s="24" t="s">
-        <v>1551</v>
+        <v>1549</v>
       </c>
       <c r="F553" s="25" t="s">
-        <v>1552</v>
+        <v>1550</v>
       </c>
       <c r="G553" s="24" t="s">
-        <v>1553</v>
+        <v>38</v>
       </c>
       <c r="H553" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1554</v>
+        <v>39</v>
+      </c>
+      <c r="I553" s="22">
+        <v>19801</v>
       </c>
       <c r="J553" s="26">
-        <v>6178400314</v>
+        <v>6172477000</v>
       </c>
     </row>
     <row r="554" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B554" s="22">
-        <v>7867253</v>
+        <v>2097523</v>
       </c>
       <c r="C554" s="23">
-        <v>43320</v>
+        <v>44935</v>
       </c>
       <c r="D554" s="23">
-        <v>46242</v>
+        <v>46396</v>
       </c>
       <c r="E554" s="24" t="s">
-        <v>1555</v>
+        <v>1551</v>
       </c>
       <c r="F554" s="25" t="s">
-        <v>1556</v>
+        <v>1552</v>
       </c>
       <c r="G554" s="24" t="s">
-        <v>1010</v>
+        <v>1553</v>
       </c>
       <c r="H554" s="22" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>68102</v>
+        <v>23</v>
+      </c>
+      <c r="I554" s="22" t="s">
+        <v>1554</v>
       </c>
       <c r="J554" s="26">
-        <v>4022717216</v>
+        <v>6178400314</v>
       </c>
     </row>
     <row r="555" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B555" s="22">
-        <v>2104595</v>
+        <v>7867253</v>
       </c>
       <c r="C555" s="23">
-        <v>43196</v>
+        <v>43320</v>
       </c>
       <c r="D555" s="23">
-        <v>46118</v>
+        <v>46242</v>
       </c>
       <c r="E555" s="24" t="s">
-        <v>1557</v>
+        <v>1555</v>
       </c>
       <c r="F555" s="25" t="s">
-        <v>1558</v>
+        <v>1556</v>
       </c>
       <c r="G555" s="24" t="s">
-        <v>343</v>
+        <v>1002</v>
       </c>
       <c r="H555" s="22" t="s">
-        <v>91</v>
+        <v>72</v>
       </c>
       <c r="I555" s="22">
-        <v>601732210</v>
+        <v>68102</v>
       </c>
       <c r="J555" s="26">
-        <v>8473421700</v>
+        <v>4022717216</v>
       </c>
     </row>
     <row r="556" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B556" s="22">
-        <v>5437824</v>
+        <v>2104595</v>
       </c>
       <c r="C556" s="23">
-        <v>37802</v>
+        <v>43196</v>
       </c>
       <c r="D556" s="23">
-        <v>46203</v>
+        <v>46118</v>
       </c>
       <c r="E556" s="24" t="s">
-        <v>1559</v>
+        <v>1557</v>
       </c>
       <c r="F556" s="25" t="s">
-        <v>1560</v>
+        <v>274</v>
       </c>
       <c r="G556" s="24" t="s">
-        <v>1561</v>
+        <v>275</v>
       </c>
       <c r="H556" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1562</v>
+        <v>95</v>
+      </c>
+      <c r="I556" s="22">
+        <v>601732210</v>
       </c>
       <c r="J556" s="26">
-        <v>7702483625</v>
+        <v>8473421700</v>
       </c>
     </row>
     <row r="557" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B557" s="22">
-        <v>10079612</v>
+        <v>5437824</v>
       </c>
       <c r="C557" s="23">
-        <v>44776</v>
+        <v>37802</v>
       </c>
       <c r="D557" s="23">
-        <v>46237</v>
+        <v>46203</v>
       </c>
       <c r="E557" s="24" t="s">
-        <v>1563</v>
+        <v>1558</v>
       </c>
       <c r="F557" s="25" t="s">
-        <v>1564</v>
+        <v>1559</v>
       </c>
       <c r="G557" s="24" t="s">
-        <v>1565</v>
+        <v>1560</v>
       </c>
       <c r="H557" s="22" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>208171859</v>
+        <v>23</v>
+      </c>
+      <c r="I557" s="22" t="s">
+        <v>1561</v>
       </c>
       <c r="J557" s="26">
-        <v>7038272300</v>
+        <v>7702483625</v>
       </c>
     </row>
     <row r="558" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B558" s="22">
+        <v>10079612</v>
+      </c>
+      <c r="C558" s="23">
+        <v>44776</v>
+      </c>
+      <c r="D558" s="23">
+        <v>46237</v>
+      </c>
+      <c r="E558" s="24" t="s">
+        <v>1562</v>
+      </c>
+      <c r="F558" s="25" t="s">
+        <v>1563</v>
+      </c>
+      <c r="G558" s="24" t="s">
+        <v>1564</v>
+      </c>
+      <c r="H558" s="22" t="s">
+        <v>325</v>
+      </c>
+      <c r="I558" s="22">
+        <v>208171859</v>
+      </c>
+      <c r="J558" s="26">
+        <v>7038272300</v>
+      </c>
+    </row>
+    <row r="559" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B559" s="22">
         <v>3003813975</v>
       </c>
-      <c r="C558" s="23">
+      <c r="C559" s="23">
         <v>45894</v>
       </c>
-      <c r="D558" s="23">
+      <c r="D559" s="23">
         <v>46259</v>
       </c>
-      <c r="E558" s="24" t="s">
+      <c r="E559" s="24" t="s">
+        <v>1565</v>
+      </c>
+      <c r="F559" s="25" t="s">
         <v>1566</v>
       </c>
-      <c r="F558" s="25" t="s">
-[...5 lines deleted...]
-      <c r="H558" s="22" t="s">
+      <c r="G559" s="24" t="s">
+        <v>482</v>
+      </c>
+      <c r="H559" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="I558" s="22" t="s">
-[...2 lines deleted...]
-      <c r="J558" s="26">
+      <c r="I559" s="22" t="s">
+        <v>889</v>
+      </c>
+      <c r="J559" s="26">
         <v>5082517237</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="J559"/>
     </row>
     <row r="560" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B560"/>
       <c r="C560"/>
       <c r="D560"/>
       <c r="H560"/>
       <c r="I560"/>
       <c r="J560"/>
     </row>
     <row r="561" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="562" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="563" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="564" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="565" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="566" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="567" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="568" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="569" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="570" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="571" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="572" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="573" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="574" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="575" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="576" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
@@ -41053,90 +41071,90 @@
     <row r="19984" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19985" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19986" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19987" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19988" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19989" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19990" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19991" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19992" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19993" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19994" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19995" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19996" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19997" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19998" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19999" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="20000" customFormat="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="E1:G1"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="B4:J4"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0" right="0" top="0" bottom="0.5" header="0" footer="0"/>
-  <pageSetup scale="89" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
+  <pageSetup scale="93" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;14&amp;K08-048Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C4F87C19-644A-4268-88AD-0E31922D351A}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B695CCA5-AF6E-4A7E-928B-CA64A65006AC}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>XLSX_Worksheet</vt:lpstr>
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>XLSX_Worksheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Commonwealth of Massachusetts</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Wilbur, Robert (DOI)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>