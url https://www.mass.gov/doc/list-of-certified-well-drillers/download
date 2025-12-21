--- v0 (2025-11-02)
+++ v1 (2025-12-21)
@@ -1,95 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\TYano\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/tom_hinchliffe_mass_gov/Documents/Documents/Well Drillers Program Project/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7CC58182-8D43-485B-8C22-60D6C5D83A9A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="25" documentId="8_{E0ACEB99-5781-4B53-ADE4-7C72E1E360B9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{55FE6949-74FC-479A-A49F-9D236E434D16}"/>
   <bookViews>
-    <workbookView xWindow="-30840" yWindow="-105" windowWidth="30960" windowHeight="16800" xr2:uid="{B1B7AADA-352B-4A7F-A47D-2A3397012C6D}"/>
+    <workbookView xWindow="57480" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{B1B7AADA-352B-4A7F-A47D-2A3397012C6D}"/>
   </bookViews>
   <sheets>
-    <sheet name="Certified Drillers Oct. 2025" sheetId="14" r:id="rId1"/>
+    <sheet name="Certified Drillers Dec. 2025" sheetId="14" r:id="rId1"/>
     <sheet name="Read Me" sheetId="11" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Certified Drillers Oct. 2025'!$A$1:$J$312</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Certified Drillers Dec. 2025'!$A$1:$J$313</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1912" uniqueCount="1127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1920" uniqueCount="1131">
   <si>
     <t>Business Name</t>
   </si>
   <si>
     <t>Business Address</t>
   </si>
   <si>
     <t>Business Street</t>
   </si>
   <si>
     <t>Business Town</t>
   </si>
   <si>
     <t>Business State</t>
   </si>
   <si>
     <t>Business Phone</t>
   </si>
   <si>
     <t>Business Website</t>
   </si>
   <si>
     <t>Driller Name</t>
   </si>
   <si>
@@ -3419,57 +3420,69 @@
   <si>
     <t xml:space="preserve">Niemela, Elias, </t>
   </si>
   <si>
     <t>Ace Drilling</t>
   </si>
   <si>
     <t>Ogden, Thomas, D</t>
   </si>
   <si>
     <t>17 Catherwood Rd</t>
   </si>
   <si>
     <t>17 Catherwood Rd, Tewskbury, MA 12438</t>
   </si>
   <si>
     <t>(978)453-8200</t>
   </si>
   <si>
     <t>T.J. Ogden Company, Inc.</t>
   </si>
   <si>
     <t>https://ogdenwells.net/</t>
   </si>
   <si>
-    <t>(1) Last Update October 29, 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Crandell, Bo Tyler,</t>
   </si>
   <si>
     <t>Tormen, Cristian</t>
+  </si>
+  <si>
+    <t>Ground Source Drilling</t>
+  </si>
+  <si>
+    <t>(603)321-2797</t>
+  </si>
+  <si>
+    <t>24 Quimby Road, Brookline, NH 03033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Conaway, Ian, </t>
+  </si>
+  <si>
+    <t>(1) Last Update December 3, 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -3516,115 +3529,137 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="3">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="16">
+  <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="5" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{D87F02EC-B5DB-4135-A9BB-77AA4126C3B0}"/>
   </cellStyles>
   <dxfs count="12">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1" tint="4.9989318521683403E-2"/>
         <name val="Arial"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
@@ -4089,58 +4124,62 @@
         </right>
         <top/>
         <bottom/>
         <vertical style="thin">
           <color indexed="64"/>
         </vertical>
         <horizontal style="thin">
           <color indexed="64"/>
         </horizontal>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{47048EBE-C027-4B4C-B02F-A5C859E3E330}" name="Table3" displayName="Table3" ref="A1:J231" totalsRowShown="0" headerRowDxfId="11" dataDxfId="10">
-[...2 lines deleted...]
-    <sortCondition ref="A2:A231"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{47048EBE-C027-4B4C-B02F-A5C859E3E330}" name="Table3" displayName="Table3" ref="A1:J232" totalsRowShown="0" headerRowDxfId="11" dataDxfId="10">
+  <autoFilter ref="A1:J232" xr:uid="{47048EBE-C027-4B4C-B02F-A5C859E3E330}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:J232">
+    <sortCondition ref="A1:A232"/>
   </sortState>
   <tableColumns count="10">
     <tableColumn id="3" xr3:uid="{235BE30B-A8D8-4F14-B5B4-08E340FFD1F2}" name="Business Name" dataDxfId="9"/>
     <tableColumn id="4" xr3:uid="{0F75C15C-B89E-47E7-B79F-BFE29AA6338E}" name="Business Address" dataDxfId="8"/>
     <tableColumn id="5" xr3:uid="{0E2175F9-8B34-424A-87F1-5B1539C59DAB}" name="Business Street" dataDxfId="7"/>
     <tableColumn id="6" xr3:uid="{0B2E22CA-F7A0-4AEC-A565-90F2321C1178}" name="Business Town" dataDxfId="6"/>
     <tableColumn id="7" xr3:uid="{75177D30-0CB7-4C0E-989D-DC3BDC1AF803}" name="Business State" dataDxfId="5"/>
     <tableColumn id="8" xr3:uid="{BED3698C-5ABC-4AC4-8A0F-BECFC71EC567}" name="Business Phone" dataDxfId="4"/>
     <tableColumn id="9" xr3:uid="{A4385348-A72C-4E33-96ED-BAD0A165CE5E}" name="Business Website" dataDxfId="3"/>
     <tableColumn id="10" xr3:uid="{D8A99D03-16E3-4A33-9253-97558F7867B6}" name="Driller Name" dataDxfId="2"/>
     <tableColumn id="11" xr3:uid="{A2042714-4F7D-41B7-BF3C-78617667A02F}" name="Registration Number" dataDxfId="1"/>
     <tableColumn id="12" xr3:uid="{1506C861-B9F5-4B3A-8DA6-EBC8F1D62794}" name="Monitoring" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -4422,7525 +4461,7531 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.groundh2o.net/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:8453963090" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fgsullivandrill.com/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.summitdrilling.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:8002426648" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.summitdrilling.com/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.7nteng.com/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.summitdrilling.com/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.7nteng.com/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wraggwells.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:6174893262" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ogdenwells.net/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:program.director-dwp@mass.gov" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Julie.Butler@mass.gov" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EC679CB8-BE27-41A7-9DD5-43E5C7087F6B}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K370"/>
+  <dimension ref="A1:K371"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="D11" sqref="D11"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A55" zoomScale="70" zoomScaleNormal="90" zoomScaleSheetLayoutView="70" workbookViewId="0">
+      <selection activeCell="J104" sqref="A104:J104"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="12.75" zeroHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="12.5" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="43.140625" style="4" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="27.85546875" style="4" customWidth="1"/>
+    <col min="1" max="1" width="43.1796875" style="4" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="58.1796875" style="4" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="27.81640625" style="4" customWidth="1"/>
     <col min="4" max="6" width="23" style="4" customWidth="1"/>
-    <col min="7" max="7" width="36.5703125" style="4" customWidth="1"/>
+    <col min="7" max="7" width="36.6328125" style="4" customWidth="1"/>
     <col min="8" max="8" width="23" style="4" bestFit="1" customWidth="1"/>
-    <col min="9" max="9" width="21.5703125" style="4" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="11" max="16384" width="9.140625" style="2" hidden="1"/>
+    <col min="9" max="9" width="21.6328125" style="4" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="15.453125" style="4" customWidth="1"/>
+    <col min="11" max="16384" width="9.1796875" style="2" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:10" s="4" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="2" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A2" s="5" t="s">
         <v>1019</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>1020</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>1021</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>1022</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>1023</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>1024</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>1025</v>
       </c>
       <c r="H2" s="5" t="s">
         <v>1026</v>
       </c>
       <c r="I2" s="6">
         <v>1043</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="3" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>1019</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>1027</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>1028</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>1022</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>1023</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>1029</v>
       </c>
       <c r="G3" s="4" t="s">
         <v>1025</v>
       </c>
       <c r="H3" s="4" t="s">
         <v>1030</v>
       </c>
       <c r="I3" s="4">
         <v>1044</v>
       </c>
       <c r="J3" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="4" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>1019</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>1031</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>1032</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>1022</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>1023</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>1033</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>1025</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>1034</v>
       </c>
       <c r="I4" s="4">
         <v>1045</v>
       </c>
       <c r="J4" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="5" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A5" s="4" t="s">
         <v>950</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>951</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>952</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>953</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>86</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>954</v>
       </c>
       <c r="G5" s="4" t="s">
         <v>955</v>
       </c>
       <c r="H5" s="4" t="s">
         <v>956</v>
       </c>
       <c r="I5" s="4">
         <v>1021</v>
       </c>
     </row>
-    <row r="6" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A6" s="7" t="s">
         <v>1092</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>1094</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>134</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>1095</v>
       </c>
       <c r="E6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>1093</v>
       </c>
       <c r="G6" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="7" t="s">
         <v>1091</v>
       </c>
       <c r="I6" s="8">
         <v>379</v>
       </c>
       <c r="J6" s="7"/>
     </row>
-    <row r="7" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A7" s="7" t="s">
         <v>1117</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>715</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>716</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>474</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>121</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>717</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="7" t="s">
         <v>1116</v>
       </c>
       <c r="I7" s="8">
         <v>1063</v>
       </c>
       <c r="J7" s="7"/>
     </row>
-    <row r="8" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
         <v>1096</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>1097</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>1098</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>1099</v>
       </c>
       <c r="E8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>1100</v>
       </c>
       <c r="G8" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="4" t="s">
         <v>1101</v>
       </c>
       <c r="I8" s="4">
         <v>1052</v>
       </c>
     </row>
-    <row r="9" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>216</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>217</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>218</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>219</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>220</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>221</v>
       </c>
       <c r="H9" s="4" t="s">
         <v>222</v>
       </c>
       <c r="I9" s="4">
         <v>526</v>
       </c>
     </row>
-    <row r="10" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>216</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>217</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>218</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>219</v>
       </c>
       <c r="E10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>347</v>
       </c>
       <c r="G10" s="4" t="s">
         <v>221</v>
       </c>
       <c r="H10" s="4" t="s">
         <v>348</v>
       </c>
       <c r="I10" s="4">
         <v>648</v>
       </c>
     </row>
-    <row r="11" spans="1:10" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:10" s="4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A11" s="7" t="s">
         <v>1053</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>1054</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>1055</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>1056</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>847</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>1057</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>1058</v>
       </c>
       <c r="H11" s="7" t="s">
         <v>1059</v>
       </c>
       <c r="I11" s="8">
         <v>1054</v>
       </c>
       <c r="J11" s="4" t="s">
         <v>449</v>
       </c>
     </row>
-    <row r="12" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>703</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>704</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>705</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>635</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>706</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>707</v>
       </c>
       <c r="I12" s="4">
         <v>908</v>
       </c>
     </row>
-    <row r="13" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>1042</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>674</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>675</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>676</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>677</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>678</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>1043</v>
       </c>
       <c r="I13" s="4">
         <v>1048</v>
       </c>
     </row>
-    <row r="14" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>673</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>674</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>675</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>676</v>
       </c>
       <c r="E14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>677</v>
       </c>
       <c r="G14" s="4" t="s">
         <v>678</v>
       </c>
       <c r="H14" s="4" t="s">
         <v>679</v>
       </c>
       <c r="I14" s="4">
         <v>899</v>
       </c>
     </row>
-    <row r="15" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>875</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>876</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>877</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>878</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>38</v>
       </c>
       <c r="F15" s="4" t="s">
         <v>879</v>
       </c>
       <c r="G15" s="4" t="s">
         <v>880</v>
       </c>
       <c r="H15" s="4" t="s">
         <v>881</v>
       </c>
       <c r="I15" s="4">
         <v>994</v>
       </c>
       <c r="J15" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="16" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
         <v>875</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>882</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>883</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>878</v>
       </c>
       <c r="E16" s="4" t="s">
         <v>38</v>
       </c>
       <c r="F16" s="4" t="s">
         <v>879</v>
       </c>
       <c r="G16" s="4" t="s">
         <v>880</v>
       </c>
       <c r="H16" s="4" t="s">
         <v>884</v>
       </c>
       <c r="I16" s="4">
         <v>995</v>
       </c>
       <c r="J16" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="17" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>519</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>520</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>521</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>522</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>523</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>524</v>
       </c>
       <c r="H17" s="4" t="s">
         <v>525</v>
       </c>
       <c r="I17" s="4">
         <v>786</v>
       </c>
     </row>
-    <row r="18" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>138</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>139</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>140</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>141</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>142</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="4" t="s">
         <v>143</v>
       </c>
       <c r="I18" s="4">
         <v>402</v>
       </c>
     </row>
-    <row r="19" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>138</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>139</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>140</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>141</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="4" t="s">
         <v>928</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>929</v>
       </c>
       <c r="I19" s="4">
         <v>1011</v>
       </c>
     </row>
-    <row r="20" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
         <v>763</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>764</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>765</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>26</v>
       </c>
       <c r="E20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>766</v>
       </c>
       <c r="G20" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H20" s="4" t="s">
         <v>767</v>
       </c>
       <c r="I20" s="4">
         <v>945</v>
       </c>
     </row>
-    <row r="21" spans="1:10" s="4" customFormat="1" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:10" s="4" customFormat="1" ht="11.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>252</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>253</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>254</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>255</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>256</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>257</v>
       </c>
       <c r="H21" s="4" t="s">
         <v>258</v>
       </c>
       <c r="I21" s="4">
         <v>566</v>
       </c>
     </row>
-    <row r="22" spans="1:10" s="4" customFormat="1" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:10" s="4" customFormat="1" ht="11.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
         <v>252</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>253</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>254</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>255</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>256</v>
       </c>
       <c r="G22" s="4" t="s">
         <v>257</v>
       </c>
       <c r="H22" s="4" t="s">
         <v>622</v>
       </c>
       <c r="I22" s="4">
         <v>862</v>
       </c>
     </row>
-    <row r="23" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>978</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>979</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>980</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>981</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>847</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>982</v>
       </c>
       <c r="G23" s="4" t="s">
         <v>983</v>
       </c>
       <c r="H23" s="4" t="s">
         <v>984</v>
       </c>
       <c r="I23" s="4">
         <v>1032</v>
       </c>
       <c r="J23" s="4" t="s">
         <v>449</v>
       </c>
     </row>
-    <row r="24" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
         <v>176</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>177</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>178</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>179</v>
       </c>
       <c r="E24" s="4" t="s">
         <v>38</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>180</v>
       </c>
       <c r="G24" s="4" t="s">
         <v>181</v>
       </c>
       <c r="H24" s="4" t="s">
         <v>182</v>
       </c>
       <c r="I24" s="4">
         <v>489</v>
       </c>
     </row>
-    <row r="25" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>390</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>391</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>392</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>393</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>394</v>
       </c>
       <c r="G25" s="4" t="s">
         <v>395</v>
       </c>
       <c r="H25" s="4" t="s">
         <v>396</v>
       </c>
       <c r="I25" s="4">
         <v>700</v>
       </c>
     </row>
-    <row r="26" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
         <v>640</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>641</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>642</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>643</v>
       </c>
       <c r="E26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>644</v>
       </c>
       <c r="G26" s="4" t="s">
         <v>645</v>
       </c>
       <c r="H26" s="4" t="s">
         <v>646</v>
       </c>
       <c r="I26" s="4">
         <v>880</v>
       </c>
       <c r="J26" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="27" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
         <v>151</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>152</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>153</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>154</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>155</v>
       </c>
       <c r="G27" s="4" t="s">
         <v>156</v>
       </c>
       <c r="H27" s="4" t="s">
         <v>157</v>
       </c>
       <c r="I27" s="4">
         <v>451</v>
       </c>
     </row>
-    <row r="28" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
         <v>565</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>566</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>567</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>543</v>
       </c>
       <c r="E28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="4" t="s">
         <v>568</v>
       </c>
       <c r="G28" s="4" t="s">
         <v>569</v>
       </c>
       <c r="H28" s="4" t="s">
         <v>570</v>
       </c>
       <c r="I28" s="4">
         <v>838</v>
       </c>
     </row>
-    <row r="29" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
         <v>565</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>566</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>567</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>543</v>
       </c>
       <c r="E29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>768</v>
       </c>
       <c r="G29" s="4" t="s">
         <v>569</v>
       </c>
       <c r="H29" s="4" t="s">
         <v>769</v>
       </c>
       <c r="I29" s="4">
         <v>946</v>
       </c>
     </row>
-    <row r="30" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
         <v>183</v>
       </c>
       <c r="B30" s="4" t="s">
         <v>184</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>185</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>186</v>
       </c>
       <c r="E30" s="4" t="s">
         <v>121</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>187</v>
       </c>
       <c r="G30" s="4" t="s">
         <v>188</v>
       </c>
       <c r="H30" s="4" t="s">
         <v>189</v>
       </c>
       <c r="I30" s="4">
         <v>492</v>
       </c>
     </row>
-    <row r="31" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
         <v>960</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>961</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>962</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>963</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>964</v>
       </c>
       <c r="G31" s="4" t="s">
         <v>965</v>
       </c>
       <c r="H31" s="4" t="s">
         <v>966</v>
       </c>
       <c r="I31" s="4">
         <v>1026</v>
       </c>
       <c r="J31" s="4" t="s">
         <v>449</v>
       </c>
     </row>
-    <row r="32" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
         <v>960</v>
       </c>
       <c r="B32" s="4" t="s">
         <v>961</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>962</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>963</v>
       </c>
       <c r="E32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>967</v>
       </c>
       <c r="G32" s="4" t="s">
         <v>965</v>
       </c>
       <c r="H32" s="4" t="s">
         <v>968</v>
       </c>
       <c r="I32" s="4">
         <v>1027</v>
       </c>
       <c r="J32" s="4" t="s">
         <v>449</v>
       </c>
     </row>
-    <row r="33" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
         <v>110</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>111</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>112</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>113</v>
       </c>
       <c r="E33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="4" t="s">
         <v>114</v>
       </c>
       <c r="G33" s="4" t="s">
         <v>115</v>
       </c>
       <c r="H33" s="4" t="s">
         <v>116</v>
       </c>
       <c r="I33" s="4">
         <v>305</v>
       </c>
     </row>
-    <row r="34" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
         <v>110</v>
       </c>
       <c r="B34" s="4" t="s">
         <v>111</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>112</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>113</v>
       </c>
       <c r="E34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>114</v>
       </c>
       <c r="G34" s="4" t="s">
         <v>115</v>
       </c>
       <c r="H34" s="4" t="s">
         <v>918</v>
       </c>
       <c r="I34" s="4">
         <v>1008</v>
       </c>
     </row>
-    <row r="35" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>28</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>30</v>
       </c>
       <c r="E35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>31</v>
       </c>
       <c r="G35" s="4" t="s">
         <v>32</v>
       </c>
       <c r="H35" s="4" t="s">
         <v>33</v>
       </c>
       <c r="I35" s="4">
         <v>56</v>
       </c>
     </row>
-    <row r="36" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B36" s="4" t="s">
         <v>28</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>30</v>
       </c>
       <c r="E36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>31</v>
       </c>
       <c r="G36" s="4" t="s">
         <v>32</v>
       </c>
       <c r="H36" s="4" t="s">
         <v>548</v>
       </c>
       <c r="I36" s="4">
         <v>799</v>
       </c>
     </row>
-    <row r="37" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>28</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>30</v>
       </c>
       <c r="E37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>31</v>
       </c>
       <c r="G37" s="4" t="s">
         <v>647</v>
       </c>
       <c r="H37" s="4" t="s">
         <v>648</v>
       </c>
       <c r="I37" s="4">
         <v>883</v>
       </c>
     </row>
-    <row r="38" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
         <v>843</v>
       </c>
       <c r="B38" s="4" t="s">
         <v>844</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>845</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>846</v>
       </c>
       <c r="E38" s="4" t="s">
         <v>847</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>848</v>
       </c>
       <c r="G38" s="4" t="s">
         <v>849</v>
       </c>
       <c r="H38" s="4" t="s">
         <v>850</v>
       </c>
       <c r="I38" s="4">
         <v>984</v>
       </c>
     </row>
-    <row r="39" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
         <v>843</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>844</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>845</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>846</v>
       </c>
       <c r="E39" s="4" t="s">
         <v>847</v>
       </c>
       <c r="F39" s="4" t="s">
         <v>848</v>
       </c>
       <c r="G39" s="4" t="s">
         <v>849</v>
       </c>
       <c r="H39" s="4" t="s">
         <v>851</v>
       </c>
       <c r="I39" s="4">
         <v>985</v>
       </c>
     </row>
-    <row r="40" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
         <v>843</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>844</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>845</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>846</v>
       </c>
       <c r="E40" s="4" t="s">
         <v>847</v>
       </c>
       <c r="F40" s="4" t="s">
         <v>848</v>
       </c>
       <c r="G40" s="4" t="s">
         <v>849</v>
       </c>
       <c r="H40" s="4" t="s">
         <v>852</v>
       </c>
       <c r="I40" s="4">
         <v>986</v>
       </c>
     </row>
-    <row r="41" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>843</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>844</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>845</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>846</v>
       </c>
       <c r="E41" s="4" t="s">
         <v>847</v>
       </c>
       <c r="F41" s="4" t="s">
         <v>848</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>849</v>
       </c>
       <c r="H41" s="4" t="s">
         <v>853</v>
       </c>
       <c r="I41" s="4">
         <v>987</v>
       </c>
     </row>
-    <row r="42" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
         <v>843</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>844</v>
       </c>
       <c r="C42" s="4" t="s">
         <v>845</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>846</v>
       </c>
       <c r="E42" s="4" t="s">
         <v>847</v>
       </c>
       <c r="F42" s="4" t="s">
         <v>848</v>
       </c>
       <c r="G42" s="4" t="s">
         <v>849</v>
       </c>
       <c r="H42" s="4" t="s">
         <v>854</v>
       </c>
       <c r="I42" s="4">
         <v>988</v>
       </c>
     </row>
-    <row r="43" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
         <v>843</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>844</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>845</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>846</v>
       </c>
       <c r="E43" s="4" t="s">
         <v>847</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>848</v>
       </c>
       <c r="G43" s="4" t="s">
         <v>849</v>
       </c>
       <c r="H43" s="4" t="s">
         <v>862</v>
       </c>
       <c r="I43" s="4">
         <v>991</v>
       </c>
     </row>
-    <row r="44" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
         <v>616</v>
       </c>
       <c r="B44" s="4" t="s">
         <v>617</v>
       </c>
       <c r="C44" s="4" t="s">
         <v>618</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>619</v>
       </c>
       <c r="E44" s="4" t="s">
         <v>121</v>
       </c>
       <c r="F44" s="4" t="s">
         <v>620</v>
       </c>
       <c r="G44" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H44" s="4" t="s">
         <v>621</v>
       </c>
       <c r="I44" s="4">
         <v>861</v>
       </c>
     </row>
-    <row r="45" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A45" s="5" t="s">
         <v>667</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>668</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>669</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>670</v>
       </c>
       <c r="E45" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="5" t="s">
         <v>671</v>
       </c>
       <c r="G45" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H45" s="5" t="s">
         <v>672</v>
       </c>
       <c r="I45" s="6">
         <v>898</v>
       </c>
       <c r="J45" s="5" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="46" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
         <v>807</v>
       </c>
       <c r="B46" s="4" t="s">
         <v>808</v>
       </c>
       <c r="C46" s="4" t="s">
         <v>809</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>810</v>
       </c>
       <c r="E46" s="4" t="s">
         <v>38</v>
       </c>
       <c r="F46" s="4" t="s">
         <v>811</v>
       </c>
       <c r="G46" s="4" t="s">
         <v>812</v>
       </c>
       <c r="H46" s="7" t="s">
         <v>1115</v>
       </c>
       <c r="I46" s="8">
         <v>949</v>
       </c>
       <c r="J46" s="7"/>
     </row>
-    <row r="47" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
         <v>807</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>808</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>809</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>810</v>
       </c>
       <c r="E47" s="4" t="s">
         <v>38</v>
       </c>
       <c r="F47" s="4" t="s">
         <v>811</v>
       </c>
       <c r="G47" s="4" t="s">
         <v>812</v>
       </c>
       <c r="H47" s="4" t="s">
         <v>813</v>
       </c>
       <c r="I47" s="4">
         <v>971</v>
       </c>
     </row>
-    <row r="48" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
         <v>807</v>
       </c>
       <c r="B48" s="4" t="s">
         <v>808</v>
       </c>
       <c r="C48" s="4" t="s">
         <v>809</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>810</v>
       </c>
       <c r="E48" s="4" t="s">
         <v>38</v>
       </c>
       <c r="F48" s="4" t="s">
         <v>932</v>
       </c>
       <c r="G48" s="4" t="s">
         <v>812</v>
       </c>
       <c r="H48" s="4" t="s">
         <v>933</v>
       </c>
       <c r="I48" s="4">
         <v>1016</v>
       </c>
     </row>
-    <row r="49" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
         <v>807</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>808</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>809</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>810</v>
       </c>
       <c r="E49" s="4" t="s">
         <v>38</v>
       </c>
       <c r="F49" s="4" t="s">
         <v>932</v>
       </c>
       <c r="G49" s="4" t="s">
         <v>812</v>
       </c>
       <c r="H49" s="4" t="s">
         <v>934</v>
       </c>
       <c r="I49" s="4">
         <v>1017</v>
       </c>
     </row>
-    <row r="50" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
         <v>807</v>
       </c>
       <c r="B50" s="4" t="s">
         <v>808</v>
       </c>
       <c r="C50" s="4" t="s">
         <v>809</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>810</v>
       </c>
       <c r="E50" s="4" t="s">
         <v>38</v>
       </c>
       <c r="F50" s="4" t="s">
         <v>932</v>
       </c>
       <c r="G50" s="4" t="s">
         <v>812</v>
       </c>
       <c r="H50" s="4" t="s">
         <v>935</v>
       </c>
       <c r="I50" s="4">
         <v>1018</v>
       </c>
     </row>
-    <row r="51" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
         <v>807</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>808</v>
       </c>
       <c r="C51" s="4" t="s">
         <v>809</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>810</v>
       </c>
       <c r="E51" s="4" t="s">
         <v>38</v>
       </c>
       <c r="F51" s="4" t="s">
         <v>932</v>
       </c>
       <c r="G51" s="4" t="s">
         <v>812</v>
       </c>
       <c r="H51" s="4" t="s">
         <v>1044</v>
       </c>
       <c r="I51" s="4">
         <v>1050</v>
       </c>
     </row>
-    <row r="52" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
         <v>741</v>
       </c>
       <c r="B52" s="4" t="s">
         <v>742</v>
       </c>
       <c r="C52" s="4" t="s">
         <v>743</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>744</v>
       </c>
       <c r="E52" s="4" t="s">
         <v>121</v>
       </c>
       <c r="F52" s="4" t="s">
         <v>745</v>
       </c>
       <c r="G52" s="4" t="s">
         <v>746</v>
       </c>
       <c r="H52" s="4" t="s">
         <v>747</v>
       </c>
       <c r="I52" s="4">
         <v>935</v>
       </c>
     </row>
-    <row r="53" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
         <v>651</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>652</v>
       </c>
       <c r="C53" s="4" t="s">
         <v>653</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>654</v>
       </c>
       <c r="E53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="4" t="s">
         <v>655</v>
       </c>
       <c r="G53" s="4" t="s">
         <v>656</v>
       </c>
       <c r="H53" s="4" t="s">
         <v>657</v>
       </c>
       <c r="I53" s="4">
         <v>892</v>
       </c>
       <c r="J53" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="54" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B54" s="4" t="s">
         <v>90</v>
       </c>
       <c r="C54" s="4" t="s">
         <v>91</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>92</v>
       </c>
       <c r="E54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="4" t="s">
         <v>93</v>
       </c>
       <c r="G54" s="4" t="s">
         <v>94</v>
       </c>
       <c r="H54" s="4" t="s">
         <v>95</v>
       </c>
       <c r="I54" s="4">
         <v>295</v>
       </c>
     </row>
-    <row r="55" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>90</v>
       </c>
       <c r="C55" s="4" t="s">
         <v>91</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>92</v>
       </c>
       <c r="E55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="4" t="s">
         <v>93</v>
       </c>
       <c r="G55" s="4" t="s">
         <v>94</v>
       </c>
       <c r="H55" s="4" t="s">
         <v>469</v>
       </c>
       <c r="I55" s="4">
         <v>743</v>
       </c>
     </row>
-    <row r="56" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B56" s="4" t="s">
         <v>90</v>
       </c>
       <c r="C56" s="4" t="s">
         <v>91</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>92</v>
       </c>
       <c r="E56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="4" t="s">
         <v>93</v>
       </c>
       <c r="G56" s="4" t="s">
         <v>94</v>
       </c>
       <c r="H56" s="4" t="s">
         <v>470</v>
       </c>
       <c r="I56" s="4">
         <v>745</v>
       </c>
     </row>
-    <row r="57" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>90</v>
       </c>
       <c r="C57" s="4" t="s">
         <v>91</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>92</v>
       </c>
       <c r="E57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="4" t="s">
         <v>93</v>
       </c>
       <c r="G57" s="4" t="s">
         <v>94</v>
       </c>
       <c r="H57" s="4" t="s">
         <v>728</v>
       </c>
       <c r="I57" s="4">
         <v>926</v>
       </c>
     </row>
-    <row r="58" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A58" s="4" t="s">
         <v>435</v>
       </c>
       <c r="B58" s="4" t="s">
         <v>436</v>
       </c>
       <c r="C58" s="4" t="s">
         <v>437</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>438</v>
       </c>
       <c r="E58" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F58" s="4" t="s">
         <v>439</v>
       </c>
       <c r="G58" s="4" t="s">
         <v>440</v>
       </c>
       <c r="H58" s="4" t="s">
         <v>441</v>
       </c>
       <c r="I58" s="4">
         <v>722</v>
       </c>
     </row>
-    <row r="59" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
         <v>435</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>436</v>
       </c>
       <c r="C59" s="4" t="s">
         <v>437</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>438</v>
       </c>
       <c r="E59" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F59" s="4" t="s">
         <v>439</v>
       </c>
       <c r="G59" s="4" t="s">
         <v>440</v>
       </c>
       <c r="H59" s="5" t="s">
         <v>1001</v>
       </c>
       <c r="I59" s="6">
         <v>1038</v>
       </c>
       <c r="J59" s="5"/>
     </row>
-    <row r="60" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
         <v>540</v>
       </c>
       <c r="B60" s="4" t="s">
         <v>541</v>
       </c>
       <c r="C60" s="4" t="s">
         <v>542</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>543</v>
       </c>
       <c r="E60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="4" t="s">
         <v>544</v>
       </c>
       <c r="G60" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H60" s="4" t="s">
         <v>545</v>
       </c>
       <c r="I60" s="4">
         <v>796</v>
       </c>
     </row>
-    <row r="61" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
         <v>428</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>429</v>
       </c>
       <c r="C61" s="4" t="s">
         <v>430</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>431</v>
       </c>
       <c r="E61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="4" t="s">
         <v>432</v>
       </c>
       <c r="G61" s="4" t="s">
         <v>433</v>
       </c>
       <c r="H61" s="4" t="s">
         <v>434</v>
       </c>
       <c r="I61" s="4">
         <v>719</v>
       </c>
     </row>
-    <row r="62" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
         <v>792</v>
       </c>
       <c r="B62" s="4" t="s">
         <v>793</v>
       </c>
       <c r="C62" s="4" t="s">
         <v>794</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>795</v>
       </c>
       <c r="E62" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F62" s="4" t="s">
         <v>796</v>
       </c>
       <c r="G62" s="4" t="s">
         <v>797</v>
       </c>
       <c r="H62" s="4" t="s">
         <v>798</v>
       </c>
       <c r="I62" s="4">
         <v>962</v>
       </c>
       <c r="J62" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="63" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
         <v>238</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>239</v>
       </c>
       <c r="C63" s="4" t="s">
         <v>240</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>241</v>
       </c>
       <c r="E63" s="4" t="s">
         <v>121</v>
       </c>
       <c r="F63" s="4" t="s">
         <v>242</v>
       </c>
       <c r="G63" s="4" t="s">
         <v>243</v>
       </c>
       <c r="H63" s="4" t="s">
         <v>244</v>
       </c>
       <c r="I63" s="4">
         <v>558</v>
       </c>
     </row>
-    <row r="64" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
         <v>259</v>
       </c>
       <c r="B64" s="4" t="s">
         <v>260</v>
       </c>
       <c r="C64" s="4" t="s">
         <v>261</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>262</v>
       </c>
       <c r="E64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="4" t="s">
         <v>263</v>
       </c>
       <c r="G64" s="4" t="s">
         <v>264</v>
       </c>
       <c r="H64" s="4" t="s">
         <v>265</v>
       </c>
       <c r="I64" s="4">
         <v>577</v>
       </c>
     </row>
-    <row r="65" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A65" s="5" t="s">
         <v>1009</v>
       </c>
       <c r="B65" s="4" t="s">
         <v>1010</v>
       </c>
       <c r="C65" s="4" t="s">
         <v>1011</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>1012</v>
       </c>
       <c r="E65" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F65" s="5" t="s">
         <v>1013</v>
       </c>
       <c r="G65" s="4" t="s">
         <v>1014</v>
       </c>
       <c r="H65" s="5" t="s">
         <v>1015</v>
       </c>
       <c r="I65" s="6">
         <v>1040</v>
       </c>
       <c r="J65" s="5"/>
     </row>
-    <row r="66" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
         <v>442</v>
       </c>
       <c r="B66" s="4" t="s">
         <v>443</v>
       </c>
       <c r="C66" s="4" t="s">
         <v>444</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>445</v>
       </c>
       <c r="E66" s="4" t="s">
         <v>38</v>
       </c>
       <c r="F66" s="4" t="s">
         <v>446</v>
       </c>
       <c r="G66" s="4" t="s">
         <v>447</v>
       </c>
       <c r="H66" s="4" t="s">
         <v>448</v>
       </c>
       <c r="I66" s="4">
         <v>728</v>
       </c>
       <c r="J66" s="4" t="s">
         <v>449</v>
       </c>
     </row>
-    <row r="67" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
         <v>442</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>443</v>
       </c>
       <c r="C67" s="4" t="s">
         <v>444</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>445</v>
       </c>
       <c r="E67" s="4" t="s">
         <v>38</v>
       </c>
       <c r="F67" s="4" t="s">
         <v>446</v>
       </c>
       <c r="G67" s="4" t="s">
         <v>447</v>
       </c>
       <c r="H67" s="4" t="s">
         <v>977</v>
       </c>
       <c r="I67" s="4">
         <v>1030</v>
       </c>
     </row>
-    <row r="68" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
         <v>442</v>
       </c>
       <c r="B68" s="4" t="s">
         <v>443</v>
       </c>
       <c r="C68" s="4" t="s">
         <v>444</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>445</v>
       </c>
       <c r="E68" s="4" t="s">
         <v>38</v>
       </c>
       <c r="F68" s="4" t="s">
         <v>446</v>
       </c>
       <c r="G68" s="4" t="s">
         <v>447</v>
       </c>
       <c r="H68" s="4" t="s">
         <v>1041</v>
       </c>
       <c r="I68" s="4">
         <v>1047</v>
       </c>
       <c r="J68" s="4" t="s">
         <v>449</v>
       </c>
     </row>
-    <row r="69" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
         <v>170</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>171</v>
       </c>
       <c r="C69" s="4" t="s">
         <v>172</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>45</v>
       </c>
       <c r="E69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="4" t="s">
         <v>173</v>
       </c>
       <c r="G69" s="4" t="s">
         <v>174</v>
       </c>
       <c r="H69" s="4" t="s">
         <v>175</v>
       </c>
       <c r="I69" s="4">
         <v>487</v>
       </c>
     </row>
-    <row r="70" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
         <v>170</v>
       </c>
       <c r="B70" s="4" t="s">
         <v>171</v>
       </c>
       <c r="C70" s="4" t="s">
         <v>172</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>45</v>
       </c>
       <c r="E70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="4" t="s">
         <v>546</v>
       </c>
       <c r="G70" s="4" t="s">
         <v>174</v>
       </c>
       <c r="H70" s="4" t="s">
         <v>547</v>
       </c>
       <c r="I70" s="4">
         <v>798</v>
       </c>
     </row>
-    <row r="71" spans="1:10" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:10" s="4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A71" s="7" t="s">
         <v>827</v>
       </c>
       <c r="B71" s="4" t="s">
         <v>828</v>
       </c>
       <c r="C71" s="9" t="s">
         <v>829</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>304</v>
       </c>
       <c r="E71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="4" t="s">
         <v>830</v>
       </c>
       <c r="G71" s="4" t="s">
         <v>831</v>
       </c>
       <c r="H71" s="7" t="s">
         <v>832</v>
       </c>
       <c r="I71" s="8">
         <v>975</v>
       </c>
     </row>
-    <row r="72" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
         <v>76</v>
       </c>
       <c r="B72" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C72" s="4" t="s">
         <v>78</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>79</v>
       </c>
       <c r="E72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="4" t="s">
         <v>80</v>
       </c>
       <c r="G72" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H72" s="4" t="s">
         <v>81</v>
       </c>
       <c r="I72" s="4">
         <v>252</v>
       </c>
     </row>
-    <row r="73" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A73" s="7" t="s">
         <v>1109</v>
       </c>
       <c r="B73" s="4" t="s">
         <v>1110</v>
       </c>
       <c r="C73" s="4" t="s">
         <v>1111</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>1112</v>
       </c>
       <c r="E73" s="4" t="s">
         <v>121</v>
       </c>
       <c r="F73" s="4" t="s">
         <v>1113</v>
       </c>
       <c r="G73" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H73" s="7" t="s">
         <v>1114</v>
       </c>
       <c r="I73" s="8">
         <v>888</v>
       </c>
       <c r="J73" s="7"/>
     </row>
-    <row r="74" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
         <v>96</v>
       </c>
       <c r="B74" s="4" t="s">
         <v>97</v>
       </c>
       <c r="C74" s="4" t="s">
         <v>98</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>99</v>
       </c>
       <c r="E74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="4" t="s">
         <v>100</v>
       </c>
       <c r="G74" s="4" t="s">
         <v>101</v>
       </c>
       <c r="H74" s="4" t="s">
         <v>102</v>
       </c>
       <c r="I74" s="4">
         <v>299</v>
       </c>
     </row>
-    <row r="75" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
         <v>96</v>
       </c>
       <c r="B75" s="4" t="s">
         <v>97</v>
       </c>
       <c r="C75" s="4" t="s">
         <v>98</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>99</v>
       </c>
       <c r="E75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="4" t="s">
         <v>100</v>
       </c>
       <c r="G75" s="4" t="s">
         <v>101</v>
       </c>
       <c r="H75" s="4" t="s">
         <v>497</v>
       </c>
       <c r="I75" s="4">
         <v>764</v>
       </c>
     </row>
-    <row r="76" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
         <v>96</v>
       </c>
       <c r="B76" s="4" t="s">
         <v>97</v>
       </c>
       <c r="C76" s="4" t="s">
         <v>98</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>99</v>
       </c>
       <c r="E76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="4" t="s">
         <v>100</v>
       </c>
       <c r="G76" s="4" t="s">
         <v>101</v>
       </c>
       <c r="H76" s="4" t="s">
         <v>639</v>
       </c>
       <c r="I76" s="4">
         <v>877</v>
       </c>
     </row>
-    <row r="77" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="77" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
         <v>771</v>
       </c>
       <c r="B77" s="4" t="s">
         <v>772</v>
       </c>
       <c r="C77" s="4" t="s">
         <v>773</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>424</v>
       </c>
       <c r="E77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="4" t="s">
         <v>774</v>
       </c>
       <c r="G77" s="4" t="s">
         <v>775</v>
       </c>
       <c r="H77" s="4" t="s">
         <v>776</v>
       </c>
       <c r="I77" s="4">
         <v>956</v>
       </c>
     </row>
-    <row r="78" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="78" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
         <v>204</v>
       </c>
       <c r="B78" s="4" t="s">
         <v>205</v>
       </c>
       <c r="C78" s="4" t="s">
         <v>206</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>207</v>
       </c>
       <c r="E78" s="4" t="s">
         <v>121</v>
       </c>
       <c r="F78" s="4" t="s">
         <v>208</v>
       </c>
       <c r="G78" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H78" s="4" t="s">
         <v>209</v>
       </c>
       <c r="I78" s="4">
         <v>513</v>
       </c>
     </row>
-    <row r="79" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
         <v>204</v>
       </c>
       <c r="B79" s="4" t="s">
         <v>205</v>
       </c>
       <c r="C79" s="4" t="s">
         <v>206</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>207</v>
       </c>
       <c r="E79" s="4" t="s">
         <v>121</v>
       </c>
       <c r="F79" s="4" t="s">
         <v>649</v>
       </c>
       <c r="G79" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H79" s="4" t="s">
         <v>650</v>
       </c>
       <c r="I79" s="4">
         <v>890</v>
       </c>
     </row>
-    <row r="80" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A80" s="4" t="s">
         <v>578</v>
       </c>
       <c r="B80" s="4" t="s">
         <v>579</v>
       </c>
       <c r="C80" s="4" t="s">
         <v>580</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>79</v>
       </c>
       <c r="E80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="4" t="s">
         <v>581</v>
       </c>
       <c r="G80" s="4" t="s">
         <v>582</v>
       </c>
       <c r="H80" s="4" t="s">
         <v>583</v>
       </c>
       <c r="I80" s="4">
         <v>846</v>
       </c>
       <c r="J80" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="81" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="81" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A81" s="4" t="s">
         <v>578</v>
       </c>
       <c r="B81" s="4" t="s">
         <v>579</v>
       </c>
       <c r="C81" s="4" t="s">
         <v>580</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>79</v>
       </c>
       <c r="E81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="4" t="s">
         <v>914</v>
       </c>
       <c r="G81" s="4" t="s">
         <v>582</v>
       </c>
       <c r="H81" s="4" t="s">
         <v>915</v>
       </c>
       <c r="I81" s="4">
         <v>1006</v>
       </c>
     </row>
-    <row r="82" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="82" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
         <v>735</v>
       </c>
       <c r="B82" s="4" t="s">
         <v>736</v>
       </c>
       <c r="C82" s="4" t="s">
         <v>737</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>26</v>
       </c>
       <c r="E82" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F82" s="4" t="s">
         <v>738</v>
       </c>
       <c r="G82" s="4" t="s">
         <v>739</v>
       </c>
       <c r="H82" s="4" t="s">
         <v>740</v>
       </c>
       <c r="I82" s="4">
         <v>932</v>
       </c>
     </row>
-    <row r="83" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="83" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
         <v>462</v>
       </c>
       <c r="B83" s="4" t="s">
         <v>463</v>
       </c>
       <c r="C83" s="4" t="s">
         <v>464</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>465</v>
       </c>
       <c r="E83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="4" t="s">
         <v>466</v>
       </c>
       <c r="G83" s="4" t="s">
         <v>467</v>
       </c>
       <c r="H83" s="4" t="s">
         <v>468</v>
       </c>
       <c r="I83" s="4">
         <v>735</v>
       </c>
     </row>
-    <row r="84" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="84" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A84" s="4" t="s">
         <v>936</v>
       </c>
       <c r="B84" s="4" t="s">
         <v>937</v>
       </c>
       <c r="C84" s="4" t="s">
         <v>938</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>939</v>
       </c>
       <c r="E84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="4" t="s">
         <v>940</v>
       </c>
       <c r="G84" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H84" s="4" t="s">
         <v>941</v>
       </c>
       <c r="I84" s="4">
         <v>1019</v>
       </c>
     </row>
-    <row r="85" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="85" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
         <v>708</v>
       </c>
       <c r="B85" s="4" t="s">
         <v>709</v>
       </c>
       <c r="C85" s="4" t="s">
         <v>710</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>507</v>
       </c>
       <c r="E85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="4" t="s">
         <v>711</v>
       </c>
       <c r="G85" s="4" t="s">
         <v>712</v>
       </c>
       <c r="H85" s="4" t="s">
         <v>713</v>
       </c>
       <c r="I85" s="4">
         <v>918</v>
       </c>
     </row>
-    <row r="86" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="86" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
         <v>623</v>
       </c>
       <c r="B86" s="4" t="s">
         <v>624</v>
       </c>
       <c r="C86" s="4" t="s">
         <v>625</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>626</v>
       </c>
       <c r="E86" s="4" t="s">
         <v>627</v>
       </c>
       <c r="F86" s="4" t="s">
         <v>628</v>
       </c>
       <c r="G86" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H86" s="4" t="s">
         <v>629</v>
       </c>
       <c r="I86" s="4">
         <v>869</v>
       </c>
       <c r="J86" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="87" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="87" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A87" s="4" t="s">
         <v>836</v>
       </c>
       <c r="B87" s="4" t="s">
         <v>837</v>
       </c>
       <c r="C87" s="4" t="s">
         <v>838</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>839</v>
       </c>
       <c r="E87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="4" t="s">
         <v>840</v>
       </c>
       <c r="G87" s="4" t="s">
         <v>841</v>
       </c>
       <c r="H87" s="4" t="s">
         <v>842</v>
       </c>
       <c r="I87" s="4">
         <v>983</v>
       </c>
       <c r="J87" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="88" spans="1:10" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:10" s="4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A88" s="7" t="s">
         <v>1084</v>
       </c>
       <c r="B88" s="4" t="s">
         <v>1085</v>
       </c>
       <c r="C88" s="9" t="s">
         <v>1086</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>1087</v>
       </c>
       <c r="E88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="4" t="s">
         <v>1089</v>
       </c>
       <c r="G88" s="4" t="s">
         <v>1090</v>
       </c>
       <c r="H88" s="7" t="s">
         <v>1088</v>
       </c>
       <c r="I88" s="8">
         <v>697</v>
       </c>
       <c r="J88" s="7"/>
     </row>
-    <row r="89" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="89" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A89" s="4" t="s">
         <v>777</v>
       </c>
       <c r="B89" s="4" t="s">
         <v>778</v>
       </c>
       <c r="C89" s="4" t="s">
         <v>779</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>780</v>
       </c>
       <c r="E89" s="4" t="s">
         <v>121</v>
       </c>
       <c r="F89" s="4" t="s">
         <v>781</v>
       </c>
       <c r="G89" s="4" t="s">
         <v>782</v>
       </c>
       <c r="H89" s="4" t="s">
         <v>783</v>
       </c>
       <c r="I89" s="4">
         <v>958</v>
       </c>
     </row>
-    <row r="90" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="90" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A90" s="4" t="s">
         <v>777</v>
       </c>
       <c r="B90" s="4" t="s">
         <v>778</v>
       </c>
       <c r="C90" s="4" t="s">
         <v>779</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>780</v>
       </c>
       <c r="E90" s="4" t="s">
         <v>121</v>
       </c>
       <c r="F90" s="4" t="s">
         <v>781</v>
       </c>
       <c r="G90" s="4" t="s">
         <v>782</v>
       </c>
       <c r="H90" s="4" t="s">
         <v>959</v>
       </c>
       <c r="I90" s="4">
         <v>1025</v>
       </c>
     </row>
-    <row r="91" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="91" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A91" s="4" t="s">
         <v>777</v>
       </c>
       <c r="B91" s="4" t="s">
         <v>778</v>
       </c>
       <c r="C91" s="4" t="s">
         <v>779</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>780</v>
       </c>
       <c r="E91" s="4" t="s">
         <v>121</v>
       </c>
       <c r="F91" s="4" t="s">
         <v>781</v>
       </c>
       <c r="G91" s="4" t="s">
         <v>782</v>
       </c>
       <c r="H91" s="7" t="s">
         <v>1062</v>
       </c>
       <c r="I91" s="8">
         <v>1057</v>
       </c>
       <c r="J91" s="7"/>
     </row>
-    <row r="92" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="92" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A92" s="4" t="s">
         <v>777</v>
       </c>
       <c r="B92" s="4" t="s">
         <v>778</v>
       </c>
       <c r="C92" s="4" t="s">
         <v>779</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>780</v>
       </c>
       <c r="E92" s="4" t="s">
         <v>121</v>
       </c>
       <c r="F92" s="4" t="s">
         <v>781</v>
       </c>
       <c r="G92" s="4" t="s">
         <v>782</v>
       </c>
       <c r="H92" s="7" t="s">
         <v>1063</v>
       </c>
       <c r="I92" s="8">
         <v>1058</v>
       </c>
       <c r="J92" s="7"/>
     </row>
-    <row r="93" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="93" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
         <v>777</v>
       </c>
       <c r="B93" s="4" t="s">
         <v>778</v>
       </c>
       <c r="C93" s="4" t="s">
         <v>779</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>780</v>
       </c>
       <c r="E93" s="4" t="s">
         <v>121</v>
       </c>
       <c r="F93" s="4" t="s">
         <v>781</v>
       </c>
       <c r="G93" s="4" t="s">
         <v>782</v>
       </c>
       <c r="H93" s="7" t="s">
         <v>1064</v>
       </c>
       <c r="I93" s="8">
         <v>1059</v>
       </c>
       <c r="J93" s="7"/>
     </row>
-    <row r="94" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="94" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
         <v>777</v>
       </c>
       <c r="B94" s="4" t="s">
         <v>778</v>
       </c>
       <c r="C94" s="4" t="s">
         <v>779</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>780</v>
       </c>
       <c r="E94" s="4" t="s">
         <v>121</v>
       </c>
       <c r="F94" s="4" t="s">
         <v>781</v>
       </c>
       <c r="G94" s="4" t="s">
         <v>782</v>
       </c>
       <c r="H94" s="7" t="s">
         <v>1065</v>
       </c>
       <c r="I94" s="8">
         <v>1060</v>
       </c>
       <c r="J94" s="7"/>
     </row>
-    <row r="95" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="95" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
         <v>280</v>
       </c>
       <c r="B95" s="4" t="s">
         <v>281</v>
       </c>
       <c r="C95" s="4" t="s">
         <v>282</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>283</v>
       </c>
       <c r="E95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="4" t="s">
         <v>284</v>
       </c>
       <c r="G95" s="4" t="s">
         <v>285</v>
       </c>
       <c r="H95" s="4" t="s">
         <v>286</v>
       </c>
       <c r="I95" s="4">
         <v>597</v>
       </c>
       <c r="J95" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="96" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="96" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A96" s="4" t="s">
         <v>280</v>
       </c>
       <c r="B96" s="4" t="s">
         <v>281</v>
       </c>
       <c r="C96" s="4" t="s">
         <v>282</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>283</v>
       </c>
       <c r="E96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="4" t="s">
         <v>284</v>
       </c>
       <c r="G96" s="4" t="s">
         <v>285</v>
       </c>
       <c r="H96" s="4" t="s">
         <v>369</v>
       </c>
       <c r="I96" s="4">
         <v>680</v>
       </c>
       <c r="J96" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="97" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="97" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A97" s="4" t="s">
         <v>415</v>
       </c>
       <c r="B97" s="4" t="s">
         <v>416</v>
       </c>
       <c r="C97" s="4" t="s">
         <v>417</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>304</v>
       </c>
       <c r="E97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="4" t="s">
         <v>418</v>
       </c>
       <c r="G97" s="4" t="s">
         <v>419</v>
       </c>
       <c r="H97" s="4" t="s">
         <v>420</v>
       </c>
       <c r="I97" s="4">
         <v>711</v>
       </c>
       <c r="J97" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="98" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="98" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A98" s="4" t="s">
         <v>415</v>
       </c>
       <c r="B98" s="4" t="s">
         <v>416</v>
       </c>
       <c r="C98" s="4" t="s">
         <v>417</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>304</v>
       </c>
       <c r="E98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="4" t="s">
         <v>418</v>
       </c>
       <c r="G98" s="4" t="s">
         <v>419</v>
       </c>
       <c r="H98" s="4" t="s">
         <v>483</v>
       </c>
       <c r="I98" s="4">
         <v>758</v>
       </c>
       <c r="J98" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="99" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="99" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A99" s="4" t="s">
         <v>415</v>
       </c>
       <c r="B99" s="4" t="s">
         <v>416</v>
       </c>
       <c r="C99" s="4" t="s">
         <v>417</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>304</v>
       </c>
       <c r="E99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="4" t="s">
         <v>418</v>
       </c>
       <c r="G99" s="4" t="s">
         <v>419</v>
       </c>
       <c r="H99" s="4" t="s">
         <v>518</v>
       </c>
       <c r="I99" s="4">
         <v>784</v>
       </c>
     </row>
-    <row r="100" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="100" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
         <v>415</v>
       </c>
       <c r="B100" s="4" t="s">
         <v>416</v>
       </c>
       <c r="C100" s="4" t="s">
         <v>417</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>304</v>
       </c>
       <c r="E100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="4" t="s">
         <v>418</v>
       </c>
       <c r="G100" s="4" t="s">
         <v>419</v>
       </c>
       <c r="H100" s="4" t="s">
         <v>762</v>
       </c>
       <c r="I100" s="4">
         <v>944</v>
       </c>
     </row>
-    <row r="101" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="101" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
         <v>349</v>
       </c>
       <c r="B101" s="4" t="s">
         <v>350</v>
       </c>
       <c r="C101" s="4" t="s">
         <v>351</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>318</v>
       </c>
       <c r="E101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="4" t="s">
         <v>352</v>
       </c>
       <c r="G101" s="4" t="s">
         <v>353</v>
       </c>
       <c r="H101" s="4" t="s">
         <v>354</v>
       </c>
       <c r="I101" s="4">
         <v>653</v>
       </c>
     </row>
-    <row r="102" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="102" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
         <v>308</v>
       </c>
       <c r="B102" s="4" t="s">
         <v>309</v>
       </c>
       <c r="C102" s="4" t="s">
         <v>310</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>311</v>
       </c>
       <c r="E102" s="4" t="s">
         <v>194</v>
       </c>
       <c r="F102" s="4" t="s">
         <v>312</v>
       </c>
       <c r="G102" s="4" t="s">
         <v>313</v>
       </c>
       <c r="H102" s="4" t="s">
         <v>314</v>
       </c>
       <c r="I102" s="4">
         <v>613</v>
       </c>
     </row>
-    <row r="103" spans="1:10" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:10" s="4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A103" s="7" t="s">
         <v>1106</v>
       </c>
       <c r="B103" s="4" t="s">
         <v>1108</v>
       </c>
       <c r="C103" s="4" t="s">
         <v>1103</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>1104</v>
       </c>
       <c r="E103" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F103" s="4" t="s">
         <v>1105</v>
       </c>
       <c r="G103" s="10" t="s">
         <v>1107</v>
       </c>
       <c r="H103" s="7" t="s">
         <v>1102</v>
       </c>
       <c r="I103" s="8">
         <v>917</v>
       </c>
       <c r="J103" s="7" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="104" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A104" s="5" t="s">
+    <row r="104" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="18" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B104" s="17" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C104" s="17" t="s">
+        <v>479</v>
+      </c>
+      <c r="D104" s="17" t="s">
+        <v>480</v>
+      </c>
+      <c r="E104" s="17" t="s">
+        <v>121</v>
+      </c>
+      <c r="F104" s="17" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G104" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="H104" s="18" t="s">
+        <v>1129</v>
+      </c>
+      <c r="I104" s="19">
+        <v>1024</v>
+      </c>
+      <c r="J104" s="18"/>
+    </row>
+    <row r="105" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="5" t="s">
         <v>477</v>
       </c>
-      <c r="B104" s="4" t="s">
+      <c r="B105" s="4" t="s">
         <v>478</v>
       </c>
-      <c r="C104" s="4" t="s">
+      <c r="C105" s="4" t="s">
         <v>479</v>
       </c>
-      <c r="D104" s="5" t="s">
+      <c r="D105" s="5" t="s">
         <v>480</v>
       </c>
-      <c r="E104" s="4" t="s">
+      <c r="E105" s="4" t="s">
         <v>121</v>
       </c>
-      <c r="F104" s="5" t="s">
+      <c r="F105" s="5" t="s">
         <v>481</v>
-      </c>
-[...28 lines deleted...]
-        <v>460</v>
       </c>
       <c r="G105" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="H105" s="4" t="s">
-[...6 lines deleted...]
-    <row r="106" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="H105" s="5" t="s">
+        <v>482</v>
+      </c>
+      <c r="I105" s="6">
+        <v>755</v>
+      </c>
+      <c r="J105" s="5"/>
+    </row>
+    <row r="106" spans="1:10" s="4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A106" s="4" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>456</v>
+      </c>
+      <c r="B106" s="9" t="s">
+        <v>457</v>
       </c>
       <c r="C106" s="4" t="s">
-        <v>234</v>
+        <v>458</v>
       </c>
       <c r="D106" s="4" t="s">
-        <v>235</v>
+        <v>459</v>
       </c>
       <c r="E106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="4" t="s">
-        <v>236</v>
+        <v>460</v>
       </c>
       <c r="G106" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H106" s="4" t="s">
+        <v>461</v>
+      </c>
+      <c r="I106" s="4">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="B107" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="C107" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="E107" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F107" s="4" t="s">
+        <v>236</v>
+      </c>
+      <c r="G107" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H107" s="4" t="s">
         <v>237</v>
       </c>
-      <c r="I106" s="4">
+      <c r="I107" s="4">
         <v>550</v>
       </c>
     </row>
-    <row r="107" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A107" s="4" t="s">
+    <row r="108" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="B107" s="4" t="s">
+      <c r="B108" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="C107" s="4" t="s">
+      <c r="C108" s="4" t="s">
         <v>36</v>
       </c>
-      <c r="D107" s="4" t="s">
+      <c r="D108" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="E107" s="4" t="s">
+      <c r="E108" s="4" t="s">
         <v>38</v>
       </c>
-      <c r="F107" s="4" t="s">
+      <c r="F108" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="G107" s="4" t="s">
+      <c r="G108" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="H107" s="4" t="s">
+      <c r="H108" s="4" t="s">
         <v>41</v>
       </c>
-      <c r="I107" s="4">
+      <c r="I108" s="4">
         <v>63</v>
       </c>
     </row>
-    <row r="108" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A108" s="5" t="s">
+    <row r="109" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="5" t="s">
         <v>680</v>
       </c>
-      <c r="B108" s="4" t="s">
+      <c r="B109" s="4" t="s">
         <v>681</v>
       </c>
-      <c r="C108" s="4" t="s">
+      <c r="C109" s="4" t="s">
         <v>682</v>
       </c>
-      <c r="D108" s="5" t="s">
+      <c r="D109" s="5" t="s">
         <v>683</v>
       </c>
-      <c r="E108" s="4" t="s">
+      <c r="E109" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="F108" s="4" t="s">
+      <c r="F109" s="4" t="s">
         <v>684</v>
       </c>
-      <c r="G108" s="4" t="s">
+      <c r="G109" s="4" t="s">
         <v>685</v>
       </c>
-      <c r="H108" s="5" t="s">
+      <c r="H109" s="5" t="s">
         <v>686</v>
       </c>
-      <c r="I108" s="6">
+      <c r="I109" s="6">
         <v>900</v>
       </c>
-      <c r="J108" s="5" t="s">
+      <c r="J109" s="5" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="109" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A109" s="7" t="s">
+    <row r="110" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="7" t="s">
         <v>821</v>
       </c>
-      <c r="B109" s="4" t="s">
+      <c r="B110" s="4" t="s">
         <v>822</v>
       </c>
-      <c r="C109" s="4" t="s">
+      <c r="C110" s="4" t="s">
         <v>823</v>
       </c>
-      <c r="D109" s="4" t="s">
+      <c r="D110" s="4" t="s">
         <v>824</v>
       </c>
-      <c r="E109" s="4" t="s">
+      <c r="E110" s="4" t="s">
         <v>86</v>
       </c>
-      <c r="F109" s="4" t="s">
+      <c r="F110" s="4" t="s">
         <v>825</v>
-      </c>
-[...30 lines deleted...]
-        <v>404</v>
       </c>
       <c r="G110" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="H110" s="4" t="s">
+      <c r="H110" s="7" t="s">
+        <v>826</v>
+      </c>
+      <c r="I110" s="8">
+        <v>974</v>
+      </c>
+      <c r="J110" s="7" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="4" t="s">
+        <v>400</v>
+      </c>
+      <c r="B111" s="4" t="s">
+        <v>401</v>
+      </c>
+      <c r="C111" s="4" t="s">
+        <v>402</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>403</v>
+      </c>
+      <c r="E111" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F111" s="4" t="s">
+        <v>404</v>
+      </c>
+      <c r="G111" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H111" s="4" t="s">
         <v>405</v>
       </c>
-      <c r="I110" s="4">
+      <c r="I111" s="4">
         <v>705</v>
       </c>
     </row>
-    <row r="111" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A111" s="4" t="s">
+    <row r="112" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="4" t="s">
         <v>421</v>
       </c>
-      <c r="B111" s="4" t="s">
+      <c r="B112" s="4" t="s">
         <v>422</v>
       </c>
-      <c r="C111" s="4" t="s">
+      <c r="C112" s="4" t="s">
         <v>423</v>
       </c>
-      <c r="D111" s="4" t="s">
+      <c r="D112" s="4" t="s">
         <v>424</v>
-      </c>
-[...27 lines deleted...]
-        <v>248</v>
       </c>
       <c r="E112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="4" t="s">
-        <v>249</v>
+        <v>425</v>
       </c>
       <c r="G112" s="4" t="s">
-        <v>250</v>
+        <v>426</v>
       </c>
       <c r="H112" s="4" t="s">
-        <v>251</v>
+        <v>427</v>
       </c>
       <c r="I112" s="4">
-        <v>559</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A113" s="4" t="s">
         <v>245</v>
       </c>
       <c r="B113" s="4" t="s">
         <v>246</v>
       </c>
       <c r="C113" s="4" t="s">
         <v>247</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>248</v>
       </c>
       <c r="E113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="4" t="s">
-        <v>397</v>
+        <v>249</v>
       </c>
       <c r="G113" s="4" t="s">
-        <v>398</v>
+        <v>250</v>
       </c>
       <c r="H113" s="4" t="s">
-        <v>399</v>
+        <v>251</v>
       </c>
       <c r="I113" s="4">
-        <v>703</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A114" s="4" t="s">
-        <v>132</v>
+        <v>245</v>
       </c>
       <c r="B114" s="4" t="s">
-        <v>133</v>
+        <v>246</v>
       </c>
       <c r="C114" s="4" t="s">
-        <v>134</v>
+        <v>247</v>
       </c>
       <c r="D114" s="4" t="s">
-        <v>65</v>
+        <v>248</v>
       </c>
       <c r="E114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="4" t="s">
-        <v>135</v>
+        <v>397</v>
       </c>
       <c r="G114" s="4" t="s">
-        <v>136</v>
+        <v>398</v>
       </c>
       <c r="H114" s="4" t="s">
-        <v>137</v>
+        <v>399</v>
       </c>
       <c r="I114" s="4">
-        <v>392</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A115" s="4" t="s">
         <v>132</v>
       </c>
       <c r="B115" s="4" t="s">
         <v>133</v>
       </c>
       <c r="C115" s="4" t="s">
         <v>134</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>65</v>
       </c>
       <c r="E115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="4" t="s">
         <v>135</v>
       </c>
       <c r="G115" s="4" t="s">
         <v>136</v>
       </c>
       <c r="H115" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="I115" s="4">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="B116" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="C116" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="D116" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="E116" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F116" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="G116" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="H116" s="4" t="s">
         <v>1000</v>
       </c>
-      <c r="I115" s="4">
+      <c r="I116" s="4">
         <v>1037</v>
       </c>
     </row>
-    <row r="116" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A116" s="4" t="s">
+    <row r="117" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="4" t="s">
         <v>355</v>
       </c>
-      <c r="B116" s="4" t="s">
+      <c r="B117" s="4" t="s">
         <v>356</v>
       </c>
-      <c r="C116" s="4" t="s">
+      <c r="C117" s="4" t="s">
         <v>357</v>
       </c>
-      <c r="D116" s="4" t="s">
+      <c r="D117" s="4" t="s">
         <v>358</v>
       </c>
-      <c r="E116" s="4" t="s">
+      <c r="E117" s="4" t="s">
         <v>86</v>
       </c>
-      <c r="F116" s="4" t="s">
+      <c r="F117" s="4" t="s">
         <v>359</v>
       </c>
-      <c r="G116" s="4" t="s">
+      <c r="G117" s="4" t="s">
         <v>360</v>
       </c>
-      <c r="H116" s="4" t="s">
+      <c r="H117" s="4" t="s">
         <v>361</v>
       </c>
-      <c r="I116" s="4">
+      <c r="I117" s="4">
         <v>662</v>
       </c>
     </row>
-    <row r="117" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A117" s="4" t="s">
+    <row r="118" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="4" t="s">
         <v>471</v>
       </c>
-      <c r="B117" s="4" t="s">
+      <c r="B118" s="4" t="s">
         <v>472</v>
       </c>
-      <c r="C117" s="4" t="s">
+      <c r="C118" s="4" t="s">
         <v>473</v>
       </c>
-      <c r="D117" s="4" t="s">
+      <c r="D118" s="4" t="s">
         <v>474</v>
       </c>
-      <c r="E117" s="4" t="s">
+      <c r="E118" s="4" t="s">
         <v>121</v>
       </c>
-      <c r="F117" s="4" t="s">
+      <c r="F118" s="4" t="s">
         <v>475</v>
-      </c>
-[...27 lines deleted...]
-        <v>148</v>
       </c>
       <c r="G118" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H118" s="4" t="s">
-        <v>149</v>
+        <v>476</v>
       </c>
       <c r="I118" s="4">
-        <v>420</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A119" s="4" t="s">
-        <v>62</v>
+        <v>144</v>
       </c>
       <c r="B119" s="4" t="s">
-        <v>63</v>
+        <v>145</v>
       </c>
       <c r="C119" s="4" t="s">
-        <v>64</v>
+        <v>146</v>
       </c>
       <c r="D119" s="4" t="s">
-        <v>65</v>
+        <v>147</v>
       </c>
       <c r="E119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="4" t="s">
-        <v>66</v>
+        <v>148</v>
       </c>
       <c r="G119" s="4" t="s">
-        <v>67</v>
+        <v>24</v>
       </c>
       <c r="H119" s="4" t="s">
-        <v>68</v>
+        <v>149</v>
       </c>
       <c r="I119" s="4">
-        <v>191</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A120" s="4" t="s">
-        <v>610</v>
+        <v>62</v>
       </c>
       <c r="B120" s="4" t="s">
-        <v>611</v>
+        <v>63</v>
       </c>
       <c r="C120" s="4" t="s">
-        <v>612</v>
+        <v>64</v>
       </c>
       <c r="D120" s="4" t="s">
-        <v>613</v>
+        <v>65</v>
       </c>
       <c r="E120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="G120" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="H120" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="I120" s="4">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="4" t="s">
+        <v>610</v>
+      </c>
+      <c r="B121" s="4" t="s">
+        <v>611</v>
+      </c>
+      <c r="C121" s="4" t="s">
+        <v>612</v>
+      </c>
+      <c r="D121" s="4" t="s">
+        <v>613</v>
+      </c>
+      <c r="E121" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F121" s="4" t="s">
         <v>614</v>
-      </c>
-[...27 lines deleted...]
-        <v>502</v>
       </c>
       <c r="G121" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="H121" s="5" t="s">
+      <c r="H121" s="4" t="s">
+        <v>615</v>
+      </c>
+      <c r="I121" s="4">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="5" t="s">
+        <v>498</v>
+      </c>
+      <c r="B122" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="C122" s="4" t="s">
+        <v>500</v>
+      </c>
+      <c r="D122" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="E122" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F122" s="4" t="s">
+        <v>502</v>
+      </c>
+      <c r="G122" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H122" s="5" t="s">
         <v>503</v>
       </c>
-      <c r="I121" s="6">
+      <c r="I122" s="6">
         <v>768</v>
       </c>
-      <c r="J121" s="5"/>
-[...31 lines deleted...]
-      <c r="A123" s="7" t="s">
+      <c r="J122" s="5"/>
+    </row>
+    <row r="123" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="4" t="s">
         <v>69</v>
       </c>
       <c r="B123" s="4" t="s">
         <v>70</v>
       </c>
       <c r="C123" s="4" t="s">
         <v>71</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>72</v>
       </c>
       <c r="E123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="4" t="s">
         <v>73</v>
       </c>
       <c r="G123" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="H123" s="7" t="s">
-[...7 lines deleted...]
-      <c r="A124" s="4" t="s">
+      <c r="H123" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="I123" s="4">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="7" t="s">
         <v>69</v>
       </c>
       <c r="B124" s="4" t="s">
         <v>70</v>
       </c>
       <c r="C124" s="4" t="s">
         <v>71</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>72</v>
       </c>
       <c r="E124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="4" t="s">
         <v>73</v>
       </c>
       <c r="G124" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="H124" s="4" t="s">
+      <c r="H124" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="I124" s="8">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="B125" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C125" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="D125" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="E125" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F125" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="G125" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="H125" s="4" t="s">
         <v>550</v>
       </c>
-      <c r="I124" s="4">
+      <c r="I125" s="4">
         <v>808</v>
       </c>
     </row>
-    <row r="125" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A125" s="4" t="s">
+    <row r="126" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="B125" s="4" t="s">
+      <c r="B126" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="C125" s="4" t="s">
+      <c r="C126" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="D125" s="4" t="s">
+      <c r="D126" s="4" t="s">
         <v>21</v>
-      </c>
-[...27 lines deleted...]
-        <v>106</v>
       </c>
       <c r="E126" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F126" s="4" t="s">
-        <v>107</v>
+        <v>23</v>
       </c>
       <c r="G126" s="4" t="s">
-        <v>108</v>
+        <v>24</v>
       </c>
       <c r="H126" s="4" t="s">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="I126" s="4">
-        <v>302</v>
-[...4 lines deleted...]
-        <v>1016</v>
+        <v>29</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="4" t="s">
+        <v>103</v>
       </c>
       <c r="B127" s="4" t="s">
         <v>104</v>
       </c>
       <c r="C127" s="4" t="s">
         <v>105</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>106</v>
       </c>
       <c r="E127" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F127" s="4" t="s">
         <v>107</v>
       </c>
       <c r="G127" s="4" t="s">
         <v>108</v>
       </c>
-      <c r="H127" s="5" t="s">
-[...7 lines deleted...]
-    <row r="128" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="H127" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="I127" s="4">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A128" s="5" t="s">
         <v>1016</v>
       </c>
       <c r="B128" s="4" t="s">
         <v>104</v>
       </c>
       <c r="C128" s="4" t="s">
         <v>105</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>106</v>
       </c>
       <c r="E128" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F128" s="4" t="s">
         <v>107</v>
       </c>
       <c r="G128" s="4" t="s">
         <v>108</v>
       </c>
       <c r="H128" s="5" t="s">
-        <v>1018</v>
+        <v>1017</v>
       </c>
       <c r="I128" s="6">
-        <v>1042</v>
+        <v>1041</v>
       </c>
       <c r="J128" s="5"/>
     </row>
-    <row r="129" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>990</v>
+    <row r="129" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="5" t="s">
+        <v>1016</v>
       </c>
       <c r="B129" s="4" t="s">
         <v>104</v>
       </c>
       <c r="C129" s="4" t="s">
         <v>105</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>106</v>
       </c>
       <c r="E129" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F129" s="4" t="s">
         <v>107</v>
       </c>
       <c r="G129" s="4" t="s">
         <v>108</v>
       </c>
-      <c r="H129" s="4" t="s">
+      <c r="H129" s="5" t="s">
+        <v>1018</v>
+      </c>
+      <c r="I129" s="6">
+        <v>1042</v>
+      </c>
+      <c r="J129" s="5"/>
+    </row>
+    <row r="130" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="4" t="s">
+        <v>990</v>
+      </c>
+      <c r="B130" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="C130" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="D130" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="E130" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F130" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="G130" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="H130" s="4" t="s">
         <v>991</v>
       </c>
-      <c r="I129" s="4">
+      <c r="I130" s="4">
         <v>1034</v>
       </c>
     </row>
-    <row r="130" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A130" s="4" t="s">
+    <row r="131" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="4" t="s">
         <v>321</v>
       </c>
-      <c r="B130" s="4" t="s">
+      <c r="B131" s="4" t="s">
         <v>322</v>
       </c>
-      <c r="C130" s="4" t="s">
+      <c r="C131" s="4" t="s">
         <v>323</v>
       </c>
-      <c r="D130" s="4" t="s">
+      <c r="D131" s="4" t="s">
         <v>324</v>
-      </c>
-[...27 lines deleted...]
-        <v>732</v>
       </c>
       <c r="E131" s="4" t="s">
         <v>38</v>
       </c>
       <c r="F131" s="4" t="s">
+        <v>325</v>
+      </c>
+      <c r="G131" s="4" t="s">
+        <v>326</v>
+      </c>
+      <c r="H131" s="4" t="s">
+        <v>327</v>
+      </c>
+      <c r="I131" s="4">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="132" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="4" t="s">
+        <v>729</v>
+      </c>
+      <c r="B132" s="4" t="s">
+        <v>730</v>
+      </c>
+      <c r="C132" s="4" t="s">
+        <v>731</v>
+      </c>
+      <c r="D132" s="4" t="s">
+        <v>732</v>
+      </c>
+      <c r="E132" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F132" s="4" t="s">
         <v>733</v>
       </c>
-      <c r="G131" s="4" t="s">
+      <c r="G132" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="H131" s="4" t="s">
+      <c r="H132" s="4" t="s">
         <v>734</v>
       </c>
-      <c r="I131" s="4">
+      <c r="I132" s="4">
         <v>930</v>
       </c>
     </row>
-    <row r="132" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A132" s="4" t="s">
+    <row r="133" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="4" t="s">
         <v>596</v>
       </c>
-      <c r="B132" s="4" t="s">
+      <c r="B133" s="4" t="s">
         <v>597</v>
       </c>
-      <c r="C132" s="4" t="s">
+      <c r="C133" s="4" t="s">
         <v>598</v>
       </c>
-      <c r="D132" s="4" t="s">
+      <c r="D133" s="4" t="s">
         <v>599</v>
       </c>
-      <c r="E132" s="4" t="s">
+      <c r="E133" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="F132" s="4" t="s">
+      <c r="F133" s="4" t="s">
         <v>600</v>
       </c>
-      <c r="G132" s="4" t="s">
+      <c r="G133" s="4" t="s">
         <v>601</v>
       </c>
-      <c r="H132" s="4" t="s">
+      <c r="H133" s="4" t="s">
         <v>602</v>
       </c>
-      <c r="I132" s="4">
+      <c r="I133" s="4">
         <v>857</v>
       </c>
-      <c r="J132" s="4" t="s">
+      <c r="J133" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="133" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-[...28 lines deleted...]
-    <row r="134" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="134" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A134" s="4" t="s">
         <v>266</v>
       </c>
       <c r="B134" s="4" t="s">
         <v>267</v>
       </c>
       <c r="C134" s="4" t="s">
         <v>268</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>269</v>
       </c>
       <c r="E134" s="4" t="s">
         <v>194</v>
       </c>
       <c r="F134" s="4" t="s">
         <v>270</v>
       </c>
       <c r="G134" s="4" t="s">
         <v>271</v>
       </c>
       <c r="H134" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="I134" s="4">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="135" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="B135" s="4" t="s">
+        <v>267</v>
+      </c>
+      <c r="C135" s="4" t="s">
+        <v>268</v>
+      </c>
+      <c r="D135" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="E135" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="F135" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="G135" s="4" t="s">
+        <v>271</v>
+      </c>
+      <c r="H135" s="4" t="s">
         <v>835</v>
       </c>
-      <c r="I134" s="4">
+      <c r="I135" s="4">
         <v>982</v>
       </c>
     </row>
-    <row r="135" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A135" s="5" t="s">
+    <row r="136" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="5" t="s">
         <v>551</v>
       </c>
-      <c r="B135" s="4" t="s">
+      <c r="B136" s="4" t="s">
         <v>552</v>
       </c>
-      <c r="C135" s="4" t="s">
+      <c r="C136" s="4" t="s">
         <v>553</v>
       </c>
-      <c r="D135" s="5" t="s">
+      <c r="D136" s="5" t="s">
         <v>554</v>
-      </c>
-[...28 lines deleted...]
-        <v>297</v>
       </c>
       <c r="E136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F136" s="4" t="s">
+        <v>555</v>
+      </c>
+      <c r="G136" s="4" t="s">
+        <v>556</v>
+      </c>
+      <c r="H136" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="I136" s="6">
+        <v>820</v>
+      </c>
+      <c r="J136" s="5"/>
+    </row>
+    <row r="137" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="4" t="s">
+        <v>294</v>
+      </c>
+      <c r="B137" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="C137" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="D137" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="E137" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F137" s="4" t="s">
         <v>298</v>
       </c>
-      <c r="G136" s="4" t="s">
+      <c r="G137" s="4" t="s">
         <v>299</v>
       </c>
-      <c r="H136" s="4" t="s">
+      <c r="H137" s="4" t="s">
         <v>300</v>
       </c>
-      <c r="I136" s="4">
+      <c r="I137" s="4">
         <v>603</v>
-      </c>
-[...30 lines deleted...]
-        <v>706</v>
       </c>
       <c r="J137" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="138" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="138" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A138" s="4" t="s">
         <v>406</v>
       </c>
       <c r="B138" s="4" t="s">
         <v>407</v>
       </c>
       <c r="C138" s="4" t="s">
         <v>408</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>409</v>
       </c>
       <c r="E138" s="4" t="s">
         <v>410</v>
       </c>
       <c r="F138" s="4" t="s">
-        <v>912</v>
+        <v>411</v>
       </c>
       <c r="G138" s="4" t="s">
         <v>412</v>
       </c>
       <c r="H138" s="4" t="s">
-        <v>913</v>
+        <v>413</v>
       </c>
       <c r="I138" s="4">
-        <v>1005</v>
-[...3 lines deleted...]
-      <c r="A139" s="7" t="s">
+        <v>706</v>
+      </c>
+      <c r="J138" s="4" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="139" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="4" t="s">
         <v>406</v>
       </c>
       <c r="B139" s="4" t="s">
         <v>407</v>
       </c>
       <c r="C139" s="4" t="s">
         <v>408</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>409</v>
       </c>
       <c r="E139" s="4" t="s">
         <v>410</v>
       </c>
       <c r="F139" s="4" t="s">
-        <v>916</v>
+        <v>912</v>
       </c>
       <c r="G139" s="4" t="s">
         <v>412</v>
       </c>
       <c r="H139" s="4" t="s">
-        <v>917</v>
+        <v>913</v>
       </c>
       <c r="I139" s="4">
-        <v>1007</v>
-[...3 lines deleted...]
-      <c r="A140" s="4" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="140" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="7" t="s">
         <v>406</v>
       </c>
       <c r="B140" s="4" t="s">
         <v>407</v>
       </c>
       <c r="C140" s="4" t="s">
         <v>408</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>409</v>
       </c>
       <c r="E140" s="4" t="s">
         <v>410</v>
       </c>
       <c r="F140" s="4" t="s">
         <v>916</v>
       </c>
       <c r="G140" s="4" t="s">
         <v>412</v>
       </c>
       <c r="H140" s="4" t="s">
-        <v>930</v>
+        <v>917</v>
       </c>
       <c r="I140" s="4">
-        <v>1012</v>
-[...3 lines deleted...]
-      <c r="A141" s="7" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="141" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="4" t="s">
         <v>406</v>
       </c>
       <c r="B141" s="4" t="s">
         <v>407</v>
       </c>
       <c r="C141" s="4" t="s">
         <v>408</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>409</v>
       </c>
       <c r="E141" s="4" t="s">
         <v>410</v>
       </c>
       <c r="F141" s="4" t="s">
         <v>916</v>
       </c>
       <c r="G141" s="4" t="s">
         <v>412</v>
       </c>
-      <c r="H141" s="7" t="s">
+      <c r="H141" s="4" t="s">
+        <v>930</v>
+      </c>
+      <c r="I141" s="4">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="142" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="7" t="s">
+        <v>406</v>
+      </c>
+      <c r="B142" s="4" t="s">
+        <v>407</v>
+      </c>
+      <c r="C142" s="4" t="s">
+        <v>408</v>
+      </c>
+      <c r="D142" s="4" t="s">
+        <v>409</v>
+      </c>
+      <c r="E142" s="4" t="s">
+        <v>410</v>
+      </c>
+      <c r="F142" s="4" t="s">
+        <v>916</v>
+      </c>
+      <c r="G142" s="4" t="s">
+        <v>412</v>
+      </c>
+      <c r="H142" s="7" t="s">
         <v>1061</v>
       </c>
-      <c r="I141" s="8">
+      <c r="I142" s="8">
         <v>1056</v>
       </c>
-      <c r="J141" s="7" t="s">
+      <c r="J142" s="7" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="142" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A142" s="4" t="s">
+    <row r="143" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="4" t="s">
         <v>571</v>
       </c>
-      <c r="B142" s="4" t="s">
+      <c r="B143" s="4" t="s">
         <v>572</v>
       </c>
-      <c r="C142" s="4" t="s">
+      <c r="C143" s="4" t="s">
         <v>573</v>
       </c>
-      <c r="D142" s="4" t="s">
+      <c r="D143" s="4" t="s">
         <v>574</v>
       </c>
-      <c r="E142" s="4" t="s">
+      <c r="E143" s="4" t="s">
         <v>121</v>
       </c>
-      <c r="F142" s="4" t="s">
+      <c r="F143" s="4" t="s">
         <v>575</v>
       </c>
-      <c r="G142" s="4" t="s">
+      <c r="G143" s="4" t="s">
         <v>576</v>
       </c>
-      <c r="H142" s="4" t="s">
+      <c r="H143" s="4" t="s">
         <v>577</v>
       </c>
-      <c r="I142" s="4">
+      <c r="I143" s="4">
         <v>844</v>
       </c>
     </row>
-    <row r="143" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A143" s="5" t="s">
+    <row r="144" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="5" t="s">
         <v>970</v>
       </c>
-      <c r="B143" s="4" t="s">
+      <c r="B144" s="4" t="s">
         <v>971</v>
       </c>
-      <c r="C143" s="4" t="s">
+      <c r="C144" s="4" t="s">
         <v>972</v>
       </c>
-      <c r="D143" s="5" t="s">
+      <c r="D144" s="5" t="s">
         <v>973</v>
       </c>
-      <c r="E143" s="4" t="s">
+      <c r="E144" s="4" t="s">
         <v>923</v>
       </c>
-      <c r="F143" s="4" t="s">
+      <c r="F144" s="4" t="s">
         <v>974</v>
       </c>
-      <c r="G143" s="4" t="s">
+      <c r="G144" s="4" t="s">
         <v>975</v>
       </c>
-      <c r="H143" s="5" t="s">
+      <c r="H144" s="5" t="s">
         <v>976</v>
       </c>
-      <c r="I143" s="6">
+      <c r="I144" s="6">
         <v>1029</v>
       </c>
-      <c r="J143" s="5" t="s">
+      <c r="J144" s="5" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="144" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A144" s="4" t="s">
+    <row r="145" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="4" t="s">
         <v>340</v>
       </c>
-      <c r="B144" s="4" t="s">
+      <c r="B145" s="4" t="s">
         <v>341</v>
       </c>
-      <c r="C144" s="4" t="s">
+      <c r="C145" s="4" t="s">
         <v>342</v>
-      </c>
-[...27 lines deleted...]
-        <v>887</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>343</v>
       </c>
       <c r="E145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="4" t="s">
-        <v>888</v>
+        <v>344</v>
       </c>
       <c r="G145" s="4" t="s">
         <v>345</v>
       </c>
       <c r="H145" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="I145" s="4">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="146" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="4" t="s">
+        <v>885</v>
+      </c>
+      <c r="B146" s="4" t="s">
+        <v>886</v>
+      </c>
+      <c r="C146" s="4" t="s">
+        <v>887</v>
+      </c>
+      <c r="D146" s="4" t="s">
+        <v>343</v>
+      </c>
+      <c r="E146" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F146" s="4" t="s">
+        <v>888</v>
+      </c>
+      <c r="G146" s="4" t="s">
+        <v>345</v>
+      </c>
+      <c r="H146" s="4" t="s">
         <v>889</v>
       </c>
-      <c r="I145" s="4">
+      <c r="I146" s="4">
         <v>997</v>
       </c>
     </row>
-    <row r="146" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A146" s="4" t="s">
+    <row r="147" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="4" t="s">
         <v>985</v>
       </c>
-      <c r="B146" s="4" t="s">
+      <c r="B147" s="4" t="s">
         <v>986</v>
       </c>
-      <c r="C146" s="4" t="s">
+      <c r="C147" s="4" t="s">
         <v>987</v>
-      </c>
-[...30 lines deleted...]
-        <v>998</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>922</v>
       </c>
       <c r="E147" s="4" t="s">
         <v>923</v>
       </c>
       <c r="F147" s="4" t="s">
         <v>924</v>
       </c>
       <c r="G147" s="4" t="s">
-        <v>925</v>
+        <v>988</v>
       </c>
       <c r="H147" s="4" t="s">
-        <v>999</v>
+        <v>989</v>
       </c>
       <c r="I147" s="4">
-        <v>1036</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+        <v>1033</v>
+      </c>
+      <c r="J147" s="4" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="148" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A148" s="4" t="s">
-        <v>919</v>
+        <v>996</v>
       </c>
       <c r="B148" s="4" t="s">
-        <v>920</v>
+        <v>997</v>
       </c>
       <c r="C148" s="4" t="s">
-        <v>921</v>
+        <v>998</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>922</v>
       </c>
       <c r="E148" s="4" t="s">
         <v>923</v>
       </c>
       <c r="F148" s="4" t="s">
         <v>924</v>
       </c>
       <c r="G148" s="4" t="s">
         <v>925</v>
       </c>
       <c r="H148" s="4" t="s">
+        <v>999</v>
+      </c>
+      <c r="I148" s="4">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="149" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="4" t="s">
+        <v>919</v>
+      </c>
+      <c r="B149" s="4" t="s">
+        <v>920</v>
+      </c>
+      <c r="C149" s="4" t="s">
+        <v>921</v>
+      </c>
+      <c r="D149" s="4" t="s">
+        <v>922</v>
+      </c>
+      <c r="E149" s="4" t="s">
+        <v>923</v>
+      </c>
+      <c r="F149" s="4" t="s">
+        <v>924</v>
+      </c>
+      <c r="G149" s="4" t="s">
+        <v>925</v>
+      </c>
+      <c r="H149" s="4" t="s">
         <v>926</v>
       </c>
-      <c r="I148" s="4">
+      <c r="I149" s="4">
         <v>1009</v>
       </c>
     </row>
-    <row r="149" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-[...28 lines deleted...]
-    <row r="150" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="150" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A150" s="4" t="s">
         <v>56</v>
       </c>
       <c r="B150" s="4" t="s">
         <v>57</v>
       </c>
       <c r="C150" s="4" t="s">
         <v>58</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>59</v>
       </c>
       <c r="E150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="4" t="s">
         <v>60</v>
       </c>
       <c r="G150" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H150" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="I150" s="4">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="151" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="B151" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C151" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="D151" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="E151" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F151" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="G151" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H151" s="4" t="s">
         <v>414</v>
       </c>
-      <c r="I150" s="4">
+      <c r="I151" s="4">
         <v>707</v>
       </c>
     </row>
-    <row r="151" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A151" s="5" t="s">
+    <row r="152" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="5" t="s">
         <v>1002</v>
       </c>
-      <c r="B151" s="4" t="s">
+      <c r="B152" s="4" t="s">
         <v>1003</v>
       </c>
-      <c r="C151" s="4" t="s">
+      <c r="C152" s="4" t="s">
         <v>1004</v>
       </c>
-      <c r="D151" s="5" t="s">
+      <c r="D152" s="5" t="s">
         <v>1005</v>
       </c>
-      <c r="E151" s="4" t="s">
+      <c r="E152" s="4" t="s">
         <v>699</v>
       </c>
-      <c r="F151" s="4" t="s">
+      <c r="F152" s="4" t="s">
         <v>1006</v>
       </c>
-      <c r="G151" s="4" t="s">
+      <c r="G152" s="4" t="s">
         <v>1007</v>
       </c>
-      <c r="H151" s="5" t="s">
+      <c r="H152" s="5" t="s">
         <v>1008</v>
       </c>
-      <c r="I151" s="6">
+      <c r="I152" s="6">
         <v>1039</v>
       </c>
-      <c r="J151" s="5"/>
-[...2 lines deleted...]
-      <c r="A152" s="4" t="s">
+      <c r="J152" s="5"/>
+    </row>
+    <row r="153" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="4" t="s">
         <v>855</v>
       </c>
-      <c r="B152" s="4" t="s">
+      <c r="B153" s="4" t="s">
         <v>856</v>
       </c>
-      <c r="C152" s="4" t="s">
+      <c r="C153" s="4" t="s">
         <v>857</v>
       </c>
-      <c r="D152" s="4" t="s">
+      <c r="D153" s="4" t="s">
         <v>858</v>
       </c>
-      <c r="E152" s="4" t="s">
+      <c r="E153" s="4" t="s">
         <v>194</v>
       </c>
-      <c r="F152" s="4" t="s">
+      <c r="F153" s="4" t="s">
         <v>859</v>
       </c>
-      <c r="G152" s="4" t="s">
+      <c r="G153" s="4" t="s">
         <v>860</v>
       </c>
-      <c r="H152" s="4" t="s">
+      <c r="H153" s="4" t="s">
         <v>861</v>
       </c>
-      <c r="I152" s="4">
+      <c r="I153" s="4">
         <v>990</v>
       </c>
     </row>
-    <row r="153" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A153" s="4" t="s">
+    <row r="154" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="4" t="s">
         <v>532</v>
       </c>
-      <c r="B153" s="4" t="s">
+      <c r="B154" s="4" t="s">
         <v>533</v>
       </c>
-      <c r="C153" s="4" t="s">
+      <c r="C154" s="4" t="s">
         <v>534</v>
       </c>
-      <c r="D153" s="4" t="s">
+      <c r="D154" s="4" t="s">
         <v>535</v>
       </c>
-      <c r="E153" s="4" t="s">
+      <c r="E154" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="F153" s="4" t="s">
+      <c r="F154" s="4" t="s">
         <v>536</v>
       </c>
-      <c r="G153" s="4" t="s">
+      <c r="G154" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="H153" s="4" t="s">
+      <c r="H154" s="4" t="s">
         <v>537</v>
       </c>
-      <c r="I153" s="4">
+      <c r="I154" s="4">
         <v>789</v>
       </c>
     </row>
-    <row r="154" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A154" s="4" t="s">
+    <row r="155" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="4" t="s">
         <v>603</v>
       </c>
-      <c r="B154" s="4" t="s">
+      <c r="B155" s="4" t="s">
         <v>604</v>
       </c>
-      <c r="C154" s="4" t="s">
+      <c r="C155" s="4" t="s">
         <v>605</v>
       </c>
-      <c r="D154" s="4" t="s">
+      <c r="D155" s="4" t="s">
         <v>606</v>
       </c>
-      <c r="E154" s="4" t="s">
+      <c r="E155" s="4" t="s">
         <v>86</v>
       </c>
-      <c r="F154" s="4" t="s">
+      <c r="F155" s="4" t="s">
         <v>607</v>
       </c>
-      <c r="G154" s="4" t="s">
+      <c r="G155" s="4" t="s">
         <v>608</v>
       </c>
-      <c r="H154" s="4" t="s">
+      <c r="H155" s="4" t="s">
         <v>609</v>
       </c>
-      <c r="I154" s="4">
+      <c r="I155" s="4">
         <v>858</v>
       </c>
-      <c r="J154" s="4" t="s">
+      <c r="J155" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="155" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A155" s="4" t="s">
+    <row r="156" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="4" t="s">
         <v>117</v>
       </c>
-      <c r="B155" s="4" t="s">
+      <c r="B156" s="4" t="s">
         <v>118</v>
       </c>
-      <c r="C155" s="4" t="s">
+      <c r="C156" s="4" t="s">
         <v>119</v>
       </c>
-      <c r="D155" s="4" t="s">
+      <c r="D156" s="4" t="s">
         <v>120</v>
       </c>
-      <c r="E155" s="4" t="s">
+      <c r="E156" s="4" t="s">
         <v>121</v>
       </c>
-      <c r="F155" s="4" t="s">
+      <c r="F156" s="4" t="s">
         <v>122</v>
       </c>
-      <c r="G155" s="4" t="s">
+      <c r="G156" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="H155" s="4" t="s">
+      <c r="H156" s="4" t="s">
         <v>123</v>
       </c>
-      <c r="I155" s="4">
+      <c r="I156" s="4">
         <v>319</v>
       </c>
     </row>
-    <row r="156" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A156" s="4" t="s">
+    <row r="157" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="4" t="s">
         <v>383</v>
       </c>
-      <c r="B156" s="4" t="s">
+      <c r="B157" s="4" t="s">
         <v>384</v>
       </c>
-      <c r="C156" s="4" t="s">
+      <c r="C157" s="4" t="s">
         <v>385</v>
       </c>
-      <c r="D156" s="4" t="s">
+      <c r="D157" s="4" t="s">
         <v>386</v>
       </c>
-      <c r="E156" s="4" t="s">
+      <c r="E157" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="F156" s="4" t="s">
+      <c r="F157" s="4" t="s">
         <v>387</v>
       </c>
-      <c r="G156" s="4" t="s">
+      <c r="G157" s="4" t="s">
         <v>388</v>
       </c>
-      <c r="H156" s="4" t="s">
+      <c r="H157" s="4" t="s">
         <v>389</v>
       </c>
-      <c r="I156" s="4">
+      <c r="I157" s="4">
         <v>694</v>
       </c>
     </row>
-    <row r="157" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-[...31 lines deleted...]
-    <row r="158" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="158" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A158" s="4" t="s">
         <v>362</v>
       </c>
       <c r="B158" s="4" t="s">
         <v>363</v>
       </c>
       <c r="C158" s="4" t="s">
         <v>364</v>
       </c>
       <c r="D158" s="4" t="s">
-        <v>630</v>
+        <v>365</v>
       </c>
       <c r="E158" s="4" t="s">
         <v>121</v>
       </c>
       <c r="F158" s="4" t="s">
         <v>366</v>
       </c>
       <c r="G158" s="4" t="s">
         <v>367</v>
       </c>
       <c r="H158" s="4" t="s">
-        <v>631</v>
+        <v>368</v>
       </c>
       <c r="I158" s="4">
-        <v>872</v>
-[...4 lines deleted...]
-        <v>490</v>
+        <v>663</v>
+      </c>
+      <c r="J158" s="4" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="159" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="4" t="s">
+        <v>362</v>
       </c>
       <c r="B159" s="4" t="s">
-        <v>491</v>
+        <v>363</v>
       </c>
       <c r="C159" s="4" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-        <v>493</v>
+        <v>364</v>
+      </c>
+      <c r="D159" s="4" t="s">
+        <v>630</v>
       </c>
       <c r="E159" s="4" t="s">
         <v>121</v>
       </c>
       <c r="F159" s="4" t="s">
+        <v>366</v>
+      </c>
+      <c r="G159" s="4" t="s">
+        <v>367</v>
+      </c>
+      <c r="H159" s="4" t="s">
+        <v>631</v>
+      </c>
+      <c r="I159" s="4">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="160" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="B160" s="4" t="s">
+        <v>491</v>
+      </c>
+      <c r="C160" s="4" t="s">
+        <v>492</v>
+      </c>
+      <c r="D160" s="5" t="s">
+        <v>493</v>
+      </c>
+      <c r="E160" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="F160" s="4" t="s">
         <v>494</v>
       </c>
-      <c r="G159" s="4" t="s">
+      <c r="G160" s="4" t="s">
         <v>495</v>
       </c>
-      <c r="H159" s="5" t="s">
+      <c r="H160" s="5" t="s">
         <v>496</v>
       </c>
-      <c r="I159" s="6">
+      <c r="I160" s="6">
         <v>762</v>
       </c>
-      <c r="J159" s="5"/>
-[...2 lines deleted...]
-      <c r="A160" s="7" t="s">
+      <c r="J160" s="5"/>
+    </row>
+    <row r="161" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="7" t="s">
         <v>1051</v>
-      </c>
-[...30 lines deleted...]
-        <v>754</v>
       </c>
       <c r="B161" s="4" t="s">
         <v>755</v>
       </c>
       <c r="C161" s="4" t="s">
         <v>756</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>757</v>
       </c>
       <c r="E161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F161" s="4" t="s">
         <v>758</v>
       </c>
       <c r="G161" s="4" t="s">
         <v>759</v>
       </c>
-      <c r="H161" s="4" t="s">
-[...6 lines deleted...]
-    <row r="162" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="H161" s="7" t="s">
+        <v>1052</v>
+      </c>
+      <c r="I161" s="8">
+        <v>1053</v>
+      </c>
+      <c r="J161" s="7" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="162" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A162" s="4" t="s">
-        <v>890</v>
+        <v>754</v>
       </c>
       <c r="B162" s="4" t="s">
-        <v>891</v>
+        <v>755</v>
       </c>
       <c r="C162" s="4" t="s">
-        <v>892</v>
+        <v>756</v>
       </c>
       <c r="D162" s="4" t="s">
-        <v>893</v>
+        <v>757</v>
       </c>
       <c r="E162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F162" s="4" t="s">
+        <v>758</v>
+      </c>
+      <c r="G162" s="4" t="s">
+        <v>759</v>
+      </c>
+      <c r="H162" s="4" t="s">
+        <v>760</v>
+      </c>
+      <c r="I162" s="4">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="163" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="4" t="s">
+        <v>890</v>
+      </c>
+      <c r="B163" s="4" t="s">
+        <v>891</v>
+      </c>
+      <c r="C163" s="4" t="s">
+        <v>892</v>
+      </c>
+      <c r="D163" s="4" t="s">
+        <v>893</v>
+      </c>
+      <c r="E163" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F163" s="4" t="s">
         <v>894</v>
       </c>
-      <c r="G162" s="4" t="s">
+      <c r="G163" s="4" t="s">
         <v>895</v>
       </c>
-      <c r="H162" s="4" t="s">
+      <c r="H163" s="4" t="s">
         <v>896</v>
       </c>
-      <c r="I162" s="4">
+      <c r="I163" s="4">
         <v>998</v>
       </c>
     </row>
-    <row r="163" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A163" s="4" t="s">
+    <row r="164" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="4" t="s">
         <v>190</v>
       </c>
-      <c r="B163" s="4" t="s">
+      <c r="B164" s="4" t="s">
         <v>191</v>
       </c>
-      <c r="C163" s="4" t="s">
+      <c r="C164" s="4" t="s">
         <v>192</v>
       </c>
-      <c r="D163" s="4" t="s">
+      <c r="D164" s="4" t="s">
         <v>193</v>
       </c>
-      <c r="E163" s="4" t="s">
+      <c r="E164" s="4" t="s">
         <v>194</v>
       </c>
-      <c r="F163" s="4" t="s">
+      <c r="F164" s="4" t="s">
         <v>195</v>
       </c>
-      <c r="G163" s="4" t="s">
+      <c r="G164" s="4" t="s">
         <v>196</v>
       </c>
-      <c r="H163" s="4" t="s">
+      <c r="H164" s="4" t="s">
         <v>197</v>
       </c>
-      <c r="I163" s="4">
+      <c r="I164" s="4">
         <v>496</v>
       </c>
     </row>
-    <row r="164" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-[...31 lines deleted...]
-    <row r="165" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="165" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A165" s="4" t="s">
         <v>511</v>
       </c>
       <c r="B165" s="4" t="s">
         <v>512</v>
       </c>
       <c r="C165" s="4" t="s">
         <v>513</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>514</v>
       </c>
       <c r="E165" s="4" t="s">
         <v>38</v>
       </c>
       <c r="F165" s="4" t="s">
         <v>515</v>
       </c>
       <c r="G165" s="4" t="s">
         <v>516</v>
       </c>
       <c r="H165" s="4" t="s">
+        <v>517</v>
+      </c>
+      <c r="I165" s="4">
+        <v>781</v>
+      </c>
+      <c r="J165" s="4" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="166" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="4" t="s">
+        <v>511</v>
+      </c>
+      <c r="B166" s="4" t="s">
+        <v>512</v>
+      </c>
+      <c r="C166" s="4" t="s">
+        <v>513</v>
+      </c>
+      <c r="D166" s="4" t="s">
+        <v>514</v>
+      </c>
+      <c r="E166" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F166" s="4" t="s">
+        <v>515</v>
+      </c>
+      <c r="G166" s="4" t="s">
+        <v>516</v>
+      </c>
+      <c r="H166" s="4" t="s">
         <v>806</v>
       </c>
-      <c r="I165" s="4">
+      <c r="I166" s="4">
         <v>970</v>
       </c>
     </row>
-    <row r="166" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-[...28 lines deleted...]
-    <row r="167" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="167" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A167" s="4" t="s">
         <v>124</v>
       </c>
       <c r="B167" s="4" t="s">
         <v>125</v>
       </c>
       <c r="C167" s="4" t="s">
         <v>126</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>127</v>
       </c>
       <c r="E167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F167" s="4" t="s">
         <v>128</v>
       </c>
       <c r="G167" s="4" t="s">
         <v>129</v>
       </c>
       <c r="H167" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="I167" s="4">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="168" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="B168" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="C168" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="D168" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="E168" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F168" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="G168" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="H168" s="4" t="s">
         <v>131</v>
       </c>
-      <c r="I167" s="4">
+      <c r="I168" s="4">
         <v>363</v>
       </c>
     </row>
-    <row r="168" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-[...28 lines deleted...]
-    <row r="169" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="169" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A169" s="4" t="s">
         <v>526</v>
       </c>
       <c r="B169" s="4" t="s">
         <v>527</v>
       </c>
       <c r="C169" s="4" t="s">
         <v>528</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>358</v>
       </c>
       <c r="E169" s="4" t="s">
         <v>86</v>
       </c>
       <c r="F169" s="4" t="s">
         <v>529</v>
       </c>
       <c r="G169" s="4" t="s">
         <v>530</v>
       </c>
       <c r="H169" s="4" t="s">
-        <v>911</v>
+        <v>531</v>
       </c>
       <c r="I169" s="4">
-        <v>1004</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="170" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A170" s="4" t="s">
         <v>526</v>
       </c>
       <c r="B170" s="4" t="s">
         <v>527</v>
       </c>
       <c r="C170" s="4" t="s">
         <v>528</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>358</v>
       </c>
       <c r="E170" s="4" t="s">
         <v>86</v>
       </c>
       <c r="F170" s="4" t="s">
         <v>529</v>
       </c>
       <c r="G170" s="4" t="s">
         <v>530</v>
       </c>
       <c r="H170" s="4" t="s">
+        <v>911</v>
+      </c>
+      <c r="I170" s="4">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="171" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="4" t="s">
+        <v>526</v>
+      </c>
+      <c r="B171" s="4" t="s">
+        <v>527</v>
+      </c>
+      <c r="C171" s="4" t="s">
+        <v>528</v>
+      </c>
+      <c r="D171" s="4" t="s">
+        <v>358</v>
+      </c>
+      <c r="E171" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="F171" s="4" t="s">
+        <v>529</v>
+      </c>
+      <c r="G171" s="4" t="s">
+        <v>530</v>
+      </c>
+      <c r="H171" s="4" t="s">
         <v>927</v>
       </c>
-      <c r="I170" s="4">
+      <c r="I171" s="4">
         <v>1010</v>
       </c>
     </row>
-    <row r="171" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A171" s="4" t="s">
+    <row r="172" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="4" t="s">
         <v>721</v>
       </c>
-      <c r="B171" s="4" t="s">
+      <c r="B172" s="4" t="s">
         <v>722</v>
       </c>
-      <c r="C171" s="4" t="s">
+      <c r="C172" s="4" t="s">
         <v>723</v>
       </c>
-      <c r="D171" s="4" t="s">
+      <c r="D172" s="4" t="s">
         <v>724</v>
       </c>
-      <c r="E171" s="4" t="s">
+      <c r="E172" s="4" t="s">
         <v>194</v>
       </c>
-      <c r="F171" s="4" t="s">
+      <c r="F172" s="4" t="s">
         <v>725</v>
       </c>
-      <c r="G171" s="4" t="s">
+      <c r="G172" s="4" t="s">
         <v>726</v>
       </c>
-      <c r="H171" s="4" t="s">
+      <c r="H172" s="4" t="s">
         <v>727</v>
       </c>
-      <c r="I171" s="4">
+      <c r="I172" s="4">
         <v>924</v>
       </c>
-      <c r="J171" s="4" t="s">
+      <c r="J172" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="172" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A172" s="4" t="s">
+    <row r="173" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="4" t="s">
         <v>484</v>
       </c>
-      <c r="B172" s="4" t="s">
+      <c r="B173" s="4" t="s">
         <v>485</v>
       </c>
-      <c r="C172" s="4" t="s">
+      <c r="C173" s="4" t="s">
         <v>486</v>
       </c>
-      <c r="D172" s="4" t="s">
+      <c r="D173" s="4" t="s">
         <v>297</v>
-      </c>
-[...27 lines deleted...]
-        <v>318</v>
       </c>
       <c r="E173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F173" s="4" t="s">
-        <v>319</v>
+        <v>487</v>
       </c>
       <c r="G173" s="4" t="s">
-        <v>24</v>
+        <v>488</v>
       </c>
       <c r="H173" s="4" t="s">
-        <v>320</v>
+        <v>489</v>
       </c>
       <c r="I173" s="4">
-        <v>619</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="174" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A174" s="4" t="s">
-        <v>198</v>
+        <v>315</v>
       </c>
       <c r="B174" s="4" t="s">
-        <v>199</v>
+        <v>316</v>
       </c>
       <c r="C174" s="4" t="s">
-        <v>200</v>
+        <v>317</v>
       </c>
       <c r="D174" s="4" t="s">
-        <v>201</v>
+        <v>318</v>
       </c>
       <c r="E174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F174" s="4" t="s">
-        <v>202</v>
+        <v>319</v>
       </c>
       <c r="G174" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H174" s="4" t="s">
+        <v>320</v>
+      </c>
+      <c r="I174" s="4">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="175" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="B175" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="C175" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="D175" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="E175" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F175" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="G175" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H175" s="4" t="s">
         <v>203</v>
       </c>
-      <c r="I174" s="4">
+      <c r="I175" s="4">
         <v>506</v>
       </c>
     </row>
-    <row r="175" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A175" s="4" t="s">
+    <row r="176" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="4" t="s">
         <v>687</v>
       </c>
-      <c r="B175" s="4" t="s">
+      <c r="B176" s="4" t="s">
         <v>688</v>
       </c>
-      <c r="C175" s="4" t="s">
+      <c r="C176" s="4" t="s">
         <v>689</v>
       </c>
-      <c r="D175" s="4" t="s">
+      <c r="D176" s="4" t="s">
         <v>690</v>
       </c>
-      <c r="E175" s="4" t="s">
+      <c r="E176" s="4" t="s">
         <v>691</v>
       </c>
-      <c r="F175" s="4" t="s">
+      <c r="F176" s="4" t="s">
         <v>692</v>
       </c>
-      <c r="G175" s="4" t="s">
+      <c r="G176" s="4" t="s">
         <v>693</v>
       </c>
-      <c r="H175" s="4" t="s">
+      <c r="H176" s="4" t="s">
         <v>694</v>
       </c>
-      <c r="I175" s="4">
+      <c r="I176" s="4">
         <v>902</v>
       </c>
-      <c r="J175" s="4" t="s">
+      <c r="J176" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="176" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A176" s="5" t="s">
+    <row r="177" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="5" t="s">
         <v>632</v>
       </c>
-      <c r="B176" s="4" t="s">
+      <c r="B177" s="4" t="s">
         <v>633</v>
       </c>
-      <c r="C176" s="4" t="s">
+      <c r="C177" s="4" t="s">
         <v>634</v>
       </c>
-      <c r="D176" s="5" t="s">
+      <c r="D177" s="5" t="s">
         <v>635</v>
-      </c>
-[...28 lines deleted...]
-        <v>45</v>
       </c>
       <c r="E177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F177" s="4" t="s">
-        <v>46</v>
+        <v>636</v>
       </c>
       <c r="G177" s="4" t="s">
-        <v>47</v>
-[...8 lines deleted...]
-    <row r="178" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+        <v>637</v>
+      </c>
+      <c r="H177" s="5" t="s">
+        <v>638</v>
+      </c>
+      <c r="I177" s="6">
+        <v>876</v>
+      </c>
+      <c r="J177" s="5"/>
+    </row>
+    <row r="178" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A178" s="4" t="s">
-        <v>538</v>
+        <v>42</v>
       </c>
       <c r="B178" s="4" t="s">
         <v>43</v>
       </c>
       <c r="C178" s="4" t="s">
         <v>44</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>45</v>
       </c>
       <c r="E178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F178" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G178" s="4" t="s">
         <v>47</v>
       </c>
       <c r="H178" s="4" t="s">
-        <v>539</v>
+        <v>48</v>
       </c>
       <c r="I178" s="4">
-        <v>790</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="179" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A179" s="4" t="s">
-        <v>273</v>
+        <v>538</v>
       </c>
       <c r="B179" s="4" t="s">
-        <v>274</v>
+        <v>43</v>
       </c>
       <c r="C179" s="4" t="s">
-        <v>275</v>
+        <v>44</v>
       </c>
       <c r="D179" s="4" t="s">
-        <v>276</v>
+        <v>45</v>
       </c>
       <c r="E179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F179" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G179" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="H179" s="4" t="s">
+        <v>539</v>
+      </c>
+      <c r="I179" s="4">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="180" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="4" t="s">
+        <v>273</v>
+      </c>
+      <c r="B180" s="4" t="s">
+        <v>274</v>
+      </c>
+      <c r="C180" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="D180" s="4" t="s">
+        <v>276</v>
+      </c>
+      <c r="E180" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F180" s="4" t="s">
         <v>277</v>
       </c>
-      <c r="G179" s="4" t="s">
+      <c r="G180" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="H179" s="4" t="s">
+      <c r="H180" s="4" t="s">
         <v>278</v>
       </c>
-      <c r="I179" s="4">
+      <c r="I180" s="4">
         <v>593</v>
       </c>
-      <c r="J179" s="4" t="s">
+      <c r="J180" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="180" spans="1:10" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A180" s="4" t="s">
+    <row r="181" spans="1:10" s="4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A181" s="4" t="s">
         <v>1035</v>
       </c>
-      <c r="B180" s="9" t="s">
+      <c r="B181" s="9" t="s">
         <v>1036</v>
       </c>
-      <c r="C180" s="4" t="s">
+      <c r="C181" s="4" t="s">
         <v>1037</v>
       </c>
-      <c r="D180" s="4" t="s">
+      <c r="D181" s="4" t="s">
         <v>179</v>
       </c>
-      <c r="E180" s="4" t="s">
+      <c r="E181" s="4" t="s">
         <v>38</v>
       </c>
-      <c r="F180" s="4" t="s">
+      <c r="F181" s="4" t="s">
         <v>1038</v>
       </c>
-      <c r="G180" s="4" t="s">
+      <c r="G181" s="4" t="s">
         <v>1039</v>
       </c>
-      <c r="H180" s="4" t="s">
+      <c r="H181" s="4" t="s">
         <v>1040</v>
       </c>
-      <c r="I180" s="4">
+      <c r="I181" s="4">
         <v>1046</v>
       </c>
-      <c r="J180" s="4" t="s">
+      <c r="J181" s="4" t="s">
         <v>449</v>
       </c>
     </row>
-    <row r="181" spans="1:10" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A181" s="4" t="s">
+    <row r="182" spans="1:10" s="4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A182" s="4" t="s">
         <v>450</v>
       </c>
-      <c r="B181" s="9" t="s">
+      <c r="B182" s="9" t="s">
         <v>451</v>
       </c>
-      <c r="C181" s="4" t="s">
+      <c r="C182" s="4" t="s">
         <v>452</v>
       </c>
-      <c r="D181" s="4" t="s">
+      <c r="D182" s="4" t="s">
         <v>453</v>
-      </c>
-[...27 lines deleted...]
-        <v>79</v>
       </c>
       <c r="E182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F182" s="4" t="s">
-        <v>866</v>
+        <v>454</v>
       </c>
       <c r="G182" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H182" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="I182" s="4">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="183" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="4" t="s">
+        <v>863</v>
+      </c>
+      <c r="B183" s="4" t="s">
+        <v>864</v>
+      </c>
+      <c r="C183" s="4" t="s">
+        <v>865</v>
+      </c>
+      <c r="D183" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="E183" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F183" s="4" t="s">
+        <v>866</v>
+      </c>
+      <c r="G183" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H183" s="4" t="s">
         <v>867</v>
       </c>
-      <c r="I182" s="4">
+      <c r="I183" s="4">
         <v>992</v>
       </c>
     </row>
-    <row r="183" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-[...28 lines deleted...]
-    <row r="184" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="184" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A184" s="4" t="s">
         <v>287</v>
       </c>
       <c r="B184" s="4" t="s">
         <v>288</v>
       </c>
       <c r="C184" s="4" t="s">
         <v>289</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>290</v>
       </c>
       <c r="E184" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F184" s="4" t="s">
         <v>291</v>
       </c>
       <c r="G184" s="4" t="s">
         <v>292</v>
       </c>
-      <c r="H184" s="5" t="s">
-[...7 lines deleted...]
-    <row r="185" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="H184" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="I184" s="4">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="185" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A185" s="4" t="s">
         <v>287</v>
       </c>
       <c r="B185" s="4" t="s">
         <v>288</v>
       </c>
       <c r="C185" s="4" t="s">
         <v>289</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>290</v>
       </c>
       <c r="E185" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F185" s="4" t="s">
         <v>291</v>
       </c>
       <c r="G185" s="4" t="s">
         <v>292</v>
       </c>
       <c r="H185" s="5" t="s">
+        <v>833</v>
+      </c>
+      <c r="I185" s="6">
+        <v>980</v>
+      </c>
+      <c r="J185" s="5"/>
+    </row>
+    <row r="186" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="B186" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C186" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="D186" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="E186" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F186" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="G186" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="H186" s="5" t="s">
         <v>834</v>
       </c>
-      <c r="I185" s="6">
+      <c r="I186" s="6">
         <v>981</v>
       </c>
-      <c r="J185" s="5"/>
-[...2 lines deleted...]
-      <c r="A186" s="4" t="s">
+      <c r="J186" s="5"/>
+    </row>
+    <row r="187" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="4" t="s">
         <v>558</v>
       </c>
-      <c r="B186" s="4" t="s">
+      <c r="B187" s="4" t="s">
         <v>559</v>
       </c>
-      <c r="C186" s="4" t="s">
+      <c r="C187" s="4" t="s">
         <v>560</v>
       </c>
-      <c r="D186" s="4" t="s">
+      <c r="D187" s="4" t="s">
         <v>561</v>
       </c>
-      <c r="E186" s="4" t="s">
+      <c r="E187" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="F186" s="4" t="s">
+      <c r="F187" s="4" t="s">
         <v>562</v>
       </c>
-      <c r="G186" s="4" t="s">
+      <c r="G187" s="4" t="s">
         <v>563</v>
       </c>
-      <c r="H186" s="4" t="s">
+      <c r="H187" s="4" t="s">
         <v>564</v>
       </c>
-      <c r="I186" s="4">
+      <c r="I187" s="4">
         <v>832</v>
       </c>
-      <c r="J186" s="4" t="s">
+      <c r="J187" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="187" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-[...28 lines deleted...]
-    <row r="188" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="188" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A188" s="4" t="s">
         <v>225</v>
       </c>
       <c r="B188" s="4" t="s">
         <v>226</v>
       </c>
       <c r="C188" s="4" t="s">
         <v>227</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>228</v>
       </c>
       <c r="E188" s="4" t="s">
         <v>121</v>
       </c>
       <c r="F188" s="4" t="s">
-        <v>665</v>
+        <v>229</v>
       </c>
       <c r="G188" s="4" t="s">
         <v>230</v>
       </c>
       <c r="H188" s="4" t="s">
-        <v>666</v>
+        <v>231</v>
       </c>
       <c r="I188" s="4">
-        <v>897</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="189" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A189" s="4" t="s">
         <v>225</v>
       </c>
       <c r="B189" s="4" t="s">
         <v>226</v>
       </c>
       <c r="C189" s="4" t="s">
         <v>227</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>228</v>
       </c>
       <c r="E189" s="4" t="s">
         <v>121</v>
       </c>
       <c r="F189" s="4" t="s">
         <v>665</v>
       </c>
       <c r="G189" s="4" t="s">
         <v>230</v>
       </c>
       <c r="H189" s="4" t="s">
-        <v>761</v>
+        <v>666</v>
       </c>
       <c r="I189" s="4">
-        <v>943</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="190" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A190" s="4" t="s">
         <v>225</v>
       </c>
       <c r="B190" s="4" t="s">
         <v>226</v>
       </c>
       <c r="C190" s="4" t="s">
         <v>227</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>228</v>
       </c>
       <c r="E190" s="4" t="s">
         <v>121</v>
       </c>
       <c r="F190" s="4" t="s">
         <v>665</v>
       </c>
       <c r="G190" s="4" t="s">
         <v>230</v>
       </c>
       <c r="H190" s="4" t="s">
-        <v>770</v>
+        <v>761</v>
       </c>
       <c r="I190" s="4">
-        <v>954</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="191" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A191" s="4" t="s">
         <v>225</v>
       </c>
       <c r="B191" s="4" t="s">
         <v>226</v>
       </c>
       <c r="C191" s="4" t="s">
         <v>227</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>228</v>
       </c>
       <c r="E191" s="4" t="s">
         <v>121</v>
       </c>
       <c r="F191" s="4" t="s">
         <v>665</v>
       </c>
       <c r="G191" s="4" t="s">
         <v>230</v>
       </c>
       <c r="H191" s="4" t="s">
-        <v>897</v>
+        <v>770</v>
       </c>
       <c r="I191" s="4">
-        <v>999</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="192" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A192" s="4" t="s">
         <v>225</v>
       </c>
       <c r="B192" s="4" t="s">
         <v>226</v>
       </c>
       <c r="C192" s="4" t="s">
         <v>227</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>228</v>
       </c>
       <c r="E192" s="4" t="s">
         <v>121</v>
       </c>
       <c r="F192" s="4" t="s">
         <v>665</v>
       </c>
       <c r="G192" s="4" t="s">
         <v>230</v>
       </c>
       <c r="H192" s="4" t="s">
-        <v>931</v>
+        <v>897</v>
       </c>
       <c r="I192" s="4">
-        <v>1015</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="193" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A193" s="4" t="s">
         <v>225</v>
       </c>
       <c r="B193" s="4" t="s">
         <v>226</v>
       </c>
       <c r="C193" s="4" t="s">
         <v>227</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>228</v>
       </c>
       <c r="E193" s="4" t="s">
         <v>121</v>
       </c>
       <c r="F193" s="4" t="s">
-        <v>957</v>
+        <v>665</v>
       </c>
       <c r="G193" s="4" t="s">
         <v>230</v>
       </c>
       <c r="H193" s="4" t="s">
-        <v>958</v>
+        <v>931</v>
       </c>
       <c r="I193" s="4">
-        <v>1022</v>
-[...3 lines deleted...]
-      <c r="A194" s="7" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="194" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="4" t="s">
         <v>225</v>
       </c>
       <c r="B194" s="4" t="s">
         <v>226</v>
       </c>
       <c r="C194" s="4" t="s">
         <v>227</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>228</v>
       </c>
       <c r="E194" s="4" t="s">
         <v>121</v>
       </c>
       <c r="F194" s="4" t="s">
         <v>957</v>
       </c>
       <c r="G194" s="4" t="s">
         <v>230</v>
       </c>
-      <c r="H194" s="7" t="s">
-[...7 lines deleted...]
-    <row r="195" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="H194" s="4" t="s">
+        <v>958</v>
+      </c>
+      <c r="I194" s="4">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="195" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A195" s="7" t="s">
         <v>225</v>
       </c>
       <c r="B195" s="4" t="s">
         <v>226</v>
       </c>
       <c r="C195" s="4" t="s">
         <v>227</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>228</v>
       </c>
       <c r="E195" s="4" t="s">
         <v>121</v>
       </c>
       <c r="F195" s="4" t="s">
-        <v>1079</v>
+        <v>957</v>
       </c>
       <c r="G195" s="4" t="s">
         <v>230</v>
       </c>
       <c r="H195" s="7" t="s">
+        <v>1060</v>
+      </c>
+      <c r="I195" s="8">
+        <v>1055</v>
+      </c>
+      <c r="J195" s="7"/>
+    </row>
+    <row r="196" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A196" s="7" t="s">
+        <v>225</v>
+      </c>
+      <c r="B196" s="4" t="s">
+        <v>226</v>
+      </c>
+      <c r="C196" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="D196" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="E196" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="F196" s="4" t="s">
+        <v>1079</v>
+      </c>
+      <c r="G196" s="4" t="s">
+        <v>230</v>
+      </c>
+      <c r="H196" s="7" t="s">
         <v>1078</v>
       </c>
-      <c r="I195" s="8">
+      <c r="I196" s="8">
         <v>1061</v>
       </c>
-      <c r="J195" s="7"/>
-[...2 lines deleted...]
-      <c r="A196" s="4" t="s">
+      <c r="J196" s="7"/>
+    </row>
+    <row r="197" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A197" s="4" t="s">
         <v>328</v>
       </c>
-      <c r="B196" s="4" t="s">
+      <c r="B197" s="4" t="s">
         <v>329</v>
       </c>
-      <c r="C196" s="4" t="s">
+      <c r="C197" s="4" t="s">
         <v>330</v>
       </c>
-      <c r="D196" s="4" t="s">
+      <c r="D197" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="E196" s="4" t="s">
+      <c r="E197" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="F196" s="4" t="s">
+      <c r="F197" s="4" t="s">
         <v>331</v>
       </c>
-      <c r="G196" s="4" t="s">
+      <c r="G197" s="4" t="s">
         <v>332</v>
       </c>
-      <c r="H196" s="4" t="s">
+      <c r="H197" s="4" t="s">
         <v>333</v>
       </c>
-      <c r="I196" s="4">
+      <c r="I197" s="4">
         <v>637</v>
-      </c>
-[...30 lines deleted...]
-        <v>682</v>
       </c>
       <c r="J197" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="198" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="198" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A198" s="4" t="s">
         <v>370</v>
       </c>
       <c r="B198" s="4" t="s">
         <v>371</v>
       </c>
       <c r="C198" s="4" t="s">
         <v>372</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>373</v>
       </c>
       <c r="E198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F198" s="4" t="s">
         <v>374</v>
       </c>
       <c r="G198" s="4" t="s">
         <v>375</v>
       </c>
       <c r="H198" s="4" t="s">
-        <v>549</v>
+        <v>376</v>
       </c>
       <c r="I198" s="4">
-        <v>806</v>
+        <v>682</v>
       </c>
       <c r="J198" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="199" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="199" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A199" s="4" t="s">
+        <v>370</v>
+      </c>
+      <c r="B199" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="C199" s="4" t="s">
+        <v>372</v>
+      </c>
+      <c r="D199" s="4" t="s">
+        <v>373</v>
+      </c>
+      <c r="E199" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F199" s="4" t="s">
+        <v>374</v>
+      </c>
+      <c r="G199" s="4" t="s">
+        <v>375</v>
+      </c>
+      <c r="H199" s="4" t="s">
+        <v>549</v>
+      </c>
+      <c r="I199" s="4">
+        <v>806</v>
+      </c>
+      <c r="J199" s="4" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="200" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A200" s="4" t="s">
         <v>210</v>
       </c>
-      <c r="B199" s="4" t="s">
+      <c r="B200" s="4" t="s">
         <v>211</v>
       </c>
-      <c r="C199" s="4" t="s">
+      <c r="C200" s="4" t="s">
         <v>212</v>
       </c>
-      <c r="D199" s="4" t="s">
+      <c r="D200" s="4" t="s">
         <v>213</v>
       </c>
-      <c r="E199" s="4" t="s">
+      <c r="E200" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="F199" s="4" t="s">
+      <c r="F200" s="4" t="s">
         <v>214</v>
-      </c>
-[...27 lines deleted...]
-        <v>338</v>
       </c>
       <c r="G200" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H200" s="4" t="s">
-        <v>339</v>
+        <v>215</v>
       </c>
       <c r="I200" s="4">
-        <v>645</v>
-[...5 lines deleted...]
-    <row r="201" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="201" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A201" s="4" t="s">
-        <v>164</v>
+        <v>334</v>
       </c>
       <c r="B201" s="4" t="s">
-        <v>165</v>
+        <v>335</v>
       </c>
       <c r="C201" s="4" t="s">
-        <v>166</v>
+        <v>336</v>
       </c>
       <c r="D201" s="4" t="s">
-        <v>30</v>
+        <v>337</v>
       </c>
       <c r="E201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F201" s="4" t="s">
+        <v>338</v>
+      </c>
+      <c r="G201" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H201" s="4" t="s">
+        <v>339</v>
+      </c>
+      <c r="I201" s="4">
+        <v>645</v>
+      </c>
+      <c r="J201" s="4" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="202" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A202" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="B202" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="C202" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="D202" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E202" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F202" s="4" t="s">
         <v>167</v>
       </c>
-      <c r="G201" s="4" t="s">
+      <c r="G202" s="4" t="s">
         <v>168</v>
       </c>
-      <c r="H201" s="4" t="s">
+      <c r="H202" s="4" t="s">
         <v>169</v>
       </c>
-      <c r="I201" s="4">
+      <c r="I202" s="4">
         <v>485</v>
       </c>
     </row>
-    <row r="202" spans="1:10" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...28 lines deleted...]
-    <row r="203" spans="1:10" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:10" s="4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A203" s="7" t="s">
         <v>1080</v>
       </c>
       <c r="B203" s="9" t="s">
         <v>1045</v>
       </c>
       <c r="C203" s="4" t="s">
         <v>1046</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>1047</v>
       </c>
       <c r="E203" s="4" t="s">
         <v>410</v>
       </c>
-      <c r="F203" s="7" t="s">
-[...16 lines deleted...]
-      <c r="A204" s="15" t="s">
+      <c r="F203" s="4" t="s">
+        <v>1048</v>
+      </c>
+      <c r="G203" s="4" t="s">
+        <v>1049</v>
+      </c>
+      <c r="H203" s="4" t="s">
+        <v>1050</v>
+      </c>
+      <c r="I203" s="4">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="204" spans="1:10" s="4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A204" s="7" t="s">
         <v>1080</v>
       </c>
       <c r="B204" s="9" t="s">
         <v>1045</v>
       </c>
       <c r="C204" s="4" t="s">
         <v>1046</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>1047</v>
       </c>
       <c r="E204" s="4" t="s">
         <v>410</v>
       </c>
       <c r="F204" s="7" t="s">
         <v>1081</v>
       </c>
       <c r="G204" s="11" t="s">
         <v>1083</v>
       </c>
-      <c r="H204" s="15" t="s">
-        <v>1125</v>
+      <c r="H204" s="7" t="s">
+        <v>1082</v>
       </c>
       <c r="I204" s="8">
-        <v>1064</v>
+        <v>1062</v>
       </c>
       <c r="J204" s="7" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="205" spans="1:10" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:10" s="4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A205" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="B205" s="9" t="s">
         <v>1045</v>
       </c>
       <c r="C205" s="4" t="s">
         <v>1046</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>1047</v>
       </c>
       <c r="E205" s="4" t="s">
         <v>410</v>
       </c>
       <c r="F205" s="7" t="s">
         <v>1081</v>
       </c>
       <c r="G205" s="11" t="s">
         <v>1083</v>
       </c>
       <c r="H205" s="15" t="s">
-        <v>1126</v>
-[...1 lines deleted...]
-      <c r="I205" s="4">
+        <v>1124</v>
+      </c>
+      <c r="I205" s="8">
+        <v>1064</v>
+      </c>
+      <c r="J205" s="7" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="206" spans="1:10" s="4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A206" s="15" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B206" s="9" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C206" s="4" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D206" s="4" t="s">
+        <v>1047</v>
+      </c>
+      <c r="E206" s="4" t="s">
+        <v>410</v>
+      </c>
+      <c r="F206" s="7" t="s">
+        <v>1081</v>
+      </c>
+      <c r="G206" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H206" s="15" t="s">
+        <v>1125</v>
+      </c>
+      <c r="I206" s="4">
         <v>1065</v>
       </c>
-      <c r="J205" s="4" t="s">
+      <c r="J206" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="206" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A206" s="4" t="s">
+    <row r="207" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A207" s="4" t="s">
         <v>868</v>
       </c>
-      <c r="B206" s="4" t="s">
+      <c r="B207" s="4" t="s">
         <v>869</v>
       </c>
-      <c r="C206" s="4" t="s">
+      <c r="C207" s="4" t="s">
         <v>870</v>
       </c>
-      <c r="D206" s="4" t="s">
+      <c r="D207" s="4" t="s">
         <v>871</v>
       </c>
-      <c r="E206" s="4" t="s">
+      <c r="E207" s="4" t="s">
         <v>121</v>
       </c>
-      <c r="F206" s="4" t="s">
+      <c r="F207" s="4" t="s">
         <v>872</v>
       </c>
-      <c r="G206" s="4" t="s">
+      <c r="G207" s="4" t="s">
         <v>873</v>
       </c>
-      <c r="H206" s="4" t="s">
+      <c r="H207" s="4" t="s">
         <v>874</v>
       </c>
-      <c r="I206" s="4">
+      <c r="I207" s="4">
         <v>993</v>
       </c>
     </row>
-    <row r="207" spans="1:10" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A207" s="7" t="s">
+    <row r="208" spans="1:10" s="4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A208" s="7" t="s">
         <v>1122</v>
       </c>
-      <c r="B207" s="4" t="s">
+      <c r="B208" s="4" t="s">
         <v>1120</v>
       </c>
-      <c r="C207" s="4" t="s">
+      <c r="C208" s="4" t="s">
         <v>1119</v>
       </c>
-      <c r="D207" s="4" t="s">
+      <c r="D208" s="4" t="s">
         <v>635</v>
-      </c>
-[...28 lines deleted...]
-        <v>751</v>
       </c>
       <c r="E208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F208" s="4" t="s">
-        <v>752</v>
-[...11 lines deleted...]
-    <row r="209" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+        <v>1121</v>
+      </c>
+      <c r="G208" s="12" t="s">
+        <v>1123</v>
+      </c>
+      <c r="H208" s="7" t="s">
+        <v>1118</v>
+      </c>
+      <c r="I208" s="8">
+        <v>552</v>
+      </c>
+      <c r="J208" s="7"/>
+    </row>
+    <row r="209" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A209" s="4" t="s">
-        <v>301</v>
+        <v>748</v>
       </c>
       <c r="B209" s="4" t="s">
-        <v>302</v>
+        <v>749</v>
       </c>
       <c r="C209" s="4" t="s">
-        <v>303</v>
+        <v>750</v>
       </c>
       <c r="D209" s="4" t="s">
-        <v>304</v>
+        <v>751</v>
       </c>
       <c r="E209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F209" s="4" t="s">
+        <v>752</v>
+      </c>
+      <c r="G209" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H209" s="4" t="s">
+        <v>753</v>
+      </c>
+      <c r="I209" s="4">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="210" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="4" t="s">
+        <v>301</v>
+      </c>
+      <c r="B210" s="4" t="s">
+        <v>302</v>
+      </c>
+      <c r="C210" s="4" t="s">
+        <v>303</v>
+      </c>
+      <c r="D210" s="4" t="s">
+        <v>304</v>
+      </c>
+      <c r="E210" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F210" s="4" t="s">
         <v>305</v>
       </c>
-      <c r="G209" s="4" t="s">
+      <c r="G210" s="4" t="s">
         <v>306</v>
       </c>
-      <c r="H209" s="4" t="s">
+      <c r="H210" s="4" t="s">
         <v>307</v>
       </c>
-      <c r="I209" s="4">
+      <c r="I210" s="4">
         <v>606</v>
       </c>
     </row>
-    <row r="210" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A210" s="4" t="s">
+    <row r="211" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="4" t="s">
         <v>695</v>
       </c>
-      <c r="B210" s="4" t="s">
+      <c r="B211" s="4" t="s">
         <v>696</v>
       </c>
-      <c r="C210" s="4" t="s">
+      <c r="C211" s="4" t="s">
         <v>697</v>
       </c>
-      <c r="D210" s="4" t="s">
+      <c r="D211" s="4" t="s">
         <v>698</v>
       </c>
-      <c r="E210" s="4" t="s">
+      <c r="E211" s="4" t="s">
         <v>699</v>
       </c>
-      <c r="F210" s="4" t="s">
+      <c r="F211" s="4" t="s">
         <v>700</v>
       </c>
-      <c r="G210" s="4" t="s">
+      <c r="G211" s="4" t="s">
         <v>701</v>
       </c>
-      <c r="H210" s="4" t="s">
+      <c r="H211" s="4" t="s">
         <v>702</v>
       </c>
-      <c r="I210" s="4">
+      <c r="I211" s="4">
         <v>907</v>
       </c>
-      <c r="J210" s="4" t="s">
+      <c r="J211" s="4" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="211" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A211" s="4" t="s">
+    <row r="212" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="4" t="s">
         <v>377</v>
       </c>
-      <c r="B211" s="4" t="s">
+      <c r="B212" s="4" t="s">
         <v>378</v>
       </c>
-      <c r="C211" s="4" t="s">
+      <c r="C212" s="4" t="s">
         <v>379</v>
       </c>
-      <c r="D211" s="4" t="s">
+      <c r="D212" s="4" t="s">
         <v>380</v>
       </c>
-      <c r="E211" s="4" t="s">
+      <c r="E212" s="4" t="s">
         <v>121</v>
       </c>
-      <c r="F211" s="4" t="s">
+      <c r="F212" s="4" t="s">
         <v>381</v>
-      </c>
-[...27 lines deleted...]
-        <v>87</v>
       </c>
       <c r="G212" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H212" s="4" t="s">
+        <v>382</v>
+      </c>
+      <c r="I212" s="4">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="213" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A213" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="B213" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C213" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="D213" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="E213" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="F213" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="G213" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H213" s="4" t="s">
         <v>88</v>
       </c>
-      <c r="I212" s="4">
+      <c r="I213" s="4">
         <v>270</v>
       </c>
     </row>
-    <row r="213" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A213" s="4" t="s">
+    <row r="214" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A214" s="4" t="s">
         <v>504</v>
       </c>
-      <c r="B213" s="4" t="s">
+      <c r="B214" s="4" t="s">
         <v>505</v>
       </c>
-      <c r="C213" s="4" t="s">
+      <c r="C214" s="4" t="s">
         <v>506</v>
       </c>
-      <c r="D213" s="4" t="s">
+      <c r="D214" s="4" t="s">
         <v>507</v>
-      </c>
-[...27 lines deleted...]
-        <v>751</v>
       </c>
       <c r="E214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F214" s="4" t="s">
-        <v>908</v>
+        <v>508</v>
       </c>
       <c r="G214" s="4" t="s">
-        <v>909</v>
+        <v>509</v>
       </c>
       <c r="H214" s="4" t="s">
-        <v>910</v>
+        <v>510</v>
       </c>
       <c r="I214" s="4">
-        <v>1003</v>
-[...5 lines deleted...]
-    <row r="215" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="215" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A215" s="4" t="s">
-        <v>10</v>
+        <v>905</v>
       </c>
       <c r="B215" s="4" t="s">
-        <v>11</v>
+        <v>906</v>
       </c>
       <c r="C215" s="4" t="s">
-        <v>12</v>
+        <v>907</v>
       </c>
       <c r="D215" s="4" t="s">
-        <v>13</v>
+        <v>751</v>
       </c>
       <c r="E215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F215" s="4" t="s">
-        <v>15</v>
+        <v>908</v>
       </c>
       <c r="G215" s="4" t="s">
-        <v>16</v>
+        <v>909</v>
       </c>
       <c r="H215" s="4" t="s">
-        <v>17</v>
+        <v>910</v>
       </c>
       <c r="I215" s="4">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+        <v>1003</v>
+      </c>
+      <c r="J215" s="4" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="216" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A216" s="4" t="s">
         <v>10</v>
       </c>
       <c r="B216" s="4" t="s">
-        <v>223</v>
+        <v>11</v>
       </c>
       <c r="C216" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F216" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G216" s="4" t="s">
         <v>16</v>
       </c>
       <c r="H216" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I216" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="217" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A217" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B217" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="C217" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D217" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E217" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F217" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G217" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H217" s="4" t="s">
         <v>224</v>
       </c>
-      <c r="I216" s="4">
+      <c r="I217" s="4">
         <v>545</v>
       </c>
     </row>
-    <row r="217" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-[...28 lines deleted...]
-    <row r="218" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="218" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A218" s="4" t="s">
         <v>584</v>
       </c>
       <c r="B218" s="4" t="s">
         <v>585</v>
       </c>
       <c r="C218" s="4" t="s">
         <v>586</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>587</v>
       </c>
       <c r="E218" s="4" t="s">
         <v>38</v>
       </c>
       <c r="F218" s="4" t="s">
         <v>588</v>
       </c>
       <c r="G218" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H218" s="4" t="s">
+        <v>589</v>
+      </c>
+      <c r="I218" s="4">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="219" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="4" t="s">
+        <v>584</v>
+      </c>
+      <c r="B219" s="4" t="s">
+        <v>585</v>
+      </c>
+      <c r="C219" s="4" t="s">
+        <v>586</v>
+      </c>
+      <c r="D219" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="E219" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F219" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="G219" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H219" s="4" t="s">
         <v>720</v>
       </c>
-      <c r="I218" s="4">
+      <c r="I219" s="4">
         <v>921</v>
       </c>
     </row>
-    <row r="219" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A219" s="4" t="s">
+    <row r="220" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A220" s="4" t="s">
         <v>942</v>
       </c>
-      <c r="B219" s="4" t="s">
+      <c r="B220" s="4" t="s">
         <v>943</v>
       </c>
-      <c r="C219" s="4" t="s">
+      <c r="C220" s="4" t="s">
         <v>944</v>
       </c>
-      <c r="D219" s="4" t="s">
+      <c r="D220" s="4" t="s">
         <v>945</v>
       </c>
-      <c r="E219" s="4" t="s">
+      <c r="E220" s="4" t="s">
         <v>946</v>
       </c>
-      <c r="F219" s="4" t="s">
+      <c r="F220" s="4" t="s">
         <v>947</v>
       </c>
-      <c r="G219" s="4" t="s">
+      <c r="G220" s="4" t="s">
         <v>948</v>
       </c>
-      <c r="H219" s="4" t="s">
+      <c r="H220" s="4" t="s">
         <v>949</v>
       </c>
-      <c r="I219" s="4">
+      <c r="I220" s="4">
         <v>1020</v>
       </c>
     </row>
-    <row r="220" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A220" s="4" t="s">
+    <row r="221" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A221" s="4" t="s">
         <v>590</v>
       </c>
-      <c r="B220" s="4" t="s">
+      <c r="B221" s="4" t="s">
         <v>591</v>
       </c>
-      <c r="C220" s="4" t="s">
+      <c r="C221" s="4" t="s">
         <v>592</v>
-      </c>
-[...27 lines deleted...]
-        <v>994</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>248</v>
       </c>
       <c r="E221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F221" s="4" t="s">
         <v>593</v>
       </c>
       <c r="G221" s="4" t="s">
         <v>594</v>
       </c>
       <c r="H221" s="4" t="s">
+        <v>595</v>
+      </c>
+      <c r="I221" s="4">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="222" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A222" s="4" t="s">
+        <v>992</v>
+      </c>
+      <c r="B222" s="4" t="s">
+        <v>993</v>
+      </c>
+      <c r="C222" s="4" t="s">
+        <v>994</v>
+      </c>
+      <c r="D222" s="4" t="s">
+        <v>248</v>
+      </c>
+      <c r="E222" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F222" s="4" t="s">
+        <v>593</v>
+      </c>
+      <c r="G222" s="4" t="s">
+        <v>594</v>
+      </c>
+      <c r="H222" s="4" t="s">
         <v>995</v>
       </c>
-      <c r="I221" s="4">
+      <c r="I222" s="4">
         <v>1035</v>
       </c>
     </row>
-    <row r="222" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A222" s="4" t="s">
+    <row r="223" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A223" s="4" t="s">
         <v>898</v>
       </c>
-      <c r="B222" s="4" t="s">
+      <c r="B223" s="4" t="s">
         <v>899</v>
       </c>
-      <c r="C222" s="4" t="s">
+      <c r="C223" s="4" t="s">
         <v>900</v>
       </c>
-      <c r="D222" s="4" t="s">
+      <c r="D223" s="4" t="s">
         <v>901</v>
       </c>
-      <c r="E222" s="4" t="s">
+      <c r="E223" s="4" t="s">
         <v>410</v>
       </c>
-      <c r="F222" s="4" t="s">
+      <c r="F223" s="4" t="s">
         <v>902</v>
       </c>
-      <c r="G222" s="4" t="s">
+      <c r="G223" s="4" t="s">
         <v>903</v>
       </c>
-      <c r="H222" s="4" t="s">
+      <c r="H223" s="4" t="s">
         <v>904</v>
       </c>
-      <c r="I222" s="4">
+      <c r="I223" s="4">
         <v>1002</v>
       </c>
     </row>
-    <row r="223" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A223" s="4" t="s">
+    <row r="224" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A224" s="4" t="s">
         <v>814</v>
       </c>
-      <c r="B223" s="4" t="s">
+      <c r="B224" s="4" t="s">
         <v>815</v>
       </c>
-      <c r="C223" s="4" t="s">
+      <c r="C224" s="4" t="s">
         <v>816</v>
       </c>
-      <c r="D223" s="4" t="s">
+      <c r="D224" s="4" t="s">
         <v>817</v>
-      </c>
-[...27 lines deleted...]
-        <v>161</v>
       </c>
       <c r="E224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F224" s="4" t="s">
-        <v>162</v>
+        <v>818</v>
       </c>
       <c r="G224" s="4" t="s">
-        <v>24</v>
+        <v>819</v>
       </c>
       <c r="H224" s="4" t="s">
-        <v>163</v>
+        <v>820</v>
       </c>
       <c r="I224" s="4">
-        <v>470</v>
-[...4 lines deleted...]
-        <v>49</v>
+        <v>973</v>
+      </c>
+    </row>
+    <row r="225" spans="1:11" s="9" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A225" s="4" t="s">
+        <v>158</v>
       </c>
       <c r="B225" s="4" t="s">
-        <v>50</v>
+        <v>159</v>
       </c>
       <c r="C225" s="4" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>160</v>
+      </c>
+      <c r="D225" s="4" t="s">
+        <v>161</v>
       </c>
       <c r="E225" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="F225" s="5" t="s">
-        <v>53</v>
+      <c r="F225" s="4" t="s">
+        <v>162</v>
       </c>
       <c r="G225" s="4" t="s">
-        <v>54</v>
-[...11 lines deleted...]
-        <v>799</v>
+        <v>24</v>
+      </c>
+      <c r="H225" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="I225" s="4">
+        <v>470</v>
+      </c>
+      <c r="J225" s="4"/>
+    </row>
+    <row r="226" spans="1:11" s="9" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A226" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="B226" s="4" t="s">
-        <v>800</v>
+        <v>50</v>
       </c>
       <c r="C226" s="4" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-        <v>802</v>
+        <v>51</v>
+      </c>
+      <c r="D226" s="5" t="s">
+        <v>52</v>
       </c>
       <c r="E226" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="F226" s="4" t="s">
+      <c r="F226" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="G226" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="H226" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="I226" s="6">
+        <v>108</v>
+      </c>
+      <c r="J226" s="5"/>
+    </row>
+    <row r="227" spans="1:11" s="9" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A227" s="4" t="s">
+        <v>799</v>
+      </c>
+      <c r="B227" s="4" t="s">
+        <v>800</v>
+      </c>
+      <c r="C227" s="4" t="s">
+        <v>801</v>
+      </c>
+      <c r="D227" s="4" t="s">
+        <v>802</v>
+      </c>
+      <c r="E227" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F227" s="4" t="s">
         <v>803</v>
       </c>
-      <c r="G226" s="4" t="s">
+      <c r="G227" s="4" t="s">
         <v>804</v>
       </c>
-      <c r="H226" s="4" t="s">
+      <c r="H227" s="4" t="s">
         <v>805</v>
       </c>
-      <c r="I226" s="4">
+      <c r="I227" s="4">
         <v>968</v>
       </c>
-      <c r="J226" s="4"/>
-[...28 lines deleted...]
-      </c>
       <c r="J227" s="4"/>
     </row>
-    <row r="228" spans="1:11" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:11" s="9" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A228" s="4" t="s">
         <v>784</v>
       </c>
       <c r="B228" s="4" t="s">
         <v>785</v>
       </c>
       <c r="C228" s="4" t="s">
         <v>786</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>787</v>
       </c>
       <c r="E228" s="4" t="s">
         <v>194</v>
       </c>
       <c r="F228" s="4" t="s">
         <v>788</v>
       </c>
       <c r="G228" s="4" t="s">
         <v>789</v>
       </c>
       <c r="H228" s="4" t="s">
-        <v>791</v>
+        <v>790</v>
       </c>
       <c r="I228" s="4">
-        <v>960</v>
+        <v>959</v>
       </c>
       <c r="J228" s="4"/>
     </row>
-    <row r="229" spans="1:11" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="229" spans="1:11" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A229" s="4" t="s">
         <v>784</v>
       </c>
       <c r="B229" s="4" t="s">
         <v>785</v>
       </c>
       <c r="C229" s="4" t="s">
         <v>786</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>787</v>
       </c>
       <c r="E229" s="4" t="s">
         <v>194</v>
       </c>
       <c r="F229" s="4" t="s">
         <v>788</v>
       </c>
       <c r="G229" s="4" t="s">
         <v>789</v>
       </c>
       <c r="H229" s="4" t="s">
+        <v>791</v>
+      </c>
+      <c r="I229" s="4">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="230" spans="1:11" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A230" s="16" t="s">
+        <v>784</v>
+      </c>
+      <c r="B230" s="4" t="s">
+        <v>785</v>
+      </c>
+      <c r="C230" s="4" t="s">
+        <v>786</v>
+      </c>
+      <c r="D230" s="4" t="s">
+        <v>787</v>
+      </c>
+      <c r="E230" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="F230" s="4" t="s">
+        <v>788</v>
+      </c>
+      <c r="G230" s="4" t="s">
+        <v>789</v>
+      </c>
+      <c r="H230" s="4" t="s">
         <v>969</v>
       </c>
-      <c r="I229" s="4">
+      <c r="I230" s="4">
         <v>1028</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A230" s="4" t="s">
+      <c r="J230" s="20"/>
+      <c r="K230" s="16"/>
+    </row>
+    <row r="231" spans="1:11" s="9" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A231" s="4" t="s">
         <v>714</v>
       </c>
-      <c r="B230" s="4" t="s">
+      <c r="B231" s="4" t="s">
         <v>715</v>
       </c>
-      <c r="C230" s="4" t="s">
+      <c r="C231" s="4" t="s">
         <v>716</v>
       </c>
-      <c r="D230" s="4" t="s">
+      <c r="D231" s="4" t="s">
         <v>474</v>
       </c>
-      <c r="E230" s="4" t="s">
+      <c r="E231" s="4" t="s">
         <v>121</v>
       </c>
-      <c r="F230" s="4" t="s">
+      <c r="F231" s="4" t="s">
         <v>717</v>
       </c>
-      <c r="G230" s="4" t="s">
+      <c r="G231" s="4" t="s">
         <v>718</v>
       </c>
-      <c r="H230" s="4" t="s">
+      <c r="H231" s="4" t="s">
         <v>719</v>
       </c>
-      <c r="I230" s="4">
+      <c r="I231" s="4">
         <v>919</v>
       </c>
-      <c r="J230" s="4"/>
-[...3 lines deleted...]
-      <c r="A231" s="4" t="s">
+      <c r="J231" s="4"/>
+      <c r="K231" s="14"/>
+    </row>
+    <row r="232" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A232" s="4" t="s">
         <v>658</v>
       </c>
-      <c r="B231" s="4" t="s">
+      <c r="B232" s="4" t="s">
         <v>659</v>
       </c>
-      <c r="C231" s="4" t="s">
+      <c r="C232" s="4" t="s">
         <v>660</v>
       </c>
-      <c r="D231" s="4" t="s">
+      <c r="D232" s="4" t="s">
         <v>661</v>
       </c>
-      <c r="E231" s="4" t="s">
+      <c r="E232" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="F231" s="4" t="s">
+      <c r="F232" s="4" t="s">
         <v>662</v>
       </c>
-      <c r="G231" s="13" t="s">
+      <c r="G232" s="13" t="s">
         <v>663</v>
       </c>
-      <c r="H231" s="4" t="s">
+      <c r="H232" s="4" t="s">
         <v>664</v>
       </c>
-      <c r="I231" s="4">
+      <c r="I232" s="4">
         <v>896</v>
       </c>
     </row>
-    <row r="232" spans="1:11" ht="15" hidden="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-    <row r="233" spans="1:11" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="233" spans="1:11" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C233" s="9"/>
     </row>
-    <row r="234" spans="1:11" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="234" spans="1:11" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C234" s="9"/>
     </row>
-    <row r="235" spans="1:11" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="235" spans="1:11" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C235" s="9"/>
     </row>
-    <row r="236" spans="1:11" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="236" spans="1:11" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C236" s="9"/>
     </row>
-    <row r="237" spans="1:11" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="237" spans="1:11" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C237" s="9"/>
     </row>
-    <row r="238" spans="1:11" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="238" spans="1:11" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C238" s="9"/>
     </row>
-    <row r="239" spans="1:11" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="239" spans="1:11" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C239" s="9"/>
     </row>
-    <row r="240" spans="1:11" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="240" spans="1:11" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C240" s="9"/>
     </row>
-    <row r="241" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="241" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C241" s="9"/>
     </row>
-    <row r="242" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="242" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C242" s="9"/>
     </row>
-    <row r="243" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="243" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C243" s="9"/>
     </row>
-    <row r="244" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="244" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C244" s="9"/>
     </row>
-    <row r="245" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="245" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C245" s="9"/>
     </row>
-    <row r="246" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="246" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C246" s="9"/>
     </row>
-    <row r="247" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="247" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C247" s="9"/>
     </row>
-    <row r="248" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="248" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C248" s="9"/>
     </row>
-    <row r="249" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="249" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C249" s="9"/>
     </row>
-    <row r="250" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="250" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C250" s="9"/>
     </row>
-    <row r="251" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="251" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C251" s="9"/>
     </row>
-    <row r="252" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="252" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C252" s="9"/>
     </row>
-    <row r="253" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="253" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C253" s="9"/>
     </row>
-    <row r="254" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="254" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C254" s="9"/>
     </row>
-    <row r="255" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="255" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C255" s="9"/>
     </row>
-    <row r="256" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="256" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C256" s="9"/>
     </row>
-    <row r="257" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="257" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C257" s="9"/>
     </row>
-    <row r="258" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="258" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C258" s="9"/>
     </row>
-    <row r="259" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="259" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C259" s="9"/>
     </row>
-    <row r="260" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="260" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C260" s="9"/>
     </row>
-    <row r="261" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="261" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C261" s="9"/>
     </row>
-    <row r="262" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="262" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C262" s="9"/>
     </row>
-    <row r="263" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="263" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C263" s="9"/>
     </row>
-    <row r="264" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="264" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C264" s="9"/>
     </row>
-    <row r="265" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="265" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C265" s="9"/>
     </row>
-    <row r="266" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="266" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C266" s="9"/>
     </row>
-    <row r="267" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="267" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C267" s="9"/>
     </row>
-    <row r="268" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="268" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C268" s="9"/>
     </row>
-    <row r="269" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="269" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C269" s="9"/>
     </row>
-    <row r="270" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="270" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C270" s="9"/>
     </row>
-    <row r="271" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="271" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C271" s="9"/>
     </row>
-    <row r="272" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="272" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C272" s="9"/>
     </row>
-    <row r="273" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="273" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C273" s="9"/>
     </row>
-    <row r="274" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="274" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C274" s="9"/>
     </row>
-    <row r="275" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="275" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C275" s="9"/>
     </row>
-    <row r="276" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="276" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C276" s="9"/>
     </row>
-    <row r="277" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="277" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C277" s="9"/>
     </row>
-    <row r="278" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="278" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C278" s="9"/>
     </row>
-    <row r="279" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="279" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C279" s="9"/>
     </row>
-    <row r="280" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="280" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C280" s="9"/>
     </row>
-    <row r="281" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="281" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C281" s="9"/>
     </row>
-    <row r="282" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="282" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C282" s="9"/>
     </row>
-    <row r="283" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="283" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C283" s="9"/>
     </row>
-    <row r="284" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="284" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C284" s="9"/>
     </row>
-    <row r="285" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="285" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C285" s="9"/>
     </row>
-    <row r="286" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="286" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C286" s="9"/>
     </row>
-    <row r="287" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="287" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C287" s="9"/>
     </row>
-    <row r="288" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="288" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C288" s="9"/>
     </row>
-    <row r="289" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="289" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C289" s="9"/>
     </row>
-    <row r="290" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="290" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C290" s="9"/>
     </row>
-    <row r="291" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="291" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C291" s="9"/>
     </row>
-    <row r="292" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="292" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C292" s="9"/>
     </row>
-    <row r="293" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="293" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C293" s="9"/>
     </row>
-    <row r="294" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="294" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C294" s="9"/>
     </row>
-    <row r="295" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="295" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C295" s="9"/>
     </row>
-    <row r="296" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="296" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C296" s="9"/>
     </row>
-    <row r="297" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="297" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C297" s="9"/>
     </row>
-    <row r="298" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="298" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C298" s="9"/>
     </row>
-    <row r="299" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="299" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C299" s="9"/>
     </row>
-    <row r="300" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="300" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C300" s="9"/>
     </row>
-    <row r="301" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="301" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C301" s="9"/>
     </row>
-    <row r="302" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="302" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C302" s="9"/>
     </row>
-    <row r="303" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="303" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C303" s="9"/>
     </row>
-    <row r="304" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="304" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C304" s="9"/>
     </row>
-    <row r="305" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="305" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C305" s="9"/>
     </row>
-    <row r="306" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="306" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C306" s="9"/>
     </row>
-    <row r="307" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="307" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C307" s="9"/>
     </row>
-    <row r="308" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="308" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C308" s="9"/>
     </row>
-    <row r="309" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="309" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C309" s="9"/>
     </row>
-    <row r="310" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="310" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C310" s="9"/>
     </row>
-    <row r="311" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="311" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C311" s="9"/>
     </row>
-    <row r="312" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="312" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C312" s="9"/>
     </row>
-    <row r="313" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="313" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C313" s="9"/>
     </row>
-    <row r="314" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="314" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C314" s="9"/>
     </row>
-    <row r="315" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="315" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C315" s="9"/>
     </row>
-    <row r="316" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="316" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C316" s="9"/>
     </row>
-    <row r="317" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="317" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C317" s="9"/>
     </row>
-    <row r="318" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="318" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C318" s="9"/>
     </row>
-    <row r="319" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="319" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C319" s="9"/>
     </row>
-    <row r="320" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="320" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C320" s="9"/>
     </row>
-    <row r="321" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="321" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C321" s="9"/>
     </row>
-    <row r="322" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="322" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C322" s="9"/>
     </row>
-    <row r="323" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="323" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C323" s="9"/>
     </row>
-    <row r="324" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="324" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C324" s="9"/>
     </row>
-    <row r="325" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="325" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C325" s="9"/>
     </row>
-    <row r="326" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="326" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C326" s="9"/>
     </row>
-    <row r="327" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="327" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C327" s="9"/>
     </row>
-    <row r="328" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="328" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C328" s="9"/>
     </row>
-    <row r="329" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="329" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C329" s="9"/>
     </row>
-    <row r="330" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="330" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C330" s="9"/>
     </row>
-    <row r="331" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="331" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C331" s="9"/>
     </row>
-    <row r="332" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="332" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C332" s="9"/>
     </row>
-    <row r="333" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="333" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C333" s="9"/>
     </row>
-    <row r="334" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="334" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C334" s="9"/>
     </row>
-    <row r="335" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="335" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C335" s="9"/>
     </row>
-    <row r="336" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="336" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C336" s="9"/>
     </row>
-    <row r="337" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="337" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C337" s="9"/>
     </row>
-    <row r="338" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="338" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C338" s="9"/>
     </row>
-    <row r="339" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="339" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C339" s="9"/>
     </row>
-    <row r="340" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="340" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C340" s="9"/>
     </row>
-    <row r="341" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="341" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C341" s="9"/>
     </row>
-    <row r="342" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="342" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C342" s="9"/>
     </row>
-    <row r="343" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="343" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C343" s="9"/>
     </row>
-    <row r="344" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="344" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C344" s="9"/>
     </row>
-    <row r="345" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="345" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C345" s="9"/>
     </row>
-    <row r="346" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="346" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C346" s="9"/>
     </row>
-    <row r="347" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="347" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C347" s="9"/>
     </row>
-    <row r="348" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="348" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C348" s="9"/>
     </row>
-    <row r="349" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="349" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C349" s="9"/>
     </row>
-    <row r="350" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="350" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C350" s="9"/>
     </row>
-    <row r="351" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="351" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C351" s="9"/>
     </row>
-    <row r="352" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="352" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C352" s="9"/>
     </row>
-    <row r="353" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="353" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C353" s="9"/>
     </row>
-    <row r="354" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="354" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C354" s="9"/>
     </row>
-    <row r="355" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="355" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C355" s="9"/>
     </row>
-    <row r="356" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="356" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C356" s="9"/>
     </row>
-    <row r="357" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="357" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C357" s="9"/>
     </row>
-    <row r="358" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="358" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C358" s="9"/>
     </row>
-    <row r="359" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="359" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C359" s="9"/>
     </row>
-    <row r="360" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="360" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C360" s="9"/>
     </row>
-    <row r="361" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="361" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C361" s="9"/>
     </row>
-    <row r="362" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="362" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C362" s="9"/>
     </row>
-    <row r="363" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="363" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C363" s="9"/>
     </row>
-    <row r="364" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="364" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C364" s="9"/>
     </row>
-    <row r="365" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="365" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C365" s="9"/>
     </row>
-    <row r="366" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="366" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C366" s="9"/>
     </row>
-    <row r="367" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="367" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C367" s="9"/>
     </row>
-    <row r="368" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="368" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C368" s="9"/>
     </row>
-    <row r="369" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="369" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C369" s="9"/>
     </row>
-    <row r="370" spans="3:3" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="370" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="C370" s="9"/>
+    </row>
+    <row r="371" spans="3:3" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
+      <c r="C371" s="9"/>
     </row>
   </sheetData>
   <phoneticPr fontId="3" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="G203" r:id="rId1" xr:uid="{D0EAF4F8-7D7F-403B-97EA-D30899BBDD9F}"/>
-[...2 lines deleted...]
-    <hyperlink ref="F105" r:id="rId4" display="tel:6174893262" xr:uid="{76353511-2CDB-4FAA-8AC6-623A94A2DC09}"/>
+    <hyperlink ref="G204" r:id="rId1" xr:uid="{D0EAF4F8-7D7F-403B-97EA-D30899BBDD9F}"/>
+    <hyperlink ref="F203" r:id="rId2" display="tel:8002426648" xr:uid="{8BB082BE-DBFD-469E-B8F6-32CEA5955759}"/>
+    <hyperlink ref="F181" r:id="rId3" display="tel:8453963090" xr:uid="{84337428-4797-47AD-AC38-3EB15B17CF63}"/>
+    <hyperlink ref="F106" r:id="rId4" display="tel:6174893262" xr:uid="{76353511-2CDB-4FAA-8AC6-623A94A2DC09}"/>
     <hyperlink ref="G3:G4" r:id="rId5" display="https://www.7nteng.com/" xr:uid="{FFF45280-9D96-4D47-86D9-FCF6A70D0B87}"/>
     <hyperlink ref="G2" r:id="rId6" xr:uid="{EBE877B1-CF9D-4091-A1E2-0C04263142EE}"/>
     <hyperlink ref="G83" r:id="rId7" xr:uid="{4088CA85-C1EF-4DE8-9A88-FCF40B02A987}"/>
     <hyperlink ref="G103" r:id="rId8" xr:uid="{C547ED4B-A88D-4539-ADB2-F2AA51FD8B2C}"/>
-    <hyperlink ref="G207" r:id="rId9" xr:uid="{7587D8D8-5BF6-47D5-ACD1-113DED5F9600}"/>
-[...2 lines deleted...]
-    <hyperlink ref="G205" r:id="rId12" xr:uid="{1E4EF6DE-38A7-42DC-8B4F-0BCD951D3003}"/>
+    <hyperlink ref="G208" r:id="rId9" xr:uid="{7587D8D8-5BF6-47D5-ACD1-113DED5F9600}"/>
+    <hyperlink ref="G232" r:id="rId10" xr:uid="{FD5492C6-F787-4D5D-A2A5-F314E2D7928E}"/>
+    <hyperlink ref="G205" r:id="rId11" xr:uid="{B16C79BD-AAF6-46EB-B128-1EEC884E65E6}"/>
+    <hyperlink ref="G206" r:id="rId12" xr:uid="{1E4EF6DE-38A7-42DC-8B4F-0BCD951D3003}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="41" fitToHeight="0" orientation="landscape" horizontalDpi="360" verticalDpi="360" r:id="rId13"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;CCommonwealth of Massachusetts
 Department of Environmental Protection - Well Driller Program
 List of Certified Well Drillers
 Janurary 1st, 2025 - December 31st, 2025      
 </oddHeader>
     <oddFooter>&amp;L&amp;P&amp;CAn "M" following a certification number
-indicates a Monitoring Well Driller Certificate. An asterisk after the M (M*) indicates permission to additionally drill closed loop geothermal wells. &amp;RLast Update October 29, 2025 - MassDEP</oddFooter>
+indicates a Monitoring Well Driller Certificate. An asterisk after the M (M*) indicates permission to additionally drill closed loop geothermal wells. &amp;RLast Update December 3, 2025 - MassDEP</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId14"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1D4A6A5F-0B54-4516-8D02-F21E88F09723}">
   <dimension ref="A1:C9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="12.140625" customWidth="1"/>
+    <col min="1" max="1" width="12.1796875" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
-    <col min="3" max="3" width="29.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="29.453125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
-        <v>1124</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" t="s">
         <v>1066</v>
       </c>
     </row>
-    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
         <v>1067</v>
       </c>
       <c r="B3" t="s">
         <v>1068</v>
       </c>
       <c r="C3" t="s">
         <v>1069</v>
       </c>
     </row>
-    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="B4" s="1" t="s">
         <v>1070</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>1071</v>
       </c>
     </row>
-    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="B5" t="s">
         <v>1072</v>
       </c>
       <c r="C5" t="s">
         <v>1073</v>
       </c>
     </row>
-    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
         <v>1074</v>
       </c>
       <c r="B6" t="s">
         <v>1075</v>
       </c>
     </row>
-    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B8" t="s">
         <v>1076</v>
       </c>
     </row>
-    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B9" t="s">
         <v>1077</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B4" r:id="rId1" xr:uid="{58736F65-E5C2-4793-90D9-D4EF32441F80}"/>
     <hyperlink ref="C4" r:id="rId2" xr:uid="{8058B044-49D8-4CF7-A5E1-8CF39FCCBE8F}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...24 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007B2F0CADC4958A4283BCC35B9A042D0D" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a52d591603f41845a39d2e82a1aee9c3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="11f909ac-f7ff-481c-b050-edbac054e686" xmlns:ns3="fb2cf4de-29fa-424e-b18e-cff0f97826b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fce117397f05935b710b4cbcddfe4446" ns2:_="" ns3:_="">
     <xsd:import namespace="11f909ac-f7ff-481c-b050-edbac054e686"/>
     <xsd:import namespace="fb2cf4de-29fa-424e-b18e-cff0f97826b5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Contents" minOccurs="0"/>
                 <xsd:element ref="ns2:PointofContact" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
@@ -12204,208 +12249,234 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="11f909ac-f7ff-481c-b050-edbac054e686">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Contents xmlns="11f909ac-f7ff-481c-b050-edbac054e686" xsi:nil="true"/>
+    <PointofContact xmlns="11f909ac-f7ff-481c-b050-edbac054e686">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </PointofContact>
+    <TaxCatchAll xmlns="fb2cf4de-29fa-424e-b18e-cff0f97826b5" xsi:nil="true"/>
+    <_dlc_DocId xmlns="fb2cf4de-29fa-424e-b18e-cff0f97826b5">CKHNQMPYFZNC-127032583-614786</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="fb2cf4de-29fa-424e-b18e-cff0f97826b5">
+      <Url>https://massgov.sharepoint.com/sites/DEP-TEAMS-BOSDWP/_layouts/15/DocIdRedir.aspx?ID=CKHNQMPYFZNC-127032583-614786</Url>
+      <Description>CKHNQMPYFZNC-127032583-614786</Description>
+    </_dlc_DocIdUrl>
+    <Bruce1 xmlns="11f909ac-f7ff-481c-b050-edbac054e686">true</Bruce1>
+    <Bruce xmlns="11f909ac-f7ff-481c-b050-edbac054e686" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA5F33B2-985A-448E-9817-786D31F68328}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="11f909ac-f7ff-481c-b050-edbac054e686"/>
     <ds:schemaRef ds:uri="fb2cf4de-29fa-424e-b18e-cff0f97826b5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C17FEFA3-88EC-4B3E-A99C-7DE4F2EB99B7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{427F1289-0B24-46A1-A7F4-A75DEE2ECA70}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{10405E39-C178-46EF-B60F-A53ACD680743}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="11f909ac-f7ff-481c-b050-edbac054e686"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="fb2cf4de-29fa-424e-b18e-cff0f97826b5"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
-      <vt:lpstr>Certified Drillers Oct. 2025</vt:lpstr>
+      <vt:lpstr>Certified Drillers Dec. 2025</vt:lpstr>
       <vt:lpstr>Read Me</vt:lpstr>
-      <vt:lpstr>'Certified Drillers Oct. 2025'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Certified Drillers Dec. 2025'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>List of Certified Well Drillers - October 29, 2025</dc:title>
+  <dc:title/>
   <dc:subject/>
   <dc:creator>Gamble, Alex (DEP)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007B2F0CADC4958A4283BCC35B9A042D0D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>dd1fecba-e359-4a84-a703-1df4037895c3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>