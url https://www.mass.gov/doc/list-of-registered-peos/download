--- v0 (2025-10-23)
+++ v1 (2026-03-26)
@@ -1,89 +1,91 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/chris_m_mckeen_mass_gov/Documents/PEO Information/PEO Monthly Registered Lists for Website/Posting for website/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="7" documentId="8_{8C8EB58B-0D26-4573-AA80-7C3D641B09AD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{55A40756-E31E-4119-AC6B-6D88630C6154}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{667909A4-D877-4E93-A475-C7970168CAAF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{C22B0B75-AC3E-47DC-8681-9A4A607D09B8}"/>
+    <workbookView xWindow="19090" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{C31C03BC-9065-4A22-BCF6-7E64576BBC58}"/>
   </bookViews>
   <sheets>
-    <sheet name="Website List 10.21.25" sheetId="1" r:id="rId1"/>
+    <sheet name="Website List 2.20.26" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Website List 10.21.25'!$A$3:$K$215</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Website List 10.21.25'!$1:$3</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Website List 2.20.26'!$A$3:$K$222</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Website List 2.20.26'!$A$1:$K$123</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Website List 2.20.26'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1514" uniqueCount="811">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1560" uniqueCount="839">
+  <si>
+    <t>This list of Professional Employer Organizations is updated monthly. While most organizations renew their registrations before they expire, feel free to contact our office at 617-626-6969 to verify an organization's status prior to conducting business with it. This list was last updated:  2/20/2026. *Please note any PEO not listed below is currently not registered and/or not in compliance with the Commonwealth of Massachusetts.</t>
+  </si>
   <si>
     <t>PEO Entity Name</t>
   </si>
   <si>
     <t>PEO Group Name</t>
   </si>
   <si>
     <t xml:space="preserve">Registration No </t>
   </si>
   <si>
     <t xml:space="preserve">Expiration Date </t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t xml:space="preserve">City </t>
   </si>
   <si>
     <t xml:space="preserve">State </t>
   </si>
   <si>
     <t>Zip Code</t>
   </si>
   <si>
@@ -374,68 +376,50 @@
   <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Deb Worden</t>
   </si>
   <si>
     <t>Lever1, LLC</t>
   </si>
   <si>
     <t>P0022</t>
   </si>
   <si>
     <t>510 West 5th Street</t>
   </si>
   <si>
     <t>Kansas City</t>
   </si>
   <si>
     <t>Missouri</t>
   </si>
   <si>
     <t>Nicole Tackett</t>
   </si>
   <si>
-    <t>Lyons HR</t>
-[...16 lines deleted...]
-  <si>
     <t>Paychex Business Solutions LLC</t>
   </si>
   <si>
     <t>P0025</t>
   </si>
   <si>
     <t>970 Lake Carillon Drive, Suite 400</t>
   </si>
   <si>
     <t>Renee Minardo</t>
   </si>
   <si>
     <t>Paychex PEO I LLC</t>
   </si>
   <si>
     <t>P0026</t>
   </si>
   <si>
     <t>Paychex PEO II LLC</t>
   </si>
   <si>
     <t>P0027</t>
   </si>
   <si>
     <t>Paychex PEO III LLC</t>
@@ -986,53 +970,50 @@
   <si>
     <t>Greenwood</t>
   </si>
   <si>
     <t>Annelisa Jamison</t>
   </si>
   <si>
     <t>InTandem Human Resources LLC</t>
   </si>
   <si>
     <t>P0091</t>
   </si>
   <si>
     <t>650 S Cherry Street Suite 1221</t>
   </si>
   <si>
     <t>Denver</t>
   </si>
   <si>
     <t>Tanya Aragon</t>
   </si>
   <si>
     <t>Zamp HR</t>
   </si>
   <si>
-    <t>United Benefits Consulting, Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>P0092</t>
   </si>
   <si>
     <t>898 N 1200 W, Suite 100</t>
   </si>
   <si>
     <t>Orem</t>
   </si>
   <si>
     <t>Utah</t>
   </si>
   <si>
     <t>Garth Allred</t>
   </si>
   <si>
     <t>Helpside SL Inc.</t>
   </si>
   <si>
     <t>P0093</t>
   </si>
   <si>
     <t xml:space="preserve">395 W 600 N </t>
   </si>
   <si>
     <t>Lindon</t>
@@ -1070,68 +1051,68 @@
   <si>
     <t>601 W 26th Street, Suite 400</t>
   </si>
   <si>
     <t>Simone Gravesande</t>
   </si>
   <si>
     <t>Payrolling Partners Inc.</t>
   </si>
   <si>
     <t>P0096</t>
   </si>
   <si>
     <t>777 Passaic Avenue, Suite 450</t>
   </si>
   <si>
     <t>Clifton</t>
   </si>
   <si>
     <t>Karen Smith</t>
   </si>
   <si>
     <t>Century II Staffing, Inc.</t>
   </si>
   <si>
+    <t>P0097</t>
+  </si>
+  <si>
+    <t>2054 Vista Parkway Suite 300</t>
+  </si>
+  <si>
+    <t>West Palm Beach</t>
+  </si>
+  <si>
+    <t>Tiffany Luther</t>
+  </si>
+  <si>
+    <t>Oasis AHR, Inc.</t>
+  </si>
+  <si>
     <t>Oasis Outsourcing</t>
   </si>
   <si>
-    <t>P0097</t>
-[...13 lines deleted...]
-  <si>
     <t>P0098</t>
   </si>
   <si>
     <t>Oasis HR Solutions III, Inc.</t>
   </si>
   <si>
     <t>P0099</t>
   </si>
   <si>
     <t>Oasis Outsourcing Admin Group, Inc</t>
   </si>
   <si>
     <t>P0100</t>
   </si>
   <si>
     <t>Oasis Outsourcing Admin II, Inc</t>
   </si>
   <si>
     <t>P0101</t>
   </si>
   <si>
     <t>Integrated Employer Solutions, Inc.</t>
   </si>
   <si>
     <t>P0102</t>
@@ -1142,68 +1123,56 @@
   <si>
     <t>Salt Lake City</t>
   </si>
   <si>
     <t>April Nielson</t>
   </si>
   <si>
     <t>CoAdvantage Resources, Inc.</t>
   </si>
   <si>
     <t>CoAdvantage</t>
   </si>
   <si>
     <t>P0103</t>
   </si>
   <si>
     <t>101 Riverfront Blvd, Suite 300</t>
   </si>
   <si>
     <t>Bradenton</t>
   </si>
   <si>
     <t>Tim Vella</t>
   </si>
   <si>
-    <t>CoAdvantage Resources 16, Inc.</t>
-[...4 lines deleted...]
-  <si>
     <t>CoAdvantage Resources 50, Inc.</t>
   </si>
   <si>
     <t>P0105</t>
   </si>
   <si>
-    <t>CoAdvantage Resources 51, Inc.</t>
-[...4 lines deleted...]
-  <si>
     <t>CoAdvantage Resources 70, Inc.</t>
   </si>
   <si>
     <t>P0107</t>
   </si>
   <si>
     <t>Progressive Employer Management Company III, LLC</t>
   </si>
   <si>
     <t>P0109</t>
   </si>
   <si>
     <t>Strategic Staffing Services, Inc.</t>
   </si>
   <si>
     <t>P0110</t>
   </si>
   <si>
     <t>Employers Resource Management Company</t>
   </si>
   <si>
     <t>P0111</t>
   </si>
   <si>
     <t>Michael Norris</t>
@@ -1224,65 +1193,50 @@
     <t>Tualatin</t>
   </si>
   <si>
     <t>Oregon</t>
   </si>
   <si>
     <t>Celia Anderson</t>
   </si>
   <si>
     <t>Trion Solutions II, Inc.</t>
   </si>
   <si>
     <t>P0113</t>
   </si>
   <si>
     <t>888 W. Big Beaver Road Suite 1000</t>
   </si>
   <si>
     <t>Troy</t>
   </si>
   <si>
     <t>Michigan</t>
   </si>
   <si>
     <t>Sharon Francis</t>
-  </si>
-[...13 lines deleted...]
-    <t>Racquel Shelley</t>
   </si>
   <si>
     <t>HR Outsourcing Associates, LLC</t>
   </si>
   <si>
     <t>P0115</t>
   </si>
   <si>
     <t>13101 Telecom Drive, Suite 100</t>
   </si>
   <si>
     <t>Temple Terrace</t>
   </si>
   <si>
     <t>33637-0936</t>
   </si>
   <si>
     <t>Claire Stein</t>
   </si>
   <si>
     <t>HR Outsourcing Enterprises, LLC</t>
   </si>
   <si>
     <t>P0116</t>
   </si>
@@ -1643,50 +1597,53 @@
   <si>
     <t>Chrystal Temaul</t>
   </si>
   <si>
     <t>Propel Peo, Inc</t>
   </si>
   <si>
     <t>P0150</t>
   </si>
   <si>
     <t>669 N. Academy Street</t>
   </si>
   <si>
     <t>Greenville</t>
   </si>
   <si>
     <t>Laurin McDonald</t>
   </si>
   <si>
     <t>Cohesive Networks 2, Inc.</t>
   </si>
   <si>
     <t>P0152</t>
   </si>
   <si>
+    <t>1475 S, Price Road</t>
+  </si>
+  <si>
     <t>Maria Nguyen</t>
   </si>
   <si>
     <t>Aspen HR PEO, Inc.</t>
   </si>
   <si>
     <t>P0153</t>
   </si>
   <si>
     <t>750 Battery Street</t>
   </si>
   <si>
     <t>Jeff Welton</t>
   </si>
   <si>
     <t>Frankcrum 1, Inc.</t>
   </si>
   <si>
     <t>Frankcrum Corporate, Inc.</t>
   </si>
   <si>
     <t>P0154</t>
   </si>
   <si>
     <t>100 South Missouri Avenue</t>
@@ -1853,50 +1810,53 @@
   <si>
     <t>P0170</t>
   </si>
   <si>
     <t>Intellipro Service Inc.</t>
   </si>
   <si>
     <t>P0171</t>
   </si>
   <si>
     <t>160 E Tasman Drive, Suite 200-8</t>
   </si>
   <si>
     <t>San Jose</t>
   </si>
   <si>
     <t>Jennifer Zhang</t>
   </si>
   <si>
     <t>Platinum HR, LLC</t>
   </si>
   <si>
     <t>P0172</t>
   </si>
   <si>
+    <t>Racquel Shelley</t>
+  </si>
+  <si>
     <t>Greenleaf HR, LLC</t>
   </si>
   <si>
     <t>P0173</t>
   </si>
   <si>
     <t>Spirit Human Resources, LLC</t>
   </si>
   <si>
     <t>P0175</t>
   </si>
   <si>
     <t>3030 NW Highway, Suite 700</t>
   </si>
   <si>
     <t>Oklahoma City</t>
   </si>
   <si>
     <t>Marilyn Conyer</t>
   </si>
   <si>
     <t>Sidecar HR, LLC</t>
   </si>
   <si>
     <t>P0176</t>
@@ -2153,54 +2113,54 @@
   <si>
     <t>P0206</t>
   </si>
   <si>
     <t>1803 Research Blvd, Suite 604</t>
   </si>
   <si>
     <t>Zach Appelbaum</t>
   </si>
   <si>
     <t>Landrum Professional Employer Services, Inc. V</t>
   </si>
   <si>
     <t>LandrumHR</t>
   </si>
   <si>
     <t>P0208</t>
   </si>
   <si>
     <t>Regis HR Group 15, Inc</t>
   </si>
   <si>
     <t>P0210</t>
   </si>
   <si>
-    <t>Deel PEO US LLC</t>
-[...2 lines deleted...]
-    <t>P0212</t>
+    <t>Resourcing Edge 4, LLC</t>
+  </si>
+  <si>
+    <t>P0211</t>
   </si>
   <si>
     <t>Kymberly Group Payroll Solutions II, Inc.</t>
   </si>
   <si>
     <t>P0213</t>
   </si>
   <si>
     <t>ABS Four, Inc.</t>
   </si>
   <si>
     <t>HRDelivered, LLC</t>
   </si>
   <si>
     <t>P0214</t>
   </si>
   <si>
     <t>3020 Hartley Road, Suite 300</t>
   </si>
   <si>
     <t>Jacksonville</t>
   </si>
   <si>
     <t>Victoria Trop</t>
   </si>
@@ -2213,50 +2173,77 @@
   <si>
     <t>Lighthouse PEO, LLC</t>
   </si>
   <si>
     <t>P0216</t>
   </si>
   <si>
     <t>COMPEO</t>
   </si>
   <si>
     <t>OCMI VI, Inc.</t>
   </si>
   <si>
     <t>P0217</t>
   </si>
   <si>
     <t>225 E Dania Beach Blvd., Suite 120</t>
   </si>
   <si>
     <t>Dania Beach</t>
   </si>
   <si>
     <t>Melanie Montenegro</t>
   </si>
   <si>
+    <t>Employer Flexible HR VI, LLC</t>
+  </si>
+  <si>
+    <t>P0218</t>
+  </si>
+  <si>
+    <t>7102 N Sam Huston Parkway W, Suite 200</t>
+  </si>
+  <si>
+    <t>Mesha Moore</t>
+  </si>
+  <si>
+    <t>Streamline CXO LLC</t>
+  </si>
+  <si>
+    <t>P0219</t>
+  </si>
+  <si>
+    <t>3125 Independence Drive, Suite 101</t>
+  </si>
+  <si>
+    <t>Birmingham</t>
+  </si>
+  <si>
+    <t>Alabama</t>
+  </si>
+  <si>
     <t>America's Back Office, Inc. - CA</t>
   </si>
   <si>
     <t>P0220</t>
   </si>
   <si>
     <t>Namely PEO, LLC</t>
   </si>
   <si>
     <t>P0221</t>
   </si>
   <si>
     <t>HR Plus, LLC</t>
   </si>
   <si>
     <t>P0222</t>
   </si>
   <si>
     <t>118 W Fifth Street, Suite 101</t>
   </si>
   <si>
     <t>Covington</t>
   </si>
   <si>
     <t>Kentucky</t>
@@ -2286,50 +2273,53 @@
     <t>P0224</t>
   </si>
   <si>
     <t>167 Lawrence Avenue</t>
   </si>
   <si>
     <t>Inwood</t>
   </si>
   <si>
     <t>Elly Geldwerth</t>
   </si>
   <si>
     <t>Amplify HR Management</t>
   </si>
   <si>
     <t>P0225</t>
   </si>
   <si>
     <t>1033 Skokie Blvd., Suite 430</t>
   </si>
   <si>
     <t>Northbrook</t>
   </si>
   <si>
     <t>Mary Waldron</t>
+  </si>
+  <si>
+    <t>P0226</t>
   </si>
   <si>
     <t>Thrive Partners, LLC</t>
   </si>
   <si>
     <t>P0227</t>
   </si>
   <si>
     <r>
       <t>2642 E. 21</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="12.5"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>st</t>
     </r>
     <r>
       <rPr>
         <sz val="12.5"/>
         <color indexed="8"/>
@@ -2414,62 +2404,50 @@
   <si>
     <t>2080 Cabot Road, West Suite 202</t>
   </si>
   <si>
     <t>Langhorne</t>
   </si>
   <si>
     <t>Neha Agrawal</t>
   </si>
   <si>
     <t xml:space="preserve">Carelon Employment Company LLC </t>
   </si>
   <si>
     <t>P0234</t>
   </si>
   <si>
     <t>1285 Northland Drive, Suite 100</t>
   </si>
   <si>
     <t>Medota Hieghts</t>
   </si>
   <si>
     <t>Karen Wartenberg</t>
   </si>
   <si>
-    <t>Deel PEO LLC</t>
-[...10 lines deleted...]
-  <si>
     <t>T &amp; T Management, Inc.</t>
   </si>
   <si>
     <t>P0236</t>
   </si>
   <si>
     <t>511 Executive Center Blvd</t>
   </si>
   <si>
     <t>El Paso</t>
   </si>
   <si>
     <t>Eugene March</t>
   </si>
   <si>
     <t>Remote Professional Services, Inc.</t>
   </si>
   <si>
     <t>P0237</t>
   </si>
   <si>
     <t>18 Bartol Steet, #1163</t>
   </si>
   <si>
     <t>Maria Godino</t>
@@ -2513,51 +2491,156 @@
   <si>
     <t>Brentwood</t>
   </si>
   <si>
     <t>Tammy Lewandowski</t>
   </si>
   <si>
     <t>Insperity PEO HR Inc.</t>
   </si>
   <si>
     <t>P0241</t>
   </si>
   <si>
     <t>PROCare HR Corporation II</t>
   </si>
   <si>
     <t xml:space="preserve">PROCare HR </t>
   </si>
   <si>
     <t>P0242</t>
   </si>
   <si>
     <t>6600 Kalanianaole Hwy, Suite 200</t>
   </si>
   <si>
-    <t>This list of Professional Employer Organizations is updated monthly. While most organizations renew their registrations before they expire, feel free to contact our office at 617-626-6969 to verify an organization's status prior to conducting business with it. This list was last updated:  10/21/2025. *Please note any PEO not listed below is currently not registered and/or not in compliance with the Commonwealth of Massachusetts.</t>
+    <t>AdventHealth Team Member Services Inc.</t>
+  </si>
+  <si>
+    <t>P0245</t>
+  </si>
+  <si>
+    <t>900 Hope Way</t>
+  </si>
+  <si>
+    <t>Altamonte Springs</t>
+  </si>
+  <si>
+    <t>Axios LLC</t>
+  </si>
+  <si>
+    <t>P0246</t>
+  </si>
+  <si>
+    <t>4211 W. Boy Scout Blvd, Suite 500</t>
+  </si>
+  <si>
+    <t>Tampa</t>
+  </si>
+  <si>
+    <t>Leigh Bickerstaff</t>
+  </si>
+  <si>
+    <t>TwentyAI Employ LLC</t>
+  </si>
+  <si>
+    <t>P0247</t>
+  </si>
+  <si>
+    <t>45 W 45th Street, 16th Floor</t>
+  </si>
+  <si>
+    <t>Arkenstone Systems LLC</t>
+  </si>
+  <si>
+    <t>P0249</t>
+  </si>
+  <si>
+    <t>800 El Camino Real Suite 200</t>
+  </si>
+  <si>
+    <t>Menlo Park</t>
+  </si>
+  <si>
+    <t>Applied Business Solutions, Inc.</t>
+  </si>
+  <si>
+    <t>P0250</t>
+  </si>
+  <si>
+    <t>Vision Employee Services, LLC</t>
+  </si>
+  <si>
+    <t>P0251</t>
+  </si>
+  <si>
+    <t>4835 Lyndon B. Johnson Freeway, Suite 850</t>
+  </si>
+  <si>
+    <t>Linda Wainright</t>
+  </si>
+  <si>
+    <t>Mutual PEO Inc.</t>
+  </si>
+  <si>
+    <t>P0252</t>
+  </si>
+  <si>
+    <t>6744 Memorial Highway</t>
+  </si>
+  <si>
+    <t>Pamela Classon</t>
+  </si>
+  <si>
+    <t>Caduceus Health Foundation</t>
+  </si>
+  <si>
+    <t>P0254</t>
+  </si>
+  <si>
+    <t>204 North Greely Street</t>
+  </si>
+  <si>
+    <t>Corydon</t>
+  </si>
+  <si>
+    <t>Iowa</t>
+  </si>
+  <si>
+    <t>Dustria Relph</t>
+  </si>
+  <si>
+    <t>INVO PEO, Inc. III</t>
+  </si>
+  <si>
+    <t>P0255</t>
+  </si>
+  <si>
+    <t>800 Oak RidgeTpke., Suite A500</t>
+  </si>
+  <si>
+    <t>Oak Ridge</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="mm\/dd\/yyyy"/>
     <numFmt numFmtId="165" formatCode="[&lt;=9999999]###\-####;\(###\)\ ###\-####"/>
     <numFmt numFmtId="166" formatCode="00000"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
@@ -3220,7909 +3303,8120 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3813AA26-35D2-4B3F-A920-2C9759F4F0CF}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6765E14B-7344-4B15-9A44-FDCF30E8F7C5}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr autoPageBreaks="0" fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L223"/>
+  <dimension ref="A1:L230"/>
   <sheetViews>
     <sheetView tabSelected="1" showOutlineSymbols="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="E222" sqref="E222"/>
+      <selection activeCell="B10" sqref="B10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="6.81640625" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.1796875" customWidth="1"/>
     <col min="4" max="4" width="14.54296875" customWidth="1"/>
-    <col min="5" max="5" width="37.81640625" customWidth="1"/>
+    <col min="5" max="5" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.81640625" customWidth="1"/>
     <col min="7" max="7" width="20" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="25" customWidth="1"/>
     <col min="10" max="10" width="16" style="35" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="257" max="257" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="258" max="258" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="259" max="259" width="19.1796875" customWidth="1"/>
     <col min="260" max="260" width="14.54296875" customWidth="1"/>
-    <col min="261" max="261" width="37.81640625" customWidth="1"/>
+    <col min="261" max="261" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="262" max="262" width="19.81640625" customWidth="1"/>
     <col min="263" max="263" width="20" bestFit="1" customWidth="1"/>
     <col min="264" max="264" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="265" max="265" width="25" customWidth="1"/>
     <col min="266" max="266" width="16" bestFit="1" customWidth="1"/>
     <col min="267" max="267" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="513" max="513" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="514" max="514" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="515" max="515" width="19.1796875" customWidth="1"/>
     <col min="516" max="516" width="14.54296875" customWidth="1"/>
-    <col min="517" max="517" width="37.81640625" customWidth="1"/>
+    <col min="517" max="517" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="518" max="518" width="19.81640625" customWidth="1"/>
     <col min="519" max="519" width="20" bestFit="1" customWidth="1"/>
     <col min="520" max="520" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="521" max="521" width="25" customWidth="1"/>
     <col min="522" max="522" width="16" bestFit="1" customWidth="1"/>
     <col min="523" max="523" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="769" max="769" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="770" max="770" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="771" max="771" width="19.1796875" customWidth="1"/>
     <col min="772" max="772" width="14.54296875" customWidth="1"/>
-    <col min="773" max="773" width="37.81640625" customWidth="1"/>
+    <col min="773" max="773" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="774" max="774" width="19.81640625" customWidth="1"/>
     <col min="775" max="775" width="20" bestFit="1" customWidth="1"/>
     <col min="776" max="776" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="777" max="777" width="25" customWidth="1"/>
     <col min="778" max="778" width="16" bestFit="1" customWidth="1"/>
     <col min="779" max="779" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="1025" max="1025" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="1026" max="1026" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="1027" max="1027" width="19.1796875" customWidth="1"/>
     <col min="1028" max="1028" width="14.54296875" customWidth="1"/>
-    <col min="1029" max="1029" width="37.81640625" customWidth="1"/>
+    <col min="1029" max="1029" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="1030" max="1030" width="19.81640625" customWidth="1"/>
     <col min="1031" max="1031" width="20" bestFit="1" customWidth="1"/>
     <col min="1032" max="1032" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="1033" max="1033" width="25" customWidth="1"/>
     <col min="1034" max="1034" width="16" bestFit="1" customWidth="1"/>
     <col min="1035" max="1035" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="1281" max="1281" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="1282" max="1282" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="1283" max="1283" width="19.1796875" customWidth="1"/>
     <col min="1284" max="1284" width="14.54296875" customWidth="1"/>
-    <col min="1285" max="1285" width="37.81640625" customWidth="1"/>
+    <col min="1285" max="1285" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="1286" max="1286" width="19.81640625" customWidth="1"/>
     <col min="1287" max="1287" width="20" bestFit="1" customWidth="1"/>
     <col min="1288" max="1288" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="1289" max="1289" width="25" customWidth="1"/>
     <col min="1290" max="1290" width="16" bestFit="1" customWidth="1"/>
     <col min="1291" max="1291" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="1537" max="1537" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="1538" max="1538" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="1539" max="1539" width="19.1796875" customWidth="1"/>
     <col min="1540" max="1540" width="14.54296875" customWidth="1"/>
-    <col min="1541" max="1541" width="37.81640625" customWidth="1"/>
+    <col min="1541" max="1541" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="1542" max="1542" width="19.81640625" customWidth="1"/>
     <col min="1543" max="1543" width="20" bestFit="1" customWidth="1"/>
     <col min="1544" max="1544" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="1545" max="1545" width="25" customWidth="1"/>
     <col min="1546" max="1546" width="16" bestFit="1" customWidth="1"/>
     <col min="1547" max="1547" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="1793" max="1793" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="1794" max="1794" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="1795" max="1795" width="19.1796875" customWidth="1"/>
     <col min="1796" max="1796" width="14.54296875" customWidth="1"/>
-    <col min="1797" max="1797" width="37.81640625" customWidth="1"/>
+    <col min="1797" max="1797" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="1798" max="1798" width="19.81640625" customWidth="1"/>
     <col min="1799" max="1799" width="20" bestFit="1" customWidth="1"/>
     <col min="1800" max="1800" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="1801" max="1801" width="25" customWidth="1"/>
     <col min="1802" max="1802" width="16" bestFit="1" customWidth="1"/>
     <col min="1803" max="1803" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="2049" max="2049" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="2050" max="2050" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="2051" max="2051" width="19.1796875" customWidth="1"/>
     <col min="2052" max="2052" width="14.54296875" customWidth="1"/>
-    <col min="2053" max="2053" width="37.81640625" customWidth="1"/>
+    <col min="2053" max="2053" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="2054" max="2054" width="19.81640625" customWidth="1"/>
     <col min="2055" max="2055" width="20" bestFit="1" customWidth="1"/>
     <col min="2056" max="2056" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="2057" max="2057" width="25" customWidth="1"/>
     <col min="2058" max="2058" width="16" bestFit="1" customWidth="1"/>
     <col min="2059" max="2059" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="2305" max="2305" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="2306" max="2306" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="2307" max="2307" width="19.1796875" customWidth="1"/>
     <col min="2308" max="2308" width="14.54296875" customWidth="1"/>
-    <col min="2309" max="2309" width="37.81640625" customWidth="1"/>
+    <col min="2309" max="2309" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="2310" max="2310" width="19.81640625" customWidth="1"/>
     <col min="2311" max="2311" width="20" bestFit="1" customWidth="1"/>
     <col min="2312" max="2312" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="2313" max="2313" width="25" customWidth="1"/>
     <col min="2314" max="2314" width="16" bestFit="1" customWidth="1"/>
     <col min="2315" max="2315" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="2561" max="2561" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="2562" max="2562" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="2563" max="2563" width="19.1796875" customWidth="1"/>
     <col min="2564" max="2564" width="14.54296875" customWidth="1"/>
-    <col min="2565" max="2565" width="37.81640625" customWidth="1"/>
+    <col min="2565" max="2565" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="2566" max="2566" width="19.81640625" customWidth="1"/>
     <col min="2567" max="2567" width="20" bestFit="1" customWidth="1"/>
     <col min="2568" max="2568" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="2569" max="2569" width="25" customWidth="1"/>
     <col min="2570" max="2570" width="16" bestFit="1" customWidth="1"/>
     <col min="2571" max="2571" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="2817" max="2817" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="2818" max="2818" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="2819" max="2819" width="19.1796875" customWidth="1"/>
     <col min="2820" max="2820" width="14.54296875" customWidth="1"/>
-    <col min="2821" max="2821" width="37.81640625" customWidth="1"/>
+    <col min="2821" max="2821" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="2822" max="2822" width="19.81640625" customWidth="1"/>
     <col min="2823" max="2823" width="20" bestFit="1" customWidth="1"/>
     <col min="2824" max="2824" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="2825" max="2825" width="25" customWidth="1"/>
     <col min="2826" max="2826" width="16" bestFit="1" customWidth="1"/>
     <col min="2827" max="2827" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="3073" max="3073" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="3074" max="3074" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="3075" max="3075" width="19.1796875" customWidth="1"/>
     <col min="3076" max="3076" width="14.54296875" customWidth="1"/>
-    <col min="3077" max="3077" width="37.81640625" customWidth="1"/>
+    <col min="3077" max="3077" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="3078" max="3078" width="19.81640625" customWidth="1"/>
     <col min="3079" max="3079" width="20" bestFit="1" customWidth="1"/>
     <col min="3080" max="3080" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="3081" max="3081" width="25" customWidth="1"/>
     <col min="3082" max="3082" width="16" bestFit="1" customWidth="1"/>
     <col min="3083" max="3083" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="3329" max="3329" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="3330" max="3330" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="3331" max="3331" width="19.1796875" customWidth="1"/>
     <col min="3332" max="3332" width="14.54296875" customWidth="1"/>
-    <col min="3333" max="3333" width="37.81640625" customWidth="1"/>
+    <col min="3333" max="3333" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="3334" max="3334" width="19.81640625" customWidth="1"/>
     <col min="3335" max="3335" width="20" bestFit="1" customWidth="1"/>
     <col min="3336" max="3336" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="3337" max="3337" width="25" customWidth="1"/>
     <col min="3338" max="3338" width="16" bestFit="1" customWidth="1"/>
     <col min="3339" max="3339" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="3585" max="3585" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="3586" max="3586" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="3587" max="3587" width="19.1796875" customWidth="1"/>
     <col min="3588" max="3588" width="14.54296875" customWidth="1"/>
-    <col min="3589" max="3589" width="37.81640625" customWidth="1"/>
+    <col min="3589" max="3589" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="3590" max="3590" width="19.81640625" customWidth="1"/>
     <col min="3591" max="3591" width="20" bestFit="1" customWidth="1"/>
     <col min="3592" max="3592" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="3593" max="3593" width="25" customWidth="1"/>
     <col min="3594" max="3594" width="16" bestFit="1" customWidth="1"/>
     <col min="3595" max="3595" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="3841" max="3841" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="3842" max="3842" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="3843" max="3843" width="19.1796875" customWidth="1"/>
     <col min="3844" max="3844" width="14.54296875" customWidth="1"/>
-    <col min="3845" max="3845" width="37.81640625" customWidth="1"/>
+    <col min="3845" max="3845" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="3846" max="3846" width="19.81640625" customWidth="1"/>
     <col min="3847" max="3847" width="20" bestFit="1" customWidth="1"/>
     <col min="3848" max="3848" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="3849" max="3849" width="25" customWidth="1"/>
     <col min="3850" max="3850" width="16" bestFit="1" customWidth="1"/>
     <col min="3851" max="3851" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="4097" max="4097" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="4098" max="4098" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="4099" max="4099" width="19.1796875" customWidth="1"/>
     <col min="4100" max="4100" width="14.54296875" customWidth="1"/>
-    <col min="4101" max="4101" width="37.81640625" customWidth="1"/>
+    <col min="4101" max="4101" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="4102" max="4102" width="19.81640625" customWidth="1"/>
     <col min="4103" max="4103" width="20" bestFit="1" customWidth="1"/>
     <col min="4104" max="4104" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="4105" max="4105" width="25" customWidth="1"/>
     <col min="4106" max="4106" width="16" bestFit="1" customWidth="1"/>
     <col min="4107" max="4107" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="4353" max="4353" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="4354" max="4354" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="4355" max="4355" width="19.1796875" customWidth="1"/>
     <col min="4356" max="4356" width="14.54296875" customWidth="1"/>
-    <col min="4357" max="4357" width="37.81640625" customWidth="1"/>
+    <col min="4357" max="4357" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="4358" max="4358" width="19.81640625" customWidth="1"/>
     <col min="4359" max="4359" width="20" bestFit="1" customWidth="1"/>
     <col min="4360" max="4360" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="4361" max="4361" width="25" customWidth="1"/>
     <col min="4362" max="4362" width="16" bestFit="1" customWidth="1"/>
     <col min="4363" max="4363" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="4609" max="4609" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="4610" max="4610" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="4611" max="4611" width="19.1796875" customWidth="1"/>
     <col min="4612" max="4612" width="14.54296875" customWidth="1"/>
-    <col min="4613" max="4613" width="37.81640625" customWidth="1"/>
+    <col min="4613" max="4613" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="4614" max="4614" width="19.81640625" customWidth="1"/>
     <col min="4615" max="4615" width="20" bestFit="1" customWidth="1"/>
     <col min="4616" max="4616" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="4617" max="4617" width="25" customWidth="1"/>
     <col min="4618" max="4618" width="16" bestFit="1" customWidth="1"/>
     <col min="4619" max="4619" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="4865" max="4865" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="4866" max="4866" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="4867" max="4867" width="19.1796875" customWidth="1"/>
     <col min="4868" max="4868" width="14.54296875" customWidth="1"/>
-    <col min="4869" max="4869" width="37.81640625" customWidth="1"/>
+    <col min="4869" max="4869" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="4870" max="4870" width="19.81640625" customWidth="1"/>
     <col min="4871" max="4871" width="20" bestFit="1" customWidth="1"/>
     <col min="4872" max="4872" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="4873" max="4873" width="25" customWidth="1"/>
     <col min="4874" max="4874" width="16" bestFit="1" customWidth="1"/>
     <col min="4875" max="4875" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="5121" max="5121" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="5122" max="5122" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="5123" max="5123" width="19.1796875" customWidth="1"/>
     <col min="5124" max="5124" width="14.54296875" customWidth="1"/>
-    <col min="5125" max="5125" width="37.81640625" customWidth="1"/>
+    <col min="5125" max="5125" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="5126" max="5126" width="19.81640625" customWidth="1"/>
     <col min="5127" max="5127" width="20" bestFit="1" customWidth="1"/>
     <col min="5128" max="5128" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="5129" max="5129" width="25" customWidth="1"/>
     <col min="5130" max="5130" width="16" bestFit="1" customWidth="1"/>
     <col min="5131" max="5131" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="5377" max="5377" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="5378" max="5378" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="5379" max="5379" width="19.1796875" customWidth="1"/>
     <col min="5380" max="5380" width="14.54296875" customWidth="1"/>
-    <col min="5381" max="5381" width="37.81640625" customWidth="1"/>
+    <col min="5381" max="5381" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="5382" max="5382" width="19.81640625" customWidth="1"/>
     <col min="5383" max="5383" width="20" bestFit="1" customWidth="1"/>
     <col min="5384" max="5384" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="5385" max="5385" width="25" customWidth="1"/>
     <col min="5386" max="5386" width="16" bestFit="1" customWidth="1"/>
     <col min="5387" max="5387" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="5633" max="5633" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="5634" max="5634" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="5635" max="5635" width="19.1796875" customWidth="1"/>
     <col min="5636" max="5636" width="14.54296875" customWidth="1"/>
-    <col min="5637" max="5637" width="37.81640625" customWidth="1"/>
+    <col min="5637" max="5637" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="5638" max="5638" width="19.81640625" customWidth="1"/>
     <col min="5639" max="5639" width="20" bestFit="1" customWidth="1"/>
     <col min="5640" max="5640" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="5641" max="5641" width="25" customWidth="1"/>
     <col min="5642" max="5642" width="16" bestFit="1" customWidth="1"/>
     <col min="5643" max="5643" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="5889" max="5889" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="5890" max="5890" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="5891" max="5891" width="19.1796875" customWidth="1"/>
     <col min="5892" max="5892" width="14.54296875" customWidth="1"/>
-    <col min="5893" max="5893" width="37.81640625" customWidth="1"/>
+    <col min="5893" max="5893" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="5894" max="5894" width="19.81640625" customWidth="1"/>
     <col min="5895" max="5895" width="20" bestFit="1" customWidth="1"/>
     <col min="5896" max="5896" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="5897" max="5897" width="25" customWidth="1"/>
     <col min="5898" max="5898" width="16" bestFit="1" customWidth="1"/>
     <col min="5899" max="5899" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="6145" max="6145" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="6146" max="6146" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="6147" max="6147" width="19.1796875" customWidth="1"/>
     <col min="6148" max="6148" width="14.54296875" customWidth="1"/>
-    <col min="6149" max="6149" width="37.81640625" customWidth="1"/>
+    <col min="6149" max="6149" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="6150" max="6150" width="19.81640625" customWidth="1"/>
     <col min="6151" max="6151" width="20" bestFit="1" customWidth="1"/>
     <col min="6152" max="6152" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="6153" max="6153" width="25" customWidth="1"/>
     <col min="6154" max="6154" width="16" bestFit="1" customWidth="1"/>
     <col min="6155" max="6155" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="6401" max="6401" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="6402" max="6402" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="6403" max="6403" width="19.1796875" customWidth="1"/>
     <col min="6404" max="6404" width="14.54296875" customWidth="1"/>
-    <col min="6405" max="6405" width="37.81640625" customWidth="1"/>
+    <col min="6405" max="6405" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="6406" max="6406" width="19.81640625" customWidth="1"/>
     <col min="6407" max="6407" width="20" bestFit="1" customWidth="1"/>
     <col min="6408" max="6408" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="6409" max="6409" width="25" customWidth="1"/>
     <col min="6410" max="6410" width="16" bestFit="1" customWidth="1"/>
     <col min="6411" max="6411" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="6657" max="6657" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="6658" max="6658" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="6659" max="6659" width="19.1796875" customWidth="1"/>
     <col min="6660" max="6660" width="14.54296875" customWidth="1"/>
-    <col min="6661" max="6661" width="37.81640625" customWidth="1"/>
+    <col min="6661" max="6661" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="6662" max="6662" width="19.81640625" customWidth="1"/>
     <col min="6663" max="6663" width="20" bestFit="1" customWidth="1"/>
     <col min="6664" max="6664" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="6665" max="6665" width="25" customWidth="1"/>
     <col min="6666" max="6666" width="16" bestFit="1" customWidth="1"/>
     <col min="6667" max="6667" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="6913" max="6913" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="6914" max="6914" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="6915" max="6915" width="19.1796875" customWidth="1"/>
     <col min="6916" max="6916" width="14.54296875" customWidth="1"/>
-    <col min="6917" max="6917" width="37.81640625" customWidth="1"/>
+    <col min="6917" max="6917" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="6918" max="6918" width="19.81640625" customWidth="1"/>
     <col min="6919" max="6919" width="20" bestFit="1" customWidth="1"/>
     <col min="6920" max="6920" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="6921" max="6921" width="25" customWidth="1"/>
     <col min="6922" max="6922" width="16" bestFit="1" customWidth="1"/>
     <col min="6923" max="6923" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="7169" max="7169" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="7170" max="7170" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="7171" max="7171" width="19.1796875" customWidth="1"/>
     <col min="7172" max="7172" width="14.54296875" customWidth="1"/>
-    <col min="7173" max="7173" width="37.81640625" customWidth="1"/>
+    <col min="7173" max="7173" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="7174" max="7174" width="19.81640625" customWidth="1"/>
     <col min="7175" max="7175" width="20" bestFit="1" customWidth="1"/>
     <col min="7176" max="7176" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="7177" max="7177" width="25" customWidth="1"/>
     <col min="7178" max="7178" width="16" bestFit="1" customWidth="1"/>
     <col min="7179" max="7179" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="7425" max="7425" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="7426" max="7426" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="7427" max="7427" width="19.1796875" customWidth="1"/>
     <col min="7428" max="7428" width="14.54296875" customWidth="1"/>
-    <col min="7429" max="7429" width="37.81640625" customWidth="1"/>
+    <col min="7429" max="7429" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="7430" max="7430" width="19.81640625" customWidth="1"/>
     <col min="7431" max="7431" width="20" bestFit="1" customWidth="1"/>
     <col min="7432" max="7432" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="7433" max="7433" width="25" customWidth="1"/>
     <col min="7434" max="7434" width="16" bestFit="1" customWidth="1"/>
     <col min="7435" max="7435" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="7681" max="7681" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="7682" max="7682" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="7683" max="7683" width="19.1796875" customWidth="1"/>
     <col min="7684" max="7684" width="14.54296875" customWidth="1"/>
-    <col min="7685" max="7685" width="37.81640625" customWidth="1"/>
+    <col min="7685" max="7685" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="7686" max="7686" width="19.81640625" customWidth="1"/>
     <col min="7687" max="7687" width="20" bestFit="1" customWidth="1"/>
     <col min="7688" max="7688" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="7689" max="7689" width="25" customWidth="1"/>
     <col min="7690" max="7690" width="16" bestFit="1" customWidth="1"/>
     <col min="7691" max="7691" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="7937" max="7937" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="7938" max="7938" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="7939" max="7939" width="19.1796875" customWidth="1"/>
     <col min="7940" max="7940" width="14.54296875" customWidth="1"/>
-    <col min="7941" max="7941" width="37.81640625" customWidth="1"/>
+    <col min="7941" max="7941" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="7942" max="7942" width="19.81640625" customWidth="1"/>
     <col min="7943" max="7943" width="20" bestFit="1" customWidth="1"/>
     <col min="7944" max="7944" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="7945" max="7945" width="25" customWidth="1"/>
     <col min="7946" max="7946" width="16" bestFit="1" customWidth="1"/>
     <col min="7947" max="7947" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="8193" max="8193" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="8194" max="8194" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="8195" max="8195" width="19.1796875" customWidth="1"/>
     <col min="8196" max="8196" width="14.54296875" customWidth="1"/>
-    <col min="8197" max="8197" width="37.81640625" customWidth="1"/>
+    <col min="8197" max="8197" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="8198" max="8198" width="19.81640625" customWidth="1"/>
     <col min="8199" max="8199" width="20" bestFit="1" customWidth="1"/>
     <col min="8200" max="8200" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="8201" max="8201" width="25" customWidth="1"/>
     <col min="8202" max="8202" width="16" bestFit="1" customWidth="1"/>
     <col min="8203" max="8203" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="8449" max="8449" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="8450" max="8450" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="8451" max="8451" width="19.1796875" customWidth="1"/>
     <col min="8452" max="8452" width="14.54296875" customWidth="1"/>
-    <col min="8453" max="8453" width="37.81640625" customWidth="1"/>
+    <col min="8453" max="8453" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="8454" max="8454" width="19.81640625" customWidth="1"/>
     <col min="8455" max="8455" width="20" bestFit="1" customWidth="1"/>
     <col min="8456" max="8456" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="8457" max="8457" width="25" customWidth="1"/>
     <col min="8458" max="8458" width="16" bestFit="1" customWidth="1"/>
     <col min="8459" max="8459" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="8705" max="8705" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="8706" max="8706" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="8707" max="8707" width="19.1796875" customWidth="1"/>
     <col min="8708" max="8708" width="14.54296875" customWidth="1"/>
-    <col min="8709" max="8709" width="37.81640625" customWidth="1"/>
+    <col min="8709" max="8709" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="8710" max="8710" width="19.81640625" customWidth="1"/>
     <col min="8711" max="8711" width="20" bestFit="1" customWidth="1"/>
     <col min="8712" max="8712" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="8713" max="8713" width="25" customWidth="1"/>
     <col min="8714" max="8714" width="16" bestFit="1" customWidth="1"/>
     <col min="8715" max="8715" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="8961" max="8961" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="8962" max="8962" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="8963" max="8963" width="19.1796875" customWidth="1"/>
     <col min="8964" max="8964" width="14.54296875" customWidth="1"/>
-    <col min="8965" max="8965" width="37.81640625" customWidth="1"/>
+    <col min="8965" max="8965" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="8966" max="8966" width="19.81640625" customWidth="1"/>
     <col min="8967" max="8967" width="20" bestFit="1" customWidth="1"/>
     <col min="8968" max="8968" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="8969" max="8969" width="25" customWidth="1"/>
     <col min="8970" max="8970" width="16" bestFit="1" customWidth="1"/>
     <col min="8971" max="8971" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="9217" max="9217" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="9218" max="9218" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="9219" max="9219" width="19.1796875" customWidth="1"/>
     <col min="9220" max="9220" width="14.54296875" customWidth="1"/>
-    <col min="9221" max="9221" width="37.81640625" customWidth="1"/>
+    <col min="9221" max="9221" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="9222" max="9222" width="19.81640625" customWidth="1"/>
     <col min="9223" max="9223" width="20" bestFit="1" customWidth="1"/>
     <col min="9224" max="9224" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="9225" max="9225" width="25" customWidth="1"/>
     <col min="9226" max="9226" width="16" bestFit="1" customWidth="1"/>
     <col min="9227" max="9227" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="9473" max="9473" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="9474" max="9474" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="9475" max="9475" width="19.1796875" customWidth="1"/>
     <col min="9476" max="9476" width="14.54296875" customWidth="1"/>
-    <col min="9477" max="9477" width="37.81640625" customWidth="1"/>
+    <col min="9477" max="9477" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="9478" max="9478" width="19.81640625" customWidth="1"/>
     <col min="9479" max="9479" width="20" bestFit="1" customWidth="1"/>
     <col min="9480" max="9480" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="9481" max="9481" width="25" customWidth="1"/>
     <col min="9482" max="9482" width="16" bestFit="1" customWidth="1"/>
     <col min="9483" max="9483" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="9729" max="9729" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="9730" max="9730" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="9731" max="9731" width="19.1796875" customWidth="1"/>
     <col min="9732" max="9732" width="14.54296875" customWidth="1"/>
-    <col min="9733" max="9733" width="37.81640625" customWidth="1"/>
+    <col min="9733" max="9733" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="9734" max="9734" width="19.81640625" customWidth="1"/>
     <col min="9735" max="9735" width="20" bestFit="1" customWidth="1"/>
     <col min="9736" max="9736" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="9737" max="9737" width="25" customWidth="1"/>
     <col min="9738" max="9738" width="16" bestFit="1" customWidth="1"/>
     <col min="9739" max="9739" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="9985" max="9985" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="9986" max="9986" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="9987" max="9987" width="19.1796875" customWidth="1"/>
     <col min="9988" max="9988" width="14.54296875" customWidth="1"/>
-    <col min="9989" max="9989" width="37.81640625" customWidth="1"/>
+    <col min="9989" max="9989" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="9990" max="9990" width="19.81640625" customWidth="1"/>
     <col min="9991" max="9991" width="20" bestFit="1" customWidth="1"/>
     <col min="9992" max="9992" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="9993" max="9993" width="25" customWidth="1"/>
     <col min="9994" max="9994" width="16" bestFit="1" customWidth="1"/>
     <col min="9995" max="9995" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="10241" max="10241" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="10242" max="10242" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="10243" max="10243" width="19.1796875" customWidth="1"/>
     <col min="10244" max="10244" width="14.54296875" customWidth="1"/>
-    <col min="10245" max="10245" width="37.81640625" customWidth="1"/>
+    <col min="10245" max="10245" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="10246" max="10246" width="19.81640625" customWidth="1"/>
     <col min="10247" max="10247" width="20" bestFit="1" customWidth="1"/>
     <col min="10248" max="10248" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="10249" max="10249" width="25" customWidth="1"/>
     <col min="10250" max="10250" width="16" bestFit="1" customWidth="1"/>
     <col min="10251" max="10251" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="10497" max="10497" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="10498" max="10498" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="10499" max="10499" width="19.1796875" customWidth="1"/>
     <col min="10500" max="10500" width="14.54296875" customWidth="1"/>
-    <col min="10501" max="10501" width="37.81640625" customWidth="1"/>
+    <col min="10501" max="10501" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="10502" max="10502" width="19.81640625" customWidth="1"/>
     <col min="10503" max="10503" width="20" bestFit="1" customWidth="1"/>
     <col min="10504" max="10504" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="10505" max="10505" width="25" customWidth="1"/>
     <col min="10506" max="10506" width="16" bestFit="1" customWidth="1"/>
     <col min="10507" max="10507" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="10753" max="10753" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="10754" max="10754" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="10755" max="10755" width="19.1796875" customWidth="1"/>
     <col min="10756" max="10756" width="14.54296875" customWidth="1"/>
-    <col min="10757" max="10757" width="37.81640625" customWidth="1"/>
+    <col min="10757" max="10757" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="10758" max="10758" width="19.81640625" customWidth="1"/>
     <col min="10759" max="10759" width="20" bestFit="1" customWidth="1"/>
     <col min="10760" max="10760" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="10761" max="10761" width="25" customWidth="1"/>
     <col min="10762" max="10762" width="16" bestFit="1" customWidth="1"/>
     <col min="10763" max="10763" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="11009" max="11009" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="11010" max="11010" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="11011" max="11011" width="19.1796875" customWidth="1"/>
     <col min="11012" max="11012" width="14.54296875" customWidth="1"/>
-    <col min="11013" max="11013" width="37.81640625" customWidth="1"/>
+    <col min="11013" max="11013" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="11014" max="11014" width="19.81640625" customWidth="1"/>
     <col min="11015" max="11015" width="20" bestFit="1" customWidth="1"/>
     <col min="11016" max="11016" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="11017" max="11017" width="25" customWidth="1"/>
     <col min="11018" max="11018" width="16" bestFit="1" customWidth="1"/>
     <col min="11019" max="11019" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="11265" max="11265" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="11266" max="11266" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="11267" max="11267" width="19.1796875" customWidth="1"/>
     <col min="11268" max="11268" width="14.54296875" customWidth="1"/>
-    <col min="11269" max="11269" width="37.81640625" customWidth="1"/>
+    <col min="11269" max="11269" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="11270" max="11270" width="19.81640625" customWidth="1"/>
     <col min="11271" max="11271" width="20" bestFit="1" customWidth="1"/>
     <col min="11272" max="11272" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="11273" max="11273" width="25" customWidth="1"/>
     <col min="11274" max="11274" width="16" bestFit="1" customWidth="1"/>
     <col min="11275" max="11275" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="11521" max="11521" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="11522" max="11522" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="11523" max="11523" width="19.1796875" customWidth="1"/>
     <col min="11524" max="11524" width="14.54296875" customWidth="1"/>
-    <col min="11525" max="11525" width="37.81640625" customWidth="1"/>
+    <col min="11525" max="11525" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="11526" max="11526" width="19.81640625" customWidth="1"/>
     <col min="11527" max="11527" width="20" bestFit="1" customWidth="1"/>
     <col min="11528" max="11528" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="11529" max="11529" width="25" customWidth="1"/>
     <col min="11530" max="11530" width="16" bestFit="1" customWidth="1"/>
     <col min="11531" max="11531" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="11777" max="11777" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="11778" max="11778" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="11779" max="11779" width="19.1796875" customWidth="1"/>
     <col min="11780" max="11780" width="14.54296875" customWidth="1"/>
-    <col min="11781" max="11781" width="37.81640625" customWidth="1"/>
+    <col min="11781" max="11781" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="11782" max="11782" width="19.81640625" customWidth="1"/>
     <col min="11783" max="11783" width="20" bestFit="1" customWidth="1"/>
     <col min="11784" max="11784" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="11785" max="11785" width="25" customWidth="1"/>
     <col min="11786" max="11786" width="16" bestFit="1" customWidth="1"/>
     <col min="11787" max="11787" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="12033" max="12033" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="12034" max="12034" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="12035" max="12035" width="19.1796875" customWidth="1"/>
     <col min="12036" max="12036" width="14.54296875" customWidth="1"/>
-    <col min="12037" max="12037" width="37.81640625" customWidth="1"/>
+    <col min="12037" max="12037" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="12038" max="12038" width="19.81640625" customWidth="1"/>
     <col min="12039" max="12039" width="20" bestFit="1" customWidth="1"/>
     <col min="12040" max="12040" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="12041" max="12041" width="25" customWidth="1"/>
     <col min="12042" max="12042" width="16" bestFit="1" customWidth="1"/>
     <col min="12043" max="12043" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="12289" max="12289" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="12290" max="12290" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="12291" max="12291" width="19.1796875" customWidth="1"/>
     <col min="12292" max="12292" width="14.54296875" customWidth="1"/>
-    <col min="12293" max="12293" width="37.81640625" customWidth="1"/>
+    <col min="12293" max="12293" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="12294" max="12294" width="19.81640625" customWidth="1"/>
     <col min="12295" max="12295" width="20" bestFit="1" customWidth="1"/>
     <col min="12296" max="12296" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="12297" max="12297" width="25" customWidth="1"/>
     <col min="12298" max="12298" width="16" bestFit="1" customWidth="1"/>
     <col min="12299" max="12299" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="12545" max="12545" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="12546" max="12546" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="12547" max="12547" width="19.1796875" customWidth="1"/>
     <col min="12548" max="12548" width="14.54296875" customWidth="1"/>
-    <col min="12549" max="12549" width="37.81640625" customWidth="1"/>
+    <col min="12549" max="12549" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="12550" max="12550" width="19.81640625" customWidth="1"/>
     <col min="12551" max="12551" width="20" bestFit="1" customWidth="1"/>
     <col min="12552" max="12552" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="12553" max="12553" width="25" customWidth="1"/>
     <col min="12554" max="12554" width="16" bestFit="1" customWidth="1"/>
     <col min="12555" max="12555" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="12801" max="12801" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="12802" max="12802" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="12803" max="12803" width="19.1796875" customWidth="1"/>
     <col min="12804" max="12804" width="14.54296875" customWidth="1"/>
-    <col min="12805" max="12805" width="37.81640625" customWidth="1"/>
+    <col min="12805" max="12805" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="12806" max="12806" width="19.81640625" customWidth="1"/>
     <col min="12807" max="12807" width="20" bestFit="1" customWidth="1"/>
     <col min="12808" max="12808" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="12809" max="12809" width="25" customWidth="1"/>
     <col min="12810" max="12810" width="16" bestFit="1" customWidth="1"/>
     <col min="12811" max="12811" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="13057" max="13057" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="13058" max="13058" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="13059" max="13059" width="19.1796875" customWidth="1"/>
     <col min="13060" max="13060" width="14.54296875" customWidth="1"/>
-    <col min="13061" max="13061" width="37.81640625" customWidth="1"/>
+    <col min="13061" max="13061" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="13062" max="13062" width="19.81640625" customWidth="1"/>
     <col min="13063" max="13063" width="20" bestFit="1" customWidth="1"/>
     <col min="13064" max="13064" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="13065" max="13065" width="25" customWidth="1"/>
     <col min="13066" max="13066" width="16" bestFit="1" customWidth="1"/>
     <col min="13067" max="13067" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="13313" max="13313" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="13314" max="13314" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="13315" max="13315" width="19.1796875" customWidth="1"/>
     <col min="13316" max="13316" width="14.54296875" customWidth="1"/>
-    <col min="13317" max="13317" width="37.81640625" customWidth="1"/>
+    <col min="13317" max="13317" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="13318" max="13318" width="19.81640625" customWidth="1"/>
     <col min="13319" max="13319" width="20" bestFit="1" customWidth="1"/>
     <col min="13320" max="13320" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="13321" max="13321" width="25" customWidth="1"/>
     <col min="13322" max="13322" width="16" bestFit="1" customWidth="1"/>
     <col min="13323" max="13323" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="13569" max="13569" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="13570" max="13570" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="13571" max="13571" width="19.1796875" customWidth="1"/>
     <col min="13572" max="13572" width="14.54296875" customWidth="1"/>
-    <col min="13573" max="13573" width="37.81640625" customWidth="1"/>
+    <col min="13573" max="13573" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="13574" max="13574" width="19.81640625" customWidth="1"/>
     <col min="13575" max="13575" width="20" bestFit="1" customWidth="1"/>
     <col min="13576" max="13576" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="13577" max="13577" width="25" customWidth="1"/>
     <col min="13578" max="13578" width="16" bestFit="1" customWidth="1"/>
     <col min="13579" max="13579" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="13825" max="13825" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="13826" max="13826" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="13827" max="13827" width="19.1796875" customWidth="1"/>
     <col min="13828" max="13828" width="14.54296875" customWidth="1"/>
-    <col min="13829" max="13829" width="37.81640625" customWidth="1"/>
+    <col min="13829" max="13829" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="13830" max="13830" width="19.81640625" customWidth="1"/>
     <col min="13831" max="13831" width="20" bestFit="1" customWidth="1"/>
     <col min="13832" max="13832" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="13833" max="13833" width="25" customWidth="1"/>
     <col min="13834" max="13834" width="16" bestFit="1" customWidth="1"/>
     <col min="13835" max="13835" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="14081" max="14081" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="14082" max="14082" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="14083" max="14083" width="19.1796875" customWidth="1"/>
     <col min="14084" max="14084" width="14.54296875" customWidth="1"/>
-    <col min="14085" max="14085" width="37.81640625" customWidth="1"/>
+    <col min="14085" max="14085" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="14086" max="14086" width="19.81640625" customWidth="1"/>
     <col min="14087" max="14087" width="20" bestFit="1" customWidth="1"/>
     <col min="14088" max="14088" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="14089" max="14089" width="25" customWidth="1"/>
     <col min="14090" max="14090" width="16" bestFit="1" customWidth="1"/>
     <col min="14091" max="14091" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="14337" max="14337" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="14338" max="14338" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="14339" max="14339" width="19.1796875" customWidth="1"/>
     <col min="14340" max="14340" width="14.54296875" customWidth="1"/>
-    <col min="14341" max="14341" width="37.81640625" customWidth="1"/>
+    <col min="14341" max="14341" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="14342" max="14342" width="19.81640625" customWidth="1"/>
     <col min="14343" max="14343" width="20" bestFit="1" customWidth="1"/>
     <col min="14344" max="14344" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="14345" max="14345" width="25" customWidth="1"/>
     <col min="14346" max="14346" width="16" bestFit="1" customWidth="1"/>
     <col min="14347" max="14347" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="14593" max="14593" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="14594" max="14594" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="14595" max="14595" width="19.1796875" customWidth="1"/>
     <col min="14596" max="14596" width="14.54296875" customWidth="1"/>
-    <col min="14597" max="14597" width="37.81640625" customWidth="1"/>
+    <col min="14597" max="14597" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="14598" max="14598" width="19.81640625" customWidth="1"/>
     <col min="14599" max="14599" width="20" bestFit="1" customWidth="1"/>
     <col min="14600" max="14600" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="14601" max="14601" width="25" customWidth="1"/>
     <col min="14602" max="14602" width="16" bestFit="1" customWidth="1"/>
     <col min="14603" max="14603" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="14849" max="14849" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="14850" max="14850" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="14851" max="14851" width="19.1796875" customWidth="1"/>
     <col min="14852" max="14852" width="14.54296875" customWidth="1"/>
-    <col min="14853" max="14853" width="37.81640625" customWidth="1"/>
+    <col min="14853" max="14853" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="14854" max="14854" width="19.81640625" customWidth="1"/>
     <col min="14855" max="14855" width="20" bestFit="1" customWidth="1"/>
     <col min="14856" max="14856" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="14857" max="14857" width="25" customWidth="1"/>
     <col min="14858" max="14858" width="16" bestFit="1" customWidth="1"/>
     <col min="14859" max="14859" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="15105" max="15105" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="15106" max="15106" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="15107" max="15107" width="19.1796875" customWidth="1"/>
     <col min="15108" max="15108" width="14.54296875" customWidth="1"/>
-    <col min="15109" max="15109" width="37.81640625" customWidth="1"/>
+    <col min="15109" max="15109" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="15110" max="15110" width="19.81640625" customWidth="1"/>
     <col min="15111" max="15111" width="20" bestFit="1" customWidth="1"/>
     <col min="15112" max="15112" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="15113" max="15113" width="25" customWidth="1"/>
     <col min="15114" max="15114" width="16" bestFit="1" customWidth="1"/>
     <col min="15115" max="15115" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="15361" max="15361" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="15362" max="15362" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="15363" max="15363" width="19.1796875" customWidth="1"/>
     <col min="15364" max="15364" width="14.54296875" customWidth="1"/>
-    <col min="15365" max="15365" width="37.81640625" customWidth="1"/>
+    <col min="15365" max="15365" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="15366" max="15366" width="19.81640625" customWidth="1"/>
     <col min="15367" max="15367" width="20" bestFit="1" customWidth="1"/>
     <col min="15368" max="15368" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="15369" max="15369" width="25" customWidth="1"/>
     <col min="15370" max="15370" width="16" bestFit="1" customWidth="1"/>
     <col min="15371" max="15371" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="15617" max="15617" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="15618" max="15618" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="15619" max="15619" width="19.1796875" customWidth="1"/>
     <col min="15620" max="15620" width="14.54296875" customWidth="1"/>
-    <col min="15621" max="15621" width="37.81640625" customWidth="1"/>
+    <col min="15621" max="15621" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="15622" max="15622" width="19.81640625" customWidth="1"/>
     <col min="15623" max="15623" width="20" bestFit="1" customWidth="1"/>
     <col min="15624" max="15624" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="15625" max="15625" width="25" customWidth="1"/>
     <col min="15626" max="15626" width="16" bestFit="1" customWidth="1"/>
     <col min="15627" max="15627" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="15873" max="15873" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="15874" max="15874" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="15875" max="15875" width="19.1796875" customWidth="1"/>
     <col min="15876" max="15876" width="14.54296875" customWidth="1"/>
-    <col min="15877" max="15877" width="37.81640625" customWidth="1"/>
+    <col min="15877" max="15877" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="15878" max="15878" width="19.81640625" customWidth="1"/>
     <col min="15879" max="15879" width="20" bestFit="1" customWidth="1"/>
     <col min="15880" max="15880" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="15881" max="15881" width="25" customWidth="1"/>
     <col min="15882" max="15882" width="16" bestFit="1" customWidth="1"/>
     <col min="15883" max="15883" width="8.7265625" bestFit="1" customWidth="1"/>
     <col min="16129" max="16129" width="62.1796875" bestFit="1" customWidth="1"/>
     <col min="16130" max="16130" width="38.81640625" bestFit="1" customWidth="1"/>
     <col min="16131" max="16131" width="19.1796875" customWidth="1"/>
     <col min="16132" max="16132" width="14.54296875" customWidth="1"/>
-    <col min="16133" max="16133" width="37.81640625" customWidth="1"/>
+    <col min="16133" max="16133" width="40.7265625" bestFit="1" customWidth="1"/>
     <col min="16134" max="16134" width="19.81640625" customWidth="1"/>
     <col min="16135" max="16135" width="20" bestFit="1" customWidth="1"/>
     <col min="16136" max="16136" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="16137" max="16137" width="25" customWidth="1"/>
     <col min="16138" max="16138" width="16" bestFit="1" customWidth="1"/>
     <col min="16139" max="16139" width="8.7265625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>810</v>
+        <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="3"/>
     </row>
     <row r="2" spans="1:11" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="4"/>
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
       <c r="I2" s="5"/>
       <c r="J2" s="5"/>
       <c r="K2" s="6"/>
     </row>
     <row r="3" spans="1:11" s="10" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="7" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="B3" s="8" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C3" s="8" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D3" s="8" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E3" s="8" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F3" s="8" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G3" s="8" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H3" s="8" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I3" s="8" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="J3" s="8" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K3" s="9" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="11" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B4" s="12" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C4" s="13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D4" s="14">
         <v>46295</v>
       </c>
       <c r="E4" s="12" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G4" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H4" s="12">
         <v>77339</v>
       </c>
       <c r="I4" s="12" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="J4" s="15">
         <v>2813483254</v>
       </c>
       <c r="K4" s="16"/>
     </row>
     <row r="5" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="11" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B5" s="12" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5" s="13" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D5" s="14">
         <v>46295</v>
       </c>
       <c r="E5" s="12" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F5" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G5" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H5" s="12">
         <v>77339</v>
       </c>
       <c r="I5" s="12" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="J5" s="15">
         <v>2813483254</v>
       </c>
       <c r="K5" s="16"/>
     </row>
     <row r="6" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="11" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B6" s="12" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C6" s="13" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D6" s="14">
-        <v>45985</v>
+        <v>46350</v>
       </c>
       <c r="E6" s="12" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F6" s="13" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G6" s="13" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H6" s="12">
         <v>85286</v>
       </c>
       <c r="I6" s="12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="J6" s="15">
         <v>2485046555</v>
       </c>
       <c r="K6" s="16"/>
     </row>
     <row r="7" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B7" s="12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C7" s="13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D7" s="14">
         <v>46295</v>
       </c>
       <c r="E7" s="12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F7" s="13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G7" s="13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H7" s="12">
         <v>38138</v>
       </c>
       <c r="I7" s="12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="J7" s="15">
         <v>8006211308</v>
       </c>
       <c r="K7" s="16"/>
     </row>
     <row r="8" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B8" s="12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C8" s="13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D8" s="14">
         <v>46295</v>
       </c>
       <c r="E8" s="12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F8" s="13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G8" s="13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H8" s="12">
         <v>38138</v>
       </c>
       <c r="I8" s="12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="J8" s="15">
         <v>8006211308</v>
       </c>
       <c r="K8" s="16"/>
     </row>
     <row r="9" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B9" s="12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C9" s="13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D9" s="14">
         <v>46295</v>
       </c>
       <c r="E9" s="12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F9" s="13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G9" s="13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H9" s="12">
         <v>38138</v>
       </c>
       <c r="I9" s="12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="J9" s="15">
         <v>8006211308</v>
       </c>
       <c r="K9" s="16"/>
     </row>
     <row r="10" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C10" s="13" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D10" s="14">
         <v>46138</v>
       </c>
       <c r="E10" s="12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F10" s="13" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G10" s="13" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H10" s="12">
         <v>60606</v>
       </c>
       <c r="I10" s="12" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="16"/>
     </row>
     <row r="11" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="11" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C11" s="13" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D11" s="14">
         <v>46295</v>
       </c>
       <c r="E11" s="12" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F11" s="13" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G11" s="13" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H11" s="12">
         <v>11735</v>
       </c>
       <c r="I11" s="12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J11" s="15">
         <v>6314200100</v>
       </c>
       <c r="K11" s="16"/>
     </row>
     <row r="12" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="11" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C12" s="13" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D12" s="14">
         <v>46295</v>
       </c>
       <c r="E12" s="12" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F12" s="13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G12" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H12" s="12">
         <v>33334</v>
       </c>
       <c r="I12" s="12" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J12" s="15">
         <v>9542671767</v>
       </c>
       <c r="K12" s="16"/>
     </row>
     <row r="13" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="11" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C13" s="13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D13" s="14">
         <v>46192</v>
       </c>
       <c r="E13" s="12" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F13" s="13" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G13" s="13" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H13" s="12">
         <v>46307</v>
       </c>
       <c r="I13" s="12"/>
       <c r="J13" s="15"/>
       <c r="K13" s="16"/>
     </row>
     <row r="14" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C14" s="13" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D14" s="14">
-        <v>46075</v>
+        <v>46440</v>
       </c>
       <c r="E14" s="12" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F14" s="13" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G14" s="13" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H14" s="12">
         <v>85286</v>
       </c>
       <c r="I14" s="12" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J14" s="15">
         <v>4805811760</v>
       </c>
       <c r="K14" s="16"/>
     </row>
     <row r="15" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="11" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C15" s="13" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D15" s="14">
         <v>46295</v>
       </c>
       <c r="E15" s="12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F15" s="13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G15" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H15" s="12">
         <v>33762</v>
       </c>
       <c r="I15" s="12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J15" s="15">
         <v>7547016671</v>
       </c>
       <c r="K15" s="16"/>
     </row>
     <row r="16" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B16" s="17" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C16" s="13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D16" s="14">
         <v>46326</v>
       </c>
       <c r="E16" s="12" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F16" s="13" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G16" s="13" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H16" s="18">
         <v>7095</v>
       </c>
       <c r="I16" s="12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J16" s="15">
         <v>7326341910</v>
       </c>
       <c r="K16" s="16">
         <v>8147</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B17" s="17" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C17" s="13" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D17" s="14">
         <v>46326</v>
       </c>
       <c r="E17" s="12" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F17" s="13" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G17" s="13" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H17" s="18">
         <v>7095</v>
       </c>
       <c r="I17" s="12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J17" s="15">
         <v>7326341910</v>
       </c>
       <c r="K17" s="16">
         <v>8147</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B18" s="17" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C18" s="13" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D18" s="14">
         <v>46326</v>
       </c>
       <c r="E18" s="12" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F18" s="13" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G18" s="13" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H18" s="18">
         <v>7095</v>
       </c>
       <c r="I18" s="12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J18" s="15">
         <v>7326341910</v>
       </c>
       <c r="K18" s="16">
         <v>8147</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B19" s="17" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C19" s="13" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D19" s="14">
         <v>46326</v>
       </c>
       <c r="E19" s="12" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F19" s="13" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G19" s="13" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H19" s="18">
         <v>7095</v>
       </c>
       <c r="I19" s="12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J19" s="15">
         <v>7326341910</v>
       </c>
       <c r="K19" s="16">
         <v>8147</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B20" s="17" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C20" s="13" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D20" s="14">
         <v>46326</v>
       </c>
       <c r="E20" s="12" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F20" s="13" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G20" s="13" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H20" s="18">
         <v>7095</v>
       </c>
       <c r="I20" s="12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J20" s="15">
         <v>7326341910</v>
       </c>
       <c r="K20" s="16">
         <v>8147</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B21" s="17" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C21" s="13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D21" s="14">
         <v>46326</v>
       </c>
       <c r="E21" s="12" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F21" s="13" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G21" s="13" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H21" s="18">
         <v>7095</v>
       </c>
       <c r="I21" s="12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J21" s="15">
         <v>7326341910</v>
       </c>
       <c r="K21" s="16">
         <v>8147</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B22" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C22" s="13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D22" s="14">
         <v>46241</v>
       </c>
       <c r="E22" s="12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F22" s="13" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G22" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H22" s="18">
         <v>77094</v>
       </c>
       <c r="I22" s="12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J22" s="15">
         <v>7137841181</v>
       </c>
       <c r="K22" s="16"/>
     </row>
     <row r="23" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B23" s="12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C23" s="13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D23" s="14">
         <v>46326</v>
       </c>
       <c r="E23" s="12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F23" s="13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G23" s="13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H23" s="18">
         <v>1803</v>
       </c>
       <c r="I23" s="12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="J23" s="15">
         <v>7813141122</v>
       </c>
       <c r="K23" s="16"/>
     </row>
     <row r="24" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B24" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C24" s="13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D24" s="14">
         <v>46326</v>
       </c>
       <c r="E24" s="12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F24" s="13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G24" s="13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H24" s="18">
         <v>80020</v>
       </c>
       <c r="I24" s="12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J24" s="15">
         <v>7204325900</v>
       </c>
       <c r="K24" s="16">
         <v>905</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B25" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C25" s="13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D25" s="14">
         <v>46350</v>
       </c>
       <c r="E25" s="12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F25" s="13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G25" s="13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H25" s="18">
         <v>64105</v>
       </c>
       <c r="I25" s="12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="J25" s="15">
         <v>8169941300</v>
       </c>
       <c r="K25" s="16"/>
     </row>
     <row r="26" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="11" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B26" s="12" t="s">
-        <v>38</v>
+        <v>112</v>
       </c>
       <c r="C26" s="13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D26" s="14">
-        <v>45961</v>
+        <v>46365</v>
       </c>
       <c r="E26" s="12" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F26" s="13" t="s">
-        <v>114</v>
+        <v>70</v>
       </c>
       <c r="G26" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="H26" s="18">
+        <v>33716</v>
+      </c>
+      <c r="I26" s="12" t="s">
         <v>115</v>
       </c>
-      <c r="H26" s="18">
-[...4 lines deleted...]
-      </c>
       <c r="J26" s="15">
-        <v>2567675900</v>
-[...3 lines deleted...]
-      </c>
+        <v>5853833735</v>
+      </c>
+      <c r="K26" s="16"/>
     </row>
     <row r="27" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="11" t="s">
+        <v>116</v>
+      </c>
+      <c r="B27" s="12" t="s">
+        <v>112</v>
+      </c>
+      <c r="C27" s="13" t="s">
         <v>117</v>
       </c>
-      <c r="B27" s="12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D27" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E27" s="12" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="F27" s="13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G27" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H27" s="18">
         <v>33716</v>
       </c>
       <c r="I27" s="12" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="J27" s="15">
         <v>5853833735</v>
       </c>
       <c r="K27" s="16"/>
     </row>
     <row r="28" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="11" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="B28" s="12" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C28" s="13" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D28" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E28" s="12" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="F28" s="13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G28" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H28" s="18">
         <v>33716</v>
       </c>
       <c r="I28" s="12" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="J28" s="15">
         <v>5853833735</v>
       </c>
       <c r="K28" s="16"/>
     </row>
     <row r="29" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="11" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B29" s="12" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C29" s="13" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D29" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E29" s="12" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="F29" s="13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G29" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H29" s="18">
         <v>33716</v>
       </c>
       <c r="I29" s="12" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="J29" s="15">
         <v>5853833735</v>
       </c>
       <c r="K29" s="16"/>
     </row>
     <row r="30" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="11" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="B30" s="12" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C30" s="13" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="D30" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E30" s="12" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="F30" s="13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G30" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H30" s="18">
         <v>33716</v>
       </c>
       <c r="I30" s="12" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="J30" s="15">
         <v>5853833735</v>
       </c>
       <c r="K30" s="16"/>
     </row>
     <row r="31" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="11" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B31" s="12" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C31" s="13" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D31" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E31" s="12" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="F31" s="13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G31" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H31" s="18">
         <v>33716</v>
       </c>
       <c r="I31" s="12" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="J31" s="15">
         <v>5853833735</v>
       </c>
       <c r="K31" s="16"/>
     </row>
     <row r="32" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="11" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B32" s="12" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C32" s="13" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D32" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E32" s="12" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="F32" s="13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G32" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H32" s="18">
         <v>33716</v>
       </c>
       <c r="I32" s="12" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="J32" s="15">
         <v>5853833735</v>
       </c>
       <c r="K32" s="16"/>
     </row>
     <row r="33" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="11" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B33" s="12" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C33" s="13" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="D33" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E33" s="12" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="F33" s="13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G33" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H33" s="18">
         <v>33716</v>
       </c>
       <c r="I33" s="12" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="J33" s="15">
         <v>5853833735</v>
       </c>
       <c r="K33" s="16"/>
     </row>
     <row r="34" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="11" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B34" s="12" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C34" s="13" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="D34" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E34" s="12" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="F34" s="13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G34" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H34" s="18">
         <v>33716</v>
       </c>
       <c r="I34" s="12" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="J34" s="15">
         <v>5853833735</v>
       </c>
       <c r="K34" s="16"/>
     </row>
     <row r="35" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="11" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="B35" s="12" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C35" s="13" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D35" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E35" s="12" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="F35" s="13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G35" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H35" s="18">
         <v>33716</v>
       </c>
       <c r="I35" s="12" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="J35" s="15">
         <v>5853833735</v>
       </c>
       <c r="K35" s="16"/>
     </row>
     <row r="36" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="11" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B36" s="12" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C36" s="13" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="D36" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E36" s="12" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="F36" s="13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G36" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H36" s="18">
         <v>33716</v>
       </c>
       <c r="I36" s="12" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="J36" s="15">
         <v>5853833735</v>
       </c>
       <c r="K36" s="16"/>
     </row>
     <row r="37" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="11" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B37" s="12" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C37" s="13" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="D37" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E37" s="12" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="F37" s="13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G37" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H37" s="18">
         <v>33716</v>
       </c>
       <c r="I37" s="12" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="J37" s="15">
         <v>5853833735</v>
       </c>
       <c r="K37" s="16"/>
     </row>
     <row r="38" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="11" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B38" s="12" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C38" s="13" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D38" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E38" s="12" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="F38" s="13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G38" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H38" s="18">
         <v>33716</v>
       </c>
       <c r="I38" s="12" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="J38" s="15">
         <v>5853833735</v>
       </c>
       <c r="K38" s="16"/>
     </row>
     <row r="39" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="11" t="s">
+        <v>140</v>
+      </c>
+      <c r="B39" s="12" t="s">
+        <v>141</v>
+      </c>
+      <c r="C39" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="D39" s="14">
+        <v>46081</v>
+      </c>
+      <c r="E39" s="12" t="s">
         <v>143</v>
       </c>
-      <c r="B39" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C39" s="13" t="s">
+      <c r="F39" s="13" t="s">
         <v>144</v>
       </c>
-      <c r="D39" s="14">
-[...7 lines deleted...]
-      </c>
       <c r="G39" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H39" s="18">
         <v>33716</v>
       </c>
       <c r="I39" s="12" t="s">
-        <v>120</v>
+        <v>145</v>
       </c>
       <c r="J39" s="15">
-        <v>5853833735</v>
+        <v>7862725305</v>
       </c>
       <c r="K39" s="16"/>
+      <c r="L39" s="16"/>
     </row>
     <row r="40" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="11" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B40" s="12" t="s">
-        <v>146</v>
+        <v>39</v>
       </c>
       <c r="C40" s="13" t="s">
         <v>147</v>
       </c>
       <c r="D40" s="14">
-        <v>46081</v>
+        <v>46326</v>
       </c>
       <c r="E40" s="12" t="s">
         <v>148</v>
       </c>
       <c r="F40" s="13" t="s">
         <v>149</v>
       </c>
       <c r="G40" s="13" t="s">
-        <v>55</v>
+        <v>150</v>
       </c>
       <c r="H40" s="18">
-        <v>33716</v>
+        <v>96825</v>
       </c>
       <c r="I40" s="12" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="J40" s="15">
-        <v>7862725305</v>
+        <v>8083944140</v>
       </c>
       <c r="K40" s="16"/>
-      <c r="L40" s="16"/>
     </row>
     <row r="41" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="11" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B41" s="12" t="s">
-        <v>38</v>
+        <v>153</v>
       </c>
       <c r="C41" s="13" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D41" s="14">
-        <v>45961</v>
+        <v>46326</v>
       </c>
       <c r="E41" s="12" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F41" s="13" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="G41" s="13" t="s">
-        <v>155</v>
+        <v>17</v>
       </c>
       <c r="H41" s="18">
-        <v>96825</v>
+        <v>75087</v>
       </c>
       <c r="I41" s="12" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="J41" s="15">
-        <v>8083944140</v>
+        <v>4696985593</v>
       </c>
       <c r="K41" s="16"/>
     </row>
     <row r="42" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="11" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B42" s="12" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="C42" s="13" t="s">
         <v>159</v>
       </c>
       <c r="D42" s="14">
-        <v>45961</v>
+        <v>46326</v>
       </c>
       <c r="E42" s="12" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="F42" s="13" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="G42" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H42" s="18">
         <v>75087</v>
       </c>
       <c r="I42" s="12" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="J42" s="15">
         <v>4696985593</v>
       </c>
       <c r="K42" s="16"/>
     </row>
     <row r="43" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="11" t="s">
+        <v>160</v>
+      </c>
+      <c r="B43" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C43" s="13" t="s">
+        <v>161</v>
+      </c>
+      <c r="D43" s="14">
+        <v>46265</v>
+      </c>
+      <c r="E43" s="12" t="s">
+        <v>162</v>
+      </c>
+      <c r="F43" s="13" t="s">
         <v>163</v>
       </c>
-      <c r="B43" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C43" s="13" t="s">
+      <c r="G43" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="H43" s="18">
+        <v>85281</v>
+      </c>
+      <c r="I43" s="12" t="s">
         <v>164</v>
       </c>
-      <c r="D43" s="14">
-[...16 lines deleted...]
-      </c>
       <c r="J43" s="15">
-        <v>4696985593</v>
+        <v>9092356766</v>
       </c>
       <c r="K43" s="16"/>
     </row>
     <row r="44" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="11" t="s">
         <v>165</v>
       </c>
       <c r="B44" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C44" s="13" t="s">
         <v>166</v>
       </c>
       <c r="D44" s="14">
-        <v>46265</v>
+        <v>46326</v>
       </c>
       <c r="E44" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="F44" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="G44" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="H44" s="18">
+        <v>85286</v>
+      </c>
+      <c r="I44" s="12" t="s">
         <v>167</v>
       </c>
-      <c r="F44" s="13" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J44" s="15">
-        <v>9092356766</v>
+        <v>5134044311</v>
       </c>
       <c r="K44" s="16"/>
     </row>
     <row r="45" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="11" t="s">
+        <v>168</v>
+      </c>
+      <c r="B45" s="12" t="s">
+        <v>169</v>
+      </c>
+      <c r="C45" s="13" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
       <c r="D45" s="14">
         <v>46326</v>
       </c>
       <c r="E45" s="12" t="s">
-        <v>23</v>
+        <v>171</v>
       </c>
       <c r="F45" s="13" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="G45" s="13" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="H45" s="18">
-        <v>85286</v>
+        <v>60154</v>
       </c>
       <c r="I45" s="12" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="J45" s="15">
-        <v>5134044311</v>
+        <v>6306019046</v>
       </c>
       <c r="K45" s="16"/>
     </row>
     <row r="46" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="11" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B46" s="12" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C46" s="13" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D46" s="14">
-        <v>46326</v>
+        <v>46295</v>
       </c>
       <c r="E46" s="12" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F46" s="13" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G46" s="13" t="s">
-        <v>42</v>
+        <v>179</v>
       </c>
       <c r="H46" s="18">
-        <v>60154</v>
+        <v>94568</v>
       </c>
       <c r="I46" s="12" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="J46" s="15">
-        <v>6306019046</v>
+        <v>9802335077</v>
       </c>
       <c r="K46" s="16"/>
     </row>
     <row r="47" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="11" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B47" s="12" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="C47" s="13" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D47" s="14">
         <v>46295</v>
       </c>
       <c r="E47" s="12" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="F47" s="13" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="G47" s="13" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="H47" s="18">
         <v>94568</v>
       </c>
       <c r="I47" s="12" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="J47" s="15">
         <v>9802335077</v>
       </c>
       <c r="K47" s="16"/>
     </row>
     <row r="48" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="11" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="B48" s="12" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="C48" s="13" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="D48" s="14">
         <v>46295</v>
       </c>
       <c r="E48" s="12" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="F48" s="13" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="G48" s="13" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="H48" s="18">
         <v>94568</v>
       </c>
       <c r="I48" s="12" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="J48" s="15">
         <v>9802335077</v>
       </c>
       <c r="K48" s="16"/>
     </row>
     <row r="49" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="11" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="B49" s="12" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="C49" s="13" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="D49" s="14">
         <v>46295</v>
       </c>
       <c r="E49" s="12" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="F49" s="13" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="G49" s="13" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="H49" s="18">
         <v>94568</v>
       </c>
       <c r="I49" s="12" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="J49" s="15">
         <v>9802335077</v>
       </c>
       <c r="K49" s="16"/>
     </row>
     <row r="50" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="11" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="B50" s="12" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="C50" s="13" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="D50" s="14">
         <v>46295</v>
       </c>
       <c r="E50" s="12" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="F50" s="13" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="G50" s="13" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="H50" s="18">
         <v>94568</v>
       </c>
       <c r="I50" s="12" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="J50" s="15">
         <v>9802335077</v>
       </c>
       <c r="K50" s="16"/>
     </row>
     <row r="51" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="11" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B51" s="12" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="C51" s="13" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="D51" s="14">
         <v>46295</v>
       </c>
       <c r="E51" s="12" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="F51" s="13" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="G51" s="13" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="H51" s="18">
         <v>94568</v>
       </c>
       <c r="I51" s="12" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="J51" s="15">
         <v>9802335077</v>
       </c>
       <c r="K51" s="16"/>
     </row>
     <row r="52" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="11" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="B52" s="12" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="C52" s="13" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D52" s="14">
         <v>46295</v>
       </c>
       <c r="E52" s="12" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="F52" s="13" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="G52" s="13" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="H52" s="18">
         <v>94568</v>
       </c>
       <c r="I52" s="12" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="J52" s="15">
         <v>9802335077</v>
       </c>
       <c r="K52" s="16"/>
     </row>
     <row r="53" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="11" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="B53" s="12" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="C53" s="13" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D53" s="14">
         <v>46295</v>
       </c>
       <c r="E53" s="12" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="F53" s="13" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="G53" s="13" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="H53" s="18">
         <v>94568</v>
       </c>
       <c r="I53" s="12" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="J53" s="15">
         <v>9802335077</v>
       </c>
       <c r="K53" s="16"/>
     </row>
     <row r="54" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="11" t="s">
+        <v>195</v>
+      </c>
+      <c r="B54" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C54" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="D54" s="14">
+        <v>46326</v>
+      </c>
+      <c r="E54" s="12" t="s">
+        <v>197</v>
+      </c>
+      <c r="F54" s="13" t="s">
         <v>198</v>
       </c>
-      <c r="B54" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C54" s="13" t="s">
+      <c r="G54" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="H54" s="18">
+        <v>61114</v>
+      </c>
+      <c r="I54" s="12" t="s">
         <v>199</v>
       </c>
-      <c r="D54" s="14">
-[...16 lines deleted...]
-      </c>
       <c r="J54" s="15">
-        <v>9802335077</v>
+        <v>8152823946</v>
       </c>
       <c r="K54" s="16"/>
     </row>
     <row r="55" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="11" t="s">
         <v>200</v>
       </c>
       <c r="B55" s="12" t="s">
-        <v>38</v>
+        <v>201</v>
       </c>
       <c r="C55" s="13" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D55" s="14">
-        <v>45961</v>
+        <v>46326</v>
       </c>
       <c r="E55" s="12" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="F55" s="13" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G55" s="13" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="H55" s="18">
-        <v>61114</v>
+        <v>77380</v>
       </c>
       <c r="I55" s="12" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="J55" s="15">
-        <v>8152823946</v>
+        <v>9365215804</v>
       </c>
       <c r="K55" s="16"/>
     </row>
     <row r="56" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="11" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B56" s="12" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C56" s="13" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D56" s="14">
-        <v>45961</v>
+        <v>46365</v>
       </c>
       <c r="E56" s="12" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="F56" s="13" t="s">
-        <v>209</v>
+        <v>144</v>
       </c>
       <c r="G56" s="13" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>77380</v>
+        <v>56</v>
+      </c>
+      <c r="H56" s="18" t="s">
+        <v>210</v>
       </c>
       <c r="I56" s="12" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="J56" s="15">
-        <v>9365215804</v>
+        <v>3056301242</v>
       </c>
       <c r="K56" s="16"/>
     </row>
     <row r="57" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="11" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B57" s="12" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C57" s="13" t="s">
         <v>213</v>
       </c>
       <c r="D57" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E57" s="12" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="F57" s="13" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="G57" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H57" s="18" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="I57" s="12" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="J57" s="15">
         <v>3056301242</v>
       </c>
       <c r="K57" s="16"/>
     </row>
     <row r="58" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="11" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="B58" s="12" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C58" s="13" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="D58" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E58" s="12" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="F58" s="13" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="G58" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H58" s="18" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="I58" s="12" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="J58" s="15">
         <v>3056301242</v>
       </c>
       <c r="K58" s="16"/>
     </row>
     <row r="59" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="11" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="B59" s="12" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C59" s="13" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="D59" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E59" s="12" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="F59" s="13" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="G59" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H59" s="18" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="I59" s="12" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="J59" s="15">
         <v>3056301242</v>
       </c>
       <c r="K59" s="16"/>
     </row>
     <row r="60" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="11" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="B60" s="12" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C60" s="13" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="D60" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E60" s="12" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="F60" s="13" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="G60" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H60" s="18" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="I60" s="12" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="J60" s="15">
         <v>3056301242</v>
       </c>
       <c r="K60" s="16"/>
     </row>
     <row r="61" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="11" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="B61" s="12" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C61" s="13" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="D61" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E61" s="12" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="F61" s="13" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="G61" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H61" s="18" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="I61" s="12" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="J61" s="15">
         <v>3056301242</v>
       </c>
       <c r="K61" s="16"/>
     </row>
     <row r="62" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="11" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="B62" s="12" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C62" s="13" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D62" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E62" s="12" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="F62" s="13" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="G62" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H62" s="18" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="I62" s="12" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="J62" s="15">
         <v>3056301242</v>
       </c>
       <c r="K62" s="16"/>
     </row>
     <row r="63" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="11" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="B63" s="12" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C63" s="13" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="D63" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E63" s="12" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="F63" s="13" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="G63" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H63" s="18" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="I63" s="12" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="J63" s="15">
         <v>3056301242</v>
       </c>
       <c r="K63" s="16"/>
     </row>
     <row r="64" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="11" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="B64" s="12" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C64" s="13" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D64" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E64" s="12" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="F64" s="13" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="G64" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H64" s="18" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="I64" s="12" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="J64" s="15">
         <v>3056301242</v>
       </c>
       <c r="K64" s="16"/>
     </row>
     <row r="65" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="11" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="B65" s="12" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C65" s="13" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="D65" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E65" s="12" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="F65" s="13" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="G65" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H65" s="18" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="I65" s="12" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="J65" s="15">
         <v>3056301242</v>
       </c>
       <c r="K65" s="16"/>
     </row>
     <row r="66" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="11" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="B66" s="12" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C66" s="13" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="D66" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E66" s="12" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="F66" s="13" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="G66" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H66" s="18" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="I66" s="12" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="J66" s="15">
         <v>3056301242</v>
       </c>
       <c r="K66" s="16"/>
     </row>
     <row r="67" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="11" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="B67" s="12" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C67" s="13" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="D67" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E67" s="12" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="F67" s="13" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="G67" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H67" s="18" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="I67" s="12" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="J67" s="15">
         <v>3056301242</v>
       </c>
       <c r="K67" s="16"/>
     </row>
     <row r="68" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="11" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="B68" s="12" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C68" s="13" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="D68" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E68" s="12" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="F68" s="13" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="G68" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H68" s="18" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="I68" s="12" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="J68" s="15">
         <v>3056301242</v>
       </c>
       <c r="K68" s="16"/>
     </row>
     <row r="69" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="11" t="s">
-        <v>239</v>
+        <v>207</v>
       </c>
       <c r="B69" s="12" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C69" s="13" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="D69" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E69" s="12" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="F69" s="13" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="G69" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H69" s="18" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="I69" s="12" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="J69" s="15">
         <v>3056301242</v>
       </c>
       <c r="K69" s="16"/>
     </row>
     <row r="70" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="11" t="s">
-        <v>212</v>
+        <v>237</v>
       </c>
       <c r="B70" s="12" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C70" s="13" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="D70" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E70" s="12" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="F70" s="13" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="G70" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H70" s="18" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="I70" s="12" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="J70" s="15">
         <v>3056301242</v>
       </c>
       <c r="K70" s="16"/>
     </row>
     <row r="71" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A71" s="11" t="s">
-        <v>242</v>
+      <c r="A71" s="12" t="s">
+        <v>239</v>
       </c>
       <c r="B71" s="12" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C71" s="13" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="D71" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E71" s="12" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="F71" s="13" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="G71" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H71" s="18" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="I71" s="12" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="J71" s="15">
         <v>3056301242</v>
       </c>
       <c r="K71" s="16"/>
     </row>
     <row r="72" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A72" s="12" t="s">
-        <v>244</v>
+      <c r="A72" s="11" t="s">
+        <v>241</v>
       </c>
       <c r="B72" s="12" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C72" s="13" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="D72" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E72" s="12" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="F72" s="13" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="G72" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H72" s="18" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="I72" s="12" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="J72" s="15">
         <v>3056301242</v>
       </c>
       <c r="K72" s="16"/>
     </row>
     <row r="73" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="11" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="B73" s="12" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C73" s="13" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="D73" s="14">
-        <v>46000</v>
+        <v>46365</v>
       </c>
       <c r="E73" s="12" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="F73" s="13" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="G73" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H73" s="18" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="I73" s="12" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="J73" s="15">
         <v>3056301242</v>
       </c>
       <c r="K73" s="16"/>
     </row>
     <row r="74" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="11" t="s">
+        <v>245</v>
+      </c>
+      <c r="B74" s="12" t="s">
+        <v>245</v>
+      </c>
+      <c r="C74" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="D74" s="14">
+        <v>46326</v>
+      </c>
+      <c r="E74" s="12" t="s">
+        <v>247</v>
+      </c>
+      <c r="F74" s="13" t="s">
         <v>248</v>
       </c>
-      <c r="B74" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C74" s="13" t="s">
+      <c r="G74" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="H74" s="18">
+        <v>11747</v>
+      </c>
+      <c r="I74" s="12" t="s">
         <v>249</v>
       </c>
-      <c r="D74" s="14">
-[...16 lines deleted...]
-      </c>
       <c r="J74" s="15">
-        <v>3056301242</v>
+        <v>5167265277</v>
       </c>
       <c r="K74" s="16"/>
     </row>
     <row r="75" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="11" t="s">
         <v>250</v>
       </c>
       <c r="B75" s="12" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="C75" s="13" t="s">
         <v>251</v>
       </c>
       <c r="D75" s="14">
-        <v>45961</v>
+        <v>46326</v>
       </c>
       <c r="E75" s="12" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="F75" s="13" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="G75" s="13" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H75" s="18">
         <v>11747</v>
       </c>
       <c r="I75" s="12" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="J75" s="15">
         <v>5167265277</v>
       </c>
       <c r="K75" s="16"/>
     </row>
     <row r="76" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="11" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="B76" s="12" t="s">
-        <v>250</v>
+        <v>46</v>
       </c>
       <c r="C76" s="13" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="D76" s="14">
-        <v>45961</v>
+        <v>46387</v>
       </c>
       <c r="E76" s="12" t="s">
-        <v>252</v>
+        <v>48</v>
       </c>
       <c r="F76" s="13" t="s">
-        <v>253</v>
+        <v>49</v>
       </c>
       <c r="G76" s="13" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>11747</v>
+        <v>50</v>
+      </c>
+      <c r="H76" s="12">
+        <v>11735</v>
       </c>
       <c r="I76" s="12" t="s">
-        <v>254</v>
+        <v>51</v>
       </c>
       <c r="J76" s="15">
-        <v>5167265277</v>
+        <v>6314200100</v>
       </c>
       <c r="K76" s="16"/>
     </row>
     <row r="77" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="11" t="s">
+        <v>254</v>
+      </c>
+      <c r="B77" s="12" t="s">
+        <v>255</v>
+      </c>
+      <c r="C77" s="13" t="s">
+        <v>256</v>
+      </c>
+      <c r="D77" s="14">
+        <v>46350</v>
+      </c>
+      <c r="E77" s="12" t="s">
         <v>257</v>
       </c>
-      <c r="B77" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C77" s="13" t="s">
+      <c r="F77" s="13" t="s">
         <v>258</v>
       </c>
-      <c r="D77" s="14">
-[...7 lines deleted...]
-      </c>
       <c r="G77" s="13" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>11735</v>
+        <v>259</v>
+      </c>
+      <c r="H77" s="18">
+        <v>20855</v>
       </c>
       <c r="I77" s="12" t="s">
-        <v>50</v>
+        <v>260</v>
       </c>
       <c r="J77" s="15">
-        <v>6314200100</v>
+        <v>2402385029</v>
       </c>
       <c r="K77" s="16"/>
     </row>
     <row r="78" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="11" t="s">
+        <v>261</v>
+      </c>
+      <c r="B78" s="12" t="s">
+        <v>255</v>
+      </c>
+      <c r="C78" s="13" t="s">
+        <v>262</v>
+      </c>
+      <c r="D78" s="14">
+        <v>46350</v>
+      </c>
+      <c r="E78" s="12" t="s">
+        <v>263</v>
+      </c>
+      <c r="F78" s="13" t="s">
+        <v>258</v>
+      </c>
+      <c r="G78" s="13" t="s">
         <v>259</v>
       </c>
-      <c r="B78" s="12" t="s">
+      <c r="H78" s="18">
+        <v>20856</v>
+      </c>
+      <c r="I78" s="12" t="s">
         <v>260</v>
-      </c>
-[...19 lines deleted...]
-        <v>265</v>
       </c>
       <c r="J78" s="15">
         <v>2402385029</v>
       </c>
       <c r="K78" s="16"/>
     </row>
     <row r="79" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="11" t="s">
+        <v>264</v>
+      </c>
+      <c r="B79" s="12" t="s">
+        <v>265</v>
+      </c>
+      <c r="C79" s="13" t="s">
         <v>266</v>
       </c>
-      <c r="B79" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C79" s="13" t="s">
+      <c r="D79" s="14">
+        <v>46326</v>
+      </c>
+      <c r="E79" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="F79" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="G79" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="H79" s="18">
+        <v>85286</v>
+      </c>
+      <c r="I79" s="12" t="s">
         <v>267</v>
       </c>
-      <c r="D79" s="14">
-[...2 lines deleted...]
-      <c r="E79" s="12" t="s">
+      <c r="J79" s="15">
+        <v>6036230007</v>
+      </c>
+      <c r="K79" s="16"/>
+    </row>
+    <row r="80" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="19" t="s">
         <v>268</v>
       </c>
-      <c r="F79" s="13" t="s">
-[...17 lines deleted...]
-      <c r="A80" s="11" t="s">
+      <c r="B80" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C80" s="13" t="s">
         <v>269</v>
       </c>
-      <c r="B80" s="12" t="s">
+      <c r="D80" s="14">
+        <v>46433</v>
+      </c>
+      <c r="E80" s="12" t="s">
         <v>270</v>
       </c>
-      <c r="C80" s="13" t="s">
+      <c r="F80" s="13" t="s">
         <v>271</v>
       </c>
-      <c r="D80" s="14">
-[...7 lines deleted...]
-      </c>
       <c r="G80" s="13" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H80" s="18">
-        <v>85286</v>
+        <v>46250</v>
       </c>
       <c r="I80" s="12" t="s">
         <v>272</v>
       </c>
       <c r="J80" s="15">
-        <v>6036230007</v>
+        <v>3175857870</v>
       </c>
       <c r="K80" s="16"/>
     </row>
     <row r="81" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A81" s="19" t="s">
+      <c r="A81" s="11" t="s">
         <v>273</v>
       </c>
       <c r="B81" s="12" t="s">
-        <v>38</v>
+        <v>274</v>
       </c>
       <c r="C81" s="13" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D81" s="14">
-        <v>46068</v>
+        <v>46326</v>
       </c>
       <c r="E81" s="12" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F81" s="13" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="G81" s="13" t="s">
-        <v>61</v>
+        <v>179</v>
       </c>
       <c r="H81" s="18">
-        <v>46250</v>
+        <v>92618</v>
       </c>
       <c r="I81" s="12" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="J81" s="15">
-        <v>3175857870</v>
-[...1 lines deleted...]
-      <c r="K81" s="16"/>
+        <v>8774762339</v>
+      </c>
+      <c r="K81" s="16">
+        <v>190</v>
+      </c>
     </row>
     <row r="82" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="11" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B82" s="12" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C82" s="13" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D82" s="14">
-        <v>46326</v>
+        <v>46295</v>
       </c>
       <c r="E82" s="12" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F82" s="13" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="G82" s="13" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="H82" s="18">
-        <v>92618</v>
+        <v>94115</v>
       </c>
       <c r="I82" s="12" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="J82" s="15">
-        <v>8774762339</v>
-[...3 lines deleted...]
-      </c>
+        <v>4157375780</v>
+      </c>
+      <c r="K82" s="16"/>
     </row>
     <row r="83" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="11" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B83" s="12" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="C83" s="13" t="s">
         <v>286</v>
       </c>
       <c r="D83" s="14">
         <v>46295</v>
       </c>
       <c r="E83" s="12" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="F83" s="13" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="G83" s="13" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="H83" s="18">
         <v>94115</v>
       </c>
       <c r="I83" s="12" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="J83" s="15">
         <v>4157375780</v>
       </c>
       <c r="K83" s="16"/>
     </row>
     <row r="84" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="11" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="B84" s="12" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="C84" s="13" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="D84" s="14">
         <v>46295</v>
       </c>
       <c r="E84" s="12" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="F84" s="13" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="G84" s="13" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="H84" s="18">
         <v>94115</v>
       </c>
       <c r="I84" s="12" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="J84" s="15">
         <v>4157375780</v>
       </c>
       <c r="K84" s="16"/>
     </row>
     <row r="85" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="11" t="s">
+        <v>289</v>
+      </c>
+      <c r="B85" s="12" t="s">
+        <v>290</v>
+      </c>
+      <c r="C85" s="13" t="s">
+        <v>291</v>
+      </c>
+      <c r="D85" s="14">
+        <v>46326</v>
+      </c>
+      <c r="E85" s="12" t="s">
         <v>292</v>
       </c>
-      <c r="B85" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C85" s="13" t="s">
+      <c r="F85" s="13" t="s">
         <v>293</v>
       </c>
-      <c r="D85" s="14">
-[...7 lines deleted...]
-      </c>
       <c r="G85" s="13" t="s">
-        <v>184</v>
+        <v>50</v>
       </c>
       <c r="H85" s="18">
-        <v>94115</v>
+        <v>12601</v>
       </c>
       <c r="I85" s="12" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="J85" s="15">
-        <v>4157375780</v>
-[...1 lines deleted...]
-      <c r="K85" s="16"/>
+        <v>845471200</v>
+      </c>
+      <c r="K85" s="16">
+        <v>372</v>
+      </c>
     </row>
     <row r="86" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="11" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B86" s="12" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C86" s="13" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D86" s="14">
-        <v>45961</v>
+        <v>46326</v>
       </c>
       <c r="E86" s="12" t="s">
-        <v>297</v>
+        <v>24</v>
       </c>
       <c r="F86" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="G86" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="H86" s="18">
+        <v>85286</v>
+      </c>
+      <c r="I86" s="12" t="s">
         <v>298</v>
       </c>
-      <c r="G86" s="13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J86" s="15">
-        <v>845471200</v>
-[...3 lines deleted...]
-      </c>
+        <v>8005080048</v>
+      </c>
+      <c r="K86" s="16"/>
     </row>
     <row r="87" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="11" t="s">
+        <v>299</v>
+      </c>
+      <c r="B87" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C87" s="13" t="s">
         <v>300</v>
       </c>
-      <c r="B87" s="12" t="s">
+      <c r="D87" s="14">
+        <v>46326</v>
+      </c>
+      <c r="E87" s="12" t="s">
         <v>301</v>
       </c>
-      <c r="C87" s="13" t="s">
+      <c r="F87" s="13" t="s">
         <v>302</v>
       </c>
-      <c r="D87" s="14">
-[...7 lines deleted...]
-      </c>
       <c r="G87" s="13" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H87" s="18">
-        <v>85286</v>
+        <v>46143</v>
       </c>
       <c r="I87" s="12" t="s">
         <v>303</v>
       </c>
       <c r="J87" s="15">
-        <v>8005080048</v>
+        <v>3178071019</v>
       </c>
       <c r="K87" s="16"/>
     </row>
     <row r="88" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="11" t="s">
         <v>304</v>
       </c>
       <c r="B88" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C88" s="13" t="s">
         <v>305</v>
       </c>
       <c r="D88" s="14">
-        <v>45961</v>
+        <v>46326</v>
       </c>
       <c r="E88" s="12" t="s">
         <v>306</v>
       </c>
       <c r="F88" s="13" t="s">
         <v>307</v>
       </c>
       <c r="G88" s="13" t="s">
-        <v>61</v>
+        <v>104</v>
       </c>
       <c r="H88" s="18">
-        <v>46143</v>
+        <v>80246</v>
       </c>
       <c r="I88" s="12" t="s">
         <v>308</v>
       </c>
       <c r="J88" s="15">
-        <v>3178071019</v>
+        <v>3039557615</v>
       </c>
       <c r="K88" s="16"/>
     </row>
     <row r="89" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="11" t="s">
         <v>309</v>
       </c>
       <c r="B89" s="12" t="s">
-        <v>38</v>
+        <v>67</v>
       </c>
       <c r="C89" s="13" t="s">
         <v>310</v>
       </c>
       <c r="D89" s="14">
-        <v>46326</v>
+        <v>46387</v>
       </c>
       <c r="E89" s="12" t="s">
         <v>311</v>
       </c>
       <c r="F89" s="13" t="s">
         <v>312</v>
       </c>
       <c r="G89" s="13" t="s">
-        <v>103</v>
+        <v>313</v>
       </c>
       <c r="H89" s="18">
-        <v>80246</v>
+        <v>84507</v>
       </c>
       <c r="I89" s="12" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="J89" s="15">
-        <v>3039557615</v>
+        <v>8888195952</v>
       </c>
       <c r="K89" s="16"/>
     </row>
     <row r="90" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="11" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B90" s="12" t="s">
-        <v>315</v>
+        <v>39</v>
       </c>
       <c r="C90" s="13" t="s">
         <v>316</v>
       </c>
       <c r="D90" s="14">
-        <v>46022</v>
+        <v>46326</v>
       </c>
       <c r="E90" s="12" t="s">
         <v>317</v>
       </c>
       <c r="F90" s="13" t="s">
         <v>318</v>
       </c>
       <c r="G90" s="13" t="s">
+        <v>313</v>
+      </c>
+      <c r="H90" s="18" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>84507</v>
       </c>
       <c r="I90" s="12" t="s">
         <v>320</v>
       </c>
       <c r="J90" s="15">
-        <v>8888195952</v>
+        <v>8014431335</v>
       </c>
       <c r="K90" s="16"/>
     </row>
     <row r="91" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="11" t="s">
         <v>321</v>
       </c>
       <c r="B91" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C91" s="13" t="s">
         <v>322</v>
       </c>
       <c r="D91" s="14">
         <v>46326</v>
       </c>
       <c r="E91" s="12" t="s">
         <v>323</v>
       </c>
       <c r="F91" s="13" t="s">
         <v>324</v>
       </c>
       <c r="G91" s="13" t="s">
-        <v>319</v>
-[...1 lines deleted...]
-      <c r="H91" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="H91" s="18">
+        <v>8512</v>
+      </c>
+      <c r="I91" s="12" t="s">
         <v>325</v>
       </c>
-      <c r="I91" s="12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J91" s="15">
-        <v>8014431335</v>
+        <v>6098600400</v>
       </c>
       <c r="K91" s="16"/>
     </row>
     <row r="92" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="B92" s="12" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C92" s="13" t="s">
         <v>328</v>
       </c>
       <c r="D92" s="14">
         <v>46326</v>
       </c>
       <c r="E92" s="12" t="s">
         <v>329</v>
       </c>
       <c r="F92" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="G92" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="H92" s="18">
+        <v>10001</v>
+      </c>
+      <c r="I92" s="12" t="s">
         <v>330</v>
       </c>
-      <c r="G92" s="13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J92" s="15">
-        <v>6098600400</v>
+        <v>6465531917</v>
       </c>
       <c r="K92" s="16"/>
     </row>
     <row r="93" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="B93" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C93" s="13" t="s">
         <v>332</v>
       </c>
-      <c r="B93" s="12" t="s">
+      <c r="D93" s="14">
+        <v>46326</v>
+      </c>
+      <c r="E93" s="12" t="s">
         <v>333</v>
       </c>
-      <c r="C93" s="13" t="s">
+      <c r="F93" s="13" t="s">
         <v>334</v>
       </c>
-      <c r="D93" s="14">
-[...2 lines deleted...]
-      <c r="E93" s="12" t="s">
+      <c r="G93" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="H93" s="18">
+        <v>7012</v>
+      </c>
+      <c r="I93" s="12" t="s">
         <v>335</v>
       </c>
-      <c r="F93" s="13" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J93" s="15">
-        <v>6465531917</v>
+        <v>9734580411</v>
       </c>
       <c r="K93" s="16"/>
     </row>
     <row r="94" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="11" t="s">
+        <v>336</v>
+      </c>
+      <c r="B94" s="12" t="s">
+        <v>112</v>
+      </c>
+      <c r="C94" s="13" t="s">
         <v>337</v>
       </c>
-      <c r="B94" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C94" s="13" t="s">
+      <c r="D94" s="14">
+        <v>46326</v>
+      </c>
+      <c r="E94" s="12" t="s">
         <v>338</v>
       </c>
-      <c r="D94" s="14">
-[...2 lines deleted...]
-      <c r="E94" s="12" t="s">
+      <c r="F94" s="13" t="s">
         <v>339</v>
       </c>
-      <c r="F94" s="13" t="s">
+      <c r="G94" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="H94" s="18">
+        <v>33411</v>
+      </c>
+      <c r="I94" s="12" t="s">
         <v>340</v>
       </c>
-      <c r="G94" s="13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J94" s="15">
-        <v>9734580411</v>
+        <v>5612732465</v>
       </c>
       <c r="K94" s="16"/>
     </row>
     <row r="95" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="11" t="s">
+        <v>341</v>
+      </c>
+      <c r="B95" s="12" t="s">
         <v>342</v>
       </c>
-      <c r="B95" s="12" t="s">
+      <c r="C95" s="13" t="s">
         <v>343</v>
       </c>
-      <c r="C95" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D95" s="14">
-        <v>45961</v>
+        <v>46326</v>
       </c>
       <c r="E95" s="12" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="F95" s="13" t="s">
-        <v>346</v>
+        <v>339</v>
       </c>
       <c r="G95" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H95" s="18">
         <v>33411</v>
       </c>
       <c r="I95" s="12" t="s">
-        <v>347</v>
+        <v>340</v>
       </c>
       <c r="J95" s="15">
         <v>5612732465</v>
       </c>
       <c r="K95" s="16"/>
     </row>
     <row r="96" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="11" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="B96" s="12" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="C96" s="13" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="D96" s="14">
-        <v>45961</v>
+        <v>46326</v>
       </c>
       <c r="E96" s="12" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="F96" s="13" t="s">
-        <v>346</v>
+        <v>339</v>
       </c>
       <c r="G96" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H96" s="18">
         <v>33411</v>
       </c>
       <c r="I96" s="12" t="s">
-        <v>347</v>
+        <v>340</v>
       </c>
       <c r="J96" s="15">
         <v>5612732465</v>
       </c>
       <c r="K96" s="16"/>
     </row>
     <row r="97" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="11" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="B97" s="12" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="C97" s="13" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="D97" s="14">
-        <v>45961</v>
+        <v>46326</v>
       </c>
       <c r="E97" s="12" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="F97" s="13" t="s">
-        <v>346</v>
+        <v>339</v>
       </c>
       <c r="G97" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H97" s="18">
         <v>33411</v>
       </c>
       <c r="I97" s="12" t="s">
-        <v>347</v>
+        <v>340</v>
       </c>
       <c r="J97" s="15">
         <v>5612732465</v>
       </c>
       <c r="K97" s="16"/>
     </row>
     <row r="98" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A98" s="11" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="B98" s="12" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="C98" s="13" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="D98" s="14">
-        <v>45961</v>
+        <v>46326</v>
       </c>
       <c r="E98" s="12" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="F98" s="13" t="s">
-        <v>346</v>
+        <v>339</v>
       </c>
       <c r="G98" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H98" s="18">
         <v>33411</v>
       </c>
       <c r="I98" s="12" t="s">
-        <v>347</v>
+        <v>340</v>
       </c>
       <c r="J98" s="15">
         <v>5612732465</v>
       </c>
       <c r="K98" s="16"/>
     </row>
     <row r="99" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A99" s="11" t="s">
+        <v>350</v>
+      </c>
+      <c r="B99" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C99" s="13" t="s">
+        <v>351</v>
+      </c>
+      <c r="D99" s="14">
+        <v>46332</v>
+      </c>
+      <c r="E99" s="12" t="s">
+        <v>352</v>
+      </c>
+      <c r="F99" s="13" t="s">
+        <v>353</v>
+      </c>
+      <c r="G99" s="13" t="s">
+        <v>313</v>
+      </c>
+      <c r="H99" s="18">
+        <v>84109</v>
+      </c>
+      <c r="I99" s="12" t="s">
         <v>354</v>
       </c>
-      <c r="B99" s="12" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="J99" s="15">
-        <v>5612732465</v>
-[...1 lines deleted...]
-      <c r="K99" s="16"/>
+        <v>8014873000</v>
+      </c>
+      <c r="K99" s="16">
+        <v>601</v>
+      </c>
     </row>
     <row r="100" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="11" t="s">
+        <v>355</v>
+      </c>
+      <c r="B100" s="12" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C100" s="13" t="s">
         <v>357</v>
       </c>
       <c r="D100" s="14">
         <v>46332</v>
       </c>
       <c r="E100" s="12" t="s">
         <v>358</v>
       </c>
       <c r="F100" s="13" t="s">
         <v>359</v>
       </c>
       <c r="G100" s="13" t="s">
-        <v>319</v>
+        <v>56</v>
       </c>
       <c r="H100" s="18">
-        <v>84109</v>
+        <v>34205</v>
       </c>
       <c r="I100" s="12" t="s">
         <v>360</v>
       </c>
       <c r="J100" s="15">
-        <v>8014873000</v>
-[...3 lines deleted...]
-      </c>
+        <v>9419252990</v>
+      </c>
+      <c r="K100" s="16"/>
     </row>
     <row r="101" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="11" t="s">
         <v>361</v>
       </c>
       <c r="B101" s="12" t="s">
+        <v>356</v>
+      </c>
+      <c r="C101" s="13" t="s">
         <v>362</v>
       </c>
-      <c r="C101" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D101" s="14">
-        <v>45967</v>
+        <v>46332</v>
       </c>
       <c r="E101" s="12" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
       <c r="F101" s="13" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
       <c r="G101" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H101" s="18">
         <v>34205</v>
       </c>
       <c r="I101" s="12" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="J101" s="15">
         <v>9419252990</v>
       </c>
       <c r="K101" s="16"/>
     </row>
     <row r="102" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="11" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="B102" s="12" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="C102" s="13" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="D102" s="14">
-        <v>45967</v>
+        <v>46332</v>
       </c>
       <c r="E102" s="12" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
       <c r="F102" s="13" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
       <c r="G102" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H102" s="18">
         <v>34205</v>
       </c>
       <c r="I102" s="12" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="J102" s="15">
         <v>9419252990</v>
       </c>
       <c r="K102" s="16"/>
     </row>
     <row r="103" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="11" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="B103" s="12" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="C103" s="13" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="D103" s="14">
-        <v>45967</v>
+        <v>46332</v>
       </c>
       <c r="E103" s="12" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
       <c r="F103" s="13" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
       <c r="G103" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H103" s="18">
         <v>34205</v>
       </c>
       <c r="I103" s="12" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="J103" s="15">
         <v>9419252990</v>
       </c>
       <c r="K103" s="16"/>
     </row>
     <row r="104" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="11" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="B104" s="12" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="C104" s="13" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="D104" s="14">
-        <v>45967</v>
+        <v>46332</v>
       </c>
       <c r="E104" s="12" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
       <c r="F104" s="13" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
       <c r="G104" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H104" s="18">
         <v>34205</v>
       </c>
       <c r="I104" s="12" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="J104" s="15">
         <v>9419252990</v>
       </c>
       <c r="K104" s="16"/>
     </row>
     <row r="105" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="11" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="B105" s="12" t="s">
-        <v>362</v>
+        <v>39</v>
       </c>
       <c r="C105" s="13" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="D105" s="14">
-        <v>45967</v>
+        <v>46351</v>
       </c>
       <c r="E105" s="12" t="s">
-        <v>364</v>
+        <v>24</v>
       </c>
       <c r="F105" s="13" t="s">
-        <v>365</v>
+        <v>25</v>
       </c>
       <c r="G105" s="13" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="H105" s="18">
-        <v>34205</v>
+        <v>85286</v>
       </c>
       <c r="I105" s="12" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="J105" s="15">
-        <v>9419252990</v>
-[...1 lines deleted...]
-      <c r="K105" s="16"/>
+        <v>2083763000</v>
+      </c>
+      <c r="K105" s="16">
+        <v>4472</v>
+      </c>
     </row>
     <row r="106" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="11" t="s">
+        <v>372</v>
+      </c>
+      <c r="B106" s="17" t="s">
+        <v>373</v>
+      </c>
+      <c r="C106" s="13" t="s">
+        <v>374</v>
+      </c>
+      <c r="D106" s="14">
+        <v>46400</v>
+      </c>
+      <c r="E106" s="12" t="s">
         <v>375</v>
       </c>
-      <c r="B106" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C106" s="13" t="s">
+      <c r="F106" s="13" t="s">
         <v>376</v>
       </c>
-      <c r="D106" s="14">
-[...7 lines deleted...]
-      </c>
       <c r="G106" s="13" t="s">
-        <v>55</v>
+        <v>377</v>
       </c>
       <c r="H106" s="18">
-        <v>34205</v>
+        <v>97062</v>
       </c>
       <c r="I106" s="12" t="s">
-        <v>366</v>
+        <v>378</v>
       </c>
       <c r="J106" s="15">
-        <v>9419252990</v>
+        <v>4696985593</v>
       </c>
       <c r="K106" s="16"/>
     </row>
     <row r="107" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="11" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="B107" s="12" t="s">
-        <v>362</v>
+        <v>39</v>
       </c>
       <c r="C107" s="13" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="D107" s="14">
-        <v>45967</v>
+        <v>46366</v>
       </c>
       <c r="E107" s="12" t="s">
-        <v>364</v>
+        <v>381</v>
       </c>
       <c r="F107" s="13" t="s">
-        <v>365</v>
+        <v>382</v>
       </c>
       <c r="G107" s="13" t="s">
-        <v>55</v>
+        <v>383</v>
       </c>
       <c r="H107" s="18">
-        <v>34205</v>
+        <v>48084</v>
       </c>
       <c r="I107" s="12" t="s">
-        <v>366</v>
+        <v>384</v>
       </c>
       <c r="J107" s="15">
-        <v>9419252990</v>
+        <v>2484988436</v>
       </c>
       <c r="K107" s="16"/>
     </row>
     <row r="108" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="11" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="B108" s="12" t="s">
-        <v>38</v>
+        <v>342</v>
       </c>
       <c r="C108" s="13" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="D108" s="14">
-        <v>45986</v>
+        <v>46372</v>
       </c>
       <c r="E108" s="12" t="s">
-        <v>23</v>
+        <v>387</v>
       </c>
       <c r="F108" s="13" t="s">
-        <v>24</v>
+        <v>388</v>
       </c>
       <c r="G108" s="13" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>85286</v>
+        <v>56</v>
+      </c>
+      <c r="H108" s="18" t="s">
+        <v>389</v>
       </c>
       <c r="I108" s="12" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="J108" s="15">
-        <v>2083763000</v>
-[...3 lines deleted...]
-      </c>
+        <v>5856263878</v>
+      </c>
+      <c r="K108" s="16"/>
     </row>
     <row r="109" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="11" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-        <v>383</v>
+        <v>391</v>
+      </c>
+      <c r="B109" s="12" t="s">
+        <v>342</v>
       </c>
       <c r="C109" s="13" t="s">
-        <v>384</v>
+        <v>392</v>
       </c>
       <c r="D109" s="14">
-        <v>46035</v>
+        <v>46372</v>
       </c>
       <c r="E109" s="12" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="F109" s="13" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="G109" s="13" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-        <v>97062</v>
+        <v>56</v>
+      </c>
+      <c r="H109" s="18" t="s">
+        <v>389</v>
       </c>
       <c r="I109" s="12" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="J109" s="15">
-        <v>4696985593</v>
+        <v>5856263878</v>
       </c>
       <c r="K109" s="16"/>
     </row>
     <row r="110" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="11" t="s">
+        <v>393</v>
+      </c>
+      <c r="B110" s="12" t="s">
+        <v>342</v>
+      </c>
+      <c r="C110" s="13" t="s">
+        <v>394</v>
+      </c>
+      <c r="D110" s="14">
+        <v>46372</v>
+      </c>
+      <c r="E110" s="12" t="s">
+        <v>387</v>
+      </c>
+      <c r="F110" s="13" t="s">
+        <v>388</v>
+      </c>
+      <c r="G110" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="H110" s="18" t="s">
         <v>389</v>
       </c>
-      <c r="B110" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C110" s="13" t="s">
+      <c r="I110" s="12" t="s">
         <v>390</v>
       </c>
-      <c r="D110" s="14">
-[...16 lines deleted...]
-      </c>
       <c r="J110" s="15">
-        <v>2484988436</v>
+        <v>5856263878</v>
       </c>
       <c r="K110" s="16"/>
     </row>
     <row r="111" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="11" t="s">
         <v>395</v>
       </c>
       <c r="B111" s="12" t="s">
+        <v>342</v>
+      </c>
+      <c r="C111" s="13" t="s">
         <v>396</v>
       </c>
-      <c r="C111" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D111" s="14">
-        <v>46068</v>
+        <v>46372</v>
       </c>
       <c r="E111" s="12" t="s">
-        <v>398</v>
+        <v>387</v>
       </c>
       <c r="F111" s="13" t="s">
-        <v>24</v>
+        <v>388</v>
       </c>
       <c r="G111" s="13" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>85286</v>
+        <v>56</v>
+      </c>
+      <c r="H111" s="18" t="s">
+        <v>389</v>
       </c>
       <c r="I111" s="12" t="s">
-        <v>399</v>
+        <v>390</v>
       </c>
       <c r="J111" s="15">
-        <v>4809932650</v>
+        <v>5856263878</v>
       </c>
       <c r="K111" s="16"/>
     </row>
     <row r="112" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="11" t="s">
+        <v>397</v>
+      </c>
+      <c r="B112" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C112" s="13" t="s">
+        <v>398</v>
+      </c>
+      <c r="D112" s="14">
+        <v>46295</v>
+      </c>
+      <c r="E112" s="12" t="s">
+        <v>399</v>
+      </c>
+      <c r="F112" s="13" t="s">
         <v>400</v>
       </c>
-      <c r="B112" s="12" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G112" s="13" t="s">
-        <v>55</v>
-[...9 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="H112" s="18">
+        <v>33323</v>
+      </c>
+      <c r="I112" s="12"/>
+      <c r="J112" s="15"/>
       <c r="K112" s="16"/>
     </row>
     <row r="113" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="11" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="B113" s="12" t="s">
-        <v>343</v>
+        <v>39</v>
       </c>
       <c r="C113" s="13" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="D113" s="14">
-        <v>46007</v>
+        <v>46424</v>
       </c>
       <c r="E113" s="12" t="s">
-        <v>402</v>
+        <v>24</v>
       </c>
       <c r="F113" s="13" t="s">
-        <v>403</v>
+        <v>25</v>
       </c>
       <c r="G113" s="13" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>404</v>
+        <v>26</v>
+      </c>
+      <c r="H113" s="18">
+        <v>85286</v>
       </c>
       <c r="I113" s="12" t="s">
-        <v>405</v>
+        <v>65</v>
       </c>
       <c r="J113" s="15">
-        <v>5856263878</v>
+        <v>4809932650</v>
       </c>
       <c r="K113" s="16"/>
     </row>
     <row r="114" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="11" t="s">
+        <v>403</v>
+      </c>
+      <c r="B114" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C114" s="13" t="s">
+        <v>404</v>
+      </c>
+      <c r="D114" s="14">
+        <v>46428</v>
+      </c>
+      <c r="E114" s="12" t="s">
+        <v>405</v>
+      </c>
+      <c r="F114" s="13" t="s">
+        <v>406</v>
+      </c>
+      <c r="G114" s="13" t="s">
+        <v>407</v>
+      </c>
+      <c r="H114" s="18">
+        <v>73072</v>
+      </c>
+      <c r="I114" s="12" t="s">
         <v>408</v>
       </c>
-      <c r="B114" s="12" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="J114" s="15">
-        <v>5856263878</v>
+        <v>4052921428</v>
       </c>
       <c r="K114" s="16"/>
     </row>
     <row r="115" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A115" s="11" t="s">
+        <v>409</v>
+      </c>
+      <c r="B115" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C115" s="13" t="s">
         <v>410</v>
       </c>
-      <c r="B115" s="12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D115" s="14">
-        <v>46007</v>
+        <v>46428</v>
       </c>
       <c r="E115" s="12" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="F115" s="13" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="G115" s="13" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>404</v>
+        <v>407</v>
+      </c>
+      <c r="H115" s="18">
+        <v>73072</v>
       </c>
       <c r="I115" s="12" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="J115" s="15">
-        <v>5856263878</v>
+        <v>4052921428</v>
       </c>
       <c r="K115" s="16"/>
     </row>
     <row r="116" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A116" s="11" t="s">
+        <v>411</v>
+      </c>
+      <c r="B116" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C116" s="13" t="s">
         <v>412</v>
       </c>
-      <c r="B116" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C116" s="13" t="s">
+      <c r="D116" s="14">
+        <v>46428</v>
+      </c>
+      <c r="E116" s="12" t="s">
         <v>413</v>
       </c>
-      <c r="D116" s="14">
-[...2 lines deleted...]
-      <c r="E116" s="12" t="s">
+      <c r="F116" s="13" t="s">
         <v>414</v>
       </c>
-      <c r="F116" s="13" t="s">
+      <c r="G116" s="13" t="s">
+        <v>98</v>
+      </c>
+      <c r="H116" s="18">
+        <v>2370</v>
+      </c>
+      <c r="I116" s="12" t="s">
         <v>415</v>
       </c>
-      <c r="G116" s="13" t="s">
-[...6 lines deleted...]
-      <c r="J116" s="15"/>
+      <c r="J116" s="15">
+        <v>4696985582</v>
+      </c>
       <c r="K116" s="16"/>
     </row>
     <row r="117" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A117" s="11" t="s">
         <v>416</v>
       </c>
       <c r="B117" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C117" s="13" t="s">
         <v>417</v>
       </c>
       <c r="D117" s="14">
-        <v>46059</v>
+        <v>46136</v>
       </c>
       <c r="E117" s="12" t="s">
-        <v>23</v>
+        <v>418</v>
       </c>
       <c r="F117" s="13" t="s">
-        <v>24</v>
+        <v>419</v>
       </c>
       <c r="G117" s="13" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H117" s="18">
-        <v>85286</v>
+        <v>10357</v>
       </c>
       <c r="I117" s="12" t="s">
-        <v>64</v>
+        <v>420</v>
       </c>
       <c r="J117" s="15">
-        <v>4809932650</v>
+        <v>3154637838</v>
       </c>
       <c r="K117" s="16"/>
     </row>
     <row r="118" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A118" s="11" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B118" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C118" s="13" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="D118" s="14">
-        <v>46063</v>
+        <v>46142</v>
       </c>
       <c r="E118" s="12" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="F118" s="13" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="G118" s="13" t="s">
-        <v>422</v>
+        <v>56</v>
       </c>
       <c r="H118" s="18">
-        <v>73072</v>
+        <v>34269</v>
       </c>
       <c r="I118" s="12" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="J118" s="15">
-        <v>4052921428</v>
+        <v>9414567788</v>
       </c>
       <c r="K118" s="16"/>
     </row>
     <row r="119" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A119" s="11" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B119" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C119" s="13" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="D119" s="14">
-        <v>46063</v>
+        <v>46227</v>
       </c>
       <c r="E119" s="12" t="s">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="F119" s="13" t="s">
-        <v>421</v>
+        <v>248</v>
       </c>
       <c r="G119" s="13" t="s">
-        <v>422</v>
+        <v>50</v>
       </c>
       <c r="H119" s="18">
-        <v>73072</v>
+        <v>11747</v>
       </c>
       <c r="I119" s="12" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="J119" s="15">
-        <v>4052921428</v>
+        <v>5163268282</v>
       </c>
       <c r="K119" s="16"/>
     </row>
     <row r="120" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A120" s="11" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="B120" s="12" t="s">
-        <v>38</v>
+        <v>431</v>
       </c>
       <c r="C120" s="13" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="D120" s="14">
-        <v>46063</v>
+        <v>46233</v>
       </c>
       <c r="E120" s="12" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="F120" s="13" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="G120" s="13" t="s">
-        <v>97</v>
+        <v>56</v>
       </c>
       <c r="H120" s="18">
-        <v>2370</v>
+        <v>32504</v>
       </c>
       <c r="I120" s="12" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="J120" s="15">
-        <v>4696985582</v>
+        <v>8502666200</v>
       </c>
       <c r="K120" s="16"/>
     </row>
     <row r="121" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A121" s="11" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="B121" s="12" t="s">
-        <v>38</v>
+        <v>342</v>
       </c>
       <c r="C121" s="13" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="D121" s="14">
-        <v>46136</v>
+        <v>46241</v>
       </c>
       <c r="E121" s="12" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="F121" s="13" t="s">
-        <v>434</v>
+        <v>339</v>
       </c>
       <c r="G121" s="13" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="H121" s="18">
-        <v>10357</v>
+        <v>33411</v>
       </c>
       <c r="I121" s="12" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="J121" s="15">
-        <v>3154637838</v>
-[...1 lines deleted...]
-      <c r="K121" s="16"/>
+        <v>5612276500</v>
+      </c>
+      <c r="K121" s="16">
+        <v>2276586</v>
+      </c>
     </row>
     <row r="122" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="11" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="B122" s="12" t="s">
-        <v>38</v>
+        <v>342</v>
       </c>
       <c r="C122" s="13" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="D122" s="14">
-        <v>46142</v>
+        <v>46241</v>
       </c>
       <c r="E122" s="12" t="s">
         <v>438</v>
       </c>
       <c r="F122" s="13" t="s">
+        <v>339</v>
+      </c>
+      <c r="G122" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="H122" s="18">
+        <v>33411</v>
+      </c>
+      <c r="I122" s="12" t="s">
         <v>439</v>
       </c>
-      <c r="G122" s="13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J122" s="15">
-        <v>9414567788</v>
-[...1 lines deleted...]
-      <c r="K122" s="16"/>
+        <v>5612276500</v>
+      </c>
+      <c r="K122" s="16">
+        <v>2276586</v>
+      </c>
     </row>
     <row r="123" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="11" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B123" s="12" t="s">
-        <v>38</v>
+        <v>443</v>
       </c>
       <c r="C123" s="13" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="D123" s="14">
-        <v>46227</v>
+        <v>46326</v>
       </c>
       <c r="E123" s="12" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="F123" s="13" t="s">
-        <v>253</v>
+        <v>446</v>
       </c>
       <c r="G123" s="13" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="H123" s="18">
-        <v>11747</v>
+        <v>78216</v>
       </c>
       <c r="I123" s="12" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="J123" s="15">
-        <v>5163268282</v>
+        <v>2103217285</v>
       </c>
       <c r="K123" s="16"/>
     </row>
     <row r="124" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A124" s="11" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B124" s="12" t="s">
-        <v>446</v>
+        <v>39</v>
       </c>
       <c r="C124" s="13" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D124" s="14">
-        <v>46233</v>
+        <v>46245</v>
       </c>
       <c r="E124" s="12" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="F124" s="13" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="G124" s="13" t="s">
-        <v>55</v>
+        <v>452</v>
       </c>
       <c r="H124" s="18">
-        <v>32504</v>
+        <v>98662</v>
       </c>
       <c r="I124" s="12" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="J124" s="15">
-        <v>8502666200</v>
+        <v>3608280700</v>
       </c>
       <c r="K124" s="16"/>
     </row>
     <row r="125" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A125" s="11" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B125" s="12" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="C125" s="13" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="D125" s="14">
-        <v>46241</v>
+        <v>46295</v>
       </c>
       <c r="E125" s="12" t="s">
-        <v>453</v>
+        <v>438</v>
       </c>
       <c r="F125" s="13" t="s">
-        <v>346</v>
+        <v>339</v>
       </c>
       <c r="G125" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H125" s="18">
         <v>33411</v>
       </c>
       <c r="I125" s="12" t="s">
-        <v>454</v>
+        <v>439</v>
       </c>
       <c r="J125" s="15">
         <v>5612276500</v>
       </c>
       <c r="K125" s="16">
         <v>2276586</v>
       </c>
     </row>
     <row r="126" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A126" s="11" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B126" s="12" t="s">
-        <v>343</v>
+        <v>457</v>
       </c>
       <c r="C126" s="13" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="D126" s="14">
-        <v>46241</v>
+        <v>46295</v>
       </c>
       <c r="E126" s="12" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="F126" s="13" t="s">
-        <v>346</v>
+        <v>460</v>
       </c>
       <c r="G126" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H126" s="18">
-        <v>33411</v>
+        <v>34683</v>
       </c>
       <c r="I126" s="12" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
       <c r="J126" s="15">
-        <v>5612276500</v>
-[...3 lines deleted...]
-      </c>
+        <v>7279161149</v>
+      </c>
+      <c r="K126" s="16"/>
     </row>
     <row r="127" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A127" s="11" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="B127" s="12" t="s">
-        <v>458</v>
+        <v>39</v>
       </c>
       <c r="C127" s="13" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="D127" s="14">
-        <v>45961</v>
+        <v>46295</v>
       </c>
       <c r="E127" s="12" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="F127" s="13" t="s">
-        <v>461</v>
+        <v>271</v>
       </c>
       <c r="G127" s="13" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="H127" s="18">
-        <v>78216</v>
+        <v>46220</v>
       </c>
       <c r="I127" s="12" t="s">
-        <v>462</v>
-[...3 lines deleted...]
-      </c>
+        <v>465</v>
+      </c>
+      <c r="J127" s="15"/>
       <c r="K127" s="16"/>
     </row>
     <row r="128" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A128" s="11" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B128" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C128" s="13" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="D128" s="14">
-        <v>46245</v>
+        <v>46326</v>
       </c>
       <c r="E128" s="12" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F128" s="13" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="G128" s="13" t="s">
-        <v>467</v>
+        <v>383</v>
       </c>
       <c r="H128" s="18">
-        <v>98662</v>
+        <v>48038</v>
       </c>
       <c r="I128" s="12" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="J128" s="15">
-        <v>3608280700</v>
+        <v>5865800625</v>
       </c>
       <c r="K128" s="16"/>
     </row>
     <row r="129" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A129" s="11" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B129" s="12" t="s">
-        <v>343</v>
+        <v>39</v>
       </c>
       <c r="C129" s="13" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="D129" s="14">
-        <v>46295</v>
+        <v>46326</v>
       </c>
       <c r="E129" s="12" t="s">
-        <v>453</v>
+        <v>473</v>
       </c>
       <c r="F129" s="13" t="s">
-        <v>346</v>
+        <v>474</v>
       </c>
       <c r="G129" s="13" t="s">
-        <v>55</v>
+        <v>475</v>
       </c>
       <c r="H129" s="18">
-        <v>33411</v>
+        <v>27617</v>
       </c>
       <c r="I129" s="12" t="s">
-        <v>454</v>
+        <v>476</v>
       </c>
       <c r="J129" s="15">
-        <v>5612276500</v>
-[...3 lines deleted...]
-      </c>
+        <v>9196994144</v>
+      </c>
+      <c r="K129" s="16"/>
     </row>
     <row r="130" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A130" s="11" t="s">
-[...3 lines deleted...]
-        <v>472</v>
+      <c r="A130" s="20" t="s">
+        <v>477</v>
+      </c>
+      <c r="B130" s="21" t="s">
+        <v>39</v>
       </c>
       <c r="C130" s="13" t="s">
-        <v>473</v>
-[...22 lines deleted...]
-      <c r="K130" s="16"/>
+        <v>478</v>
+      </c>
+      <c r="D130" s="22">
+        <v>46326</v>
+      </c>
+      <c r="E130" s="21" t="s">
+        <v>479</v>
+      </c>
+      <c r="F130" s="23" t="s">
+        <v>480</v>
+      </c>
+      <c r="G130" s="23" t="s">
+        <v>98</v>
+      </c>
+      <c r="H130" s="24">
+        <v>2111</v>
+      </c>
+      <c r="I130" s="21" t="s">
+        <v>481</v>
+      </c>
+      <c r="J130" s="25">
+        <v>3122538359</v>
+      </c>
+      <c r="K130" s="26"/>
     </row>
     <row r="131" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A131" s="11" t="s">
-[...3 lines deleted...]
-        <v>38</v>
+      <c r="A131" s="20" t="s">
+        <v>482</v>
+      </c>
+      <c r="B131" s="21" t="s">
+        <v>483</v>
       </c>
       <c r="C131" s="13" t="s">
-        <v>478</v>
-[...20 lines deleted...]
-      <c r="K131" s="16"/>
+        <v>484</v>
+      </c>
+      <c r="D131" s="22">
+        <v>46326</v>
+      </c>
+      <c r="E131" s="21" t="s">
+        <v>485</v>
+      </c>
+      <c r="F131" s="23" t="s">
+        <v>486</v>
+      </c>
+      <c r="G131" s="23" t="s">
+        <v>452</v>
+      </c>
+      <c r="H131" s="24">
+        <v>98004</v>
+      </c>
+      <c r="I131" s="21" t="s">
+        <v>487</v>
+      </c>
+      <c r="J131" s="25">
+        <v>4257774642</v>
+      </c>
+      <c r="K131" s="26"/>
     </row>
     <row r="132" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A132" s="11" t="s">
-[...3 lines deleted...]
-        <v>38</v>
+      <c r="A132" s="20" t="s">
+        <v>488</v>
+      </c>
+      <c r="B132" s="21" t="s">
+        <v>488</v>
       </c>
       <c r="C132" s="13" t="s">
-        <v>482</v>
-[...22 lines deleted...]
-      <c r="K132" s="16"/>
+        <v>489</v>
+      </c>
+      <c r="D132" s="22">
+        <v>46340</v>
+      </c>
+      <c r="E132" s="21" t="s">
+        <v>490</v>
+      </c>
+      <c r="F132" s="23" t="s">
+        <v>491</v>
+      </c>
+      <c r="G132" s="23" t="s">
+        <v>179</v>
+      </c>
+      <c r="H132" s="24">
+        <v>92705</v>
+      </c>
+      <c r="I132" s="21" t="s">
+        <v>492</v>
+      </c>
+      <c r="J132" s="25">
+        <v>9495229060</v>
+      </c>
+      <c r="K132" s="26"/>
     </row>
     <row r="133" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A133" s="11" t="s">
-[...3 lines deleted...]
-        <v>38</v>
+      <c r="A133" s="20" t="s">
+        <v>493</v>
+      </c>
+      <c r="B133" s="21" t="s">
+        <v>39</v>
       </c>
       <c r="C133" s="13" t="s">
-        <v>487</v>
-[...22 lines deleted...]
-      <c r="K133" s="16"/>
+        <v>494</v>
+      </c>
+      <c r="D133" s="22">
+        <v>46365</v>
+      </c>
+      <c r="E133" s="21" t="s">
+        <v>495</v>
+      </c>
+      <c r="F133" s="23" t="s">
+        <v>496</v>
+      </c>
+      <c r="G133" s="23" t="s">
+        <v>497</v>
+      </c>
+      <c r="H133" s="24">
+        <v>18235</v>
+      </c>
+      <c r="I133" s="21" t="s">
+        <v>498</v>
+      </c>
+      <c r="J133" s="25">
+        <v>8582997506</v>
+      </c>
+      <c r="K133" s="26"/>
     </row>
     <row r="134" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A134" s="20" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
       <c r="B134" s="21" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C134" s="13" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="D134" s="22">
-        <v>45961</v>
+        <v>46387</v>
       </c>
       <c r="E134" s="21" t="s">
-        <v>494</v>
+        <v>501</v>
       </c>
       <c r="F134" s="23" t="s">
-        <v>495</v>
+        <v>502</v>
       </c>
       <c r="G134" s="23" t="s">
-        <v>97</v>
+        <v>503</v>
       </c>
       <c r="H134" s="24">
-        <v>2111</v>
+        <v>29464</v>
       </c>
       <c r="I134" s="21" t="s">
-        <v>496</v>
+        <v>504</v>
       </c>
       <c r="J134" s="25">
-        <v>3122538359</v>
-[...1 lines deleted...]
-      <c r="K134" s="26"/>
+        <v>8438491164</v>
+      </c>
+      <c r="K134" s="26">
+        <v>131</v>
+      </c>
     </row>
     <row r="135" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A135" s="20" t="s">
-        <v>497</v>
+        <v>505</v>
       </c>
       <c r="B135" s="21" t="s">
-        <v>498</v>
+        <v>39</v>
       </c>
       <c r="C135" s="13" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="D135" s="22">
-        <v>45961</v>
+        <v>46387</v>
       </c>
       <c r="E135" s="21" t="s">
-        <v>500</v>
+        <v>507</v>
       </c>
       <c r="F135" s="23" t="s">
-        <v>501</v>
+        <v>508</v>
       </c>
       <c r="G135" s="23" t="s">
-        <v>467</v>
+        <v>503</v>
       </c>
       <c r="H135" s="24">
-        <v>98004</v>
+        <v>29601</v>
       </c>
       <c r="I135" s="21" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="J135" s="25">
-        <v>4257774642</v>
+        <v>8643123557</v>
       </c>
       <c r="K135" s="26"/>
     </row>
     <row r="136" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A136" s="20" t="s">
-        <v>503</v>
+        <v>510</v>
       </c>
       <c r="B136" s="21" t="s">
-        <v>503</v>
+        <v>39</v>
       </c>
       <c r="C136" s="13" t="s">
-        <v>504</v>
+        <v>511</v>
       </c>
       <c r="D136" s="22">
-        <v>46340</v>
+        <v>46418</v>
       </c>
       <c r="E136" s="21" t="s">
-        <v>505</v>
+        <v>512</v>
       </c>
       <c r="F136" s="23" t="s">
-        <v>506</v>
+        <v>25</v>
       </c>
       <c r="G136" s="23" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="H136" s="24">
-        <v>92705</v>
+        <v>85286</v>
       </c>
       <c r="I136" s="21" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="J136" s="25">
-        <v>9495229060</v>
-[...1 lines deleted...]
-      <c r="K136" s="26"/>
+        <v>7706239143</v>
+      </c>
+      <c r="K136" s="26">
+        <v>11061</v>
+      </c>
     </row>
     <row r="137" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A137" s="20" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="B137" s="21" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C137" s="13" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="D137" s="22">
-        <v>46000</v>
+        <v>46432</v>
       </c>
       <c r="E137" s="21" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="F137" s="23" t="s">
-        <v>511</v>
+        <v>283</v>
       </c>
       <c r="G137" s="23" t="s">
-        <v>512</v>
+        <v>179</v>
       </c>
       <c r="H137" s="24">
-        <v>18235</v>
+        <v>94111</v>
       </c>
       <c r="I137" s="21" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="J137" s="25">
-        <v>8582997506</v>
+        <v>6179600115</v>
       </c>
       <c r="K137" s="26"/>
     </row>
     <row r="138" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A138" s="20" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="B138" s="21" t="s">
-        <v>38</v>
+        <v>519</v>
       </c>
       <c r="C138" s="13" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="D138" s="22">
-        <v>46022</v>
+        <v>46446</v>
       </c>
       <c r="E138" s="21" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="F138" s="23" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="G138" s="23" t="s">
-        <v>518</v>
+        <v>56</v>
       </c>
       <c r="H138" s="24">
-        <v>29464</v>
+        <v>33756</v>
       </c>
       <c r="I138" s="21" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="J138" s="25">
-        <v>8438491164</v>
-[...3 lines deleted...]
-      </c>
+        <v>7274507905</v>
+      </c>
+      <c r="K138" s="26"/>
     </row>
     <row r="139" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A139" s="20" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="B139" s="21" t="s">
-        <v>38</v>
+        <v>519</v>
       </c>
       <c r="C139" s="13" t="s">
+        <v>525</v>
+      </c>
+      <c r="D139" s="22">
+        <v>46446</v>
+      </c>
+      <c r="E139" s="21" t="s">
         <v>521</v>
       </c>
-      <c r="D139" s="22">
-[...2 lines deleted...]
-      <c r="E139" s="21" t="s">
+      <c r="F139" s="23" t="s">
         <v>522</v>
       </c>
-      <c r="F139" s="23" t="s">
+      <c r="G139" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="H139" s="24">
+        <v>33756</v>
+      </c>
+      <c r="I139" s="21" t="s">
         <v>523</v>
       </c>
-      <c r="G139" s="23" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J139" s="25">
-        <v>8643123557</v>
+        <v>7274507905</v>
       </c>
       <c r="K139" s="26"/>
     </row>
     <row r="140" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A140" s="20" t="s">
-        <v>525</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>526</v>
+      </c>
+      <c r="B140" s="17" t="s">
+        <v>519</v>
       </c>
       <c r="C140" s="13" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D140" s="22">
-        <v>46053</v>
+        <v>46446</v>
       </c>
       <c r="E140" s="21" t="s">
-        <v>398</v>
+        <v>521</v>
       </c>
       <c r="F140" s="23" t="s">
-        <v>24</v>
+        <v>522</v>
       </c>
       <c r="G140" s="23" t="s">
-        <v>25</v>
+        <v>56</v>
       </c>
       <c r="H140" s="24">
-        <v>85286</v>
+        <v>33756</v>
       </c>
       <c r="I140" s="21" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
       <c r="J140" s="25">
-        <v>7706239143</v>
-[...3 lines deleted...]
-      </c>
+        <v>7274507905</v>
+      </c>
+      <c r="K140" s="26"/>
     </row>
     <row r="141" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A141" s="20" t="s">
         <v>528</v>
       </c>
-      <c r="B141" s="21" t="s">
-        <v>38</v>
+      <c r="B141" s="17" t="s">
+        <v>39</v>
       </c>
       <c r="C141" s="13" t="s">
         <v>529</v>
       </c>
       <c r="D141" s="22">
-        <v>46067</v>
+        <v>46081</v>
       </c>
       <c r="E141" s="21" t="s">
         <v>530</v>
       </c>
       <c r="F141" s="23" t="s">
-        <v>288</v>
+        <v>531</v>
       </c>
       <c r="G141" s="23" t="s">
-        <v>184</v>
+        <v>56</v>
       </c>
       <c r="H141" s="24">
-        <v>94111</v>
+        <v>32801</v>
       </c>
       <c r="I141" s="21" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="J141" s="25">
-        <v>6179600115</v>
+        <v>8009224133</v>
       </c>
       <c r="K141" s="26"/>
     </row>
     <row r="142" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A142" s="20" t="s">
-        <v>532</v>
-[...1 lines deleted...]
-      <c r="B142" s="21" t="s">
         <v>533</v>
+      </c>
+      <c r="B142" s="17" t="s">
+        <v>39</v>
       </c>
       <c r="C142" s="13" t="s">
         <v>534</v>
       </c>
       <c r="D142" s="22">
-        <v>46081</v>
+        <v>46446</v>
       </c>
       <c r="E142" s="21" t="s">
         <v>535</v>
       </c>
       <c r="F142" s="23" t="s">
         <v>536</v>
       </c>
       <c r="G142" s="23" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="H142" s="24">
-        <v>33756</v>
+        <v>46038</v>
       </c>
       <c r="I142" s="21" t="s">
         <v>537</v>
       </c>
       <c r="J142" s="25">
-        <v>7274507905</v>
-[...1 lines deleted...]
-      <c r="K142" s="26"/>
+        <v>3175851688</v>
+      </c>
+      <c r="K142" s="26">
+        <v>189</v>
+      </c>
     </row>
     <row r="143" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A143" s="20" t="s">
         <v>538</v>
       </c>
-      <c r="B143" s="21" t="s">
-        <v>533</v>
+      <c r="B143" s="17" t="s">
+        <v>39</v>
       </c>
       <c r="C143" s="13" t="s">
         <v>539</v>
       </c>
       <c r="D143" s="22">
-        <v>46081</v>
+        <v>46082</v>
       </c>
       <c r="E143" s="21" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="F143" s="23" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="G143" s="23" t="s">
-        <v>55</v>
+        <v>98</v>
       </c>
       <c r="H143" s="24">
-        <v>33756</v>
+        <v>1880</v>
       </c>
       <c r="I143" s="21" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="J143" s="25">
-        <v>7274507905</v>
+        <v>3127923656</v>
       </c>
       <c r="K143" s="26"/>
     </row>
     <row r="144" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A144" s="20" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="B144" s="17" t="s">
-        <v>533</v>
+        <v>544</v>
       </c>
       <c r="C144" s="13" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="D144" s="22">
-        <v>46081</v>
+        <v>46126</v>
       </c>
       <c r="E144" s="21" t="s">
-        <v>535</v>
+        <v>546</v>
       </c>
       <c r="F144" s="23" t="s">
-        <v>536</v>
+        <v>547</v>
       </c>
       <c r="G144" s="23" t="s">
-        <v>55</v>
+        <v>110</v>
       </c>
       <c r="H144" s="24">
-        <v>33756</v>
+        <v>63141</v>
       </c>
       <c r="I144" s="21" t="s">
-        <v>537</v>
+        <v>465</v>
       </c>
       <c r="J144" s="25">
-        <v>7274507905</v>
+        <v>4704120303</v>
       </c>
       <c r="K144" s="26"/>
     </row>
     <row r="145" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A145" s="20" t="s">
-        <v>542</v>
+        <v>548</v>
       </c>
       <c r="B145" s="17" t="s">
-        <v>38</v>
+        <v>549</v>
       </c>
       <c r="C145" s="13" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
       <c r="D145" s="22">
-        <v>46081</v>
+        <v>46112</v>
       </c>
       <c r="E145" s="21" t="s">
-        <v>544</v>
+        <v>551</v>
       </c>
       <c r="F145" s="23" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
       <c r="G145" s="23" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H145" s="24">
-        <v>32801</v>
+        <v>33716</v>
       </c>
       <c r="I145" s="21" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="J145" s="25">
-        <v>8009224133</v>
-[...1 lines deleted...]
-      <c r="K145" s="26"/>
+        <v>8888285511</v>
+      </c>
+      <c r="K145" s="26">
+        <v>4307</v>
+      </c>
     </row>
     <row r="146" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A146" s="20" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="B146" s="17" t="s">
-        <v>38</v>
+        <v>549</v>
       </c>
       <c r="C146" s="13" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
       <c r="D146" s="22">
-        <v>46081</v>
+        <v>46112</v>
       </c>
       <c r="E146" s="21" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F146" s="23" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="G146" s="23" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="H146" s="24">
-        <v>46038</v>
+        <v>33716</v>
       </c>
       <c r="I146" s="21" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="J146" s="25">
-        <v>3175851688</v>
+        <v>8888285511</v>
       </c>
       <c r="K146" s="26">
-        <v>189</v>
+        <v>4307</v>
       </c>
     </row>
     <row r="147" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A147" s="20" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="B147" s="17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C147" s="13" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="D147" s="22">
-        <v>46082</v>
+        <v>46187</v>
       </c>
       <c r="E147" s="21" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="F147" s="23" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="G147" s="23" t="s">
-        <v>97</v>
+        <v>475</v>
       </c>
       <c r="H147" s="24">
-        <v>1880</v>
-[...6 lines deleted...]
-      </c>
+        <v>27101</v>
+      </c>
+      <c r="I147" s="21"/>
+      <c r="J147" s="25"/>
       <c r="K147" s="26"/>
     </row>
     <row r="148" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A148" s="20" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="B148" s="17" t="s">
-        <v>558</v>
+        <v>39</v>
       </c>
       <c r="C148" s="13" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="D148" s="22">
-        <v>46126</v>
+        <v>46187</v>
       </c>
       <c r="E148" s="21" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="F148" s="23" t="s">
-        <v>561</v>
+        <v>446</v>
       </c>
       <c r="G148" s="23" t="s">
-        <v>109</v>
+        <v>17</v>
       </c>
       <c r="H148" s="24">
-        <v>63141</v>
+        <v>78230</v>
       </c>
       <c r="I148" s="21" t="s">
-        <v>480</v>
+        <v>563</v>
       </c>
       <c r="J148" s="25">
-        <v>4704120303</v>
-[...1 lines deleted...]
-      <c r="K148" s="26"/>
+        <v>2108745342</v>
+      </c>
+      <c r="K148" s="26">
+        <v>102</v>
+      </c>
     </row>
     <row r="149" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A149" s="20" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="B149" s="17" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="C149" s="13" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="D149" s="22">
-        <v>46112</v>
+        <v>46326</v>
       </c>
       <c r="E149" s="21" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="F149" s="23" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="G149" s="23" t="s">
-        <v>55</v>
+        <v>313</v>
       </c>
       <c r="H149" s="24">
-        <v>33716</v>
+        <v>84070</v>
       </c>
       <c r="I149" s="21" t="s">
-        <v>567</v>
-[...6 lines deleted...]
-      </c>
+        <v>569</v>
+      </c>
+      <c r="J149" s="25"/>
+      <c r="K149" s="26"/>
     </row>
     <row r="150" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A150" s="20" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="B150" s="17" t="s">
-        <v>563</v>
+        <v>39</v>
       </c>
       <c r="C150" s="13" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D150" s="22">
-        <v>46112</v>
+        <v>46203</v>
       </c>
       <c r="E150" s="21" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
       <c r="F150" s="23" t="s">
-        <v>566</v>
+        <v>508</v>
       </c>
       <c r="G150" s="23" t="s">
-        <v>55</v>
+        <v>503</v>
       </c>
       <c r="H150" s="24">
-        <v>33716</v>
+        <v>29607</v>
       </c>
       <c r="I150" s="21" t="s">
-        <v>567</v>
+        <v>573</v>
       </c>
       <c r="J150" s="25">
-        <v>8888285511</v>
-[...3 lines deleted...]
-      </c>
+        <v>5404840361</v>
+      </c>
+      <c r="K150" s="26"/>
     </row>
     <row r="151" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A151" s="20" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="B151" s="17" t="s">
-        <v>38</v>
+        <v>342</v>
       </c>
       <c r="C151" s="13" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="D151" s="22">
-        <v>46187</v>
+        <v>46234</v>
       </c>
       <c r="E151" s="21" t="s">
-        <v>572</v>
+        <v>438</v>
       </c>
       <c r="F151" s="23" t="s">
-        <v>573</v>
+        <v>339</v>
       </c>
       <c r="G151" s="23" t="s">
-        <v>490</v>
+        <v>56</v>
       </c>
       <c r="H151" s="24">
-        <v>27101</v>
-[...2 lines deleted...]
-      <c r="J151" s="25"/>
+        <v>33411</v>
+      </c>
+      <c r="I151" s="12" t="s">
+        <v>340</v>
+      </c>
+      <c r="J151" s="15">
+        <v>5612732465</v>
+      </c>
       <c r="K151" s="26"/>
     </row>
     <row r="152" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A152" s="20" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="B152" s="17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C152" s="13" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="D152" s="22">
-        <v>46187</v>
+        <v>46103</v>
       </c>
       <c r="E152" s="21" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="F152" s="23" t="s">
-        <v>461</v>
+        <v>579</v>
       </c>
       <c r="G152" s="23" t="s">
-        <v>16</v>
+        <v>179</v>
       </c>
       <c r="H152" s="24">
-        <v>78230</v>
+        <v>95134</v>
       </c>
       <c r="I152" s="21" t="s">
-        <v>577</v>
-[...6 lines deleted...]
-      </c>
+        <v>580</v>
+      </c>
+      <c r="J152" s="25"/>
+      <c r="K152" s="26"/>
     </row>
     <row r="153" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A153" s="20" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="B153" s="17" t="s">
-        <v>579</v>
+        <v>39</v>
       </c>
       <c r="C153" s="13" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="D153" s="22">
-        <v>45961</v>
+        <v>46315</v>
       </c>
       <c r="E153" s="21" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="F153" s="23" t="s">
-        <v>582</v>
+        <v>25</v>
       </c>
       <c r="G153" s="23" t="s">
-        <v>319</v>
+        <v>26</v>
       </c>
       <c r="H153" s="24">
-        <v>84070</v>
+        <v>85286</v>
       </c>
       <c r="I153" s="21" t="s">
         <v>583</v>
       </c>
-      <c r="J153" s="25"/>
+      <c r="J153" s="25">
+        <v>4809932650</v>
+      </c>
       <c r="K153" s="26"/>
     </row>
     <row r="154" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A154" s="20" t="s">
         <v>584</v>
       </c>
       <c r="B154" s="17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C154" s="13" t="s">
         <v>585</v>
       </c>
       <c r="D154" s="22">
-        <v>46203</v>
+        <v>46334</v>
       </c>
       <c r="E154" s="21" t="s">
-        <v>586</v>
+        <v>24</v>
       </c>
       <c r="F154" s="23" t="s">
-        <v>523</v>
+        <v>25</v>
       </c>
       <c r="G154" s="23" t="s">
-        <v>518</v>
+        <v>26</v>
       </c>
       <c r="H154" s="24">
-        <v>29607</v>
+        <v>85286</v>
       </c>
       <c r="I154" s="21" t="s">
-        <v>587</v>
+        <v>583</v>
       </c>
       <c r="J154" s="25">
-        <v>5404840361</v>
+        <v>4809932650</v>
       </c>
       <c r="K154" s="26"/>
     </row>
     <row r="155" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A155" s="20" t="s">
+        <v>586</v>
+      </c>
+      <c r="B155" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C155" s="13" t="s">
+        <v>587</v>
+      </c>
+      <c r="D155" s="22">
+        <v>46387</v>
+      </c>
+      <c r="E155" s="21" t="s">
         <v>588</v>
       </c>
-      <c r="B155" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C155" s="13" t="s">
+      <c r="F155" s="23" t="s">
         <v>589</v>
       </c>
-      <c r="D155" s="22">
-[...7 lines deleted...]
-      </c>
       <c r="G155" s="23" t="s">
-        <v>55</v>
+        <v>407</v>
       </c>
       <c r="H155" s="24">
-        <v>33411</v>
-[...5 lines deleted...]
-        <v>5612732465</v>
+        <v>73112</v>
+      </c>
+      <c r="I155" s="21" t="s">
+        <v>590</v>
+      </c>
+      <c r="J155" s="25">
+        <v>4059515300</v>
       </c>
       <c r="K155" s="26"/>
     </row>
     <row r="156" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A156" s="20" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B156" s="17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C156" s="13" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D156" s="22">
-        <v>46103</v>
+        <v>46387</v>
       </c>
       <c r="E156" s="21" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="F156" s="23" t="s">
-        <v>593</v>
+        <v>531</v>
       </c>
       <c r="G156" s="23" t="s">
-        <v>184</v>
+        <v>56</v>
       </c>
       <c r="H156" s="24">
-        <v>95134</v>
+        <v>32801</v>
       </c>
       <c r="I156" s="21" t="s">
         <v>594</v>
       </c>
-      <c r="J156" s="25"/>
+      <c r="J156" s="25">
+        <v>4074675779</v>
+      </c>
       <c r="K156" s="26"/>
     </row>
     <row r="157" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A157" s="20" t="s">
         <v>595</v>
       </c>
       <c r="B157" s="17" t="s">
-        <v>38</v>
+        <v>596</v>
       </c>
       <c r="C157" s="13" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="D157" s="22">
-        <v>46315</v>
+        <v>46432</v>
       </c>
       <c r="E157" s="21" t="s">
-        <v>23</v>
+        <v>598</v>
       </c>
       <c r="F157" s="23" t="s">
-        <v>24</v>
+        <v>599</v>
       </c>
       <c r="G157" s="23" t="s">
-        <v>25</v>
+        <v>56</v>
       </c>
       <c r="H157" s="24">
-        <v>85286</v>
+        <v>33913</v>
       </c>
       <c r="I157" s="21" t="s">
-        <v>399</v>
+        <v>600</v>
       </c>
       <c r="J157" s="25">
-        <v>4809932650</v>
+        <v>2397038477</v>
       </c>
       <c r="K157" s="26"/>
     </row>
     <row r="158" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A158" s="20" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>601</v>
+      </c>
+      <c r="B158" s="12" t="s">
+        <v>342</v>
       </c>
       <c r="C158" s="13" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="D158" s="22">
-        <v>45969</v>
-[...17 lines deleted...]
-        <v>4809932650</v>
+        <v>46439</v>
+      </c>
+      <c r="E158" s="12" t="s">
+        <v>338</v>
+      </c>
+      <c r="F158" s="13" t="s">
+        <v>339</v>
+      </c>
+      <c r="G158" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="H158" s="18">
+        <v>33411</v>
+      </c>
+      <c r="I158" s="12" t="s">
+        <v>340</v>
+      </c>
+      <c r="J158" s="15">
+        <v>5612732465</v>
       </c>
       <c r="K158" s="26"/>
     </row>
     <row r="159" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A159" s="20" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="B159" s="17" t="s">
-        <v>38</v>
+        <v>373</v>
       </c>
       <c r="C159" s="13" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="D159" s="22">
-        <v>46022</v>
+        <v>46102</v>
       </c>
       <c r="E159" s="21" t="s">
-        <v>601</v>
+        <v>375</v>
       </c>
       <c r="F159" s="23" t="s">
-        <v>602</v>
+        <v>376</v>
       </c>
       <c r="G159" s="23" t="s">
-        <v>422</v>
+        <v>377</v>
       </c>
       <c r="H159" s="24">
-        <v>73112</v>
+        <v>97062</v>
       </c>
       <c r="I159" s="21" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="J159" s="25">
-        <v>4059515300</v>
+        <v>5036122013</v>
       </c>
       <c r="K159" s="26"/>
     </row>
     <row r="160" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A160" s="20" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="B160" s="17" t="s">
-        <v>38</v>
+        <v>73</v>
       </c>
       <c r="C160" s="13" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="D160" s="22">
-        <v>46022</v>
-[...19 lines deleted...]
-      <c r="K160" s="26"/>
+        <v>46142</v>
+      </c>
+      <c r="E160" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="F160" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="G160" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="H160" s="18">
+        <v>7095</v>
+      </c>
+      <c r="I160" s="12" t="s">
+        <v>78</v>
+      </c>
+      <c r="J160" s="15">
+        <v>7326341910</v>
+      </c>
+      <c r="K160" s="16">
+        <v>8147</v>
+      </c>
     </row>
     <row r="161" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A161" s="20" t="s">
         <v>608</v>
       </c>
       <c r="B161" s="17" t="s">
         <v>609</v>
       </c>
       <c r="C161" s="13" t="s">
         <v>610</v>
       </c>
       <c r="D161" s="22">
-        <v>46067</v>
+        <v>46203</v>
       </c>
       <c r="E161" s="21" t="s">
+        <v>24</v>
+      </c>
+      <c r="F161" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="G161" s="23" t="s">
+        <v>26</v>
+      </c>
+      <c r="H161" s="24">
+        <v>85286</v>
+      </c>
+      <c r="I161" s="21" t="s">
         <v>611</v>
       </c>
-      <c r="F161" s="23" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J161" s="25">
-        <v>2397038477</v>
+        <v>8105341770</v>
       </c>
       <c r="K161" s="26"/>
     </row>
     <row r="162" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A162" s="20" t="s">
+        <v>612</v>
+      </c>
+      <c r="B162" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C162" s="13" t="s">
+        <v>613</v>
+      </c>
+      <c r="D162" s="22">
+        <v>46243</v>
+      </c>
+      <c r="E162" s="21" t="s">
         <v>614</v>
       </c>
-      <c r="B162" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C162" s="13" t="s">
+      <c r="F162" s="23" t="s">
         <v>615</v>
       </c>
-      <c r="D162" s="22">
-[...18 lines deleted...]
-        <v>5612732465</v>
+      <c r="G162" s="23" t="s">
+        <v>77</v>
+      </c>
+      <c r="H162" s="24">
+        <v>8648</v>
+      </c>
+      <c r="I162" s="21" t="s">
+        <v>616</v>
+      </c>
+      <c r="J162" s="25">
+        <v>3036402540</v>
       </c>
       <c r="K162" s="26"/>
     </row>
     <row r="163" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A163" s="20" t="s">
-        <v>616</v>
-[...2 lines deleted...]
-        <v>383</v>
+        <v>617</v>
+      </c>
+      <c r="B163" s="20" t="s">
+        <v>146</v>
       </c>
       <c r="C163" s="13" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D163" s="22">
-        <v>46102</v>
+        <v>46234</v>
       </c>
       <c r="E163" s="21" t="s">
-        <v>385</v>
+        <v>148</v>
       </c>
       <c r="F163" s="23" t="s">
-        <v>386</v>
+        <v>149</v>
       </c>
       <c r="G163" s="23" t="s">
-        <v>387</v>
+        <v>150</v>
       </c>
       <c r="H163" s="24">
-        <v>97062</v>
+        <v>96825</v>
       </c>
       <c r="I163" s="21" t="s">
-        <v>618</v>
+        <v>151</v>
       </c>
       <c r="J163" s="25">
-        <v>5036122013</v>
+        <v>8083944140</v>
       </c>
       <c r="K163" s="26"/>
     </row>
     <row r="164" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A164" s="20" t="s">
+      <c r="A164" s="17" t="s">
         <v>619</v>
       </c>
       <c r="B164" s="17" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="C164" s="13" t="s">
         <v>620</v>
       </c>
       <c r="D164" s="22">
-        <v>46142</v>
-[...21 lines deleted...]
-      </c>
+        <v>46234</v>
+      </c>
+      <c r="E164" s="21" t="s">
+        <v>621</v>
+      </c>
+      <c r="F164" s="23" t="s">
+        <v>531</v>
+      </c>
+      <c r="G164" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="H164" s="24">
+        <v>32801</v>
+      </c>
+      <c r="I164" s="21" t="s">
+        <v>622</v>
+      </c>
+      <c r="J164" s="25">
+        <v>7635857073</v>
+      </c>
+      <c r="K164" s="26"/>
     </row>
     <row r="165" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A165" s="20" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="B165" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C165" s="13" t="s">
+        <v>624</v>
+      </c>
+      <c r="D165" s="22">
+        <v>46234</v>
+      </c>
+      <c r="E165" s="21" t="s">
+        <v>625</v>
+      </c>
+      <c r="F165" s="23" t="s">
+        <v>626</v>
+      </c>
+      <c r="G165" s="23" t="s">
+        <v>627</v>
+      </c>
+      <c r="H165" s="24">
+        <v>55430</v>
+      </c>
+      <c r="I165" s="21" t="s">
         <v>622</v>
       </c>
-      <c r="C165" s="13" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J165" s="25">
-        <v>8105341770</v>
+        <v>7635857073</v>
       </c>
       <c r="K165" s="26"/>
     </row>
     <row r="166" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A166" s="20" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="B166" s="17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C166" s="13" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="D166" s="22">
-        <v>46243</v>
+        <v>46234</v>
       </c>
       <c r="E166" s="21" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="F166" s="23" t="s">
-        <v>628</v>
+        <v>531</v>
       </c>
       <c r="G166" s="23" t="s">
-        <v>76</v>
+        <v>56</v>
       </c>
       <c r="H166" s="24">
-        <v>8648</v>
+        <v>32801</v>
       </c>
       <c r="I166" s="21" t="s">
-        <v>629</v>
+        <v>622</v>
       </c>
       <c r="J166" s="25">
-        <v>3036402540</v>
+        <v>7635857073</v>
       </c>
       <c r="K166" s="26"/>
     </row>
     <row r="167" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A167" s="20" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>151</v>
+        <v>631</v>
+      </c>
+      <c r="B167" s="17" t="s">
+        <v>39</v>
       </c>
       <c r="C167" s="13" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D167" s="22">
         <v>46234</v>
       </c>
       <c r="E167" s="21" t="s">
-        <v>153</v>
+        <v>625</v>
       </c>
       <c r="F167" s="23" t="s">
-        <v>154</v>
+        <v>626</v>
       </c>
       <c r="G167" s="23" t="s">
-        <v>155</v>
+        <v>627</v>
       </c>
       <c r="H167" s="24">
-        <v>96825</v>
+        <v>55430</v>
       </c>
       <c r="I167" s="21" t="s">
-        <v>156</v>
+        <v>622</v>
       </c>
       <c r="J167" s="25">
-        <v>8083944140</v>
+        <v>7635857073</v>
       </c>
       <c r="K167" s="26"/>
     </row>
     <row r="168" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A168" s="17" t="s">
-        <v>632</v>
+      <c r="A168" s="20" t="s">
+        <v>633</v>
       </c>
       <c r="B168" s="17" t="s">
-        <v>38</v>
+        <v>634</v>
       </c>
       <c r="C168" s="13" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="D168" s="22">
         <v>46234</v>
       </c>
       <c r="E168" s="21" t="s">
-        <v>634</v>
+        <v>24</v>
       </c>
       <c r="F168" s="23" t="s">
-        <v>545</v>
+        <v>25</v>
       </c>
       <c r="G168" s="23" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="H168" s="24">
-        <v>32801</v>
+        <v>85286</v>
       </c>
       <c r="I168" s="21" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="J168" s="25">
-        <v>7635857073</v>
+        <v>4809932650</v>
       </c>
       <c r="K168" s="26"/>
     </row>
     <row r="169" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A169" s="20" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B169" s="17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C169" s="13" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D169" s="22">
-        <v>46234</v>
+        <v>46365</v>
       </c>
       <c r="E169" s="21" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="F169" s="23" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="G169" s="23" t="s">
-        <v>640</v>
+        <v>56</v>
       </c>
       <c r="H169" s="24">
-        <v>55430</v>
+        <v>32792</v>
       </c>
       <c r="I169" s="21" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
       <c r="J169" s="25">
-        <v>7635857073</v>
+        <v>4059360110</v>
       </c>
       <c r="K169" s="26"/>
     </row>
     <row r="170" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A170" s="20" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B170" s="17" t="s">
-        <v>38</v>
+        <v>146</v>
       </c>
       <c r="C170" s="13" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D170" s="22">
-        <v>46234</v>
+        <v>46295</v>
       </c>
       <c r="E170" s="21" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="F170" s="23" t="s">
-        <v>545</v>
+        <v>645</v>
       </c>
       <c r="G170" s="23" t="s">
-        <v>55</v>
+        <v>646</v>
       </c>
       <c r="H170" s="24">
-        <v>32801</v>
+        <v>89148</v>
       </c>
       <c r="I170" s="21" t="s">
-        <v>635</v>
+        <v>647</v>
       </c>
       <c r="J170" s="25">
-        <v>7635857073</v>
-[...1 lines deleted...]
-      <c r="K170" s="26"/>
+        <v>7025980000</v>
+      </c>
+      <c r="K170" s="26">
+        <v>237</v>
+      </c>
     </row>
     <row r="171" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A171" s="20" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="B171" s="17" t="s">
-        <v>38</v>
+        <v>175</v>
       </c>
       <c r="C171" s="13" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="D171" s="22">
-        <v>46234</v>
-[...17 lines deleted...]
-        <v>7635857073</v>
+        <v>46243</v>
+      </c>
+      <c r="E171" s="12" t="s">
+        <v>177</v>
+      </c>
+      <c r="F171" s="13" t="s">
+        <v>178</v>
+      </c>
+      <c r="G171" s="13" t="s">
+        <v>179</v>
+      </c>
+      <c r="H171" s="18">
+        <v>94568</v>
+      </c>
+      <c r="I171" s="12" t="s">
+        <v>180</v>
+      </c>
+      <c r="J171" s="15">
+        <v>9802335077</v>
       </c>
       <c r="K171" s="26"/>
     </row>
     <row r="172" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A172" s="20" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="B172" s="17" t="s">
-        <v>647</v>
+        <v>141</v>
       </c>
       <c r="C172" s="13" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="D172" s="22">
-        <v>46234</v>
+        <v>46192</v>
       </c>
       <c r="E172" s="21" t="s">
-        <v>23</v>
+        <v>143</v>
       </c>
       <c r="F172" s="23" t="s">
-        <v>24</v>
+        <v>144</v>
       </c>
       <c r="G172" s="23" t="s">
-        <v>25</v>
+        <v>56</v>
       </c>
       <c r="H172" s="24">
-        <v>85286</v>
+        <v>33176</v>
       </c>
       <c r="I172" s="21" t="s">
-        <v>649</v>
+        <v>145</v>
       </c>
       <c r="J172" s="25">
-        <v>4809932650</v>
+        <v>7862646646</v>
       </c>
       <c r="K172" s="26"/>
     </row>
     <row r="173" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A173" s="20" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="B173" s="17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C173" s="13" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="D173" s="22">
-        <v>46000</v>
+        <v>46212</v>
       </c>
       <c r="E173" s="21" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="F173" s="23" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="G173" s="23" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="H173" s="24">
-        <v>32792</v>
-[...6 lines deleted...]
-      </c>
+        <v>75206</v>
+      </c>
+      <c r="I173" s="21"/>
+      <c r="J173" s="25"/>
       <c r="K173" s="26"/>
     </row>
     <row r="174" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A174" s="20" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B174" s="17" t="s">
-        <v>151</v>
+        <v>657</v>
       </c>
       <c r="C174" s="13" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="D174" s="22">
-        <v>46295</v>
+        <v>46236</v>
       </c>
       <c r="E174" s="21" t="s">
-        <v>657</v>
+        <v>24</v>
       </c>
       <c r="F174" s="23" t="s">
-        <v>658</v>
+        <v>25</v>
       </c>
       <c r="G174" s="23" t="s">
-        <v>659</v>
+        <v>26</v>
       </c>
       <c r="H174" s="24">
-        <v>89148</v>
+        <v>85286</v>
       </c>
       <c r="I174" s="21" t="s">
-        <v>660</v>
+        <v>636</v>
       </c>
       <c r="J174" s="25">
-        <v>7025980000</v>
-[...3 lines deleted...]
-      </c>
+        <v>4809932650</v>
+      </c>
+      <c r="K174" s="26"/>
     </row>
     <row r="175" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A175" s="20" t="s">
+        <v>659</v>
+      </c>
+      <c r="B175" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C175" s="13" t="s">
+        <v>660</v>
+      </c>
+      <c r="D175" s="22">
+        <v>46249</v>
+      </c>
+      <c r="E175" s="21" t="s">
         <v>661</v>
       </c>
-      <c r="B175" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C175" s="13" t="s">
+      <c r="F175" s="23" t="s">
         <v>662</v>
       </c>
-      <c r="D175" s="22">
-[...18 lines deleted...]
-        <v>9802335077</v>
+      <c r="G175" s="23" t="s">
+        <v>663</v>
+      </c>
+      <c r="H175" s="24">
+        <v>48103</v>
+      </c>
+      <c r="I175" s="21" t="s">
+        <v>664</v>
+      </c>
+      <c r="J175" s="25">
+        <v>7344896243</v>
       </c>
       <c r="K175" s="26"/>
     </row>
     <row r="176" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A176" s="20" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="B176" s="17" t="s">
-        <v>146</v>
+        <v>39</v>
       </c>
       <c r="C176" s="13" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="D176" s="22">
-        <v>46192</v>
+        <v>46261</v>
       </c>
       <c r="E176" s="21" t="s">
-        <v>148</v>
+        <v>24</v>
       </c>
       <c r="F176" s="23" t="s">
-        <v>149</v>
+        <v>25</v>
       </c>
       <c r="G176" s="23" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="H176" s="24">
-        <v>33176</v>
+        <v>85286</v>
       </c>
       <c r="I176" s="21" t="s">
-        <v>150</v>
+        <v>636</v>
       </c>
       <c r="J176" s="25">
-        <v>7862646646</v>
+        <v>4809932650</v>
       </c>
       <c r="K176" s="26"/>
     </row>
     <row r="177" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A177" s="20" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="B177" s="17" t="s">
-        <v>38</v>
+        <v>169</v>
       </c>
       <c r="C177" s="13" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="D177" s="22">
-        <v>46212</v>
-[...14 lines deleted...]
-      <c r="J177" s="25"/>
+        <v>46326</v>
+      </c>
+      <c r="E177" s="12" t="s">
+        <v>171</v>
+      </c>
+      <c r="F177" s="13" t="s">
+        <v>172</v>
+      </c>
+      <c r="G177" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="H177" s="18">
+        <v>60154</v>
+      </c>
+      <c r="I177" s="12" t="s">
+        <v>173</v>
+      </c>
+      <c r="J177" s="15">
+        <v>6306019046</v>
+      </c>
       <c r="K177" s="26"/>
     </row>
     <row r="178" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A178" s="20" t="s">
         <v>669</v>
       </c>
       <c r="B178" s="17" t="s">
+        <v>169</v>
+      </c>
+      <c r="C178" s="13" t="s">
         <v>670</v>
       </c>
-      <c r="C178" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D178" s="22">
-        <v>46236</v>
-[...17 lines deleted...]
-        <v>4809932650</v>
+        <v>46326</v>
+      </c>
+      <c r="E178" s="12" t="s">
+        <v>171</v>
+      </c>
+      <c r="F178" s="13" t="s">
+        <v>172</v>
+      </c>
+      <c r="G178" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="H178" s="18">
+        <v>60154</v>
+      </c>
+      <c r="I178" s="12" t="s">
+        <v>173</v>
+      </c>
+      <c r="J178" s="15">
+        <v>6306019046</v>
       </c>
       <c r="K178" s="26"/>
     </row>
     <row r="179" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A179" s="20" t="s">
+        <v>671</v>
+      </c>
+      <c r="B179" s="17" t="s">
+        <v>327</v>
+      </c>
+      <c r="C179" s="13" t="s">
         <v>672</v>
       </c>
-      <c r="B179" s="17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D179" s="22">
-        <v>46249</v>
-[...17 lines deleted...]
-        <v>7344896243</v>
+        <v>46326</v>
+      </c>
+      <c r="E179" s="12" t="s">
+        <v>329</v>
+      </c>
+      <c r="F179" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="G179" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="H179" s="18">
+        <v>10001</v>
+      </c>
+      <c r="I179" s="12" t="s">
+        <v>330</v>
+      </c>
+      <c r="J179" s="15">
+        <v>6465531917</v>
       </c>
       <c r="K179" s="26"/>
     </row>
     <row r="180" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A180" s="20" t="s">
-        <v>678</v>
+        <v>673</v>
       </c>
       <c r="B180" s="17" t="s">
-        <v>38</v>
+        <v>327</v>
       </c>
       <c r="C180" s="13" t="s">
-        <v>679</v>
+        <v>674</v>
       </c>
       <c r="D180" s="22">
-        <v>46261</v>
-[...17 lines deleted...]
-        <v>4809932650</v>
+        <v>46326</v>
+      </c>
+      <c r="E180" s="12" t="s">
+        <v>329</v>
+      </c>
+      <c r="F180" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="G180" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="H180" s="18">
+        <v>10001</v>
+      </c>
+      <c r="I180" s="12" t="s">
+        <v>330</v>
+      </c>
+      <c r="J180" s="15">
+        <v>6465531917</v>
       </c>
       <c r="K180" s="26"/>
     </row>
     <row r="181" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A181" s="20" t="s">
+        <v>675</v>
+      </c>
+      <c r="B181" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C181" s="13" t="s">
+        <v>676</v>
+      </c>
+      <c r="D181" s="22">
+        <v>46078</v>
+      </c>
+      <c r="E181" s="21" t="s">
+        <v>677</v>
+      </c>
+      <c r="F181" s="23" t="s">
+        <v>258</v>
+      </c>
+      <c r="G181" s="23" t="s">
+        <v>259</v>
+      </c>
+      <c r="H181" s="24">
+        <v>20850</v>
+      </c>
+      <c r="I181" s="21" t="s">
+        <v>678</v>
+      </c>
+      <c r="J181" s="25">
+        <v>3013591864</v>
+      </c>
+      <c r="K181" s="26"/>
+    </row>
+    <row r="182" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="11" t="s">
+        <v>679</v>
+      </c>
+      <c r="B182" s="12" t="s">
         <v>680</v>
       </c>
-      <c r="B181" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C181" s="13" t="s">
+      <c r="C182" s="13" t="s">
         <v>681</v>
       </c>
-      <c r="D181" s="22">
-[...33 lines deleted...]
-        <v>46326</v>
+      <c r="D182" s="14">
+        <v>46081</v>
       </c>
       <c r="E182" s="12" t="s">
-        <v>176</v>
+        <v>433</v>
       </c>
       <c r="F182" s="13" t="s">
-        <v>177</v>
+        <v>434</v>
       </c>
       <c r="G182" s="13" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="H182" s="18">
-        <v>60154</v>
+        <v>32504</v>
       </c>
       <c r="I182" s="12" t="s">
-        <v>178</v>
+        <v>435</v>
       </c>
       <c r="J182" s="15">
-        <v>6306019046</v>
-[...1 lines deleted...]
-      <c r="K182" s="26"/>
+        <v>8502666200</v>
+      </c>
+      <c r="K182" s="16"/>
     </row>
     <row r="183" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A183" s="20" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="B183" s="17" t="s">
-        <v>333</v>
+        <v>141</v>
       </c>
       <c r="C183" s="13" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
       <c r="D183" s="22">
-        <v>45961</v>
-[...17 lines deleted...]
-        <v>6465531917</v>
+        <v>46081</v>
+      </c>
+      <c r="E183" s="21" t="s">
+        <v>143</v>
+      </c>
+      <c r="F183" s="23" t="s">
+        <v>144</v>
+      </c>
+      <c r="G183" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="H183" s="24">
+        <v>33176</v>
+      </c>
+      <c r="I183" s="21" t="s">
+        <v>145</v>
+      </c>
+      <c r="J183" s="25">
+        <v>7862646646</v>
       </c>
       <c r="K183" s="26"/>
     </row>
     <row r="184" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A184" s="20" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="B184" s="17" t="s">
-        <v>333</v>
+        <v>153</v>
       </c>
       <c r="C184" s="13" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="D184" s="22">
-        <v>45961</v>
+        <v>46326</v>
       </c>
       <c r="E184" s="12" t="s">
-        <v>335</v>
+        <v>155</v>
       </c>
       <c r="F184" s="13" t="s">
-        <v>49</v>
+        <v>156</v>
       </c>
       <c r="G184" s="13" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="H184" s="18">
-        <v>10001</v>
+        <v>75087</v>
       </c>
       <c r="I184" s="12" t="s">
-        <v>336</v>
+        <v>157</v>
       </c>
       <c r="J184" s="15">
-        <v>6465531917</v>
+        <v>4696985593</v>
       </c>
       <c r="K184" s="26"/>
     </row>
     <row r="185" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A185" s="20" t="s">
+        <v>686</v>
+      </c>
+      <c r="B185" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C185" s="13" t="s">
+        <v>687</v>
+      </c>
+      <c r="D185" s="22">
+        <v>46137</v>
+      </c>
+      <c r="E185" s="21" t="s">
+        <v>621</v>
+      </c>
+      <c r="F185" s="23" t="s">
+        <v>531</v>
+      </c>
+      <c r="G185" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="H185" s="24">
+        <v>32801</v>
+      </c>
+      <c r="I185" s="21" t="s">
+        <v>622</v>
+      </c>
+      <c r="J185" s="25">
+        <v>7635857073</v>
+      </c>
+      <c r="K185" s="26"/>
+    </row>
+    <row r="186" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="20" t="s">
         <v>688</v>
       </c>
-      <c r="B185" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C185" s="13" t="s">
+      <c r="B186" s="17" t="s">
         <v>689</v>
       </c>
-      <c r="D185" s="22">
-[...2 lines deleted...]
-      <c r="E185" s="21" t="s">
+      <c r="C186" s="13" t="s">
         <v>690</v>
       </c>
-      <c r="F185" s="23" t="s">
-[...8 lines deleted...]
-      <c r="I185" s="21" t="s">
+      <c r="D186" s="22">
+        <v>46144</v>
+      </c>
+      <c r="E186" s="21" t="s">
         <v>691</v>
       </c>
-      <c r="J185" s="25">
-[...5 lines deleted...]
-      <c r="A186" s="11" t="s">
+      <c r="F186" s="23" t="s">
         <v>692</v>
       </c>
-      <c r="B186" s="12" t="s">
+      <c r="G186" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="H186" s="24">
+        <v>32257</v>
+      </c>
+      <c r="I186" s="21" t="s">
         <v>693</v>
       </c>
-      <c r="C186" s="13" t="s">
+      <c r="J186" s="25">
+        <v>9046640511</v>
+      </c>
+      <c r="K186" s="26"/>
+    </row>
+    <row r="187" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="11" t="s">
         <v>694</v>
       </c>
-      <c r="D186" s="14">
-[...23 lines deleted...]
-      <c r="A187" s="20" t="s">
+      <c r="B187" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C187" s="13" t="s">
         <v>695</v>
       </c>
-      <c r="B187" s="17" t="s">
-[...26 lines deleted...]
-      <c r="K187" s="26"/>
+      <c r="D187" s="14">
+        <v>46149</v>
+      </c>
+      <c r="E187" s="12" t="s">
+        <v>468</v>
+      </c>
+      <c r="F187" s="13" t="s">
+        <v>469</v>
+      </c>
+      <c r="G187" s="13" t="s">
+        <v>383</v>
+      </c>
+      <c r="H187" s="18">
+        <v>48038</v>
+      </c>
+      <c r="I187" s="12" t="s">
+        <v>470</v>
+      </c>
+      <c r="J187" s="15">
+        <v>5865800625</v>
+      </c>
+      <c r="K187" s="16"/>
     </row>
     <row r="188" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A188" s="20" t="s">
+        <v>696</v>
+      </c>
+      <c r="B188" s="17" t="s">
+        <v>657</v>
+      </c>
+      <c r="C188" s="13" t="s">
         <v>697</v>
       </c>
-      <c r="B188" s="17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D188" s="22">
-        <v>46102</v>
+        <v>46172</v>
       </c>
       <c r="E188" s="21" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F188" s="23" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G188" s="23" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H188" s="24">
         <v>85286</v>
       </c>
       <c r="I188" s="21" t="s">
-        <v>649</v>
+        <v>636</v>
       </c>
       <c r="J188" s="25">
         <v>4809932650</v>
       </c>
       <c r="K188" s="26"/>
     </row>
     <row r="189" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A189" s="20" t="s">
+        <v>698</v>
+      </c>
+      <c r="B189" s="17" t="s">
         <v>699</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C189" s="13" t="s">
         <v>700</v>
       </c>
       <c r="D189" s="22">
-        <v>46137</v>
+        <v>46203</v>
       </c>
       <c r="E189" s="21" t="s">
-        <v>634</v>
+        <v>701</v>
       </c>
       <c r="F189" s="23" t="s">
-        <v>545</v>
+        <v>702</v>
       </c>
       <c r="G189" s="23" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H189" s="24">
-        <v>32801</v>
+        <v>33004</v>
       </c>
       <c r="I189" s="21" t="s">
-        <v>635</v>
+        <v>703</v>
       </c>
       <c r="J189" s="25">
-        <v>7635857073</v>
+        <v>9542373537</v>
       </c>
       <c r="K189" s="26"/>
     </row>
     <row r="190" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A190" s="20" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="B190" s="17" t="s">
-        <v>702</v>
+        <v>39</v>
       </c>
       <c r="C190" s="13" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="D190" s="22">
-        <v>46144</v>
+        <v>46225</v>
       </c>
       <c r="E190" s="21" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="F190" s="23" t="s">
-        <v>705</v>
+        <v>92</v>
       </c>
       <c r="G190" s="23" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="H190" s="24">
-        <v>32257</v>
+        <v>77064</v>
       </c>
       <c r="I190" s="21" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="J190" s="25">
-        <v>9046640511</v>
+        <v>8665014942</v>
       </c>
       <c r="K190" s="26"/>
     </row>
     <row r="191" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A191" s="11" t="s">
+      <c r="A191" s="20" t="s">
+        <v>708</v>
+      </c>
+      <c r="B191" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C191" s="13" t="s">
+        <v>709</v>
+      </c>
+      <c r="D191" s="22">
+        <v>46239</v>
+      </c>
+      <c r="E191" s="21" t="s">
+        <v>710</v>
+      </c>
+      <c r="F191" s="23" t="s">
+        <v>711</v>
+      </c>
+      <c r="G191" s="23" t="s">
+        <v>712</v>
+      </c>
+      <c r="H191" s="24">
+        <v>35209</v>
+      </c>
+      <c r="I191" s="21" t="s">
         <v>707</v>
       </c>
-      <c r="B191" s="12" t="s">
-[...17 lines deleted...]
-      <c r="H191" s="18">
+      <c r="J191" s="25">
+        <v>8665014942</v>
+      </c>
+      <c r="K191" s="26"/>
+    </row>
+    <row r="192" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A192" s="11" t="s">
+        <v>713</v>
+      </c>
+      <c r="B192" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C192" s="13" t="s">
+        <v>714</v>
+      </c>
+      <c r="D192" s="22">
+        <v>46247</v>
+      </c>
+      <c r="E192" s="12" t="s">
+        <v>468</v>
+      </c>
+      <c r="F192" s="13" t="s">
+        <v>469</v>
+      </c>
+      <c r="G192" s="13" t="s">
+        <v>383</v>
+      </c>
+      <c r="H192" s="18">
         <v>48038</v>
       </c>
-      <c r="I191" s="12" t="s">
-[...2 lines deleted...]
-      <c r="J191" s="15">
+      <c r="I192" s="12" t="s">
+        <v>470</v>
+      </c>
+      <c r="J192" s="15">
         <v>5865800625</v>
       </c>
-      <c r="K191" s="16"/>
-[...17 lines deleted...]
-      <c r="F192" s="23" t="s">
+      <c r="K192" s="26"/>
+    </row>
+    <row r="193" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="11" t="s">
+        <v>715</v>
+      </c>
+      <c r="B193" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C193" s="13" t="s">
+        <v>716</v>
+      </c>
+      <c r="D193" s="22">
+        <v>46232</v>
+      </c>
+      <c r="E193" s="21" t="s">
         <v>24</v>
       </c>
-      <c r="G192" s="23" t="s">
+      <c r="F193" s="23" t="s">
         <v>25</v>
       </c>
-      <c r="H192" s="24">
+      <c r="G193" s="23" t="s">
+        <v>26</v>
+      </c>
+      <c r="H193" s="24">
         <v>85286</v>
       </c>
-      <c r="I192" s="21" t="s">
-[...2 lines deleted...]
-      <c r="J192" s="25">
+      <c r="I193" s="21" t="s">
+        <v>636</v>
+      </c>
+      <c r="J193" s="25">
         <v>4809932650</v>
       </c>
-      <c r="K192" s="26"/>
-[...31 lines deleted...]
-      </c>
       <c r="K193" s="26"/>
     </row>
     <row r="194" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A194" s="11" t="s">
+      <c r="A194" s="20" t="s">
         <v>717</v>
       </c>
       <c r="B194" s="17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C194" s="13" t="s">
         <v>718</v>
       </c>
       <c r="D194" s="22">
-        <v>46247</v>
+        <v>46254</v>
       </c>
       <c r="E194" s="12" t="s">
-        <v>483</v>
-[...14 lines deleted...]
-        <v>5865800625</v>
+        <v>719</v>
+      </c>
+      <c r="F194" s="23" t="s">
+        <v>720</v>
+      </c>
+      <c r="G194" s="23" t="s">
+        <v>721</v>
+      </c>
+      <c r="H194" s="24">
+        <v>41011</v>
+      </c>
+      <c r="I194" s="21" t="s">
+        <v>722</v>
+      </c>
+      <c r="J194" s="25">
+        <v>8592611742</v>
       </c>
       <c r="K194" s="26"/>
     </row>
     <row r="195" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A195" s="11" t="s">
-        <v>719</v>
+      <c r="A195" s="20" t="s">
+        <v>723</v>
       </c>
       <c r="B195" s="17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C195" s="13" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="D195" s="22">
-        <v>46232</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>46273</v>
+      </c>
+      <c r="E195" s="12" t="s">
+        <v>725</v>
       </c>
       <c r="F195" s="23" t="s">
-        <v>24</v>
+        <v>726</v>
       </c>
       <c r="G195" s="23" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="H195" s="24">
-        <v>85286</v>
+        <v>37919</v>
       </c>
       <c r="I195" s="21" t="s">
-        <v>649</v>
+        <v>465</v>
       </c>
       <c r="J195" s="25">
-        <v>4809932650</v>
+        <v>4704120303</v>
       </c>
       <c r="K195" s="26"/>
     </row>
     <row r="196" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A196" s="20" t="s">
-        <v>721</v>
+        <v>727</v>
       </c>
       <c r="B196" s="17" t="s">
-        <v>38</v>
+        <v>728</v>
       </c>
       <c r="C196" s="13" t="s">
-        <v>722</v>
+        <v>729</v>
       </c>
       <c r="D196" s="22">
-        <v>46254</v>
+        <v>46295</v>
       </c>
       <c r="E196" s="12" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="F196" s="23" t="s">
-        <v>724</v>
+        <v>731</v>
       </c>
       <c r="G196" s="23" t="s">
-        <v>725</v>
+        <v>50</v>
       </c>
       <c r="H196" s="24">
-        <v>41011</v>
+        <v>11096</v>
       </c>
       <c r="I196" s="21" t="s">
-        <v>726</v>
+        <v>732</v>
       </c>
       <c r="J196" s="25">
-        <v>8592611742</v>
+        <v>7184711122</v>
       </c>
       <c r="K196" s="26"/>
     </row>
     <row r="197" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A197" s="20" t="s">
-        <v>727</v>
+        <v>733</v>
       </c>
       <c r="B197" s="17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C197" s="13" t="s">
-        <v>728</v>
+        <v>734</v>
       </c>
       <c r="D197" s="22">
-        <v>46273</v>
-[...2 lines deleted...]
-        <v>729</v>
+        <v>46295</v>
+      </c>
+      <c r="E197" s="21" t="s">
+        <v>735</v>
       </c>
       <c r="F197" s="23" t="s">
-        <v>730</v>
+        <v>736</v>
       </c>
       <c r="G197" s="23" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="H197" s="24">
-        <v>37919</v>
+        <v>60062</v>
       </c>
       <c r="I197" s="21" t="s">
-        <v>480</v>
+        <v>737</v>
       </c>
       <c r="J197" s="25">
-        <v>4704120303</v>
+        <v>2243607703</v>
       </c>
       <c r="K197" s="26"/>
     </row>
     <row r="198" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A198" s="20" t="s">
-        <v>731</v>
+        <v>684</v>
       </c>
       <c r="B198" s="17" t="s">
-        <v>732</v>
+        <v>153</v>
       </c>
       <c r="C198" s="13" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="D198" s="22">
-        <v>46295</v>
+        <v>46387</v>
       </c>
       <c r="E198" s="12" t="s">
-        <v>734</v>
-[...14 lines deleted...]
-        <v>7184711122</v>
+        <v>155</v>
+      </c>
+      <c r="F198" s="13" t="s">
+        <v>156</v>
+      </c>
+      <c r="G198" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="H198" s="18">
+        <v>75087</v>
+      </c>
+      <c r="I198" s="12" t="s">
+        <v>157</v>
+      </c>
+      <c r="J198" s="15">
+        <v>4696985593</v>
       </c>
       <c r="K198" s="26"/>
     </row>
     <row r="199" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A199" s="20" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="B199" s="17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C199" s="13" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="D199" s="22">
-        <v>46295</v>
+        <v>46303</v>
       </c>
       <c r="E199" s="21" t="s">
-        <v>739</v>
-[...10 lines deleted...]
-      <c r="I199" s="21" t="s">
         <v>741</v>
       </c>
-      <c r="J199" s="25">
-        <v>2243607703</v>
+      <c r="F199" s="13" t="s">
+        <v>742</v>
+      </c>
+      <c r="G199" s="13" t="s">
+        <v>407</v>
+      </c>
+      <c r="H199" s="18">
+        <v>74114</v>
+      </c>
+      <c r="I199" s="12" t="s">
+        <v>465</v>
+      </c>
+      <c r="J199" s="15">
+        <v>4704120303</v>
       </c>
       <c r="K199" s="26"/>
     </row>
     <row r="200" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A200" s="20" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="B200" s="17" t="s">
-        <v>38</v>
+        <v>744</v>
       </c>
       <c r="C200" s="13" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="D200" s="22">
-        <v>46303</v>
+        <v>46367</v>
       </c>
       <c r="E200" s="21" t="s">
-        <v>744</v>
-[...16 lines deleted...]
-      <c r="K200" s="26"/>
+        <v>746</v>
+      </c>
+      <c r="F200" s="23" t="s">
+        <v>747</v>
+      </c>
+      <c r="G200" s="23" t="s">
+        <v>475</v>
+      </c>
+      <c r="H200" s="24">
+        <v>28078</v>
+      </c>
+      <c r="I200" s="21" t="s">
+        <v>748</v>
+      </c>
+      <c r="J200" s="25">
+        <v>7046265960</v>
+      </c>
+      <c r="K200" s="26">
+        <v>1016</v>
+      </c>
     </row>
     <row r="201" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A201" s="20" t="s">
+        <v>749</v>
+      </c>
+      <c r="B201" s="17" t="s">
+        <v>744</v>
+      </c>
+      <c r="C201" s="13" t="s">
+        <v>750</v>
+      </c>
+      <c r="D201" s="22">
+        <v>46367</v>
+      </c>
+      <c r="E201" s="21" t="s">
         <v>746</v>
       </c>
-      <c r="B201" s="17" t="s">
+      <c r="F201" s="23" t="s">
         <v>747</v>
       </c>
-      <c r="C201" s="13" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G201" s="23" t="s">
-        <v>490</v>
+        <v>475</v>
       </c>
       <c r="H201" s="24">
         <v>28078</v>
       </c>
       <c r="I201" s="21" t="s">
-        <v>751</v>
+        <v>748</v>
       </c>
       <c r="J201" s="25">
         <v>7046265960</v>
       </c>
       <c r="K201" s="26">
         <v>1016</v>
       </c>
     </row>
     <row r="202" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A202" s="20" t="s">
+        <v>751</v>
+      </c>
+      <c r="B202" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C202" s="13" t="s">
         <v>752</v>
       </c>
-      <c r="B202" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C202" s="13" t="s">
+      <c r="D202" s="22">
+        <v>46392</v>
+      </c>
+      <c r="E202" s="21" t="s">
         <v>753</v>
       </c>
-      <c r="D202" s="22">
-[...4 lines deleted...]
-      </c>
       <c r="F202" s="23" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="G202" s="23" t="s">
-        <v>490</v>
+        <v>755</v>
       </c>
       <c r="H202" s="24">
-        <v>28078</v>
+        <v>45202</v>
       </c>
       <c r="I202" s="21" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="J202" s="25">
-        <v>7046265960</v>
-[...3 lines deleted...]
-      </c>
+        <v>5138524624</v>
+      </c>
+      <c r="K202" s="26"/>
     </row>
     <row r="203" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A203" s="20" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="B203" s="17" t="s">
-        <v>38</v>
+        <v>327</v>
       </c>
       <c r="C203" s="13" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="D203" s="22">
-        <v>46027</v>
+        <v>46413</v>
       </c>
       <c r="E203" s="21" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="F203" s="23" t="s">
-        <v>757</v>
+        <v>50</v>
       </c>
       <c r="G203" s="23" t="s">
-        <v>758</v>
+        <v>50</v>
       </c>
       <c r="H203" s="24">
-        <v>45202</v>
-[...6 lines deleted...]
-      </c>
+        <v>10041</v>
+      </c>
+      <c r="I203" s="21"/>
+      <c r="J203" s="25"/>
       <c r="K203" s="26"/>
     </row>
     <row r="204" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A204" s="20" t="s">
         <v>760</v>
       </c>
       <c r="B204" s="17" t="s">
-        <v>333</v>
+        <v>39</v>
       </c>
       <c r="C204" s="13" t="s">
         <v>761</v>
       </c>
       <c r="D204" s="22">
-        <v>46048</v>
+        <v>46127</v>
       </c>
       <c r="E204" s="21" t="s">
+        <v>598</v>
+      </c>
+      <c r="F204" s="23" t="s">
+        <v>599</v>
+      </c>
+      <c r="G204" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="H204" s="24">
+        <v>33913</v>
+      </c>
+      <c r="I204" s="21" t="s">
         <v>762</v>
       </c>
-      <c r="F204" s="23" t="s">
-[...9 lines deleted...]
-      <c r="J204" s="25"/>
+      <c r="J204" s="25">
+        <v>3036402501</v>
+      </c>
       <c r="K204" s="26"/>
     </row>
     <row r="205" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A205" s="20" t="s">
         <v>763</v>
       </c>
       <c r="B205" s="17" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="C205" s="13" t="s">
         <v>764</v>
       </c>
+      <c r="C205" s="23" t="s">
+        <v>765</v>
+      </c>
       <c r="D205" s="22">
-        <v>46127</v>
+        <v>46084</v>
       </c>
       <c r="E205" s="21" t="s">
-        <v>611</v>
+        <v>766</v>
       </c>
       <c r="F205" s="23" t="s">
-        <v>612</v>
+        <v>767</v>
       </c>
       <c r="G205" s="23" t="s">
-        <v>55</v>
+        <v>497</v>
       </c>
       <c r="H205" s="24">
-        <v>33913</v>
+        <v>19047</v>
       </c>
       <c r="I205" s="21" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="J205" s="25">
-        <v>3036402501</v>
+        <v>6102482428</v>
       </c>
       <c r="K205" s="26"/>
     </row>
     <row r="206" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A206" s="20" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="B206" s="17" t="s">
-        <v>767</v>
+        <v>39</v>
       </c>
       <c r="C206" s="23" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="D206" s="22">
-        <v>46084</v>
+        <v>46125</v>
       </c>
       <c r="E206" s="21" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="F206" s="23" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="G206" s="23" t="s">
-        <v>512</v>
+        <v>627</v>
       </c>
       <c r="H206" s="24">
-        <v>19047</v>
+        <v>55120</v>
       </c>
       <c r="I206" s="21" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="J206" s="25">
-        <v>6102482428</v>
+        <v>6177471176</v>
       </c>
       <c r="K206" s="26"/>
     </row>
     <row r="207" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A207" s="20" t="s">
-        <v>772</v>
+      <c r="A207" s="21" t="s">
+        <v>774</v>
       </c>
       <c r="B207" s="17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C207" s="23" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="D207" s="22">
-        <v>46125</v>
+        <v>46168</v>
       </c>
       <c r="E207" s="21" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="F207" s="23" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="G207" s="23" t="s">
-        <v>640</v>
+        <v>17</v>
       </c>
       <c r="H207" s="24">
-        <v>55120</v>
+        <v>79902</v>
       </c>
       <c r="I207" s="21" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="J207" s="25">
-        <v>6177471176</v>
-[...1 lines deleted...]
-      <c r="K207" s="26"/>
+        <v>9157710393</v>
+      </c>
+      <c r="K207" s="26">
+        <v>227</v>
+      </c>
     </row>
     <row r="208" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A208" s="20" t="s">
-        <v>777</v>
+      <c r="A208" s="17" t="s">
+        <v>779</v>
       </c>
       <c r="B208" s="17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C208" s="23" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="D208" s="22">
-        <v>46084</v>
+        <v>46212</v>
       </c>
       <c r="E208" s="21" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="F208" s="23" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="G208" s="23" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="H208" s="24">
-        <v>94104</v>
+        <v>94133</v>
       </c>
       <c r="I208" s="21" t="s">
-        <v>780</v>
-[...3 lines deleted...]
-      </c>
+        <v>782</v>
+      </c>
+      <c r="J208" s="25"/>
       <c r="K208" s="26"/>
     </row>
     <row r="209" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A209" s="21" t="s">
-        <v>781</v>
+      <c r="A209" s="17" t="s">
+        <v>783</v>
       </c>
       <c r="B209" s="17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C209" s="23" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="D209" s="22">
-        <v>46168</v>
+        <v>46202</v>
       </c>
       <c r="E209" s="21" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="F209" s="23" t="s">
-        <v>784</v>
+        <v>531</v>
       </c>
       <c r="G209" s="23" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="H209" s="24">
-        <v>79902</v>
+        <v>32809</v>
       </c>
       <c r="I209" s="21" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="J209" s="25">
-        <v>9157710393</v>
-[...3 lines deleted...]
-      </c>
+        <v>3214140055</v>
+      </c>
+      <c r="K209" s="26"/>
     </row>
     <row r="210" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A210" s="17" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="B210" s="17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C210" s="23" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="D210" s="22">
-        <v>46212</v>
+        <v>46203</v>
       </c>
       <c r="E210" s="21" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="F210" s="23" t="s">
-        <v>288</v>
+        <v>790</v>
       </c>
       <c r="G210" s="23" t="s">
-        <v>184</v>
+        <v>313</v>
       </c>
       <c r="H210" s="24">
-        <v>94133</v>
+        <v>84003</v>
       </c>
       <c r="I210" s="21" t="s">
-        <v>789</v>
-[...1 lines deleted...]
-      <c r="J210" s="25"/>
+        <v>791</v>
+      </c>
+      <c r="J210" s="25">
+        <v>8017561600</v>
+      </c>
       <c r="K210" s="26"/>
     </row>
     <row r="211" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A211" s="17" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="B211" s="17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C211" s="23" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="D211" s="22">
-        <v>46202</v>
+        <v>46219</v>
       </c>
       <c r="E211" s="21" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="F211" s="23" t="s">
-        <v>545</v>
+        <v>795</v>
       </c>
       <c r="G211" s="23" t="s">
-        <v>55</v>
+        <v>179</v>
       </c>
       <c r="H211" s="24">
-        <v>32809</v>
+        <v>37027</v>
       </c>
       <c r="I211" s="21" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="J211" s="25">
-        <v>3214140055</v>
+        <v>6155191337</v>
       </c>
       <c r="K211" s="26"/>
     </row>
     <row r="212" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A212" s="17" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="B212" s="17" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="C212" s="23" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="D212" s="22">
-        <v>46203</v>
-[...17 lines deleted...]
-        <v>8017561600</v>
+        <v>46295</v>
+      </c>
+      <c r="E212" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F212" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="G212" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="H212" s="12">
+        <v>77339</v>
+      </c>
+      <c r="I212" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="J212" s="15">
+        <v>2813483254</v>
       </c>
       <c r="K212" s="26"/>
     </row>
     <row r="213" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A213" s="17" t="s">
         <v>799</v>
       </c>
       <c r="B213" s="17" t="s">
-        <v>38</v>
+        <v>800</v>
       </c>
       <c r="C213" s="23" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="D213" s="22">
-        <v>46219</v>
+        <v>46261</v>
       </c>
       <c r="E213" s="21" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="F213" s="23" t="s">
-        <v>802</v>
+        <v>149</v>
       </c>
       <c r="G213" s="23" t="s">
-        <v>184</v>
+        <v>150</v>
       </c>
       <c r="H213" s="24">
-        <v>37027</v>
+        <v>96825</v>
       </c>
       <c r="I213" s="21" t="s">
-        <v>803</v>
+        <v>647</v>
       </c>
       <c r="J213" s="25">
-        <v>6155191337</v>
-[...1 lines deleted...]
-      <c r="K213" s="26"/>
+        <v>7025980000</v>
+      </c>
+      <c r="K213" s="26">
+        <v>237</v>
+      </c>
     </row>
     <row r="214" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A214" s="17" t="s">
+        <v>803</v>
+      </c>
+      <c r="B214" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C214" s="23" t="s">
         <v>804</v>
       </c>
-      <c r="B214" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C214" s="23" t="s">
+      <c r="D214" s="22">
+        <v>46350</v>
+      </c>
+      <c r="E214" s="21" t="s">
         <v>805</v>
       </c>
-      <c r="D214" s="22">
-[...19 lines deleted...]
-      </c>
+      <c r="F214" s="23" t="s">
+        <v>806</v>
+      </c>
+      <c r="G214" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="H214" s="24">
+        <v>32714</v>
+      </c>
+      <c r="I214" s="21"/>
+      <c r="J214" s="25"/>
       <c r="K214" s="26"/>
     </row>
     <row r="215" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A215" s="17" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="B215" s="17" t="s">
-        <v>807</v>
+        <v>67</v>
       </c>
       <c r="C215" s="23" t="s">
         <v>808</v>
       </c>
       <c r="D215" s="22">
-        <v>46261</v>
+        <v>46434</v>
       </c>
       <c r="E215" s="21" t="s">
         <v>809</v>
       </c>
       <c r="F215" s="23" t="s">
-        <v>154</v>
+        <v>810</v>
       </c>
       <c r="G215" s="23" t="s">
-        <v>155</v>
+        <v>56</v>
       </c>
       <c r="H215" s="24">
-        <v>96825</v>
+        <v>33607</v>
       </c>
       <c r="I215" s="21" t="s">
-        <v>660</v>
+        <v>811</v>
       </c>
       <c r="J215" s="25">
-        <v>7025980000</v>
-[...19 lines deleted...]
-      <c r="C223" s="34"/>
+        <v>8003678367</v>
+      </c>
+      <c r="K215" s="26"/>
+    </row>
+    <row r="216" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A216" s="17" t="s">
+        <v>812</v>
+      </c>
+      <c r="B216" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C216" s="23" t="s">
+        <v>813</v>
+      </c>
+      <c r="D216" s="22">
+        <v>46408</v>
+      </c>
+      <c r="E216" s="21" t="s">
+        <v>814</v>
+      </c>
+      <c r="F216" s="23" t="s">
+        <v>50</v>
+      </c>
+      <c r="G216" s="23" t="s">
+        <v>50</v>
+      </c>
+      <c r="H216" s="24">
+        <v>10036</v>
+      </c>
+      <c r="I216" s="21"/>
+      <c r="J216" s="25"/>
+      <c r="K216" s="26"/>
+    </row>
+    <row r="217" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A217" s="17" t="s">
+        <v>815</v>
+      </c>
+      <c r="B217" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C217" s="23" t="s">
+        <v>816</v>
+      </c>
+      <c r="D217" s="22">
+        <v>46386</v>
+      </c>
+      <c r="E217" s="21" t="s">
+        <v>817</v>
+      </c>
+      <c r="F217" s="13" t="s">
+        <v>818</v>
+      </c>
+      <c r="G217" s="23" t="s">
+        <v>179</v>
+      </c>
+      <c r="H217" s="24">
+        <v>94025</v>
+      </c>
+      <c r="I217" s="21" t="s">
+        <v>465</v>
+      </c>
+      <c r="J217" s="25">
+        <v>4704120303</v>
+      </c>
+      <c r="K217" s="26"/>
+    </row>
+    <row r="218" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A218" s="17" t="s">
+        <v>819</v>
+      </c>
+      <c r="B218" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C218" s="23" t="s">
+        <v>820</v>
+      </c>
+      <c r="D218" s="22">
+        <v>46408</v>
+      </c>
+      <c r="E218" s="21" t="s">
+        <v>691</v>
+      </c>
+      <c r="F218" s="23" t="s">
+        <v>692</v>
+      </c>
+      <c r="G218" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="H218" s="24">
+        <v>32257</v>
+      </c>
+      <c r="I218" s="21"/>
+      <c r="J218" s="25"/>
+      <c r="K218" s="26"/>
+    </row>
+    <row r="219" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="17" t="s">
+        <v>821</v>
+      </c>
+      <c r="B219" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C219" s="23" t="s">
+        <v>822</v>
+      </c>
+      <c r="D219" s="22">
+        <v>46429</v>
+      </c>
+      <c r="E219" s="21" t="s">
+        <v>823</v>
+      </c>
+      <c r="F219" s="23" t="s">
+        <v>655</v>
+      </c>
+      <c r="G219" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="H219" s="24">
+        <v>75244</v>
+      </c>
+      <c r="I219" s="21" t="s">
+        <v>824</v>
+      </c>
+      <c r="J219" s="25">
+        <v>6308868341</v>
+      </c>
+      <c r="K219" s="26"/>
+    </row>
+    <row r="220" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A220" s="17" t="s">
+        <v>825</v>
+      </c>
+      <c r="B220" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C220" s="23" t="s">
+        <v>826</v>
+      </c>
+      <c r="D220" s="22">
+        <v>46434</v>
+      </c>
+      <c r="E220" s="21" t="s">
+        <v>827</v>
+      </c>
+      <c r="F220" s="23" t="s">
+        <v>810</v>
+      </c>
+      <c r="G220" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="H220" s="24">
+        <v>33615</v>
+      </c>
+      <c r="I220" s="21" t="s">
+        <v>828</v>
+      </c>
+      <c r="J220" s="25">
+        <v>8654815073</v>
+      </c>
+      <c r="K220" s="26"/>
+    </row>
+    <row r="221" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A221" s="17" t="s">
+        <v>829</v>
+      </c>
+      <c r="B221" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C221" s="23" t="s">
+        <v>830</v>
+      </c>
+      <c r="D221" s="22">
+        <v>46434</v>
+      </c>
+      <c r="E221" s="21" t="s">
+        <v>831</v>
+      </c>
+      <c r="F221" s="23" t="s">
+        <v>832</v>
+      </c>
+      <c r="G221" s="23" t="s">
+        <v>833</v>
+      </c>
+      <c r="H221" s="24">
+        <v>50060</v>
+      </c>
+      <c r="I221" s="21" t="s">
+        <v>834</v>
+      </c>
+      <c r="J221" s="25">
+        <v>6413440400</v>
+      </c>
+      <c r="K221" s="26"/>
+    </row>
+    <row r="222" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A222" s="17" t="s">
+        <v>835</v>
+      </c>
+      <c r="B222" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C222" s="23" t="s">
+        <v>836</v>
+      </c>
+      <c r="D222" s="22">
+        <v>46438</v>
+      </c>
+      <c r="E222" s="21" t="s">
+        <v>837</v>
+      </c>
+      <c r="F222" s="23" t="s">
+        <v>838</v>
+      </c>
+      <c r="G222" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="H222" s="24">
+        <v>37830</v>
+      </c>
+      <c r="I222" s="21" t="s">
+        <v>828</v>
+      </c>
+      <c r="J222" s="25">
+        <v>8654815073</v>
+      </c>
+      <c r="K222" s="26"/>
+    </row>
+    <row r="223" spans="1:11" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A223" s="27"/>
+      <c r="B223" s="28"/>
+      <c r="C223" s="28"/>
+      <c r="D223" s="29"/>
+      <c r="E223" s="30"/>
+      <c r="F223" s="28"/>
+      <c r="G223" s="28"/>
+      <c r="H223" s="31"/>
+      <c r="I223" s="30"/>
+      <c r="J223" s="32"/>
+      <c r="K223" s="33"/>
+    </row>
+    <row r="230" spans="3:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C230" s="34"/>
     </row>
   </sheetData>
-  <autoFilter ref="A3:K215" xr:uid="{048CA5EC-3BD7-4F1B-A71D-AED545EFDFE7}">
-[...1 lines deleted...]
-      <sortCondition ref="C3:C203"/>
+  <autoFilter ref="A3:K222" xr:uid="{94FD1EC7-3FA6-4901-96B3-C8092A93ACFC}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:K202">
+      <sortCondition ref="C3:C202"/>
     </sortState>
   </autoFilter>
   <mergeCells count="1">
     <mergeCell ref="A1:K2"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0" footer="0"/>
   <pageSetup scale="50" fitToHeight="12" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
-</file>
-[...4 lines deleted...]
-</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
-      <vt:lpstr>Website List 10.21.25</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>'Website List 10.21.25'!Print_Titles</vt:lpstr>
+      <vt:lpstr>Website List 2.20.26</vt:lpstr>
+      <vt:lpstr>'Website List 2.20.26'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Website List 2.20.26'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>McKeen, Chris M. (DLS)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>