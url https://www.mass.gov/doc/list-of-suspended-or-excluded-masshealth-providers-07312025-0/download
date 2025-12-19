--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -1,86 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/pam_sousa_mass_gov/Documents/Attachments/HomeDrive/10-15/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/pam_sousa_mass_gov/Documents/Attachments/HomeDrive/#11-7/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{1501603B-8EB4-4638-8D1F-5B233A140A57}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5F57A2CA-3BC6-4C7C-8D86-1F1A2F52D666}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C17BA11E-6A05-4F63-93E0-54CEEEBC1528}"/>
   </bookViews>
   <sheets>
     <sheet name="Exclusions List" sheetId="1" r:id="rId1"/>
     <sheet name="Removed fx the list" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Exclusions List'!$A$1:$F$287</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Exclusions List'!$A$1:$F$291</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Exclusions List'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="938" uniqueCount="382">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="953" uniqueCount="388">
   <si>
     <t>Provider Name</t>
   </si>
   <si>
     <t xml:space="preserve">Provider Type </t>
   </si>
   <si>
     <t>National Provider Identifier (NPI)</t>
   </si>
   <si>
     <t>Suspension/Exclusion Reason</t>
   </si>
   <si>
     <t>Suspension/Exclusion Effective Date</t>
   </si>
   <si>
     <t>JACLYN K HUMPHREY</t>
   </si>
   <si>
     <t>CERTIFIED REGISTERED NURSE ANESTHETISTS</t>
   </si>
   <si>
     <t>KELLY  BADO</t>
   </si>
   <si>
@@ -1182,50 +1182,68 @@
     <t>THE DOULA LAND</t>
   </si>
   <si>
     <t>ALLISON GORSKI</t>
   </si>
   <si>
     <t>LANETTA GIACONA</t>
   </si>
   <si>
     <t>SAJAD ZALZALA</t>
   </si>
   <si>
     <t>PATIENT CARE SOLUTIONS, LLC</t>
   </si>
   <si>
     <t>PSYCHIATRIC CLINICAL NURSE SPECIALIST</t>
   </si>
   <si>
     <t>CERTIFIED INDEPENDENT LABORATORY</t>
   </si>
   <si>
     <t>DISCOVERY DIAGNOSTIC LABORATORY INC</t>
   </si>
   <si>
     <t>GUIDO NAVARRA</t>
+  </si>
+  <si>
+    <t>JOHN R DIGGS</t>
+  </si>
+  <si>
+    <t>REGISTERED NURSE</t>
+  </si>
+  <si>
+    <t>NONE</t>
+  </si>
+  <si>
+    <t>CYNTHIA L BECK</t>
+  </si>
+  <si>
+    <t>JAMY L WHITCOMB</t>
+  </si>
+  <si>
+    <t>KATHLEEN MACBRIDE-SMITH</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
@@ -1730,54 +1748,54 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{94607B8B-6679-4AA5-BBB9-6E7013E1081D}">
-  <dimension ref="A1:IW355"/>
+  <dimension ref="A1:IW359"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageLayout" zoomScale="120" zoomScaleNormal="100" zoomScalePageLayoutView="120" workbookViewId="0">
-      <selection activeCell="F6" sqref="F6"/>
+      <selection activeCell="E5" sqref="E5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="11.25" thickBottom="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32.42578125" style="5" customWidth="1"/>
     <col min="2" max="2" width="29.140625" style="5" customWidth="1"/>
     <col min="3" max="3" width="10.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="12.7109375" style="5" customWidth="1"/>
     <col min="5" max="5" width="26.28515625" style="5" customWidth="1"/>
     <col min="6" max="6" width="15.7109375" style="6" customWidth="1"/>
     <col min="7" max="257" width="9.140625" style="4"/>
     <col min="258" max="258" width="33.28515625" style="4" customWidth="1"/>
     <col min="259" max="259" width="30.5703125" style="4" customWidth="1"/>
     <col min="260" max="260" width="12.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="261" max="261" width="33.28515625" style="4" customWidth="1"/>
     <col min="262" max="262" width="15.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="263" max="513" width="9.140625" style="4"/>
     <col min="514" max="514" width="33.28515625" style="4" customWidth="1"/>
     <col min="515" max="515" width="30.5703125" style="4" customWidth="1"/>
     <col min="516" max="516" width="12.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="517" max="517" width="33.28515625" style="4" customWidth="1"/>
     <col min="518" max="518" width="15.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="519" max="769" width="9.140625" style="4"/>
     <col min="770" max="770" width="33.28515625" style="4" customWidth="1"/>
     <col min="771" max="771" width="30.5703125" style="4" customWidth="1"/>
@@ -2147,1824 +2165,828 @@
     <col min="16135" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="42.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>307</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A2" s="5" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5">
-        <v>1639311509</v>
+        <v>1235226655</v>
       </c>
       <c r="E2" s="5" t="s">
-        <v>300</v>
+        <v>15</v>
       </c>
       <c r="F2" s="6">
-        <v>45898</v>
+        <v>45954</v>
       </c>
     </row>
     <row r="3" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A3" s="5" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-        <v>1669733697</v>
+        <v>383</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>384</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="6">
-        <v>45889</v>
+        <v>45947</v>
       </c>
     </row>
     <row r="4" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A4" s="5" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>1407121981</v>
+        <v>383</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>384</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F4" s="6">
-        <v>45878</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+        <v>45922</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5">
-        <v>1265489058</v>
+        <v>1639311509</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>20</v>
+        <v>300</v>
       </c>
       <c r="F5" s="6">
-        <v>45870</v>
+        <v>45898</v>
       </c>
     </row>
     <row r="6" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A6" s="5" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C6" s="5">
-        <v>1912993478</v>
+        <v>1669733697</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="6">
-        <v>45868</v>
+        <v>45889</v>
       </c>
     </row>
     <row r="7" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A7" s="5" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="C7" s="5">
-        <v>1447044268</v>
+        <v>1407121981</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="6">
-        <v>45867</v>
+        <v>45878</v>
       </c>
     </row>
     <row r="8" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
-        <v>371</v>
+        <v>381</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>372</v>
+        <v>14</v>
       </c>
       <c r="C8" s="5">
-        <v>1144000886</v>
+        <v>1265489058</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F8" s="6">
-        <v>45867</v>
+        <v>45870</v>
       </c>
     </row>
     <row r="9" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="C9" s="5">
-        <v>1952150583</v>
+        <v>1912993478</v>
       </c>
       <c r="E9" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F9" s="6">
+        <v>45868</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" s="5">
+        <v>1447044268</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" s="6">
         <v>45867</v>
       </c>
     </row>
-    <row r="10" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="5" t="s">
+    <row r="11" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="C11" s="5">
+        <v>1144000886</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" s="6">
+        <v>45867</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="5" t="s">
+        <v>370</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" s="5">
+        <v>1952150583</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" s="6">
+        <v>45867</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="5" t="s">
         <v>369</v>
       </c>
-      <c r="B10" s="5" t="s">
+      <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C10" s="5">
+      <c r="C13" s="5">
         <v>1346227188</v>
       </c>
-      <c r="E10" s="5" t="s">
+      <c r="E13" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="F10" s="6">
+      <c r="F13" s="6">
         <v>45863</v>
       </c>
     </row>
-    <row r="11" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="5" t="s">
+    <row r="14" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="5" t="s">
         <v>368</v>
       </c>
-      <c r="B11" s="5" t="s">
+      <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C11" s="5">
+      <c r="C14" s="5">
         <v>1699734202</v>
       </c>
-      <c r="E11" s="5" t="s">
+      <c r="E14" s="5" t="s">
         <v>300</v>
       </c>
-      <c r="F11" s="6">
+      <c r="F14" s="6">
         <v>45820</v>
       </c>
     </row>
-    <row r="12" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="5" t="s">
+    <row r="15" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>384</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="F15" s="6">
+        <v>45797</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="5" t="s">
         <v>367</v>
       </c>
-      <c r="B12" s="5" t="s">
+      <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C12" s="5">
+      <c r="C16" s="5">
         <v>1457465353</v>
       </c>
-      <c r="E12" s="5" t="s">
+      <c r="E16" s="5" t="s">
         <v>300</v>
       </c>
-      <c r="F12" s="6">
+      <c r="F16" s="6">
         <v>45757</v>
-      </c>
-[...66 lines deleted...]
-        <v>45699</v>
       </c>
     </row>
     <row r="17" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A17" s="5" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D17" s="5">
-        <v>353975</v>
+        <v>89927</v>
       </c>
       <c r="E17" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F17" s="6">
-        <v>45699</v>
+        <v>45727</v>
       </c>
     </row>
     <row r="18" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A18" s="5" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D18" s="5">
-        <v>377547</v>
+        <v>278526</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F18" s="6">
-        <v>45699</v>
+        <v>45727</v>
       </c>
     </row>
     <row r="19" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A19" s="5" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D19" s="5">
-        <v>267643</v>
+        <v>126753</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F19" s="6">
         <v>45699</v>
       </c>
     </row>
-    <row r="20" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>1013399286</v>
+        <v>309</v>
+      </c>
+      <c r="D20" s="5">
+        <v>302737</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F20" s="6">
-        <v>45674</v>
+        <v>45699</v>
       </c>
     </row>
     <row r="21" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A21" s="5" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D21" s="5">
-        <v>250714</v>
+        <v>353975</v>
       </c>
       <c r="E21" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F21" s="6">
-        <v>45662</v>
+        <v>45699</v>
       </c>
     </row>
     <row r="22" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A22" s="5" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D22" s="5">
-        <v>355332</v>
+        <v>377547</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F22" s="6">
-        <v>45659</v>
+        <v>45699</v>
       </c>
     </row>
     <row r="23" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A23" s="5" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D23" s="5">
-        <v>191935</v>
+        <v>267643</v>
       </c>
       <c r="E23" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F23" s="6">
-        <v>45650</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+        <v>45699</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A24" s="5" t="s">
-        <v>351</v>
+        <v>359</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5">
-        <v>1225002603</v>
+        <v>1013399286</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F24" s="6">
-        <v>45629</v>
+        <v>45674</v>
       </c>
     </row>
     <row r="25" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A25" s="5" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D25" s="5">
-        <v>209280</v>
+        <v>250714</v>
       </c>
       <c r="E25" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F25" s="6">
-        <v>45619</v>
+        <v>45662</v>
       </c>
     </row>
     <row r="26" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D26" s="5">
-        <v>176303</v>
+        <v>355332</v>
       </c>
       <c r="E26" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F26" s="6">
-        <v>45619</v>
+        <v>45659</v>
       </c>
     </row>
     <row r="27" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A27" s="5" t="s">
-        <v>340</v>
+        <v>355</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D27" s="5">
-        <v>245004</v>
+        <v>191935</v>
       </c>
       <c r="E27" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F27" s="6">
-        <v>45583</v>
+        <v>45650</v>
       </c>
     </row>
     <row r="28" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A28" s="5" t="s">
-        <v>341</v>
+        <v>351</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>264843</v>
+        <v>14</v>
+      </c>
+      <c r="C28" s="5">
+        <v>1225002603</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F28" s="6">
-        <v>45583</v>
+        <v>45629</v>
       </c>
     </row>
     <row r="29" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A29" s="5" t="s">
-        <v>333</v>
+        <v>352</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D29" s="5">
-        <v>113255</v>
+        <v>209280</v>
       </c>
       <c r="E29" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F29" s="6">
-        <v>45568</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+        <v>45619</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A30" s="5" t="s">
-        <v>345</v>
+        <v>353</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>1184692212</v>
+        <v>309</v>
+      </c>
+      <c r="D30" s="5">
+        <v>176303</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F30" s="6">
-        <v>45561</v>
+        <v>45619</v>
       </c>
     </row>
     <row r="31" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A31" s="5" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-        <v>1306223417</v>
+        <v>309</v>
+      </c>
+      <c r="D31" s="5">
+        <v>245004</v>
       </c>
       <c r="E31" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F31" s="6">
-        <v>45556</v>
+        <v>45583</v>
       </c>
     </row>
     <row r="32" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A32" s="5" t="s">
-        <v>331</v>
+        <v>341</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>1497356091</v>
+        <v>309</v>
+      </c>
+      <c r="D32" s="5">
+        <v>264843</v>
       </c>
       <c r="E32" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F32" s="6">
-        <v>45554</v>
+        <v>45583</v>
       </c>
     </row>
     <row r="33" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A33" s="5" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D33" s="5">
-        <v>310424</v>
+        <v>113255</v>
       </c>
       <c r="E33" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F33" s="6">
-        <v>45553</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+        <v>45568</v>
+      </c>
+    </row>
+    <row r="34" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A34" s="5" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>310423</v>
+        <v>14</v>
+      </c>
+      <c r="C34" s="5">
+        <v>1184692212</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F34" s="6">
-        <v>45553</v>
+        <v>45561</v>
       </c>
     </row>
     <row r="35" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A35" s="5" t="s">
-        <v>335</v>
+        <v>343</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>372354</v>
+        <v>344</v>
+      </c>
+      <c r="C35" s="5">
+        <v>1306223417</v>
       </c>
       <c r="E35" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F35" s="6">
-        <v>45553</v>
+        <v>45556</v>
       </c>
     </row>
     <row r="36" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A36" s="5" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>240498</v>
+        <v>332</v>
+      </c>
+      <c r="C36" s="5">
+        <v>1497356091</v>
       </c>
       <c r="E36" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F36" s="6">
-        <v>45553</v>
+        <v>45554</v>
       </c>
     </row>
     <row r="37" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A37" s="5" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D37" s="5">
-        <v>318391</v>
+        <v>310424</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F37" s="6">
         <v>45553</v>
       </c>
     </row>
-    <row r="38" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>1083909774</v>
+        <v>309</v>
+      </c>
+      <c r="D38" s="5">
+        <v>310423</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>300</v>
+        <v>20</v>
       </c>
       <c r="F38" s="6">
-        <v>45539</v>
+        <v>45553</v>
       </c>
     </row>
     <row r="39" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A39" s="5" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>1760658249</v>
+        <v>309</v>
+      </c>
+      <c r="D39" s="5">
+        <v>372354</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F39" s="6">
-        <v>45502</v>
+        <v>45553</v>
       </c>
     </row>
     <row r="40" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A40" s="5" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>1376797241</v>
+        <v>309</v>
+      </c>
+      <c r="D40" s="5">
+        <v>240498</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F40" s="6">
-        <v>45474</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+        <v>45553</v>
+      </c>
+    </row>
+    <row r="41" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A41" s="5" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>1629630702</v>
+        <v>309</v>
+      </c>
+      <c r="D41" s="5">
+        <v>318391</v>
       </c>
       <c r="E41" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" s="6">
+        <v>45553</v>
+      </c>
+    </row>
+    <row r="42" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="5" t="s">
+        <v>334</v>
+      </c>
+      <c r="B42" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C42" s="5">
+        <v>1083909774</v>
+      </c>
+      <c r="E42" s="5" t="s">
         <v>300</v>
       </c>
-      <c r="F41" s="6">
-[...15 lines deleted...]
-      </c>
       <c r="F42" s="6">
-        <v>45395</v>
+        <v>45539</v>
       </c>
     </row>
     <row r="43" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A43" s="5" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>295501</v>
+        <v>112</v>
+      </c>
+      <c r="C43" s="5">
+        <v>1760658249</v>
       </c>
       <c r="E43" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F43" s="6">
-        <v>45392</v>
-[...249 lines deleted...]
-      <c r="IW43" s="5"/>
+        <v>45502</v>
+      </c>
     </row>
     <row r="44" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>243466</v>
+        <v>50</v>
+      </c>
+      <c r="C44" s="5">
+        <v>1376797241</v>
       </c>
       <c r="E44" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F44" s="6">
-        <v>45392</v>
-[...251 lines deleted...]
-    <row r="45" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+        <v>45474</v>
+      </c>
+    </row>
+    <row r="45" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A45" s="5" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>181964</v>
+        <v>17</v>
+      </c>
+      <c r="C45" s="5">
+        <v>1629630702</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>20</v>
+        <v>300</v>
       </c>
       <c r="F45" s="6">
-        <v>45392</v>
-[...249 lines deleted...]
-      <c r="IW45" s="5"/>
+        <v>45468</v>
+      </c>
     </row>
     <row r="46" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A46" s="5" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>113797</v>
+        <v>68</v>
+      </c>
+      <c r="C46" s="5">
+        <v>1730265729</v>
       </c>
       <c r="E46" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F46" s="6">
-        <v>45392</v>
-[...249 lines deleted...]
-      <c r="IW46" s="5"/>
+        <v>45395</v>
+      </c>
     </row>
     <row r="47" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A47" s="5" t="s">
-        <v>315</v>
+        <v>323</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D47" s="5">
-        <v>214692</v>
+        <v>295501</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F47" s="6">
-        <v>45322</v>
+        <v>45392</v>
       </c>
       <c r="I47" s="5"/>
       <c r="J47" s="5"/>
       <c r="K47" s="6"/>
       <c r="L47" s="5"/>
       <c r="M47" s="5"/>
       <c r="N47" s="5"/>
       <c r="O47" s="5"/>
       <c r="P47" s="6"/>
       <c r="Q47" s="5"/>
       <c r="R47" s="5"/>
       <c r="S47" s="5"/>
       <c r="T47" s="5"/>
       <c r="U47" s="6"/>
       <c r="V47" s="5"/>
       <c r="W47" s="5"/>
       <c r="X47" s="5"/>
       <c r="Y47" s="5"/>
       <c r="Z47" s="6"/>
       <c r="AA47" s="5"/>
       <c r="AB47" s="5"/>
       <c r="AC47" s="5"/>
       <c r="AD47" s="5"/>
       <c r="AE47" s="6"/>
       <c r="AF47" s="5"/>
@@ -4174,63 +3196,63 @@
       <c r="IB47" s="6"/>
       <c r="IC47" s="5"/>
       <c r="ID47" s="5"/>
       <c r="IE47" s="5"/>
       <c r="IF47" s="5"/>
       <c r="IG47" s="6"/>
       <c r="IH47" s="5"/>
       <c r="II47" s="5"/>
       <c r="IJ47" s="5"/>
       <c r="IK47" s="5"/>
       <c r="IL47" s="6"/>
       <c r="IM47" s="5"/>
       <c r="IN47" s="5"/>
       <c r="IO47" s="5"/>
       <c r="IP47" s="5"/>
       <c r="IQ47" s="6"/>
       <c r="IR47" s="5"/>
       <c r="IS47" s="5"/>
       <c r="IT47" s="5"/>
       <c r="IU47" s="5"/>
       <c r="IV47" s="6"/>
       <c r="IW47" s="5"/>
     </row>
     <row r="48" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A48" s="5" t="s">
-        <v>316</v>
+        <v>324</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D48" s="5">
-        <v>142316</v>
+        <v>243466</v>
       </c>
       <c r="E48" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F48" s="6">
-        <v>45322</v>
+        <v>45392</v>
       </c>
       <c r="I48" s="5"/>
       <c r="J48" s="5"/>
       <c r="K48" s="6"/>
       <c r="L48" s="5"/>
       <c r="M48" s="5"/>
       <c r="N48" s="5"/>
       <c r="O48" s="5"/>
       <c r="P48" s="6"/>
       <c r="Q48" s="5"/>
       <c r="R48" s="5"/>
       <c r="S48" s="5"/>
       <c r="T48" s="5"/>
       <c r="U48" s="6"/>
       <c r="V48" s="5"/>
       <c r="W48" s="5"/>
       <c r="X48" s="5"/>
       <c r="Y48" s="5"/>
       <c r="Z48" s="6"/>
       <c r="AA48" s="5"/>
       <c r="AB48" s="5"/>
       <c r="AC48" s="5"/>
       <c r="AD48" s="5"/>
       <c r="AE48" s="6"/>
       <c r="AF48" s="5"/>
@@ -4440,63 +3462,63 @@
       <c r="IB48" s="6"/>
       <c r="IC48" s="5"/>
       <c r="ID48" s="5"/>
       <c r="IE48" s="5"/>
       <c r="IF48" s="5"/>
       <c r="IG48" s="6"/>
       <c r="IH48" s="5"/>
       <c r="II48" s="5"/>
       <c r="IJ48" s="5"/>
       <c r="IK48" s="5"/>
       <c r="IL48" s="6"/>
       <c r="IM48" s="5"/>
       <c r="IN48" s="5"/>
       <c r="IO48" s="5"/>
       <c r="IP48" s="5"/>
       <c r="IQ48" s="6"/>
       <c r="IR48" s="5"/>
       <c r="IS48" s="5"/>
       <c r="IT48" s="5"/>
       <c r="IU48" s="5"/>
       <c r="IV48" s="6"/>
       <c r="IW48" s="5"/>
     </row>
     <row r="49" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A49" s="5" t="s">
-        <v>317</v>
+        <v>325</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D49" s="5">
-        <v>323631</v>
+        <v>181964</v>
       </c>
       <c r="E49" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F49" s="6">
-        <v>45322</v>
+        <v>45392</v>
       </c>
       <c r="I49" s="5"/>
       <c r="J49" s="5"/>
       <c r="K49" s="6"/>
       <c r="L49" s="5"/>
       <c r="M49" s="5"/>
       <c r="N49" s="5"/>
       <c r="O49" s="5"/>
       <c r="P49" s="6"/>
       <c r="Q49" s="5"/>
       <c r="R49" s="5"/>
       <c r="S49" s="5"/>
       <c r="T49" s="5"/>
       <c r="U49" s="6"/>
       <c r="V49" s="5"/>
       <c r="W49" s="5"/>
       <c r="X49" s="5"/>
       <c r="Y49" s="5"/>
       <c r="Z49" s="6"/>
       <c r="AA49" s="5"/>
       <c r="AB49" s="5"/>
       <c r="AC49" s="5"/>
       <c r="AD49" s="5"/>
       <c r="AE49" s="6"/>
       <c r="AF49" s="5"/>
@@ -4706,63 +3728,63 @@
       <c r="IB49" s="6"/>
       <c r="IC49" s="5"/>
       <c r="ID49" s="5"/>
       <c r="IE49" s="5"/>
       <c r="IF49" s="5"/>
       <c r="IG49" s="6"/>
       <c r="IH49" s="5"/>
       <c r="II49" s="5"/>
       <c r="IJ49" s="5"/>
       <c r="IK49" s="5"/>
       <c r="IL49" s="6"/>
       <c r="IM49" s="5"/>
       <c r="IN49" s="5"/>
       <c r="IO49" s="5"/>
       <c r="IP49" s="5"/>
       <c r="IQ49" s="6"/>
       <c r="IR49" s="5"/>
       <c r="IS49" s="5"/>
       <c r="IT49" s="5"/>
       <c r="IU49" s="5"/>
       <c r="IV49" s="6"/>
       <c r="IW49" s="5"/>
     </row>
     <row r="50" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
-        <v>318</v>
+        <v>326</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D50" s="5">
-        <v>218582</v>
+        <v>113797</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F50" s="6">
-        <v>45322</v>
+        <v>45392</v>
       </c>
       <c r="I50" s="5"/>
       <c r="J50" s="5"/>
       <c r="K50" s="6"/>
       <c r="L50" s="5"/>
       <c r="M50" s="5"/>
       <c r="N50" s="5"/>
       <c r="O50" s="5"/>
       <c r="P50" s="6"/>
       <c r="Q50" s="5"/>
       <c r="R50" s="5"/>
       <c r="S50" s="5"/>
       <c r="T50" s="5"/>
       <c r="U50" s="6"/>
       <c r="V50" s="5"/>
       <c r="W50" s="5"/>
       <c r="X50" s="5"/>
       <c r="Y50" s="5"/>
       <c r="Z50" s="6"/>
       <c r="AA50" s="5"/>
       <c r="AB50" s="5"/>
       <c r="AC50" s="5"/>
       <c r="AD50" s="5"/>
       <c r="AE50" s="6"/>
       <c r="AF50" s="5"/>
@@ -4972,57 +3994,57 @@
       <c r="IB50" s="6"/>
       <c r="IC50" s="5"/>
       <c r="ID50" s="5"/>
       <c r="IE50" s="5"/>
       <c r="IF50" s="5"/>
       <c r="IG50" s="6"/>
       <c r="IH50" s="5"/>
       <c r="II50" s="5"/>
       <c r="IJ50" s="5"/>
       <c r="IK50" s="5"/>
       <c r="IL50" s="6"/>
       <c r="IM50" s="5"/>
       <c r="IN50" s="5"/>
       <c r="IO50" s="5"/>
       <c r="IP50" s="5"/>
       <c r="IQ50" s="6"/>
       <c r="IR50" s="5"/>
       <c r="IS50" s="5"/>
       <c r="IT50" s="5"/>
       <c r="IU50" s="5"/>
       <c r="IV50" s="6"/>
       <c r="IW50" s="5"/>
     </row>
     <row r="51" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A51" s="5" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D51" s="5">
-        <v>235706</v>
+        <v>214692</v>
       </c>
       <c r="E51" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F51" s="6">
         <v>45322</v>
       </c>
       <c r="I51" s="5"/>
       <c r="J51" s="5"/>
       <c r="K51" s="6"/>
       <c r="L51" s="5"/>
       <c r="M51" s="5"/>
       <c r="N51" s="5"/>
       <c r="O51" s="5"/>
       <c r="P51" s="6"/>
       <c r="Q51" s="5"/>
       <c r="R51" s="5"/>
       <c r="S51" s="5"/>
       <c r="T51" s="5"/>
       <c r="U51" s="6"/>
       <c r="V51" s="5"/>
       <c r="W51" s="5"/>
       <c r="X51" s="5"/>
       <c r="Y51" s="5"/>
       <c r="Z51" s="6"/>
@@ -5238,57 +4260,57 @@
       <c r="IB51" s="6"/>
       <c r="IC51" s="5"/>
       <c r="ID51" s="5"/>
       <c r="IE51" s="5"/>
       <c r="IF51" s="5"/>
       <c r="IG51" s="6"/>
       <c r="IH51" s="5"/>
       <c r="II51" s="5"/>
       <c r="IJ51" s="5"/>
       <c r="IK51" s="5"/>
       <c r="IL51" s="6"/>
       <c r="IM51" s="5"/>
       <c r="IN51" s="5"/>
       <c r="IO51" s="5"/>
       <c r="IP51" s="5"/>
       <c r="IQ51" s="6"/>
       <c r="IR51" s="5"/>
       <c r="IS51" s="5"/>
       <c r="IT51" s="5"/>
       <c r="IU51" s="5"/>
       <c r="IV51" s="6"/>
       <c r="IW51" s="5"/>
     </row>
     <row r="52" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A52" s="5" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D52" s="5">
-        <v>217239</v>
+        <v>142316</v>
       </c>
       <c r="E52" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F52" s="6">
         <v>45322</v>
       </c>
       <c r="I52" s="5"/>
       <c r="J52" s="5"/>
       <c r="K52" s="6"/>
       <c r="L52" s="5"/>
       <c r="M52" s="5"/>
       <c r="N52" s="5"/>
       <c r="O52" s="5"/>
       <c r="P52" s="6"/>
       <c r="Q52" s="5"/>
       <c r="R52" s="5"/>
       <c r="S52" s="5"/>
       <c r="T52" s="5"/>
       <c r="U52" s="6"/>
       <c r="V52" s="5"/>
       <c r="W52" s="5"/>
       <c r="X52" s="5"/>
       <c r="Y52" s="5"/>
       <c r="Z52" s="6"/>
@@ -5502,65 +4524,65 @@
       <c r="HZ52" s="5"/>
       <c r="IA52" s="5"/>
       <c r="IB52" s="6"/>
       <c r="IC52" s="5"/>
       <c r="ID52" s="5"/>
       <c r="IE52" s="5"/>
       <c r="IF52" s="5"/>
       <c r="IG52" s="6"/>
       <c r="IH52" s="5"/>
       <c r="II52" s="5"/>
       <c r="IJ52" s="5"/>
       <c r="IK52" s="5"/>
       <c r="IL52" s="6"/>
       <c r="IM52" s="5"/>
       <c r="IN52" s="5"/>
       <c r="IO52" s="5"/>
       <c r="IP52" s="5"/>
       <c r="IQ52" s="6"/>
       <c r="IR52" s="5"/>
       <c r="IS52" s="5"/>
       <c r="IT52" s="5"/>
       <c r="IU52" s="5"/>
       <c r="IV52" s="6"/>
       <c r="IW52" s="5"/>
     </row>
-    <row r="53" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A53" s="5" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>1780032060</v>
+        <v>309</v>
+      </c>
+      <c r="D53" s="5">
+        <v>323631</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>300</v>
+        <v>20</v>
       </c>
       <c r="F53" s="6">
-        <v>45320</v>
+        <v>45322</v>
       </c>
       <c r="I53" s="5"/>
       <c r="J53" s="5"/>
       <c r="K53" s="6"/>
       <c r="L53" s="5"/>
       <c r="M53" s="5"/>
       <c r="N53" s="5"/>
       <c r="O53" s="5"/>
       <c r="P53" s="6"/>
       <c r="Q53" s="5"/>
       <c r="R53" s="5"/>
       <c r="S53" s="5"/>
       <c r="T53" s="5"/>
       <c r="U53" s="6"/>
       <c r="V53" s="5"/>
       <c r="W53" s="5"/>
       <c r="X53" s="5"/>
       <c r="Y53" s="5"/>
       <c r="Z53" s="6"/>
       <c r="AA53" s="5"/>
       <c r="AB53" s="5"/>
       <c r="AC53" s="5"/>
       <c r="AD53" s="5"/>
       <c r="AE53" s="6"/>
       <c r="AF53" s="5"/>
@@ -5770,63 +4792,63 @@
       <c r="IB53" s="6"/>
       <c r="IC53" s="5"/>
       <c r="ID53" s="5"/>
       <c r="IE53" s="5"/>
       <c r="IF53" s="5"/>
       <c r="IG53" s="6"/>
       <c r="IH53" s="5"/>
       <c r="II53" s="5"/>
       <c r="IJ53" s="5"/>
       <c r="IK53" s="5"/>
       <c r="IL53" s="6"/>
       <c r="IM53" s="5"/>
       <c r="IN53" s="5"/>
       <c r="IO53" s="5"/>
       <c r="IP53" s="5"/>
       <c r="IQ53" s="6"/>
       <c r="IR53" s="5"/>
       <c r="IS53" s="5"/>
       <c r="IT53" s="5"/>
       <c r="IU53" s="5"/>
       <c r="IV53" s="6"/>
       <c r="IW53" s="5"/>
     </row>
     <row r="54" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A54" s="5" t="s">
-        <v>308</v>
+        <v>318</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D54" s="5">
-        <v>338501</v>
+        <v>218582</v>
       </c>
       <c r="E54" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F54" s="6">
-        <v>45294</v>
+        <v>45322</v>
       </c>
       <c r="I54" s="5"/>
       <c r="J54" s="5"/>
       <c r="K54" s="6"/>
       <c r="L54" s="5"/>
       <c r="M54" s="5"/>
       <c r="N54" s="5"/>
       <c r="O54" s="5"/>
       <c r="P54" s="6"/>
       <c r="Q54" s="5"/>
       <c r="R54" s="5"/>
       <c r="S54" s="5"/>
       <c r="T54" s="5"/>
       <c r="U54" s="6"/>
       <c r="V54" s="5"/>
       <c r="W54" s="5"/>
       <c r="X54" s="5"/>
       <c r="Y54" s="5"/>
       <c r="Z54" s="6"/>
       <c r="AA54" s="5"/>
       <c r="AB54" s="5"/>
       <c r="AC54" s="5"/>
       <c r="AD54" s="5"/>
       <c r="AE54" s="6"/>
       <c r="AF54" s="5"/>
@@ -6036,63 +5058,63 @@
       <c r="IB54" s="6"/>
       <c r="IC54" s="5"/>
       <c r="ID54" s="5"/>
       <c r="IE54" s="5"/>
       <c r="IF54" s="5"/>
       <c r="IG54" s="6"/>
       <c r="IH54" s="5"/>
       <c r="II54" s="5"/>
       <c r="IJ54" s="5"/>
       <c r="IK54" s="5"/>
       <c r="IL54" s="6"/>
       <c r="IM54" s="5"/>
       <c r="IN54" s="5"/>
       <c r="IO54" s="5"/>
       <c r="IP54" s="5"/>
       <c r="IQ54" s="6"/>
       <c r="IR54" s="5"/>
       <c r="IS54" s="5"/>
       <c r="IT54" s="5"/>
       <c r="IU54" s="5"/>
       <c r="IV54" s="6"/>
       <c r="IW54" s="5"/>
     </row>
     <row r="55" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A55" s="5" t="s">
-        <v>310</v>
+        <v>319</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D55" s="5">
-        <v>349296</v>
+        <v>235706</v>
       </c>
       <c r="E55" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F55" s="6">
-        <v>45294</v>
+        <v>45322</v>
       </c>
       <c r="I55" s="5"/>
       <c r="J55" s="5"/>
       <c r="K55" s="6"/>
       <c r="L55" s="5"/>
       <c r="M55" s="5"/>
       <c r="N55" s="5"/>
       <c r="O55" s="5"/>
       <c r="P55" s="6"/>
       <c r="Q55" s="5"/>
       <c r="R55" s="5"/>
       <c r="S55" s="5"/>
       <c r="T55" s="5"/>
       <c r="U55" s="6"/>
       <c r="V55" s="5"/>
       <c r="W55" s="5"/>
       <c r="X55" s="5"/>
       <c r="Y55" s="5"/>
       <c r="Z55" s="6"/>
       <c r="AA55" s="5"/>
       <c r="AB55" s="5"/>
       <c r="AC55" s="5"/>
       <c r="AD55" s="5"/>
       <c r="AE55" s="6"/>
       <c r="AF55" s="5"/>
@@ -6302,63 +5324,63 @@
       <c r="IB55" s="6"/>
       <c r="IC55" s="5"/>
       <c r="ID55" s="5"/>
       <c r="IE55" s="5"/>
       <c r="IF55" s="5"/>
       <c r="IG55" s="6"/>
       <c r="IH55" s="5"/>
       <c r="II55" s="5"/>
       <c r="IJ55" s="5"/>
       <c r="IK55" s="5"/>
       <c r="IL55" s="6"/>
       <c r="IM55" s="5"/>
       <c r="IN55" s="5"/>
       <c r="IO55" s="5"/>
       <c r="IP55" s="5"/>
       <c r="IQ55" s="6"/>
       <c r="IR55" s="5"/>
       <c r="IS55" s="5"/>
       <c r="IT55" s="5"/>
       <c r="IU55" s="5"/>
       <c r="IV55" s="6"/>
       <c r="IW55" s="5"/>
     </row>
     <row r="56" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A56" s="5" t="s">
-        <v>311</v>
+        <v>320</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D56" s="5">
-        <v>252709</v>
+        <v>217239</v>
       </c>
       <c r="E56" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F56" s="6">
-        <v>45294</v>
+        <v>45322</v>
       </c>
       <c r="I56" s="5"/>
       <c r="J56" s="5"/>
       <c r="K56" s="6"/>
       <c r="L56" s="5"/>
       <c r="M56" s="5"/>
       <c r="N56" s="5"/>
       <c r="O56" s="5"/>
       <c r="P56" s="6"/>
       <c r="Q56" s="5"/>
       <c r="R56" s="5"/>
       <c r="S56" s="5"/>
       <c r="T56" s="5"/>
       <c r="U56" s="6"/>
       <c r="V56" s="5"/>
       <c r="W56" s="5"/>
       <c r="X56" s="5"/>
       <c r="Y56" s="5"/>
       <c r="Z56" s="6"/>
       <c r="AA56" s="5"/>
       <c r="AB56" s="5"/>
       <c r="AC56" s="5"/>
       <c r="AD56" s="5"/>
       <c r="AE56" s="6"/>
       <c r="AF56" s="5"/>
@@ -6566,65 +5588,65 @@
       <c r="HZ56" s="5"/>
       <c r="IA56" s="5"/>
       <c r="IB56" s="6"/>
       <c r="IC56" s="5"/>
       <c r="ID56" s="5"/>
       <c r="IE56" s="5"/>
       <c r="IF56" s="5"/>
       <c r="IG56" s="6"/>
       <c r="IH56" s="5"/>
       <c r="II56" s="5"/>
       <c r="IJ56" s="5"/>
       <c r="IK56" s="5"/>
       <c r="IL56" s="6"/>
       <c r="IM56" s="5"/>
       <c r="IN56" s="5"/>
       <c r="IO56" s="5"/>
       <c r="IP56" s="5"/>
       <c r="IQ56" s="6"/>
       <c r="IR56" s="5"/>
       <c r="IS56" s="5"/>
       <c r="IT56" s="5"/>
       <c r="IU56" s="5"/>
       <c r="IV56" s="6"/>
       <c r="IW56" s="5"/>
     </row>
-    <row r="57" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A57" s="5" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>343293</v>
+        <v>10</v>
+      </c>
+      <c r="C57" s="5">
+        <v>1780032060</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>20</v>
+        <v>300</v>
       </c>
       <c r="F57" s="6">
-        <v>45294</v>
+        <v>45320</v>
       </c>
       <c r="I57" s="5"/>
       <c r="J57" s="5"/>
       <c r="K57" s="6"/>
       <c r="L57" s="5"/>
       <c r="M57" s="5"/>
       <c r="N57" s="5"/>
       <c r="O57" s="5"/>
       <c r="P57" s="6"/>
       <c r="Q57" s="5"/>
       <c r="R57" s="5"/>
       <c r="S57" s="5"/>
       <c r="T57" s="5"/>
       <c r="U57" s="6"/>
       <c r="V57" s="5"/>
       <c r="W57" s="5"/>
       <c r="X57" s="5"/>
       <c r="Y57" s="5"/>
       <c r="Z57" s="6"/>
       <c r="AA57" s="5"/>
       <c r="AB57" s="5"/>
       <c r="AC57" s="5"/>
       <c r="AD57" s="5"/>
       <c r="AE57" s="6"/>
       <c r="AF57" s="5"/>
@@ -6834,57 +5856,57 @@
       <c r="IB57" s="6"/>
       <c r="IC57" s="5"/>
       <c r="ID57" s="5"/>
       <c r="IE57" s="5"/>
       <c r="IF57" s="5"/>
       <c r="IG57" s="6"/>
       <c r="IH57" s="5"/>
       <c r="II57" s="5"/>
       <c r="IJ57" s="5"/>
       <c r="IK57" s="5"/>
       <c r="IL57" s="6"/>
       <c r="IM57" s="5"/>
       <c r="IN57" s="5"/>
       <c r="IO57" s="5"/>
       <c r="IP57" s="5"/>
       <c r="IQ57" s="6"/>
       <c r="IR57" s="5"/>
       <c r="IS57" s="5"/>
       <c r="IT57" s="5"/>
       <c r="IU57" s="5"/>
       <c r="IV57" s="6"/>
       <c r="IW57" s="5"/>
     </row>
     <row r="58" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A58" s="5" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D58" s="5">
-        <v>238371</v>
+        <v>338501</v>
       </c>
       <c r="E58" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F58" s="6">
         <v>45294</v>
       </c>
       <c r="I58" s="5"/>
       <c r="J58" s="5"/>
       <c r="K58" s="6"/>
       <c r="L58" s="5"/>
       <c r="M58" s="5"/>
       <c r="N58" s="5"/>
       <c r="O58" s="5"/>
       <c r="P58" s="6"/>
       <c r="Q58" s="5"/>
       <c r="R58" s="5"/>
       <c r="S58" s="5"/>
       <c r="T58" s="5"/>
       <c r="U58" s="6"/>
       <c r="V58" s="5"/>
       <c r="W58" s="5"/>
       <c r="X58" s="5"/>
       <c r="Y58" s="5"/>
       <c r="Z58" s="6"/>
@@ -7098,65 +6120,65 @@
       <c r="HZ58" s="5"/>
       <c r="IA58" s="5"/>
       <c r="IB58" s="6"/>
       <c r="IC58" s="5"/>
       <c r="ID58" s="5"/>
       <c r="IE58" s="5"/>
       <c r="IF58" s="5"/>
       <c r="IG58" s="6"/>
       <c r="IH58" s="5"/>
       <c r="II58" s="5"/>
       <c r="IJ58" s="5"/>
       <c r="IK58" s="5"/>
       <c r="IL58" s="6"/>
       <c r="IM58" s="5"/>
       <c r="IN58" s="5"/>
       <c r="IO58" s="5"/>
       <c r="IP58" s="5"/>
       <c r="IQ58" s="6"/>
       <c r="IR58" s="5"/>
       <c r="IS58" s="5"/>
       <c r="IT58" s="5"/>
       <c r="IU58" s="5"/>
       <c r="IV58" s="6"/>
       <c r="IW58" s="5"/>
     </row>
-    <row r="59" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A59" s="5" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>1154483931</v>
+        <v>309</v>
+      </c>
+      <c r="D59" s="5">
+        <v>349296</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>300</v>
+        <v>20</v>
       </c>
       <c r="F59" s="6">
-        <v>45281</v>
+        <v>45294</v>
       </c>
       <c r="I59" s="5"/>
       <c r="J59" s="5"/>
       <c r="K59" s="6"/>
       <c r="L59" s="5"/>
       <c r="M59" s="5"/>
       <c r="N59" s="5"/>
       <c r="O59" s="5"/>
       <c r="P59" s="6"/>
       <c r="Q59" s="5"/>
       <c r="R59" s="5"/>
       <c r="S59" s="5"/>
       <c r="T59" s="5"/>
       <c r="U59" s="6"/>
       <c r="V59" s="5"/>
       <c r="W59" s="5"/>
       <c r="X59" s="5"/>
       <c r="Y59" s="5"/>
       <c r="Z59" s="6"/>
       <c r="AA59" s="5"/>
       <c r="AB59" s="5"/>
       <c r="AC59" s="5"/>
       <c r="AD59" s="5"/>
       <c r="AE59" s="6"/>
       <c r="AF59" s="5"/>
@@ -7364,66 +6386,65 @@
       <c r="HZ59" s="5"/>
       <c r="IA59" s="5"/>
       <c r="IB59" s="6"/>
       <c r="IC59" s="5"/>
       <c r="ID59" s="5"/>
       <c r="IE59" s="5"/>
       <c r="IF59" s="5"/>
       <c r="IG59" s="6"/>
       <c r="IH59" s="5"/>
       <c r="II59" s="5"/>
       <c r="IJ59" s="5"/>
       <c r="IK59" s="5"/>
       <c r="IL59" s="6"/>
       <c r="IM59" s="5"/>
       <c r="IN59" s="5"/>
       <c r="IO59" s="5"/>
       <c r="IP59" s="5"/>
       <c r="IQ59" s="6"/>
       <c r="IR59" s="5"/>
       <c r="IS59" s="5"/>
       <c r="IT59" s="5"/>
       <c r="IU59" s="5"/>
       <c r="IV59" s="6"/>
       <c r="IW59" s="5"/>
     </row>
-    <row r="60" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A60" s="5" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="D60" s="3"/>
+        <v>309</v>
+      </c>
+      <c r="D60" s="5">
+        <v>252709</v>
+      </c>
       <c r="E60" s="5" t="s">
-        <v>300</v>
+        <v>20</v>
       </c>
       <c r="F60" s="6">
-        <v>45218</v>
+        <v>45294</v>
       </c>
       <c r="I60" s="5"/>
       <c r="J60" s="5"/>
       <c r="K60" s="6"/>
       <c r="L60" s="5"/>
       <c r="M60" s="5"/>
       <c r="N60" s="5"/>
       <c r="O60" s="5"/>
       <c r="P60" s="6"/>
       <c r="Q60" s="5"/>
       <c r="R60" s="5"/>
       <c r="S60" s="5"/>
       <c r="T60" s="5"/>
       <c r="U60" s="6"/>
       <c r="V60" s="5"/>
       <c r="W60" s="5"/>
       <c r="X60" s="5"/>
       <c r="Y60" s="5"/>
       <c r="Z60" s="6"/>
       <c r="AA60" s="5"/>
       <c r="AB60" s="5"/>
       <c r="AC60" s="5"/>
       <c r="AD60" s="5"/>
       <c r="AE60" s="6"/>
       <c r="AF60" s="5"/>
@@ -7633,63 +6654,63 @@
       <c r="IB60" s="6"/>
       <c r="IC60" s="5"/>
       <c r="ID60" s="5"/>
       <c r="IE60" s="5"/>
       <c r="IF60" s="5"/>
       <c r="IG60" s="6"/>
       <c r="IH60" s="5"/>
       <c r="II60" s="5"/>
       <c r="IJ60" s="5"/>
       <c r="IK60" s="5"/>
       <c r="IL60" s="6"/>
       <c r="IM60" s="5"/>
       <c r="IN60" s="5"/>
       <c r="IO60" s="5"/>
       <c r="IP60" s="5"/>
       <c r="IQ60" s="6"/>
       <c r="IR60" s="5"/>
       <c r="IS60" s="5"/>
       <c r="IT60" s="5"/>
       <c r="IU60" s="5"/>
       <c r="IV60" s="6"/>
       <c r="IW60" s="5"/>
     </row>
     <row r="61" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A61" s="5" t="s">
-        <v>9</v>
+        <v>312</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>1841382512</v>
+        <v>309</v>
+      </c>
+      <c r="D61" s="5">
+        <v>343293</v>
       </c>
       <c r="E61" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F61" s="6">
-        <v>45198</v>
+        <v>45294</v>
       </c>
       <c r="I61" s="5"/>
       <c r="J61" s="5"/>
       <c r="K61" s="6"/>
       <c r="L61" s="5"/>
       <c r="M61" s="5"/>
       <c r="N61" s="5"/>
       <c r="O61" s="5"/>
       <c r="P61" s="6"/>
       <c r="Q61" s="5"/>
       <c r="R61" s="5"/>
       <c r="S61" s="5"/>
       <c r="T61" s="5"/>
       <c r="U61" s="6"/>
       <c r="V61" s="5"/>
       <c r="W61" s="5"/>
       <c r="X61" s="5"/>
       <c r="Y61" s="5"/>
       <c r="Z61" s="6"/>
       <c r="AA61" s="5"/>
       <c r="AB61" s="5"/>
       <c r="AC61" s="5"/>
       <c r="AD61" s="5"/>
       <c r="AE61" s="6"/>
       <c r="AF61" s="5"/>
@@ -7897,65 +6918,65 @@
       <c r="HZ61" s="5"/>
       <c r="IA61" s="5"/>
       <c r="IB61" s="6"/>
       <c r="IC61" s="5"/>
       <c r="ID61" s="5"/>
       <c r="IE61" s="5"/>
       <c r="IF61" s="5"/>
       <c r="IG61" s="6"/>
       <c r="IH61" s="5"/>
       <c r="II61" s="5"/>
       <c r="IJ61" s="5"/>
       <c r="IK61" s="5"/>
       <c r="IL61" s="6"/>
       <c r="IM61" s="5"/>
       <c r="IN61" s="5"/>
       <c r="IO61" s="5"/>
       <c r="IP61" s="5"/>
       <c r="IQ61" s="6"/>
       <c r="IR61" s="5"/>
       <c r="IS61" s="5"/>
       <c r="IT61" s="5"/>
       <c r="IU61" s="5"/>
       <c r="IV61" s="6"/>
       <c r="IW61" s="5"/>
     </row>
-    <row r="62" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A62" s="5" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>1205065000</v>
+        <v>309</v>
+      </c>
+      <c r="D62" s="5">
+        <v>238371</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>300</v>
+        <v>20</v>
       </c>
       <c r="F62" s="6">
-        <v>45175</v>
+        <v>45294</v>
       </c>
       <c r="I62" s="5"/>
       <c r="J62" s="5"/>
       <c r="K62" s="6"/>
       <c r="L62" s="5"/>
       <c r="M62" s="5"/>
       <c r="N62" s="5"/>
       <c r="O62" s="5"/>
       <c r="P62" s="6"/>
       <c r="Q62" s="5"/>
       <c r="R62" s="5"/>
       <c r="S62" s="5"/>
       <c r="T62" s="5"/>
       <c r="U62" s="6"/>
       <c r="V62" s="5"/>
       <c r="W62" s="5"/>
       <c r="X62" s="5"/>
       <c r="Y62" s="5"/>
       <c r="Z62" s="6"/>
       <c r="AA62" s="5"/>
       <c r="AB62" s="5"/>
       <c r="AC62" s="5"/>
       <c r="AD62" s="5"/>
       <c r="AE62" s="6"/>
       <c r="AF62" s="5"/>
@@ -8163,65 +7184,65 @@
       <c r="HZ62" s="5"/>
       <c r="IA62" s="5"/>
       <c r="IB62" s="6"/>
       <c r="IC62" s="5"/>
       <c r="ID62" s="5"/>
       <c r="IE62" s="5"/>
       <c r="IF62" s="5"/>
       <c r="IG62" s="6"/>
       <c r="IH62" s="5"/>
       <c r="II62" s="5"/>
       <c r="IJ62" s="5"/>
       <c r="IK62" s="5"/>
       <c r="IL62" s="6"/>
       <c r="IM62" s="5"/>
       <c r="IN62" s="5"/>
       <c r="IO62" s="5"/>
       <c r="IP62" s="5"/>
       <c r="IQ62" s="6"/>
       <c r="IR62" s="5"/>
       <c r="IS62" s="5"/>
       <c r="IT62" s="5"/>
       <c r="IU62" s="5"/>
       <c r="IV62" s="6"/>
       <c r="IW62" s="5"/>
     </row>
-    <row r="63" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A63" s="5" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>303</v>
+        <v>14</v>
       </c>
       <c r="C63" s="5">
-        <v>1053825273</v>
+        <v>1154483931</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>20</v>
+        <v>300</v>
       </c>
       <c r="F63" s="6">
-        <v>45165</v>
+        <v>45281</v>
       </c>
       <c r="I63" s="5"/>
       <c r="J63" s="5"/>
       <c r="K63" s="6"/>
       <c r="L63" s="5"/>
       <c r="M63" s="5"/>
       <c r="N63" s="5"/>
       <c r="O63" s="5"/>
       <c r="P63" s="6"/>
       <c r="Q63" s="5"/>
       <c r="R63" s="5"/>
       <c r="S63" s="5"/>
       <c r="T63" s="5"/>
       <c r="U63" s="6"/>
       <c r="V63" s="5"/>
       <c r="W63" s="5"/>
       <c r="X63" s="5"/>
       <c r="Y63" s="5"/>
       <c r="Z63" s="6"/>
       <c r="AA63" s="5"/>
       <c r="AB63" s="5"/>
       <c r="AC63" s="5"/>
       <c r="AD63" s="5"/>
       <c r="AE63" s="6"/>
       <c r="AF63" s="5"/>
@@ -8431,63 +7452,64 @@
       <c r="IB63" s="6"/>
       <c r="IC63" s="5"/>
       <c r="ID63" s="5"/>
       <c r="IE63" s="5"/>
       <c r="IF63" s="5"/>
       <c r="IG63" s="6"/>
       <c r="IH63" s="5"/>
       <c r="II63" s="5"/>
       <c r="IJ63" s="5"/>
       <c r="IK63" s="5"/>
       <c r="IL63" s="6"/>
       <c r="IM63" s="5"/>
       <c r="IN63" s="5"/>
       <c r="IO63" s="5"/>
       <c r="IP63" s="5"/>
       <c r="IQ63" s="6"/>
       <c r="IR63" s="5"/>
       <c r="IS63" s="5"/>
       <c r="IT63" s="5"/>
       <c r="IU63" s="5"/>
       <c r="IV63" s="6"/>
       <c r="IW63" s="5"/>
     </row>
     <row r="64" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A64" s="5" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="D64" s="3"/>
       <c r="E64" s="5" t="s">
         <v>300</v>
       </c>
-      <c r="F64" s="16">
-        <v>45133</v>
+      <c r="F64" s="6">
+        <v>45218</v>
       </c>
       <c r="I64" s="5"/>
       <c r="J64" s="5"/>
       <c r="K64" s="6"/>
       <c r="L64" s="5"/>
       <c r="M64" s="5"/>
       <c r="N64" s="5"/>
       <c r="O64" s="5"/>
       <c r="P64" s="6"/>
       <c r="Q64" s="5"/>
       <c r="R64" s="5"/>
       <c r="S64" s="5"/>
       <c r="T64" s="5"/>
       <c r="U64" s="6"/>
       <c r="V64" s="5"/>
       <c r="W64" s="5"/>
       <c r="X64" s="5"/>
       <c r="Y64" s="5"/>
       <c r="Z64" s="6"/>
       <c r="AA64" s="5"/>
       <c r="AB64" s="5"/>
       <c r="AC64" s="5"/>
       <c r="AD64" s="5"/>
       <c r="AE64" s="6"/>
       <c r="AF64" s="5"/>
@@ -8695,65 +7717,65 @@
       <c r="HZ64" s="5"/>
       <c r="IA64" s="5"/>
       <c r="IB64" s="6"/>
       <c r="IC64" s="5"/>
       <c r="ID64" s="5"/>
       <c r="IE64" s="5"/>
       <c r="IF64" s="5"/>
       <c r="IG64" s="6"/>
       <c r="IH64" s="5"/>
       <c r="II64" s="5"/>
       <c r="IJ64" s="5"/>
       <c r="IK64" s="5"/>
       <c r="IL64" s="6"/>
       <c r="IM64" s="5"/>
       <c r="IN64" s="5"/>
       <c r="IO64" s="5"/>
       <c r="IP64" s="5"/>
       <c r="IQ64" s="6"/>
       <c r="IR64" s="5"/>
       <c r="IS64" s="5"/>
       <c r="IT64" s="5"/>
       <c r="IU64" s="5"/>
       <c r="IV64" s="6"/>
       <c r="IW64" s="5"/>
     </row>
-    <row r="65" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A65" s="5" t="s">
-        <v>298</v>
+        <v>9</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C65" s="5">
-        <v>1770672230</v>
+        <v>1841382512</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>45120</v>
+        <v>20</v>
+      </c>
+      <c r="F65" s="6">
+        <v>45198</v>
       </c>
       <c r="I65" s="5"/>
       <c r="J65" s="5"/>
       <c r="K65" s="6"/>
       <c r="L65" s="5"/>
       <c r="M65" s="5"/>
       <c r="N65" s="5"/>
       <c r="O65" s="5"/>
       <c r="P65" s="6"/>
       <c r="Q65" s="5"/>
       <c r="R65" s="5"/>
       <c r="S65" s="5"/>
       <c r="T65" s="5"/>
       <c r="U65" s="6"/>
       <c r="V65" s="5"/>
       <c r="W65" s="5"/>
       <c r="X65" s="5"/>
       <c r="Y65" s="5"/>
       <c r="Z65" s="6"/>
       <c r="AA65" s="5"/>
       <c r="AB65" s="5"/>
       <c r="AC65" s="5"/>
       <c r="AD65" s="5"/>
       <c r="AE65" s="6"/>
       <c r="AF65" s="5"/>
@@ -8961,65 +7983,65 @@
       <c r="HZ65" s="5"/>
       <c r="IA65" s="5"/>
       <c r="IB65" s="6"/>
       <c r="IC65" s="5"/>
       <c r="ID65" s="5"/>
       <c r="IE65" s="5"/>
       <c r="IF65" s="5"/>
       <c r="IG65" s="6"/>
       <c r="IH65" s="5"/>
       <c r="II65" s="5"/>
       <c r="IJ65" s="5"/>
       <c r="IK65" s="5"/>
       <c r="IL65" s="6"/>
       <c r="IM65" s="5"/>
       <c r="IN65" s="5"/>
       <c r="IO65" s="5"/>
       <c r="IP65" s="5"/>
       <c r="IQ65" s="6"/>
       <c r="IR65" s="5"/>
       <c r="IS65" s="5"/>
       <c r="IT65" s="5"/>
       <c r="IU65" s="5"/>
       <c r="IV65" s="6"/>
       <c r="IW65" s="5"/>
     </row>
-    <row r="66" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A66" s="5" t="s">
-        <v>314</v>
+        <v>301</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>41</v>
+        <v>183</v>
       </c>
       <c r="C66" s="5">
-        <v>1790163160</v>
+        <v>1205065000</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>45115</v>
+        <v>300</v>
+      </c>
+      <c r="F66" s="6">
+        <v>45175</v>
       </c>
       <c r="I66" s="5"/>
       <c r="J66" s="5"/>
       <c r="K66" s="6"/>
       <c r="L66" s="5"/>
       <c r="M66" s="5"/>
       <c r="N66" s="5"/>
       <c r="O66" s="5"/>
       <c r="P66" s="6"/>
       <c r="Q66" s="5"/>
       <c r="R66" s="5"/>
       <c r="S66" s="5"/>
       <c r="T66" s="5"/>
       <c r="U66" s="6"/>
       <c r="V66" s="5"/>
       <c r="W66" s="5"/>
       <c r="X66" s="5"/>
       <c r="Y66" s="5"/>
       <c r="Z66" s="6"/>
       <c r="AA66" s="5"/>
       <c r="AB66" s="5"/>
       <c r="AC66" s="5"/>
       <c r="AD66" s="5"/>
       <c r="AE66" s="6"/>
       <c r="AF66" s="5"/>
@@ -9227,65 +8249,65 @@
       <c r="HZ66" s="5"/>
       <c r="IA66" s="5"/>
       <c r="IB66" s="6"/>
       <c r="IC66" s="5"/>
       <c r="ID66" s="5"/>
       <c r="IE66" s="5"/>
       <c r="IF66" s="5"/>
       <c r="IG66" s="6"/>
       <c r="IH66" s="5"/>
       <c r="II66" s="5"/>
       <c r="IJ66" s="5"/>
       <c r="IK66" s="5"/>
       <c r="IL66" s="6"/>
       <c r="IM66" s="5"/>
       <c r="IN66" s="5"/>
       <c r="IO66" s="5"/>
       <c r="IP66" s="5"/>
       <c r="IQ66" s="6"/>
       <c r="IR66" s="5"/>
       <c r="IS66" s="5"/>
       <c r="IT66" s="5"/>
       <c r="IU66" s="5"/>
       <c r="IV66" s="6"/>
       <c r="IW66" s="5"/>
     </row>
-    <row r="67" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A67" s="5" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>14</v>
+        <v>303</v>
       </c>
       <c r="C67" s="5">
-        <v>1154602233</v>
+        <v>1053825273</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>45107</v>
+        <v>20</v>
+      </c>
+      <c r="F67" s="6">
+        <v>45165</v>
       </c>
       <c r="I67" s="5"/>
       <c r="J67" s="5"/>
       <c r="K67" s="6"/>
       <c r="L67" s="5"/>
       <c r="M67" s="5"/>
       <c r="N67" s="5"/>
       <c r="O67" s="5"/>
       <c r="P67" s="6"/>
       <c r="Q67" s="5"/>
       <c r="R67" s="5"/>
       <c r="S67" s="5"/>
       <c r="T67" s="5"/>
       <c r="U67" s="6"/>
       <c r="V67" s="5"/>
       <c r="W67" s="5"/>
       <c r="X67" s="5"/>
       <c r="Y67" s="5"/>
       <c r="Z67" s="6"/>
       <c r="AA67" s="5"/>
       <c r="AB67" s="5"/>
       <c r="AC67" s="5"/>
       <c r="AD67" s="5"/>
       <c r="AE67" s="6"/>
       <c r="AF67" s="5"/>
@@ -9495,63 +8517,63 @@
       <c r="IB67" s="6"/>
       <c r="IC67" s="5"/>
       <c r="ID67" s="5"/>
       <c r="IE67" s="5"/>
       <c r="IF67" s="5"/>
       <c r="IG67" s="6"/>
       <c r="IH67" s="5"/>
       <c r="II67" s="5"/>
       <c r="IJ67" s="5"/>
       <c r="IK67" s="5"/>
       <c r="IL67" s="6"/>
       <c r="IM67" s="5"/>
       <c r="IN67" s="5"/>
       <c r="IO67" s="5"/>
       <c r="IP67" s="5"/>
       <c r="IQ67" s="6"/>
       <c r="IR67" s="5"/>
       <c r="IS67" s="5"/>
       <c r="IT67" s="5"/>
       <c r="IU67" s="5"/>
       <c r="IV67" s="6"/>
       <c r="IW67" s="5"/>
     </row>
     <row r="68" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A68" s="5" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>10</v>
+        <v>104</v>
       </c>
       <c r="C68" s="5">
-        <v>1689957870</v>
+        <v>1285692335</v>
       </c>
       <c r="E68" s="5" t="s">
         <v>300</v>
       </c>
       <c r="F68" s="16">
-        <v>45086</v>
+        <v>45133</v>
       </c>
       <c r="I68" s="5"/>
       <c r="J68" s="5"/>
       <c r="K68" s="6"/>
       <c r="L68" s="5"/>
       <c r="M68" s="5"/>
       <c r="N68" s="5"/>
       <c r="O68" s="5"/>
       <c r="P68" s="6"/>
       <c r="Q68" s="5"/>
       <c r="R68" s="5"/>
       <c r="S68" s="5"/>
       <c r="T68" s="5"/>
       <c r="U68" s="6"/>
       <c r="V68" s="5"/>
       <c r="W68" s="5"/>
       <c r="X68" s="5"/>
       <c r="Y68" s="5"/>
       <c r="Z68" s="6"/>
       <c r="AA68" s="5"/>
       <c r="AB68" s="5"/>
       <c r="AC68" s="5"/>
       <c r="AD68" s="5"/>
       <c r="AE68" s="6"/>
       <c r="AF68" s="5"/>
@@ -9759,65 +8781,65 @@
       <c r="HZ68" s="5"/>
       <c r="IA68" s="5"/>
       <c r="IB68" s="6"/>
       <c r="IC68" s="5"/>
       <c r="ID68" s="5"/>
       <c r="IE68" s="5"/>
       <c r="IF68" s="5"/>
       <c r="IG68" s="6"/>
       <c r="IH68" s="5"/>
       <c r="II68" s="5"/>
       <c r="IJ68" s="5"/>
       <c r="IK68" s="5"/>
       <c r="IL68" s="6"/>
       <c r="IM68" s="5"/>
       <c r="IN68" s="5"/>
       <c r="IO68" s="5"/>
       <c r="IP68" s="5"/>
       <c r="IQ68" s="6"/>
       <c r="IR68" s="5"/>
       <c r="IS68" s="5"/>
       <c r="IT68" s="5"/>
       <c r="IU68" s="5"/>
       <c r="IV68" s="6"/>
       <c r="IW68" s="5"/>
     </row>
-    <row r="69" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A69" s="5" t="s">
-        <v>358</v>
+        <v>298</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5">
-        <v>1477649168</v>
+        <v>1770672230</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>20</v>
+        <v>300</v>
       </c>
       <c r="F69" s="16">
-        <v>45070</v>
+        <v>45120</v>
       </c>
       <c r="I69" s="5"/>
       <c r="J69" s="5"/>
       <c r="K69" s="6"/>
       <c r="L69" s="5"/>
       <c r="M69" s="5"/>
       <c r="N69" s="5"/>
       <c r="O69" s="5"/>
       <c r="P69" s="6"/>
       <c r="Q69" s="5"/>
       <c r="R69" s="5"/>
       <c r="S69" s="5"/>
       <c r="T69" s="5"/>
       <c r="U69" s="6"/>
       <c r="V69" s="5"/>
       <c r="W69" s="5"/>
       <c r="X69" s="5"/>
       <c r="Y69" s="5"/>
       <c r="Z69" s="6"/>
       <c r="AA69" s="5"/>
       <c r="AB69" s="5"/>
       <c r="AC69" s="5"/>
       <c r="AD69" s="5"/>
       <c r="AE69" s="6"/>
       <c r="AF69" s="5"/>
@@ -10027,63 +9049,63 @@
       <c r="IB69" s="6"/>
       <c r="IC69" s="5"/>
       <c r="ID69" s="5"/>
       <c r="IE69" s="5"/>
       <c r="IF69" s="5"/>
       <c r="IG69" s="6"/>
       <c r="IH69" s="5"/>
       <c r="II69" s="5"/>
       <c r="IJ69" s="5"/>
       <c r="IK69" s="5"/>
       <c r="IL69" s="6"/>
       <c r="IM69" s="5"/>
       <c r="IN69" s="5"/>
       <c r="IO69" s="5"/>
       <c r="IP69" s="5"/>
       <c r="IQ69" s="6"/>
       <c r="IR69" s="5"/>
       <c r="IS69" s="5"/>
       <c r="IT69" s="5"/>
       <c r="IU69" s="5"/>
       <c r="IV69" s="6"/>
       <c r="IW69" s="5"/>
     </row>
     <row r="70" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A70" s="5" t="s">
-        <v>346</v>
+        <v>314</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="C70" s="5">
-        <v>1568178481</v>
+        <v>1790163160</v>
       </c>
       <c r="E70" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F70" s="16">
-        <v>45070</v>
+        <v>45115</v>
       </c>
       <c r="I70" s="5"/>
       <c r="J70" s="5"/>
       <c r="K70" s="6"/>
       <c r="L70" s="5"/>
       <c r="M70" s="5"/>
       <c r="N70" s="5"/>
       <c r="O70" s="5"/>
       <c r="P70" s="6"/>
       <c r="Q70" s="5"/>
       <c r="R70" s="5"/>
       <c r="S70" s="5"/>
       <c r="T70" s="5"/>
       <c r="U70" s="6"/>
       <c r="V70" s="5"/>
       <c r="W70" s="5"/>
       <c r="X70" s="5"/>
       <c r="Y70" s="5"/>
       <c r="Z70" s="6"/>
       <c r="AA70" s="5"/>
       <c r="AB70" s="5"/>
       <c r="AC70" s="5"/>
       <c r="AD70" s="5"/>
       <c r="AE70" s="6"/>
       <c r="AF70" s="5"/>
@@ -10291,65 +9313,65 @@
       <c r="HZ70" s="5"/>
       <c r="IA70" s="5"/>
       <c r="IB70" s="6"/>
       <c r="IC70" s="5"/>
       <c r="ID70" s="5"/>
       <c r="IE70" s="5"/>
       <c r="IF70" s="5"/>
       <c r="IG70" s="6"/>
       <c r="IH70" s="5"/>
       <c r="II70" s="5"/>
       <c r="IJ70" s="5"/>
       <c r="IK70" s="5"/>
       <c r="IL70" s="6"/>
       <c r="IM70" s="5"/>
       <c r="IN70" s="5"/>
       <c r="IO70" s="5"/>
       <c r="IP70" s="5"/>
       <c r="IQ70" s="6"/>
       <c r="IR70" s="5"/>
       <c r="IS70" s="5"/>
       <c r="IT70" s="5"/>
       <c r="IU70" s="5"/>
       <c r="IV70" s="6"/>
       <c r="IW70" s="5"/>
     </row>
-    <row r="71" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A71" s="5" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C71" s="5">
-        <v>1518310192</v>
+        <v>1154602233</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>20</v>
+        <v>300</v>
       </c>
       <c r="F71" s="16">
-        <v>45005</v>
+        <v>45107</v>
       </c>
       <c r="I71" s="5"/>
       <c r="J71" s="5"/>
       <c r="K71" s="6"/>
       <c r="L71" s="5"/>
       <c r="M71" s="5"/>
       <c r="N71" s="5"/>
       <c r="O71" s="5"/>
       <c r="P71" s="6"/>
       <c r="Q71" s="5"/>
       <c r="R71" s="5"/>
       <c r="S71" s="5"/>
       <c r="T71" s="5"/>
       <c r="U71" s="6"/>
       <c r="V71" s="5"/>
       <c r="W71" s="5"/>
       <c r="X71" s="5"/>
       <c r="Y71" s="5"/>
       <c r="Z71" s="6"/>
       <c r="AA71" s="5"/>
       <c r="AB71" s="5"/>
       <c r="AC71" s="5"/>
       <c r="AD71" s="5"/>
       <c r="AE71" s="6"/>
       <c r="AF71" s="5"/>
@@ -10559,63 +9581,63 @@
       <c r="IB71" s="6"/>
       <c r="IC71" s="5"/>
       <c r="ID71" s="5"/>
       <c r="IE71" s="5"/>
       <c r="IF71" s="5"/>
       <c r="IG71" s="6"/>
       <c r="IH71" s="5"/>
       <c r="II71" s="5"/>
       <c r="IJ71" s="5"/>
       <c r="IK71" s="5"/>
       <c r="IL71" s="6"/>
       <c r="IM71" s="5"/>
       <c r="IN71" s="5"/>
       <c r="IO71" s="5"/>
       <c r="IP71" s="5"/>
       <c r="IQ71" s="6"/>
       <c r="IR71" s="5"/>
       <c r="IS71" s="5"/>
       <c r="IT71" s="5"/>
       <c r="IU71" s="5"/>
       <c r="IV71" s="6"/>
       <c r="IW71" s="5"/>
     </row>
     <row r="72" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A72" s="5" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="C72" s="5">
-        <v>1639547011</v>
+        <v>1689957870</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>98</v>
+        <v>300</v>
       </c>
       <c r="F72" s="16">
-        <v>44967</v>
+        <v>45086</v>
       </c>
       <c r="I72" s="5"/>
       <c r="J72" s="5"/>
       <c r="K72" s="6"/>
       <c r="L72" s="5"/>
       <c r="M72" s="5"/>
       <c r="N72" s="5"/>
       <c r="O72" s="5"/>
       <c r="P72" s="6"/>
       <c r="Q72" s="5"/>
       <c r="R72" s="5"/>
       <c r="S72" s="5"/>
       <c r="T72" s="5"/>
       <c r="U72" s="6"/>
       <c r="V72" s="5"/>
       <c r="W72" s="5"/>
       <c r="X72" s="5"/>
       <c r="Y72" s="5"/>
       <c r="Z72" s="6"/>
       <c r="AA72" s="5"/>
       <c r="AB72" s="5"/>
       <c r="AC72" s="5"/>
       <c r="AD72" s="5"/>
       <c r="AE72" s="6"/>
       <c r="AF72" s="5"/>
@@ -10823,65 +9845,65 @@
       <c r="HZ72" s="5"/>
       <c r="IA72" s="5"/>
       <c r="IB72" s="6"/>
       <c r="IC72" s="5"/>
       <c r="ID72" s="5"/>
       <c r="IE72" s="5"/>
       <c r="IF72" s="5"/>
       <c r="IG72" s="6"/>
       <c r="IH72" s="5"/>
       <c r="II72" s="5"/>
       <c r="IJ72" s="5"/>
       <c r="IK72" s="5"/>
       <c r="IL72" s="6"/>
       <c r="IM72" s="5"/>
       <c r="IN72" s="5"/>
       <c r="IO72" s="5"/>
       <c r="IP72" s="5"/>
       <c r="IQ72" s="6"/>
       <c r="IR72" s="5"/>
       <c r="IS72" s="5"/>
       <c r="IT72" s="5"/>
       <c r="IU72" s="5"/>
       <c r="IV72" s="6"/>
       <c r="IW72" s="5"/>
     </row>
-    <row r="73" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A73" s="5" t="s">
-        <v>289</v>
+        <v>358</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5">
-        <v>1932188455</v>
+        <v>1477649168</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>300</v>
+        <v>20</v>
       </c>
       <c r="F73" s="16">
-        <v>44952</v>
+        <v>45070</v>
       </c>
       <c r="I73" s="5"/>
       <c r="J73" s="5"/>
       <c r="K73" s="6"/>
       <c r="L73" s="5"/>
       <c r="M73" s="5"/>
       <c r="N73" s="5"/>
       <c r="O73" s="5"/>
       <c r="P73" s="6"/>
       <c r="Q73" s="5"/>
       <c r="R73" s="5"/>
       <c r="S73" s="5"/>
       <c r="T73" s="5"/>
       <c r="U73" s="6"/>
       <c r="V73" s="5"/>
       <c r="W73" s="5"/>
       <c r="X73" s="5"/>
       <c r="Y73" s="5"/>
       <c r="Z73" s="6"/>
       <c r="AA73" s="5"/>
       <c r="AB73" s="5"/>
       <c r="AC73" s="5"/>
       <c r="AD73" s="5"/>
       <c r="AE73" s="6"/>
       <c r="AF73" s="5"/>
@@ -11089,65 +10111,65 @@
       <c r="HZ73" s="5"/>
       <c r="IA73" s="5"/>
       <c r="IB73" s="6"/>
       <c r="IC73" s="5"/>
       <c r="ID73" s="5"/>
       <c r="IE73" s="5"/>
       <c r="IF73" s="5"/>
       <c r="IG73" s="6"/>
       <c r="IH73" s="5"/>
       <c r="II73" s="5"/>
       <c r="IJ73" s="5"/>
       <c r="IK73" s="5"/>
       <c r="IL73" s="6"/>
       <c r="IM73" s="5"/>
       <c r="IN73" s="5"/>
       <c r="IO73" s="5"/>
       <c r="IP73" s="5"/>
       <c r="IQ73" s="6"/>
       <c r="IR73" s="5"/>
       <c r="IS73" s="5"/>
       <c r="IT73" s="5"/>
       <c r="IU73" s="5"/>
       <c r="IV73" s="6"/>
       <c r="IW73" s="5"/>
     </row>
-    <row r="74" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A74" s="5" t="s">
-        <v>5</v>
+        <v>346</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>6</v>
+        <v>50</v>
       </c>
       <c r="C74" s="5">
-        <v>1619384336</v>
+        <v>1568178481</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>300</v>
+        <v>20</v>
       </c>
       <c r="F74" s="16">
-        <v>44880</v>
+        <v>45070</v>
       </c>
       <c r="I74" s="5"/>
       <c r="J74" s="5"/>
       <c r="K74" s="6"/>
       <c r="L74" s="5"/>
       <c r="M74" s="5"/>
       <c r="N74" s="5"/>
       <c r="O74" s="5"/>
       <c r="P74" s="6"/>
       <c r="Q74" s="5"/>
       <c r="R74" s="5"/>
       <c r="S74" s="5"/>
       <c r="T74" s="5"/>
       <c r="U74" s="6"/>
       <c r="V74" s="5"/>
       <c r="W74" s="5"/>
       <c r="X74" s="5"/>
       <c r="Y74" s="5"/>
       <c r="Z74" s="6"/>
       <c r="AA74" s="5"/>
       <c r="AB74" s="5"/>
       <c r="AC74" s="5"/>
       <c r="AD74" s="5"/>
       <c r="AE74" s="6"/>
       <c r="AF74" s="5"/>
@@ -11355,68 +10377,66 @@
       <c r="HZ74" s="5"/>
       <c r="IA74" s="5"/>
       <c r="IB74" s="6"/>
       <c r="IC74" s="5"/>
       <c r="ID74" s="5"/>
       <c r="IE74" s="5"/>
       <c r="IF74" s="5"/>
       <c r="IG74" s="6"/>
       <c r="IH74" s="5"/>
       <c r="II74" s="5"/>
       <c r="IJ74" s="5"/>
       <c r="IK74" s="5"/>
       <c r="IL74" s="6"/>
       <c r="IM74" s="5"/>
       <c r="IN74" s="5"/>
       <c r="IO74" s="5"/>
       <c r="IP74" s="5"/>
       <c r="IQ74" s="6"/>
       <c r="IR74" s="5"/>
       <c r="IS74" s="5"/>
       <c r="IT74" s="5"/>
       <c r="IU74" s="5"/>
       <c r="IV74" s="6"/>
       <c r="IW74" s="5"/>
     </row>
-    <row r="75" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A75" s="5" t="s">
-        <v>7</v>
+        <v>288</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C75" s="5">
-        <v>1124213616</v>
+        <v>1518310192</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>300</v>
+        <v>20</v>
       </c>
       <c r="F75" s="16">
-        <v>44869</v>
-[...2 lines deleted...]
-      <c r="H75" s="5"/>
+        <v>45005</v>
+      </c>
       <c r="I75" s="5"/>
       <c r="J75" s="5"/>
       <c r="K75" s="6"/>
       <c r="L75" s="5"/>
       <c r="M75" s="5"/>
       <c r="N75" s="5"/>
       <c r="O75" s="5"/>
       <c r="P75" s="6"/>
       <c r="Q75" s="5"/>
       <c r="R75" s="5"/>
       <c r="S75" s="5"/>
       <c r="T75" s="5"/>
       <c r="U75" s="6"/>
       <c r="V75" s="5"/>
       <c r="W75" s="5"/>
       <c r="X75" s="5"/>
       <c r="Y75" s="5"/>
       <c r="Z75" s="6"/>
       <c r="AA75" s="5"/>
       <c r="AB75" s="5"/>
       <c r="AC75" s="5"/>
       <c r="AD75" s="5"/>
       <c r="AE75" s="6"/>
       <c r="AF75" s="5"/>
       <c r="AG75" s="5"/>
@@ -11625,66 +10645,64 @@
       <c r="IB75" s="6"/>
       <c r="IC75" s="5"/>
       <c r="ID75" s="5"/>
       <c r="IE75" s="5"/>
       <c r="IF75" s="5"/>
       <c r="IG75" s="6"/>
       <c r="IH75" s="5"/>
       <c r="II75" s="5"/>
       <c r="IJ75" s="5"/>
       <c r="IK75" s="5"/>
       <c r="IL75" s="6"/>
       <c r="IM75" s="5"/>
       <c r="IN75" s="5"/>
       <c r="IO75" s="5"/>
       <c r="IP75" s="5"/>
       <c r="IQ75" s="6"/>
       <c r="IR75" s="5"/>
       <c r="IS75" s="5"/>
       <c r="IT75" s="5"/>
       <c r="IU75" s="5"/>
       <c r="IV75" s="6"/>
       <c r="IW75" s="5"/>
     </row>
     <row r="76" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A76" s="5" t="s">
-        <v>13</v>
+        <v>290</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="C76" s="5">
-        <v>1427067594</v>
+        <v>1639547011</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>15</v>
+        <v>98</v>
       </c>
       <c r="F76" s="16">
-        <v>44862</v>
-[...2 lines deleted...]
-      <c r="H76" s="5"/>
+        <v>44967</v>
+      </c>
       <c r="I76" s="5"/>
       <c r="J76" s="5"/>
       <c r="K76" s="6"/>
       <c r="L76" s="5"/>
       <c r="M76" s="5"/>
       <c r="N76" s="5"/>
       <c r="O76" s="5"/>
       <c r="P76" s="6"/>
       <c r="Q76" s="5"/>
       <c r="R76" s="5"/>
       <c r="S76" s="5"/>
       <c r="T76" s="5"/>
       <c r="U76" s="6"/>
       <c r="V76" s="5"/>
       <c r="W76" s="5"/>
       <c r="X76" s="5"/>
       <c r="Y76" s="5"/>
       <c r="Z76" s="6"/>
       <c r="AA76" s="5"/>
       <c r="AB76" s="5"/>
       <c r="AC76" s="5"/>
       <c r="AD76" s="5"/>
       <c r="AE76" s="6"/>
       <c r="AF76" s="5"/>
       <c r="AG76" s="5"/>
@@ -11893,5034 +10911,6070 @@
       <c r="IB76" s="6"/>
       <c r="IC76" s="5"/>
       <c r="ID76" s="5"/>
       <c r="IE76" s="5"/>
       <c r="IF76" s="5"/>
       <c r="IG76" s="6"/>
       <c r="IH76" s="5"/>
       <c r="II76" s="5"/>
       <c r="IJ76" s="5"/>
       <c r="IK76" s="5"/>
       <c r="IL76" s="6"/>
       <c r="IM76" s="5"/>
       <c r="IN76" s="5"/>
       <c r="IO76" s="5"/>
       <c r="IP76" s="5"/>
       <c r="IQ76" s="6"/>
       <c r="IR76" s="5"/>
       <c r="IS76" s="5"/>
       <c r="IT76" s="5"/>
       <c r="IU76" s="5"/>
       <c r="IV76" s="6"/>
       <c r="IW76" s="5"/>
     </row>
     <row r="77" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A77" s="5" t="s">
-        <v>11</v>
+        <v>289</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C77" s="5">
-        <v>1386729150</v>
+        <v>1932188455</v>
       </c>
       <c r="E77" s="5" t="s">
         <v>300</v>
       </c>
       <c r="F77" s="16">
-        <v>44848</v>
-      </c>
+        <v>44952</v>
+      </c>
+      <c r="I77" s="5"/>
+      <c r="J77" s="5"/>
+      <c r="K77" s="6"/>
+      <c r="L77" s="5"/>
+      <c r="M77" s="5"/>
+      <c r="N77" s="5"/>
+      <c r="O77" s="5"/>
+      <c r="P77" s="6"/>
+      <c r="Q77" s="5"/>
+      <c r="R77" s="5"/>
+      <c r="S77" s="5"/>
+      <c r="T77" s="5"/>
+      <c r="U77" s="6"/>
+      <c r="V77" s="5"/>
+      <c r="W77" s="5"/>
+      <c r="X77" s="5"/>
+      <c r="Y77" s="5"/>
+      <c r="Z77" s="6"/>
+      <c r="AA77" s="5"/>
+      <c r="AB77" s="5"/>
+      <c r="AC77" s="5"/>
+      <c r="AD77" s="5"/>
+      <c r="AE77" s="6"/>
+      <c r="AF77" s="5"/>
+      <c r="AG77" s="5"/>
+      <c r="AH77" s="5"/>
+      <c r="AI77" s="5"/>
+      <c r="AJ77" s="6"/>
+      <c r="AK77" s="5"/>
+      <c r="AL77" s="5"/>
+      <c r="AM77" s="5"/>
+      <c r="AN77" s="5"/>
+      <c r="AO77" s="6"/>
+      <c r="AP77" s="5"/>
+      <c r="AQ77" s="5"/>
+      <c r="AR77" s="5"/>
+      <c r="AS77" s="5"/>
+      <c r="AT77" s="6"/>
+      <c r="AU77" s="5"/>
+      <c r="AV77" s="5"/>
+      <c r="AW77" s="5"/>
+      <c r="AX77" s="5"/>
+      <c r="AY77" s="6"/>
+      <c r="AZ77" s="5"/>
+      <c r="BA77" s="5"/>
+      <c r="BB77" s="5"/>
+      <c r="BC77" s="5"/>
+      <c r="BD77" s="6"/>
+      <c r="BE77" s="5"/>
+      <c r="BF77" s="5"/>
+      <c r="BG77" s="5"/>
+      <c r="BH77" s="5"/>
+      <c r="BI77" s="6"/>
+      <c r="BJ77" s="5"/>
+      <c r="BK77" s="5"/>
+      <c r="BL77" s="5"/>
+      <c r="BM77" s="5"/>
+      <c r="BN77" s="6"/>
+      <c r="BO77" s="5"/>
+      <c r="BP77" s="5"/>
+      <c r="BQ77" s="5"/>
+      <c r="BR77" s="5"/>
+      <c r="BS77" s="6"/>
+      <c r="BT77" s="5"/>
+      <c r="BU77" s="5"/>
+      <c r="BV77" s="5"/>
+      <c r="BW77" s="5"/>
+      <c r="BX77" s="6"/>
+      <c r="BY77" s="5"/>
+      <c r="BZ77" s="5"/>
+      <c r="CA77" s="5"/>
+      <c r="CB77" s="5"/>
+      <c r="CC77" s="6"/>
+      <c r="CD77" s="5"/>
+      <c r="CE77" s="5"/>
+      <c r="CF77" s="5"/>
+      <c r="CG77" s="5"/>
+      <c r="CH77" s="6"/>
+      <c r="CI77" s="5"/>
+      <c r="CJ77" s="5"/>
+      <c r="CK77" s="5"/>
+      <c r="CL77" s="5"/>
+      <c r="CM77" s="6"/>
+      <c r="CN77" s="5"/>
+      <c r="CO77" s="5"/>
+      <c r="CP77" s="5"/>
+      <c r="CQ77" s="5"/>
+      <c r="CR77" s="6"/>
+      <c r="CS77" s="5"/>
+      <c r="CT77" s="5"/>
+      <c r="CU77" s="5"/>
+      <c r="CV77" s="5"/>
+      <c r="CW77" s="6"/>
+      <c r="CX77" s="5"/>
+      <c r="CY77" s="5"/>
+      <c r="CZ77" s="5"/>
+      <c r="DA77" s="5"/>
+      <c r="DB77" s="6"/>
+      <c r="DC77" s="5"/>
+      <c r="DD77" s="5"/>
+      <c r="DE77" s="5"/>
+      <c r="DF77" s="5"/>
+      <c r="DG77" s="6"/>
+      <c r="DH77" s="5"/>
+      <c r="DI77" s="5"/>
+      <c r="DJ77" s="5"/>
+      <c r="DK77" s="5"/>
+      <c r="DL77" s="6"/>
+      <c r="DM77" s="5"/>
+      <c r="DN77" s="5"/>
+      <c r="DO77" s="5"/>
+      <c r="DP77" s="5"/>
+      <c r="DQ77" s="6"/>
+      <c r="DR77" s="5"/>
+      <c r="DS77" s="5"/>
+      <c r="DT77" s="5"/>
+      <c r="DU77" s="5"/>
+      <c r="DV77" s="6"/>
+      <c r="DW77" s="5"/>
+      <c r="DX77" s="5"/>
+      <c r="DY77" s="5"/>
+      <c r="DZ77" s="5"/>
+      <c r="EA77" s="6"/>
+      <c r="EB77" s="5"/>
+      <c r="EC77" s="5"/>
+      <c r="ED77" s="5"/>
+      <c r="EE77" s="5"/>
+      <c r="EF77" s="6"/>
+      <c r="EG77" s="5"/>
+      <c r="EH77" s="5"/>
+      <c r="EI77" s="5"/>
+      <c r="EJ77" s="5"/>
+      <c r="EK77" s="6"/>
+      <c r="EL77" s="5"/>
+      <c r="EM77" s="5"/>
+      <c r="EN77" s="5"/>
+      <c r="EO77" s="5"/>
+      <c r="EP77" s="6"/>
+      <c r="EQ77" s="5"/>
+      <c r="ER77" s="5"/>
+      <c r="ES77" s="5"/>
+      <c r="ET77" s="5"/>
+      <c r="EU77" s="6"/>
+      <c r="EV77" s="5"/>
+      <c r="EW77" s="5"/>
+      <c r="EX77" s="5"/>
+      <c r="EY77" s="5"/>
+      <c r="EZ77" s="6"/>
+      <c r="FA77" s="5"/>
+      <c r="FB77" s="5"/>
+      <c r="FC77" s="5"/>
+      <c r="FD77" s="5"/>
+      <c r="FE77" s="6"/>
+      <c r="FF77" s="5"/>
+      <c r="FG77" s="5"/>
+      <c r="FH77" s="5"/>
+      <c r="FI77" s="5"/>
+      <c r="FJ77" s="6"/>
+      <c r="FK77" s="5"/>
+      <c r="FL77" s="5"/>
+      <c r="FM77" s="5"/>
+      <c r="FN77" s="5"/>
+      <c r="FO77" s="6"/>
+      <c r="FP77" s="5"/>
+      <c r="FQ77" s="5"/>
+      <c r="FR77" s="5"/>
+      <c r="FS77" s="5"/>
+      <c r="FT77" s="6"/>
+      <c r="FU77" s="5"/>
+      <c r="FV77" s="5"/>
+      <c r="FW77" s="5"/>
+      <c r="FX77" s="5"/>
+      <c r="FY77" s="6"/>
+      <c r="FZ77" s="5"/>
+      <c r="GA77" s="5"/>
+      <c r="GB77" s="5"/>
+      <c r="GC77" s="5"/>
+      <c r="GD77" s="6"/>
+      <c r="GE77" s="5"/>
+      <c r="GF77" s="5"/>
+      <c r="GG77" s="5"/>
+      <c r="GH77" s="5"/>
+      <c r="GI77" s="6"/>
+      <c r="GJ77" s="5"/>
+      <c r="GK77" s="5"/>
+      <c r="GL77" s="5"/>
+      <c r="GM77" s="5"/>
+      <c r="GN77" s="6"/>
+      <c r="GO77" s="5"/>
+      <c r="GP77" s="5"/>
+      <c r="GQ77" s="5"/>
+      <c r="GR77" s="5"/>
+      <c r="GS77" s="6"/>
+      <c r="GT77" s="5"/>
+      <c r="GU77" s="5"/>
+      <c r="GV77" s="5"/>
+      <c r="GW77" s="5"/>
+      <c r="GX77" s="6"/>
+      <c r="GY77" s="5"/>
+      <c r="GZ77" s="5"/>
+      <c r="HA77" s="5"/>
+      <c r="HB77" s="5"/>
+      <c r="HC77" s="6"/>
+      <c r="HD77" s="5"/>
+      <c r="HE77" s="5"/>
+      <c r="HF77" s="5"/>
+      <c r="HG77" s="5"/>
+      <c r="HH77" s="6"/>
+      <c r="HI77" s="5"/>
+      <c r="HJ77" s="5"/>
+      <c r="HK77" s="5"/>
+      <c r="HL77" s="5"/>
+      <c r="HM77" s="6"/>
+      <c r="HN77" s="5"/>
+      <c r="HO77" s="5"/>
+      <c r="HP77" s="5"/>
+      <c r="HQ77" s="5"/>
+      <c r="HR77" s="6"/>
+      <c r="HS77" s="5"/>
+      <c r="HT77" s="5"/>
+      <c r="HU77" s="5"/>
+      <c r="HV77" s="5"/>
+      <c r="HW77" s="6"/>
+      <c r="HX77" s="5"/>
+      <c r="HY77" s="5"/>
+      <c r="HZ77" s="5"/>
+      <c r="IA77" s="5"/>
+      <c r="IB77" s="6"/>
+      <c r="IC77" s="5"/>
+      <c r="ID77" s="5"/>
+      <c r="IE77" s="5"/>
+      <c r="IF77" s="5"/>
+      <c r="IG77" s="6"/>
+      <c r="IH77" s="5"/>
+      <c r="II77" s="5"/>
+      <c r="IJ77" s="5"/>
+      <c r="IK77" s="5"/>
+      <c r="IL77" s="6"/>
+      <c r="IM77" s="5"/>
+      <c r="IN77" s="5"/>
+      <c r="IO77" s="5"/>
+      <c r="IP77" s="5"/>
+      <c r="IQ77" s="6"/>
+      <c r="IR77" s="5"/>
+      <c r="IS77" s="5"/>
+      <c r="IT77" s="5"/>
+      <c r="IU77" s="5"/>
+      <c r="IV77" s="6"/>
+      <c r="IW77" s="5"/>
     </row>
     <row r="78" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A78" s="5" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="C78" s="5">
-        <v>1275903031</v>
+        <v>1619384336</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="F78" s="16">
+        <v>44880</v>
+      </c>
+      <c r="I78" s="5"/>
+      <c r="J78" s="5"/>
+      <c r="K78" s="6"/>
+      <c r="L78" s="5"/>
+      <c r="M78" s="5"/>
+      <c r="N78" s="5"/>
+      <c r="O78" s="5"/>
+      <c r="P78" s="6"/>
+      <c r="Q78" s="5"/>
+      <c r="R78" s="5"/>
+      <c r="S78" s="5"/>
+      <c r="T78" s="5"/>
+      <c r="U78" s="6"/>
+      <c r="V78" s="5"/>
+      <c r="W78" s="5"/>
+      <c r="X78" s="5"/>
+      <c r="Y78" s="5"/>
+      <c r="Z78" s="6"/>
+      <c r="AA78" s="5"/>
+      <c r="AB78" s="5"/>
+      <c r="AC78" s="5"/>
+      <c r="AD78" s="5"/>
+      <c r="AE78" s="6"/>
+      <c r="AF78" s="5"/>
+      <c r="AG78" s="5"/>
+      <c r="AH78" s="5"/>
+      <c r="AI78" s="5"/>
+      <c r="AJ78" s="6"/>
+      <c r="AK78" s="5"/>
+      <c r="AL78" s="5"/>
+      <c r="AM78" s="5"/>
+      <c r="AN78" s="5"/>
+      <c r="AO78" s="6"/>
+      <c r="AP78" s="5"/>
+      <c r="AQ78" s="5"/>
+      <c r="AR78" s="5"/>
+      <c r="AS78" s="5"/>
+      <c r="AT78" s="6"/>
+      <c r="AU78" s="5"/>
+      <c r="AV78" s="5"/>
+      <c r="AW78" s="5"/>
+      <c r="AX78" s="5"/>
+      <c r="AY78" s="6"/>
+      <c r="AZ78" s="5"/>
+      <c r="BA78" s="5"/>
+      <c r="BB78" s="5"/>
+      <c r="BC78" s="5"/>
+      <c r="BD78" s="6"/>
+      <c r="BE78" s="5"/>
+      <c r="BF78" s="5"/>
+      <c r="BG78" s="5"/>
+      <c r="BH78" s="5"/>
+      <c r="BI78" s="6"/>
+      <c r="BJ78" s="5"/>
+      <c r="BK78" s="5"/>
+      <c r="BL78" s="5"/>
+      <c r="BM78" s="5"/>
+      <c r="BN78" s="6"/>
+      <c r="BO78" s="5"/>
+      <c r="BP78" s="5"/>
+      <c r="BQ78" s="5"/>
+      <c r="BR78" s="5"/>
+      <c r="BS78" s="6"/>
+      <c r="BT78" s="5"/>
+      <c r="BU78" s="5"/>
+      <c r="BV78" s="5"/>
+      <c r="BW78" s="5"/>
+      <c r="BX78" s="6"/>
+      <c r="BY78" s="5"/>
+      <c r="BZ78" s="5"/>
+      <c r="CA78" s="5"/>
+      <c r="CB78" s="5"/>
+      <c r="CC78" s="6"/>
+      <c r="CD78" s="5"/>
+      <c r="CE78" s="5"/>
+      <c r="CF78" s="5"/>
+      <c r="CG78" s="5"/>
+      <c r="CH78" s="6"/>
+      <c r="CI78" s="5"/>
+      <c r="CJ78" s="5"/>
+      <c r="CK78" s="5"/>
+      <c r="CL78" s="5"/>
+      <c r="CM78" s="6"/>
+      <c r="CN78" s="5"/>
+      <c r="CO78" s="5"/>
+      <c r="CP78" s="5"/>
+      <c r="CQ78" s="5"/>
+      <c r="CR78" s="6"/>
+      <c r="CS78" s="5"/>
+      <c r="CT78" s="5"/>
+      <c r="CU78" s="5"/>
+      <c r="CV78" s="5"/>
+      <c r="CW78" s="6"/>
+      <c r="CX78" s="5"/>
+      <c r="CY78" s="5"/>
+      <c r="CZ78" s="5"/>
+      <c r="DA78" s="5"/>
+      <c r="DB78" s="6"/>
+      <c r="DC78" s="5"/>
+      <c r="DD78" s="5"/>
+      <c r="DE78" s="5"/>
+      <c r="DF78" s="5"/>
+      <c r="DG78" s="6"/>
+      <c r="DH78" s="5"/>
+      <c r="DI78" s="5"/>
+      <c r="DJ78" s="5"/>
+      <c r="DK78" s="5"/>
+      <c r="DL78" s="6"/>
+      <c r="DM78" s="5"/>
+      <c r="DN78" s="5"/>
+      <c r="DO78" s="5"/>
+      <c r="DP78" s="5"/>
+      <c r="DQ78" s="6"/>
+      <c r="DR78" s="5"/>
+      <c r="DS78" s="5"/>
+      <c r="DT78" s="5"/>
+      <c r="DU78" s="5"/>
+      <c r="DV78" s="6"/>
+      <c r="DW78" s="5"/>
+      <c r="DX78" s="5"/>
+      <c r="DY78" s="5"/>
+      <c r="DZ78" s="5"/>
+      <c r="EA78" s="6"/>
+      <c r="EB78" s="5"/>
+      <c r="EC78" s="5"/>
+      <c r="ED78" s="5"/>
+      <c r="EE78" s="5"/>
+      <c r="EF78" s="6"/>
+      <c r="EG78" s="5"/>
+      <c r="EH78" s="5"/>
+      <c r="EI78" s="5"/>
+      <c r="EJ78" s="5"/>
+      <c r="EK78" s="6"/>
+      <c r="EL78" s="5"/>
+      <c r="EM78" s="5"/>
+      <c r="EN78" s="5"/>
+      <c r="EO78" s="5"/>
+      <c r="EP78" s="6"/>
+      <c r="EQ78" s="5"/>
+      <c r="ER78" s="5"/>
+      <c r="ES78" s="5"/>
+      <c r="ET78" s="5"/>
+      <c r="EU78" s="6"/>
+      <c r="EV78" s="5"/>
+      <c r="EW78" s="5"/>
+      <c r="EX78" s="5"/>
+      <c r="EY78" s="5"/>
+      <c r="EZ78" s="6"/>
+      <c r="FA78" s="5"/>
+      <c r="FB78" s="5"/>
+      <c r="FC78" s="5"/>
+      <c r="FD78" s="5"/>
+      <c r="FE78" s="6"/>
+      <c r="FF78" s="5"/>
+      <c r="FG78" s="5"/>
+      <c r="FH78" s="5"/>
+      <c r="FI78" s="5"/>
+      <c r="FJ78" s="6"/>
+      <c r="FK78" s="5"/>
+      <c r="FL78" s="5"/>
+      <c r="FM78" s="5"/>
+      <c r="FN78" s="5"/>
+      <c r="FO78" s="6"/>
+      <c r="FP78" s="5"/>
+      <c r="FQ78" s="5"/>
+      <c r="FR78" s="5"/>
+      <c r="FS78" s="5"/>
+      <c r="FT78" s="6"/>
+      <c r="FU78" s="5"/>
+      <c r="FV78" s="5"/>
+      <c r="FW78" s="5"/>
+      <c r="FX78" s="5"/>
+      <c r="FY78" s="6"/>
+      <c r="FZ78" s="5"/>
+      <c r="GA78" s="5"/>
+      <c r="GB78" s="5"/>
+      <c r="GC78" s="5"/>
+      <c r="GD78" s="6"/>
+      <c r="GE78" s="5"/>
+      <c r="GF78" s="5"/>
+      <c r="GG78" s="5"/>
+      <c r="GH78" s="5"/>
+      <c r="GI78" s="6"/>
+      <c r="GJ78" s="5"/>
+      <c r="GK78" s="5"/>
+      <c r="GL78" s="5"/>
+      <c r="GM78" s="5"/>
+      <c r="GN78" s="6"/>
+      <c r="GO78" s="5"/>
+      <c r="GP78" s="5"/>
+      <c r="GQ78" s="5"/>
+      <c r="GR78" s="5"/>
+      <c r="GS78" s="6"/>
+      <c r="GT78" s="5"/>
+      <c r="GU78" s="5"/>
+      <c r="GV78" s="5"/>
+      <c r="GW78" s="5"/>
+      <c r="GX78" s="6"/>
+      <c r="GY78" s="5"/>
+      <c r="GZ78" s="5"/>
+      <c r="HA78" s="5"/>
+      <c r="HB78" s="5"/>
+      <c r="HC78" s="6"/>
+      <c r="HD78" s="5"/>
+      <c r="HE78" s="5"/>
+      <c r="HF78" s="5"/>
+      <c r="HG78" s="5"/>
+      <c r="HH78" s="6"/>
+      <c r="HI78" s="5"/>
+      <c r="HJ78" s="5"/>
+      <c r="HK78" s="5"/>
+      <c r="HL78" s="5"/>
+      <c r="HM78" s="6"/>
+      <c r="HN78" s="5"/>
+      <c r="HO78" s="5"/>
+      <c r="HP78" s="5"/>
+      <c r="HQ78" s="5"/>
+      <c r="HR78" s="6"/>
+      <c r="HS78" s="5"/>
+      <c r="HT78" s="5"/>
+      <c r="HU78" s="5"/>
+      <c r="HV78" s="5"/>
+      <c r="HW78" s="6"/>
+      <c r="HX78" s="5"/>
+      <c r="HY78" s="5"/>
+      <c r="HZ78" s="5"/>
+      <c r="IA78" s="5"/>
+      <c r="IB78" s="6"/>
+      <c r="IC78" s="5"/>
+      <c r="ID78" s="5"/>
+      <c r="IE78" s="5"/>
+      <c r="IF78" s="5"/>
+      <c r="IG78" s="6"/>
+      <c r="IH78" s="5"/>
+      <c r="II78" s="5"/>
+      <c r="IJ78" s="5"/>
+      <c r="IK78" s="5"/>
+      <c r="IL78" s="6"/>
+      <c r="IM78" s="5"/>
+      <c r="IN78" s="5"/>
+      <c r="IO78" s="5"/>
+      <c r="IP78" s="5"/>
+      <c r="IQ78" s="6"/>
+      <c r="IR78" s="5"/>
+      <c r="IS78" s="5"/>
+      <c r="IT78" s="5"/>
+      <c r="IU78" s="5"/>
+      <c r="IV78" s="6"/>
+      <c r="IW78" s="5"/>
     </row>
     <row r="79" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A79" s="5" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="C79" s="5">
-        <v>1205293859</v>
+        <v>1124213616</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="F79" s="16">
+        <v>44869</v>
+      </c>
+      <c r="G79" s="5"/>
+      <c r="H79" s="5"/>
+      <c r="I79" s="5"/>
+      <c r="J79" s="5"/>
+      <c r="K79" s="6"/>
+      <c r="L79" s="5"/>
+      <c r="M79" s="5"/>
+      <c r="N79" s="5"/>
+      <c r="O79" s="5"/>
+      <c r="P79" s="6"/>
+      <c r="Q79" s="5"/>
+      <c r="R79" s="5"/>
+      <c r="S79" s="5"/>
+      <c r="T79" s="5"/>
+      <c r="U79" s="6"/>
+      <c r="V79" s="5"/>
+      <c r="W79" s="5"/>
+      <c r="X79" s="5"/>
+      <c r="Y79" s="5"/>
+      <c r="Z79" s="6"/>
+      <c r="AA79" s="5"/>
+      <c r="AB79" s="5"/>
+      <c r="AC79" s="5"/>
+      <c r="AD79" s="5"/>
+      <c r="AE79" s="6"/>
+      <c r="AF79" s="5"/>
+      <c r="AG79" s="5"/>
+      <c r="AH79" s="5"/>
+      <c r="AI79" s="5"/>
+      <c r="AJ79" s="6"/>
+      <c r="AK79" s="5"/>
+      <c r="AL79" s="5"/>
+      <c r="AM79" s="5"/>
+      <c r="AN79" s="5"/>
+      <c r="AO79" s="6"/>
+      <c r="AP79" s="5"/>
+      <c r="AQ79" s="5"/>
+      <c r="AR79" s="5"/>
+      <c r="AS79" s="5"/>
+      <c r="AT79" s="6"/>
+      <c r="AU79" s="5"/>
+      <c r="AV79" s="5"/>
+      <c r="AW79" s="5"/>
+      <c r="AX79" s="5"/>
+      <c r="AY79" s="6"/>
+      <c r="AZ79" s="5"/>
+      <c r="BA79" s="5"/>
+      <c r="BB79" s="5"/>
+      <c r="BC79" s="5"/>
+      <c r="BD79" s="6"/>
+      <c r="BE79" s="5"/>
+      <c r="BF79" s="5"/>
+      <c r="BG79" s="5"/>
+      <c r="BH79" s="5"/>
+      <c r="BI79" s="6"/>
+      <c r="BJ79" s="5"/>
+      <c r="BK79" s="5"/>
+      <c r="BL79" s="5"/>
+      <c r="BM79" s="5"/>
+      <c r="BN79" s="6"/>
+      <c r="BO79" s="5"/>
+      <c r="BP79" s="5"/>
+      <c r="BQ79" s="5"/>
+      <c r="BR79" s="5"/>
+      <c r="BS79" s="6"/>
+      <c r="BT79" s="5"/>
+      <c r="BU79" s="5"/>
+      <c r="BV79" s="5"/>
+      <c r="BW79" s="5"/>
+      <c r="BX79" s="6"/>
+      <c r="BY79" s="5"/>
+      <c r="BZ79" s="5"/>
+      <c r="CA79" s="5"/>
+      <c r="CB79" s="5"/>
+      <c r="CC79" s="6"/>
+      <c r="CD79" s="5"/>
+      <c r="CE79" s="5"/>
+      <c r="CF79" s="5"/>
+      <c r="CG79" s="5"/>
+      <c r="CH79" s="6"/>
+      <c r="CI79" s="5"/>
+      <c r="CJ79" s="5"/>
+      <c r="CK79" s="5"/>
+      <c r="CL79" s="5"/>
+      <c r="CM79" s="6"/>
+      <c r="CN79" s="5"/>
+      <c r="CO79" s="5"/>
+      <c r="CP79" s="5"/>
+      <c r="CQ79" s="5"/>
+      <c r="CR79" s="6"/>
+      <c r="CS79" s="5"/>
+      <c r="CT79" s="5"/>
+      <c r="CU79" s="5"/>
+      <c r="CV79" s="5"/>
+      <c r="CW79" s="6"/>
+      <c r="CX79" s="5"/>
+      <c r="CY79" s="5"/>
+      <c r="CZ79" s="5"/>
+      <c r="DA79" s="5"/>
+      <c r="DB79" s="6"/>
+      <c r="DC79" s="5"/>
+      <c r="DD79" s="5"/>
+      <c r="DE79" s="5"/>
+      <c r="DF79" s="5"/>
+      <c r="DG79" s="6"/>
+      <c r="DH79" s="5"/>
+      <c r="DI79" s="5"/>
+      <c r="DJ79" s="5"/>
+      <c r="DK79" s="5"/>
+      <c r="DL79" s="6"/>
+      <c r="DM79" s="5"/>
+      <c r="DN79" s="5"/>
+      <c r="DO79" s="5"/>
+      <c r="DP79" s="5"/>
+      <c r="DQ79" s="6"/>
+      <c r="DR79" s="5"/>
+      <c r="DS79" s="5"/>
+      <c r="DT79" s="5"/>
+      <c r="DU79" s="5"/>
+      <c r="DV79" s="6"/>
+      <c r="DW79" s="5"/>
+      <c r="DX79" s="5"/>
+      <c r="DY79" s="5"/>
+      <c r="DZ79" s="5"/>
+      <c r="EA79" s="6"/>
+      <c r="EB79" s="5"/>
+      <c r="EC79" s="5"/>
+      <c r="ED79" s="5"/>
+      <c r="EE79" s="5"/>
+      <c r="EF79" s="6"/>
+      <c r="EG79" s="5"/>
+      <c r="EH79" s="5"/>
+      <c r="EI79" s="5"/>
+      <c r="EJ79" s="5"/>
+      <c r="EK79" s="6"/>
+      <c r="EL79" s="5"/>
+      <c r="EM79" s="5"/>
+      <c r="EN79" s="5"/>
+      <c r="EO79" s="5"/>
+      <c r="EP79" s="6"/>
+      <c r="EQ79" s="5"/>
+      <c r="ER79" s="5"/>
+      <c r="ES79" s="5"/>
+      <c r="ET79" s="5"/>
+      <c r="EU79" s="6"/>
+      <c r="EV79" s="5"/>
+      <c r="EW79" s="5"/>
+      <c r="EX79" s="5"/>
+      <c r="EY79" s="5"/>
+      <c r="EZ79" s="6"/>
+      <c r="FA79" s="5"/>
+      <c r="FB79" s="5"/>
+      <c r="FC79" s="5"/>
+      <c r="FD79" s="5"/>
+      <c r="FE79" s="6"/>
+      <c r="FF79" s="5"/>
+      <c r="FG79" s="5"/>
+      <c r="FH79" s="5"/>
+      <c r="FI79" s="5"/>
+      <c r="FJ79" s="6"/>
+      <c r="FK79" s="5"/>
+      <c r="FL79" s="5"/>
+      <c r="FM79" s="5"/>
+      <c r="FN79" s="5"/>
+      <c r="FO79" s="6"/>
+      <c r="FP79" s="5"/>
+      <c r="FQ79" s="5"/>
+      <c r="FR79" s="5"/>
+      <c r="FS79" s="5"/>
+      <c r="FT79" s="6"/>
+      <c r="FU79" s="5"/>
+      <c r="FV79" s="5"/>
+      <c r="FW79" s="5"/>
+      <c r="FX79" s="5"/>
+      <c r="FY79" s="6"/>
+      <c r="FZ79" s="5"/>
+      <c r="GA79" s="5"/>
+      <c r="GB79" s="5"/>
+      <c r="GC79" s="5"/>
+      <c r="GD79" s="6"/>
+      <c r="GE79" s="5"/>
+      <c r="GF79" s="5"/>
+      <c r="GG79" s="5"/>
+      <c r="GH79" s="5"/>
+      <c r="GI79" s="6"/>
+      <c r="GJ79" s="5"/>
+      <c r="GK79" s="5"/>
+      <c r="GL79" s="5"/>
+      <c r="GM79" s="5"/>
+      <c r="GN79" s="6"/>
+      <c r="GO79" s="5"/>
+      <c r="GP79" s="5"/>
+      <c r="GQ79" s="5"/>
+      <c r="GR79" s="5"/>
+      <c r="GS79" s="6"/>
+      <c r="GT79" s="5"/>
+      <c r="GU79" s="5"/>
+      <c r="GV79" s="5"/>
+      <c r="GW79" s="5"/>
+      <c r="GX79" s="6"/>
+      <c r="GY79" s="5"/>
+      <c r="GZ79" s="5"/>
+      <c r="HA79" s="5"/>
+      <c r="HB79" s="5"/>
+      <c r="HC79" s="6"/>
+      <c r="HD79" s="5"/>
+      <c r="HE79" s="5"/>
+      <c r="HF79" s="5"/>
+      <c r="HG79" s="5"/>
+      <c r="HH79" s="6"/>
+      <c r="HI79" s="5"/>
+      <c r="HJ79" s="5"/>
+      <c r="HK79" s="5"/>
+      <c r="HL79" s="5"/>
+      <c r="HM79" s="6"/>
+      <c r="HN79" s="5"/>
+      <c r="HO79" s="5"/>
+      <c r="HP79" s="5"/>
+      <c r="HQ79" s="5"/>
+      <c r="HR79" s="6"/>
+      <c r="HS79" s="5"/>
+      <c r="HT79" s="5"/>
+      <c r="HU79" s="5"/>
+      <c r="HV79" s="5"/>
+      <c r="HW79" s="6"/>
+      <c r="HX79" s="5"/>
+      <c r="HY79" s="5"/>
+      <c r="HZ79" s="5"/>
+      <c r="IA79" s="5"/>
+      <c r="IB79" s="6"/>
+      <c r="IC79" s="5"/>
+      <c r="ID79" s="5"/>
+      <c r="IE79" s="5"/>
+      <c r="IF79" s="5"/>
+      <c r="IG79" s="6"/>
+      <c r="IH79" s="5"/>
+      <c r="II79" s="5"/>
+      <c r="IJ79" s="5"/>
+      <c r="IK79" s="5"/>
+      <c r="IL79" s="6"/>
+      <c r="IM79" s="5"/>
+      <c r="IN79" s="5"/>
+      <c r="IO79" s="5"/>
+      <c r="IP79" s="5"/>
+      <c r="IQ79" s="6"/>
+      <c r="IR79" s="5"/>
+      <c r="IS79" s="5"/>
+      <c r="IT79" s="5"/>
+      <c r="IU79" s="5"/>
+      <c r="IV79" s="6"/>
+      <c r="IW79" s="5"/>
     </row>
     <row r="80" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A80" s="5" t="s">
-        <v>294</v>
+        <v>13</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5">
-        <v>1275504862</v>
+        <v>1427067594</v>
       </c>
       <c r="E80" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="F80" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="F80" s="16">
+        <v>44862</v>
+      </c>
+      <c r="G80" s="5"/>
+      <c r="H80" s="5"/>
+      <c r="I80" s="5"/>
+      <c r="J80" s="5"/>
+      <c r="K80" s="6"/>
+      <c r="L80" s="5"/>
+      <c r="M80" s="5"/>
+      <c r="N80" s="5"/>
+      <c r="O80" s="5"/>
+      <c r="P80" s="6"/>
+      <c r="Q80" s="5"/>
+      <c r="R80" s="5"/>
+      <c r="S80" s="5"/>
+      <c r="T80" s="5"/>
+      <c r="U80" s="6"/>
+      <c r="V80" s="5"/>
+      <c r="W80" s="5"/>
+      <c r="X80" s="5"/>
+      <c r="Y80" s="5"/>
+      <c r="Z80" s="6"/>
+      <c r="AA80" s="5"/>
+      <c r="AB80" s="5"/>
+      <c r="AC80" s="5"/>
+      <c r="AD80" s="5"/>
+      <c r="AE80" s="6"/>
+      <c r="AF80" s="5"/>
+      <c r="AG80" s="5"/>
+      <c r="AH80" s="5"/>
+      <c r="AI80" s="5"/>
+      <c r="AJ80" s="6"/>
+      <c r="AK80" s="5"/>
+      <c r="AL80" s="5"/>
+      <c r="AM80" s="5"/>
+      <c r="AN80" s="5"/>
+      <c r="AO80" s="6"/>
+      <c r="AP80" s="5"/>
+      <c r="AQ80" s="5"/>
+      <c r="AR80" s="5"/>
+      <c r="AS80" s="5"/>
+      <c r="AT80" s="6"/>
+      <c r="AU80" s="5"/>
+      <c r="AV80" s="5"/>
+      <c r="AW80" s="5"/>
+      <c r="AX80" s="5"/>
+      <c r="AY80" s="6"/>
+      <c r="AZ80" s="5"/>
+      <c r="BA80" s="5"/>
+      <c r="BB80" s="5"/>
+      <c r="BC80" s="5"/>
+      <c r="BD80" s="6"/>
+      <c r="BE80" s="5"/>
+      <c r="BF80" s="5"/>
+      <c r="BG80" s="5"/>
+      <c r="BH80" s="5"/>
+      <c r="BI80" s="6"/>
+      <c r="BJ80" s="5"/>
+      <c r="BK80" s="5"/>
+      <c r="BL80" s="5"/>
+      <c r="BM80" s="5"/>
+      <c r="BN80" s="6"/>
+      <c r="BO80" s="5"/>
+      <c r="BP80" s="5"/>
+      <c r="BQ80" s="5"/>
+      <c r="BR80" s="5"/>
+      <c r="BS80" s="6"/>
+      <c r="BT80" s="5"/>
+      <c r="BU80" s="5"/>
+      <c r="BV80" s="5"/>
+      <c r="BW80" s="5"/>
+      <c r="BX80" s="6"/>
+      <c r="BY80" s="5"/>
+      <c r="BZ80" s="5"/>
+      <c r="CA80" s="5"/>
+      <c r="CB80" s="5"/>
+      <c r="CC80" s="6"/>
+      <c r="CD80" s="5"/>
+      <c r="CE80" s="5"/>
+      <c r="CF80" s="5"/>
+      <c r="CG80" s="5"/>
+      <c r="CH80" s="6"/>
+      <c r="CI80" s="5"/>
+      <c r="CJ80" s="5"/>
+      <c r="CK80" s="5"/>
+      <c r="CL80" s="5"/>
+      <c r="CM80" s="6"/>
+      <c r="CN80" s="5"/>
+      <c r="CO80" s="5"/>
+      <c r="CP80" s="5"/>
+      <c r="CQ80" s="5"/>
+      <c r="CR80" s="6"/>
+      <c r="CS80" s="5"/>
+      <c r="CT80" s="5"/>
+      <c r="CU80" s="5"/>
+      <c r="CV80" s="5"/>
+      <c r="CW80" s="6"/>
+      <c r="CX80" s="5"/>
+      <c r="CY80" s="5"/>
+      <c r="CZ80" s="5"/>
+      <c r="DA80" s="5"/>
+      <c r="DB80" s="6"/>
+      <c r="DC80" s="5"/>
+      <c r="DD80" s="5"/>
+      <c r="DE80" s="5"/>
+      <c r="DF80" s="5"/>
+      <c r="DG80" s="6"/>
+      <c r="DH80" s="5"/>
+      <c r="DI80" s="5"/>
+      <c r="DJ80" s="5"/>
+      <c r="DK80" s="5"/>
+      <c r="DL80" s="6"/>
+      <c r="DM80" s="5"/>
+      <c r="DN80" s="5"/>
+      <c r="DO80" s="5"/>
+      <c r="DP80" s="5"/>
+      <c r="DQ80" s="6"/>
+      <c r="DR80" s="5"/>
+      <c r="DS80" s="5"/>
+      <c r="DT80" s="5"/>
+      <c r="DU80" s="5"/>
+      <c r="DV80" s="6"/>
+      <c r="DW80" s="5"/>
+      <c r="DX80" s="5"/>
+      <c r="DY80" s="5"/>
+      <c r="DZ80" s="5"/>
+      <c r="EA80" s="6"/>
+      <c r="EB80" s="5"/>
+      <c r="EC80" s="5"/>
+      <c r="ED80" s="5"/>
+      <c r="EE80" s="5"/>
+      <c r="EF80" s="6"/>
+      <c r="EG80" s="5"/>
+      <c r="EH80" s="5"/>
+      <c r="EI80" s="5"/>
+      <c r="EJ80" s="5"/>
+      <c r="EK80" s="6"/>
+      <c r="EL80" s="5"/>
+      <c r="EM80" s="5"/>
+      <c r="EN80" s="5"/>
+      <c r="EO80" s="5"/>
+      <c r="EP80" s="6"/>
+      <c r="EQ80" s="5"/>
+      <c r="ER80" s="5"/>
+      <c r="ES80" s="5"/>
+      <c r="ET80" s="5"/>
+      <c r="EU80" s="6"/>
+      <c r="EV80" s="5"/>
+      <c r="EW80" s="5"/>
+      <c r="EX80" s="5"/>
+      <c r="EY80" s="5"/>
+      <c r="EZ80" s="6"/>
+      <c r="FA80" s="5"/>
+      <c r="FB80" s="5"/>
+      <c r="FC80" s="5"/>
+      <c r="FD80" s="5"/>
+      <c r="FE80" s="6"/>
+      <c r="FF80" s="5"/>
+      <c r="FG80" s="5"/>
+      <c r="FH80" s="5"/>
+      <c r="FI80" s="5"/>
+      <c r="FJ80" s="6"/>
+      <c r="FK80" s="5"/>
+      <c r="FL80" s="5"/>
+      <c r="FM80" s="5"/>
+      <c r="FN80" s="5"/>
+      <c r="FO80" s="6"/>
+      <c r="FP80" s="5"/>
+      <c r="FQ80" s="5"/>
+      <c r="FR80" s="5"/>
+      <c r="FS80" s="5"/>
+      <c r="FT80" s="6"/>
+      <c r="FU80" s="5"/>
+      <c r="FV80" s="5"/>
+      <c r="FW80" s="5"/>
+      <c r="FX80" s="5"/>
+      <c r="FY80" s="6"/>
+      <c r="FZ80" s="5"/>
+      <c r="GA80" s="5"/>
+      <c r="GB80" s="5"/>
+      <c r="GC80" s="5"/>
+      <c r="GD80" s="6"/>
+      <c r="GE80" s="5"/>
+      <c r="GF80" s="5"/>
+      <c r="GG80" s="5"/>
+      <c r="GH80" s="5"/>
+      <c r="GI80" s="6"/>
+      <c r="GJ80" s="5"/>
+      <c r="GK80" s="5"/>
+      <c r="GL80" s="5"/>
+      <c r="GM80" s="5"/>
+      <c r="GN80" s="6"/>
+      <c r="GO80" s="5"/>
+      <c r="GP80" s="5"/>
+      <c r="GQ80" s="5"/>
+      <c r="GR80" s="5"/>
+      <c r="GS80" s="6"/>
+      <c r="GT80" s="5"/>
+      <c r="GU80" s="5"/>
+      <c r="GV80" s="5"/>
+      <c r="GW80" s="5"/>
+      <c r="GX80" s="6"/>
+      <c r="GY80" s="5"/>
+      <c r="GZ80" s="5"/>
+      <c r="HA80" s="5"/>
+      <c r="HB80" s="5"/>
+      <c r="HC80" s="6"/>
+      <c r="HD80" s="5"/>
+      <c r="HE80" s="5"/>
+      <c r="HF80" s="5"/>
+      <c r="HG80" s="5"/>
+      <c r="HH80" s="6"/>
+      <c r="HI80" s="5"/>
+      <c r="HJ80" s="5"/>
+      <c r="HK80" s="5"/>
+      <c r="HL80" s="5"/>
+      <c r="HM80" s="6"/>
+      <c r="HN80" s="5"/>
+      <c r="HO80" s="5"/>
+      <c r="HP80" s="5"/>
+      <c r="HQ80" s="5"/>
+      <c r="HR80" s="6"/>
+      <c r="HS80" s="5"/>
+      <c r="HT80" s="5"/>
+      <c r="HU80" s="5"/>
+      <c r="HV80" s="5"/>
+      <c r="HW80" s="6"/>
+      <c r="HX80" s="5"/>
+      <c r="HY80" s="5"/>
+      <c r="HZ80" s="5"/>
+      <c r="IA80" s="5"/>
+      <c r="IB80" s="6"/>
+      <c r="IC80" s="5"/>
+      <c r="ID80" s="5"/>
+      <c r="IE80" s="5"/>
+      <c r="IF80" s="5"/>
+      <c r="IG80" s="6"/>
+      <c r="IH80" s="5"/>
+      <c r="II80" s="5"/>
+      <c r="IJ80" s="5"/>
+      <c r="IK80" s="5"/>
+      <c r="IL80" s="6"/>
+      <c r="IM80" s="5"/>
+      <c r="IN80" s="5"/>
+      <c r="IO80" s="5"/>
+      <c r="IP80" s="5"/>
+      <c r="IQ80" s="6"/>
+      <c r="IR80" s="5"/>
+      <c r="IS80" s="5"/>
+      <c r="IT80" s="5"/>
+      <c r="IU80" s="5"/>
+      <c r="IV80" s="6"/>
+      <c r="IW80" s="5"/>
     </row>
     <row r="81" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A81" s="5" t="s">
-        <v>295</v>
+        <v>11</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C81" s="5">
-        <v>1609826643</v>
+        <v>1386729150</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>44766</v>
+        <v>300</v>
+      </c>
+      <c r="F81" s="16">
+        <v>44848</v>
       </c>
     </row>
     <row r="82" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A82" s="5" t="s">
-        <v>291</v>
+        <v>16</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C82" s="5">
-        <v>1861473977</v>
+        <v>1275903031</v>
       </c>
       <c r="E82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="6">
-        <v>44754</v>
+        <v>44815</v>
       </c>
     </row>
     <row r="83" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A83" s="5" t="s">
-        <v>292</v>
+        <v>18</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C83" s="5">
-        <v>1992040919</v>
+        <v>1205293859</v>
       </c>
       <c r="E83" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="6">
-        <v>44721</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+        <v>44813</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A84" s="5" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C84" s="5">
-        <v>1487888509</v>
+        <v>1275504862</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-    <row r="85" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+        <v>15</v>
+      </c>
+      <c r="F84" s="6">
+        <v>44777</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A85" s="5" t="s">
-        <v>19</v>
+        <v>295</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C85" s="5">
-        <v>1013052257</v>
+        <v>1609826643</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F85" s="6">
-        <v>44642</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+        <v>44766</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A86" s="5" t="s">
-        <v>21</v>
+        <v>291</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C86" s="5">
-        <v>1629098496</v>
+        <v>1861473977</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F86" s="6">
-        <v>44642</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+        <v>44754</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A87" s="5" t="s">
-        <v>22</v>
+        <v>292</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="C87" s="5" t="s">
-        <v>23</v>
+      <c r="C87" s="5">
+        <v>1992040919</v>
       </c>
       <c r="E87" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F87" s="6">
+        <v>44721</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="B88" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C88" s="5">
+        <v>1487888509</v>
+      </c>
+      <c r="E88" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="F87" s="6">
-[...17 lines deleted...]
-        <v>44604</v>
+      <c r="F88" s="14">
+        <v>44706</v>
       </c>
     </row>
     <row r="89" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A89" s="5" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>8</v>
+      </c>
+      <c r="C89" s="5">
+        <v>1013052257</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F89" s="6">
-        <v>44596</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+        <v>44642</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A90" s="5" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5">
-        <v>1669454591</v>
+        <v>1629098496</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>300</v>
+        <v>20</v>
       </c>
       <c r="F90" s="6">
-        <v>44547</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:6" thickBot="1" x14ac:dyDescent="0.2">
+        <v>44642</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A91" s="5" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>300</v>
+        <v>17</v>
+      </c>
+      <c r="C91" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="F91" s="6">
-        <v>44539</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:6" thickBot="1" x14ac:dyDescent="0.2">
+        <v>44612</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A92" s="5" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="C92" s="5">
+      <c r="C92" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F92" s="6">
+        <v>44604</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B93" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C93" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" s="6">
+        <v>44596</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B94" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C94" s="5">
+        <v>1669454591</v>
+      </c>
+      <c r="E94" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="F94" s="6">
+        <v>44547</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B95" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C95" s="5">
+        <v>1013975382</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F95" s="6">
+        <v>44539</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A96" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B96" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C96" s="5">
         <v>1013137447</v>
       </c>
-      <c r="E92" s="3" t="s">
+      <c r="E96" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="F92" s="6">
+      <c r="F96" s="6">
         <v>44525</v>
       </c>
     </row>
-    <row r="93" spans="1:6" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A93" s="5" t="s">
+    <row r="97" spans="1:6" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="B93" s="5" t="s">
+      <c r="B97" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="C93" s="5">
+      <c r="C97" s="5">
         <v>1104366608</v>
       </c>
-      <c r="E93" s="3" t="s">
+      <c r="E97" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="F93" s="6">
+      <c r="F97" s="6">
         <v>44449</v>
       </c>
     </row>
-    <row r="94" spans="1:6" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A94" s="5" t="s">
+    <row r="98" spans="1:6" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="5" t="s">
         <v>287</v>
       </c>
-      <c r="B94" s="5" t="s">
+      <c r="B98" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="C94" s="5">
+      <c r="C98" s="5">
         <v>1366654089</v>
       </c>
-      <c r="E94" s="3" t="s">
+      <c r="E98" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="F94" s="6">
+      <c r="F98" s="6">
         <v>44372</v>
       </c>
     </row>
-    <row r="95" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A95" s="5" t="s">
+    <row r="99" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="B95" s="5" t="s">
+      <c r="B99" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C95" s="5" t="s">
+      <c r="C99" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="E95" s="5" t="s">
+      <c r="E99" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="F95" s="6">
+      <c r="F99" s="6">
         <v>44346</v>
       </c>
     </row>
-    <row r="96" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A96" s="5" t="s">
+    <row r="100" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="B96" s="5" t="s">
+      <c r="B100" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="E96" s="5" t="s">
+      <c r="E100" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="F96" s="6">
+      <c r="F100" s="6">
         <v>44346</v>
-      </c>
-[...66 lines deleted...]
-        <v>44337</v>
       </c>
     </row>
     <row r="101" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A101" s="5" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="E101" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F101" s="6">
-        <v>44323</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+        <v>44346</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A102" s="5" t="s">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F102" s="6">
-        <v>44277</v>
+        <v>44346</v>
       </c>
     </row>
     <row r="103" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A103" s="5" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>1053537142</v>
+        <v>14</v>
+      </c>
+      <c r="C103" s="5" t="s">
+        <v>44</v>
       </c>
       <c r="E103" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F103" s="6">
-        <v>44240</v>
+        <v>44345</v>
       </c>
     </row>
     <row r="104" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A104" s="5" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="E104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="6">
-        <v>44225</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+        <v>44337</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A105" s="5" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>1043700289</v>
+        <v>48</v>
+      </c>
+      <c r="C105" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="E105" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" s="6">
+        <v>44323</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A106" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B106" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C106" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E106" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="F105" s="6">
-[...15 lines deleted...]
-      </c>
       <c r="F106" s="6">
-        <v>44119</v>
+        <v>44277</v>
       </c>
     </row>
     <row r="107" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A107" s="5" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="C107" s="5">
-        <v>1003834433</v>
+        <v>1053537142</v>
       </c>
       <c r="E107" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="6">
-        <v>44056</v>
+        <v>44240</v>
       </c>
     </row>
     <row r="108" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A108" s="5" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="E108" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="6">
-        <v>44043</v>
+        <v>44225</v>
       </c>
     </row>
     <row r="109" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A109" s="5" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>25</v>
+      </c>
+      <c r="C109" s="5">
+        <v>1043700289</v>
       </c>
       <c r="E109" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="6">
-        <v>44043</v>
+        <v>44183</v>
       </c>
     </row>
     <row r="110" spans="1:6" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A110" s="5" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5">
-        <v>1588718936</v>
+        <v>1871569756</v>
       </c>
       <c r="E110" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F110" s="6">
-        <v>44011</v>
+        <v>44119</v>
       </c>
     </row>
     <row r="111" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A111" s="5" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>14</v>
+      </c>
+      <c r="C111" s="5">
+        <v>1003834433</v>
       </c>
       <c r="E111" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F111" s="6">
-        <v>43999</v>
+        <v>44056</v>
       </c>
     </row>
     <row r="112" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A112" s="5" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>68</v>
+        <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="E112" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F112" s="6">
-        <v>43999</v>
+        <v>44043</v>
       </c>
     </row>
     <row r="113" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A113" s="5" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="E113" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F113" s="6">
-        <v>43997</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+        <v>44043</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A114" s="5" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C114" s="5" t="s">
-        <v>75</v>
+      <c r="C114" s="5">
+        <v>1588718936</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F114" s="6">
-        <v>43993</v>
+        <v>44011</v>
       </c>
     </row>
     <row r="115" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A115" s="5" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="E115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="6">
-        <v>43993</v>
-[...1 lines deleted...]
-      <c r="G115" s="8"/>
+        <v>43999</v>
+      </c>
     </row>
     <row r="116" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A116" s="5" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>1396814489</v>
+        <v>68</v>
+      </c>
+      <c r="C116" s="5" t="s">
+        <v>69</v>
       </c>
       <c r="E116" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F116" s="6">
-        <v>43992</v>
-[...3 lines deleted...]
-    <row r="117" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+        <v>43999</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A117" s="5" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>1972519056</v>
+        <v>14</v>
+      </c>
+      <c r="C117" s="5" t="s">
+        <v>71</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F117" s="6">
-        <v>43957</v>
-[...3 lines deleted...]
-    <row r="118" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+        <v>43997</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A118" s="5" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C118" s="5">
-        <v>1073595260</v>
+      <c r="C118" s="5" t="s">
+        <v>75</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F118" s="6">
-        <v>43885</v>
-[...3 lines deleted...]
-    <row r="119" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+        <v>43993</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A119" s="5" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="E119" s="5" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F119" s="6">
-        <v>43885</v>
+        <v>43993</v>
       </c>
       <c r="G119" s="8"/>
     </row>
     <row r="120" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A120" s="5" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C120" s="5" t="s">
-        <v>83</v>
+      <c r="C120" s="5">
+        <v>1396814489</v>
       </c>
       <c r="E120" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F120" s="6">
-        <v>43867</v>
+        <v>43992</v>
       </c>
       <c r="G120" s="8"/>
     </row>
-    <row r="121" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="121" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A121" s="5" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>68</v>
+      </c>
+      <c r="C121" s="5">
+        <v>1972519056</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F121" s="6">
-        <v>43867</v>
+        <v>43957</v>
       </c>
       <c r="G121" s="8"/>
     </row>
-    <row r="122" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="122" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A122" s="5" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5">
-        <v>1669460994</v>
+        <v>1073595260</v>
       </c>
       <c r="E122" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" s="6">
+        <v>43885</v>
+      </c>
+      <c r="G122" s="8"/>
+    </row>
+    <row r="123" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A123" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="B123" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C123" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="E123" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" s="6">
+        <v>43885</v>
+      </c>
+      <c r="G123" s="8"/>
+    </row>
+    <row r="124" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A124" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="B124" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C124" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="E124" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="F122" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="F124" s="6">
-        <v>43738</v>
-[...1 lines deleted...]
-      <c r="G124" s="5"/>
+        <v>43867</v>
+      </c>
+      <c r="G124" s="8"/>
     </row>
     <row r="125" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A125" s="5" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="E125" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F125" s="6">
+        <v>43867</v>
+      </c>
+      <c r="G125" s="8"/>
+    </row>
+    <row r="126" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A126" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="B126" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C126" s="5">
+        <v>1669460994</v>
+      </c>
+      <c r="E126" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F126" s="6">
+        <v>43839</v>
+      </c>
+      <c r="G126" s="8"/>
+    </row>
+    <row r="127" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A127" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="B127" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C127" s="5">
+        <v>1104981885</v>
+      </c>
+      <c r="E127" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F127" s="6">
+        <v>43822</v>
+      </c>
+      <c r="G127" s="8"/>
+    </row>
+    <row r="128" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A128" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="B128" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C128" s="5">
+        <v>1477852903</v>
+      </c>
+      <c r="E128" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="F128" s="6">
+        <v>43738</v>
+      </c>
+      <c r="G128" s="5"/>
+    </row>
+    <row r="129" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="B129" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C129" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E129" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F129" s="6">
         <v>43735</v>
       </c>
-      <c r="G125" s="5"/>
-[...2 lines deleted...]
-      <c r="A126" s="5" t="s">
+      <c r="G129" s="5"/>
+    </row>
+    <row r="130" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A130" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="B126" s="5" t="s">
+      <c r="B130" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="C126" s="5">
+      <c r="C130" s="5">
         <v>1730559279</v>
       </c>
-      <c r="E126" s="3" t="s">
+      <c r="E130" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="F126" s="6">
+      <c r="F130" s="6">
         <v>43735</v>
       </c>
-      <c r="G126" s="5"/>
-[...2 lines deleted...]
-      <c r="A127" s="5" t="s">
+      <c r="G130" s="5"/>
+    </row>
+    <row r="131" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A131" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="B127" s="5" t="s">
+      <c r="B131" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="C127" s="5" t="s">
+      <c r="C131" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="E127" s="3" t="s">
+      <c r="E131" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="F127" s="6">
+      <c r="F131" s="6">
         <v>43735</v>
       </c>
-      <c r="G127" s="5"/>
-[...2 lines deleted...]
-      <c r="A128" s="5" t="s">
+      <c r="G131" s="5"/>
+    </row>
+    <row r="132" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A132" s="5" t="s">
         <v>95</v>
       </c>
-      <c r="B128" s="5" t="s">
+      <c r="B132" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="C128" s="5">
+      <c r="C132" s="5">
         <v>1265564728</v>
       </c>
-      <c r="E128" s="5" t="s">
+      <c r="E132" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="F128" s="6">
+      <c r="F132" s="6">
         <v>43709</v>
       </c>
-      <c r="G128" s="5"/>
-[...2 lines deleted...]
-      <c r="A129" s="5" t="s">
+      <c r="G132" s="5"/>
+    </row>
+    <row r="133" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="5" t="s">
         <v>96</v>
-      </c>
-[...66 lines deleted...]
-        <v>99</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C133" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="E133" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="F133" s="6">
+        <v>43701</v>
+      </c>
+    </row>
+    <row r="134" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A134" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="B134" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E134" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="F134" s="6">
+        <v>43701</v>
+      </c>
+      <c r="G134" s="5"/>
+    </row>
+    <row r="135" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A135" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="B135" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C135" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="E135" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" s="6">
+        <v>43675</v>
+      </c>
+      <c r="G135" s="5"/>
+    </row>
+    <row r="136" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="B136" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C136" s="5" t="s">
         <v>100</v>
       </c>
-      <c r="E133" s="5" t="s">
+      <c r="E136" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="F133" s="6">
+      <c r="F136" s="6">
         <v>43675</v>
       </c>
-      <c r="G133" s="5"/>
-[...2 lines deleted...]
-      <c r="A134" s="5" t="s">
+      <c r="G136" s="5"/>
+    </row>
+    <row r="137" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A137" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="B137" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C137" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="E137" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" s="6">
+        <v>43675</v>
+      </c>
+      <c r="G137" s="5"/>
+    </row>
+    <row r="138" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A138" s="5" t="s">
         <v>103</v>
       </c>
-      <c r="B134" s="5" t="s">
+      <c r="B138" s="5" t="s">
         <v>104</v>
       </c>
-      <c r="C134" s="5">
+      <c r="C138" s="5">
         <v>1699894147</v>
       </c>
-      <c r="E134" s="5" t="s">
+      <c r="E138" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="F134" s="6">
+      <c r="F138" s="6">
         <v>43644</v>
       </c>
-      <c r="G134" s="5"/>
-[...2 lines deleted...]
-      <c r="A135" s="5" t="s">
+      <c r="G138" s="5"/>
+    </row>
+    <row r="139" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A139" s="5" t="s">
         <v>105</v>
-      </c>
-[...70 lines deleted...]
-        <v>109</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C139" s="5" t="s">
-        <v>110</v>
+      <c r="C139" s="5">
+        <v>1922115823</v>
       </c>
       <c r="E139" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F139" s="6">
-        <v>43574</v>
+        <v>43631</v>
       </c>
       <c r="G139" s="5"/>
     </row>
-    <row r="140" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="140" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A140" s="5" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>112</v>
+        <v>17</v>
       </c>
       <c r="C140" s="5">
-        <v>1609320985</v>
+        <v>1982685186</v>
       </c>
       <c r="E140" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="6">
-        <v>43564</v>
+        <v>43610</v>
       </c>
       <c r="G140" s="5"/>
     </row>
-    <row r="141" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="141" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A141" s="5" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>14</v>
+      </c>
+      <c r="C141" s="5">
+        <v>1124290465</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>15</v>
+        <v>89</v>
       </c>
       <c r="F141" s="6">
-        <v>43564</v>
+        <v>43609</v>
       </c>
       <c r="G141" s="5"/>
     </row>
-    <row r="142" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="142" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A142" s="5" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>14</v>
+      </c>
+      <c r="C142" s="5">
+        <v>1245423615</v>
       </c>
       <c r="E142" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="6">
-        <v>43564</v>
+        <v>43601</v>
       </c>
       <c r="G142" s="5"/>
     </row>
-    <row r="143" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="143" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A143" s="5" t="s">
-        <v>116</v>
+        <v>109</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>1336265313</v>
+        <v>14</v>
+      </c>
+      <c r="C143" s="5" t="s">
+        <v>110</v>
       </c>
       <c r="E143" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F143" s="6">
-        <v>43512</v>
+        <v>43574</v>
       </c>
       <c r="G143" s="5"/>
     </row>
-    <row r="144" spans="1:257" s="10" customFormat="1" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="144" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A144" s="5" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>14</v>
+        <v>112</v>
       </c>
       <c r="C144" s="5">
-        <v>1629131701</v>
-[...1 lines deleted...]
-      <c r="D144" s="5"/>
+        <v>1609320985</v>
+      </c>
       <c r="E144" s="5" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F144" s="6">
-        <v>43487</v>
-[...253 lines deleted...]
-    <row r="145" spans="1:257" s="10" customFormat="1" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+        <v>43564</v>
+      </c>
+      <c r="G144" s="5"/>
+    </row>
+    <row r="145" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A145" s="5" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="D145" s="5"/>
+        <v>50</v>
+      </c>
+      <c r="C145" s="5" t="s">
+        <v>114</v>
+      </c>
       <c r="E145" s="5" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F145" s="6">
-        <v>43451</v>
-[...253 lines deleted...]
-    <row r="146" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+        <v>43564</v>
+      </c>
+      <c r="G145" s="5"/>
+    </row>
+    <row r="146" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A146" s="5" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="C146" s="5">
-        <v>1457554727</v>
+      <c r="C146" s="5" t="s">
+        <v>114</v>
       </c>
       <c r="E146" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F146" s="6">
+        <v>43564</v>
+      </c>
+      <c r="G146" s="5"/>
+    </row>
+    <row r="147" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A147" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="B147" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C147" s="5">
+        <v>1336265313</v>
+      </c>
+      <c r="E147" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F147" s="6">
+        <v>43512</v>
+      </c>
+      <c r="G147" s="5"/>
+    </row>
+    <row r="148" spans="1:257" s="10" customFormat="1" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A148" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="B148" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C148" s="5">
+        <v>1629131701</v>
+      </c>
+      <c r="D148" s="5"/>
+      <c r="E148" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="F146" s="6">
+      <c r="F148" s="6">
+        <v>43487</v>
+      </c>
+      <c r="G148" s="4"/>
+      <c r="H148" s="4"/>
+      <c r="I148" s="4"/>
+      <c r="J148" s="4"/>
+      <c r="K148" s="4"/>
+      <c r="L148" s="4"/>
+      <c r="M148" s="4"/>
+      <c r="N148" s="4"/>
+      <c r="O148" s="4"/>
+      <c r="P148" s="4"/>
+      <c r="Q148" s="4"/>
+      <c r="R148" s="4"/>
+      <c r="S148" s="4"/>
+      <c r="T148" s="9"/>
+      <c r="U148" s="9"/>
+      <c r="V148" s="9"/>
+      <c r="W148" s="9"/>
+      <c r="X148" s="9"/>
+      <c r="Y148" s="9"/>
+      <c r="Z148" s="9"/>
+      <c r="AA148" s="9"/>
+      <c r="AB148" s="9"/>
+      <c r="AC148" s="9"/>
+      <c r="AD148" s="9"/>
+      <c r="AE148" s="9"/>
+      <c r="AF148" s="9"/>
+      <c r="AG148" s="9"/>
+      <c r="AH148" s="9"/>
+      <c r="AI148" s="9"/>
+      <c r="AJ148" s="9"/>
+      <c r="AK148" s="9"/>
+      <c r="AL148" s="9"/>
+      <c r="AM148" s="9"/>
+      <c r="AN148" s="9"/>
+      <c r="AO148" s="9"/>
+      <c r="AP148" s="9"/>
+      <c r="AQ148" s="9"/>
+      <c r="AR148" s="9"/>
+      <c r="AS148" s="9"/>
+      <c r="AT148" s="9"/>
+      <c r="AU148" s="9"/>
+      <c r="AV148" s="9"/>
+      <c r="AW148" s="9"/>
+      <c r="AX148" s="9"/>
+      <c r="AY148" s="9"/>
+      <c r="AZ148" s="9"/>
+      <c r="BA148" s="9"/>
+      <c r="BB148" s="9"/>
+      <c r="BC148" s="9"/>
+      <c r="BD148" s="9"/>
+      <c r="BE148" s="9"/>
+      <c r="BF148" s="9"/>
+      <c r="BG148" s="9"/>
+      <c r="BH148" s="9"/>
+      <c r="BI148" s="9"/>
+      <c r="BJ148" s="9"/>
+      <c r="BK148" s="9"/>
+      <c r="BL148" s="9"/>
+      <c r="BM148" s="9"/>
+      <c r="BN148" s="9"/>
+      <c r="BO148" s="9"/>
+      <c r="BP148" s="9"/>
+      <c r="BQ148" s="9"/>
+      <c r="BR148" s="9"/>
+      <c r="BS148" s="9"/>
+      <c r="BT148" s="9"/>
+      <c r="BU148" s="9"/>
+      <c r="BV148" s="9"/>
+      <c r="BW148" s="9"/>
+      <c r="BX148" s="9"/>
+      <c r="BY148" s="9"/>
+      <c r="BZ148" s="9"/>
+      <c r="CA148" s="9"/>
+      <c r="CB148" s="9"/>
+      <c r="CC148" s="9"/>
+      <c r="CD148" s="9"/>
+      <c r="CE148" s="9"/>
+      <c r="CF148" s="9"/>
+      <c r="CG148" s="9"/>
+      <c r="CH148" s="9"/>
+      <c r="CI148" s="9"/>
+      <c r="CJ148" s="9"/>
+      <c r="CK148" s="9"/>
+      <c r="CL148" s="9"/>
+      <c r="CM148" s="9"/>
+      <c r="CN148" s="9"/>
+      <c r="CO148" s="9"/>
+      <c r="CP148" s="9"/>
+      <c r="CQ148" s="9"/>
+      <c r="CR148" s="9"/>
+      <c r="CS148" s="9"/>
+      <c r="CT148" s="9"/>
+      <c r="CU148" s="9"/>
+      <c r="CV148" s="9"/>
+      <c r="CW148" s="9"/>
+      <c r="CX148" s="9"/>
+      <c r="CY148" s="9"/>
+      <c r="CZ148" s="9"/>
+      <c r="DA148" s="9"/>
+      <c r="DB148" s="9"/>
+      <c r="DC148" s="9"/>
+      <c r="DD148" s="9"/>
+      <c r="DE148" s="9"/>
+      <c r="DF148" s="9"/>
+      <c r="DG148" s="9"/>
+      <c r="DH148" s="9"/>
+      <c r="DI148" s="9"/>
+      <c r="DJ148" s="9"/>
+      <c r="DK148" s="9"/>
+      <c r="DL148" s="9"/>
+      <c r="DM148" s="9"/>
+      <c r="DN148" s="9"/>
+      <c r="DO148" s="9"/>
+      <c r="DP148" s="9"/>
+      <c r="DQ148" s="9"/>
+      <c r="DR148" s="9"/>
+      <c r="DS148" s="9"/>
+      <c r="DT148" s="9"/>
+      <c r="DU148" s="9"/>
+      <c r="DV148" s="9"/>
+      <c r="DW148" s="9"/>
+      <c r="DX148" s="9"/>
+      <c r="DY148" s="9"/>
+      <c r="DZ148" s="9"/>
+      <c r="EA148" s="9"/>
+      <c r="EB148" s="9"/>
+      <c r="EC148" s="9"/>
+      <c r="ED148" s="9"/>
+      <c r="EE148" s="9"/>
+      <c r="EF148" s="9"/>
+      <c r="EG148" s="9"/>
+      <c r="EH148" s="9"/>
+      <c r="EI148" s="9"/>
+      <c r="EJ148" s="9"/>
+      <c r="EK148" s="9"/>
+      <c r="EL148" s="9"/>
+      <c r="EM148" s="9"/>
+      <c r="EN148" s="9"/>
+      <c r="EO148" s="9"/>
+      <c r="EP148" s="9"/>
+      <c r="EQ148" s="9"/>
+      <c r="ER148" s="9"/>
+      <c r="ES148" s="9"/>
+      <c r="ET148" s="9"/>
+      <c r="EU148" s="9"/>
+      <c r="EV148" s="9"/>
+      <c r="EW148" s="9"/>
+      <c r="EX148" s="9"/>
+      <c r="EY148" s="9"/>
+      <c r="EZ148" s="9"/>
+      <c r="FA148" s="9"/>
+      <c r="FB148" s="9"/>
+      <c r="FC148" s="9"/>
+      <c r="FD148" s="9"/>
+      <c r="FE148" s="9"/>
+      <c r="FF148" s="9"/>
+      <c r="FG148" s="9"/>
+      <c r="FH148" s="9"/>
+      <c r="FI148" s="9"/>
+      <c r="FJ148" s="9"/>
+      <c r="FK148" s="9"/>
+      <c r="FL148" s="9"/>
+      <c r="FM148" s="9"/>
+      <c r="FN148" s="9"/>
+      <c r="FO148" s="9"/>
+      <c r="FP148" s="9"/>
+      <c r="FQ148" s="9"/>
+      <c r="FR148" s="9"/>
+      <c r="FS148" s="9"/>
+      <c r="FT148" s="9"/>
+      <c r="FU148" s="9"/>
+      <c r="FV148" s="9"/>
+      <c r="FW148" s="9"/>
+      <c r="FX148" s="9"/>
+      <c r="FY148" s="9"/>
+      <c r="FZ148" s="9"/>
+      <c r="GA148" s="9"/>
+      <c r="GB148" s="9"/>
+      <c r="GC148" s="9"/>
+      <c r="GD148" s="9"/>
+      <c r="GE148" s="9"/>
+      <c r="GF148" s="9"/>
+      <c r="GG148" s="9"/>
+      <c r="GH148" s="9"/>
+      <c r="GI148" s="9"/>
+      <c r="GJ148" s="9"/>
+      <c r="GK148" s="9"/>
+      <c r="GL148" s="9"/>
+      <c r="GM148" s="9"/>
+      <c r="GN148" s="9"/>
+      <c r="GO148" s="9"/>
+      <c r="GP148" s="9"/>
+      <c r="GQ148" s="9"/>
+      <c r="GR148" s="9"/>
+      <c r="GS148" s="9"/>
+      <c r="GT148" s="9"/>
+      <c r="GU148" s="9"/>
+      <c r="GV148" s="9"/>
+      <c r="GW148" s="9"/>
+      <c r="GX148" s="9"/>
+      <c r="GY148" s="9"/>
+      <c r="GZ148" s="9"/>
+      <c r="HA148" s="9"/>
+      <c r="HB148" s="9"/>
+      <c r="HC148" s="9"/>
+      <c r="HD148" s="9"/>
+      <c r="HE148" s="9"/>
+      <c r="HF148" s="9"/>
+      <c r="HG148" s="9"/>
+      <c r="HH148" s="9"/>
+      <c r="HI148" s="9"/>
+      <c r="HJ148" s="9"/>
+      <c r="HK148" s="9"/>
+      <c r="HL148" s="9"/>
+      <c r="HM148" s="9"/>
+      <c r="HN148" s="9"/>
+      <c r="HO148" s="9"/>
+      <c r="HP148" s="9"/>
+      <c r="HQ148" s="9"/>
+      <c r="HR148" s="9"/>
+      <c r="HS148" s="9"/>
+      <c r="HT148" s="9"/>
+      <c r="HU148" s="9"/>
+      <c r="HV148" s="9"/>
+      <c r="HW148" s="9"/>
+      <c r="HX148" s="9"/>
+      <c r="HY148" s="9"/>
+      <c r="HZ148" s="9"/>
+      <c r="IA148" s="9"/>
+      <c r="IB148" s="9"/>
+      <c r="IC148" s="9"/>
+      <c r="ID148" s="9"/>
+      <c r="IE148" s="9"/>
+      <c r="IF148" s="9"/>
+      <c r="IG148" s="9"/>
+      <c r="IH148" s="9"/>
+      <c r="II148" s="9"/>
+      <c r="IJ148" s="9"/>
+      <c r="IK148" s="9"/>
+      <c r="IL148" s="9"/>
+      <c r="IM148" s="9"/>
+      <c r="IN148" s="9"/>
+      <c r="IO148" s="9"/>
+      <c r="IP148" s="9"/>
+      <c r="IQ148" s="9"/>
+      <c r="IR148" s="9"/>
+      <c r="IS148" s="9"/>
+      <c r="IT148" s="9"/>
+      <c r="IU148" s="9"/>
+      <c r="IV148" s="9"/>
+      <c r="IW148" s="9"/>
+    </row>
+    <row r="149" spans="1:257" s="10" customFormat="1" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A149" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="B149" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C149" s="5">
+        <v>1841350386</v>
+      </c>
+      <c r="D149" s="5"/>
+      <c r="E149" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" s="6">
         <v>43451</v>
       </c>
-      <c r="G146" s="5"/>
-[...303 lines deleted...]
-      <c r="G149" s="5"/>
+      <c r="G149" s="4"/>
+      <c r="H149" s="4"/>
+      <c r="I149" s="4"/>
+      <c r="J149" s="4"/>
+      <c r="K149" s="4"/>
+      <c r="L149" s="4"/>
+      <c r="M149" s="4"/>
+      <c r="N149" s="4"/>
+      <c r="O149" s="4"/>
+      <c r="P149" s="4"/>
+      <c r="Q149" s="4"/>
+      <c r="R149" s="4"/>
+      <c r="S149" s="4"/>
+      <c r="T149" s="18"/>
+      <c r="U149" s="18"/>
+      <c r="V149" s="18"/>
+      <c r="W149" s="18"/>
+      <c r="X149" s="18"/>
+      <c r="Y149" s="18"/>
+      <c r="Z149" s="18"/>
+      <c r="AA149" s="18"/>
+      <c r="AB149" s="18"/>
+      <c r="AC149" s="18"/>
+      <c r="AD149" s="18"/>
+      <c r="AE149" s="18"/>
+      <c r="AF149" s="18"/>
+      <c r="AG149" s="18"/>
+      <c r="AH149" s="18"/>
+      <c r="AI149" s="18"/>
+      <c r="AJ149" s="18"/>
+      <c r="AK149" s="18"/>
+      <c r="AL149" s="18"/>
+      <c r="AM149" s="18"/>
+      <c r="AN149" s="18"/>
+      <c r="AO149" s="18"/>
+      <c r="AP149" s="18"/>
+      <c r="AQ149" s="18"/>
+      <c r="AR149" s="18"/>
+      <c r="AS149" s="18"/>
+      <c r="AT149" s="18"/>
+      <c r="AU149" s="18"/>
+      <c r="AV149" s="18"/>
+      <c r="AW149" s="18"/>
+      <c r="AX149" s="18"/>
+      <c r="AY149" s="18"/>
+      <c r="AZ149" s="18"/>
+      <c r="BA149" s="18"/>
+      <c r="BB149" s="18"/>
+      <c r="BC149" s="18"/>
+      <c r="BD149" s="18"/>
+      <c r="BE149" s="18"/>
+      <c r="BF149" s="18"/>
+      <c r="BG149" s="18"/>
+      <c r="BH149" s="18"/>
+      <c r="BI149" s="18"/>
+      <c r="BJ149" s="18"/>
+      <c r="BK149" s="18"/>
+      <c r="BL149" s="18"/>
+      <c r="BM149" s="18"/>
+      <c r="BN149" s="18"/>
+      <c r="BO149" s="18"/>
+      <c r="BP149" s="18"/>
+      <c r="BQ149" s="18"/>
+      <c r="BR149" s="18"/>
+      <c r="BS149" s="18"/>
+      <c r="BT149" s="18"/>
+      <c r="BU149" s="18"/>
+      <c r="BV149" s="18"/>
+      <c r="BW149" s="18"/>
+      <c r="BX149" s="18"/>
+      <c r="BY149" s="18"/>
+      <c r="BZ149" s="18"/>
+      <c r="CA149" s="18"/>
+      <c r="CB149" s="18"/>
+      <c r="CC149" s="18"/>
+      <c r="CD149" s="18"/>
+      <c r="CE149" s="18"/>
+      <c r="CF149" s="18"/>
+      <c r="CG149" s="18"/>
+      <c r="CH149" s="18"/>
+      <c r="CI149" s="18"/>
+      <c r="CJ149" s="18"/>
+      <c r="CK149" s="18"/>
+      <c r="CL149" s="18"/>
+      <c r="CM149" s="18"/>
+      <c r="CN149" s="18"/>
+      <c r="CO149" s="18"/>
+      <c r="CP149" s="18"/>
+      <c r="CQ149" s="18"/>
+      <c r="CR149" s="18"/>
+      <c r="CS149" s="18"/>
+      <c r="CT149" s="18"/>
+      <c r="CU149" s="18"/>
+      <c r="CV149" s="18"/>
+      <c r="CW149" s="18"/>
+      <c r="CX149" s="18"/>
+      <c r="CY149" s="18"/>
+      <c r="CZ149" s="18"/>
+      <c r="DA149" s="18"/>
+      <c r="DB149" s="18"/>
+      <c r="DC149" s="18"/>
+      <c r="DD149" s="18"/>
+      <c r="DE149" s="18"/>
+      <c r="DF149" s="18"/>
+      <c r="DG149" s="18"/>
+      <c r="DH149" s="18"/>
+      <c r="DI149" s="18"/>
+      <c r="DJ149" s="18"/>
+      <c r="DK149" s="18"/>
+      <c r="DL149" s="18"/>
+      <c r="DM149" s="18"/>
+      <c r="DN149" s="18"/>
+      <c r="DO149" s="18"/>
+      <c r="DP149" s="18"/>
+      <c r="DQ149" s="18"/>
+      <c r="DR149" s="18"/>
+      <c r="DS149" s="18"/>
+      <c r="DT149" s="18"/>
+      <c r="DU149" s="18"/>
+      <c r="DV149" s="18"/>
+      <c r="DW149" s="18"/>
+      <c r="DX149" s="18"/>
+      <c r="DY149" s="18"/>
+      <c r="DZ149" s="18"/>
+      <c r="EA149" s="18"/>
+      <c r="EB149" s="18"/>
+      <c r="EC149" s="18"/>
+      <c r="ED149" s="18"/>
+      <c r="EE149" s="18"/>
+      <c r="EF149" s="18"/>
+      <c r="EG149" s="18"/>
+      <c r="EH149" s="18"/>
+      <c r="EI149" s="18"/>
+      <c r="EJ149" s="18"/>
+      <c r="EK149" s="18"/>
+      <c r="EL149" s="18"/>
+      <c r="EM149" s="18"/>
+      <c r="EN149" s="18"/>
+      <c r="EO149" s="18"/>
+      <c r="EP149" s="18"/>
+      <c r="EQ149" s="18"/>
+      <c r="ER149" s="18"/>
+      <c r="ES149" s="18"/>
+      <c r="ET149" s="18"/>
+      <c r="EU149" s="18"/>
+      <c r="EV149" s="18"/>
+      <c r="EW149" s="18"/>
+      <c r="EX149" s="18"/>
+      <c r="EY149" s="18"/>
+      <c r="EZ149" s="18"/>
+      <c r="FA149" s="18"/>
+      <c r="FB149" s="18"/>
+      <c r="FC149" s="18"/>
+      <c r="FD149" s="18"/>
+      <c r="FE149" s="18"/>
+      <c r="FF149" s="18"/>
+      <c r="FG149" s="18"/>
+      <c r="FH149" s="18"/>
+      <c r="FI149" s="18"/>
+      <c r="FJ149" s="18"/>
+      <c r="FK149" s="18"/>
+      <c r="FL149" s="18"/>
+      <c r="FM149" s="18"/>
+      <c r="FN149" s="18"/>
+      <c r="FO149" s="18"/>
+      <c r="FP149" s="18"/>
+      <c r="FQ149" s="18"/>
+      <c r="FR149" s="18"/>
+      <c r="FS149" s="18"/>
+      <c r="FT149" s="18"/>
+      <c r="FU149" s="18"/>
+      <c r="FV149" s="18"/>
+      <c r="FW149" s="18"/>
+      <c r="FX149" s="18"/>
+      <c r="FY149" s="18"/>
+      <c r="FZ149" s="18"/>
+      <c r="GA149" s="18"/>
+      <c r="GB149" s="18"/>
+      <c r="GC149" s="18"/>
+      <c r="GD149" s="18"/>
+      <c r="GE149" s="18"/>
+      <c r="GF149" s="18"/>
+      <c r="GG149" s="18"/>
+      <c r="GH149" s="18"/>
+      <c r="GI149" s="18"/>
+      <c r="GJ149" s="18"/>
+      <c r="GK149" s="18"/>
+      <c r="GL149" s="18"/>
+      <c r="GM149" s="18"/>
+      <c r="GN149" s="18"/>
+      <c r="GO149" s="18"/>
+      <c r="GP149" s="18"/>
+      <c r="GQ149" s="18"/>
+      <c r="GR149" s="18"/>
+      <c r="GS149" s="18"/>
+      <c r="GT149" s="18"/>
+      <c r="GU149" s="18"/>
+      <c r="GV149" s="18"/>
+      <c r="GW149" s="18"/>
+      <c r="GX149" s="18"/>
+      <c r="GY149" s="18"/>
+      <c r="GZ149" s="18"/>
+      <c r="HA149" s="18"/>
+      <c r="HB149" s="18"/>
+      <c r="HC149" s="18"/>
+      <c r="HD149" s="18"/>
+      <c r="HE149" s="18"/>
+      <c r="HF149" s="18"/>
+      <c r="HG149" s="18"/>
+      <c r="HH149" s="18"/>
+      <c r="HI149" s="18"/>
+      <c r="HJ149" s="18"/>
+      <c r="HK149" s="18"/>
+      <c r="HL149" s="18"/>
+      <c r="HM149" s="18"/>
+      <c r="HN149" s="18"/>
+      <c r="HO149" s="18"/>
+      <c r="HP149" s="18"/>
+      <c r="HQ149" s="18"/>
+      <c r="HR149" s="18"/>
+      <c r="HS149" s="18"/>
+      <c r="HT149" s="18"/>
+      <c r="HU149" s="18"/>
+      <c r="HV149" s="18"/>
+      <c r="HW149" s="18"/>
+      <c r="HX149" s="18"/>
+      <c r="HY149" s="18"/>
+      <c r="HZ149" s="18"/>
+      <c r="IA149" s="18"/>
+      <c r="IB149" s="18"/>
+      <c r="IC149" s="18"/>
+      <c r="ID149" s="18"/>
+      <c r="IE149" s="18"/>
+      <c r="IF149" s="18"/>
+      <c r="IG149" s="18"/>
+      <c r="IH149" s="18"/>
+      <c r="II149" s="18"/>
+      <c r="IJ149" s="18"/>
+      <c r="IK149" s="18"/>
+      <c r="IL149" s="18"/>
+      <c r="IM149" s="18"/>
+      <c r="IN149" s="18"/>
+      <c r="IO149" s="18"/>
+      <c r="IP149" s="18"/>
+      <c r="IQ149" s="18"/>
+      <c r="IR149" s="18"/>
+      <c r="IS149" s="18"/>
+      <c r="IT149" s="18"/>
+      <c r="IU149" s="18"/>
+      <c r="IV149" s="18"/>
+      <c r="IW149" s="18"/>
     </row>
     <row r="150" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A150" s="5" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="C150" s="5" t="s">
-        <v>128</v>
+      <c r="C150" s="5">
+        <v>1457554727</v>
       </c>
       <c r="E150" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F150" s="6">
-        <v>43307</v>
+        <v>43451</v>
       </c>
       <c r="G150" s="5"/>
-    </row>
-    <row r="151" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="H150" s="17"/>
+      <c r="I150" s="17"/>
+      <c r="J150" s="17"/>
+      <c r="K150" s="17"/>
+      <c r="L150" s="17"/>
+      <c r="M150" s="17"/>
+      <c r="N150" s="17"/>
+      <c r="O150" s="17"/>
+      <c r="P150" s="17"/>
+      <c r="Q150" s="17"/>
+      <c r="R150" s="17"/>
+      <c r="S150" s="17"/>
+      <c r="T150" s="17"/>
+      <c r="U150" s="17"/>
+      <c r="V150" s="17"/>
+      <c r="W150" s="17"/>
+      <c r="X150" s="17"/>
+      <c r="Y150" s="17"/>
+      <c r="Z150" s="17"/>
+      <c r="AA150" s="17"/>
+      <c r="AB150" s="17"/>
+      <c r="AC150" s="17"/>
+      <c r="AD150" s="17"/>
+      <c r="AE150" s="17"/>
+      <c r="AF150" s="17"/>
+      <c r="AG150" s="17"/>
+      <c r="AH150" s="17"/>
+      <c r="AI150" s="17"/>
+      <c r="AJ150" s="17"/>
+      <c r="AK150" s="17"/>
+      <c r="AL150" s="17"/>
+      <c r="AM150" s="17"/>
+      <c r="AN150" s="17"/>
+      <c r="AO150" s="17"/>
+      <c r="AP150" s="17"/>
+      <c r="AQ150" s="17"/>
+      <c r="AR150" s="17"/>
+      <c r="AS150" s="17"/>
+      <c r="AT150" s="17"/>
+      <c r="AU150" s="17"/>
+      <c r="AV150" s="17"/>
+      <c r="AW150" s="17"/>
+      <c r="AX150" s="17"/>
+      <c r="AY150" s="17"/>
+      <c r="AZ150" s="17"/>
+      <c r="BA150" s="17"/>
+      <c r="BB150" s="17"/>
+      <c r="BC150" s="17"/>
+      <c r="BD150" s="17"/>
+      <c r="BE150" s="17"/>
+      <c r="BF150" s="17"/>
+      <c r="BG150" s="17"/>
+      <c r="BH150" s="17"/>
+      <c r="BI150" s="17"/>
+      <c r="BJ150" s="17"/>
+      <c r="BK150" s="17"/>
+      <c r="BL150" s="17"/>
+      <c r="BM150" s="17"/>
+      <c r="BN150" s="17"/>
+      <c r="BO150" s="17"/>
+      <c r="BP150" s="17"/>
+      <c r="BQ150" s="17"/>
+      <c r="BR150" s="17"/>
+      <c r="BS150" s="17"/>
+      <c r="BT150" s="17"/>
+      <c r="BU150" s="17"/>
+      <c r="BV150" s="17"/>
+      <c r="BW150" s="17"/>
+      <c r="BX150" s="17"/>
+      <c r="BY150" s="17"/>
+      <c r="BZ150" s="17"/>
+      <c r="CA150" s="17"/>
+      <c r="CB150" s="17"/>
+      <c r="CC150" s="17"/>
+      <c r="CD150" s="17"/>
+      <c r="CE150" s="17"/>
+      <c r="CF150" s="17"/>
+      <c r="CG150" s="17"/>
+      <c r="CH150" s="17"/>
+      <c r="CI150" s="17"/>
+      <c r="CJ150" s="17"/>
+      <c r="CK150" s="17"/>
+      <c r="CL150" s="17"/>
+      <c r="CM150" s="17"/>
+      <c r="CN150" s="17"/>
+      <c r="CO150" s="17"/>
+      <c r="CP150" s="17"/>
+      <c r="CQ150" s="17"/>
+      <c r="CR150" s="17"/>
+      <c r="CS150" s="17"/>
+      <c r="CT150" s="17"/>
+      <c r="CU150" s="17"/>
+      <c r="CV150" s="17"/>
+      <c r="CW150" s="17"/>
+      <c r="CX150" s="17"/>
+      <c r="CY150" s="17"/>
+      <c r="CZ150" s="17"/>
+      <c r="DA150" s="17"/>
+      <c r="DB150" s="17"/>
+      <c r="DC150" s="17"/>
+      <c r="DD150" s="17"/>
+      <c r="DE150" s="17"/>
+      <c r="DF150" s="17"/>
+      <c r="DG150" s="17"/>
+      <c r="DH150" s="17"/>
+      <c r="DI150" s="17"/>
+      <c r="DJ150" s="17"/>
+      <c r="DK150" s="17"/>
+      <c r="DL150" s="17"/>
+      <c r="DM150" s="17"/>
+      <c r="DN150" s="17"/>
+      <c r="DO150" s="17"/>
+      <c r="DP150" s="17"/>
+      <c r="DQ150" s="17"/>
+      <c r="DR150" s="17"/>
+      <c r="DS150" s="17"/>
+      <c r="DT150" s="17"/>
+      <c r="DU150" s="17"/>
+      <c r="DV150" s="17"/>
+      <c r="DW150" s="17"/>
+      <c r="DX150" s="17"/>
+      <c r="DY150" s="17"/>
+      <c r="DZ150" s="17"/>
+      <c r="EA150" s="17"/>
+      <c r="EB150" s="17"/>
+      <c r="EC150" s="17"/>
+      <c r="ED150" s="17"/>
+      <c r="EE150" s="17"/>
+      <c r="EF150" s="17"/>
+      <c r="EG150" s="17"/>
+      <c r="EH150" s="17"/>
+      <c r="EI150" s="17"/>
+      <c r="EJ150" s="17"/>
+      <c r="EK150" s="17"/>
+      <c r="EL150" s="17"/>
+      <c r="EM150" s="17"/>
+      <c r="EN150" s="17"/>
+      <c r="EO150" s="17"/>
+      <c r="EP150" s="17"/>
+      <c r="EQ150" s="17"/>
+      <c r="ER150" s="17"/>
+      <c r="ES150" s="17"/>
+      <c r="ET150" s="17"/>
+      <c r="EU150" s="17"/>
+      <c r="EV150" s="17"/>
+      <c r="EW150" s="17"/>
+      <c r="EX150" s="17"/>
+      <c r="EY150" s="17"/>
+      <c r="EZ150" s="17"/>
+      <c r="FA150" s="17"/>
+      <c r="FB150" s="17"/>
+      <c r="FC150" s="17"/>
+      <c r="FD150" s="17"/>
+      <c r="FE150" s="17"/>
+      <c r="FF150" s="17"/>
+      <c r="FG150" s="17"/>
+      <c r="FH150" s="17"/>
+      <c r="FI150" s="17"/>
+      <c r="FJ150" s="17"/>
+      <c r="FK150" s="17"/>
+      <c r="FL150" s="17"/>
+      <c r="FM150" s="17"/>
+      <c r="FN150" s="17"/>
+      <c r="FO150" s="17"/>
+      <c r="FP150" s="17"/>
+      <c r="FQ150" s="17"/>
+      <c r="FR150" s="17"/>
+      <c r="FS150" s="17"/>
+      <c r="FT150" s="17"/>
+      <c r="FU150" s="17"/>
+      <c r="FV150" s="17"/>
+      <c r="FW150" s="17"/>
+      <c r="FX150" s="17"/>
+      <c r="FY150" s="17"/>
+      <c r="FZ150" s="17"/>
+      <c r="GA150" s="17"/>
+      <c r="GB150" s="17"/>
+      <c r="GC150" s="17"/>
+      <c r="GD150" s="17"/>
+      <c r="GE150" s="17"/>
+      <c r="GF150" s="17"/>
+      <c r="GG150" s="17"/>
+      <c r="GH150" s="17"/>
+      <c r="GI150" s="17"/>
+      <c r="GJ150" s="17"/>
+      <c r="GK150" s="17"/>
+      <c r="GL150" s="17"/>
+      <c r="GM150" s="17"/>
+      <c r="GN150" s="17"/>
+      <c r="GO150" s="17"/>
+      <c r="GP150" s="17"/>
+      <c r="GQ150" s="17"/>
+      <c r="GR150" s="17"/>
+      <c r="GS150" s="17"/>
+      <c r="GT150" s="17"/>
+      <c r="GU150" s="17"/>
+      <c r="GV150" s="17"/>
+      <c r="GW150" s="17"/>
+      <c r="GX150" s="17"/>
+      <c r="GY150" s="17"/>
+      <c r="GZ150" s="17"/>
+      <c r="HA150" s="17"/>
+      <c r="HB150" s="17"/>
+      <c r="HC150" s="17"/>
+      <c r="HD150" s="17"/>
+      <c r="HE150" s="17"/>
+      <c r="HF150" s="17"/>
+      <c r="HG150" s="17"/>
+      <c r="HH150" s="17"/>
+      <c r="HI150" s="17"/>
+      <c r="HJ150" s="17"/>
+      <c r="HK150" s="17"/>
+      <c r="HL150" s="17"/>
+      <c r="HM150" s="17"/>
+      <c r="HN150" s="17"/>
+      <c r="HO150" s="17"/>
+      <c r="HP150" s="17"/>
+      <c r="HQ150" s="17"/>
+      <c r="HR150" s="17"/>
+      <c r="HS150" s="17"/>
+      <c r="HT150" s="17"/>
+      <c r="HU150" s="17"/>
+      <c r="HV150" s="17"/>
+      <c r="HW150" s="17"/>
+      <c r="HX150" s="17"/>
+      <c r="HY150" s="17"/>
+      <c r="HZ150" s="17"/>
+      <c r="IA150" s="17"/>
+      <c r="IB150" s="17"/>
+      <c r="IC150" s="17"/>
+      <c r="ID150" s="17"/>
+      <c r="IE150" s="17"/>
+      <c r="IF150" s="17"/>
+      <c r="IG150" s="17"/>
+      <c r="IH150" s="17"/>
+      <c r="II150" s="17"/>
+      <c r="IJ150" s="17"/>
+      <c r="IK150" s="17"/>
+      <c r="IL150" s="17"/>
+      <c r="IM150" s="17"/>
+      <c r="IN150" s="17"/>
+      <c r="IO150" s="17"/>
+      <c r="IP150" s="17"/>
+      <c r="IQ150" s="17"/>
+      <c r="IR150" s="17"/>
+      <c r="IS150" s="17"/>
+      <c r="IT150" s="17"/>
+      <c r="IU150" s="17"/>
+      <c r="IV150" s="17"/>
+      <c r="IW150" s="17"/>
+    </row>
+    <row r="151" spans="1:257" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A151" s="5" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="B151" s="5" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>123</v>
+      </c>
+      <c r="C151" s="5">
+        <v>1538575295</v>
       </c>
       <c r="E151" s="5" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="F151" s="6">
-        <v>43307</v>
+        <v>43405</v>
       </c>
       <c r="G151" s="5"/>
     </row>
     <row r="152" spans="1:257" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A152" s="5" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>104</v>
+        <v>121</v>
       </c>
       <c r="C152" s="5">
-        <v>1629479688</v>
-[...1 lines deleted...]
-      <c r="E152" s="3" t="s">
+        <v>1538575295</v>
+      </c>
+      <c r="E152" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="F152" s="6">
+        <v>43405</v>
+      </c>
+      <c r="G152" s="5"/>
+    </row>
+    <row r="153" spans="1:257" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A153" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="B153" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C153" s="5">
+        <v>1295852473</v>
+      </c>
+      <c r="E153" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="F152" s="6">
-[...14 lines deleted...]
-      <c r="E153" s="5" t="s">
+      <c r="F153" s="6">
+        <v>43341</v>
+      </c>
+      <c r="G153" s="5"/>
+    </row>
+    <row r="154" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A154" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="B154" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C154" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="E154" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="F153" s="6">
-[...16 lines deleted...]
-      </c>
       <c r="F154" s="6">
-        <v>43189</v>
+        <v>43307</v>
       </c>
       <c r="G154" s="5"/>
     </row>
     <row r="155" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A155" s="5" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C155" s="5">
-        <v>1417938069</v>
+      <c r="C155" s="5" t="s">
+        <v>126</v>
       </c>
       <c r="E155" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F155" s="6">
-        <v>43162</v>
+        <v>43307</v>
       </c>
       <c r="G155" s="5"/>
     </row>
-    <row r="156" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="156" spans="1:257" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A156" s="5" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>50</v>
+        <v>104</v>
       </c>
       <c r="C156" s="5">
-        <v>1447237854</v>
-[...1 lines deleted...]
-      <c r="E156" s="5" t="s">
+        <v>1629479688</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F156" s="6">
+        <v>43300</v>
+      </c>
+      <c r="G156" s="5"/>
+    </row>
+    <row r="157" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A157" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="B157" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C157" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="E157" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="F156" s="6">
-[...16 lines deleted...]
-      </c>
       <c r="F157" s="6">
-        <v>43126</v>
+        <v>43294</v>
       </c>
       <c r="G157" s="5"/>
     </row>
     <row r="158" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A158" s="5" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="B158" s="5" t="s">
-        <v>137</v>
+        <v>14</v>
       </c>
       <c r="C158" s="5">
-        <v>1992794549</v>
+        <v>1386713535</v>
       </c>
       <c r="E158" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F158" s="6">
-        <v>43125</v>
+        <v>43189</v>
       </c>
       <c r="G158" s="5"/>
     </row>
-    <row r="159" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="159" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A159" s="5" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5">
-        <v>1740237536</v>
+        <v>1417938069</v>
       </c>
       <c r="E159" s="5" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F159" s="6">
-        <v>43061</v>
+        <v>43162</v>
       </c>
       <c r="G159" s="5"/>
     </row>
     <row r="160" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A160" s="5" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="B160" s="5" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="C160" s="5">
-        <v>1982880175</v>
+        <v>1447237854</v>
       </c>
       <c r="E160" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F160" s="6">
-        <v>43056</v>
+        <v>43162</v>
       </c>
       <c r="G160" s="5"/>
     </row>
-    <row r="161" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="161" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A161" s="5" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="B161" s="5" t="s">
-        <v>141</v>
+        <v>68</v>
       </c>
       <c r="C161" s="5">
-        <v>1679844161</v>
+        <v>1104846195</v>
       </c>
       <c r="E161" s="5" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F161" s="6">
-        <v>43026</v>
+        <v>43126</v>
       </c>
       <c r="G161" s="5"/>
     </row>
-    <row r="162" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="162" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A162" s="5" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="B162" s="5" t="s">
-        <v>14</v>
+        <v>137</v>
       </c>
       <c r="C162" s="5">
-        <v>1760589816</v>
+        <v>1992794549</v>
       </c>
       <c r="E162" s="5" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F162" s="6">
-        <v>43008</v>
+        <v>43125</v>
       </c>
       <c r="G162" s="5"/>
     </row>
     <row r="163" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A163" s="5" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B163" s="5" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="C163" s="5">
-        <v>1205992989</v>
+        <v>1740237536</v>
       </c>
       <c r="E163" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="F163" s="6">
-        <v>43007</v>
+        <v>43061</v>
       </c>
       <c r="G163" s="5"/>
     </row>
-    <row r="164" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="164" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A164" s="5" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B164" s="5" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="C164" s="5">
-        <v>1902825441</v>
+        <v>1982880175</v>
       </c>
       <c r="E164" s="5" t="s">
-        <v>144</v>
+        <v>20</v>
       </c>
       <c r="F164" s="6">
-        <v>43007</v>
+        <v>43056</v>
       </c>
       <c r="G164" s="5"/>
     </row>
-    <row r="165" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="165" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A165" s="5" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="B165" s="5" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="C165" s="5">
-        <v>1609864990</v>
+        <v>1679844161</v>
       </c>
       <c r="E165" s="5" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F165" s="6">
-        <v>42937</v>
+        <v>43026</v>
       </c>
       <c r="G165" s="5"/>
     </row>
-    <row r="166" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="166" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A166" s="5" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5">
-        <v>1972587996</v>
+        <v>1760589816</v>
       </c>
       <c r="E166" s="5" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F166" s="6">
-        <v>42930</v>
+        <v>43008</v>
       </c>
       <c r="G166" s="5"/>
     </row>
     <row r="167" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A167" s="5" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="B167" s="5" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="C167" s="5">
-        <v>1275591497</v>
+        <v>1205992989</v>
       </c>
       <c r="E167" s="5" t="s">
-        <v>15</v>
+        <v>144</v>
       </c>
       <c r="F167" s="6">
-        <v>42927</v>
+        <v>43007</v>
       </c>
       <c r="G167" s="5"/>
     </row>
     <row r="168" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A168" s="5" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5">
+        <v>1902825441</v>
+      </c>
+      <c r="E168" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="F168" s="6">
+        <v>43007</v>
+      </c>
+      <c r="G168" s="5"/>
+    </row>
+    <row r="169" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A169" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="B169" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="C169" s="5">
+        <v>1609864990</v>
+      </c>
+      <c r="E169" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F169" s="6">
+        <v>42937</v>
+      </c>
+      <c r="G169" s="5"/>
+    </row>
+    <row r="170" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A170" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="B170" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C170" s="5">
+        <v>1972587996</v>
+      </c>
+      <c r="E170" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F170" s="6">
+        <v>42930</v>
+      </c>
+      <c r="G170" s="5"/>
+    </row>
+    <row r="171" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A171" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="B171" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C171" s="5">
+        <v>1275591497</v>
+      </c>
+      <c r="E171" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F171" s="6">
+        <v>42927</v>
+      </c>
+      <c r="G171" s="5"/>
+    </row>
+    <row r="172" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A172" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="B172" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C172" s="5">
         <v>1083600704</v>
       </c>
-      <c r="E168" s="5" t="s">
+      <c r="E172" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="F168" s="6">
+      <c r="F172" s="6">
         <v>42866</v>
       </c>
     </row>
-    <row r="169" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A169" s="5" t="s">
+    <row r="173" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A173" s="5" t="s">
         <v>151</v>
       </c>
-      <c r="B169" s="5" t="s">
+      <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="E169" s="5" t="s">
+      <c r="E173" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="F169" s="6">
+      <c r="F173" s="6">
         <v>42853</v>
       </c>
-      <c r="G169" s="5"/>
-[...2 lines deleted...]
-      <c r="A170" s="5" t="s">
+      <c r="G173" s="5"/>
+    </row>
+    <row r="174" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A174" s="5" t="s">
         <v>152</v>
       </c>
-      <c r="B170" s="5" t="s">
+      <c r="B174" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="C170" s="5">
+      <c r="C174" s="5">
         <v>1205191236</v>
       </c>
-      <c r="E170" s="5" t="s">
+      <c r="E174" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="F170" s="6">
+      <c r="F174" s="6">
         <v>42758</v>
       </c>
-      <c r="G170" s="5"/>
-[...2 lines deleted...]
-      <c r="A171" s="5" t="s">
+      <c r="G174" s="5"/>
+    </row>
+    <row r="175" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A175" s="5" t="s">
         <v>155</v>
       </c>
-      <c r="B171" s="5" t="s">
+      <c r="B175" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="C171" s="5">
+      <c r="C175" s="5">
         <v>1871962084</v>
       </c>
-      <c r="E171" s="5" t="s">
+      <c r="E175" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="F171" s="6">
+      <c r="F175" s="6">
         <v>42723</v>
-      </c>
-[...70 lines deleted...]
-        <v>42516</v>
       </c>
       <c r="G175" s="5"/>
     </row>
     <row r="176" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A176" s="5" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B176" s="5" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="C176" s="5">
-        <v>1285709501</v>
+        <v>1720427123</v>
       </c>
       <c r="E176" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F176" s="6">
-        <v>42516</v>
+        <v>42650</v>
       </c>
       <c r="G176" s="5"/>
     </row>
     <row r="177" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A177" s="5" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="B177" s="5" t="s">
-        <v>14</v>
+        <v>158</v>
       </c>
       <c r="C177" s="5">
-        <v>1629059985</v>
+        <v>1891837126</v>
       </c>
       <c r="E177" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F177" s="6">
-        <v>42495</v>
+        <v>42643</v>
       </c>
       <c r="G177" s="5"/>
     </row>
-    <row r="178" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="178" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A178" s="5" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="B178" s="5" t="s">
-        <v>158</v>
+        <v>68</v>
       </c>
       <c r="C178" s="5">
-        <v>1750508016</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>1801010400</v>
+      </c>
+      <c r="E178" s="5" t="s">
+        <v>15</v>
       </c>
       <c r="F178" s="6">
-        <v>42492</v>
+        <v>42541</v>
       </c>
       <c r="G178" s="5"/>
     </row>
     <row r="179" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A179" s="5" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="5">
-        <v>1699978734</v>
+        <v>1629067301</v>
       </c>
       <c r="E179" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="6">
-        <v>42411</v>
+        <v>42516</v>
       </c>
       <c r="G179" s="5"/>
     </row>
-    <row r="180" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="180" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A180" s="5" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="5">
-        <v>1225029275</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>1285709501</v>
+      </c>
+      <c r="E180" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="F180" s="6">
-        <v>42376</v>
+        <v>42516</v>
       </c>
       <c r="G180" s="5"/>
     </row>
     <row r="181" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A181" s="5" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="B181" s="5" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>14</v>
+      </c>
+      <c r="C181" s="5">
+        <v>1629059985</v>
       </c>
       <c r="E181" s="5" t="s">
-        <v>168</v>
+        <v>15</v>
       </c>
       <c r="F181" s="6">
-        <v>42356</v>
+        <v>42495</v>
       </c>
       <c r="G181" s="5"/>
     </row>
     <row r="182" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A182" s="5" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="B182" s="5" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>170</v>
+        <v>158</v>
+      </c>
+      <c r="C182" s="5">
+        <v>1750508016</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>300</v>
       </c>
       <c r="F182" s="6">
-        <v>42341</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+        <v>42492</v>
+      </c>
+      <c r="G182" s="5"/>
+    </row>
+    <row r="183" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A183" s="5" t="s">
-        <v>171</v>
+        <v>164</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="E183" s="3" t="s">
-        <v>300</v>
+      <c r="C183" s="5">
+        <v>1699978734</v>
+      </c>
+      <c r="E183" s="5" t="s">
+        <v>15</v>
       </c>
       <c r="F183" s="6">
-        <v>42285</v>
+        <v>42411</v>
       </c>
       <c r="G183" s="5"/>
     </row>
-    <row r="184" spans="1:7" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="184" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A184" s="5" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C184" s="5" t="s">
-        <v>173</v>
+      <c r="C184" s="5">
+        <v>1225029275</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>300</v>
       </c>
       <c r="F184" s="6">
-        <v>42271</v>
+        <v>42376</v>
       </c>
       <c r="G184" s="5"/>
     </row>
-    <row r="185" spans="1:7" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="185" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A185" s="5" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="B185" s="5" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="C185" s="5" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="E185" s="5" t="s">
-        <v>20</v>
+        <v>168</v>
       </c>
       <c r="F185" s="6">
-        <v>42269</v>
+        <v>42356</v>
       </c>
       <c r="G185" s="5"/>
     </row>
-    <row r="186" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="186" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A186" s="5" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C186" s="5">
-[...3 lines deleted...]
-        <v>15</v>
+      <c r="C186" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>300</v>
       </c>
       <c r="F186" s="6">
-        <v>42257</v>
-[...1 lines deleted...]
-      <c r="G186" s="5"/>
+        <v>42341</v>
+      </c>
     </row>
     <row r="187" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A187" s="5" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="B187" s="5" t="s">
-        <v>158</v>
-[...5 lines deleted...]
-        <v>89</v>
+        <v>14</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>300</v>
       </c>
       <c r="F187" s="6">
-        <v>42205</v>
+        <v>42285</v>
       </c>
       <c r="G187" s="5"/>
     </row>
-    <row r="188" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="188" spans="1:7" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A188" s="5" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="B188" s="5" t="s">
-        <v>112</v>
-[...5 lines deleted...]
-        <v>89</v>
+        <v>14</v>
+      </c>
+      <c r="C188" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="E188" s="3" t="s">
+        <v>300</v>
       </c>
       <c r="F188" s="6">
-        <v>42205</v>
+        <v>42271</v>
       </c>
       <c r="G188" s="5"/>
     </row>
-    <row r="189" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="189" spans="1:7" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A189" s="5" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="B189" s="5" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>300</v>
+        <v>153</v>
+      </c>
+      <c r="C189" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="E189" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="F189" s="6">
-        <v>42139</v>
+        <v>42269</v>
       </c>
       <c r="G189" s="5"/>
     </row>
     <row r="190" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A190" s="5" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="B190" s="5" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="C190" s="5">
-        <v>1619202140</v>
+        <v>1780891440</v>
       </c>
       <c r="E190" s="5" t="s">
-        <v>181</v>
+        <v>15</v>
       </c>
       <c r="F190" s="6">
-        <v>42125</v>
+        <v>42257</v>
       </c>
       <c r="G190" s="5"/>
     </row>
     <row r="191" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A191" s="5" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="B191" s="5" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="C191" s="5">
-        <v>1124222336</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>1659355840</v>
+      </c>
+      <c r="E191" s="5" t="s">
+        <v>89</v>
       </c>
       <c r="F191" s="6">
-        <v>42125</v>
+        <v>42205</v>
       </c>
       <c r="G191" s="5"/>
     </row>
     <row r="192" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A192" s="5" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="B192" s="5" t="s">
-        <v>68</v>
+        <v>112</v>
       </c>
       <c r="C192" s="5">
-        <v>1790792919</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>1932243110</v>
+      </c>
+      <c r="E192" s="5" t="s">
+        <v>89</v>
       </c>
       <c r="F192" s="6">
-        <v>42118</v>
+        <v>42205</v>
       </c>
       <c r="G192" s="5"/>
     </row>
     <row r="193" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A193" s="5" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="B193" s="5" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="C193" s="5">
-        <v>1235356676</v>
+        <v>1992763510</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>300</v>
       </c>
       <c r="F193" s="6">
+        <v>42139</v>
+      </c>
+      <c r="G193" s="5"/>
+    </row>
+    <row r="194" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A194" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="B194" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C194" s="5">
+        <v>1619202140</v>
+      </c>
+      <c r="E194" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="F194" s="6">
+        <v>42125</v>
+      </c>
+      <c r="G194" s="5"/>
+    </row>
+    <row r="195" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A195" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="B195" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="C195" s="5">
+        <v>1124222336</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F195" s="6">
+        <v>42125</v>
+      </c>
+      <c r="G195" s="5"/>
+    </row>
+    <row r="196" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A196" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="B196" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="C196" s="5">
+        <v>1790792919</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F196" s="6">
+        <v>42118</v>
+      </c>
+      <c r="G196" s="5"/>
+    </row>
+    <row r="197" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A197" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="B197" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="C197" s="5">
+        <v>1235356676</v>
+      </c>
+      <c r="E197" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F197" s="6">
         <v>42083</v>
       </c>
-      <c r="G193" s="5"/>
-[...2 lines deleted...]
-      <c r="A194" s="5" t="s">
+      <c r="G197" s="5"/>
+    </row>
+    <row r="198" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A198" s="5" t="s">
         <v>186</v>
       </c>
-      <c r="B194" s="5" t="s">
+      <c r="B198" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="C194" s="5">
+      <c r="C198" s="5">
         <v>1235339300</v>
       </c>
-      <c r="E194" s="5" t="s">
+      <c r="E198" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="F194" s="6">
+      <c r="F198" s="6">
         <v>41991</v>
-      </c>
-[...70 lines deleted...]
-        <v>41927</v>
       </c>
       <c r="G198" s="5"/>
     </row>
     <row r="199" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A199" s="5" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="B199" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C199" s="5">
-        <v>1538113477</v>
+        <v>1083633580</v>
       </c>
       <c r="E199" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F199" s="6">
-        <v>41926</v>
+        <v>41990</v>
       </c>
       <c r="G199" s="5"/>
     </row>
     <row r="200" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A200" s="5" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="B200" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C200" s="5">
-        <v>1528137312</v>
+        <v>1912095589</v>
       </c>
       <c r="E200" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F200" s="6">
-        <v>41920</v>
+        <v>41976</v>
       </c>
       <c r="G200" s="5"/>
     </row>
     <row r="201" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A201" s="5" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="B201" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C201" s="5">
-        <v>1881781615</v>
+        <v>1063484426</v>
       </c>
       <c r="E201" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="F201" s="6">
-        <v>41891</v>
+        <v>41957</v>
       </c>
       <c r="G201" s="5"/>
     </row>
     <row r="202" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A202" s="5" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="B202" s="5" t="s">
         <v>68</v>
       </c>
       <c r="C202" s="5">
-        <v>1548321235</v>
+        <v>1184784969</v>
       </c>
       <c r="E202" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F202" s="6">
-        <v>41888</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+        <v>41927</v>
+      </c>
+      <c r="G202" s="5"/>
+    </row>
+    <row r="203" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A203" s="5" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="B203" s="5" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>14</v>
+      </c>
+      <c r="C203" s="5">
+        <v>1538113477</v>
+      </c>
+      <c r="E203" s="5" t="s">
+        <v>15</v>
       </c>
       <c r="F203" s="6">
-        <v>41877</v>
+        <v>41926</v>
       </c>
       <c r="G203" s="5"/>
     </row>
-    <row r="204" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="204" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A204" s="5" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="B204" s="5" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C204" s="5">
-        <v>1063739787</v>
+        <v>1528137312</v>
       </c>
       <c r="E204" s="5" t="s">
-        <v>89</v>
+        <v>15</v>
       </c>
       <c r="F204" s="6">
-        <v>41846</v>
+        <v>41920</v>
       </c>
       <c r="G204" s="5"/>
     </row>
-    <row r="205" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="205" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A205" s="5" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C205" s="5">
-        <v>1427004233</v>
-[...1 lines deleted...]
-      <c r="E205" s="3" t="s">
+        <v>1881781615</v>
+      </c>
+      <c r="E205" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="F205" s="6">
+        <v>41891</v>
+      </c>
+      <c r="G205" s="5"/>
+    </row>
+    <row r="206" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A206" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="B206" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="C206" s="5">
+        <v>1548321235</v>
+      </c>
+      <c r="E206" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F206" s="6">
+        <v>41888</v>
+      </c>
+    </row>
+    <row r="207" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A207" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="B207" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="E207" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="F205" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="F207" s="6">
-        <v>41731</v>
+        <v>41877</v>
       </c>
       <c r="G207" s="5"/>
     </row>
-    <row r="208" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="208" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A208" s="5" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="B208" s="5" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="C208" s="5">
-        <v>1780737957</v>
+        <v>1063739787</v>
       </c>
       <c r="E208" s="5" t="s">
-        <v>15</v>
+        <v>89</v>
       </c>
       <c r="F208" s="6">
-        <v>41724</v>
+        <v>41846</v>
       </c>
       <c r="G208" s="5"/>
     </row>
     <row r="209" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A209" s="5" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="B209" s="5" t="s">
-        <v>112</v>
+        <v>14</v>
       </c>
       <c r="C209" s="5">
-        <v>1992837470</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>1427004233</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>300</v>
       </c>
       <c r="F209" s="6">
-        <v>41719</v>
+        <v>41762</v>
       </c>
       <c r="G209" s="5"/>
     </row>
-    <row r="210" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="210" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A210" s="5" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="B210" s="5" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C210" s="5">
-        <v>1083765242</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>1164475638</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>300</v>
       </c>
       <c r="F210" s="6">
-        <v>41705</v>
+        <v>41739</v>
       </c>
       <c r="G210" s="5"/>
     </row>
     <row r="211" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A211" s="5" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="B211" s="5" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="C211" s="5">
-        <v>1003855347</v>
+        <v>1063465425</v>
       </c>
       <c r="E211" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F211" s="6">
-        <v>41698</v>
+        <v>41731</v>
       </c>
       <c r="G211" s="5"/>
     </row>
     <row r="212" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A212" s="5" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="B212" s="5" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="C212" s="5">
-        <v>1083776728</v>
+        <v>1780737957</v>
       </c>
       <c r="E212" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F212" s="6">
-        <v>41675</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+        <v>41724</v>
+      </c>
+      <c r="G212" s="5"/>
+    </row>
+    <row r="213" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A213" s="5" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="B213" s="5" t="s">
-        <v>14</v>
+        <v>112</v>
+      </c>
+      <c r="C213" s="5">
+        <v>1992837470</v>
       </c>
       <c r="E213" s="5" t="s">
-        <v>15</v>
+        <v>89</v>
       </c>
       <c r="F213" s="6">
-        <v>41647</v>
+        <v>41719</v>
       </c>
       <c r="G213" s="5"/>
     </row>
     <row r="214" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A214" s="5" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="B214" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C214" s="5">
+        <v>1083765242</v>
+      </c>
+      <c r="E214" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="F214" s="6">
+        <v>41705</v>
+      </c>
+      <c r="G214" s="5"/>
+    </row>
+    <row r="215" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A215" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="B215" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C214" s="5">
-[...16 lines deleted...]
-      </c>
       <c r="C215" s="5">
-        <v>1063623031</v>
+        <v>1003855347</v>
       </c>
       <c r="E215" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F215" s="6">
-        <v>41563</v>
+        <v>41698</v>
       </c>
       <c r="G215" s="5"/>
     </row>
     <row r="216" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A216" s="15" t="s">
-        <v>207</v>
+      <c r="A216" s="5" t="s">
+        <v>204</v>
       </c>
       <c r="B216" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="C216" s="11">
-[...2 lines deleted...]
-      <c r="D216" s="11"/>
+      <c r="C216" s="5">
+        <v>1083776728</v>
+      </c>
       <c r="E216" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F216" s="6">
-        <v>41563</v>
+        <v>41675</v>
       </c>
     </row>
     <row r="217" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A217" s="5" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="B217" s="5" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>1740225861</v>
+        <v>14</v>
       </c>
       <c r="E217" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F217" s="6">
-        <v>41544</v>
+        <v>41647</v>
       </c>
       <c r="G217" s="5"/>
     </row>
     <row r="218" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A218" s="5" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="B218" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C218" s="5">
-        <v>1497845234</v>
+        <v>1568461028</v>
       </c>
       <c r="E218" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F218" s="6">
-        <v>41528</v>
+        <v>41626</v>
       </c>
       <c r="G218" s="5"/>
     </row>
     <row r="219" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A219" s="5" t="s">
-        <v>211</v>
+      <c r="A219" s="7" t="s">
+        <v>208</v>
       </c>
       <c r="B219" s="5" t="s">
-        <v>14</v>
+        <v>68</v>
       </c>
       <c r="C219" s="5">
-        <v>1457301327</v>
+        <v>1063623031</v>
       </c>
       <c r="E219" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F219" s="6">
-        <v>41500</v>
+        <v>41563</v>
       </c>
       <c r="G219" s="5"/>
     </row>
     <row r="220" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A220" s="5" t="s">
-        <v>213</v>
+      <c r="A220" s="15" t="s">
+        <v>207</v>
       </c>
       <c r="B220" s="5" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="C220" s="11">
+        <v>1063623031</v>
+      </c>
+      <c r="D220" s="11"/>
       <c r="E220" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F220" s="6">
-        <v>41457</v>
-[...1 lines deleted...]
-      <c r="G220" s="5"/>
+        <v>41563</v>
+      </c>
     </row>
     <row r="221" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A221" s="5" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="B221" s="5" t="s">
-        <v>123</v>
+        <v>68</v>
       </c>
       <c r="C221" s="5">
-        <v>1043527112</v>
+        <v>1740225861</v>
       </c>
       <c r="E221" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F221" s="6">
-        <v>41457</v>
+        <v>41544</v>
       </c>
       <c r="G221" s="5"/>
     </row>
     <row r="222" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A222" s="5" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="B222" s="5" t="s">
-        <v>50</v>
+        <v>14</v>
+      </c>
+      <c r="C222" s="5">
+        <v>1497845234</v>
       </c>
       <c r="E222" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F222" s="6">
-        <v>41426</v>
+        <v>41528</v>
       </c>
       <c r="G222" s="5"/>
     </row>
     <row r="223" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A223" s="5" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="B223" s="5" t="s">
-        <v>68</v>
+        <v>14</v>
       </c>
       <c r="C223" s="5">
-        <v>1871716290</v>
+        <v>1457301327</v>
       </c>
       <c r="E223" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F223" s="6">
-        <v>41426</v>
-      </c>
+        <v>41500</v>
+      </c>
+      <c r="G223" s="5"/>
     </row>
     <row r="224" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A224" s="5" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="B224" s="5" t="s">
-        <v>217</v>
+        <v>123</v>
       </c>
       <c r="C224" s="5">
-        <v>1568598456</v>
+        <v>1578813143</v>
       </c>
       <c r="E224" s="5" t="s">
-        <v>181</v>
+        <v>15</v>
       </c>
       <c r="F224" s="6">
-        <v>41418</v>
+        <v>41457</v>
       </c>
       <c r="G224" s="5"/>
     </row>
     <row r="225" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A225" s="5" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="B225" s="5" t="s">
-        <v>25</v>
+        <v>123</v>
       </c>
       <c r="C225" s="5">
-        <v>1013082239</v>
+        <v>1043527112</v>
       </c>
       <c r="E225" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F225" s="6">
-        <v>41404</v>
+        <v>41457</v>
       </c>
       <c r="G225" s="5"/>
     </row>
     <row r="226" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A226" s="5" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="B226" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>1285622332</v>
+        <v>50</v>
       </c>
       <c r="E226" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F226" s="6">
-        <v>41404</v>
+        <v>41426</v>
       </c>
       <c r="G226" s="5"/>
     </row>
     <row r="227" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A227" s="5" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="B227" s="5" t="s">
-        <v>123</v>
+        <v>68</v>
       </c>
       <c r="C227" s="5">
-        <v>1134238355</v>
+        <v>1871716290</v>
       </c>
       <c r="E227" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F227" s="6">
-        <v>41401</v>
-[...1 lines deleted...]
-      <c r="G227" s="5"/>
+        <v>41426</v>
+      </c>
     </row>
     <row r="228" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A228" s="5" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="B228" s="5" t="s">
-        <v>50</v>
+        <v>217</v>
       </c>
       <c r="C228" s="5">
-        <v>1134227721</v>
+        <v>1568598456</v>
       </c>
       <c r="E228" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="F228" s="6">
+        <v>41418</v>
+      </c>
+      <c r="G228" s="5"/>
+    </row>
+    <row r="229" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A229" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="B229" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C229" s="5">
+        <v>1013082239</v>
+      </c>
+      <c r="E229" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="F228" s="6">
-[...16 lines deleted...]
-      </c>
       <c r="F229" s="6">
-        <v>41338</v>
+        <v>41404</v>
       </c>
       <c r="G229" s="5"/>
     </row>
-    <row r="230" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="230" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A230" s="5" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="B230" s="5" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="C230" s="5">
-        <v>1093771149</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>1285622332</v>
+      </c>
+      <c r="E230" s="5" t="s">
+        <v>15</v>
       </c>
       <c r="F230" s="6">
-        <v>41311</v>
+        <v>41404</v>
       </c>
       <c r="G230" s="5"/>
     </row>
-    <row r="231" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="231" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A231" s="5" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="B231" s="5" t="s">
-        <v>34</v>
+        <v>123</v>
       </c>
       <c r="C231" s="5">
-        <v>1922099480</v>
+        <v>1134238355</v>
       </c>
       <c r="E231" s="5" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F231" s="6">
-        <v>41305</v>
+        <v>41401</v>
       </c>
       <c r="G231" s="5"/>
     </row>
     <row r="232" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A232" s="5" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="B232" s="5" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="C232" s="5">
-        <v>1760461917</v>
+        <v>1134227721</v>
       </c>
       <c r="E232" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F232" s="6">
-        <v>41294</v>
+        <v>41342</v>
       </c>
       <c r="G232" s="5"/>
     </row>
     <row r="233" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A233" s="5" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="B233" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C233" s="5">
-        <v>1548339344</v>
-[...2 lines deleted...]
-        <v>181</v>
+        <v>1528007515</v>
+      </c>
+      <c r="E233" s="3" t="s">
+        <v>300</v>
       </c>
       <c r="F233" s="6">
-        <v>41278</v>
+        <v>41338</v>
       </c>
       <c r="G233" s="5"/>
     </row>
     <row r="234" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A234" s="5" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="5">
-        <v>1881634319</v>
+        <v>1093771149</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>300</v>
       </c>
       <c r="F234" s="6">
-        <v>41262</v>
+        <v>41311</v>
       </c>
       <c r="G234" s="5"/>
     </row>
-    <row r="235" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="235" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A235" s="5" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="B235" s="5" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="C235" s="5">
-        <v>1376538983</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>1922099480</v>
+      </c>
+      <c r="E235" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="F235" s="6">
-        <v>41254</v>
-      </c>
+        <v>41305</v>
+      </c>
+      <c r="G235" s="5"/>
     </row>
     <row r="236" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A236" s="5" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="B236" s="5" t="s">
-        <v>123</v>
+        <v>14</v>
+      </c>
+      <c r="C236" s="5">
+        <v>1760461917</v>
       </c>
       <c r="E236" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F236" s="6">
-        <v>41214</v>
+        <v>41294</v>
       </c>
       <c r="G236" s="5"/>
     </row>
-    <row r="237" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="237" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A237" s="5" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="B237" s="5" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="C237" s="5">
-        <v>1760772545</v>
+        <v>1548339344</v>
       </c>
       <c r="E237" s="5" t="s">
-        <v>15</v>
+        <v>181</v>
       </c>
       <c r="F237" s="6">
-        <v>41213</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+        <v>41278</v>
+      </c>
+      <c r="G237" s="5"/>
+    </row>
+    <row r="238" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A238" s="5" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="B238" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="E238" s="5" t="s">
-        <v>15</v>
+      <c r="C238" s="5">
+        <v>1881634319</v>
+      </c>
+      <c r="E238" s="3" t="s">
+        <v>300</v>
       </c>
       <c r="F238" s="6">
-        <v>41192</v>
+        <v>41262</v>
       </c>
       <c r="G238" s="5"/>
     </row>
-    <row r="239" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="239" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A239" s="5" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="B239" s="5" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C239" s="5">
-        <v>1912010653</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>1376538983</v>
+      </c>
+      <c r="E239" s="3" t="s">
+        <v>300</v>
       </c>
       <c r="F239" s="6">
-        <v>41172</v>
-[...1 lines deleted...]
-      <c r="G239" s="5"/>
+        <v>41254</v>
+      </c>
     </row>
     <row r="240" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A240" s="5" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="B240" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>1780855726</v>
+        <v>123</v>
       </c>
       <c r="E240" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F240" s="6">
-        <v>41158</v>
+        <v>41214</v>
       </c>
       <c r="G240" s="5"/>
     </row>
     <row r="241" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A241" s="5" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="B241" s="5" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="C241" s="5">
-        <v>1568439990</v>
+        <v>1760772545</v>
       </c>
       <c r="E241" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F241" s="6">
-        <v>41142</v>
-[...3 lines deleted...]
-    <row r="242" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+        <v>41213</v>
+      </c>
+    </row>
+    <row r="242" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A242" s="5" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="B242" s="5" t="s">
-        <v>50</v>
-[...5 lines deleted...]
-        <v>300</v>
+        <v>14</v>
+      </c>
+      <c r="E242" s="5" t="s">
+        <v>15</v>
       </c>
       <c r="F242" s="6">
-        <v>40981</v>
+        <v>41192</v>
       </c>
       <c r="G242" s="5"/>
     </row>
-    <row r="243" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="243" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A243" s="5" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="B243" s="5" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="C243" s="5">
-        <v>1336120161</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>1912010653</v>
+      </c>
+      <c r="E243" s="5" t="s">
+        <v>168</v>
       </c>
       <c r="F243" s="6">
-        <v>40912</v>
+        <v>41172</v>
       </c>
       <c r="G243" s="5"/>
     </row>
     <row r="244" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A244" s="5" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="B244" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C244" s="5">
-        <v>1144210832</v>
+        <v>1780855726</v>
       </c>
       <c r="E244" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F244" s="6">
-        <v>40898</v>
+        <v>41158</v>
       </c>
       <c r="G244" s="5"/>
     </row>
     <row r="245" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A245" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="B245" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C245" s="5">
+        <v>1568439990</v>
+      </c>
+      <c r="E245" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F245" s="6">
+        <v>41142</v>
+      </c>
+      <c r="G245" s="5"/>
+    </row>
+    <row r="246" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A246" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="B246" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C246" s="5">
+        <v>1134216351</v>
+      </c>
+      <c r="E246" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F246" s="6">
+        <v>40981</v>
+      </c>
+      <c r="G246" s="5"/>
+    </row>
+    <row r="247" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A247" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="B247" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C247" s="5">
+        <v>1336120161</v>
+      </c>
+      <c r="E247" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F247" s="6">
+        <v>40912</v>
+      </c>
+      <c r="G247" s="5"/>
+    </row>
+    <row r="248" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A248" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="B248" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C248" s="5">
+        <v>1144210832</v>
+      </c>
+      <c r="E248" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F248" s="6">
+        <v>40898</v>
+      </c>
+      <c r="G248" s="5"/>
+    </row>
+    <row r="249" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A249" s="5" t="s">
         <v>238</v>
       </c>
-      <c r="B245" s="5" t="s">
+      <c r="B249" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="C245" s="5">
+      <c r="C249" s="5">
         <v>1851397137</v>
       </c>
-      <c r="E245" s="5" t="s">
+      <c r="E249" s="5" t="s">
         <v>168</v>
       </c>
-      <c r="F245" s="6">
+      <c r="F249" s="6">
         <v>40875</v>
-      </c>
-[...70 lines deleted...]
-        <v>40836</v>
       </c>
       <c r="G249" s="5"/>
     </row>
     <row r="250" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A250" s="5" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B250" s="5" t="s">
-        <v>50</v>
+        <v>183</v>
       </c>
       <c r="C250" s="5">
-        <v>1245454123</v>
+        <v>1922193903</v>
       </c>
       <c r="E250" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F250" s="6">
-        <v>40836</v>
+        <v>40851</v>
       </c>
       <c r="G250" s="5"/>
     </row>
     <row r="251" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A251" s="5" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="B251" s="5" t="s">
         <v>50</v>
       </c>
       <c r="C251" s="5">
-        <v>1447574710</v>
+        <v>1295743813</v>
       </c>
       <c r="E251" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F251" s="6">
         <v>40836</v>
       </c>
       <c r="G251" s="5"/>
     </row>
     <row r="252" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A252" s="5" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="B252" s="5" t="s">
         <v>50</v>
       </c>
       <c r="C252" s="5">
-        <v>1427360072</v>
+        <v>1568470052</v>
       </c>
       <c r="E252" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F252" s="6">
         <v>40836</v>
       </c>
       <c r="G252" s="5"/>
     </row>
     <row r="253" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A253" s="5" t="s">
-        <v>240</v>
+        <v>252</v>
       </c>
       <c r="B253" s="5" t="s">
         <v>50</v>
       </c>
       <c r="C253" s="5">
-        <v>1013173285</v>
+        <v>1881850501</v>
       </c>
       <c r="E253" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F253" s="6">
         <v>40836</v>
       </c>
       <c r="G253" s="5"/>
     </row>
     <row r="254" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A254" s="5" t="s">
-        <v>253</v>
+        <v>241</v>
       </c>
       <c r="B254" s="5" t="s">
         <v>50</v>
       </c>
       <c r="C254" s="5">
-        <v>1962451591</v>
+        <v>1245454123</v>
       </c>
       <c r="E254" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F254" s="6">
         <v>40836</v>
       </c>
       <c r="G254" s="5"/>
     </row>
     <row r="255" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A255" s="5" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="B255" s="5" t="s">
         <v>50</v>
       </c>
       <c r="C255" s="5">
-        <v>1659389237</v>
+        <v>1447574710</v>
       </c>
       <c r="E255" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F255" s="6">
         <v>40836</v>
       </c>
       <c r="G255" s="5"/>
     </row>
     <row r="256" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A256" s="5" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B256" s="5" t="s">
         <v>50</v>
       </c>
       <c r="C256" s="5">
-        <v>1336363217</v>
+        <v>1427360072</v>
       </c>
       <c r="E256" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F256" s="6">
         <v>40836</v>
       </c>
       <c r="G256" s="5"/>
     </row>
     <row r="257" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A257" s="5" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="B257" s="5" t="s">
         <v>50</v>
       </c>
       <c r="C257" s="5">
-        <v>1477563377</v>
+        <v>1013173285</v>
       </c>
       <c r="E257" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F257" s="6">
         <v>40836</v>
       </c>
       <c r="G257" s="5"/>
     </row>
     <row r="258" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A258" s="5" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="B258" s="5" t="s">
         <v>50</v>
       </c>
       <c r="C258" s="5">
-        <v>1669696530</v>
+        <v>1962451591</v>
       </c>
       <c r="E258" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F258" s="6">
         <v>40836</v>
       </c>
       <c r="G258" s="5"/>
     </row>
     <row r="259" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A259" s="5" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="B259" s="5" t="s">
         <v>50</v>
       </c>
       <c r="C259" s="5">
-        <v>1730197328</v>
+        <v>1659389237</v>
       </c>
       <c r="E259" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F259" s="6">
         <v>40836</v>
       </c>
       <c r="G259" s="5"/>
     </row>
     <row r="260" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A260" s="5" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="B260" s="5" t="s">
         <v>50</v>
       </c>
       <c r="C260" s="5">
-        <v>1750399358</v>
+        <v>1336363217</v>
       </c>
       <c r="E260" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F260" s="6">
         <v>40836</v>
       </c>
       <c r="G260" s="5"/>
     </row>
     <row r="261" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A261" s="5" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="B261" s="5" t="s">
         <v>50</v>
       </c>
       <c r="C261" s="5">
-        <v>1386883767</v>
+        <v>1477563377</v>
       </c>
       <c r="E261" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F261" s="6">
-        <v>40835</v>
+        <v>40836</v>
       </c>
       <c r="G261" s="5"/>
     </row>
     <row r="262" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A262" s="5" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="B262" s="5" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="C262" s="5">
-        <v>1821169111</v>
+        <v>1669696530</v>
       </c>
       <c r="E262" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F262" s="6">
+        <v>40836</v>
+      </c>
+      <c r="G262" s="5"/>
+    </row>
+    <row r="263" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A263" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="B263" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C263" s="5">
+        <v>1730197328</v>
+      </c>
+      <c r="E263" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F263" s="6">
+        <v>40836</v>
+      </c>
+      <c r="G263" s="5"/>
+    </row>
+    <row r="264" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A264" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="B264" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C264" s="5">
+        <v>1750399358</v>
+      </c>
+      <c r="E264" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F264" s="6">
+        <v>40836</v>
+      </c>
+      <c r="G264" s="5"/>
+    </row>
+    <row r="265" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A265" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="B265" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C265" s="5">
+        <v>1386883767</v>
+      </c>
+      <c r="E265" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F265" s="6">
+        <v>40835</v>
+      </c>
+      <c r="G265" s="5"/>
+    </row>
+    <row r="266" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A266" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="B266" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C266" s="5">
+        <v>1821169111</v>
+      </c>
+      <c r="E266" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F266" s="6">
         <v>40829</v>
       </c>
     </row>
-    <row r="263" spans="1:257" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A263" s="5" t="s">
+    <row r="267" spans="1:257" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A267" s="5" t="s">
         <v>256</v>
       </c>
-      <c r="B263" s="5" t="s">
+      <c r="B267" s="5" t="s">
         <v>158</v>
       </c>
-      <c r="E263" s="5" t="s">
+      <c r="E267" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="F263" s="6">
+      <c r="F267" s="6">
         <v>40806</v>
       </c>
-    </row>
-[...564 lines deleted...]
-      <c r="IW267" s="12"/>
     </row>
     <row r="268" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A268" s="5" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="B268" s="5" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>1912006677</v>
+        <v>25</v>
       </c>
       <c r="E268" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="F268" s="6">
+        <v>40744</v>
+      </c>
+      <c r="G268" s="5"/>
+    </row>
+    <row r="269" spans="1:257" s="12" customFormat="1" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A269" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="B269" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="C269" s="5"/>
+      <c r="D269" s="5"/>
+      <c r="E269" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="F268" s="6">
-[...8 lines deleted...]
-      <c r="B269" s="5" t="s">
+      <c r="F269" s="6">
+        <v>40715</v>
+      </c>
+      <c r="G269" s="5"/>
+      <c r="H269" s="4"/>
+      <c r="I269" s="4"/>
+      <c r="J269" s="4"/>
+      <c r="K269" s="4"/>
+      <c r="L269" s="4"/>
+      <c r="M269" s="4"/>
+      <c r="N269" s="4"/>
+      <c r="O269" s="4"/>
+      <c r="P269" s="4"/>
+      <c r="Q269" s="4"/>
+      <c r="R269" s="4"/>
+      <c r="S269" s="4"/>
+      <c r="T269" s="4"/>
+      <c r="U269" s="4"/>
+      <c r="V269" s="4"/>
+      <c r="W269" s="4"/>
+      <c r="X269" s="4"/>
+      <c r="Y269" s="4"/>
+      <c r="Z269" s="4"/>
+      <c r="AA269" s="4"/>
+      <c r="AB269" s="4"/>
+      <c r="AC269" s="4"/>
+      <c r="AD269" s="4"/>
+      <c r="AE269" s="4"/>
+      <c r="AF269" s="4"/>
+      <c r="AG269" s="4"/>
+      <c r="AH269" s="4"/>
+      <c r="AI269" s="4"/>
+      <c r="AJ269" s="4"/>
+      <c r="AK269" s="4"/>
+      <c r="AL269" s="4"/>
+      <c r="AM269" s="4"/>
+      <c r="AN269" s="4"/>
+      <c r="AO269" s="4"/>
+      <c r="AP269" s="4"/>
+      <c r="AQ269" s="4"/>
+      <c r="AR269" s="4"/>
+      <c r="AS269" s="4"/>
+      <c r="AT269" s="4"/>
+      <c r="AU269" s="4"/>
+      <c r="AV269" s="4"/>
+      <c r="AW269" s="4"/>
+      <c r="AX269" s="4"/>
+      <c r="AY269" s="4"/>
+      <c r="AZ269" s="4"/>
+      <c r="BA269" s="4"/>
+      <c r="BB269" s="4"/>
+      <c r="BC269" s="4"/>
+      <c r="BD269" s="4"/>
+      <c r="BE269" s="4"/>
+      <c r="BF269" s="4"/>
+      <c r="BG269" s="4"/>
+      <c r="BH269" s="4"/>
+      <c r="BI269" s="4"/>
+      <c r="BJ269" s="4"/>
+      <c r="BK269" s="4"/>
+      <c r="BL269" s="4"/>
+      <c r="BM269" s="4"/>
+      <c r="BN269" s="4"/>
+      <c r="BO269" s="4"/>
+      <c r="BP269" s="4"/>
+      <c r="BQ269" s="4"/>
+      <c r="BR269" s="4"/>
+      <c r="BS269" s="4"/>
+      <c r="BT269" s="4"/>
+      <c r="BU269" s="4"/>
+      <c r="BV269" s="4"/>
+      <c r="BW269" s="4"/>
+      <c r="BX269" s="4"/>
+      <c r="BY269" s="4"/>
+      <c r="BZ269" s="4"/>
+      <c r="CA269" s="4"/>
+      <c r="CB269" s="4"/>
+      <c r="CC269" s="4"/>
+      <c r="CD269" s="4"/>
+      <c r="CE269" s="4"/>
+      <c r="CF269" s="4"/>
+      <c r="CG269" s="4"/>
+      <c r="CH269" s="4"/>
+      <c r="CI269" s="4"/>
+      <c r="CJ269" s="4"/>
+      <c r="CK269" s="4"/>
+      <c r="CL269" s="4"/>
+      <c r="CM269" s="4"/>
+      <c r="CN269" s="4"/>
+      <c r="CO269" s="4"/>
+      <c r="CP269" s="4"/>
+      <c r="CQ269" s="4"/>
+      <c r="CR269" s="4"/>
+      <c r="CS269" s="4"/>
+      <c r="CT269" s="4"/>
+      <c r="CU269" s="4"/>
+      <c r="CV269" s="4"/>
+      <c r="CW269" s="4"/>
+      <c r="CX269" s="4"/>
+      <c r="CY269" s="4"/>
+      <c r="CZ269" s="4"/>
+      <c r="DA269" s="4"/>
+      <c r="DB269" s="4"/>
+      <c r="DC269" s="4"/>
+      <c r="DD269" s="4"/>
+      <c r="DE269" s="4"/>
+      <c r="DF269" s="4"/>
+      <c r="DG269" s="4"/>
+      <c r="DH269" s="4"/>
+      <c r="DI269" s="4"/>
+      <c r="DJ269" s="4"/>
+      <c r="DK269" s="4"/>
+      <c r="DL269" s="4"/>
+      <c r="DM269" s="4"/>
+      <c r="DN269" s="4"/>
+      <c r="DO269" s="4"/>
+      <c r="DP269" s="4"/>
+      <c r="DQ269" s="4"/>
+      <c r="DR269" s="4"/>
+      <c r="DS269" s="4"/>
+      <c r="DT269" s="4"/>
+      <c r="DU269" s="4"/>
+      <c r="DV269" s="4"/>
+      <c r="DW269" s="4"/>
+      <c r="DX269" s="4"/>
+      <c r="DY269" s="4"/>
+      <c r="DZ269" s="4"/>
+      <c r="EA269" s="4"/>
+      <c r="EB269" s="4"/>
+      <c r="EC269" s="4"/>
+      <c r="ED269" s="4"/>
+      <c r="EE269" s="4"/>
+      <c r="EF269" s="4"/>
+      <c r="EG269" s="4"/>
+      <c r="EH269" s="4"/>
+      <c r="EI269" s="4"/>
+      <c r="EJ269" s="4"/>
+      <c r="EK269" s="4"/>
+      <c r="EL269" s="4"/>
+      <c r="EM269" s="4"/>
+      <c r="EN269" s="4"/>
+      <c r="EO269" s="4"/>
+      <c r="EP269" s="4"/>
+      <c r="EQ269" s="4"/>
+      <c r="ER269" s="4"/>
+      <c r="ES269" s="4"/>
+      <c r="ET269" s="4"/>
+      <c r="EU269" s="4"/>
+      <c r="EV269" s="4"/>
+      <c r="EW269" s="4"/>
+      <c r="EX269" s="4"/>
+      <c r="EY269" s="4"/>
+      <c r="EZ269" s="4"/>
+      <c r="FA269" s="4"/>
+      <c r="FB269" s="4"/>
+      <c r="FC269" s="4"/>
+      <c r="FD269" s="4"/>
+      <c r="FE269" s="4"/>
+      <c r="FF269" s="4"/>
+      <c r="FG269" s="4"/>
+      <c r="FH269" s="4"/>
+      <c r="FI269" s="4"/>
+      <c r="FJ269" s="4"/>
+      <c r="FK269" s="4"/>
+      <c r="FL269" s="4"/>
+      <c r="FM269" s="4"/>
+      <c r="FN269" s="4"/>
+      <c r="FO269" s="4"/>
+      <c r="FP269" s="4"/>
+      <c r="FQ269" s="4"/>
+      <c r="FR269" s="4"/>
+      <c r="FS269" s="4"/>
+      <c r="FT269" s="4"/>
+      <c r="FU269" s="4"/>
+      <c r="FV269" s="4"/>
+      <c r="FW269" s="4"/>
+      <c r="FX269" s="4"/>
+      <c r="FY269" s="4"/>
+      <c r="FZ269" s="4"/>
+      <c r="GA269" s="4"/>
+      <c r="GB269" s="4"/>
+      <c r="GC269" s="4"/>
+      <c r="GD269" s="4"/>
+      <c r="GE269" s="4"/>
+      <c r="GF269" s="4"/>
+      <c r="GG269" s="4"/>
+      <c r="GH269" s="4"/>
+      <c r="GI269" s="4"/>
+      <c r="GJ269" s="4"/>
+      <c r="GK269" s="4"/>
+      <c r="GL269" s="4"/>
+      <c r="GM269" s="4"/>
+      <c r="GN269" s="4"/>
+      <c r="GO269" s="4"/>
+      <c r="GP269" s="4"/>
+      <c r="GQ269" s="4"/>
+      <c r="GR269" s="4"/>
+      <c r="GS269" s="4"/>
+      <c r="GT269" s="4"/>
+      <c r="GU269" s="4"/>
+      <c r="GV269" s="4"/>
+      <c r="GW269" s="4"/>
+      <c r="GX269" s="4"/>
+      <c r="GY269" s="4"/>
+      <c r="GZ269" s="4"/>
+      <c r="HA269" s="4"/>
+      <c r="HB269" s="4"/>
+      <c r="HC269" s="4"/>
+      <c r="HD269" s="4"/>
+      <c r="HE269" s="4"/>
+      <c r="HF269" s="4"/>
+      <c r="HG269" s="4"/>
+      <c r="HH269" s="4"/>
+      <c r="HI269" s="4"/>
+      <c r="HJ269" s="4"/>
+      <c r="HK269" s="4"/>
+      <c r="HL269" s="4"/>
+      <c r="HM269" s="4"/>
+      <c r="HN269" s="4"/>
+      <c r="HO269" s="4"/>
+      <c r="HP269" s="4"/>
+      <c r="HQ269" s="4"/>
+      <c r="HR269" s="4"/>
+      <c r="HS269" s="4"/>
+      <c r="HT269" s="4"/>
+      <c r="HU269" s="4"/>
+      <c r="HV269" s="4"/>
+      <c r="HW269" s="4"/>
+      <c r="HX269" s="4"/>
+      <c r="HY269" s="4"/>
+      <c r="HZ269" s="4"/>
+      <c r="IA269" s="4"/>
+      <c r="IB269" s="4"/>
+      <c r="IC269" s="4"/>
+      <c r="ID269" s="4"/>
+      <c r="IE269" s="4"/>
+      <c r="IF269" s="4"/>
+      <c r="IG269" s="4"/>
+      <c r="IH269" s="4"/>
+      <c r="II269" s="4"/>
+      <c r="IJ269" s="4"/>
+      <c r="IK269" s="4"/>
+      <c r="IL269" s="4"/>
+      <c r="IM269" s="4"/>
+      <c r="IN269" s="4"/>
+      <c r="IO269" s="4"/>
+      <c r="IP269" s="4"/>
+      <c r="IQ269" s="4"/>
+      <c r="IR269" s="4"/>
+      <c r="IS269" s="4"/>
+      <c r="IT269" s="4"/>
+      <c r="IU269" s="4"/>
+      <c r="IV269" s="4"/>
+      <c r="IW269" s="4"/>
+    </row>
+    <row r="270" spans="1:257" s="12" customFormat="1" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A270" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="B270" s="5" t="s">
         <v>158</v>
       </c>
-      <c r="C269" s="5">
-[...19 lines deleted...]
-      </c>
+      <c r="C270" s="5"/>
+      <c r="D270" s="5"/>
       <c r="E270" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F270" s="6">
-        <v>40627</v>
+        <v>40715</v>
       </c>
     </row>
     <row r="271" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A271" s="5" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="B271" s="5" t="s">
-        <v>265</v>
+        <v>104</v>
+      </c>
+      <c r="C271" s="5">
+        <v>1235216136</v>
       </c>
       <c r="E271" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F271" s="6">
-        <v>40607</v>
-[...3 lines deleted...]
-    <row r="272" spans="1:257" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
+        <v>40715</v>
+      </c>
+      <c r="G271" s="12"/>
+      <c r="H271" s="12"/>
+      <c r="I271" s="12"/>
+      <c r="J271" s="12"/>
+      <c r="K271" s="12"/>
+      <c r="L271" s="12"/>
+      <c r="M271" s="12"/>
+      <c r="N271" s="12"/>
+      <c r="O271" s="12"/>
+      <c r="P271" s="12"/>
+      <c r="Q271" s="12"/>
+      <c r="R271" s="12"/>
+      <c r="S271" s="12"/>
+      <c r="T271" s="12"/>
+      <c r="U271" s="12"/>
+      <c r="V271" s="12"/>
+      <c r="W271" s="12"/>
+      <c r="X271" s="12"/>
+      <c r="Y271" s="12"/>
+      <c r="Z271" s="12"/>
+      <c r="AA271" s="12"/>
+      <c r="AB271" s="12"/>
+      <c r="AC271" s="12"/>
+      <c r="AD271" s="12"/>
+      <c r="AE271" s="12"/>
+      <c r="AF271" s="12"/>
+      <c r="AG271" s="12"/>
+      <c r="AH271" s="12"/>
+      <c r="AI271" s="12"/>
+      <c r="AJ271" s="12"/>
+      <c r="AK271" s="12"/>
+      <c r="AL271" s="12"/>
+      <c r="AM271" s="12"/>
+      <c r="AN271" s="12"/>
+      <c r="AO271" s="12"/>
+      <c r="AP271" s="12"/>
+      <c r="AQ271" s="12"/>
+      <c r="AR271" s="12"/>
+      <c r="AS271" s="12"/>
+      <c r="AT271" s="12"/>
+      <c r="AU271" s="12"/>
+      <c r="AV271" s="12"/>
+      <c r="AW271" s="12"/>
+      <c r="AX271" s="12"/>
+      <c r="AY271" s="12"/>
+      <c r="AZ271" s="12"/>
+      <c r="BA271" s="12"/>
+      <c r="BB271" s="12"/>
+      <c r="BC271" s="12"/>
+      <c r="BD271" s="12"/>
+      <c r="BE271" s="12"/>
+      <c r="BF271" s="12"/>
+      <c r="BG271" s="12"/>
+      <c r="BH271" s="12"/>
+      <c r="BI271" s="12"/>
+      <c r="BJ271" s="12"/>
+      <c r="BK271" s="12"/>
+      <c r="BL271" s="12"/>
+      <c r="BM271" s="12"/>
+      <c r="BN271" s="12"/>
+      <c r="BO271" s="12"/>
+      <c r="BP271" s="12"/>
+      <c r="BQ271" s="12"/>
+      <c r="BR271" s="12"/>
+      <c r="BS271" s="12"/>
+      <c r="BT271" s="12"/>
+      <c r="BU271" s="12"/>
+      <c r="BV271" s="12"/>
+      <c r="BW271" s="12"/>
+      <c r="BX271" s="12"/>
+      <c r="BY271" s="12"/>
+      <c r="BZ271" s="12"/>
+      <c r="CA271" s="12"/>
+      <c r="CB271" s="12"/>
+      <c r="CC271" s="12"/>
+      <c r="CD271" s="12"/>
+      <c r="CE271" s="12"/>
+      <c r="CF271" s="12"/>
+      <c r="CG271" s="12"/>
+      <c r="CH271" s="12"/>
+      <c r="CI271" s="12"/>
+      <c r="CJ271" s="12"/>
+      <c r="CK271" s="12"/>
+      <c r="CL271" s="12"/>
+      <c r="CM271" s="12"/>
+      <c r="CN271" s="12"/>
+      <c r="CO271" s="12"/>
+      <c r="CP271" s="12"/>
+      <c r="CQ271" s="12"/>
+      <c r="CR271" s="12"/>
+      <c r="CS271" s="12"/>
+      <c r="CT271" s="12"/>
+      <c r="CU271" s="12"/>
+      <c r="CV271" s="12"/>
+      <c r="CW271" s="12"/>
+      <c r="CX271" s="12"/>
+      <c r="CY271" s="12"/>
+      <c r="CZ271" s="12"/>
+      <c r="DA271" s="12"/>
+      <c r="DB271" s="12"/>
+      <c r="DC271" s="12"/>
+      <c r="DD271" s="12"/>
+      <c r="DE271" s="12"/>
+      <c r="DF271" s="12"/>
+      <c r="DG271" s="12"/>
+      <c r="DH271" s="12"/>
+      <c r="DI271" s="12"/>
+      <c r="DJ271" s="12"/>
+      <c r="DK271" s="12"/>
+      <c r="DL271" s="12"/>
+      <c r="DM271" s="12"/>
+      <c r="DN271" s="12"/>
+      <c r="DO271" s="12"/>
+      <c r="DP271" s="12"/>
+      <c r="DQ271" s="12"/>
+      <c r="DR271" s="12"/>
+      <c r="DS271" s="12"/>
+      <c r="DT271" s="12"/>
+      <c r="DU271" s="12"/>
+      <c r="DV271" s="12"/>
+      <c r="DW271" s="12"/>
+      <c r="DX271" s="12"/>
+      <c r="DY271" s="12"/>
+      <c r="DZ271" s="12"/>
+      <c r="EA271" s="12"/>
+      <c r="EB271" s="12"/>
+      <c r="EC271" s="12"/>
+      <c r="ED271" s="12"/>
+      <c r="EE271" s="12"/>
+      <c r="EF271" s="12"/>
+      <c r="EG271" s="12"/>
+      <c r="EH271" s="12"/>
+      <c r="EI271" s="12"/>
+      <c r="EJ271" s="12"/>
+      <c r="EK271" s="12"/>
+      <c r="EL271" s="12"/>
+      <c r="EM271" s="12"/>
+      <c r="EN271" s="12"/>
+      <c r="EO271" s="12"/>
+      <c r="EP271" s="12"/>
+      <c r="EQ271" s="12"/>
+      <c r="ER271" s="12"/>
+      <c r="ES271" s="12"/>
+      <c r="ET271" s="12"/>
+      <c r="EU271" s="12"/>
+      <c r="EV271" s="12"/>
+      <c r="EW271" s="12"/>
+      <c r="EX271" s="12"/>
+      <c r="EY271" s="12"/>
+      <c r="EZ271" s="12"/>
+      <c r="FA271" s="12"/>
+      <c r="FB271" s="12"/>
+      <c r="FC271" s="12"/>
+      <c r="FD271" s="12"/>
+      <c r="FE271" s="12"/>
+      <c r="FF271" s="12"/>
+      <c r="FG271" s="12"/>
+      <c r="FH271" s="12"/>
+      <c r="FI271" s="12"/>
+      <c r="FJ271" s="12"/>
+      <c r="FK271" s="12"/>
+      <c r="FL271" s="12"/>
+      <c r="FM271" s="12"/>
+      <c r="FN271" s="12"/>
+      <c r="FO271" s="12"/>
+      <c r="FP271" s="12"/>
+      <c r="FQ271" s="12"/>
+      <c r="FR271" s="12"/>
+      <c r="FS271" s="12"/>
+      <c r="FT271" s="12"/>
+      <c r="FU271" s="12"/>
+      <c r="FV271" s="12"/>
+      <c r="FW271" s="12"/>
+      <c r="FX271" s="12"/>
+      <c r="FY271" s="12"/>
+      <c r="FZ271" s="12"/>
+      <c r="GA271" s="12"/>
+      <c r="GB271" s="12"/>
+      <c r="GC271" s="12"/>
+      <c r="GD271" s="12"/>
+      <c r="GE271" s="12"/>
+      <c r="GF271" s="12"/>
+      <c r="GG271" s="12"/>
+      <c r="GH271" s="12"/>
+      <c r="GI271" s="12"/>
+      <c r="GJ271" s="12"/>
+      <c r="GK271" s="12"/>
+      <c r="GL271" s="12"/>
+      <c r="GM271" s="12"/>
+      <c r="GN271" s="12"/>
+      <c r="GO271" s="12"/>
+      <c r="GP271" s="12"/>
+      <c r="GQ271" s="12"/>
+      <c r="GR271" s="12"/>
+      <c r="GS271" s="12"/>
+      <c r="GT271" s="12"/>
+      <c r="GU271" s="12"/>
+      <c r="GV271" s="12"/>
+      <c r="GW271" s="12"/>
+      <c r="GX271" s="12"/>
+      <c r="GY271" s="12"/>
+      <c r="GZ271" s="12"/>
+      <c r="HA271" s="12"/>
+      <c r="HB271" s="12"/>
+      <c r="HC271" s="12"/>
+      <c r="HD271" s="12"/>
+      <c r="HE271" s="12"/>
+      <c r="HF271" s="12"/>
+      <c r="HG271" s="12"/>
+      <c r="HH271" s="12"/>
+      <c r="HI271" s="12"/>
+      <c r="HJ271" s="12"/>
+      <c r="HK271" s="12"/>
+      <c r="HL271" s="12"/>
+      <c r="HM271" s="12"/>
+      <c r="HN271" s="12"/>
+      <c r="HO271" s="12"/>
+      <c r="HP271" s="12"/>
+      <c r="HQ271" s="12"/>
+      <c r="HR271" s="12"/>
+      <c r="HS271" s="12"/>
+      <c r="HT271" s="12"/>
+      <c r="HU271" s="12"/>
+      <c r="HV271" s="12"/>
+      <c r="HW271" s="12"/>
+      <c r="HX271" s="12"/>
+      <c r="HY271" s="12"/>
+      <c r="HZ271" s="12"/>
+      <c r="IA271" s="12"/>
+      <c r="IB271" s="12"/>
+      <c r="IC271" s="12"/>
+      <c r="ID271" s="12"/>
+      <c r="IE271" s="12"/>
+      <c r="IF271" s="12"/>
+      <c r="IG271" s="12"/>
+      <c r="IH271" s="12"/>
+      <c r="II271" s="12"/>
+      <c r="IJ271" s="12"/>
+      <c r="IK271" s="12"/>
+      <c r="IL271" s="12"/>
+      <c r="IM271" s="12"/>
+      <c r="IN271" s="12"/>
+      <c r="IO271" s="12"/>
+      <c r="IP271" s="12"/>
+      <c r="IQ271" s="12"/>
+      <c r="IR271" s="12"/>
+      <c r="IS271" s="12"/>
+      <c r="IT271" s="12"/>
+      <c r="IU271" s="12"/>
+      <c r="IV271" s="12"/>
+      <c r="IW271" s="12"/>
+    </row>
+    <row r="272" spans="1:257" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A272" s="5" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="B272" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="C272" s="5">
+        <v>1912006677</v>
+      </c>
+      <c r="E272" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F272" s="6">
+        <v>40667</v>
+      </c>
+      <c r="G272" s="5"/>
+    </row>
+    <row r="273" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A273" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="B273" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="C273" s="5">
+        <v>1902884505</v>
+      </c>
+      <c r="E273" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F273" s="6">
+        <v>40646</v>
+      </c>
+      <c r="G273" s="5"/>
+    </row>
+    <row r="274" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A274" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="B274" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C272" s="5">
-[...33 lines deleted...]
-      </c>
       <c r="C274" s="5">
-        <v>1629195599</v>
+        <v>1760401681</v>
       </c>
       <c r="E274" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F274" s="6">
-        <v>40535</v>
-[...3 lines deleted...]
-    <row r="275" spans="1:11" thickBot="1" x14ac:dyDescent="0.2">
+        <v>40627</v>
+      </c>
+    </row>
+    <row r="275" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A275" s="5" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="B275" s="5" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>300</v>
+        <v>265</v>
+      </c>
+      <c r="E275" s="5" t="s">
+        <v>15</v>
       </c>
       <c r="F275" s="6">
-        <v>40532</v>
+        <v>40607</v>
       </c>
       <c r="G275" s="5"/>
     </row>
-    <row r="276" spans="1:11" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="276" spans="1:7" ht="32.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A276" s="5" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="B276" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C276" s="5">
-        <v>1689735185</v>
+        <v>1841398161</v>
       </c>
       <c r="E276" s="5" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F276" s="6">
-        <v>40500</v>
-[...3 lines deleted...]
-    <row r="277" spans="1:11" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+        <v>40603</v>
+      </c>
+    </row>
+    <row r="277" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A277" s="5" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="B277" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="C277" s="5">
+        <v>1073681714</v>
+      </c>
+      <c r="E277" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="F277" s="6">
+        <v>40575</v>
+      </c>
+      <c r="G277" s="5"/>
+    </row>
+    <row r="278" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A278" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="B278" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="C277" s="5">
-[...18 lines deleted...]
-        <v>273</v>
+      <c r="C278" s="5">
+        <v>1629195599</v>
       </c>
       <c r="E278" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F278" s="6">
-        <v>40470</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:11" thickBot="1" x14ac:dyDescent="0.2">
+        <v>40535</v>
+      </c>
+      <c r="G278" s="5"/>
+    </row>
+    <row r="279" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A279" s="5" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="B279" s="5" t="s">
         <v>14</v>
       </c>
+      <c r="C279" s="5">
+        <v>1689741316</v>
+      </c>
       <c r="E279" s="3" t="s">
         <v>300</v>
       </c>
       <c r="F279" s="6">
-        <v>40457</v>
+        <v>40532</v>
       </c>
       <c r="G279" s="5"/>
     </row>
-    <row r="280" spans="1:11" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="280" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A280" s="5" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="B280" s="5" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>276</v>
+        <v>14</v>
+      </c>
+      <c r="C280" s="5">
+        <v>1689735185</v>
       </c>
       <c r="E280" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F280" s="6">
-        <v>40347</v>
+        <v>40500</v>
       </c>
       <c r="G280" s="5"/>
     </row>
-    <row r="281" spans="1:11" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="281" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A281" s="5" t="s">
-        <v>277</v>
+        <v>270</v>
       </c>
       <c r="B281" s="5" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>278</v>
+        <v>25</v>
+      </c>
+      <c r="C281" s="5">
+        <v>1942383146</v>
       </c>
       <c r="E281" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F281" s="6">
-        <v>40324</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:11" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+        <v>40500</v>
+      </c>
+      <c r="G281" s="5"/>
+    </row>
+    <row r="282" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A282" s="5" t="s">
-        <v>279</v>
+        <v>272</v>
       </c>
       <c r="B282" s="5" t="s">
-        <v>14</v>
+        <v>123</v>
+      </c>
+      <c r="C282" s="5" t="s">
+        <v>273</v>
       </c>
       <c r="E282" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F282" s="6">
-        <v>40324</v>
-[...3 lines deleted...]
-    <row r="283" spans="1:11" thickBot="1" x14ac:dyDescent="0.2">
+        <v>40470</v>
+      </c>
+    </row>
+    <row r="283" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A283" s="5" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="B283" s="5" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>89</v>
+        <v>14</v>
+      </c>
+      <c r="E283" s="3" t="s">
+        <v>300</v>
       </c>
       <c r="F283" s="6">
-        <v>40320</v>
+        <v>40457</v>
       </c>
       <c r="G283" s="5"/>
     </row>
-    <row r="284" spans="1:11" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="284" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A284" s="5" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
       <c r="B284" s="5" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>1568412146</v>
+        <v>123</v>
+      </c>
+      <c r="C284" s="5" t="s">
+        <v>276</v>
       </c>
       <c r="E284" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F284" s="6">
-        <v>40306</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:11" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+        <v>40347</v>
+      </c>
+      <c r="G284" s="5"/>
+    </row>
+    <row r="285" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A285" s="5" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="B285" s="5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>1205900560</v>
+        <v>112</v>
+      </c>
+      <c r="C285" s="5" t="s">
+        <v>278</v>
       </c>
       <c r="E285" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F285" s="6">
-        <v>40306</v>
-[...3 lines deleted...]
-    <row r="286" spans="1:11" thickBot="1" x14ac:dyDescent="0.2">
+        <v>40324</v>
+      </c>
+    </row>
+    <row r="286" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A286" s="5" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="B286" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="E286" s="3" t="s">
+      <c r="E286" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F286" s="6">
+        <v>40324</v>
+      </c>
+      <c r="G286" s="5"/>
+    </row>
+    <row r="287" spans="1:7" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A287" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="B287" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C287" s="5">
+        <v>1326086729</v>
+      </c>
+      <c r="E287" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="F287" s="6">
+        <v>40320</v>
+      </c>
+      <c r="G287" s="5"/>
+    </row>
+    <row r="288" spans="1:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A288" s="5" t="s">
+        <v>282</v>
+      </c>
+      <c r="B288" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C288" s="5">
+        <v>1568412146</v>
+      </c>
+      <c r="E288" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F288" s="6">
+        <v>40306</v>
+      </c>
+    </row>
+    <row r="289" spans="1:11" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A289" s="5" t="s">
+        <v>281</v>
+      </c>
+      <c r="B289" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C289" s="5">
+        <v>1205900560</v>
+      </c>
+      <c r="E289" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F289" s="6">
+        <v>40306</v>
+      </c>
+      <c r="G289" s="5"/>
+    </row>
+    <row r="290" spans="1:11" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A290" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="B290" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="E290" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="F286" s="6">
+      <c r="F290" s="6">
         <v>40282</v>
       </c>
-      <c r="G286" s="5"/>
-[...2 lines deleted...]
-      <c r="A287" s="5" t="s">
+      <c r="G290" s="5"/>
+    </row>
+    <row r="291" spans="1:11" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A291" s="5" t="s">
         <v>284</v>
       </c>
-      <c r="B287" s="5" t="s">
+      <c r="B291" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C287" s="5">
+      <c r="C291" s="5">
         <v>1295900660</v>
       </c>
-      <c r="E287" s="5" t="s">
+      <c r="E291" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="F287" s="6">
+      <c r="F291" s="6">
         <v>40267</v>
       </c>
-      <c r="G287" s="7"/>
-[...37 lines deleted...]
-    <row r="304" spans="1:6" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="G291" s="7"/>
+      <c r="H291" s="13"/>
+      <c r="I291" s="3"/>
+      <c r="J291" s="3"/>
+      <c r="K291" s="3"/>
+    </row>
+    <row r="304" spans="1:11" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A304" s="4"/>
       <c r="B304" s="4"/>
       <c r="C304" s="4"/>
       <c r="D304" s="4"/>
       <c r="E304" s="4"/>
       <c r="F304" s="14"/>
     </row>
     <row r="305" spans="1:6" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A305" s="4"/>
       <c r="B305" s="4"/>
       <c r="C305" s="4"/>
       <c r="D305" s="4"/>
       <c r="E305" s="4"/>
       <c r="F305" s="14"/>
     </row>
     <row r="306" spans="1:6" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A306" s="4"/>
       <c r="B306" s="4"/>
       <c r="C306" s="4"/>
       <c r="D306" s="4"/>
       <c r="E306" s="4"/>
       <c r="F306" s="14"/>
     </row>
     <row r="307" spans="1:6" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A307" s="4"/>
@@ -16964,90 +17018,122 @@
     </row>
     <row r="312" spans="1:6" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A312" s="4"/>
       <c r="B312" s="4"/>
       <c r="C312" s="4"/>
       <c r="D312" s="4"/>
       <c r="E312" s="4"/>
       <c r="F312" s="14"/>
     </row>
     <row r="313" spans="1:6" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A313" s="4"/>
       <c r="B313" s="4"/>
       <c r="C313" s="4"/>
       <c r="D313" s="4"/>
       <c r="E313" s="4"/>
       <c r="F313" s="14"/>
     </row>
     <row r="314" spans="1:6" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A314" s="4"/>
       <c r="B314" s="4"/>
       <c r="C314" s="4"/>
       <c r="D314" s="4"/>
       <c r="E314" s="4"/>
       <c r="F314" s="14"/>
     </row>
-    <row r="324" ht="10.5" x14ac:dyDescent="0.15"/>
-[...2 lines deleted...]
-    <row r="327" ht="10.5" x14ac:dyDescent="0.15"/>
+    <row r="315" spans="1:6" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A315" s="4"/>
+      <c r="B315" s="4"/>
+      <c r="C315" s="4"/>
+      <c r="D315" s="4"/>
+      <c r="E315" s="4"/>
+      <c r="F315" s="14"/>
+    </row>
+    <row r="316" spans="1:6" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A316" s="4"/>
+      <c r="B316" s="4"/>
+      <c r="C316" s="4"/>
+      <c r="D316" s="4"/>
+      <c r="E316" s="4"/>
+      <c r="F316" s="14"/>
+    </row>
+    <row r="317" spans="1:6" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A317" s="4"/>
+      <c r="B317" s="4"/>
+      <c r="C317" s="4"/>
+      <c r="D317" s="4"/>
+      <c r="E317" s="4"/>
+      <c r="F317" s="14"/>
+    </row>
+    <row r="318" spans="1:6" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A318" s="4"/>
+      <c r="B318" s="4"/>
+      <c r="C318" s="4"/>
+      <c r="D318" s="4"/>
+      <c r="E318" s="4"/>
+      <c r="F318" s="14"/>
+    </row>
     <row r="328" ht="10.5" x14ac:dyDescent="0.15"/>
     <row r="329" ht="10.5" x14ac:dyDescent="0.15"/>
     <row r="330" ht="10.5" x14ac:dyDescent="0.15"/>
     <row r="331" ht="10.5" x14ac:dyDescent="0.15"/>
     <row r="332" ht="10.5" x14ac:dyDescent="0.15"/>
+    <row r="333" ht="10.5" x14ac:dyDescent="0.15"/>
+    <row r="334" ht="10.5" x14ac:dyDescent="0.15"/>
     <row r="335" ht="10.5" x14ac:dyDescent="0.15"/>
     <row r="336" ht="10.5" x14ac:dyDescent="0.15"/>
-    <row r="337" ht="10.5" x14ac:dyDescent="0.15"/>
-    <row r="338" ht="10.5" x14ac:dyDescent="0.15"/>
     <row r="339" ht="10.5" x14ac:dyDescent="0.15"/>
     <row r="340" ht="10.5" x14ac:dyDescent="0.15"/>
     <row r="341" ht="10.5" x14ac:dyDescent="0.15"/>
     <row r="342" ht="10.5" x14ac:dyDescent="0.15"/>
     <row r="343" ht="10.5" x14ac:dyDescent="0.15"/>
     <row r="344" ht="10.5" x14ac:dyDescent="0.15"/>
     <row r="345" ht="10.5" x14ac:dyDescent="0.15"/>
     <row r="346" ht="10.5" x14ac:dyDescent="0.15"/>
     <row r="347" ht="10.5" x14ac:dyDescent="0.15"/>
     <row r="348" ht="10.5" x14ac:dyDescent="0.15"/>
     <row r="349" ht="10.5" x14ac:dyDescent="0.15"/>
     <row r="350" ht="10.5" x14ac:dyDescent="0.15"/>
     <row r="351" ht="10.5" x14ac:dyDescent="0.15"/>
     <row r="352" ht="10.5" x14ac:dyDescent="0.15"/>
     <row r="353" ht="10.5" x14ac:dyDescent="0.15"/>
     <row r="354" ht="10.5" x14ac:dyDescent="0.15"/>
     <row r="355" ht="10.5" x14ac:dyDescent="0.15"/>
+    <row r="356" ht="10.5" x14ac:dyDescent="0.15"/>
+    <row r="357" ht="10.5" x14ac:dyDescent="0.15"/>
+    <row r="358" ht="10.5" x14ac:dyDescent="0.15"/>
+    <row r="359" ht="10.5" x14ac:dyDescent="0.15"/>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A75:IW288">
-    <sortCondition descending="1" ref="F75:F288"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A79:IW292">
+    <sortCondition descending="1" ref="F79:F292"/>
   </sortState>
   <printOptions gridLines="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddHeader>&amp;L&amp;"Arial,Regular"Suspended/Excluded MassHealth Providers effective through September 30, 2025</oddHeader>
-    <oddFooter>&amp;L&amp;"Arial,Regular"As of 9/30/2025&amp;C&amp;"Arial,Regular"&amp;P</oddFooter>
+    <oddHeader>&amp;L&amp;"Arial,Regular"Suspended/Excluded MassHealth Providers effective through October 31, 2025</oddHeader>
+    <oddFooter>&amp;L&amp;"Arial,Regular"As of 10/31/2025&amp;C&amp;"Arial,Regular"&amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F629114F-9237-4AD4-8836-8C7854CA882F}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:L11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A20" sqref="A20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="24.85546875" style="21" customWidth="1"/>
     <col min="2" max="2" width="29.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.7109375" customWidth="1"/>
     <col min="4" max="4" width="27.140625" style="21" customWidth="1"/>
     <col min="5" max="5" width="19.140625" customWidth="1"/>
     <col min="6" max="6" width="25" style="19" customWidth="1"/>
     <col min="7" max="7" width="47.140625" customWidth="1"/>
     <col min="257" max="257" width="23.7109375" customWidth="1"/>