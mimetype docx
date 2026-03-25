--- v0 (2025-12-14)
+++ v1 (2026-03-25)
@@ -1,82 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="118FA93F" w14:textId="01C1B2AE" w:rsidR="00B307B2" w:rsidRDefault="00B307B2">
-[...9 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="13F2605E" w14:textId="13326925" w:rsidR="00990494" w:rsidRDefault="00FA130A">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7EF07C4C" wp14:editId="66242846">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0FF85D8D" wp14:editId="1A27D0C6">
                 <wp:extent cx="1132840" cy="575310"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="75087099" name="Group 75087099"/>
+                <wp:docPr id="75087099" name="Group 75087099">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1132840" cy="575310"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="1132840" cy="575310"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="623512862" name="Graphic 2"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="100039" y="0"/>
                             <a:ext cx="1032510" cy="575310"/>
                           </a:xfrm>
@@ -1884,10063 +1872,4102 @@
                                   <a:pt x="1045133" y="60642"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="096681"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="0CEBBD5A" id="Group 75087099" o:spid="_x0000_s1026" style="width:89.2pt;height:45.3pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="11328,5753" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAKuHezmhcAANVwAAAOAAAAZHJzL2Uyb0RvYy54bWzUndtuJMeRhu8X8DsQvLemqrKOhEaGV1oL&#10;Cxi2AcvwdQ8PQ8Ikm9vdMxy9/X6RGVFsjVgRRZG+sC2oOZpgMjIyzvFn8ts/fLm7Pfl8udvfbO/f&#10;n9bfVKcnl/fn24ub+4/vT//x059+P56e7A+b+4vN7fb+8v3pz5f70z9897v/+vbx4eyy2V5vby8u&#10;dycscr8/e3x4f3p9ODycvXu3P7++vNvsv9k+XN7zl1fb3d3mwB93H99d7DaPrH53+66pqv7d43Z3&#10;8bDbnl/u9/zXH8pfnn6X17+6ujw//PXqan95OLl9fwpvh/zvXf73B/n3u+++3Zx93G0erm/OlY3N&#10;b+DibnNzzw+dl/phc9icfNrd/Gqpu5vz3Xa/vTp8c769e7e9uro5v8x7YDd19dVuftxtPz3kvXw8&#10;e/z4MIsJ0X4lp9+87PlfPv+4e/j7w992hXu+/PP2/F975PLu8eHj2fHfy58/PhF/udrdyTexiZMv&#10;WaI/zxK9/HI4Oec/1nVqxhbBn/N33dClWkV+fs25/Orbzq//x//Gd5uz8mMzczMzjw9oz/5JQPvX&#10;Cejv15uHyyz3vQjgb7uTm4v3p32TuroZ++b05H5zhy7/qGrTiBYJC9CKJPVPexXqV3Kqq6pK0+nJ&#10;M8KqUtMhoK+ENe95c3b+aX/48XKbxb75/Of9oajvhX21ubavzr/c25c7jEDU/zar/+H0BPXfnZ6g&#10;/h+K+j9sDvJ9cpby5ckj52asXM/HJn99t/18+dM2Ex7k8CCrxqrPm2nbqZ5GWRGGnwhv74+/YWzG&#10;un6G3qjs8yEvD3VXdWX1oRqmLGhWNyr7nKnTiPQQbDv0bRqUF6OyT6Wux65uM3VXT1OfXOqhH3rl&#10;pOv6nm8s+7Q17bOsPaR+0CPu+qFOdUTd1yhVsZBm8vmGj6E16qptsj0tygS+u6kua/ewEqw99E1r&#10;1HXf+dRjU4/9UNZOqY9Op63qlAp10zWBvMeum3o9naYae1+CsNE2ykk91cPkynscmsHOsh6nKqLu&#10;arFJOZ0KB+DLexzbtlf9ntpu8qmnakRwee12HIfB1++pa8emyIQvutbne+K0uyLvdhhHfoynsdPA&#10;ikWCK2xnGse6VU4GrMis3qzAPos1TFPLRssuh3YMqOsKRjpbfA351Pdq9X3d4Yy8fbL6NLQqlr6a&#10;8Bc++YJ/sx2e3273l2UFcZ2/wYWO+BW15zR2/axfSx4UCx3UW/yC3jiyzyL7vukJN1n2aZJg7G4X&#10;6nYsoSlNOFzfJ0LdsGD2txU8+TbaY/SjHmvTop0+J20lhpnXTmhkwEnXJOOkHesxWLubhkH1MVaB&#10;Hu1SCbZ4md7X9X5sk3r+dhimLpDJmCqzjGmcAn/bj6nG3WdPVOOJfPvvx65VvrsG7+JHrH7CtxV5&#10;d2nqR9+KCGlixpkTHP/o7xJ3myr1/Imw7PM9pG7gx5e1xeG6ejK07cw3OoDr9cx5SFibrl2NbSBv&#10;QjhhvHCygrolTGlcxq1zrC4nbSLn0LWHpg9k0nf40EzdxnqCK28JJdl2xnqIMoSpbTuNQStyrIoo&#10;ZbYTetuXZXuLyaS5NPssri2TkyzlfcZWL+STKm2LRyGSegc0NU1vUSimluBdlcSJtStyKG/tEWsz&#10;s2+bKPVEZZukIk/kK74rJHGqOj18thyE/aXgY5J+fXhbDOdL8Y3yaCDDLse6Jl2osSQVD3lDIPq6&#10;Ime1MMSZBe4F7lsSSrUl+V73YGWz3VyCrGCmYae21TCPWhTlW55WPbZDqbjSkPOwoshLpzVNadCc&#10;9Bf0xpJ9mslWOPeSBKQB+/LTEVShJcfJ0l9Hji8rqpDGOgrVqAJZS/HvaWoTztszWpiZSM+KKlDo&#10;BiUJgqmk7yHFaCKZ8VMS0u8Bwy6urB6CgnHqyBXUxtsu9Z3L+ETipWFshd97oZuEvKnNl8WJWiY3&#10;8yNRanzW0fihJuMSuaSJejPK1qnpCaWZnLqXAOuf6IKym9K+3vuNdY/LLgwlcjBLCpbMiT6ApRzp&#10;mN44sk9N7o+ox4Eo5W73ZYWDRAacYxblcVliHNhn4UTSKnVkKywPaunllGMKvQDUk8ZW8TXBLsl6&#10;pVrIa0vDw0+sJAfUZDP17ZT8nGBMXVMp3yuoG36+Oq++7aN2VEN1ZtREEf8s0au6U2o0Pkg2xwpn&#10;VBKlJD2JQCYLOmsn/nqrwHlWVmY25D9m1UtWQT1C27Wc6TG9cWSfRRfxpfgkpabaMJszKvtU6pFS&#10;RvUFVrqIuh8tZLQcku++SNXrZnZH0tTw3JFQ0y9aaRUTh66JOIE3cnXTRKWuGnAc1k0W9llkIknS&#10;s1mAkdnnTF41JnGSnih6TUNjMsTJDXb6tqh96vnQh6Cez1Ihm42oFzTL1ny97jLMGLWYTb2kDXqm&#10;S7qLeo3ayMTDhF4gDRXiK94r9kcv814LnL+dbAZS9xLscMJzE2ZJMqrq9I1oU3qGkXpNqRPNrCCR&#10;SnN6SSuLxN1bl/FhZZ20VEdqy4yg1W53asnbfScq1K26rJYmj88J1LPLit0K1HTeipLA0uw+7SDt&#10;sxhQU9OQ1hQk5rupB8KJmlsoEzIycrj11Emq16zcTeiYaWJQCCr1UZCw3dln2eVIsKUNldeuJhJ1&#10;9+QpDqRpJdQNJhx06RlwkfoXamJF6zt9vAM1UaHG5Xe+exsrKlal7lMKEhCCWafOsOmyynj6PbA1&#10;fnzeZZcjrks9MnBRmdBbZFTjU3M8JbQ1bVcHOjiMFNHl5NdQU5UNpUhsqOdmF2snbp/l5Jn0iRfO&#10;u6Q9G1QUUPN/o6bF4++ykVJrPTV9beUbnUJ5XQnWWLFyQuFETAmoqScLJ3RzcbMuNcmkeuKcVgZr&#10;N5iDclJXHRmuuzYGoDMr6rGYuse3Fb5J+mvfDw4JrSq+iia+xE2fk55ecV67ppVD292l7upO+0RM&#10;NgEiBNR9pa0ElLuJtIphpSZAdUe0CuTdM7UtdknoG4KCZqAC1gSiZmwSeDa6s8xZi0xafoyvJ3gf&#10;m68ThskjXZmMDVme8k2mOgd4s0f7NI+MuEtsYH7KjC5Ye5IxolhxjbsNJk9MTdtG16ZDF7SRSNmY&#10;gOS18foUQp6ajGmwce84jYFOyWqam8TEOG8LrZRvQR4zTLQ+iucZBkYiLs+DFL3FyOhrB6dIgiTq&#10;LJKmzxqkXhCPxKRMTOUYWBi9Z51PMTpp/AMnE7aOQUz8fGJp+vYGSf1CHrOUur4sSyIPJRRnIVLB&#10;tEHjsJ0aQBuFOs7XoJbRvhwQo7Uoz3xZe2mpeWVyt0+1dxp1OnWiqmuinIqYo/GMyS19XlfBozzz&#10;9RpAEyJZ67imXWpOYkkDmCTV1tg7pjeZ2GeRzcQ0XTOaPMHxzXnqCIPaNlhRIIPv0UHVivpIcjy1&#10;0bSilRKU01/tEndpet5UU4AHmICntKrnNWHIj5lL52McvF4DwCaOOk1sjjOsJQ1g8txZBtx0koh4&#10;YYXJMy2VbKcN6kXnxqemU6DZHroQTXBflqW+LAPG6Vv+xnQ9sNMlGb7hKS1kn4un9LLctkk0Xcop&#10;1fwvyITBYKmdrsmyE91rrSWk1evr+7Cwz7eTJN3DQWub4zxgSZBUcK26mWGScObp74vyopdlXLQA&#10;tT8Bci8o3xa2+HYyZOZCqz7ri5X5S/IbSEK1BG5lROyJTw5fU4BBKkqXlp7YWBJnLDVQWKpCLX6B&#10;YpJAewv3E4NF9VgAJ/xyiUOR2k7SEPB1Acs9ZZuOaKTZFbDxojzxJRkooMhJmyngAJrAHoltdTlp&#10;hjrR+Y2cdSmUqIECzADpfWOImlpqN+9QoAVFl+XMsQcsU2Zq468DOeav242jFmugXYN1BVdWdpcE&#10;e+Xy+2sDWbQ+MMwzEJ2vj6Hu++3tzcWfbm5vBV+533388P3t7uTzBkz7fzffDz/Y3o7IuB6wPysA&#10;fPnqw/biZ1D8jwD235/u/+/TZnd5enL7v/fcE2AnB/tiZ198sC92h9vvt/nqSIZ27vaHn778c7N7&#10;OHngy/enB+45/GVr1wU2Z4bJl73MtPKd99s/fjpsr24EsJ95KxzpHx73D+UCAV/Mlzz+LXcYmqoH&#10;vwVmj0j0y0sM+dBFVqsuMfxeq29g1wA02NTmbL7yQVMh9wnkykcNEG6e2ttFiOOjNYlxc+bfcYtB&#10;WeEWg3IinD756JKe0+GpNTkzx/xEYvqqpNU8vDJSI7BPI6Szo40Y+ug+MY0Ga6nhMHyHT+NF253A&#10;UYvsF9H/9Lk15RimEJ/PusWzxLRM2DUIdwSowIHjfEqBuiLmJLkrIVHElxepmQYQn24ybCi5DuNP&#10;z1OBsCw/Oe7CJ4ZFmUmOjarOW1W7ZVhc0O8hHItJisWsIQa3UIjpVc3mZQpon0URGQEMJYxzSyKo&#10;O5i06TAC9EfQsaOg0ehJ3zBID6QbVHQrppUefjkJASL7ukUXVxNwZspBZxTD0pxqhYSZKFh/MT4O&#10;upvWX+QSRdDirgEUGnKDvp6vvxBbrz2tIWaYldUCLCqXrDzFrLnLpjpETzkoMOkNm89ZITs64OJr&#10;Vupy3Q30ezM1mVIwdYKYfCoTk0yTyrpbxKK1RUOrKbC/Z0KAmZHbWlgVX1B+Sv7CNsptZ74UYwQ3&#10;ZDcOZD7g7pI5IOCevDad62B+CHqKLm4hZsASrIzmG2qIG4t+z4qOKCCjsjKDE9uiydA+i0tqQIEq&#10;NjKBT/ddKHWnXBoVdSJIBg2ImpJPG/LQRsRUkhpugNcHaXqNdhpgnzaqpZy2MfvU4E9hodKglxcM&#10;j2iVcQMob5DrpcH9pUamhsX3d4yOfdHRx7LjXkGcaoMfdfSrgxM8IuYqWEDMDnWyTMs/8o8lqMpx&#10;c1sxUKSaUkxNHFhWcA1Fpn42LuTcg8jN0I1/8qmAbyVhdq0Q7bcmLDX2EITDeuQKp64N3jOYSHEv&#10;3DCw5LCgoVxOUCBBMmfvu4KaYs92yR2dIEdqEKH6aibGDHt8Tsg9qaozJ9XYBZcbUWwbzBNPo0QF&#10;TuSWZ14bkHAwmGqYxauakC/F1EyD1vNdHVHTi/FrZ/F8Op4FWRB5awxLXc4kyhtIW4C3WSJ4qgDG&#10;2JBnK/5FRoe+M+MY7VIgut0H0AN6GVxRKicTp05yx0azoRWZBdRyWaZoFHezgvj1fNQ1T/36sJ7w&#10;J3ohAL5mbpbCOgkX10My9yXb95IXmsUAVQoxKb6vVdQOtdaaGHGA32DahjaVlcOwznJW6fF9AYAV&#10;LqyIIWuJAhljaG0/M+uIlHsEd615H3frA0ug1tNjobMW9PDBgdm0FXR3ABgkDzEc8kRm7qefiTRf&#10;nc6EP/ND5BExmBp8q2vrcsg6eoJazM1TJVbjMptaDTexA69NWTcDMdDTwMbksq1FSXxrkI/ghjWj&#10;BMgWoHsars9qk4FrDnKp3t0ktYNO73AkISN4NPV/qCz6566NuNHVIkC+Dhyg3NE1vE4cgHnww6ZC&#10;cML0yedEYGWlmKc0jJI0ViMDLHzXAOMCpSJTVbRgjpH+wTMsBySe15bWin/ugnrQ7sZA/ueHG5l9&#10;a+4MtjWw9VRPgn+ViEC6H0S9I2JylwDGmSjTteG/hpgHFgobAIODBt5C2Hi7uASilAQzC2VNXGoJ&#10;S8DqRYZxXGoB7lo1FsYlRGjgVnFZvuMB7YuSFjbiuARY1WAvYVwiGKHbZeUwLgHAZ5ifieO4RL9M&#10;dF9E14VxKXdwyrHEcYlrjxL1ZeUVcYkWjm4wjkuMmADB5pXjuHREvCYujVzo08ZkHJcACVknDH8d&#10;xSUah0wSMttyrTmIS9LInCNkGJdST+OkWEAcl/BljTW047jEzJ+XiArbcVwiKQdMpNRxXMIIVPso&#10;DMO4RGGtlruijGxpBij6fkVcAqeWrNSL4xKodPDOZZdxXAKeD+xVD5780o9LwPPlaaFsN2FcAggJ&#10;iicTx3EJidg1/DgutfQ09aGJOC4dEcehhoEbvGaeVxBL87/ILo5LC2Hj7eJSR46md38tG16qlQDW&#10;yBtbcoxGanzYZ+m0QSiRXAhL4ekliZ1c3ihJC4+zBNhekqdKBb2GmElEORUCJO7BYwNIB5eDVmyO&#10;5r+0qWIp0IU2MC0vnAT1PNc1EENelZ5tMCcA4GQva/HKAi7V3RjTfn1Ya0U1Twr+5GLCARktCGtZ&#10;yLwlGAwRTmwkMyCbSIdoqpbDW0MM3EadV8Vcwc98GWEBjMmyrusO7IYrPxCIBPtCHfdOQKGw+Hpq&#10;8PXWH4qQbR1pjT4wQMs0gKo9Y9Zmo6/vsfTYCoW2mADp4ZxCLvkNmZzYjVscpV8Y002ap2tkzL6S&#10;HBHHqd4RMc8wwZBnNT2PHGrFvYZ46nQ2hDT4Nndl7qtrl5RaJrivQSfO7mitIZ5F9yJpgH6O5Ayj&#10;agM03YO2uzQ29JECuSXsS4OL7yDasyrxE4KZBarBZKoYFwVBUNJBbXUAaTJZsHssonY6xeSuC+44&#10;oib+KCfhVX9QYdZklBs9kYKQK2mVgcMGl+dywttwzNcKJ6nqgyYVowJ5/lAsl3xTsKOuqvbUO0pd&#10;XuhzqZkPGLhmBd88P6bgxDW7REns5OWdyMAt8IgoN13yLhFJMJwR+9amwoqT5xU26QSWtZGOryc0&#10;5onmSs0lsIBvbMskSBCjenTlTddGgRYr9Bs8gXhqlUmk35RHyZKG2NJoFRtaEoEwZfX5Rn76Gh/j&#10;KuAf7ibB5Wtk59pDcKdM0LGqr2uIaRZrUZIRWS4bRxGPyxp+024hPL5d/JUbxzq0IOdix4X1pfgL&#10;dMwA9CSv80jE+LHPkrsDP396OyqCLghMVlMSgki0MmNhHbPRKQ+gCwxaZiRTCF0AhdPpcDCGLrA7&#10;ehXZEGLoAg9ozk//hNAFoh1Qo7xyDF0YQO/oqIV5VQBdwLOS0JWVQ+jC0a2WGLoAUlA6tOIWYjQC&#10;kDJ6CmuJuZ9v2IwQukC/eCYOoQs0neTypfAcQxcQnQ2lY+gCkYWzyCvH0AVird3kR6Ei6ALU8qZO&#10;8b8hdAEo8KTg1xXQBZq/5lFFXwPoAoF30hp6Rc+JunluCMaTE0AWXOguu6T7FTQEMfIZ6EBQCAox&#10;ih+qDZNgBF2QOxoaZVZAFwSBZflFDEbgJiJQm8LJGmqBB63mm4HITB1CF7ADSrG8dgxd4IllqvtC&#10;HEIXKDDtbfUYuiCNOsWdxtAFHkYySOQK6AJgIkbYRXpx+c3jvlJ/ZStbRc0tq0KNTUTx6/moa+Hz&#10;9WU1GA1eL8rsRCGdlrQBNI3U+LDPEs4Judbz5DGboHIbQQTpyIJ+ejA/5AEWe4aDsU9QSfCmQa2h&#10;cUUTChQCL7CuPcX8+kupxeT6qp+bgdFmFpyXxh8HVR6XQwWHI9ok7xn46fgzp2dH8XrVwCXIO3jC&#10;CT39GaK0lPER0xMXkb4mN37ss6gIN/a4MpSJSXf8ipACTx5RzvZFbegXP7wiZo/dHzNtP90+VVEF&#10;c1ROcQ3x7JzohAWYD56WJRJlntcQ41KL6pX3DbyqAEgX0TavjOUGTzxAbI+QE675x617aBjL7xLI&#10;gga7GDQvQDJTExRqIPfBhQLpZ1qIkTec/AYD8yweISlrxw2GqWrpdqymlgTEDD3/CgBP3PSDBV6e&#10;ZcJzDIE9YjJPzSJJkFx5g9WaFTtO5o53uYaaXRY3Ipgj/+AF/axHmX23z/XTQ1Wxah8JZBXxcw7H&#10;bPb1Ho3pMiOP4qN4p3Su7JdcGvQMBsvpk6wFPTQScoiK0QNNI/R4ikUORylY1gb0FfSL5M1hFCDr&#10;IYVspIaMU1Rp0YLZc5sg7VNdMTU0ksh+Gy/oc82VXhxDIRbssrtFFM8KCrnp7DdlIZ4f+6bk8zs0&#10;E7coNNEGHxlcaRVgkB66n7fwWptBsEJC3twsUiCOBVIgT7HBBRCAiJin30pcRPmi+eFERWCguzjz&#10;pIcOUixzvSIf4jwMPBmn1yAKCP556XjKLY95y++sEI1bRU2BVzQfHG/wjC9rk0+UowEhF8w0oQYs&#10;qJFDKkd/XHvM+AoJiveQV+hL7AjnmkJOB7GQc9EguDsP+bO+zIz7V97yN92qlue65tsU/9m3qvPv&#10;ieN35+XfSqa/509+Od/xn/Mt7KffRvjd/wMAAP//AwBQSwMEFAAGAAgAAAAhABwvI8PdAAAABAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0trwzAQhO+F/gexgd4a2X3k4VgOIbQ9hUKSQsltY21sE2tl&#10;LMV2/n2VXtrLwjDDzLfpcjC16Kh1lWUF8TgCQZxbXXGh4Gv//jgD4TyyxtoyKbiSg2V2f5diom3P&#10;W+p2vhChhF2CCkrvm0RKl5dk0I1tQxy8k20N+iDbQuoW+1BuavkURRNpsOKwUGJD65Ly8+5iFHz0&#10;2K+e47ducz6tr4f96+f3JialHkbDagHC0+D/wnDDD+iQBaajvbB2olYQHvG/9+ZNZy8gjgrm0QRk&#10;lsr/8NkPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAq4d7OaFwAA1XAAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABwvI8PdAAAABAEAAA8AAAAA&#10;AAAAAAAAAAAA9BkAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD+GgAAAAA=&#10;">
+              <v:group w14:anchorId="320469C6" id="Group 75087099" o:spid="_x0000_s1026" alt="&quot;&quot;" style="width:89.2pt;height:45.3pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="11328,5753" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAKuHezmhcAANVwAAAOAAAAZHJzL2Uyb0RvYy54bWzUndtuJMeRhu8X8DsQvLemqrKOhEaGV1oL&#10;Cxi2AcvwdQ8PQ8Ikm9vdMxy9/X6RGVFsjVgRRZG+sC2oOZpgMjIyzvFn8ts/fLm7Pfl8udvfbO/f&#10;n9bfVKcnl/fn24ub+4/vT//x059+P56e7A+b+4vN7fb+8v3pz5f70z9897v/+vbx4eyy2V5vby8u&#10;dycscr8/e3x4f3p9ODycvXu3P7++vNvsv9k+XN7zl1fb3d3mwB93H99d7DaPrH53+66pqv7d43Z3&#10;8bDbnl/u9/zXH8pfnn6X17+6ujw//PXqan95OLl9fwpvh/zvXf73B/n3u+++3Zx93G0erm/OlY3N&#10;b+DibnNzzw+dl/phc9icfNrd/Gqpu5vz3Xa/vTp8c769e7e9uro5v8x7YDd19dVuftxtPz3kvXw8&#10;e/z4MIsJ0X4lp9+87PlfPv+4e/j7w992hXu+/PP2/F975PLu8eHj2fHfy58/PhF/udrdyTexiZMv&#10;WaI/zxK9/HI4Oec/1nVqxhbBn/N33dClWkV+fs25/Orbzq//x//Gd5uz8mMzczMzjw9oz/5JQPvX&#10;Cejv15uHyyz3vQjgb7uTm4v3p32TuroZ++b05H5zhy7/qGrTiBYJC9CKJPVPexXqV3Kqq6pK0+nJ&#10;M8KqUtMhoK+ENe95c3b+aX/48XKbxb75/Of9oajvhX21ubavzr/c25c7jEDU/zar/+H0BPXfnZ6g&#10;/h+K+j9sDvJ9cpby5ckj52asXM/HJn99t/18+dM2Ex7k8CCrxqrPm2nbqZ5GWRGGnwhv74+/YWzG&#10;un6G3qjs8yEvD3VXdWX1oRqmLGhWNyr7nKnTiPQQbDv0bRqUF6OyT6Wux65uM3VXT1OfXOqhH3rl&#10;pOv6nm8s+7Q17bOsPaR+0CPu+qFOdUTd1yhVsZBm8vmGj6E16qptsj0tygS+u6kua/ewEqw99E1r&#10;1HXf+dRjU4/9UNZOqY9Op63qlAp10zWBvMeum3o9naYae1+CsNE2ykk91cPkynscmsHOsh6nKqLu&#10;arFJOZ0KB+DLexzbtlf9ntpu8qmnakRwee12HIfB1++pa8emyIQvutbne+K0uyLvdhhHfoynsdPA&#10;ikWCK2xnGse6VU4GrMis3qzAPos1TFPLRssuh3YMqOsKRjpbfA351Pdq9X3d4Yy8fbL6NLQqlr6a&#10;8Bc++YJ/sx2e3273l2UFcZ2/wYWO+BW15zR2/axfSx4UCx3UW/yC3jiyzyL7vukJN1n2aZJg7G4X&#10;6nYsoSlNOFzfJ0LdsGD2txU8+TbaY/SjHmvTop0+J20lhpnXTmhkwEnXJOOkHesxWLubhkH1MVaB&#10;Hu1SCbZ4md7X9X5sk3r+dhimLpDJmCqzjGmcAn/bj6nG3WdPVOOJfPvvx65VvrsG7+JHrH7CtxV5&#10;d2nqR9+KCGlixpkTHP/o7xJ3myr1/Imw7PM9pG7gx5e1xeG6ejK07cw3OoDr9cx5SFibrl2NbSBv&#10;QjhhvHCygrolTGlcxq1zrC4nbSLn0LWHpg9k0nf40EzdxnqCK28JJdl2xnqIMoSpbTuNQStyrIoo&#10;ZbYTetuXZXuLyaS5NPssri2TkyzlfcZWL+STKm2LRyGSegc0NU1vUSimluBdlcSJtStyKG/tEWsz&#10;s2+bKPVEZZukIk/kK74rJHGqOj18thyE/aXgY5J+fXhbDOdL8Y3yaCDDLse6Jl2osSQVD3lDIPq6&#10;Ime1MMSZBe4F7lsSSrUl+V73YGWz3VyCrGCmYae21TCPWhTlW55WPbZDqbjSkPOwoshLpzVNadCc&#10;9Bf0xpJ9mslWOPeSBKQB+/LTEVShJcfJ0l9Hji8rqpDGOgrVqAJZS/HvaWoTztszWpiZSM+KKlDo&#10;BiUJgqmk7yHFaCKZ8VMS0u8Bwy6urB6CgnHqyBXUxtsu9Z3L+ETipWFshd97oZuEvKnNl8WJWiY3&#10;8yNRanzW0fihJuMSuaSJejPK1qnpCaWZnLqXAOuf6IKym9K+3vuNdY/LLgwlcjBLCpbMiT6ApRzp&#10;mN44sk9N7o+ox4Eo5W73ZYWDRAacYxblcVliHNhn4UTSKnVkKywPaunllGMKvQDUk8ZW8TXBLsl6&#10;pVrIa0vDw0+sJAfUZDP17ZT8nGBMXVMp3yuoG36+Oq++7aN2VEN1ZtREEf8s0au6U2o0Pkg2xwpn&#10;VBKlJD2JQCYLOmsn/nqrwHlWVmY25D9m1UtWQT1C27Wc6TG9cWSfRRfxpfgkpabaMJszKvtU6pFS&#10;RvUFVrqIuh8tZLQcku++SNXrZnZH0tTw3JFQ0y9aaRUTh66JOIE3cnXTRKWuGnAc1k0W9llkIknS&#10;s1mAkdnnTF41JnGSnih6TUNjMsTJDXb6tqh96vnQh6Cez1Ihm42oFzTL1ny97jLMGLWYTb2kDXqm&#10;S7qLeo3ayMTDhF4gDRXiK94r9kcv814LnL+dbAZS9xLscMJzE2ZJMqrq9I1oU3qGkXpNqRPNrCCR&#10;SnN6SSuLxN1bl/FhZZ20VEdqy4yg1W53asnbfScq1K26rJYmj88J1LPLit0K1HTeipLA0uw+7SDt&#10;sxhQU9OQ1hQk5rupB8KJmlsoEzIycrj11Emq16zcTeiYaWJQCCr1UZCw3dln2eVIsKUNldeuJhJ1&#10;9+QpDqRpJdQNJhx06RlwkfoXamJF6zt9vAM1UaHG5Xe+exsrKlal7lMKEhCCWafOsOmyynj6PbA1&#10;fnzeZZcjrks9MnBRmdBbZFTjU3M8JbQ1bVcHOjiMFNHl5NdQU5UNpUhsqOdmF2snbp/l5Jn0iRfO&#10;u6Q9G1QUUPN/o6bF4++ykVJrPTV9beUbnUJ5XQnWWLFyQuFETAmoqScLJ3RzcbMuNcmkeuKcVgZr&#10;N5iDclJXHRmuuzYGoDMr6rGYuse3Fb5J+mvfDw4JrSq+iia+xE2fk55ecV67ppVD292l7upO+0RM&#10;NgEiBNR9pa0ElLuJtIphpSZAdUe0CuTdM7UtdknoG4KCZqAC1gSiZmwSeDa6s8xZi0xafoyvJ3gf&#10;m68ThskjXZmMDVme8k2mOgd4s0f7NI+MuEtsYH7KjC5Ye5IxolhxjbsNJk9MTdtG16ZDF7SRSNmY&#10;gOS18foUQp6ajGmwce84jYFOyWqam8TEOG8LrZRvQR4zTLQ+iucZBkYiLs+DFL3FyOhrB6dIgiTq&#10;LJKmzxqkXhCPxKRMTOUYWBi9Z51PMTpp/AMnE7aOQUz8fGJp+vYGSf1CHrOUur4sSyIPJRRnIVLB&#10;tEHjsJ0aQBuFOs7XoJbRvhwQo7Uoz3xZe2mpeWVyt0+1dxp1OnWiqmuinIqYo/GMyS19XlfBozzz&#10;9RpAEyJZ67imXWpOYkkDmCTV1tg7pjeZ2GeRzcQ0XTOaPMHxzXnqCIPaNlhRIIPv0UHVivpIcjy1&#10;0bSilRKU01/tEndpet5UU4AHmICntKrnNWHIj5lL52McvF4DwCaOOk1sjjOsJQ1g8txZBtx0koh4&#10;YYXJMy2VbKcN6kXnxqemU6DZHroQTXBflqW+LAPG6Vv+xnQ9sNMlGb7hKS1kn4un9LLctkk0Xcop&#10;1fwvyITBYKmdrsmyE91rrSWk1evr+7Cwz7eTJN3DQWub4zxgSZBUcK26mWGScObp74vyopdlXLQA&#10;tT8Bci8o3xa2+HYyZOZCqz7ri5X5S/IbSEK1BG5lROyJTw5fU4BBKkqXlp7YWBJnLDVQWKpCLX6B&#10;YpJAewv3E4NF9VgAJ/xyiUOR2k7SEPB1Acs9ZZuOaKTZFbDxojzxJRkooMhJmyngAJrAHoltdTlp&#10;hjrR+Y2cdSmUqIECzADpfWOImlpqN+9QoAVFl+XMsQcsU2Zq468DOeav242jFmugXYN1BVdWdpcE&#10;e+Xy+2sDWbQ+MMwzEJ2vj6Hu++3tzcWfbm5vBV+533388P3t7uTzBkz7fzffDz/Y3o7IuB6wPysA&#10;fPnqw/biZ1D8jwD235/u/+/TZnd5enL7v/fcE2AnB/tiZ198sC92h9vvt/nqSIZ27vaHn778c7N7&#10;OHngy/enB+45/GVr1wU2Z4bJl73MtPKd99s/fjpsr24EsJ95KxzpHx73D+UCAV/Mlzz+LXcYmqoH&#10;vwVmj0j0y0sM+dBFVqsuMfxeq29g1wA02NTmbL7yQVMh9wnkykcNEG6e2ttFiOOjNYlxc+bfcYtB&#10;WeEWg3IinD756JKe0+GpNTkzx/xEYvqqpNU8vDJSI7BPI6Szo40Y+ug+MY0Ga6nhMHyHT+NF253A&#10;UYvsF9H/9Lk15RimEJ/PusWzxLRM2DUIdwSowIHjfEqBuiLmJLkrIVHElxepmQYQn24ybCi5DuNP&#10;z1OBsCw/Oe7CJ4ZFmUmOjarOW1W7ZVhc0O8hHItJisWsIQa3UIjpVc3mZQpon0URGQEMJYxzSyKo&#10;O5i06TAC9EfQsaOg0ehJ3zBID6QbVHQrppUefjkJASL7ukUXVxNwZspBZxTD0pxqhYSZKFh/MT4O&#10;upvWX+QSRdDirgEUGnKDvp6vvxBbrz2tIWaYldUCLCqXrDzFrLnLpjpETzkoMOkNm89ZITs64OJr&#10;Vupy3Q30ezM1mVIwdYKYfCoTk0yTyrpbxKK1RUOrKbC/Z0KAmZHbWlgVX1B+Sv7CNsptZ74UYwQ3&#10;ZDcOZD7g7pI5IOCevDad62B+CHqKLm4hZsASrIzmG2qIG4t+z4qOKCCjsjKDE9uiydA+i0tqQIEq&#10;NjKBT/ddKHWnXBoVdSJIBg2ImpJPG/LQRsRUkhpugNcHaXqNdhpgnzaqpZy2MfvU4E9hodKglxcM&#10;j2iVcQMob5DrpcH9pUamhsX3d4yOfdHRx7LjXkGcaoMfdfSrgxM8IuYqWEDMDnWyTMs/8o8lqMpx&#10;c1sxUKSaUkxNHFhWcA1Fpn42LuTcg8jN0I1/8qmAbyVhdq0Q7bcmLDX2EITDeuQKp64N3jOYSHEv&#10;3DCw5LCgoVxOUCBBMmfvu4KaYs92yR2dIEdqEKH6aibGDHt8Tsg9qaozJ9XYBZcbUWwbzBNPo0QF&#10;TuSWZ14bkHAwmGqYxauakC/F1EyD1vNdHVHTi/FrZ/F8Op4FWRB5awxLXc4kyhtIW4C3WSJ4qgDG&#10;2JBnK/5FRoe+M+MY7VIgut0H0AN6GVxRKicTp05yx0azoRWZBdRyWaZoFHezgvj1fNQ1T/36sJ7w&#10;J3ohAL5mbpbCOgkX10My9yXb95IXmsUAVQoxKb6vVdQOtdaaGHGA32DahjaVlcOwznJW6fF9AYAV&#10;LqyIIWuJAhljaG0/M+uIlHsEd615H3frA0ug1tNjobMW9PDBgdm0FXR3ABgkDzEc8kRm7qefiTRf&#10;nc6EP/ND5BExmBp8q2vrcsg6eoJazM1TJVbjMptaDTexA69NWTcDMdDTwMbksq1FSXxrkI/ghjWj&#10;BMgWoHsars9qk4FrDnKp3t0ktYNO73AkISN4NPV/qCz6566NuNHVIkC+Dhyg3NE1vE4cgHnww6ZC&#10;cML0yedEYGWlmKc0jJI0ViMDLHzXAOMCpSJTVbRgjpH+wTMsBySe15bWin/ugnrQ7sZA/ueHG5l9&#10;a+4MtjWw9VRPgn+ViEC6H0S9I2JylwDGmSjTteG/hpgHFgobAIODBt5C2Hi7uASilAQzC2VNXGoJ&#10;S8DqRYZxXGoB7lo1FsYlRGjgVnFZvuMB7YuSFjbiuARY1WAvYVwiGKHbZeUwLgHAZ5ifieO4RL9M&#10;dF9E14VxKXdwyrHEcYlrjxL1ZeUVcYkWjm4wjkuMmADB5pXjuHREvCYujVzo08ZkHJcACVknDH8d&#10;xSUah0wSMttyrTmIS9LInCNkGJdST+OkWEAcl/BljTW047jEzJ+XiArbcVwiKQdMpNRxXMIIVPso&#10;DMO4RGGtlruijGxpBij6fkVcAqeWrNSL4xKodPDOZZdxXAKeD+xVD5780o9LwPPlaaFsN2FcAggJ&#10;iicTx3EJidg1/DgutfQ09aGJOC4dEcehhoEbvGaeVxBL87/ILo5LC2Hj7eJSR46md38tG16qlQDW&#10;yBtbcoxGanzYZ+m0QSiRXAhL4ekliZ1c3ihJC4+zBNhekqdKBb2GmElEORUCJO7BYwNIB5eDVmyO&#10;5r+0qWIp0IU2MC0vnAT1PNc1EENelZ5tMCcA4GQva/HKAi7V3RjTfn1Ya0U1Twr+5GLCARktCGtZ&#10;yLwlGAwRTmwkMyCbSIdoqpbDW0MM3EadV8Vcwc98GWEBjMmyrusO7IYrPxCIBPtCHfdOQKGw+Hpq&#10;8PXWH4qQbR1pjT4wQMs0gKo9Y9Zmo6/vsfTYCoW2mADp4ZxCLvkNmZzYjVscpV8Y002ap2tkzL6S&#10;HBHHqd4RMc8wwZBnNT2PHGrFvYZ46nQ2hDT4Nndl7qtrl5RaJrivQSfO7mitIZ5F9yJpgH6O5Ayj&#10;agM03YO2uzQ29JECuSXsS4OL7yDasyrxE4KZBarBZKoYFwVBUNJBbXUAaTJZsHssonY6xeSuC+44&#10;oib+KCfhVX9QYdZklBs9kYKQK2mVgcMGl+dywttwzNcKJ6nqgyYVowJ5/lAsl3xTsKOuqvbUO0pd&#10;XuhzqZkPGLhmBd88P6bgxDW7REns5OWdyMAt8IgoN13yLhFJMJwR+9amwoqT5xU26QSWtZGOryc0&#10;5onmSs0lsIBvbMskSBCjenTlTddGgRYr9Bs8gXhqlUmk35RHyZKG2NJoFRtaEoEwZfX5Rn76Gh/j&#10;KuAf7ibB5Wtk59pDcKdM0LGqr2uIaRZrUZIRWS4bRxGPyxp+024hPL5d/JUbxzq0IOdix4X1pfgL&#10;dMwA9CSv80jE+LHPkrsDP396OyqCLghMVlMSgki0MmNhHbPRKQ+gCwxaZiRTCF0AhdPpcDCGLrA7&#10;ehXZEGLoAg9ozk//hNAFoh1Qo7xyDF0YQO/oqIV5VQBdwLOS0JWVQ+jC0a2WGLoAUlA6tOIWYjQC&#10;kDJ6CmuJuZ9v2IwQukC/eCYOoQs0neTypfAcQxcQnQ2lY+gCkYWzyCvH0AVird3kR6Ei6ALU8qZO&#10;8b8hdAEo8KTg1xXQBZq/5lFFXwPoAoF30hp6Rc+JunluCMaTE0AWXOguu6T7FTQEMfIZ6EBQCAox&#10;ih+qDZNgBF2QOxoaZVZAFwSBZflFDEbgJiJQm8LJGmqBB63mm4HITB1CF7ADSrG8dgxd4IllqvtC&#10;HEIXKDDtbfUYuiCNOsWdxtAFHkYySOQK6AJgIkbYRXpx+c3jvlJ/ZStbRc0tq0KNTUTx6/moa+Hz&#10;9WU1GA1eL8rsRCGdlrQBNI3U+LDPEs4Judbz5DGboHIbQQTpyIJ+ejA/5AEWe4aDsU9QSfCmQa2h&#10;cUUTChQCL7CuPcX8+kupxeT6qp+bgdFmFpyXxh8HVR6XQwWHI9ok7xn46fgzp2dH8XrVwCXIO3jC&#10;CT39GaK0lPER0xMXkb4mN37ss6gIN/a4MpSJSXf8ipACTx5RzvZFbegXP7wiZo/dHzNtP90+VVEF&#10;c1ROcQ3x7JzohAWYD56WJRJlntcQ41KL6pX3DbyqAEgX0TavjOUGTzxAbI+QE675x617aBjL7xLI&#10;gga7GDQvQDJTExRqIPfBhQLpZ1qIkTec/AYD8yweISlrxw2GqWrpdqymlgTEDD3/CgBP3PSDBV6e&#10;ZcJzDIE9YjJPzSJJkFx5g9WaFTtO5o53uYaaXRY3Ipgj/+AF/axHmX23z/XTQ1Wxah8JZBXxcw7H&#10;bPb1Ho3pMiOP4qN4p3Su7JdcGvQMBsvpk6wFPTQScoiK0QNNI/R4ikUORylY1gb0FfSL5M1hFCDr&#10;IYVspIaMU1Rp0YLZc5sg7VNdMTU0ksh+Gy/oc82VXhxDIRbssrtFFM8KCrnp7DdlIZ4f+6bk8zs0&#10;E7coNNEGHxlcaRVgkB66n7fwWptBsEJC3twsUiCOBVIgT7HBBRCAiJin30pcRPmi+eFERWCguzjz&#10;pIcOUixzvSIf4jwMPBmn1yAKCP556XjKLY95y++sEI1bRU2BVzQfHG/wjC9rk0+UowEhF8w0oQYs&#10;qJFDKkd/XHvM+AoJiveQV+hL7AjnmkJOB7GQc9EguDsP+bO+zIz7V97yN92qlue65tsU/9m3qvPv&#10;ieN35+XfSqa/509+Od/xn/Mt7KffRvjd/wMAAP//AwBQSwMEFAAGAAgAAAAhABwvI8PdAAAABAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0trwzAQhO+F/gexgd4a2X3k4VgOIbQ9hUKSQsltY21sE2tl&#10;LMV2/n2VXtrLwjDDzLfpcjC16Kh1lWUF8TgCQZxbXXGh4Gv//jgD4TyyxtoyKbiSg2V2f5diom3P&#10;W+p2vhChhF2CCkrvm0RKl5dk0I1tQxy8k20N+iDbQuoW+1BuavkURRNpsOKwUGJD65Ly8+5iFHz0&#10;2K+e47ducz6tr4f96+f3JialHkbDagHC0+D/wnDDD+iQBaajvbB2olYQHvG/9+ZNZy8gjgrm0QRk&#10;lsr/8NkPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAq4d7OaFwAA1XAAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABwvI8PdAAAABAEAAA8AAAAA&#10;AAAAAAAAAAAA9BkAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD+GgAAAAA=&#10;">
                 <v:shape id="Graphic 2" o:spid="_x0000_s1027" style="position:absolute;left:1000;width:10325;height:5753;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1032510,575310" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCGxhwAyAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dagIx&#10;FITvC32HcAq9q9ld6aKrUUQotRci/jzAYXPcXdychCTV7ds3guDlMDPfMPPlYHpxJR86ywryUQaC&#10;uLa640bB6fj1MQERIrLG3jIp+KMAy8XryxwrbW+8p+shNiJBOFSooI3RVVKGuiWDYWQdcfLO1huM&#10;SfpGao+3BDe9LLKslAY7TgstOlq3VF8Ov0bBz47d7ttEmXd9iflGbsfeTZV6fxtWMxCRhvgMP9ob&#10;raAsxp95MSkLuF9Kd0Au/gEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCGxhwAyAAAAOIA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" path="m1030806,449198r-202690,l828505,470792r-125,5645l818514,519963r-50909,36651l736739,567131r-127,8166l760742,570420r6849,-3703l776241,561657r45626,-27965l840133,525263r15831,-4402l867427,519179r5278,-270l875110,503510r9356,-8920l908336,488772r46488,-6223l967153,478836r11104,-2399l988144,475148r6764,-300l1025754,474848r3906,-13342l1029743,460980r1063,-11782xem860542,385610r-235830,l626000,391132r489,5941l626232,407121r-948,17846l640909,434763r11423,13424l659778,460980r6222,13288l684339,477951r-1331,21006l683120,513519r2280,11365l690359,539686r23489,-2705l727303,534379r8483,-4028l744359,523366r-5753,-14909l739673,508457r1189,-149l743996,507269r21953,-8312l782472,481720r11984,-10928l807728,461506r20388,-12308l1030806,449198r91,-1011l1030948,447624r-108294,l887701,447041r-18693,-4078l860238,431893r-5186,-21557l860542,385610xem1025754,474848r-18188,l1013998,475441r4686,1610l1024191,480186r1389,-4745l1025666,475148r88,-300xem1018475,375754r-24751,l1005784,376542r-1399,l1009448,381268r1265,13094l1009561,419861r-16521,14236l978793,441731r-19841,3634l925273,447624r105675,l1032108,434763r76,-838l1027168,398210r-8599,-22214l1018475,375754xem816318,338848r-203645,l612673,387476r12039,-1866l860551,385610r115,-4342l860792,376542r109,-4066l854763,366719r-8977,-1785l835202,364934r-8527,-297l821135,362556r-4980,-5648l809307,345909r7011,-7061xem986089,322960r-17803,l978321,323798r5522,5860l986813,345565r2316,30189l989190,376542r1638,-546l992327,375754r26148,l1010221,354431,997213,333870r-126,-200l986089,322960xem840803,363943r-1939,694l837031,364934r8755,l840803,363943xem70078,54787l,312153r3680,13944l3784,326491r196228,4940l199467,342569r-21,432l199321,345565r-59,1195l214668,342569r3022,-11138l821392,331431r2501,-7633l824075,322960r2606,-13004l812981,294390r-6886,-10045l803937,275450r480,-12116l798587,259321r-4237,-3232l789641,251933r-7232,-6773l781913,245160r-10539,-317l764943,242625r-297,-360l729589,242265r-7095,-3190l719266,234703r38,-9825l721178,211353r118,-851l734536,210502r2457,-2591l732408,187864r3949,-10825l751598,165531r4450,-5306l759621,156803r4579,-3027l771664,149656r737,-5448l804505,121375r17705,-2288l825982,110966r3166,-4893l833422,102442r7102,-4335l837110,89839r-26330,l798690,81697r-8411,-3962l785473,76275r-1248,-622l784834,74599r686,-673l637666,73926,70078,54787xem821392,331431r-603702,l491794,336461r973,6108l492836,343001r119837,-4153l816318,338848r554,-558l821204,332004r188,-573xem960348,312737r-12230,l939774,318935r13475,14935l959154,326097r4966,-3137l986089,322960r-2095,-2039l971547,314503r-11199,-1766xem753897,224878r-9388,479l738847,227328r-4213,5092l729589,242265r35057,l759993,236604r-6096,-11726xem734536,210502r-13240,l723493,211112r1956,241l733729,211353r807,-851xem828789,75653r-9335,4141l810780,89839r26330,l836790,89065,828789,75653xem747255,r-6742,4580l734567,7494r-8479,2498l711746,13322r-18089,7619l679911,29794,663563,45562,637666,73926r147854,l788987,70523r-5072,-2943l780510,59886,777228,41401,772528,6083r-8260,-252l758882,5113,754000,3359,747255,xe" fillcolor="#b2c7d1" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 3" o:spid="_x0000_s1028" style="position:absolute;top:1427;width:10452;height:1308;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1045210,130810" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA1vtDRzAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NTsMw&#10;EITvSLyDtZW4UbuuFJpQt+JHVPQGBcF1FS9JRLwOsZumPH1dCYnjaGa+0SzXo2vFQH1oPBuYTRUI&#10;4tLbhisD729P1wsQISJbbD2TgSMFWK8uL5ZYWH/gVxp2sRIJwqFAA3WMXSFlKGtyGKa+I07el+8d&#10;xiT7StoeDwnuWqmVyqTDhtNCjR091FR+7/bOwOfPNt8ff4eg71901PPHzXajPoy5mox3tyAijfE/&#10;/Nd+tga0ym70Yp7lOZw/pT8gVycAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANb7Q0cwA&#10;AADjAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" path="m160147,l107213,r-3442,11430l98336,25984,90843,47485,81229,79692r-381,l76390,57492,65836,13322,63131,,11163,,9359,28727,6591,63334,3314,98374,,128397r33299,l33845,111010,35077,86728,36817,60566,38887,37541r381,l42621,53962,53149,97256r6718,31141l94322,128397,109524,82511,124155,37350r381,l124294,70116r-749,26404l121843,128397r34849,l157060,88633r928,-37287l159118,20497,160147,xem268732,56210l266700,45377r-6770,-8243l247459,31877,228307,30035r-11214,445l205740,31724r-11430,1880l182880,36004r-3849,23482l188696,56121r10097,-2896l209054,51206r10211,-762l224459,50444r6731,1346l231190,58140r-10249,8471l198374,71780r-22556,9601l165557,103174r609,5195l170154,117741r10592,8966l201168,130708r5194,l211366,130327r5194,-775l222923,108572r-3277,1156l216179,110299r-8661,l202133,108572r,-5969l205701,95834r8395,-4179l223812,88658r7569,-3187l229489,117678r-991,10719l265455,128397r508,-18720l268732,56210xem355561,59677l354025,33299,337464,31013r-8293,-711l320916,30035r-17526,2019l291299,37706r-7010,8649l282028,57365r5233,14847l298767,83591r11519,8865l315518,99720r,5575l303009,105498r-7087,-596l288848,103327r-6972,-2223l275107,98564r2883,27902l286397,128104r8484,1359l303428,130378r8636,330l325729,129349r13348,-4559l349224,116255r4026,-13258l348018,87274,336499,76111,324993,67665r-5233,-7607l319760,55245r21755,l348830,56984r6731,2693xem441807,59677l440270,33299,423710,31013r-8293,-711l407162,30035r-17526,2019l377532,37706r-6997,8649l368274,57365r5233,14847l385013,83591r11519,8865l401764,99720r,5575l389255,105498r-7100,-596l375081,103327r-6972,-2223l361340,98564r2896,27902l372643,128104r8484,1359l389674,130378r8636,330l411975,129349r13348,-4559l435470,116255r4026,-13258l434263,87274,422744,76111,411238,67665r-5232,-7607l406006,55245r21755,l435076,56984r6731,2693xem586384,l544614,r-369,28498l543458,47739r-51397,l493141,23736,494944,,453174,r-508,38671l451345,70916r-1918,28893l447205,128397r41770,l489381,109562r1143,-34302l541921,75260r-1041,26784l539991,115252r-1156,13145l580999,128397r483,-40285l582752,55753,586384,xem694956,71602l667029,32778r-7493,-978l659536,57365r,11164l628548,68529r952,-8281l635279,51587r19634,l659536,57365r,-25565l615835,36969,592251,70878r-1435,12662l595172,105384r102,508l595388,106451r89,457l608025,121348r18288,7315l648182,130695r8408,-241l665010,129743r7861,-1080l673011,128663r8661,-1613l685126,106908r89,-457l686295,100101r-8204,2299l669671,104432r-8522,1460l652602,106451r-9297,-1067l635228,101879r-5689,-6312l627380,86042r66230,l694563,81229r393,-4814l694956,71602xem798525,56210l796493,45377r-6769,-8243l777252,31877,758101,30035r-11214,445l735533,31724r-11430,1880l712673,36004r-3848,23482l718489,56121r10097,-2896l738847,51206r10211,-762l754253,50444r6743,1346l760996,58140r-10261,8471l728179,71780r-22567,9601l695350,103174r610,5195l699947,117741r10592,8966l730961,130708r5194,l741159,130327r5207,-775l752716,108572r-3277,1156l745972,110299r-8661,l731926,108572r,-5969l735495,95834r8394,-4179l753605,88658r7582,-3187l759294,117678r-1003,10719l795248,128397r508,-18720l798525,56210xem849363,l811060,r-1054,32169l808532,64274r-1943,32080l804125,128397r38304,l843457,97155r1855,-37504l847471,24422,849363,xem926934,32334r-21551,l906335,7124r-35027,7887l870153,32334r-15596,l853605,57556r14427,l867359,70078r-1689,23597l865339,105105r2210,12687l873798,125628r9728,3975l896137,130695r8471,l913079,129743r8267,-2121l926172,101053r-8864,2121l904608,103174r-1537,-5969l903198,81000r1219,-23444l926172,57556r762,-25222xem1045133,60642r-2857,-14694l1034592,36525r-11226,-5017l1009904,30022r-12358,712l987742,33235r-7963,4839l972947,45808r-381,-381l973239,33731,976033,,937729,r-647,36334l935456,72644r-2121,32092l931176,128397r38303,l972261,85471,983538,60058r20981,l1007414,68719r-292,21997l1006398,103276r-1879,25121l1042441,128397r419,-20003l1045133,60642xe" fillcolor="#096681" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="317FA633" w14:textId="24DFA497" w:rsidR="009F36A8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="587B211F" w14:textId="77777777" w:rsidR="00FA130A" w:rsidRDefault="00FA130A" w:rsidP="00FA130A">
       <w:pPr>
-        <w:pStyle w:val="Heading4"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...36 lines deleted...]
-        <w:t>Massachusetts EOHHS</w:t>
+        <w:t>Commonwealth of Massachusetts EOHHS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0917C64D" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRDefault="009F36A8">
+    <w:p w14:paraId="624A907E" w14:textId="59FB1A6F" w:rsidR="00FA130A" w:rsidRDefault="00FA130A" w:rsidP="00FA130A">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:hyperlink r:id="rId9">
-        <w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00BD0DBE">
           <w:rPr>
-            <w:rFonts w:ascii="Lucida Sans"/>
-[...2 lines deleted...]
-            <w:w w:val="90"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.mass.gov/masshealth</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="701F2E4B" w14:textId="378BD414" w:rsidR="009F36A8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="738BD030" w14:textId="77777777" w:rsidR="00FA130A" w:rsidRDefault="00FA130A" w:rsidP="00FA130A">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
-[...89 lines deleted...]
-        <w:t>Checklist</w:t>
+    </w:p>
+    <w:p w14:paraId="4692B003" w14:textId="4DC50E0D" w:rsidR="00FA130A" w:rsidRPr="00FA130A" w:rsidRDefault="00FA130A" w:rsidP="00FA130A">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA130A">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>Long-Term Care in a Nursing Facility—Application Checklist</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="773FE788" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRPr="006D442A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="53B4B99C" w14:textId="77777777" w:rsidR="00FA130A" w:rsidRPr="00F056CD" w:rsidRDefault="00FA130A" w:rsidP="00FA130A">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...1 lines deleted...]
-        <w:ind w:right="296"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00534AFC">
-[...1 lines deleted...]
-          <w:color w:val="231F20"/>
+      <w:r w:rsidRPr="00F056CD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Use this checklist and list of tips when you or your Authorized Representative are applying for MassHealth long-term care (LTC) benefits. LTC benefits are for people looking for nursing home coverage in a skilled nursing facility. To get the LTC benefit, you or your authorized representative designee (ARD) must fill out at least these two forms:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69A24903" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRPr="006D442A" w:rsidRDefault="009F36A8">
+    <w:p w14:paraId="57418863" w14:textId="07461481" w:rsidR="00FA130A" w:rsidRPr="00F056CD" w:rsidRDefault="00FA130A" w:rsidP="00FA130A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00F056CD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Application for Health Coverage for Seniors and People Needing Long-Term Care Services</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F056CD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="081A1B54" w14:textId="4DCC6F30" w:rsidR="00FA130A" w:rsidRPr="00F056CD" w:rsidRDefault="00FA130A" w:rsidP="00FA130A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F056CD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Long-Term Care Home- and Community-Based Service Waiver (Supplement A).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E1D4532" w14:textId="6C97256D" w:rsidR="00FA130A" w:rsidRPr="00F056CD" w:rsidRDefault="00FA130A" w:rsidP="00FA130A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F056CD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Applications may be submitted prior to submitting all necessary verifications. Try to submit as many verifications as possible with the application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B9BB300" w14:textId="2D79B9DF" w:rsidR="00FA130A" w:rsidRDefault="00FA130A" w:rsidP="00FA130A">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA130A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Long-Term Care Application Process</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60D8824F" w14:textId="77777777" w:rsidR="00793D54" w:rsidRPr="00F056CD" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F056CD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Age 65 and older, applying for long-term care benefits</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D0C0AFB" w14:textId="690A6E6F" w:rsidR="00793D54" w:rsidRPr="00F056CD" w:rsidRDefault="00793D54" w:rsidP="00793D54">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:tabs>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId10">
-[...23 lines deleted...]
-        <w:t>and</w:t>
+      <w:r w:rsidRPr="00F056CD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>When MassHealth receives the application for LTC benefits, it will be assigned to an LTC intake worker at a MassHealth enrollment center (MEC). Applications are reviewed in the order they are received.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11D7D4A1" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRPr="006D442A" w:rsidRDefault="009F36A8">
+    <w:p w14:paraId="020E29D0" w14:textId="14F63728" w:rsidR="00793D54" w:rsidRPr="00F056CD" w:rsidRDefault="00793D54" w:rsidP="00793D54">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:tabs>
-[...5 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11">
-[...140 lines deleted...]
-          <w:sz w:val="21"/>
+      <w:r w:rsidRPr="00F056CD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Once the intake worker reviews the application, MassHealth may mail you a letter to ask for more documents to decide if you qualify. You will have 30 days from the date on the letter to send in the documents.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C0BCDFE" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRPr="006D442A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7466AFF4" w14:textId="77777777" w:rsidR="00793D54" w:rsidRPr="00F056CD" w:rsidRDefault="00793D54" w:rsidP="00793D54">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...1 lines deleted...]
-        <w:ind w:left="320" w:right="296"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00534AFC">
-[...1 lines deleted...]
-          <w:color w:val="231F20"/>
+      <w:r w:rsidRPr="00F056CD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MassHealth has up to 45 days to decide if someone qualifies for LTC benefits. If you applied because of a disability and sent in the disability form, the review process can take up to 90 days. MassHealth will mail a decision notice to the applicant and their authorized representative designee.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BEA72EB" w14:textId="742B4A8D" w:rsidR="009F36A8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="227927F8" w14:textId="77777777" w:rsidR="00793D54" w:rsidRPr="00F056CD" w:rsidRDefault="00793D54" w:rsidP="00793D54">
       <w:pPr>
-        <w:pStyle w:val="Heading4"/>
-        <w:spacing w:before="119"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...103 lines deleted...]
-        <w:t>benefits</w:t>
+      <w:r w:rsidRPr="00F056CD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Younger than 65, applying for long-term care benefits</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C47A5EB" w14:textId="4DD05155" w:rsidR="009F36A8" w:rsidRPr="00E812DB" w:rsidRDefault="00E812DB">
+    <w:p w14:paraId="1CFF171C" w14:textId="77777777" w:rsidR="00793D54" w:rsidRPr="00F056CD" w:rsidRDefault="00793D54" w:rsidP="00793D54">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...3 lines deleted...]
-          <w:color w:val="231F20"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E812DB">
-[...123 lines deleted...]
-        <w:t>MassHealth can give them long-term care services.</w:t>
+      <w:r w:rsidRPr="00F056CD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>MassHealth, the Social Security Administration or the Massachusetts Commission for the Blind must identify that a person has a disability before MassHealth can give them long-term care services.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13B50EA7" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRPr="006D442A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="012641A0" w14:textId="77777777" w:rsidR="00793D54" w:rsidRPr="00F056CD" w:rsidRDefault="00793D54" w:rsidP="00793D54">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="119"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00534AFC">
-[...1 lines deleted...]
-          <w:color w:val="231F20"/>
+      <w:r w:rsidRPr="00F056CD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If none of the agencies above have identified a disability for the applicant, please do the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23FFCDE6" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRPr="006D442A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="33B0504C" w14:textId="6BAF4C5A" w:rsidR="00793D54" w:rsidRPr="00F056CD" w:rsidRDefault="00793D54" w:rsidP="00793D54">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...10 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00534AFC">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">fill out the </w:t>
+      <w:r w:rsidRPr="00F056CD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. fill out the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12">
-        <w:r w:rsidR="009F36A8" w:rsidRPr="00534AFC">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00F056CD">
           <w:rPr>
-            <w:color w:val="205E9E"/>
-[...1 lines deleted...]
-            <w:szCs w:val="21"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>MassHealth Adult Disability Supplement</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00534AFC">
-[...3 lines deleted...]
-          <w:szCs w:val="21"/>
+      <w:r w:rsidRPr="00F056CD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="278AB0FF" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRPr="006D442A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0E053DCB" w14:textId="21410A33" w:rsidR="00793D54" w:rsidRPr="00F056CD" w:rsidRDefault="00793D54" w:rsidP="00793D54">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...11 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00534AFC">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">fill out the </w:t>
+      <w:r w:rsidRPr="00F056CD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. fill out the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13">
-        <w:r w:rsidR="009F36A8" w:rsidRPr="00534AFC">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00F056CD">
           <w:rPr>
-            <w:color w:val="205E9E"/>
-[...1 lines deleted...]
-            <w:szCs w:val="21"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Authorization to Release Protected Health Information</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00534AFC">
-[...21 lines deleted...]
-        <w:t>and</w:t>
+      <w:r w:rsidRPr="00F056CD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Fill out both sides of the form for each medical provider listed, and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EB4E235" w14:textId="543C06A1" w:rsidR="009F36A8" w:rsidRPr="007E5377" w:rsidRDefault="00000000" w:rsidP="007E5377">
+    <w:p w14:paraId="44360C2B" w14:textId="65948975" w:rsidR="00793D54" w:rsidRPr="00F056CD" w:rsidRDefault="00793D54" w:rsidP="00793D54">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...11 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-        <w:t>send</w:t>
+      <w:r w:rsidRPr="00F056CD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. send the forms to MassHealth Disability Evaluation Services or your LTC case worker. Ways to submit information can be found at </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...49 lines deleted...]
-        <w:r w:rsidR="006D442A" w:rsidRPr="007E5377">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00F056CD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="21"/>
-            <w:szCs w:val="21"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>www.mass.gov/how-to/apply-for-masshealth-</w:t>
+          <w:t>www.mass.gov/how-to/apply-for-masshealth-the-health-safety-net-or-the-childrens-medical-security-plan</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007E5377">
-[...11 lines deleted...]
-          <w:szCs w:val="21"/>
+      <w:r w:rsidRPr="00F056CD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C56CE3D" w14:textId="388C3769" w:rsidR="009F36A8" w:rsidRPr="006D442A" w:rsidRDefault="00000000" w:rsidP="00534AFC">
+    <w:p w14:paraId="687D9AB8" w14:textId="77777777" w:rsidR="00793D54" w:rsidRPr="00F056CD" w:rsidRDefault="00793D54" w:rsidP="00793D54">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="119" w:line="389" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00534AFC">
-[...15 lines deleted...]
-        <w:t>supplement.</w:t>
+      <w:r w:rsidRPr="00F056CD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>It can take up to 90 days to review someone’s disability supplement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3932E2D6" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRPr="006D442A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4FDE1DF9" w14:textId="44EAAEED" w:rsidR="00793D54" w:rsidRPr="00F056CD" w:rsidRDefault="00793D54" w:rsidP="00793D54">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...1 lines deleted...]
-        <w:ind w:right="2283"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00534AFC">
-[...3 lines deleted...]
-        <w:t>The</w:t>
+      <w:r w:rsidRPr="00F056CD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D442A">
-[...7 lines deleted...]
-        <w:r w:rsidR="009F36A8" w:rsidRPr="00534AFC">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00F056CD">
           <w:rPr>
-            <w:color w:val="205E9E"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>MassHealth Adult</w:t>
-[...25 lines deleted...]
-          <w:t>Supplement</w:t>
+          <w:t>MassHealth Adult Disability Supplement</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006D442A">
-[...179 lines deleted...]
-        <w:t>or a new MassHealth application is submitted.</w:t>
+      <w:r w:rsidRPr="00F056CD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will only be processed if the LTC applicant is already a MassHealth member or a new MassHealth application is submitted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7034FC10" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="36BFBA84" w14:textId="27709029" w:rsidR="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:w w:val="90"/>
+      <w:r w:rsidRPr="00793D54">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Checklist</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BB6E73A" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRDefault="009F36A8">
-[...8 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10340" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7615"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1060"/>
+        <w:gridCol w:w="6650"/>
+        <w:gridCol w:w="1350"/>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="1260"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009F36A8" w14:paraId="2BD4FB55" w14:textId="77777777">
+      <w:tr w:rsidR="00F056CD" w:rsidRPr="00793D54" w14:paraId="38D1DA5B" w14:textId="77777777" w:rsidTr="00793D54">
         <w:trPr>
           <w:trHeight w:val="299"/>
+          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7615" w:type="dxa"/>
+            <w:tcW w:w="6650" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="096681"/>
-[...5 lines deleted...]
-              <w:ind w:left="80"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="606F9084" w14:textId="77777777" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00793D54">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="FFFFFF"/>
-[...3 lines deleted...]
-              <w:t>Make</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Make sure to take these steps:</w:t>
             </w:r>
-            <w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3307F6E3" w14:textId="77777777" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
-                <w:color w:val="FFFFFF"/>
-[...6 lines deleted...]
-            <w:r>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00793D54">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="FFFFFF"/>
-[...109 lines deleted...]
-                <w:sz w:val="21"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Applicant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="096681"/>
-[...5 lines deleted...]
-              <w:ind w:left="224"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5397419F" w14:textId="77777777" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00793D54">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="FFFFFF"/>
-[...2 lines deleted...]
-                <w:sz w:val="21"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Spouse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
+            <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="096681"/>
-[...6 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CBD64D3" w14:textId="77777777" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00793D54">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="FFFFFF"/>
-[...2 lines deleted...]
-                <w:sz w:val="21"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Does not apply</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04BA5" w14:paraId="3FD540D8" w14:textId="77777777">
+      <w:tr w:rsidR="00793D54" w:rsidRPr="00793D54" w14:paraId="45EB3D20" w14:textId="77777777" w:rsidTr="00793D54">
         <w:trPr>
           <w:trHeight w:val="1187"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7615" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:tcW w:w="6650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65B29785" w14:textId="77777777" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00793D54">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">In the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16">
-              <w:r w:rsidRPr="00534AFC">
+            <w:hyperlink r:id="rId13">
+              <w:r w:rsidRPr="00793D54">
                 <w:rPr>
-                  <w:color w:val="205E9E"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="21"/>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Application for Health Coverage for Seniors and People Needing Long-Term-Care Services</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00534AFC">
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00793D54">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, select “Long-Term Care” on the first page of the application and fill in applicant’s name and applicant’s spouse’s name on the line underneath labeled Spouse if there is one.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A266DB4" w14:textId="77777777" w:rsidR="00C04BA5" w:rsidRDefault="00C04BA5" w:rsidP="00C04BA5">
-[...3 lines deleted...]
-              <w:ind w:left="80"/>
+          <w:p w14:paraId="0F6BA794" w14:textId="77777777" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00534AFC">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00793D54">
               <w:rPr>
                 <w:i/>
-                <w:color w:val="231F20"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Person 1 is the person applying for LTC benefits. Person 2 is the spouse, if there is one.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...63 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30089F93" w14:textId="2D35689B" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55DE96D4" w14:textId="2777D11E" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="574D2758" w14:textId="3A9E3BA0" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04BA5" w14:paraId="6FF350EA" w14:textId="77777777" w:rsidTr="00534AFC">
+      <w:tr w:rsidR="00793D54" w:rsidRPr="00793D54" w14:paraId="2AECDF42" w14:textId="77777777" w:rsidTr="00793D54">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7615" w:type="dxa"/>
-[...17 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:tcW w:w="6650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C94CC83" w14:textId="77777777" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00793D54">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>Answer all questions “yes” or “no” for the applicant and their spouse. (If married, the Person 2 section must be completed even if the spouse is not applying.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...63 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2376C044" w14:textId="63623DCB" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DBAC227" w14:textId="4AE97853" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20B716A8" w14:textId="79B9F159" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04BA5" w14:paraId="361D495E" w14:textId="77777777">
+      <w:tr w:rsidR="00793D54" w:rsidRPr="00793D54" w14:paraId="2068086C" w14:textId="77777777" w:rsidTr="00793D54">
         <w:trPr>
           <w:trHeight w:val="299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7615" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:sz w:val="21"/>
+            <w:tcW w:w="6650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C3DB19B" w14:textId="77777777" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00793D54">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sign and date the application.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...63 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45D35DDA" w14:textId="6D6CE46E" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58C4462A" w14:textId="05844EF8" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC4AE84" w14:textId="3FD62F13" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04BA5" w14:paraId="6FE57B59" w14:textId="77777777">
+      <w:tr w:rsidR="00793D54" w:rsidRPr="00793D54" w14:paraId="62344E16" w14:textId="77777777" w:rsidTr="00793D54">
         <w:trPr>
           <w:trHeight w:val="569"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7615" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:t>Fill</w:t>
+            <w:tcW w:w="6650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5217E47C" w14:textId="77777777" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00793D54">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fill out, sign, and date the </w:t>
             </w:r>
-            <w:r w:rsidRPr="006D442A">
-[...2 lines deleted...]
-                <w:sz w:val="21"/>
+            <w:hyperlink r:id="rId14">
+              <w:r w:rsidRPr="00793D54">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Long-Term Care Home- and Community-Based Service Waiver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00793D54">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00534AFC">
-[...42 lines deleted...]
-              <w:r w:rsidRPr="00534AFC">
+            <w:hyperlink r:id="rId15">
+              <w:r w:rsidRPr="00793D54">
                 <w:rPr>
-                  <w:color w:val="205E9E"/>
-[...86 lines deleted...]
-                  <w:sz w:val="21"/>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>(Supplement A)</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00534AFC">
-[...2 lines deleted...]
-                <w:sz w:val="21"/>
+            <w:r w:rsidRPr="00793D54">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...63 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79A54D4C" w14:textId="16D8C179" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55935E29" w14:textId="14830312" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="119026FC" w14:textId="0119814A" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04BA5" w14:paraId="666D6D13" w14:textId="77777777">
+      <w:tr w:rsidR="00793D54" w:rsidRPr="00793D54" w14:paraId="52D9E33D" w14:textId="77777777" w:rsidTr="00793D54">
         <w:trPr>
           <w:trHeight w:val="839"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7615" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:t>If</w:t>
+            <w:tcW w:w="6650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA49935" w14:textId="77777777" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00793D54">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If applying on behalf of the applicant as an authorized representative designee (ARD), make sure the </w:t>
             </w:r>
-            <w:r w:rsidRPr="006D442A">
-[...196 lines deleted...]
-              <w:r w:rsidRPr="00534AFC">
+            <w:hyperlink r:id="rId16">
+              <w:r w:rsidRPr="00793D54">
                 <w:rPr>
-                  <w:color w:val="205E9E"/>
-                  <w:sz w:val="21"/>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Authorized Representative Designation form</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00534AFC">
-[...2 lines deleted...]
-                <w:sz w:val="21"/>
+            <w:r w:rsidRPr="00793D54">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is completed and sent with the application. If section 3 of the ARD form is filled out, please attach legal documents to show authority.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4496395B" w14:textId="4A81ACC1" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52232D40" w14:textId="6BCD3CC8" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A8BDE3F" w14:textId="3BA1B3B3" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00793D54" w:rsidRPr="00793D54" w14:paraId="0E6D5E0B" w14:textId="77777777" w:rsidTr="00793D54">
+        <w:trPr>
+          <w:trHeight w:val="569"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BEF7886" w14:textId="77777777" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00793D54">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Submit a Status Change (SC-1) form (usually sent by nursing facility staff). The SC-1 form provides information about the applicant’s admission to the facility.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CEF6C97" w14:textId="4577BB5C" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0825DABD" w14:textId="1D5B9064" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F453E22" w14:textId="5CBF093E" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00793D54" w:rsidRPr="00793D54" w14:paraId="0BDD0006" w14:textId="77777777" w:rsidTr="00793D54">
+        <w:trPr>
+          <w:trHeight w:val="299"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14BD8E9C" w14:textId="77777777" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00793D54">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Submit the Level of Care (LOC) form showing clinical eligibility (usually sent by nursing facility staff).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4714BC81" w14:textId="27D28337" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="019085CC" w14:textId="520099D7" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="206989ED" w14:textId="7C1AA42B" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00793D54" w:rsidRPr="00793D54" w14:paraId="544C1AF3" w14:textId="77777777" w:rsidTr="00793D54">
+        <w:trPr>
+          <w:trHeight w:val="569"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3856AAA1" w14:textId="77777777" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00793D54">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Submit the private pay and Personal Needs Account (PNA) statements from the facility (usually sent by nursing facility staff)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FDCA668" w14:textId="2519085F" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EE8EA0D" w14:textId="4C62FD00" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4867E1BE" w14:textId="0C90D6B3" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00793D54" w:rsidRPr="00793D54" w14:paraId="75A2A627" w14:textId="77777777" w:rsidTr="00665BD2">
+        <w:trPr>
+          <w:trHeight w:val="1538"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06B2CFD2" w14:textId="77777777" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00793D54">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">For people younger than 65 who have </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00793D54">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">not </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00793D54">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">been identified as a person with a disability by </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00793D54">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>MassHealth, the Social Security Administration or the Massachusetts Commission for the Blind:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14DB6237" w14:textId="77777777" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00793D54">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Complete the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17">
+              <w:r w:rsidRPr="00793D54">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>MassHealth Adult Disability Supplement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00793D54">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18">
+              <w:r w:rsidRPr="00793D54">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Authorization to Release Protected Health</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00793D54">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00534AFC">
-[...4 lines deleted...]
-              <w:t>is completed and sent with the application. If section 3 of the ARD form is filled out, please attach legal documents to show authority.</w:t>
+            <w:hyperlink r:id="rId19">
+              <w:r w:rsidRPr="00793D54">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Information</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00793D54">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> forms. Send these directly to the LTC case worker or to Disability Evaluation Services (DES). Instructions are on the Disability Supplement. Include </w:t>
             </w:r>
-          </w:p>
-[...20 lines deleted...]
-              <w:t>c</w:t>
+            <w:r w:rsidRPr="00793D54">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>any legal documentation with the ARD form if applicable. You may get a faster response if you send the forms to your LTC case worker.</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...19 lines deleted...]
-              <w:t>c</w:t>
+          <w:p w14:paraId="3F5390ED" w14:textId="77777777" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00793D54">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>If you send your Disability Supplement directly to DES, please provide proof of the submission to MassHealth.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...17 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03EBAFBD" w14:textId="2B894182" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03C19EC2" w14:textId="4BA2DFB5" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35F43BB0" w14:textId="426D0788" w:rsidR="00793D54" w:rsidRPr="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7B4958DF" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRDefault="009F36A8">
+    <w:p w14:paraId="5B33B721" w14:textId="77777777" w:rsidR="00793D54" w:rsidRDefault="00793D54" w:rsidP="00793D54"/>
+    <w:p w14:paraId="6DFF27A0" w14:textId="4A2C8031" w:rsidR="00D03142" w:rsidRPr="00D03142" w:rsidRDefault="00D03142" w:rsidP="00793D54">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Lucida Sans"/>
-[...2 lines deleted...]
-          <w:sz w:val="14"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00F056CD">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Proof to include with this application. If married, include proof for your spouse too.*</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10795" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7615"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1060"/>
+        <w:gridCol w:w="6650"/>
+        <w:gridCol w:w="1350"/>
+        <w:gridCol w:w="990"/>
+        <w:gridCol w:w="1805"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009F36A8" w14:paraId="6EE0E6A9" w14:textId="77777777">
+      <w:tr w:rsidR="00F056CD" w:rsidRPr="00F056CD" w14:paraId="2BB3FD1D" w14:textId="77777777" w:rsidTr="00665BD2">
         <w:trPr>
-          <w:trHeight w:val="299"/>
+          <w:trHeight w:val="406"/>
+          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7615" w:type="dxa"/>
+            <w:tcW w:w="6650" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="096681"/>
-[...5 lines deleted...]
-              <w:ind w:left="80"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="30445E3B" w14:textId="63524C90" w:rsidR="00F056CD" w:rsidRPr="00F056CD" w:rsidRDefault="00956B13" w:rsidP="00F056CD">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00534AFC">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="FFFFFF"/>
-[...2 lines deleted...]
-              <w:t>Make sure to take these steps:</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Citizenship/Immigration Status</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="096681"/>
-[...5 lines deleted...]
-              <w:ind w:left="133"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="49DFD04E" w14:textId="77777777" w:rsidR="00F056CD" w:rsidRPr="00F056CD" w:rsidRDefault="00F056CD" w:rsidP="00F056CD">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="FFFFFF"/>
-[...2 lines deleted...]
-                <w:sz w:val="21"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Applicant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
+            <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="096681"/>
-[...5 lines deleted...]
-              <w:ind w:left="224"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A471621" w14:textId="77777777" w:rsidR="00F056CD" w:rsidRPr="00F056CD" w:rsidRDefault="00F056CD" w:rsidP="00F056CD">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="FFFFFF"/>
-[...2 lines deleted...]
-                <w:sz w:val="21"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Spouse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
+            <w:tcW w:w="1805" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="096681"/>
-[...6 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0428C902" w14:textId="77777777" w:rsidR="00F056CD" w:rsidRPr="00F056CD" w:rsidRDefault="00F056CD" w:rsidP="00F056CD">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="FFFFFF"/>
-[...2 lines deleted...]
-                <w:sz w:val="21"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Does not apply</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04BA5" w14:paraId="286F7FF6" w14:textId="77777777">
+      <w:tr w:rsidR="00F056CD" w:rsidRPr="00F056CD" w14:paraId="6BE4B9A4" w14:textId="77777777" w:rsidTr="00665BD2">
         <w:trPr>
-          <w:trHeight w:val="569"/>
+          <w:trHeight w:val="637"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7615" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:t>Submit a Status Change (SC-1) form (usually sent by nursing facility staff). The SC-1 form provides information about the applicant’s admission to the facility.</w:t>
+            <w:tcW w:w="6650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E1B5A82" w14:textId="77777777" w:rsidR="00F056CD" w:rsidRPr="00F056CD" w:rsidRDefault="00F056CD" w:rsidP="00F056CD">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Send proof of citizenship or immigration status.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...656 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A6C1FB8" w14:textId="3DEDE7DE" w:rsidR="00F056CD" w:rsidRPr="00F056CD" w:rsidRDefault="00F056CD" w:rsidP="00F056CD">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11099E4D" w14:textId="6AE504B1" w:rsidR="00F056CD" w:rsidRPr="00F056CD" w:rsidRDefault="00F056CD" w:rsidP="00F056CD">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="390ABC40" w14:textId="6EF1DA5B" w:rsidR="00F056CD" w:rsidRPr="00F056CD" w:rsidRDefault="00F056CD" w:rsidP="00F056CD">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="23E08AF9" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRDefault="009F36A8">
+    <w:p w14:paraId="5763AE7C" w14:textId="77777777" w:rsidR="00D03142" w:rsidRDefault="00D03142"/>
+    <w:p w14:paraId="0876AF26" w14:textId="038258AC" w:rsidR="00D03142" w:rsidRPr="00D03142" w:rsidRDefault="00D03142">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...3 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F056CD">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Proof to include with this application. If married, include proof for your spouse too.*</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10795" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7615"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1060"/>
+        <w:gridCol w:w="6650"/>
+        <w:gridCol w:w="1350"/>
+        <w:gridCol w:w="990"/>
+        <w:gridCol w:w="1805"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009F36A8" w14:paraId="68F3B73D" w14:textId="77777777" w:rsidTr="00534AFC">
+      <w:tr w:rsidR="00956B13" w:rsidRPr="00F056CD" w14:paraId="35856F91" w14:textId="77777777" w:rsidTr="00D03142">
         <w:trPr>
-          <w:trHeight w:val="406"/>
+          <w:trHeight w:val="637"/>
+          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7615" w:type="dxa"/>
+            <w:tcW w:w="6650" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="096681"/>
-[...5 lines deleted...]
-              <w:ind w:left="80"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C0850AE" w14:textId="28D77E4D" w:rsidR="00956B13" w:rsidRPr="00956B13" w:rsidRDefault="00956B13" w:rsidP="00956B13">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00534AFC">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="FFFFFF"/>
-[...2 lines deleted...]
-              <w:t>Proof to include with this application. If married, include proof for your spouse too.*</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Income</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="096681"/>
-[...5 lines deleted...]
-              <w:ind w:left="133"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="560BF52E" w14:textId="0F79108E" w:rsidR="00956B13" w:rsidRPr="00F056CD" w:rsidRDefault="00956B13" w:rsidP="00956B13">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...8 lines deleted...]
-                <w:sz w:val="21"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Applicant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
+            <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="096681"/>
-[...5 lines deleted...]
-              <w:ind w:left="224"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="23C9DAFA" w14:textId="327CE3D8" w:rsidR="00956B13" w:rsidRPr="00F056CD" w:rsidRDefault="00956B13" w:rsidP="00956B13">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...8 lines deleted...]
-                <w:sz w:val="21"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Spouse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
+            <w:tcW w:w="1805" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="096681"/>
-[...6 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="11E26690" w14:textId="7C3DB3B5" w:rsidR="00956B13" w:rsidRPr="00F056CD" w:rsidRDefault="00956B13" w:rsidP="00956B13">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...8 lines deleted...]
-                <w:sz w:val="21"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Does not apply</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04BA5" w14:paraId="06100163" w14:textId="77777777">
-[...114 lines deleted...]
-      <w:tr w:rsidR="00C04BA5" w14:paraId="202EC937" w14:textId="77777777" w:rsidTr="00534AFC">
+      <w:tr w:rsidR="00956B13" w:rsidRPr="00F056CD" w14:paraId="710B1D64" w14:textId="77777777" w:rsidTr="00665BD2">
         <w:trPr>
           <w:trHeight w:val="2494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7615" w:type="dxa"/>
-[...32 lines deleted...]
-                <w:sz w:val="21"/>
+            <w:tcW w:w="6650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2288F7F7" w14:textId="77777777" w:rsidR="00956B13" w:rsidRPr="00F056CD" w:rsidRDefault="00956B13" w:rsidP="00956B13">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Send proof of all monthly income from all sources, before taxes (gross amount).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="548CC485" w14:textId="77777777" w:rsidR="00C04BA5" w:rsidRPr="00B307B2" w:rsidRDefault="00C04BA5" w:rsidP="00C04BA5">
-[...11 lines deleted...]
-                <w:sz w:val="21"/>
+          <w:p w14:paraId="7B9D7BB8" w14:textId="77777777" w:rsidR="00956B13" w:rsidRPr="00F056CD" w:rsidRDefault="00956B13" w:rsidP="00956B13">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Income sources may include work pay, retirement benefits, pensions, dividends or rental income. Review bank statements for any unreported sources of income.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="375BF7A9" w14:textId="336081A3" w:rsidR="00C04BA5" w:rsidRPr="00B307B2" w:rsidRDefault="00C04BA5" w:rsidP="00C04BA5">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Also, send proof of any money or income that you or your spouse gave or transferred to someone else in the last 60 months (5 years) before you applied. This includes income streams you transferred to your spouse or your spouse transferred to you. Provide proof of the amount you were </w:t>
+          <w:p w14:paraId="63A03C80" w14:textId="77777777" w:rsidR="00956B13" w:rsidRPr="00F056CD" w:rsidRDefault="00956B13" w:rsidP="00956B13">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Also, send proof of any money or income that you or your spouse gave or transferred to someone else in the last 60 months (5 years) before you applied. This includes income streams you transferred to your spouse or your spouse transferred to you. Provide proof of the amount you were last receiving, when and why it stopped, or to who you transferred the income stream to and when it was transferred.</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...765 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="153DE1AE" w14:textId="4F52D02A" w:rsidR="00956B13" w:rsidRPr="00F056CD" w:rsidRDefault="00956B13" w:rsidP="00956B13">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02078843" w14:textId="3708C5E2" w:rsidR="00956B13" w:rsidRPr="00F056CD" w:rsidRDefault="00956B13" w:rsidP="00956B13">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="760320B8" w14:textId="669C34C8" w:rsidR="00956B13" w:rsidRPr="00F056CD" w:rsidRDefault="00956B13" w:rsidP="00956B13">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3655889C" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRDefault="009F36A8">
+    <w:p w14:paraId="3A908272" w14:textId="77777777" w:rsidR="00D03142" w:rsidRDefault="00D03142"/>
+    <w:p w14:paraId="1F5E9204" w14:textId="4BDB9D2A" w:rsidR="00D03142" w:rsidRPr="00D03142" w:rsidRDefault="00D03142">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...2 lines deleted...]
-          <w:w w:val="85"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">* </w:t>
+      <w:r w:rsidRPr="00F056CD">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Proof to include with this application. If married, include proof for your spouse too.*</w:t>
       </w:r>
-      <w:r w:rsidRPr="00946FD9">
-[...83 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10795" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7615"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1060"/>
+        <w:gridCol w:w="6650"/>
+        <w:gridCol w:w="1350"/>
+        <w:gridCol w:w="990"/>
+        <w:gridCol w:w="1805"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009F36A8" w14:paraId="285D4C96" w14:textId="77777777">
+      <w:tr w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w14:paraId="689591E2" w14:textId="77777777" w:rsidTr="00E61FC0">
+        <w:trPr>
+          <w:trHeight w:val="512"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="522AB512" w14:textId="5CDC215E" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Assets</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B715D6A" w14:textId="4B6FDA83" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Applicant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5719783C" w14:textId="75833851" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Spouse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="07266FA4" w14:textId="79678B4A" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Does not apply</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w14:paraId="75655FDE" w14:textId="77777777" w:rsidTr="00665BD2">
+        <w:trPr>
+          <w:trHeight w:val="1439"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61BE566E" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bank accounts</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E069632" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Copies of bank statement(s) or passbook(s) from the past 60 months before the date of application to the present. This applies to all open and closed accounts. (Bank account transaction print outs are not acceptable; name of bank, owners and account numbers are required on statements.) Your case worker may request more documentation if needed. This may vary by case.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DBCED02" w14:textId="11A1DA04" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13DD2E56" w14:textId="09357A83" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27474D18" w14:textId="63A9A9C3" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w14:paraId="493246F2" w14:textId="77777777" w:rsidTr="00665BD2">
+        <w:trPr>
+          <w:trHeight w:val="1109"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1BB2CC" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Real Estate</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AA70C5C" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Deeds, tax bills, life estates</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3591ED81" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>A copy of the signed and recorded deed(s), most recent tax bill(s), and proof of amount owed (debt, line of credit, or mortgage) on all property owned now or within the last 60 months, including life estates.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A513DAA" w14:textId="428B96FD" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59B76764" w14:textId="002C3ADC" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C064FDA" w14:textId="3BDAC052" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w14:paraId="25DCB5AD" w14:textId="77777777" w:rsidTr="00665BD2">
+        <w:trPr>
+          <w:trHeight w:val="1169"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28D8895B" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Asset Transfers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="161A40ED" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Proof of any assets (bank accounts, vehicles, stocks, bonds, etc.) that the applicant or their spouse sold, traded, gave away, or added other names of ownership within the last 60 months. This includes assets given from the applicant to their spouse and vice versa.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="083987E9" w14:textId="5210DEAF" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="221FB7E2" w14:textId="6C3BC014" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35DE2275" w14:textId="4B44BDAB" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w14:paraId="553088FC" w14:textId="77777777" w:rsidTr="00665BD2">
+        <w:trPr>
+          <w:trHeight w:val="1439"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F327927" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Life Insurance</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E5E95B2" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Most recent statement from the insurance company for all life insurance policies owned now or within the last 60 months, including AARP and other group policies. The statements must show the original face value and current cash surrender value. If the policy is a term or employer sponsored group policy, or does not have a cash surrender value, the statement must state this.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DA1C746" w14:textId="272D3372" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02669AC8" w14:textId="0C1B6C97" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="354C8FAC" w14:textId="13219DF9" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w14:paraId="1CD68264" w14:textId="77777777" w:rsidTr="00665BD2">
+        <w:trPr>
+          <w:trHeight w:val="1169"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="420411AD" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Securities</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3126E36E" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Most recent statements showing current value and number of shares owned for any securities like stocks, bonds (include copy of original), savings bonds (include copy of original), mutual funds, securities, assets held in safe-deposit boxes, cash not in the bank, options, or future contracts.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BEFB4AC" w14:textId="0BB60704" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F30FC9" w14:textId="6137E8B6" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08B1820B" w14:textId="38E77A2A" w:rsidR="00E61FC0" w:rsidRPr="00F056CD" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w14:paraId="396882B3" w14:textId="77777777" w:rsidTr="00665BD2">
+        <w:trPr>
+          <w:trHeight w:val="1169"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4543A886" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00665BD2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Annuity contracts</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FA50401" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00665BD2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>A copy of all annuity contracts owned now or in the last 60 months. Include all pages, summary, amendments and riders, and list of beneficiaries. MassHealth may request a copy of the check written to the annuity company, the application, or additional documents.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="089786B7" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3817C09F" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="024558B3" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w14:paraId="124181C7" w14:textId="77777777" w:rsidTr="00665BD2">
+        <w:trPr>
+          <w:trHeight w:val="1439"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="796AE54B" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00665BD2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Vehicles</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14EB5E0B" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00665BD2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>A copy of the registration or title for all vehicles owned now or in the last 60 months with proof of current value. This could include cars, vans, trucks, recreational vehicles, mobile homes, or boats. If leased or loaned within the last 60 months, supply a copy of the lease agreement/bill of sale showing any deposits paid.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24837FC6" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63C9961C" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47909F71" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w14:paraId="31FE3D11" w14:textId="77777777" w:rsidTr="00665BD2">
+        <w:trPr>
+          <w:trHeight w:val="899"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="761C6CF5" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00665BD2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prepaid Burial Plans</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B8CDFA7" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00665BD2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Proof of any prepaid burial plans, accounts, or trusts. Include funeral home contract and goods and services breakdown, and/or burial bank account statements., from opening to present.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="266CCBD5" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36D46CC4" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E5D727F" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w14:paraId="4E5B4334" w14:textId="77777777" w:rsidTr="00665BD2">
+        <w:trPr>
+          <w:trHeight w:val="1169"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0179813B" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00665BD2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Trusts</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D5F75EC" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00665BD2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>All trust documentation from the past 60 months for any trust the applicant is the grantor/creator, trustee, or beneficiary (including the trust(s) in full, schedule of beneficiaries, any recorded deeds, and bank or financial statements that are held by the trust).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="423BAF22" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06BA8CE0" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DBB1D2E" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w14:paraId="781395F7" w14:textId="77777777" w:rsidTr="00665BD2">
         <w:trPr>
           <w:trHeight w:val="299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7615" w:type="dxa"/>
-[...23 lines deleted...]
-              <w:t>Proof</w:t>
+            <w:tcW w:w="6650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E2E0566" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00665BD2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Proof of deposit given to a healthcare or assisted living facility if applicable.</w:t>
             </w:r>
-            <w:r>
-[...326 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6691D5EC" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03C89D99" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4252A869" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F36A8" w14:paraId="58FE830F" w14:textId="77777777">
-[...1701 lines deleted...]
-      <w:tr w:rsidR="009F36A8" w14:paraId="2B0215BE" w14:textId="77777777">
+      <w:tr w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w14:paraId="0D60A085" w14:textId="77777777" w:rsidTr="00665BD2">
         <w:trPr>
           <w:trHeight w:val="839"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7615" w:type="dxa"/>
-[...16 lines deleted...]
-              <w:t>Proof of any home maintenance needs expenses for a spouse living at home.</w:t>
+            <w:tcW w:w="6650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="226D0C0F" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00665BD2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Proof of any home maintenance needs expenses for a spouse living at home. This would include (but not limited to) most recent bills for heat, electric, real estate tax, home insurance premium, HOA fees and mortgage statement.</w:t>
             </w:r>
-            <w:r>
-[...335 lines deleted...]
-                <w:sz w:val="20"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C746182" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27CD8BB3" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="137512D8" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F36A8" w14:paraId="5F0AA223" w14:textId="77777777">
+      <w:tr w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w14:paraId="632BFD56" w14:textId="77777777" w:rsidTr="00665BD2">
         <w:trPr>
           <w:trHeight w:val="569"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7615" w:type="dxa"/>
-[...16 lines deleted...]
-              <w:t>Proof</w:t>
+            <w:tcW w:w="6650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EFABCB2" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00665BD2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Proof of any long term care insurance policies, including the contract, waiting period, payment amount, and remaining benefits.</w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0425E337" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C8A73B2" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26854EC7" w14:textId="77777777" w:rsidR="00E61FC0" w:rsidRPr="00665BD2" w:rsidRDefault="00E61FC0" w:rsidP="00E61FC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="43292B40" w14:textId="77777777" w:rsidR="00D03142" w:rsidRDefault="00D03142"/>
+    <w:p w14:paraId="5038B200" w14:textId="7BAB4FE8" w:rsidR="00D03142" w:rsidRPr="00D03142" w:rsidRDefault="00D03142">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F056CD">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Proof to include with this application. If married, include proof for your spouse too.*</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10795" w:type="dxa"/>
+        <w:tblInd w:w="5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6650"/>
+        <w:gridCol w:w="1350"/>
+        <w:gridCol w:w="990"/>
+        <w:gridCol w:w="1805"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00956B13" w:rsidRPr="00665BD2" w14:paraId="58A4D3C7" w14:textId="77777777" w:rsidTr="00D03142">
+        <w:trPr>
+          <w:trHeight w:val="569"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6650" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="162842CD" w14:textId="56A96ED4" w:rsidR="00956B13" w:rsidRPr="00956B13" w:rsidRDefault="00956B13" w:rsidP="00956B13">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00956B13">
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Health Insurance</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>of</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="219766DA" w14:textId="38AE9382" w:rsidR="00956B13" w:rsidRPr="00665BD2" w:rsidRDefault="00956B13" w:rsidP="00956B13">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Applicant</w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="48516B66" w14:textId="1C5DC55C" w:rsidR="00956B13" w:rsidRPr="00665BD2" w:rsidRDefault="00956B13" w:rsidP="00956B13">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Spouse</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>any</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7691F65A" w14:textId="546919CF" w:rsidR="00956B13" w:rsidRPr="00665BD2" w:rsidRDefault="00956B13" w:rsidP="00956B13">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F056CD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Does not apply</w:t>
             </w:r>
-            <w:r>
-[...237 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F36A8" w14:paraId="7A629EC9" w14:textId="77777777">
-[...20 lines deleted...]
-      <w:tr w:rsidR="009F36A8" w14:paraId="734538BC" w14:textId="77777777">
+      <w:tr w:rsidR="00956B13" w:rsidRPr="00665BD2" w14:paraId="3320389E" w14:textId="77777777" w:rsidTr="00665BD2">
         <w:trPr>
           <w:trHeight w:val="629"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7615" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:t>Health</w:t>
+            <w:tcW w:w="6650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2927E2D7" w14:textId="77777777" w:rsidR="00956B13" w:rsidRPr="00665BD2" w:rsidRDefault="00956B13" w:rsidP="00956B13">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00665BD2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Current copy of all health insurance cards and current premium statements.</w:t>
             </w:r>
-            <w:r>
-[...239 lines deleted...]
-                <w:sz w:val="20"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A362C77" w14:textId="77777777" w:rsidR="00956B13" w:rsidRPr="00665BD2" w:rsidRDefault="00956B13" w:rsidP="00956B13">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B54D3AF" w14:textId="77777777" w:rsidR="00956B13" w:rsidRPr="00665BD2" w:rsidRDefault="00956B13" w:rsidP="00956B13">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50499D31" w14:textId="77777777" w:rsidR="00956B13" w:rsidRPr="00665BD2" w:rsidRDefault="00956B13" w:rsidP="00956B13">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="419E85A0" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRDefault="009F36A8">
+    <w:p w14:paraId="04405C54" w14:textId="51C62E3E" w:rsidR="00665BD2" w:rsidRDefault="00665BD2" w:rsidP="00793D54">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="1"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00665BD2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* MassHealth’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00665BD2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Acceptable Verification List</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00665BD2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may help with additional documents.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7126FC90" w14:textId="77777777" w:rsidR="00665BD2" w:rsidRDefault="00665BD2" w:rsidP="00665BD2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00665BD2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Note</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00665BD2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: You can submit the application form before submitting proofs. You do not have to wait to submit them together.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="121C52D0" w14:textId="77777777" w:rsidR="00665BD2" w:rsidRPr="00665BD2" w:rsidRDefault="00665BD2" w:rsidP="00665BD2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79791261" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7FB41951" w14:textId="77777777" w:rsidR="00665BD2" w:rsidRPr="00665BD2" w:rsidRDefault="00665BD2" w:rsidP="00665BD2">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00665BD2">
         <w:rPr>
           <w:b/>
-          <w:color w:val="231F20"/>
-[...2 lines deleted...]
-        <w:t>Note:</w:t>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Mail completed application and all proof to</w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="3B3C461E" w14:textId="77777777" w:rsidR="00665BD2" w:rsidRPr="00665BD2" w:rsidRDefault="00665BD2" w:rsidP="00665BD2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00665BD2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Central Processing Unit (CPU)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="125AB2F6" w14:textId="77777777" w:rsidR="00665BD2" w:rsidRPr="00665BD2" w:rsidRDefault="00665BD2" w:rsidP="00665BD2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00665BD2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P.O. Box 290794</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C903479" w14:textId="77777777" w:rsidR="00665BD2" w:rsidRDefault="00665BD2" w:rsidP="00665BD2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00665BD2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Charlestown, MA 02129-0214</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E76B86E" w14:textId="77777777" w:rsidR="00665BD2" w:rsidRPr="00665BD2" w:rsidRDefault="00665BD2" w:rsidP="00665BD2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0339ED23" w14:textId="77777777" w:rsidR="00665BD2" w:rsidRPr="00665BD2" w:rsidRDefault="00665BD2" w:rsidP="00665BD2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="231F20"/>
-          <w:spacing w:val="-2"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00665BD2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fax completed application and all proof to</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="604B0FC2" w14:textId="77777777" w:rsidR="00665BD2" w:rsidRDefault="00665BD2" w:rsidP="00665BD2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00665BD2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(617) 887-8799</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="597FB7A2" w14:textId="77777777" w:rsidR="00665BD2" w:rsidRPr="00665BD2" w:rsidRDefault="00665BD2" w:rsidP="00665BD2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AA88096" w14:textId="7E0CD1B0" w:rsidR="00665BD2" w:rsidRPr="00665BD2" w:rsidRDefault="00665BD2" w:rsidP="00665BD2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00665BD2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Mail completed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00665BD2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>You</w:t>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00665BD2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>MassHealth Adult Disability Supplement</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00665BD2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:spacing w:val="-2"/>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="00665BD2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Authorization to Release Protected Health Information</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00665BD2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...253 lines deleted...]
-        <w:t>together.</w:t>
+      <w:r w:rsidRPr="00665BD2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>forms to</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34C3097A" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6D59D5AD" w14:textId="77777777" w:rsidR="00665BD2" w:rsidRPr="00665BD2" w:rsidRDefault="00665BD2" w:rsidP="00665BD2">
       <w:pPr>
-        <w:pStyle w:val="Heading4"/>
-        <w:spacing w:before="130"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...89 lines deleted...]
-        <w:t>to</w:t>
+      <w:r w:rsidRPr="00665BD2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>LTC case worker EDMC</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="394F5913" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2A675039" w14:textId="77777777" w:rsidR="00665BD2" w:rsidRPr="00665BD2" w:rsidRDefault="00665BD2" w:rsidP="00665BD2">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="29"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...47 lines deleted...]
-        <w:t>(CPU)</w:t>
+      <w:r w:rsidRPr="00665BD2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P.O. Box 4450</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3418F9E1" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="587D76A5" w14:textId="77777777" w:rsidR="00665BD2" w:rsidRPr="00665BD2" w:rsidRDefault="00665BD2" w:rsidP="00665BD2">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="28"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...35 lines deleted...]
-        <w:t>290794</w:t>
+      <w:r w:rsidRPr="00665BD2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Taunton, MA 02780</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D370D9F" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="603D6CE9" w14:textId="77777777" w:rsidR="00665BD2" w:rsidRPr="00665BD2" w:rsidRDefault="00665BD2" w:rsidP="00665BD2">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="29"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...40 lines deleted...]
-        <w:t>0214</w:t>
+      <w:r w:rsidRPr="00665BD2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Fax: 857-323-8300</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04126149" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2F87FFBC" w14:textId="77777777" w:rsidR="00665BD2" w:rsidRPr="00665BD2" w:rsidRDefault="00665BD2" w:rsidP="00665BD2">
       <w:pPr>
-        <w:pStyle w:val="Heading4"/>
-        <w:spacing w:before="148"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...89 lines deleted...]
-        <w:t>to</w:t>
+      <w:r w:rsidRPr="00665BD2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="502ADCCC" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0F6AA804" w14:textId="77777777" w:rsidR="00665BD2" w:rsidRPr="00665BD2" w:rsidRDefault="00665BD2" w:rsidP="00665BD2">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="29"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...26 lines deleted...]
-        <w:t>8799</w:t>
+      <w:r w:rsidRPr="00665BD2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Disability Evaluation Services UMASS Medical DES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17656F8E" w14:textId="2D81BDD5" w:rsidR="009F36A8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="09BC5755" w14:textId="77777777" w:rsidR="00665BD2" w:rsidRPr="00665BD2" w:rsidRDefault="00665BD2" w:rsidP="00665BD2">
       <w:pPr>
-        <w:spacing w:before="130"/>
-[...2 lines deleted...]
-          <w:sz w:val="21"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...265 lines deleted...]
-        <w:commentReference w:id="0"/>
+      <w:r w:rsidRPr="00665BD2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P.O. Box 2796</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29754E37" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="31597235" w14:textId="4CD53E9A" w:rsidR="00665BD2" w:rsidRDefault="00665BD2" w:rsidP="00665BD2">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...1 lines deleted...]
-        <w:ind w:right="9480"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-        <w:t>EDMC</w:t>
+      <w:r w:rsidRPr="00665BD2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Worcester, MA 01613-2796</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14464D3B" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="242173AC" w14:textId="77777777" w:rsidR="00665BD2" w:rsidRDefault="00665BD2" w:rsidP="00665BD2">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="241" w:lineRule="exact"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...35 lines deleted...]
-        <w:t>4450</w:t>
+    </w:p>
+    <w:p w14:paraId="53C45338" w14:textId="30576744" w:rsidR="00665BD2" w:rsidRPr="00665BD2" w:rsidRDefault="00665BD2" w:rsidP="00665BD2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00665BD2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>LTC-AC_2025-11</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="680D7B37" w14:textId="77777777" w:rsidR="009F36A8" w:rsidRDefault="00000000">
-[...277 lines deleted...]
-    <w:sectPr w:rsidR="009F36A8">
+    <w:sectPr w:rsidR="00665BD2" w:rsidRPr="00665BD2" w:rsidSect="00665BD2">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="700" w:right="360" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="990" w:right="1080" w:bottom="540" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-    <w:p w14:paraId="4DD3A6ED" w14:textId="6AC8BD27" w:rsidR="00F81B6D" w:rsidRDefault="00F81B6D">
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="1124D6EA" w14:textId="77777777" w:rsidR="00454F1B" w:rsidRDefault="00454F1B" w:rsidP="00793D54">
       <w:pPr>
-        <w:pStyle w:val="CommentText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-        <w:t>The only difference here seems to be that one of each has a link.</w:t>
+        <w:separator/>
       </w:r>
     </w:p>
-  </w:comment>
-[...1 lines deleted...]
-    <w:p w14:paraId="44A05247" w14:textId="14C2938E" w:rsidR="00F81B6D" w:rsidRDefault="00F81B6D">
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="64844054" w14:textId="77777777" w:rsidR="00454F1B" w:rsidRDefault="00454F1B" w:rsidP="00793D54">
       <w:pPr>
-        <w:pStyle w:val="CommentText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-        <w:t>Lowecare “or” is much better than “OR.”  I think you made that change. Thank you!</w:t>
+        <w:continuationSeparator/>
       </w:r>
     </w:p>
-  </w:comment>
-[...40 lines deleted...]
-</w16cid:commentsIds>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Arial">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
-    <w:altName w:val="Tahoma"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Lucida Sans">
-[...28 lines deleted...]
-  </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="12163F44" w14:textId="77777777" w:rsidR="00454F1B" w:rsidRDefault="00454F1B" w:rsidP="00793D54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="7B64A84A" w14:textId="77777777" w:rsidR="00454F1B" w:rsidRDefault="00454F1B" w:rsidP="00793D54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="425D3349"/>
+    <w:nsid w:val="3E1B49CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C206E958"/>
-    <w:lvl w:ilvl="0" w:tplc="6A64DF7C">
+    <w:tmpl w:val="C06451D0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="373" w:hanging="194"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
-[...9 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="565EDDBC">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1458" w:hanging="194"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="1744D12C">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2536" w:hanging="194"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0D967ACA">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3614" w:hanging="194"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0DF6F292">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4692" w:hanging="194"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="4D30BE5A">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5770" w:hanging="194"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="1BBC3BCA">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6848" w:hanging="194"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10CCB8FA">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7926" w:hanging="194"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F5AA10EE">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="9004" w:hanging="194"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="58DB1C10"/>
+    <w:nsid w:val="42D63D18"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B2002E8C"/>
-    <w:lvl w:ilvl="0" w:tplc="133C2FD6">
+    <w:tmpl w:val="0B82E500"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="327" w:hanging="148"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
-[...9 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="7B8C465A">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1404" w:hanging="148"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="4A76F948">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2488" w:hanging="148"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FB58200C">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3572" w:hanging="148"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="ED929ED2">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4656" w:hanging="148"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="6CEC0ECA">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5740" w:hanging="148"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="C88AF9DC">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6824" w:hanging="148"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="075A42C2">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7908" w:hanging="148"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="574432EE">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8992" w:hanging="148"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1481116297">
+  <w:num w:numId="1" w16cid:durableId="919683481">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2125533059">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="309017120">
-[...1 lines deleted...]
-  </w:num>
 </w:numbering>
-</file>
-[...6 lines deleted...]
-</w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009F36A8"/>
-[...780 lines deleted...]
-    <w:rsid w:val="7F330069"/>
+    <w:rsidRoot w:val="00FA130A"/>
+    <w:rsid w:val="003E1F5B"/>
+    <w:rsid w:val="00454F1B"/>
+    <w:rsid w:val="005E15DF"/>
+    <w:rsid w:val="00635A7D"/>
+    <w:rsid w:val="00665BD2"/>
+    <w:rsid w:val="00731825"/>
+    <w:rsid w:val="00793D54"/>
+    <w:rsid w:val="00824E36"/>
+    <w:rsid w:val="0095271C"/>
+    <w:rsid w:val="00956B13"/>
+    <w:rsid w:val="00990494"/>
+    <w:rsid w:val="00A70431"/>
+    <w:rsid w:val="00AC17C0"/>
+    <w:rsid w:val="00AE2F5C"/>
+    <w:rsid w:val="00BD5E4E"/>
+    <w:rsid w:val="00C230B4"/>
+    <w:rsid w:val="00D03142"/>
+    <w:rsid w:val="00E15CEB"/>
+    <w:rsid w:val="00E61FC0"/>
+    <w:rsid w:val="00F056CD"/>
+    <w:rsid w:val="00FA130A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="1CBC53DF"/>
-  <w15:docId w15:val="{07D304DD-31D0-4150-80FA-BE8282D62F9C}"/>
+  <w14:docId w14:val="458CAB57"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{9B014440-10A6-4FE8-B19C-2217C139F309}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -12281,858 +6308,967 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rsid w:val="00FA130A"/>
     <w:pPr>
-      <w:spacing w:before="119"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="44"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00FA130A"/>
     <w:pPr>
-      <w:spacing w:before="188"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="36"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00FA130A"/>
     <w:pPr>
-      <w:spacing w:before="93"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="30"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00FA130A"/>
     <w:pPr>
-      <w:spacing w:before="56"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="21"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FA130A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FA130A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FA130A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FA130A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FA130A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
-    <w:name w:val="Body Text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FA130A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FA130A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FA130A"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FA130A"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FA130A"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FA130A"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FA130A"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FA130A"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FA130A"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyTextChar"/>
-    <w:uiPriority w:val="1"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
     <w:qFormat/>
+    <w:rsid w:val="00FA130A"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
     <w:rPr>
-      <w:sz w:val="21"/>
-      <w:szCs w:val="21"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00FA130A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FA130A"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00FA130A"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FA130A"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00FA130A"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
+    <w:rsid w:val="00FA130A"/>
     <w:pPr>
-      <w:spacing w:before="88"/>
-      <w:ind w:left="327" w:hanging="193"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
-[...2 lines deleted...]
-    <w:uiPriority w:val="1"/>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
     <w:qFormat/>
-  </w:style>
-[...4 lines deleted...]
-    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00FA130A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-      <w:szCs w:val="21"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
-[...5 lines deleted...]
-    <w:rsid w:val="00F5466C"/>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FA130A"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:rPr>
-      <w:sz w:val="16"/>
-      <w:szCs w:val="16"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
-[...6 lines deleted...]
-    <w:rsid w:val="00F5466C"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00FA130A"/>
     <w:rPr>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-    <w:name w:val="Comment Text Char"/>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="CommentText"/>
-[...17 lines deleted...]
-    <w:rsid w:val="00F5466C"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FA130A"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-    </w:rPr>
-[...28 lines deleted...]
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F81B6D"/>
+    <w:rsid w:val="00FA130A"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006D442A"/>
+    <w:rsid w:val="00FA130A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00793D54"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00793D54"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00793D54"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00793D54"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/masshealth-member-forms?_gl=1%2A1qk6k25%2A_ga%2ANjA1OTE3NTA1LjE3MzM0MjE3NDc.%2A_ga_MCLPEGW7WM%2AczE3NTE1NzI0MzkkbzQ0JGcwJHQxNzUxNTcyNDM5JGo2MCRsMCRoMA..&amp;authorization-to-release-protected-health-information-%5Bmads-mr-(07/25)%5D-" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/long-term-care-supplement/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/masshealth-member-forms?_gl=1%2A1qk6k25%2A_ga%2ANjA1OTE3NTA1LjE3MzM0MjE3NDc.%2A_ga_MCLPEGW7WM%2AczE3NTE1NzI0MzkkbzQ0JGcwJHQxNzUxNTcyNDM5JGo2MCRsMCRoMA..&amp;authorization-to-release-protected-health-information-%5Bmads-mr-(07/25)%5D-" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/applying-for-disability-with-masshealth" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/long-term-care-supplement/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/masshealth-member-forms?_gl=1%2A1qk6k25%2A_ga%2ANjA1OTE3NTA1LjE3MzM0MjE3NDc.%2A_ga_MCLPEGW7WM%2AczE3NTE1NzI0MzkkbzQ0JGcwJHQxNzUxNTcyNDM5JGo2MCRsMCRoMA..&amp;authorization-to-release-protected-health-information-%5Bmads-mr-(07/25)%5D-" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/apply-for-masshealth-coverage-for-seniors-and-people-of-any-age-who-need-long-term-care-services" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/applying-for-disability-with-masshealth" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/long-term-care-supplement/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/masshealth-adult-disability-supplement-0/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/applying-for-disability-with-masshealth" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/masshealth-and-health-connector-acceptable-verifications-list" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/apply-for-masshealth-coverage-for-seniors-and-people-of-any-age-who-need-long-term-care-services" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/masshealth-member-forms%23authorized-representative-designation-form-%5Bard-(11/22)%5D-" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/how-to/apply-for-masshealth-" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/masshealth-member-forms?_gl=1%2A1qk6k25%2A_ga%2ANjA1OTE3NTA1LjE3MzM0MjE3NDc.%2A_ga_MCLPEGW7WM%2AczE3NTE1NzI0MzkkbzQ0JGcwJHQxNzUxNTcyNDM5JGo2MCRsMCRoMA..&amp;authorization-to-release-protected-health-information-%5Bmads-mr-(07/25)%5D-" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/apply-for-masshealth-coverage-for-seniors-and-people-of-any-age-who-need-long-term-care-services" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/apply-for-masshealth-coverage-for-seniors-and-people-of-any-age-who-need-long-term-care-services" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/masshealth-member-forms?_gl=1%2A1qk6k25%2A_ga%2ANjA1OTE3NTA1LjE3MzM0MjE3NDc.%2A_ga_MCLPEGW7WM%2AczE3NTE1NzI0MzkkbzQ0JGcwJHQxNzUxNTcyNDM5JGo2MCRsMCRoMA..&amp;authorization-to-release-protected-health-information-%5Bmads-mr-(07/25)%5D-" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/masshealth-adult-disability-supplement-0" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/applying-for-disability-with-masshealth" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/applying-for-disability-with-masshealth" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/masshealth-member-forms%23authorized-representative-designation-form-%5Bard-(11/22)%5D-" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/masshealth-and-health-connector-acceptable-verifications-list" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/how-to/apply-for-masshealth-the-health-safety-net-or-the-childrens-medical-security-plan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/long-term-care-supplement/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/masshealth-member-forms?_gl=1%2A1qk6k25%2A_ga%2ANjA1OTE3NTA1LjE3MzM0MjE3NDc.%2A_ga_MCLPEGW7WM%2AczE3NTE1NzI0MzkkbzQ0JGcwJHQxNzUxNTcyNDM5JGo2MCRsMCRoMA..&amp;authorization-to-release-protected-health-information-%5Bmads-mr-(07/25)%5D-" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/masshealth-member-forms?_gl=1%2A1qk6k25%2A_ga%2ANjA1OTE3NTA1LjE3MzM0MjE3NDc.%2A_ga_MCLPEGW7WM%2AczE3NTE1NzI0MzkkbzQ0JGcwJHQxNzUxNTcyNDM5JGo2MCRsMCRoMA..&amp;authorization-to-release-protected-health-information-%5Bmads-mr-(07/25)%5D-" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/applying-for-disability-with-masshealth" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/long-term-care-supplement/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/masshealth-member-forms?_gl=1%2A1qk6k25%2A_ga%2ANjA1OTE3NTA1LjE3MzM0MjE3NDc.%2A_ga_MCLPEGW7WM%2AczE3NTE1NzI0MzkkbzQ0JGcwJHQxNzUxNTcyNDM5JGo2MCRsMCRoMA..&amp;authorization-to-release-protected-health-information-%5Bmads-mr-(07/25)%5D-" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...229 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>10282</Characters>
+  <Pages>6</Pages>
+  <Words>1819</Words>
+  <Characters>10372</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-  <Lines>85</Lines>
+  <DocSecurity>4</DocSecurity>
+  <Lines>86</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12061</CharactersWithSpaces>
+  <CharactersWithSpaces>12167</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gambarini, Jacqueline (EHS)</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Eisan, Jenna (EHS)</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...21 lines deleted...]
-</file>