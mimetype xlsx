--- v0 (2025-12-16)
+++ v1 (2026-01-31)
@@ -1,95 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28922"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29711"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/matthew_d_bailey_dot_state_ma_us/Documents/Documents/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\liub\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9FD6D5FC-418B-4E72-87B8-DA64A87BF905}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D147F102-993E-4067-8CF0-83EEC023ACEF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EVR Plate Type Security" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'EVR Plate Type Security'!$A$3:$J$193</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'EVR Plate Type Security'!$A$3:$J$192</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1913" uniqueCount="456">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1962" uniqueCount="465">
   <si>
     <t>EVR Plate Type Security</t>
   </si>
   <si>
-    <t>Version: DRAFT V1.4</t>
-[...2 lines deleted...]
-    <t>Last Saved Date: 5/27/2025</t>
+    <t>Version: DRAFT V1.5</t>
+  </si>
+  <si>
+    <t>Last Saved Date: 1/16/2026</t>
   </si>
   <si>
     <t>Plate Type</t>
   </si>
   <si>
     <t>Plate Type Description</t>
   </si>
   <si>
     <t>Allow Inventory</t>
   </si>
   <si>
     <t>Allow Issue</t>
   </si>
   <si>
     <t>Allow Reassign</t>
   </si>
   <si>
     <t>Allow Transfer</t>
   </si>
   <si>
     <t>Allow Renewal</t>
   </si>
   <si>
     <t>Allow Cancel</t>
   </si>
@@ -426,53 +425,50 @@
   <si>
     <t>DCFENW</t>
   </si>
   <si>
     <t>Fenway Park</t>
   </si>
   <si>
     <t>DCFRFT</t>
   </si>
   <si>
     <t>Fire Fighter</t>
   </si>
   <si>
     <t>DCFRMS</t>
   </si>
   <si>
     <t>Fire Marshall</t>
   </si>
   <si>
     <t>DCIRVR</t>
   </si>
   <si>
     <t>Apportioned Reserved</t>
   </si>
   <si>
-    <t>APR</t>
-[...1 lines deleted...]
-  <si>
     <t>DCIRVV</t>
   </si>
   <si>
     <t>Apportioned Vanity</t>
   </si>
   <si>
     <t>APV</t>
   </si>
   <si>
     <t>DCMAHS</t>
   </si>
   <si>
     <t>Mass House Speaker</t>
   </si>
   <si>
     <t>DCMAMW</t>
   </si>
   <si>
     <t>Mass House Majority Whip</t>
   </si>
   <si>
     <t>DCMDCM</t>
   </si>
   <si>
     <t>Metro District Commercial</t>
@@ -495,80 +491,92 @@
   <si>
     <t>Senate President</t>
   </si>
   <si>
     <t>EMAMBA</t>
   </si>
   <si>
     <t>Animal Ambulance</t>
   </si>
   <si>
     <t>AMN</t>
   </si>
   <si>
     <t>EMAMBL</t>
   </si>
   <si>
     <t>Ambulance</t>
   </si>
   <si>
     <t>EMAMBV</t>
   </si>
   <si>
     <t>Emergency Vehicle</t>
   </si>
   <si>
+    <t>ETSBPL</t>
+  </si>
+  <si>
+    <t>Striped Bass</t>
+  </si>
+  <si>
     <t>GVCONC</t>
   </si>
   <si>
     <t>Honorary Consular Corps</t>
   </si>
   <si>
     <t>GVGOVC</t>
   </si>
   <si>
     <t>Governors Council</t>
   </si>
   <si>
     <t>GVHORP</t>
   </si>
   <si>
     <t>U.S. Congress</t>
   </si>
   <si>
     <t>GVHOUS</t>
   </si>
   <si>
     <t>House</t>
   </si>
   <si>
     <t>GVMASN</t>
   </si>
   <si>
     <t>Senate</t>
   </si>
   <si>
+    <t>GVSTEV</t>
+  </si>
+  <si>
+    <t>State Electric Vehicle</t>
+  </si>
+  <si>
     <t>GVSTVH</t>
   </si>
   <si>
     <t>State Vehicle</t>
   </si>
   <si>
     <t>GVUSSN</t>
   </si>
   <si>
     <t>US Senate</t>
   </si>
   <si>
     <t>HCRGPL</t>
   </si>
   <si>
     <t>Disabled Parking</t>
   </si>
   <si>
     <t>HCSPHC</t>
   </si>
   <si>
     <t>School Pupil Disabled</t>
   </si>
   <si>
     <t>HCSTHC</t>
@@ -801,50 +809,62 @@
   <si>
     <t>MPFIRE</t>
   </si>
   <si>
     <t>Municipal Fire</t>
   </si>
   <si>
     <t>MPHDCP</t>
   </si>
   <si>
     <t>Municipal Disabled</t>
   </si>
   <si>
     <t>MPMNCP</t>
   </si>
   <si>
     <t>Municipal</t>
   </si>
   <si>
     <t>MPPLCE</t>
   </si>
   <si>
     <t>Municipal Police</t>
   </si>
   <si>
+    <t>NRSTPL</t>
+  </si>
+  <si>
+    <t>Non-Resident Short-Term Plate</t>
+  </si>
+  <si>
+    <t>ONLPL</t>
+  </si>
+  <si>
+    <t>Registered Nurse</t>
+  </si>
+  <si>
     <t>PANPL</t>
   </si>
   <si>
     <t>Passenger Normal Red</t>
   </si>
   <si>
     <t>PAN</t>
   </si>
   <si>
     <t>PASLTY</t>
   </si>
   <si>
     <t>Passenger Lottery</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>PAVNTY</t>
   </si>
   <si>
     <t>Passenger Vanity</t>
   </si>
   <si>
     <t>PAV</t>
@@ -1116,51 +1136,51 @@
   <si>
     <t>SPFORG</t>
   </si>
   <si>
     <t>Foreign Organization</t>
   </si>
   <si>
     <t>SPHAMO</t>
   </si>
   <si>
     <t>Ham Radio Operator</t>
   </si>
   <si>
     <t>SPLUPL</t>
   </si>
   <si>
     <t>Limited Use</t>
   </si>
   <si>
     <t>SPLWPL</t>
   </si>
   <si>
     <t>Low Speed</t>
   </si>
   <si>
-    <t xml:space="preserve">SPMAPL </t>
+    <t>SPMAPL</t>
   </si>
   <si>
     <t>250 Years of Independence</t>
   </si>
   <si>
     <t>SPMDPL</t>
   </si>
   <si>
     <t>Medical Doctor</t>
   </si>
   <si>
     <t>SPNWSP</t>
   </si>
   <si>
     <t>News Photographer</t>
   </si>
   <si>
     <t>STSEMI</t>
   </si>
   <si>
     <t>Semi-Trailer</t>
   </si>
   <si>
     <t>SMN</t>
   </si>
@@ -1369,169 +1389,167 @@
     <t>Disabled Veteran</t>
   </si>
   <si>
     <t>VTGSFV</t>
   </si>
   <si>
     <t>Gold Star Family Vanity Plate</t>
   </si>
   <si>
     <t>VTGSPL</t>
   </si>
   <si>
     <t>Gold Star Family</t>
   </si>
   <si>
     <t>VTHTPL</t>
   </si>
   <si>
     <t>Purple Heart</t>
   </si>
   <si>
     <t>VTLGOV</t>
   </si>
   <si>
     <t>Legion of Valor</t>
+  </si>
+  <si>
+    <t>VTMLPL</t>
+  </si>
+  <si>
+    <t>Medal of Liberty</t>
   </si>
   <si>
     <t>VTPLPL</t>
   </si>
   <si>
     <t>Pearl Harbor Survivor</t>
   </si>
   <si>
     <t>VTSSPL</t>
   </si>
   <si>
     <t>Silver Star</t>
   </si>
   <si>
     <t>VTVFPL</t>
   </si>
   <si>
     <t>Veteran Flag Plate</t>
   </si>
   <si>
     <t>VTVTPL</t>
   </si>
   <si>
     <t>Veteran Plate</t>
   </si>
   <si>
     <t>VTXPPL</t>
   </si>
   <si>
     <t>Ex-POW</t>
   </si>
   <si>
     <t>YMYROM</t>
   </si>
   <si>
     <t>Year of Manufacture</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="5">
+  <fonts count="4">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...5 lines deleted...]
-      <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1810,55 +1828,55 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:J193"/>
+  <dimension ref="A1:J198"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft"/>
+      <selection pane="bottomLeft" activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="29.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="43.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.42578125" customWidth="1"/>
     <col min="5" max="5" width="16.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.28515625" customWidth="1"/>
     <col min="7" max="7" width="16.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="14.7109375" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="19" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="18.75">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
     </row>
     <row r="2" spans="1:10">
@@ -3505,4516 +3523,4667 @@
     <row r="54" spans="1:10">
       <c r="A54" t="s">
         <v>127</v>
       </c>
       <c r="B54" t="s">
         <v>128</v>
       </c>
       <c r="C54" t="s">
         <v>15</v>
       </c>
       <c r="D54" t="s">
         <v>15</v>
       </c>
       <c r="E54" t="s">
         <v>15</v>
       </c>
       <c r="F54" t="s">
         <v>15</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
         <v>15</v>
       </c>
-      <c r="I54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J54" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" t="s">
+        <v>129</v>
+      </c>
+      <c r="B55" t="s">
         <v>130</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
+        <v>15</v>
+      </c>
+      <c r="D55" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" t="s">
+        <v>15</v>
+      </c>
+      <c r="F55" t="s">
+        <v>15</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
+        <v>15</v>
+      </c>
+      <c r="I55" t="s">
         <v>131</v>
-      </c>
-[...19 lines deleted...]
-        <v>132</v>
       </c>
       <c r="J55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" t="s">
+        <v>132</v>
+      </c>
+      <c r="B56" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="C56" t="s">
         <v>15</v>
       </c>
       <c r="D56" t="s">
         <v>15</v>
       </c>
       <c r="E56" t="s">
         <v>15</v>
       </c>
       <c r="F56" t="s">
         <v>15</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
         <v>15</v>
       </c>
       <c r="I56" t="s">
         <v>31</v>
       </c>
       <c r="J56" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" t="s">
+        <v>134</v>
+      </c>
+      <c r="B57" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="C57" t="s">
         <v>15</v>
       </c>
       <c r="D57" t="s">
         <v>15</v>
       </c>
       <c r="E57" t="s">
         <v>15</v>
       </c>
       <c r="F57" t="s">
         <v>15</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
         <v>15</v>
       </c>
       <c r="I57" t="s">
         <v>31</v>
       </c>
       <c r="J57" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" t="s">
+        <v>136</v>
+      </c>
+      <c r="B58" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="C58" t="s">
         <v>15</v>
       </c>
       <c r="D58" t="s">
         <v>15</v>
       </c>
       <c r="E58" t="s">
         <v>15</v>
       </c>
       <c r="F58" t="s">
         <v>15</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
         <v>15</v>
       </c>
       <c r="I58" t="s">
         <v>114</v>
       </c>
       <c r="J58" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" t="s">
+        <v>138</v>
+      </c>
+      <c r="B59" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="C59" t="s">
         <v>15</v>
       </c>
       <c r="D59" t="s">
         <v>15</v>
       </c>
       <c r="E59" t="s">
         <v>15</v>
       </c>
       <c r="F59" t="s">
         <v>15</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
         <v>15</v>
       </c>
       <c r="I59" t="s">
         <v>120</v>
       </c>
       <c r="J59" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" t="s">
+        <v>140</v>
+      </c>
+      <c r="B60" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="C60" t="s">
         <v>15</v>
       </c>
       <c r="D60" t="s">
         <v>15</v>
       </c>
       <c r="E60" t="s">
         <v>15</v>
       </c>
       <c r="F60" t="s">
         <v>15</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
         <v>15</v>
       </c>
       <c r="I60" t="s">
         <v>114</v>
       </c>
       <c r="J60" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" t="s">
+        <v>142</v>
+      </c>
+      <c r="B61" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="C61" t="s">
         <v>15</v>
       </c>
       <c r="D61" t="s">
         <v>15</v>
       </c>
       <c r="E61" t="s">
         <v>15</v>
       </c>
       <c r="F61" t="s">
         <v>15</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
         <v>15</v>
       </c>
       <c r="I61" t="s">
         <v>31</v>
       </c>
       <c r="J61" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" t="s">
+        <v>144</v>
+      </c>
+      <c r="B62" t="s">
         <v>145</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
+        <v>15</v>
+      </c>
+      <c r="D62" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" t="s">
+        <v>16</v>
+      </c>
+      <c r="F62" t="s">
+        <v>16</v>
+      </c>
+      <c r="G62" t="s">
+        <v>16</v>
+      </c>
+      <c r="H62" t="s">
+        <v>16</v>
+      </c>
+      <c r="I62" t="s">
         <v>146</v>
-      </c>
-[...19 lines deleted...]
-        <v>147</v>
       </c>
       <c r="J62" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" t="s">
+        <v>147</v>
+      </c>
+      <c r="B63" t="s">
         <v>148</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" t="s">
         <v>15</v>
       </c>
       <c r="D63" t="s">
         <v>15</v>
       </c>
       <c r="E63" t="s">
         <v>16</v>
       </c>
       <c r="F63" t="s">
         <v>16</v>
       </c>
       <c r="G63" t="s">
         <v>16</v>
       </c>
       <c r="H63" t="s">
         <v>16</v>
       </c>
       <c r="I63" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="J63" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" t="s">
+        <v>149</v>
+      </c>
+      <c r="B64" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="C64" t="s">
         <v>15</v>
       </c>
       <c r="D64" t="s">
         <v>15</v>
       </c>
       <c r="E64" t="s">
         <v>15</v>
       </c>
       <c r="F64" t="s">
         <v>15</v>
       </c>
       <c r="G64" t="s">
         <v>16</v>
       </c>
       <c r="H64" t="s">
         <v>16</v>
       </c>
       <c r="I64" t="s">
         <v>31</v>
       </c>
       <c r="J64" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" t="s">
+        <v>151</v>
+      </c>
+      <c r="B65" t="s">
         <v>152</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" t="s">
         <v>15</v>
       </c>
       <c r="D65" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E65" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F65" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G65" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H65" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I65" t="s">
         <v>31</v>
       </c>
       <c r="J65" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" t="s">
+        <v>153</v>
+      </c>
+      <c r="B66" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="C66" t="s">
         <v>15</v>
       </c>
       <c r="D66" t="s">
         <v>15</v>
       </c>
       <c r="E66" t="s">
         <v>15</v>
       </c>
       <c r="F66" t="s">
         <v>15</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
         <v>15</v>
       </c>
       <c r="I66" t="s">
         <v>31</v>
       </c>
       <c r="J66" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" t="s">
+        <v>155</v>
+      </c>
+      <c r="B67" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="C67" t="s">
         <v>15</v>
       </c>
       <c r="D67" t="s">
         <v>15</v>
       </c>
       <c r="E67" t="s">
         <v>15</v>
       </c>
       <c r="F67" t="s">
         <v>15</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
         <v>15</v>
       </c>
       <c r="I67" t="s">
         <v>31</v>
       </c>
       <c r="J67" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" t="s">
+        <v>157</v>
+      </c>
+      <c r="B68" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="C68" t="s">
         <v>15</v>
       </c>
       <c r="D68" t="s">
         <v>15</v>
       </c>
       <c r="E68" t="s">
         <v>15</v>
       </c>
       <c r="F68" t="s">
         <v>15</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
         <v>15</v>
       </c>
       <c r="I68" t="s">
         <v>31</v>
       </c>
       <c r="J68" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" t="s">
+        <v>159</v>
+      </c>
+      <c r="B69" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="C69" t="s">
         <v>15</v>
       </c>
       <c r="D69" t="s">
         <v>15</v>
       </c>
       <c r="E69" t="s">
         <v>15</v>
       </c>
       <c r="F69" t="s">
         <v>15</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
         <v>15</v>
       </c>
       <c r="I69" t="s">
         <v>31</v>
       </c>
       <c r="J69" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" t="s">
+        <v>161</v>
+      </c>
+      <c r="B70" t="s">
         <v>162</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" t="s">
         <v>15</v>
       </c>
       <c r="D70" t="s">
         <v>15</v>
       </c>
       <c r="E70" t="s">
         <v>15</v>
       </c>
       <c r="F70" t="s">
         <v>15</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
         <v>15</v>
       </c>
       <c r="I70" t="s">
-        <v>114</v>
+        <v>31</v>
       </c>
       <c r="J70" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" t="s">
+        <v>163</v>
+      </c>
+      <c r="B71" t="s">
         <v>164</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" t="s">
         <v>15</v>
       </c>
       <c r="D71" t="s">
         <v>15</v>
       </c>
       <c r="E71" t="s">
         <v>15</v>
       </c>
       <c r="F71" t="s">
         <v>15</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
         <v>15</v>
       </c>
       <c r="I71" t="s">
-        <v>31</v>
+        <v>114</v>
       </c>
       <c r="J71" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" t="s">
+        <v>165</v>
+      </c>
+      <c r="B72" t="s">
         <v>166</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" t="s">
         <v>15</v>
       </c>
       <c r="D72" t="s">
         <v>15</v>
       </c>
       <c r="E72" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F72" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G72" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I72" t="s">
-        <v>31</v>
+        <v>114</v>
       </c>
       <c r="J72" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" t="s">
+        <v>167</v>
+      </c>
+      <c r="B73" t="s">
         <v>168</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" t="s">
         <v>15</v>
       </c>
       <c r="D73" t="s">
         <v>15</v>
       </c>
       <c r="E73" t="s">
         <v>15</v>
       </c>
       <c r="F73" t="s">
         <v>15</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
         <v>15</v>
       </c>
       <c r="I73" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="J73" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" t="s">
+        <v>169</v>
+      </c>
+      <c r="B74" t="s">
         <v>170</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" t="s">
         <v>15</v>
       </c>
       <c r="D74" t="s">
         <v>15</v>
       </c>
       <c r="E74" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F74" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G74" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H74" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I74" t="s">
-        <v>114</v>
+        <v>31</v>
       </c>
       <c r="J74" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" t="s">
+        <v>171</v>
+      </c>
+      <c r="B75" t="s">
         <v>172</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" t="s">
         <v>15</v>
       </c>
       <c r="D75" t="s">
         <v>15</v>
       </c>
       <c r="E75" t="s">
         <v>15</v>
       </c>
       <c r="F75" t="s">
         <v>15</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
         <v>15</v>
       </c>
       <c r="I75" t="s">
-        <v>174</v>
+        <v>17</v>
       </c>
       <c r="J75" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B76" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C76" t="s">
         <v>15</v>
       </c>
       <c r="D76" t="s">
         <v>15</v>
       </c>
       <c r="E76" t="s">
         <v>15</v>
       </c>
       <c r="F76" t="s">
         <v>15</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
         <v>15</v>
       </c>
       <c r="I76" t="s">
-        <v>177</v>
+        <v>114</v>
       </c>
       <c r="J76" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B77" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I77" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="J77" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B78" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C78" t="s">
         <v>15</v>
       </c>
       <c r="D78" t="s">
         <v>15</v>
       </c>
       <c r="E78" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F78" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G78" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I78" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="J78" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B79" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C79" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D79" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E79" t="s">
         <v>16</v>
       </c>
       <c r="F79" t="s">
         <v>16</v>
       </c>
       <c r="G79" t="s">
         <v>16</v>
       </c>
       <c r="H79" t="s">
         <v>16</v>
       </c>
       <c r="I79" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="J79" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="B80" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C80" t="s">
         <v>15</v>
       </c>
       <c r="D80" t="s">
         <v>15</v>
       </c>
       <c r="E80" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F80" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G80" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H80" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I80" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="J80" t="s">
-        <v>190</v>
+        <v>22</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="B81" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="C81" t="s">
         <v>15</v>
       </c>
       <c r="D81" t="s">
         <v>15</v>
       </c>
       <c r="E81" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F81" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G81" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H81" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I81" t="s">
         <v>189</v>
       </c>
       <c r="J81" t="s">
-        <v>190</v>
+        <v>22</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" t="s">
+        <v>190</v>
+      </c>
+      <c r="B82" t="s">
+        <v>191</v>
+      </c>
+      <c r="C82" t="s">
+        <v>15</v>
+      </c>
+      <c r="D82" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" t="s">
+        <v>15</v>
+      </c>
+      <c r="F82" t="s">
+        <v>15</v>
+      </c>
+      <c r="G82" t="s">
+        <v>15</v>
+      </c>
+      <c r="H82" t="s">
+        <v>15</v>
+      </c>
+      <c r="I82" t="s">
+        <v>192</v>
+      </c>
+      <c r="J82" t="s">
         <v>193</v>
-      </c>
-[...25 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="B83" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C83" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D83" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E83" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F83" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G83" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I83" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="J83" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B84" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C84" t="s">
         <v>15</v>
       </c>
       <c r="D84" t="s">
         <v>15</v>
       </c>
       <c r="E84" t="s">
         <v>16</v>
       </c>
       <c r="F84" t="s">
         <v>16</v>
       </c>
       <c r="G84" t="s">
         <v>16</v>
       </c>
       <c r="H84" t="s">
         <v>16</v>
       </c>
       <c r="I84" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="J84" t="s">
-        <v>202</v>
+        <v>193</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="B85" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="C85" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D85" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E85" t="s">
         <v>16</v>
       </c>
       <c r="F85" t="s">
         <v>16</v>
       </c>
       <c r="G85" t="s">
         <v>16</v>
       </c>
       <c r="H85" t="s">
         <v>16</v>
       </c>
       <c r="I85" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="J85" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" t="s">
+        <v>202</v>
+      </c>
+      <c r="B86" t="s">
+        <v>203</v>
+      </c>
+      <c r="C86" t="s">
+        <v>15</v>
+      </c>
+      <c r="D86" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" t="s">
+        <v>16</v>
+      </c>
+      <c r="F86" t="s">
+        <v>16</v>
+      </c>
+      <c r="G86" t="s">
+        <v>16</v>
+      </c>
+      <c r="H86" t="s">
+        <v>16</v>
+      </c>
+      <c r="I86" t="s">
+        <v>204</v>
+      </c>
+      <c r="J86" t="s">
         <v>205</v>
-      </c>
-[...25 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" t="s">
+        <v>206</v>
+      </c>
+      <c r="B87" t="s">
         <v>207</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" t="s">
         <v>15</v>
       </c>
       <c r="D87" t="s">
         <v>15</v>
       </c>
       <c r="E87" t="s">
         <v>16</v>
       </c>
       <c r="F87" t="s">
         <v>16</v>
       </c>
       <c r="G87" t="s">
         <v>16</v>
       </c>
       <c r="H87" t="s">
         <v>16</v>
       </c>
       <c r="I87" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="J87" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" t="s">
+        <v>208</v>
+      </c>
+      <c r="B88" t="s">
         <v>209</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" t="s">
         <v>15</v>
       </c>
       <c r="D88" t="s">
         <v>15</v>
       </c>
       <c r="E88" t="s">
         <v>16</v>
       </c>
       <c r="F88" t="s">
         <v>16</v>
       </c>
       <c r="G88" t="s">
         <v>16</v>
       </c>
       <c r="H88" t="s">
         <v>16</v>
       </c>
       <c r="I88" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="J88" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" t="s">
+        <v>210</v>
+      </c>
+      <c r="B89" t="s">
         <v>211</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" t="s">
         <v>15</v>
       </c>
       <c r="D89" t="s">
         <v>15</v>
       </c>
       <c r="E89" t="s">
         <v>16</v>
       </c>
       <c r="F89" t="s">
         <v>16</v>
       </c>
       <c r="G89" t="s">
         <v>16</v>
       </c>
       <c r="H89" t="s">
         <v>16</v>
       </c>
       <c r="I89" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="J89" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" t="s">
+        <v>212</v>
+      </c>
+      <c r="B90" t="s">
         <v>213</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" t="s">
         <v>15</v>
       </c>
       <c r="D90" t="s">
         <v>15</v>
       </c>
       <c r="E90" t="s">
         <v>16</v>
       </c>
       <c r="F90" t="s">
         <v>16</v>
       </c>
       <c r="G90" t="s">
         <v>16</v>
       </c>
       <c r="H90" t="s">
         <v>16</v>
       </c>
       <c r="I90" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="J90" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" t="s">
+        <v>214</v>
+      </c>
+      <c r="B91" t="s">
         <v>215</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" t="s">
         <v>15</v>
       </c>
       <c r="D91" t="s">
         <v>15</v>
       </c>
       <c r="E91" t="s">
         <v>16</v>
       </c>
       <c r="F91" t="s">
         <v>16</v>
       </c>
       <c r="G91" t="s">
         <v>16</v>
       </c>
       <c r="H91" t="s">
         <v>16</v>
       </c>
       <c r="I91" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="J91" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" t="s">
+        <v>216</v>
+      </c>
+      <c r="B92" t="s">
         <v>217</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92" t="s">
         <v>15</v>
       </c>
       <c r="D92" t="s">
         <v>15</v>
       </c>
       <c r="E92" t="s">
         <v>16</v>
       </c>
       <c r="F92" t="s">
         <v>16</v>
       </c>
       <c r="G92" t="s">
         <v>16</v>
       </c>
       <c r="H92" t="s">
         <v>16</v>
       </c>
       <c r="I92" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="J92" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" t="s">
+        <v>218</v>
+      </c>
+      <c r="B93" t="s">
         <v>219</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93" t="s">
         <v>15</v>
       </c>
       <c r="D93" t="s">
         <v>15</v>
       </c>
       <c r="E93" t="s">
         <v>16</v>
       </c>
       <c r="F93" t="s">
         <v>16</v>
       </c>
       <c r="G93" t="s">
         <v>16</v>
       </c>
       <c r="H93" t="s">
         <v>16</v>
       </c>
       <c r="I93" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="J93" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" t="s">
+        <v>220</v>
+      </c>
+      <c r="B94" t="s">
         <v>221</v>
       </c>
-      <c r="B94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94" t="s">
         <v>15</v>
       </c>
       <c r="D94" t="s">
         <v>15</v>
       </c>
       <c r="E94" t="s">
         <v>16</v>
       </c>
       <c r="F94" t="s">
         <v>16</v>
       </c>
       <c r="G94" t="s">
         <v>16</v>
       </c>
       <c r="H94" t="s">
         <v>16</v>
       </c>
       <c r="I94" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="J94" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" t="s">
+        <v>222</v>
+      </c>
+      <c r="B95" t="s">
         <v>223</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95" t="s">
         <v>15</v>
       </c>
       <c r="D95" t="s">
         <v>15</v>
       </c>
       <c r="E95" t="s">
         <v>16</v>
       </c>
       <c r="F95" t="s">
         <v>16</v>
       </c>
       <c r="G95" t="s">
         <v>16</v>
       </c>
       <c r="H95" t="s">
         <v>16</v>
       </c>
       <c r="I95" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="J95" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" t="s">
+        <v>224</v>
+      </c>
+      <c r="B96" t="s">
         <v>225</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96" t="s">
         <v>15</v>
       </c>
       <c r="D96" t="s">
         <v>15</v>
       </c>
       <c r="E96" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F96" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G96" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H96" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I96" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="J96" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" t="s">
+        <v>226</v>
+      </c>
+      <c r="B97" t="s">
         <v>227</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" t="s">
         <v>15</v>
       </c>
       <c r="D97" t="s">
         <v>15</v>
       </c>
       <c r="E97" t="s">
         <v>16</v>
       </c>
       <c r="F97" t="s">
         <v>16</v>
       </c>
       <c r="G97" t="s">
         <v>16</v>
       </c>
       <c r="H97" t="s">
         <v>16</v>
       </c>
       <c r="I97" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="J97" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" t="s">
+        <v>228</v>
+      </c>
+      <c r="B98" t="s">
         <v>229</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" t="s">
         <v>15</v>
       </c>
       <c r="D98" t="s">
         <v>15</v>
       </c>
       <c r="E98" t="s">
         <v>15</v>
       </c>
       <c r="F98" t="s">
         <v>15</v>
       </c>
       <c r="G98" t="s">
         <v>15</v>
       </c>
       <c r="H98" t="s">
         <v>15</v>
       </c>
       <c r="I98" t="s">
-        <v>120</v>
+        <v>192</v>
       </c>
       <c r="J98" t="s">
-        <v>115</v>
+        <v>193</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" t="s">
+        <v>230</v>
+      </c>
+      <c r="B99" t="s">
         <v>231</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" t="s">
         <v>15</v>
       </c>
       <c r="D99" t="s">
         <v>15</v>
       </c>
       <c r="E99" t="s">
         <v>16</v>
       </c>
       <c r="F99" t="s">
         <v>16</v>
       </c>
       <c r="G99" t="s">
         <v>16</v>
       </c>
       <c r="H99" t="s">
         <v>16</v>
       </c>
       <c r="I99" t="s">
-        <v>233</v>
+        <v>198</v>
       </c>
       <c r="J99" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="B100" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="C100" t="s">
         <v>15</v>
       </c>
       <c r="D100" t="s">
         <v>15</v>
       </c>
       <c r="E100" t="s">
         <v>15</v>
       </c>
       <c r="F100" t="s">
         <v>15</v>
       </c>
       <c r="G100" t="s">
         <v>15</v>
       </c>
       <c r="H100" t="s">
         <v>15</v>
       </c>
       <c r="I100" t="s">
-        <v>236</v>
+        <v>120</v>
       </c>
       <c r="J100" t="s">
-        <v>237</v>
+        <v>115</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="B101" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="C101" t="s">
         <v>15</v>
       </c>
       <c r="D101" t="s">
         <v>15</v>
       </c>
       <c r="E101" t="s">
         <v>16</v>
       </c>
       <c r="F101" t="s">
         <v>16</v>
       </c>
       <c r="G101" t="s">
         <v>16</v>
       </c>
       <c r="H101" t="s">
         <v>16</v>
       </c>
       <c r="I101" t="s">
-        <v>31</v>
+        <v>236</v>
       </c>
       <c r="J101" t="s">
-        <v>22</v>
+        <v>193</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" t="s">
+        <v>237</v>
+      </c>
+      <c r="B102" t="s">
+        <v>238</v>
+      </c>
+      <c r="C102" t="s">
+        <v>15</v>
+      </c>
+      <c r="D102" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" t="s">
+        <v>15</v>
+      </c>
+      <c r="F102" t="s">
+        <v>15</v>
+      </c>
+      <c r="G102" t="s">
+        <v>15</v>
+      </c>
+      <c r="H102" t="s">
+        <v>15</v>
+      </c>
+      <c r="I102" t="s">
+        <v>239</v>
+      </c>
+      <c r="J102" t="s">
         <v>240</v>
-      </c>
-[...25 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="B103" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="C103" t="s">
         <v>15</v>
       </c>
       <c r="D103" t="s">
         <v>15</v>
       </c>
       <c r="E103" t="s">
         <v>16</v>
       </c>
       <c r="F103" t="s">
         <v>16</v>
       </c>
       <c r="G103" t="s">
         <v>16</v>
       </c>
       <c r="H103" t="s">
         <v>16</v>
       </c>
       <c r="I103" t="s">
-        <v>245</v>
+        <v>31</v>
       </c>
       <c r="J103" t="s">
-        <v>202</v>
+        <v>22</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="B104" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="C104" t="s">
         <v>15</v>
       </c>
       <c r="D104" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E104" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F104" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G104" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H104" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I104" t="s">
         <v>245</v>
       </c>
       <c r="J104" t="s">
-        <v>202</v>
+        <v>193</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" t="s">
+        <v>246</v>
+      </c>
+      <c r="B105" t="s">
+        <v>247</v>
+      </c>
+      <c r="C105" t="s">
+        <v>15</v>
+      </c>
+      <c r="D105" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" t="s">
+        <v>16</v>
+      </c>
+      <c r="F105" t="s">
+        <v>16</v>
+      </c>
+      <c r="G105" t="s">
+        <v>16</v>
+      </c>
+      <c r="H105" t="s">
+        <v>16</v>
+      </c>
+      <c r="I105" t="s">
         <v>248</v>
       </c>
-      <c r="B105" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="J105" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" t="s">
+        <v>249</v>
+      </c>
+      <c r="B106" t="s">
         <v>250</v>
       </c>
-      <c r="B106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" t="s">
         <v>15</v>
       </c>
       <c r="D106" t="s">
         <v>16</v>
       </c>
       <c r="E106" t="s">
         <v>16</v>
       </c>
       <c r="F106" t="s">
         <v>16</v>
       </c>
       <c r="G106" t="s">
         <v>16</v>
       </c>
       <c r="H106" t="s">
         <v>16</v>
       </c>
       <c r="I106" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="J106" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" t="s">
+        <v>251</v>
+      </c>
+      <c r="B107" t="s">
         <v>252</v>
       </c>
-      <c r="B107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" t="s">
         <v>15</v>
       </c>
       <c r="D107" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E107" t="s">
         <v>16</v>
       </c>
       <c r="F107" t="s">
         <v>16</v>
       </c>
       <c r="G107" t="s">
         <v>16</v>
       </c>
       <c r="H107" t="s">
         <v>16</v>
       </c>
       <c r="I107" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="J107" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" t="s">
+        <v>253</v>
+      </c>
+      <c r="B108" t="s">
         <v>254</v>
       </c>
-      <c r="B108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D108" t="s">
         <v>16</v>
       </c>
       <c r="E108" t="s">
         <v>16</v>
       </c>
       <c r="F108" t="s">
         <v>16</v>
       </c>
       <c r="G108" t="s">
         <v>16</v>
       </c>
       <c r="H108" t="s">
         <v>16</v>
       </c>
       <c r="I108" t="s">
-        <v>256</v>
+        <v>248</v>
       </c>
       <c r="J108" t="s">
-        <v>22</v>
+        <v>205</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="B109" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="C109" t="s">
         <v>15</v>
       </c>
       <c r="D109" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E109" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F109" t="s">
         <v>16</v>
       </c>
       <c r="G109" t="s">
         <v>16</v>
       </c>
       <c r="H109" t="s">
         <v>16</v>
       </c>
       <c r="I109" t="s">
-        <v>259</v>
+        <v>248</v>
       </c>
       <c r="J109" t="s">
-        <v>22</v>
+        <v>205</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="B110" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="C110" t="s">
         <v>15</v>
       </c>
       <c r="D110" t="s">
         <v>15</v>
       </c>
       <c r="E110" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F110" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G110" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H110" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I110" t="s">
-        <v>262</v>
+        <v>31</v>
       </c>
       <c r="J110" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="B111" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="C111" t="s">
         <v>15</v>
       </c>
       <c r="D111" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E111" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F111" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G111" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H111" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I111" t="s">
-        <v>114</v>
+        <v>31</v>
       </c>
       <c r="J111" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="B112" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="C112" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D112" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E112" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F112" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G112" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H112" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I112" t="s">
-        <v>120</v>
+        <v>263</v>
       </c>
       <c r="J112" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="B113" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="C113" t="s">
         <v>15</v>
       </c>
       <c r="D113" t="s">
         <v>15</v>
       </c>
       <c r="E113" t="s">
         <v>15</v>
       </c>
       <c r="F113" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G113" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H113" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I113" t="s">
-        <v>120</v>
+        <v>266</v>
       </c>
       <c r="J113" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" t="s">
+        <v>267</v>
+      </c>
+      <c r="B114" t="s">
+        <v>268</v>
+      </c>
+      <c r="C114" t="s">
+        <v>15</v>
+      </c>
+      <c r="D114" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" t="s">
+        <v>16</v>
+      </c>
+      <c r="F114" t="s">
+        <v>16</v>
+      </c>
+      <c r="G114" t="s">
+        <v>16</v>
+      </c>
+      <c r="H114" t="s">
+        <v>16</v>
+      </c>
+      <c r="I114" t="s">
         <v>269</v>
       </c>
-      <c r="B114" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="J114" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" t="s">
+        <v>270</v>
+      </c>
+      <c r="B115" t="s">
         <v>271</v>
       </c>
-      <c r="B115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C115" t="s">
         <v>15</v>
       </c>
       <c r="D115" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E115" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F115" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G115" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H115" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I115" t="s">
-        <v>273</v>
+        <v>114</v>
       </c>
       <c r="J115" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="B116" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="C116" t="s">
         <v>15</v>
       </c>
       <c r="D116" t="s">
         <v>15</v>
       </c>
       <c r="E116" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F116" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G116" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H116" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I116" t="s">
-        <v>276</v>
+        <v>120</v>
       </c>
       <c r="J116" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="B117" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="C117" t="s">
         <v>15</v>
       </c>
       <c r="D117" t="s">
         <v>15</v>
       </c>
       <c r="E117" t="s">
         <v>15</v>
       </c>
       <c r="F117" t="s">
         <v>15</v>
       </c>
       <c r="G117" t="s">
         <v>15</v>
       </c>
       <c r="H117" t="s">
         <v>15</v>
       </c>
       <c r="I117" t="s">
-        <v>31</v>
+        <v>120</v>
       </c>
       <c r="J117" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="B118" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="C118" t="s">
         <v>15</v>
       </c>
       <c r="D118" t="s">
         <v>15</v>
       </c>
       <c r="E118" t="s">
         <v>15</v>
       </c>
       <c r="F118" t="s">
         <v>15</v>
       </c>
       <c r="G118" t="s">
         <v>15</v>
       </c>
       <c r="H118" t="s">
         <v>15</v>
       </c>
       <c r="I118" t="s">
-        <v>31</v>
+        <v>114</v>
       </c>
       <c r="J118" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="B119" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="C119" t="s">
         <v>15</v>
       </c>
       <c r="D119" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E119" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F119" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G119" t="s">
         <v>16</v>
       </c>
       <c r="H119" t="s">
         <v>16</v>
       </c>
       <c r="I119" t="s">
-        <v>31</v>
+        <v>280</v>
       </c>
       <c r="J119" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" t="s">
+        <v>281</v>
+      </c>
+      <c r="B120" t="s">
+        <v>282</v>
+      </c>
+      <c r="C120" t="s">
+        <v>15</v>
+      </c>
+      <c r="D120" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" t="s">
+        <v>16</v>
+      </c>
+      <c r="F120" t="s">
+        <v>16</v>
+      </c>
+      <c r="G120" t="s">
+        <v>16</v>
+      </c>
+      <c r="H120" t="s">
+        <v>16</v>
+      </c>
+      <c r="I120" t="s">
         <v>283</v>
       </c>
-      <c r="B120" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="J120" t="s">
-        <v>285</v>
+        <v>22</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="B121" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="C121" t="s">
         <v>15</v>
       </c>
       <c r="D121" t="s">
         <v>15</v>
       </c>
       <c r="E121" t="s">
         <v>15</v>
       </c>
       <c r="F121" t="s">
         <v>15</v>
       </c>
       <c r="G121" t="s">
         <v>15</v>
       </c>
       <c r="H121" t="s">
         <v>15</v>
       </c>
       <c r="I121" t="s">
         <v>31</v>
       </c>
       <c r="J121" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="B122" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C122" t="s">
         <v>15</v>
       </c>
       <c r="D122" t="s">
         <v>15</v>
       </c>
       <c r="E122" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F122" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G122" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H122" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I122" t="s">
-        <v>290</v>
+        <v>31</v>
       </c>
       <c r="J122" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="B123" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="C123" t="s">
         <v>15</v>
       </c>
       <c r="D123" t="s">
         <v>15</v>
       </c>
       <c r="E123" t="s">
         <v>15</v>
       </c>
       <c r="F123" t="s">
         <v>15</v>
       </c>
       <c r="G123" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H123" t="s">
         <v>16</v>
       </c>
       <c r="I123" t="s">
-        <v>293</v>
+        <v>31</v>
       </c>
       <c r="J123" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="B124" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="C124" t="s">
         <v>15</v>
       </c>
       <c r="D124" t="s">
         <v>15</v>
       </c>
       <c r="E124" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F124" t="s">
         <v>16</v>
       </c>
       <c r="G124" t="s">
         <v>16</v>
       </c>
       <c r="H124" t="s">
         <v>16</v>
       </c>
       <c r="I124" t="s">
-        <v>296</v>
+        <v>263</v>
       </c>
       <c r="J124" t="s">
-        <v>22</v>
+        <v>292</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="B125" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="C125" t="s">
         <v>15</v>
       </c>
       <c r="D125" t="s">
         <v>15</v>
       </c>
       <c r="E125" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F125" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G125" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H125" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I125" t="s">
-        <v>299</v>
+        <v>31</v>
       </c>
       <c r="J125" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="B126" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="C126" t="s">
         <v>15</v>
       </c>
       <c r="D126" t="s">
         <v>15</v>
       </c>
       <c r="E126" t="s">
         <v>16</v>
       </c>
       <c r="F126" t="s">
         <v>16</v>
       </c>
       <c r="G126" t="s">
         <v>16</v>
       </c>
       <c r="H126" t="s">
         <v>16</v>
       </c>
       <c r="I126" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="J126" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="B127" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C127" t="s">
         <v>15</v>
       </c>
       <c r="D127" t="s">
         <v>15</v>
       </c>
       <c r="E127" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F127" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G127" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H127" t="s">
         <v>16</v>
       </c>
       <c r="I127" t="s">
-        <v>189</v>
+        <v>300</v>
       </c>
       <c r="J127" t="s">
-        <v>190</v>
+        <v>22</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="B128" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="C128" t="s">
         <v>15</v>
       </c>
       <c r="D128" t="s">
         <v>15</v>
       </c>
       <c r="E128" t="s">
         <v>16</v>
       </c>
       <c r="F128" t="s">
         <v>16</v>
       </c>
       <c r="G128" t="s">
         <v>16</v>
       </c>
       <c r="H128" t="s">
         <v>16</v>
       </c>
       <c r="I128" t="s">
-        <v>259</v>
+        <v>303</v>
       </c>
       <c r="J128" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" t="s">
+        <v>304</v>
+      </c>
+      <c r="B129" t="s">
+        <v>305</v>
+      </c>
+      <c r="C129" t="s">
+        <v>15</v>
+      </c>
+      <c r="D129" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" t="s">
+        <v>16</v>
+      </c>
+      <c r="F129" t="s">
+        <v>16</v>
+      </c>
+      <c r="G129" t="s">
+        <v>16</v>
+      </c>
+      <c r="H129" t="s">
+        <v>16</v>
+      </c>
+      <c r="I129" t="s">
         <v>306</v>
-      </c>
-[...22 lines deleted...]
-        <v>308</v>
       </c>
       <c r="J129" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="B130" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="C130" t="s">
         <v>15</v>
       </c>
       <c r="D130" t="s">
         <v>15</v>
       </c>
       <c r="E130" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F130" t="s">
         <v>16</v>
       </c>
       <c r="G130" t="s">
         <v>16</v>
       </c>
       <c r="H130" t="s">
         <v>16</v>
       </c>
       <c r="I130" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="J130" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="B131" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="C131" t="s">
         <v>15</v>
       </c>
       <c r="D131" t="s">
         <v>15</v>
       </c>
       <c r="E131" t="s">
         <v>16</v>
       </c>
       <c r="F131" t="s">
         <v>16</v>
       </c>
       <c r="G131" t="s">
         <v>16</v>
       </c>
       <c r="H131" t="s">
         <v>16</v>
       </c>
       <c r="I131" t="s">
-        <v>314</v>
+        <v>192</v>
       </c>
       <c r="J131" t="s">
-        <v>22</v>
+        <v>193</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="B132" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="C132" t="s">
         <v>15</v>
       </c>
       <c r="D132" t="s">
         <v>15</v>
       </c>
       <c r="E132" t="s">
         <v>16</v>
       </c>
       <c r="F132" t="s">
         <v>16</v>
       </c>
       <c r="G132" t="s">
         <v>16</v>
       </c>
       <c r="H132" t="s">
         <v>16</v>
       </c>
       <c r="I132" t="s">
-        <v>317</v>
+        <v>266</v>
       </c>
       <c r="J132" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="B133" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="C133" t="s">
         <v>15</v>
       </c>
       <c r="D133" t="s">
         <v>15</v>
       </c>
       <c r="E133" t="s">
         <v>15</v>
       </c>
       <c r="F133" t="s">
         <v>15</v>
       </c>
       <c r="G133" t="s">
         <v>15</v>
       </c>
       <c r="H133" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I133" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="J133" t="s">
-        <v>190</v>
+        <v>22</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="B134" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
       <c r="C134" t="s">
         <v>15</v>
       </c>
       <c r="D134" t="s">
         <v>15</v>
       </c>
       <c r="E134" t="s">
         <v>15</v>
       </c>
       <c r="F134" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G134" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H134" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I134" t="s">
-        <v>323</v>
+        <v>318</v>
       </c>
       <c r="J134" t="s">
-        <v>190</v>
+        <v>22</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" t="s">
-        <v>324</v>
+        <v>319</v>
       </c>
       <c r="B135" t="s">
-        <v>325</v>
+        <v>320</v>
       </c>
       <c r="C135" t="s">
         <v>15</v>
       </c>
       <c r="D135" t="s">
         <v>15</v>
       </c>
       <c r="E135" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F135" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G135" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H135" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I135" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
       <c r="J135" t="s">
-        <v>190</v>
+        <v>22</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" t="s">
-        <v>327</v>
+        <v>322</v>
       </c>
       <c r="B136" t="s">
-        <v>328</v>
+        <v>323</v>
       </c>
       <c r="C136" t="s">
         <v>15</v>
       </c>
       <c r="D136" t="s">
         <v>15</v>
       </c>
       <c r="E136" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F136" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G136" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H136" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I136" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="J136" t="s">
-        <v>190</v>
+        <v>22</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="B137" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="C137" t="s">
         <v>15</v>
       </c>
       <c r="D137" t="s">
         <v>15</v>
       </c>
       <c r="E137" t="s">
         <v>15</v>
       </c>
       <c r="F137" t="s">
         <v>15</v>
       </c>
       <c r="G137" t="s">
         <v>15</v>
       </c>
       <c r="H137" t="s">
         <v>15</v>
       </c>
       <c r="I137" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
       <c r="J137" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="B138" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="C138" t="s">
         <v>15</v>
       </c>
       <c r="D138" t="s">
         <v>15</v>
       </c>
       <c r="E138" t="s">
         <v>15</v>
       </c>
       <c r="F138" t="s">
         <v>15</v>
       </c>
       <c r="G138" t="s">
         <v>15</v>
       </c>
       <c r="H138" t="s">
         <v>15</v>
       </c>
       <c r="I138" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="J138" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="B139" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="C139" t="s">
         <v>15</v>
       </c>
       <c r="D139" t="s">
         <v>15</v>
       </c>
       <c r="E139" t="s">
         <v>15</v>
       </c>
       <c r="F139" t="s">
         <v>15</v>
       </c>
       <c r="G139" t="s">
         <v>15</v>
       </c>
       <c r="H139" t="s">
         <v>15</v>
       </c>
       <c r="I139" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="J139" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="B140" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
       <c r="C140" t="s">
         <v>15</v>
       </c>
       <c r="D140" t="s">
         <v>15</v>
       </c>
       <c r="E140" t="s">
         <v>15</v>
       </c>
       <c r="F140" t="s">
         <v>15</v>
       </c>
       <c r="G140" t="s">
         <v>15</v>
       </c>
       <c r="H140" t="s">
         <v>15</v>
       </c>
       <c r="I140" t="s">
-        <v>341</v>
+        <v>336</v>
       </c>
       <c r="J140" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="B141" t="s">
-        <v>343</v>
+        <v>338</v>
       </c>
       <c r="C141" t="s">
         <v>15</v>
       </c>
       <c r="D141" t="s">
         <v>15</v>
       </c>
       <c r="E141" t="s">
         <v>15</v>
       </c>
       <c r="F141" t="s">
         <v>15</v>
       </c>
       <c r="G141" t="s">
         <v>15</v>
       </c>
       <c r="H141" t="s">
         <v>15</v>
       </c>
       <c r="I141" t="s">
-        <v>344</v>
+        <v>339</v>
       </c>
       <c r="J141" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="B142" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
       <c r="C142" t="s">
         <v>15</v>
       </c>
       <c r="D142" t="s">
         <v>15</v>
       </c>
       <c r="E142" t="s">
         <v>15</v>
       </c>
       <c r="F142" t="s">
         <v>15</v>
       </c>
       <c r="G142" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H142" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I142" t="s">
-        <v>31</v>
+        <v>342</v>
       </c>
       <c r="J142" t="s">
-        <v>22</v>
+        <v>193</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="B143" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="C143" t="s">
         <v>15</v>
       </c>
       <c r="D143" t="s">
         <v>15</v>
       </c>
       <c r="E143" t="s">
         <v>15</v>
       </c>
       <c r="F143" t="s">
         <v>15</v>
       </c>
       <c r="G143" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H143" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I143" t="s">
-        <v>31</v>
+        <v>345</v>
       </c>
       <c r="J143" t="s">
-        <v>22</v>
+        <v>193</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="B144" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="C144" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D144" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E144" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F144" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G144" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H144" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I144" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="J144" t="s">
-        <v>22</v>
+        <v>193</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" t="s">
+        <v>349</v>
+      </c>
+      <c r="B145" t="s">
+        <v>350</v>
+      </c>
+      <c r="C145" t="s">
+        <v>15</v>
+      </c>
+      <c r="D145" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" t="s">
+        <v>15</v>
+      </c>
+      <c r="F145" t="s">
+        <v>15</v>
+      </c>
+      <c r="G145" t="s">
+        <v>15</v>
+      </c>
+      <c r="H145" t="s">
+        <v>15</v>
+      </c>
+      <c r="I145" t="s">
         <v>351</v>
       </c>
-      <c r="B145" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="J145" t="s">
-        <v>22</v>
+        <v>193</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" t="s">
+        <v>352</v>
+      </c>
+      <c r="B146" t="s">
         <v>353</v>
       </c>
-      <c r="B146" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C146" t="s">
         <v>15</v>
       </c>
       <c r="D146" t="s">
         <v>15</v>
       </c>
       <c r="E146" t="s">
         <v>15</v>
       </c>
       <c r="F146" t="s">
         <v>15</v>
       </c>
       <c r="G146" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H146" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I146" t="s">
         <v>31</v>
       </c>
       <c r="J146" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" t="s">
+        <v>354</v>
+      </c>
+      <c r="B147" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
       <c r="C147" t="s">
         <v>15</v>
       </c>
       <c r="D147" t="s">
         <v>15</v>
       </c>
       <c r="E147" t="s">
         <v>15</v>
       </c>
       <c r="F147" t="s">
         <v>15</v>
       </c>
       <c r="G147" t="s">
         <v>16</v>
       </c>
       <c r="H147" t="s">
         <v>16</v>
       </c>
       <c r="I147" t="s">
         <v>31</v>
       </c>
       <c r="J147" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" t="s">
+        <v>356</v>
+      </c>
+      <c r="B148" t="s">
         <v>357</v>
       </c>
-      <c r="B148" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C148" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D148" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E148" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F148" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G148" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H148" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I148" t="s">
         <v>31</v>
       </c>
       <c r="J148" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" t="s">
+        <v>358</v>
+      </c>
+      <c r="B149" t="s">
         <v>359</v>
       </c>
-      <c r="B149" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C149" t="s">
         <v>15</v>
       </c>
       <c r="D149" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E149" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F149" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G149" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H149" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I149" t="s">
         <v>31</v>
       </c>
       <c r="J149" t="s">
-        <v>237</v>
+        <v>22</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" t="s">
+        <v>360</v>
+      </c>
+      <c r="B150" t="s">
         <v>361</v>
       </c>
-      <c r="B150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C150" t="s">
         <v>15</v>
       </c>
       <c r="D150" t="s">
         <v>15</v>
       </c>
       <c r="E150" t="s">
         <v>15</v>
       </c>
       <c r="F150" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G150" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H150" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I150" t="s">
         <v>31</v>
       </c>
       <c r="J150" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" t="s">
+        <v>362</v>
+      </c>
+      <c r="B151" t="s">
         <v>363</v>
       </c>
-      <c r="B151" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C151" t="s">
         <v>15</v>
       </c>
       <c r="D151" t="s">
         <v>15</v>
       </c>
       <c r="E151" t="s">
         <v>15</v>
       </c>
       <c r="F151" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G151" t="s">
         <v>16</v>
       </c>
       <c r="H151" t="s">
         <v>16</v>
       </c>
       <c r="I151" t="s">
         <v>31</v>
       </c>
       <c r="J151" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" t="s">
+        <v>364</v>
+      </c>
+      <c r="B152" t="s">
         <v>365</v>
       </c>
-      <c r="B152" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C152" t="s">
         <v>15</v>
       </c>
       <c r="D152" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E152" t="s">
         <v>15</v>
       </c>
       <c r="F152" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G152" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H152" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I152" t="s">
-        <v>367</v>
+        <v>31</v>
       </c>
       <c r="J152" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="B153" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="C153" t="s">
         <v>15</v>
       </c>
       <c r="D153" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E153" t="s">
         <v>16</v>
       </c>
       <c r="F153" t="s">
         <v>16</v>
       </c>
       <c r="G153" t="s">
         <v>16</v>
       </c>
       <c r="H153" t="s">
         <v>16</v>
       </c>
       <c r="I153" t="s">
-        <v>370</v>
+        <v>31</v>
       </c>
       <c r="J153" t="s">
-        <v>371</v>
+        <v>240</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="B154" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="C154" t="s">
         <v>15</v>
       </c>
       <c r="D154" t="s">
         <v>15</v>
       </c>
       <c r="E154" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F154" t="s">
         <v>16</v>
       </c>
       <c r="G154" t="s">
         <v>16</v>
       </c>
       <c r="H154" t="s">
         <v>16</v>
       </c>
       <c r="I154" t="s">
-        <v>370</v>
+        <v>31</v>
       </c>
       <c r="J154" t="s">
-        <v>371</v>
+        <v>22</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="B155" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="C155" t="s">
         <v>15</v>
       </c>
       <c r="D155" t="s">
         <v>15</v>
       </c>
       <c r="E155" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F155" t="s">
         <v>16</v>
       </c>
       <c r="G155" t="s">
         <v>16</v>
       </c>
       <c r="H155" t="s">
         <v>16</v>
       </c>
       <c r="I155" t="s">
-        <v>370</v>
+        <v>31</v>
       </c>
       <c r="J155" t="s">
-        <v>371</v>
+        <v>22</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="B156" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="C156" t="s">
         <v>15</v>
       </c>
       <c r="D156" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E156" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F156" t="s">
         <v>16</v>
       </c>
       <c r="G156" t="s">
         <v>16</v>
       </c>
       <c r="H156" t="s">
         <v>16</v>
       </c>
       <c r="I156" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="J156" t="s">
-        <v>371</v>
+        <v>22</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" t="s">
+        <v>375</v>
+      </c>
+      <c r="B157" t="s">
+        <v>376</v>
+      </c>
+      <c r="C157" t="s">
+        <v>15</v>
+      </c>
+      <c r="D157" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" t="s">
+        <v>16</v>
+      </c>
+      <c r="F157" t="s">
+        <v>16</v>
+      </c>
+      <c r="G157" t="s">
+        <v>16</v>
+      </c>
+      <c r="H157" t="s">
+        <v>16</v>
+      </c>
+      <c r="I157" t="s">
+        <v>377</v>
+      </c>
+      <c r="J157" t="s">
         <v>378</v>
-      </c>
-[...25 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" t="s">
+        <v>379</v>
+      </c>
+      <c r="B158" t="s">
         <v>380</v>
       </c>
-      <c r="B158" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C158" t="s">
         <v>15</v>
       </c>
       <c r="D158" t="s">
         <v>15</v>
       </c>
       <c r="E158" t="s">
         <v>16</v>
       </c>
       <c r="F158" t="s">
         <v>16</v>
       </c>
       <c r="G158" t="s">
         <v>16</v>
       </c>
       <c r="H158" t="s">
         <v>16</v>
       </c>
       <c r="I158" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="J158" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" t="s">
+        <v>381</v>
+      </c>
+      <c r="B159" t="s">
         <v>382</v>
       </c>
-      <c r="B159" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C159" t="s">
         <v>15</v>
       </c>
       <c r="D159" t="s">
         <v>15</v>
       </c>
       <c r="E159" t="s">
         <v>16</v>
       </c>
       <c r="F159" t="s">
         <v>16</v>
       </c>
       <c r="G159" t="s">
         <v>16</v>
       </c>
       <c r="H159" t="s">
         <v>16</v>
       </c>
       <c r="I159" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="J159" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" t="s">
+        <v>383</v>
+      </c>
+      <c r="B160" t="s">
         <v>384</v>
       </c>
-      <c r="B160" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C160" t="s">
         <v>15</v>
       </c>
       <c r="D160" t="s">
         <v>15</v>
       </c>
       <c r="E160" t="s">
         <v>16</v>
       </c>
       <c r="F160" t="s">
         <v>16</v>
       </c>
       <c r="G160" t="s">
         <v>16</v>
       </c>
       <c r="H160" t="s">
         <v>16</v>
       </c>
       <c r="I160" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="J160" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" t="s">
+        <v>385</v>
+      </c>
+      <c r="B161" t="s">
         <v>386</v>
       </c>
-      <c r="B161" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C161" t="s">
         <v>15</v>
       </c>
       <c r="D161" t="s">
         <v>15</v>
       </c>
       <c r="E161" t="s">
         <v>16</v>
       </c>
       <c r="F161" t="s">
         <v>16</v>
       </c>
       <c r="G161" t="s">
         <v>16</v>
       </c>
       <c r="H161" t="s">
         <v>16</v>
       </c>
       <c r="I161" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="J161" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" t="s">
+        <v>387</v>
+      </c>
+      <c r="B162" t="s">
         <v>388</v>
       </c>
-      <c r="B162" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C162" t="s">
         <v>15</v>
       </c>
       <c r="D162" t="s">
         <v>15</v>
       </c>
       <c r="E162" t="s">
         <v>16</v>
       </c>
       <c r="F162" t="s">
         <v>16</v>
       </c>
       <c r="G162" t="s">
         <v>16</v>
       </c>
       <c r="H162" t="s">
         <v>16</v>
       </c>
       <c r="I162" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="J162" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" t="s">
+        <v>389</v>
+      </c>
+      <c r="B163" t="s">
         <v>390</v>
       </c>
-      <c r="B163" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C163" t="s">
         <v>15</v>
       </c>
       <c r="D163" t="s">
         <v>15</v>
       </c>
       <c r="E163" t="s">
         <v>16</v>
       </c>
       <c r="F163" t="s">
         <v>16</v>
       </c>
       <c r="G163" t="s">
         <v>16</v>
       </c>
       <c r="H163" t="s">
         <v>16</v>
       </c>
       <c r="I163" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="J163" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" t="s">
+        <v>391</v>
+      </c>
+      <c r="B164" t="s">
         <v>392</v>
       </c>
-      <c r="B164" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C164" t="s">
         <v>15</v>
       </c>
       <c r="D164" t="s">
         <v>15</v>
       </c>
       <c r="E164" t="s">
         <v>16</v>
       </c>
       <c r="F164" t="s">
         <v>16</v>
       </c>
       <c r="G164" t="s">
         <v>16</v>
       </c>
       <c r="H164" t="s">
         <v>16</v>
       </c>
       <c r="I164" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="J164" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" t="s">
+        <v>393</v>
+      </c>
+      <c r="B165" t="s">
         <v>394</v>
       </c>
-      <c r="B165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165" t="s">
         <v>15</v>
       </c>
       <c r="D165" t="s">
         <v>15</v>
       </c>
       <c r="E165" t="s">
         <v>16</v>
       </c>
       <c r="F165" t="s">
         <v>16</v>
       </c>
       <c r="G165" t="s">
         <v>16</v>
       </c>
       <c r="H165" t="s">
         <v>16</v>
       </c>
       <c r="I165" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="J165" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" t="s">
+        <v>395</v>
+      </c>
+      <c r="B166" t="s">
         <v>396</v>
       </c>
-      <c r="B166" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C166" t="s">
         <v>15</v>
       </c>
       <c r="D166" t="s">
         <v>15</v>
       </c>
       <c r="E166" t="s">
         <v>16</v>
       </c>
       <c r="F166" t="s">
         <v>16</v>
       </c>
       <c r="G166" t="s">
         <v>16</v>
       </c>
       <c r="H166" t="s">
         <v>16</v>
       </c>
       <c r="I166" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="J166" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" t="s">
+        <v>397</v>
+      </c>
+      <c r="B167" t="s">
         <v>398</v>
       </c>
-      <c r="B167" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C167" t="s">
         <v>15</v>
       </c>
       <c r="D167" t="s">
         <v>15</v>
       </c>
       <c r="E167" t="s">
         <v>16</v>
       </c>
       <c r="F167" t="s">
         <v>16</v>
       </c>
       <c r="G167" t="s">
         <v>16</v>
       </c>
       <c r="H167" t="s">
         <v>16</v>
       </c>
       <c r="I167" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="J167" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" t="s">
+        <v>399</v>
+      </c>
+      <c r="B168" t="s">
         <v>400</v>
       </c>
-      <c r="B168" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C168" t="s">
         <v>15</v>
       </c>
       <c r="D168" t="s">
         <v>15</v>
       </c>
       <c r="E168" t="s">
         <v>16</v>
       </c>
       <c r="F168" t="s">
         <v>16</v>
       </c>
       <c r="G168" t="s">
         <v>16</v>
       </c>
       <c r="H168" t="s">
         <v>16</v>
       </c>
       <c r="I168" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="J168" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" t="s">
+        <v>401</v>
+      </c>
+      <c r="B169" t="s">
         <v>402</v>
       </c>
-      <c r="B169" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C169" t="s">
         <v>15</v>
       </c>
       <c r="D169" t="s">
         <v>15</v>
       </c>
       <c r="E169" t="s">
         <v>16</v>
       </c>
       <c r="F169" t="s">
         <v>16</v>
       </c>
       <c r="G169" t="s">
         <v>16</v>
       </c>
       <c r="H169" t="s">
         <v>16</v>
       </c>
       <c r="I169" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="J169" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" t="s">
+        <v>403</v>
+      </c>
+      <c r="B170" t="s">
         <v>404</v>
       </c>
-      <c r="B170" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C170" t="s">
         <v>15</v>
       </c>
       <c r="D170" t="s">
         <v>15</v>
       </c>
       <c r="E170" t="s">
         <v>16</v>
       </c>
       <c r="F170" t="s">
         <v>16</v>
       </c>
       <c r="G170" t="s">
         <v>16</v>
       </c>
       <c r="H170" t="s">
         <v>16</v>
       </c>
       <c r="I170" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="J170" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" t="s">
+        <v>405</v>
+      </c>
+      <c r="B171" t="s">
         <v>406</v>
       </c>
-      <c r="B171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C171" t="s">
         <v>15</v>
       </c>
       <c r="D171" t="s">
         <v>15</v>
       </c>
       <c r="E171" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F171" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G171" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H171" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I171" t="s">
-        <v>408</v>
+        <v>377</v>
       </c>
       <c r="J171" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="B172" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C172" t="s">
         <v>15</v>
       </c>
       <c r="D172" t="s">
         <v>15</v>
       </c>
       <c r="E172" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F172" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G172" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H172" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I172" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="J172" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="B173" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="C173" t="s">
         <v>15</v>
       </c>
       <c r="D173" t="s">
         <v>15</v>
       </c>
       <c r="E173" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F173" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G173" t="s">
         <v>16</v>
       </c>
       <c r="H173" t="s">
         <v>16</v>
       </c>
       <c r="I173" t="s">
-        <v>413</v>
+        <v>377</v>
       </c>
       <c r="J173" t="s">
-        <v>22</v>
+        <v>378</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="B174" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="C174" t="s">
         <v>15</v>
       </c>
       <c r="D174" t="s">
         <v>15</v>
       </c>
       <c r="E174" t="s">
         <v>16</v>
       </c>
       <c r="F174" t="s">
         <v>16</v>
       </c>
       <c r="G174" t="s">
         <v>16</v>
       </c>
       <c r="H174" t="s">
         <v>16</v>
       </c>
       <c r="I174" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="J174" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="B175" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="C175" t="s">
         <v>15</v>
       </c>
       <c r="D175" t="s">
         <v>15</v>
       </c>
       <c r="E175" t="s">
         <v>15</v>
       </c>
       <c r="F175" t="s">
         <v>15</v>
       </c>
       <c r="G175" t="s">
         <v>15</v>
       </c>
       <c r="H175" t="s">
         <v>15</v>
       </c>
       <c r="I175" t="s">
-        <v>370</v>
+        <v>415</v>
       </c>
       <c r="J175" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="B176" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="C176" t="s">
         <v>15</v>
       </c>
       <c r="D176" t="s">
         <v>15</v>
       </c>
       <c r="E176" t="s">
         <v>15</v>
       </c>
       <c r="F176" t="s">
         <v>15</v>
       </c>
       <c r="G176" t="s">
         <v>15</v>
       </c>
       <c r="H176" t="s">
         <v>15</v>
       </c>
       <c r="I176" t="s">
-        <v>31</v>
+        <v>377</v>
       </c>
       <c r="J176" t="s">
-        <v>22</v>
+        <v>378</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" t="s">
+        <v>418</v>
+      </c>
+      <c r="B177" t="s">
+        <v>419</v>
+      </c>
+      <c r="C177" t="s">
+        <v>15</v>
+      </c>
+      <c r="D177" t="s">
+        <v>15</v>
+      </c>
+      <c r="E177" t="s">
+        <v>15</v>
+      </c>
+      <c r="F177" t="s">
+        <v>15</v>
+      </c>
+      <c r="G177" t="s">
+        <v>16</v>
+      </c>
+      <c r="H177" t="s">
+        <v>16</v>
+      </c>
+      <c r="I177" t="s">
         <v>420</v>
-      </c>
-[...22 lines deleted...]
-        <v>422</v>
       </c>
       <c r="J177" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="B178" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="C178" t="s">
         <v>15</v>
       </c>
       <c r="D178" t="s">
         <v>15</v>
       </c>
       <c r="E178" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F178" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G178" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H178" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I178" t="s">
-        <v>425</v>
+        <v>377</v>
       </c>
       <c r="J178" t="s">
-        <v>22</v>
+        <v>378</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="B179" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="C179" t="s">
         <v>15</v>
       </c>
       <c r="D179" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E179" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F179" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G179" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H179" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I179" t="s">
-        <v>425</v>
+        <v>377</v>
       </c>
       <c r="J179" t="s">
-        <v>22</v>
+        <v>378</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="B180" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="C180" t="s">
         <v>15</v>
       </c>
       <c r="D180" t="s">
         <v>15</v>
       </c>
       <c r="E180" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F180" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G180" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H180" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I180" t="s">
         <v>31</v>
       </c>
       <c r="J180" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="B181" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="C181" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D181" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E181" t="s">
         <v>16</v>
       </c>
       <c r="F181" t="s">
         <v>16</v>
       </c>
       <c r="G181" t="s">
         <v>16</v>
       </c>
       <c r="H181" t="s">
         <v>16</v>
       </c>
       <c r="I181" t="s">
-        <v>31</v>
+        <v>429</v>
       </c>
       <c r="J181" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" t="s">
+        <v>430</v>
+      </c>
+      <c r="B182" t="s">
+        <v>431</v>
+      </c>
+      <c r="C182" t="s">
+        <v>15</v>
+      </c>
+      <c r="D182" t="s">
+        <v>15</v>
+      </c>
+      <c r="E182" t="s">
+        <v>15</v>
+      </c>
+      <c r="F182" t="s">
+        <v>15</v>
+      </c>
+      <c r="G182" t="s">
+        <v>15</v>
+      </c>
+      <c r="H182" t="s">
+        <v>15</v>
+      </c>
+      <c r="I182" t="s">
         <v>432</v>
-      </c>
-[...22 lines deleted...]
-        <v>31</v>
       </c>
       <c r="J182" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" t="s">
+        <v>433</v>
+      </c>
+      <c r="B183" t="s">
         <v>434</v>
       </c>
-      <c r="B183" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C183" t="s">
         <v>15</v>
       </c>
       <c r="D183" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E183" t="s">
         <v>16</v>
       </c>
       <c r="F183" t="s">
         <v>16</v>
       </c>
       <c r="G183" t="s">
         <v>16</v>
       </c>
       <c r="H183" t="s">
         <v>16</v>
       </c>
       <c r="I183" t="s">
-        <v>31</v>
+        <v>432</v>
       </c>
       <c r="J183" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" t="s">
+        <v>435</v>
+      </c>
+      <c r="B184" t="s">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
       <c r="C184" t="s">
         <v>15</v>
       </c>
       <c r="D184" t="s">
         <v>15</v>
       </c>
       <c r="E184" t="s">
         <v>16</v>
       </c>
       <c r="F184" t="s">
         <v>16</v>
       </c>
       <c r="G184" t="s">
         <v>16</v>
       </c>
       <c r="H184" t="s">
         <v>16</v>
       </c>
       <c r="I184" t="s">
         <v>31</v>
       </c>
       <c r="J184" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" t="s">
+        <v>437</v>
+      </c>
+      <c r="B185" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
       <c r="C185" t="s">
         <v>15</v>
       </c>
       <c r="D185" t="s">
         <v>15</v>
       </c>
       <c r="E185" t="s">
         <v>16</v>
       </c>
       <c r="F185" t="s">
         <v>16</v>
       </c>
       <c r="G185" t="s">
         <v>16</v>
       </c>
       <c r="H185" t="s">
         <v>16</v>
       </c>
       <c r="I185" t="s">
         <v>31</v>
       </c>
       <c r="J185" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" t="s">
+        <v>439</v>
+      </c>
+      <c r="B186" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
       <c r="C186" t="s">
         <v>15</v>
       </c>
       <c r="D186" t="s">
         <v>15</v>
       </c>
       <c r="E186" t="s">
         <v>16</v>
       </c>
       <c r="F186" t="s">
         <v>16</v>
       </c>
       <c r="G186" t="s">
         <v>16</v>
       </c>
       <c r="H186" t="s">
         <v>16</v>
       </c>
       <c r="I186" t="s">
         <v>31</v>
       </c>
       <c r="J186" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" t="s">
+        <v>441</v>
+      </c>
+      <c r="B187" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
       <c r="C187" t="s">
         <v>15</v>
       </c>
       <c r="D187" t="s">
         <v>15</v>
       </c>
       <c r="E187" t="s">
         <v>16</v>
       </c>
       <c r="F187" t="s">
         <v>16</v>
       </c>
       <c r="G187" t="s">
         <v>16</v>
       </c>
       <c r="H187" t="s">
         <v>16</v>
       </c>
       <c r="I187" t="s">
         <v>31</v>
       </c>
       <c r="J187" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" t="s">
+        <v>443</v>
+      </c>
+      <c r="B188" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
       <c r="C188" t="s">
         <v>15</v>
       </c>
       <c r="D188" t="s">
         <v>15</v>
       </c>
       <c r="E188" t="s">
         <v>16</v>
       </c>
       <c r="F188" t="s">
         <v>16</v>
       </c>
       <c r="G188" t="s">
         <v>16</v>
       </c>
       <c r="H188" t="s">
         <v>16</v>
       </c>
       <c r="I188" t="s">
         <v>31</v>
       </c>
       <c r="J188" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" t="s">
+        <v>445</v>
+      </c>
+      <c r="B189" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
       <c r="C189" t="s">
         <v>15</v>
       </c>
       <c r="D189" t="s">
         <v>15</v>
       </c>
       <c r="E189" t="s">
         <v>16</v>
       </c>
       <c r="F189" t="s">
         <v>16</v>
       </c>
       <c r="G189" t="s">
         <v>16</v>
       </c>
       <c r="H189" t="s">
         <v>16</v>
       </c>
       <c r="I189" t="s">
         <v>31</v>
       </c>
       <c r="J189" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" t="s">
+        <v>447</v>
+      </c>
+      <c r="B190" t="s">
         <v>448</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
       <c r="C190" t="s">
         <v>15</v>
       </c>
       <c r="D190" t="s">
         <v>15</v>
       </c>
       <c r="E190" t="s">
         <v>16</v>
       </c>
       <c r="F190" t="s">
         <v>16</v>
       </c>
       <c r="G190" t="s">
         <v>16</v>
       </c>
       <c r="H190" t="s">
         <v>16</v>
       </c>
       <c r="I190" t="s">
         <v>31</v>
       </c>
       <c r="J190" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" t="s">
+        <v>449</v>
+      </c>
+      <c r="B191" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
       <c r="C191" t="s">
         <v>15</v>
       </c>
       <c r="D191" t="s">
         <v>15</v>
       </c>
       <c r="E191" t="s">
         <v>16</v>
       </c>
       <c r="F191" t="s">
         <v>16</v>
       </c>
       <c r="G191" t="s">
         <v>16</v>
       </c>
       <c r="H191" t="s">
         <v>16</v>
       </c>
       <c r="I191" t="s">
         <v>31</v>
       </c>
       <c r="J191" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" t="s">
+        <v>451</v>
+      </c>
+      <c r="B192" t="s">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>453</v>
       </c>
       <c r="C192" t="s">
         <v>15</v>
       </c>
       <c r="D192" t="s">
         <v>15</v>
       </c>
       <c r="E192" t="s">
         <v>16</v>
       </c>
       <c r="F192" t="s">
         <v>16</v>
       </c>
       <c r="G192" t="s">
         <v>16</v>
       </c>
       <c r="H192" t="s">
         <v>16</v>
       </c>
       <c r="I192" t="s">
         <v>31</v>
       </c>
       <c r="J192" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193" t="s">
+        <v>453</v>
+      </c>
+      <c r="B193" t="s">
         <v>454</v>
       </c>
-      <c r="B193" t="s">
+      <c r="C193" t="s">
+        <v>15</v>
+      </c>
+      <c r="D193" t="s">
+        <v>15</v>
+      </c>
+      <c r="E193" t="s">
+        <v>16</v>
+      </c>
+      <c r="F193" t="s">
+        <v>16</v>
+      </c>
+      <c r="G193" t="s">
+        <v>16</v>
+      </c>
+      <c r="H193" t="s">
+        <v>16</v>
+      </c>
+      <c r="I193" t="s">
+        <v>31</v>
+      </c>
+      <c r="J193" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="194" spans="1:10">
+      <c r="A194" t="s">
         <v>455</v>
       </c>
-      <c r="C193" t="s">
-[...21 lines deleted...]
-        <v>237</v>
+      <c r="B194" t="s">
+        <v>456</v>
+      </c>
+      <c r="C194" t="s">
+        <v>15</v>
+      </c>
+      <c r="D194" t="s">
+        <v>15</v>
+      </c>
+      <c r="E194" t="s">
+        <v>16</v>
+      </c>
+      <c r="F194" t="s">
+        <v>16</v>
+      </c>
+      <c r="G194" t="s">
+        <v>16</v>
+      </c>
+      <c r="H194" t="s">
+        <v>16</v>
+      </c>
+      <c r="I194" t="s">
+        <v>31</v>
+      </c>
+      <c r="J194" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="195" spans="1:10">
+      <c r="A195" t="s">
+        <v>457</v>
+      </c>
+      <c r="B195" t="s">
+        <v>458</v>
+      </c>
+      <c r="C195" t="s">
+        <v>15</v>
+      </c>
+      <c r="D195" t="s">
+        <v>15</v>
+      </c>
+      <c r="E195" t="s">
+        <v>16</v>
+      </c>
+      <c r="F195" t="s">
+        <v>16</v>
+      </c>
+      <c r="G195" t="s">
+        <v>16</v>
+      </c>
+      <c r="H195" t="s">
+        <v>16</v>
+      </c>
+      <c r="I195" t="s">
+        <v>31</v>
+      </c>
+      <c r="J195" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="196" spans="1:10">
+      <c r="A196" t="s">
+        <v>459</v>
+      </c>
+      <c r="B196" t="s">
+        <v>460</v>
+      </c>
+      <c r="C196" t="s">
+        <v>15</v>
+      </c>
+      <c r="D196" t="s">
+        <v>15</v>
+      </c>
+      <c r="E196" t="s">
+        <v>16</v>
+      </c>
+      <c r="F196" t="s">
+        <v>16</v>
+      </c>
+      <c r="G196" t="s">
+        <v>16</v>
+      </c>
+      <c r="H196" t="s">
+        <v>16</v>
+      </c>
+      <c r="I196" t="s">
+        <v>31</v>
+      </c>
+      <c r="J196" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="197" spans="1:10">
+      <c r="A197" t="s">
+        <v>461</v>
+      </c>
+      <c r="B197" t="s">
+        <v>462</v>
+      </c>
+      <c r="C197" t="s">
+        <v>15</v>
+      </c>
+      <c r="D197" t="s">
+        <v>15</v>
+      </c>
+      <c r="E197" t="s">
+        <v>16</v>
+      </c>
+      <c r="F197" t="s">
+        <v>16</v>
+      </c>
+      <c r="G197" t="s">
+        <v>16</v>
+      </c>
+      <c r="H197" t="s">
+        <v>16</v>
+      </c>
+      <c r="I197" t="s">
+        <v>31</v>
+      </c>
+      <c r="J197" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="198" spans="1:10">
+      <c r="A198" t="s">
+        <v>463</v>
+      </c>
+      <c r="B198" t="s">
+        <v>464</v>
+      </c>
+      <c r="C198" t="s">
+        <v>15</v>
+      </c>
+      <c r="D198" t="s">
+        <v>15</v>
+      </c>
+      <c r="E198" t="s">
+        <v>15</v>
+      </c>
+      <c r="F198" t="s">
+        <v>15</v>
+      </c>
+      <c r="G198" t="s">
+        <v>15</v>
+      </c>
+      <c r="H198" t="s">
+        <v>15</v>
+      </c>
+      <c r="I198" t="s">
+        <v>239</v>
+      </c>
+      <c r="J198" t="s">
+        <v>240</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A3:J193" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
+  <autoFilter ref="A3:J192" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
-</file>
-[...4 lines deleted...]
-</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>MA RMV ATLAS</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>