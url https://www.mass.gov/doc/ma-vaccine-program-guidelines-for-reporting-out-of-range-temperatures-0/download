--- v0 (2025-12-07)
+++ v1 (2026-02-06)
@@ -78,76 +78,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DF8B61F" w14:textId="17B193C8" w:rsidR="00D92CBD" w:rsidRPr="002468F9" w:rsidRDefault="00C02672" w:rsidP="07241BBB">
       <w:pPr>
         <w:spacing w:line="257" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002468F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>MA Vaccine Program Guidelines for Reporting Out of Range Temperatures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15D29C85" w14:textId="7FE9BD58" w:rsidR="00D92CBD" w:rsidRDefault="4F2B56CC" w:rsidP="2068FD21">
+    <w:p w14:paraId="15D29C85" w14:textId="07795ED8" w:rsidR="00D92CBD" w:rsidRDefault="4F2B56CC" w:rsidP="2068FD21">
       <w:pPr>
         <w:spacing w:line="257" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2068FD21">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>This policy outlines the guidelines for reporting out-of-range (OOR) temperatures for refrigerators, freezers, and ultra-cold freezers</w:t>
       </w:r>
       <w:r w:rsidR="00C02672">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> storing state-supplied vaccines. The guidelines </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="3D6E0BBD" w:rsidRPr="2068FD21">
+        <w:t xml:space="preserve"> storing state-supplied vaccines.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5D24">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="72B93977" w:rsidRPr="2068FD21">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidR="0715A65C" w:rsidRPr="2068FD21">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="3A85DCB3" w:rsidRPr="2068FD21">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">n </w:t>
       </w:r>
       <w:r w:rsidR="00C02672">
         <w:rPr>
@@ -383,81 +377,81 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="07241BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Definition</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004502C1" w14:paraId="2196E662" w14:textId="77777777" w:rsidTr="2068FD21">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E302678" w14:textId="4297A4D1" w:rsidR="004502C1" w:rsidRDefault="004502C1" w:rsidP="004502C1">
+          <w:p w14:paraId="0E302678" w14:textId="56384521" w:rsidR="004502C1" w:rsidRDefault="004502C1" w:rsidP="004502C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2068FD21">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="2068FD21">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> Normal Daily Operating Range (NDOR)</w:t>
+              <w:t xml:space="preserve"> Normal Daily Operating Range</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4665" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1507D120" w14:textId="747F3D07" w:rsidR="004502C1" w:rsidRDefault="004502C1" w:rsidP="004502C1">
             <w:pPr>
               <w:spacing w:after="160" w:line="257" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="42A52AAE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>The temperature range within which vaccines are safely stored during routine operations in a refrigerator or freezer. Refrigerators should maintain temperatures between 2° C and 8° C (36° F and 46° F). Freezers should maintain temperatures between -50° C and -15° C (-58° F and +5° F).</w:t>
             </w:r>
             <w:r w:rsidR="002C2793">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ultra-Cold </w:t>
@@ -513,83 +507,95 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4665" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D561365" w14:textId="58D13AD8" w:rsidR="44C402D8" w:rsidRDefault="44C402D8" w:rsidP="07241BBB">
             <w:pPr>
               <w:spacing w:after="160" w:line="257" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="07241BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Out of range temperatures refer to any instance where storage unit temperatures are outside of the normal daily operating range. Depending on the temperature reached and the time out of range, vaccine viability may not be impacted. </w:t>
             </w:r>
-            <w:r w:rsidR="03828327" w:rsidRPr="07241BBB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="03828327" w:rsidRPr="00E415F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Please n</w:t>
             </w:r>
-            <w:r w:rsidRPr="07241BBB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00E415F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>ot</w:t>
             </w:r>
-            <w:r w:rsidR="4E5C30D6" w:rsidRPr="07241BBB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="4E5C30D6" w:rsidRPr="00E415F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>e that not</w:t>
             </w:r>
-            <w:r w:rsidRPr="07241BBB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00E415F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> all out-of-range temperatures are considered </w:t>
             </w:r>
-            <w:r w:rsidR="009A4F73">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="009A4F73" w:rsidRPr="00E415F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">temperature </w:t>
             </w:r>
-            <w:r w:rsidRPr="07241BBB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00E415F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>excursions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004502C1" w14:paraId="2F795042" w14:textId="77777777" w:rsidTr="2068FD21">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="121D59B5" w14:textId="7B8C6CCD" w:rsidR="004502C1" w:rsidRPr="07241BBB" w:rsidRDefault="004502C1" w:rsidP="004502C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2068FD21">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -598,62 +604,80 @@
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="2068FD21">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Temperature Excursion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B073B44" w14:textId="525FF05F" w:rsidR="004502C1" w:rsidRPr="07241BBB" w:rsidRDefault="004502C1" w:rsidP="004502C1">
+          <w:p w14:paraId="0B073B44" w14:textId="1B9754BA" w:rsidR="004502C1" w:rsidRPr="07241BBB" w:rsidRDefault="004502C1" w:rsidP="004502C1">
             <w:pPr>
               <w:spacing w:line="257" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2068FD21">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>Excursions occur when storage unit temperatures deviate outside of the normal daily operating range to a point where vaccine viability could be impacted due to the temperature reached or the duration of the temperature deviation.</w:t>
+              <w:t xml:space="preserve">Excursions occur when storage unit temperatures deviate outside of the normal daily operating range to a point where vaccine viability could be impacted due to the temperature reached or the duration of the </w:t>
+            </w:r>
+            <w:r w:rsidR="00E415F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>out-of-range</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB5D24">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> temperature</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2068FD21">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="250874FB" w14:textId="0B724B11" w:rsidR="42A52AAE" w:rsidRDefault="42A52AAE"/>
     <w:p w14:paraId="4E437245" w14:textId="60EED8D5" w:rsidR="42A52AAE" w:rsidRDefault="42A52AAE" w:rsidP="42A52AAE">
       <w:pPr>
         <w:spacing w:line="257" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23FA7A03" w14:textId="77777777" w:rsidR="004502C1" w:rsidRDefault="004502C1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -1256,61 +1280,61 @@
       <w:pPr>
         <w:spacing w:line="257" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="07241BBB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C078E63" w14:textId="4629CDB6" w:rsidR="00D92CBD" w:rsidRDefault="00D92CBD" w:rsidP="07241BBB"/>
     <w:sectPr w:rsidR="00D92CBD">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6573C56A" w14:textId="77777777" w:rsidR="00890A42" w:rsidRDefault="00890A42" w:rsidP="002468F9">
+    <w:p w14:paraId="0AD7FF8A" w14:textId="77777777" w:rsidR="00C433AD" w:rsidRDefault="00C433AD" w:rsidP="002468F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="544D5B0E" w14:textId="77777777" w:rsidR="00890A42" w:rsidRDefault="00890A42" w:rsidP="002468F9">
+    <w:p w14:paraId="2456FF6F" w14:textId="77777777" w:rsidR="00C433AD" w:rsidRDefault="00C433AD" w:rsidP="002468F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1327,86 +1351,92 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="07531112" w14:textId="2EBF594B" w:rsidR="002468F9" w:rsidRDefault="002468F9">
+  <w:p w14:paraId="07531112" w14:textId="37477794" w:rsidR="002468F9" w:rsidRDefault="002468F9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="002468F9">
-      <w:t>Vaccine Program J</w:t>
+      <w:t xml:space="preserve">Vaccine Program </w:t>
     </w:r>
-    <w:r>
-      <w:t>uly</w:t>
+    <w:r w:rsidR="00E9444C">
+      <w:t>January</w:t>
+    </w:r>
+    <w:r w:rsidR="00E9444C" w:rsidRPr="002468F9">
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="002468F9">
-      <w:t xml:space="preserve"> 2025</w:t>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="00E9444C">
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1C824DFB" w14:textId="77777777" w:rsidR="002468F9" w:rsidRDefault="002468F9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="32AF9F29" w14:textId="77777777" w:rsidR="00890A42" w:rsidRDefault="00890A42" w:rsidP="002468F9">
+    <w:p w14:paraId="26260009" w14:textId="77777777" w:rsidR="00C433AD" w:rsidRDefault="00C433AD" w:rsidP="002468F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="548F030F" w14:textId="77777777" w:rsidR="00890A42" w:rsidRDefault="00890A42" w:rsidP="002468F9">
+    <w:p w14:paraId="095470DF" w14:textId="77777777" w:rsidR="00C433AD" w:rsidRDefault="00C433AD" w:rsidP="002468F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
     <int2:textHash int2:hashCode="HSDGqSRbCNmyQN" int2:id="pRH2vqR2">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="7c3jqgADVC/6UE" int2:id="68OdzHwO">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:textHash>
   </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
@@ -1779,87 +1809,95 @@
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2116050144">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="546137776">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1735590276">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1822308351">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="3B46D0E2"/>
     <w:rsid w:val="000C46C6"/>
+    <w:rsid w:val="00121CAD"/>
     <w:rsid w:val="002468F9"/>
     <w:rsid w:val="002C2793"/>
     <w:rsid w:val="00440F7A"/>
     <w:rsid w:val="004502C1"/>
     <w:rsid w:val="00594621"/>
     <w:rsid w:val="0061441D"/>
     <w:rsid w:val="00760EEA"/>
     <w:rsid w:val="00890A42"/>
     <w:rsid w:val="009A4F73"/>
     <w:rsid w:val="009B4A5F"/>
+    <w:rsid w:val="00AB5D24"/>
     <w:rsid w:val="00B1104D"/>
     <w:rsid w:val="00C02672"/>
+    <w:rsid w:val="00C433AD"/>
     <w:rsid w:val="00D115A2"/>
+    <w:rsid w:val="00D521AB"/>
     <w:rsid w:val="00D92CBD"/>
+    <w:rsid w:val="00DB615F"/>
+    <w:rsid w:val="00E415F0"/>
+    <w:rsid w:val="00E9444C"/>
+    <w:rsid w:val="00ED6E64"/>
     <w:rsid w:val="00F638A5"/>
     <w:rsid w:val="00FD4DB7"/>
     <w:rsid w:val="017BA3CA"/>
     <w:rsid w:val="01B7C55C"/>
     <w:rsid w:val="033BD774"/>
     <w:rsid w:val="03671B2D"/>
     <w:rsid w:val="03828327"/>
     <w:rsid w:val="05E32F31"/>
     <w:rsid w:val="0715A65C"/>
     <w:rsid w:val="07241BBB"/>
     <w:rsid w:val="09F38A37"/>
     <w:rsid w:val="0A9C801C"/>
     <w:rsid w:val="0AB67E4F"/>
     <w:rsid w:val="0AC57CD1"/>
     <w:rsid w:val="0B447616"/>
     <w:rsid w:val="0C07C9E1"/>
     <w:rsid w:val="0D7138A0"/>
     <w:rsid w:val="0E1BB473"/>
     <w:rsid w:val="0E45FA43"/>
     <w:rsid w:val="0F2AEAC1"/>
     <w:rsid w:val="10547208"/>
     <w:rsid w:val="11E7A6D6"/>
     <w:rsid w:val="12B21972"/>
     <w:rsid w:val="13816A77"/>
     <w:rsid w:val="1486B234"/>
@@ -2381,50 +2419,51 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
@@ -2845,54 +2884,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>408</Words>
-  <Characters>2331</Characters>
+  <Words>391</Words>
+  <Characters>2235</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
+  <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2734</CharactersWithSpaces>
+  <CharactersWithSpaces>2621</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Nath, Dishajoyti (DPH)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>