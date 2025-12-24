--- v0 (2025-11-01)
+++ v1 (2025-12-24)
@@ -1,134 +1,137 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="3F959995" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4140"/>
         </w:tabs>
         <w:ind w:left="109"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="22"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="582CEC3A" wp14:editId="3EEB48B7">
             <wp:extent cx="2028285" cy="716660"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="image1.jpeg"/>
+            <wp:docPr id="1" name="image1.jpeg" descr="health connector logo"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="image1.jpeg"/>
+                    <pic:cNvPr id="1" name="image1.jpeg" descr="health connector logo"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print"/>
+                    <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2028285" cy="716660"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:position w:val="22"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00795365">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E31081F" wp14:editId="27DE5AE9">
                 <wp:extent cx="4355465" cy="1266190"/>
                 <wp:effectExtent l="0" t="0" r="0" b="635"/>
-                <wp:docPr id="38" name="Group 21"/>
+                <wp:docPr id="38" name="Group 21">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4355465" cy="1266190"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="6859" cy="1994"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="39" name="Rectangle 24"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
@@ -213,240 +216,235 @@
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
+                            <w:p w14:paraId="49B1671B" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
                               <w:pPr>
                                 <w:spacing w:before="9"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Times New Roman"/>
                                   <w:sz w:val="54"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
-                            <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+                            <w:p w14:paraId="35CD65C7" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
                               <w:pPr>
                                 <w:spacing w:line="397" w:lineRule="exact"/>
                                 <w:ind w:left="480"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:sz w:val="36"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r>
-[...2 lines deleted...]
-                                  <w:color w:val="FFFFFF"/>
+                              <w:r w:rsidRPr="006506D5">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:sz w:val="36"/>
                                 </w:rPr>
                                 <w:t>Overview of</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+                            <w:p w14:paraId="23C65D82" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
                               <w:pPr>
                                 <w:spacing w:line="488" w:lineRule="exact"/>
                                 <w:ind w:left="480"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:sz w:val="44"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="006506D5">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
-                                  <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="44"/>
                                 </w:rPr>
                                 <w:t>Health Insurance Marketplaces</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group id="Group 21" o:spid="_x0000_s1026" style="width:342.95pt;height:99.7pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="6859,1994" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBgf+2NrwMAANENAAAOAAAAZHJzL2Uyb0RvYy54bWzsV9tu4zYQfS/QfyD4rugSypGEKIvEsoIC&#10;aXexu/0AWqIuqESqJB05LfrvHVKyV05StMnu9il+kEnxNnNmzhzq8t2+79A9k6oVPMX+mYcR44Uo&#10;W16n+NfPuRNhpDTlJe0EZyl+YAq/u/rxh8txSFggGtGVTCLYhKtkHFLcaD0krquKhvVUnYmBcRis&#10;hOyphq6s3VLSEXbvOzfwvJU7ClkOUhRMKXibTYP4yu5fVazQ76tKMY26FINt2j6lfW7N0726pEkt&#10;6dC0xWwGfYUVPW05HHrcKqOaop1sn2zVt4UUSlT6rBC9K6qqLZj1AbzxvUfe3EqxG6wvdTLWwxEm&#10;gPYRTq/etvjl/oNEbZnic4gUpz3EyB6LAt+AMw51AnNu5fBp+CAnD6F5J4rfFAy7j8dNv54mo+34&#10;syhhP7rTwoKzr2RvtgC30d7G4OEYA7bXqICX5DwMySrEqIAxP1it/HiOUtFAKJ+sK5rNvHIVhfG8&#10;LI6JMd6lyXSkNXM2y/gEuaa+wKm+Ds5PDR2YjZIyUB3gBFsmOD9CElJedwwF1ipzPMw74KkmMBEX&#10;6wamsWspxdgwWoJZNgRg/GKB6SgIxevQBYwgzBbayD8/wYgmg1T6lokemUaKJdhtw0bv75Se4DxM&#10;MVFUomvLvO0625H1dt1JdE+BaNk62gTRvPvJtI6byVyYZdOO0xuIPpxhxkweWOL8GfsB8W6C2MlX&#10;0YVDchI68YUXOZ4f38Qrj8Qky/8yBvokadqyZPyu5exAYp/8t6jO5WSin6UxGlMch0FofT+xXi2d&#10;9OzvOSf7VkNN69o+xdFxEk1MTDe8BLdpomnbTW331HybtIDB4d+iYjPABH3K3a0oHyABpIAgQU2D&#10;6guNRsg/MBqhkqVY/b6jkmHU/cQhiWKfEFP6bIeEFwF05HJkuxyhvICtUqwxmpprPZXL3SDbuoGT&#10;fAsMF9dA66q1iWGScrLKlgRLr/+JZ8a1JzyzmX1CG0jX78ozf6bTlMCmkC2pZivYsRp9Q6blJMtu&#10;8ueS8I1pb0xbXKRedEF4XtGIf2DaZ1Okb8QeBYFJvQXRkN7D+0ON+L6Um68FxpaZbwf5j/xT+X8x&#10;4Y4CRZMX8ciLN9EmIg4JVhuHeFnmXOdr4qxy/yLMzrP1OvNPFcvo4NcrllGUfxaq3P6e1oiF8kwq&#10;DgXKKs+bCJub47+IsN5v93Puv1CPj1p81GFoTBoMjW+ov/bWC98N9i4xf+OYD5Nl3+r1ly+xq78B&#10;AAD//wMAUEsDBBQABgAIAAAAIQAR7pqv3AAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NA&#10;EIXvgv9hGcGb3URtaWI2pRT1VARbQbxNk2kSmp0N2W2S/ntHL3p5MLzHe99kq8m2aqDeN44NxLMI&#10;FHHhyoYrAx/7l7slKB+QS2wdk4ELeVjl11cZpqUb+Z2GXaiUlLBP0UAdQpdq7YuaLPqZ64jFO7re&#10;YpCzr3TZ4yjlttX3UbTQFhuWhRo72tRUnHZna+B1xHH9ED8P29Nxc/naz98+tzEZc3szrZ9ABZrC&#10;Xxh+8AUdcmE6uDOXXrUG5JHwq+ItlvME1EFCSfIIOs/0f/r8GwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAGB/7Y2vAwAA0Q0AAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhABHumq/cAAAABQEAAA8AAAAAAAAAAAAAAAAACQYAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAASBwAAAAA=&#10;">
-[...1 lines deleted...]
-                <v:rect id="Rectangle 23" o:spid="_x0000_s1028" style="position:absolute;top:1813;width:6858;height:180;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAm3zkmL8A&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPzYrCMBC+L/gOYQRva6KIK9UoIogVdw9WH2BoxrbY&#10;TEqTan17cxD2+PH9rza9rcWDWl851jAZKxDEuTMVFxqul/33AoQPyAZrx6ThRR4268HXChPjnnym&#10;RxYKEUPYJ6ihDKFJpPR5SRb92DXEkbu51mKIsC2kafEZw20tp0rNpcWKY0OJDe1Kyu9ZZzUU6WnS&#10;NT+v3VH9pddLn6nu93DXejTst0sQgfrwL/64U6NhFtfHL/EHyPUbAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhAPD3irv9AAAA4gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAMd1fYdIAAACPAQAACwAAAAAAAAAAAAAAAAAuAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEAAAAAAAAAAAAAAAAAApAgAAZHJzL3NoYXBleG1sLnht&#10;bFBLAQItABQABgAIAAAAIQCbfOSYvwAAANsAAAAPAAAAAAAAAAAAAAAAAJgCAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABAD1AAAAhAMAAAAA&#10;" fillcolor="#f4ddbf" stroked="f"/>
+              <v:group w14:anchorId="1E31081F" id="Group 21" o:spid="_x0000_s1026" alt="&quot;&quot;" style="width:342.95pt;height:99.7pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="6859,1994" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBxYITo0wIAAHoJAAAOAAAAZHJzL2Uyb0RvYy54bWzsVslu2zAQvRfoPxC817IU2bWFyEFix0GB&#13;&#10;LkGTfgBNUQsqkSxJW0q/vkNSduSkhyZNeupF4HAZzrz3ZqjTs66p0Y4pXQme4nA0xohxKrKKFyn+&#13;&#10;drt+N8NIG8IzUgvOUnzHND5bvH1z2sqERaIUdcYUAidcJ61McWmMTIJA05I1RI+EZBwWc6EaYsBU&#13;&#10;RZAp0oL3pg6i8XgatEJlUgnKtIbZlV/EC+c/zxk1X/JcM4PqFENsxn2V+27sN1ickqRQRJYV7cMg&#13;&#10;z4iiIRWHSw+uVsQQtFXVI1dNRZXQIjcjKppA5HlFmcsBsgnHD7K5UmIrXS5F0hbyABNA+wCnZ7ul&#13;&#10;n3dXSt7Ia+Wjh+FHQb9rwCVoZZEM161d+M1o034SGfBJtka4xLtcNdYFpIQ6h+/dAV/WGURhMj6Z&#13;&#10;TOLpBCMKa2E0nYbzngFaAk2PztHysj85nU3m/bH5PLasBSTxV7ow+7As7aAjfQ+V/juobkoimWNA&#13;&#10;WyiuFaqyFJ9ALJw0kP5XEBjhRc1Q5KKy18O+PZ7ag4m4WJawjZ0rJdqSkQzCCl0WRwesoYGK56EL&#13;&#10;GEGxOWhn4ckRRiSRSpsrJhpkBylWELejjew+auPh3G+xLGpRV9m6qmtnqGKzrBXaESii1XJ2Gc16&#13;&#10;70fbam43c2GPeY92BujxSXluNiK7gwSV8JUInQMGpVA/MWqhClOsf2yJYhjVHziANA/j2JatM+LJ&#13;&#10;+wgMNVzZDFcIp+AqxQYjP1waX+pbqaqihJtClzQX5yDbvHKJ2/h8VH2wIJ9/pCOb2iMdOeaOZAF0&#13;&#10;vKqOwl4uJNkX6lBKrkIP1faCSlrHq9XF+r+SRk9q3r/vSHG4V9Kt5fBCdCiKLLQDISHTwfy+Bl5X&#13;&#10;Un1bH+hp375n4XH7frKgDg2GJH/UcUy36Xognth8Do3n0HRg4BsODF6w2bgnDB5496r1PyP2D2Jo&#13;&#10;u+Z0/8u0+AUAAP//AwBQSwMEFAAGAAgAAAAhAOr+wC3hAAAACgEAAA8AAABkcnMvZG93bnJldi54&#13;&#10;bWxMj09rwkAQxe+FfodlhN7qJm0VE7MRsX9OUqgWircxOybB7G7Irkn89p320l4eDG/mzftlq9E0&#13;&#10;oqfO184qiKcRCLKF07UtFXzuX+8XIHxAq7FxlhRcycMqv73JMNVusB/U70IpOMT6FBVUIbSplL6o&#13;&#10;yKCfupYseyfXGQw8dqXUHQ4cbhr5EEVzabC2/KHCljYVFefdxSh4G3BYP8Yv/fZ82lwP+9n71zYm&#13;&#10;pe4m4/OSZb0EEWgMfxfww8D9IediR3ex2otGAdOEX2VvvpglII68lCRPIPNM/kfIvwEAAP//AwBQ&#13;&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#13;&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#13;&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQBxYITo0wIAAHoJAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#13;&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDq/sAt4QAAAAoBAAAPAAAAAAAAAAAAAAAAAC0FAABk&#13;&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAOwYAAAAA&#13;&#10;">
+                <v:rect id="Rectangle 24" o:spid="_x0000_s1027" style="position:absolute;width:6858;height:1813;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQCojomNxQAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#13;&#10;FITvgv9heYI33W0V0egqoi14rSZ4fc2+JqHZtyG7JvHfdwuFXgaGYb5hdofB1qKj1leONbzMFQji&#13;&#10;3JmKCw3p7X22BuEDssHaMWl4kofDfjzaYWJczx/UXUMhIoR9ghrKEJpESp+XZNHPXUMcsy/XWgzR&#13;&#10;toU0LfYRbmv5qtRKWqw4LpTY0Kmk/Pv6sBreHufU9d29e/pGeZWusqX7zLSeTobzNspxCyLQEP4b&#13;&#10;f4iL0bDYwO+heAbk/gcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#13;&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#13;&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCojomNxQAAAOAAAAAP&#13;&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#13;&#10;" fillcolor="#dc8e28" stroked="f"/>
+                <v:rect id="Rectangle 23" o:spid="_x0000_s1028" style="position:absolute;top:1813;width:6858;height:180;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQAw5nMMyAAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RasJA&#13;&#10;EEXfC/2HZQq+1V1F2hJdRZTSlNaHRj9gyI5JMDsbshuNf995KPRl4DLcczmrzehbdaU+NoEtzKYG&#13;&#10;FHEZXMOVhdPx/fkNVEzIDtvAZOFOETbrx4cVZi7c+IeuRaqUQDhmaKFOqcu0jmVNHuM0dMTyO4fe&#13;&#10;Y5LYV9r1eBO4b/XcmBftsWFZqLGjXU3lpRi8hSr/mg3d6333aQ756TgWZvj+uFg7eRr3SznbJahE&#13;&#10;Y/pv/CFyZ2EhCiIkMqDXvwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#13;&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#13;&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAw5nMMyAAAAOAA&#13;&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#13;&#10;" fillcolor="#f4ddbf" stroked="f"/>
                 <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="rect"/>
                 </v:shapetype>
-                <v:shape id="Text Box 22" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;width:6859;height:1814;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAacYoMcUA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWvCQBSE74X+h+UVvDUbRaRN3YgUhYIgjemhx9fs&#10;M1mSfRuzW43/3i0UPA4z8w2zXI22E2cavHGsYJqkIIgrpw3XCr7K7fMLCB+QNXaOScGVPKzyx4cl&#10;ZtpduKDzIdQiQthnqKAJoc+k9FVDFn3ieuLoHd1gMUQ51FIPeIlw28lZmi6kRcNxocGe3huq2sOv&#10;VbD+5mJjTvufz+JYmLJ8TXm3aJWaPI3rNxCBxnAP/7c/tIL5FP6+xB8g8xsAAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhAPD3irv9AAAA4gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAMd1fYdIAAACPAQAACwAAAAAAAAAAAAAAAAAuAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEAAAAAAAAAAAAAAAAAApAgAAZHJzL3NoYXBl&#10;eG1sLnhtbFBLAQItABQABgAIAAAAIQBpxigxxQAAANsAAAAPAAAAAAAAAAAAAAAAAJgCAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABAD1AAAAigMAAAAA&#10;" filled="f" stroked="f">
+                <v:shape id="Text Box 22" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;width:6859;height:1814;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQBbpDu3yAAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#13;&#10;FITvgv9heUJvulGK1Ogq0ioUhGKMhx5fs89kMfs2Zrca/31XKHgZGIb5hlmsOluLK7XeOFYwHiUg&#13;&#10;iAunDZcKjvl2+AbCB2SNtWNScCcPq2W/t8BUuxtndD2EUkQI+xQVVCE0qZS+qMiiH7mGOGYn11oM&#13;&#10;0bal1C3eItzWcpIkU2nRcFyosKH3iorz4dcqWH9ztjGXr599dspMns8S3k3PSr0Muo95lPUcRKAu&#13;&#10;PBv/iE+t4HUMj0PxDMjlHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#13;&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#13;&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBbpDu3yAAAAOAA&#13;&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#13;&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
+                      <w:p w14:paraId="49B1671B" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
                         <w:pPr>
                           <w:spacing w:before="9"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Times New Roman"/>
                             <w:sz w:val="54"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
-                      <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+                      <w:p w14:paraId="35CD65C7" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
                         <w:pPr>
                           <w:spacing w:line="397" w:lineRule="exact"/>
                           <w:ind w:left="480"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:sz w:val="36"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
-[...2 lines deleted...]
-                            <w:color w:val="FFFFFF"/>
+                        <w:r w:rsidRPr="006506D5">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:sz w:val="36"/>
                           </w:rPr>
                           <w:t>Overview of</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+                      <w:p w14:paraId="23C65D82" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
                         <w:pPr>
                           <w:spacing w:line="488" w:lineRule="exact"/>
                           <w:ind w:left="480"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:sz w:val="44"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="006506D5">
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
-                            <w:color w:val="FFFFFF"/>
                             <w:sz w:val="44"/>
                           </w:rPr>
                           <w:t>Health Insurance Marketplaces</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
+    <w:p w14:paraId="6931BC5F" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
+    <w:p w14:paraId="34148126" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="11AB5338" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:spacing w:line="283" w:lineRule="auto"/>
         <w:ind w:left="200" w:right="2987"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>THIS NOTICE IS REQUIRED BY THE NATIONAL HEALTH REFORM LAW (ALSO KNOWN AS THE AFFORDABLE CARE ACT OR ACA)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
+    <w:p w14:paraId="74A43899" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
       <w:pPr>
         <w:spacing w:line="283" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:sectPr w:rsidR="00C80DCF">
-          <w:footerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="default" r:id="rId8"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="0" w:right="580" w:bottom="740" w:left="520" w:header="720" w:footer="550" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="5B1C3AB2" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="85" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="200" w:right="-10"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">This notice is meant to help you understand health </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">insurance Marketplaces, which were set up to make it </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
         </w:rPr>
         <w:t>easier</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:spacing w:val="-24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:r>
@@ -619,153 +617,158 @@
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:spacing w:val="-21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:spacing w:val="-21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="650494E8" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="3"/>
         <w:ind w:left="200"/>
       </w:pPr>
       <w:r>
         <w:t>may not qualify for subsidized health insurance through</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="7BD164BD" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="77" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="200" w:right="332"/>
       </w:pPr>
       <w:r>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>the Health Connector. If you are offered coverage by your employer that is considered “affordable” and meets a “minimum value” standard according to federal definitions (see below), you most likely will not qualify for the subsidized coverage offered through the Health Connector described in this notice. However, it may</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="2B12AC69" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="254" w:lineRule="auto"/>
         <w:ind w:left="200"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">still be helpful for you to read and understand the information included here. Please ask your employer for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
         </w:rPr>
         <w:t>more information if you have questions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
+    <w:p w14:paraId="066CF477" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
         </w:rPr>
         <w:sectPr w:rsidR="00C80DCF">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="0" w:right="580" w:bottom="740" w:left="520" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="2" w:space="720" w:equalWidth="0">
             <w:col w:w="5283" w:space="276"/>
             <w:col w:w="5581"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
+    <w:p w14:paraId="1CEB352D" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
+    <w:p w14:paraId="0663BED1" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
           <w:sz w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="00795365">
+    <w:p w14:paraId="3B9C05A2" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="00795365">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="680"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503310896" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503310896" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63DBF999" wp14:editId="29AD3D5D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>457200</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-88900</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6870700" cy="4077335"/>
                 <wp:effectExtent l="0" t="0" r="0" b="2540"/>
                 <wp:wrapNone/>
-                <wp:docPr id="35" name="Group 18"/>
+                <wp:docPr id="35" name="Group 18">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6870700" cy="4077335"/>
                           <a:chOff x="720" y="-140"/>
                           <a:chExt cx="10820" cy="6421"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="36" name="Rectangle 20"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="720" y="-140"/>
@@ -935,112 +938,112 @@
                                 <a:round/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group id="Group 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:36pt;margin-top:-7pt;width:541pt;height:321.05pt;z-index:-5584;mso-position-horizontal-relative:page" coordorigin="720,-140" coordsize="10820,6421" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDm6fA6VwUAAL4TAAAOAAAAZHJzL2Uyb0RvYy54bWzkWNtu4zYQfS/QfyD02MKxbr4JcRbZJF4U&#10;SNtFV/0AWpItoZKoUnKctOi/d2Yo2pTXTNxdoC/rB13Mw+GZOTO86Prdc1Wyp0y2haiXjnflOiyr&#10;E5EW9Xbp/B6vRnOHtR2vU16KOls6L1nrvLv5/rvrfRNlvshFmWaSgZG6jfbN0sm7ronG4zbJs4q3&#10;V6LJamjcCFnxDl7ldpxKvgfrVTn2XXc63guZNlIkWdvCv/eq0bkh+5tNlnS/bjZt1rFy6QC3jq6S&#10;rmu8jm+uebSVvMmLpKfBv4BFxYsaBj2YuucdZztZfGaqKhIpWrHprhJRjcVmUyQZ+QDeeO6JNx+k&#10;2DXkyzbab5tDmCC0J3H6YrPJL08fJSvSpRNMHFbzCjSiYZk3x+Dsm20EmA+y+dR8lMpDeHwUyR8t&#10;NI9P2/F9q8Bsvf9ZpGCP7zpBwXneyApNgNvsmTR4OWiQPXcsgT+n85k7c0GqBNpCdzYLgBiplOQg&#10;Jfab+dAMrSMv7AVM8oe+u+fOsRU7T0Pfw55jHqmBiWxPDj2DjGuPQW2/Lqifct5kpFWLAdNBneqg&#10;/gapyOttmTHgR4ElnI5qq0LKanGXAyy7lVLs84ynQEt5gXzBsOqALy0I8maMP4+VDrQZqWBOnA6R&#10;4lEj2+5DJiqGD0tHAnuSkD89tp0Kqoagoq0oi3RVlCW9yO36rpTsiUPRrW4fVg9ahwGsrBFcC+ym&#10;LKp/gCCMgW1IlYro74Xnh+57fzFaQX6MwlU4GS1m7nzkeov3i6kbLsL71T9I0AujvEjTrH4s6kwX&#10;tBdepm0/tahSpJJm+6WzmPgT8n3AvjWddOnXJ9sAVhUdzG9lUS2d+QHEI1T2oU7BbR51vCjV83hI&#10;n1IXYqDvFBVIYiW9yuC1SF8gDaQAkSDvYSaGh1zIvxy2h1lt6bR/7rjMHFb+VEMqLbwQaoZ19BJO&#10;KDuk2bI2W3idgKml0zlMPd51aurcNbLY5jCSR4GpxS2U+KagxEB+ihVND1Rk/1e1zXS1IR+qSOYt&#10;7NWGWfd1ZeW7034KOlNWoX8yAfEo2amyQt11KcGikfYJv037KTgGkTZVCUvRjyPmMs+bhC5DtShj&#10;jjBPw34Ys9hle6aq+gTlaxQZm8K6CZOQJn40FmgYGCNQzrQLyFFTCzWMrAGpc8RgMVH8kVhoIwaz&#10;o+GllRjIejD2CjHYahjWLMQWGoTE5jZi3jD+U39+PmSeKQChzsfMG0pg19PUIPZ8K7+hCHZ+pg6v&#10;8RsqYednShF7Uyu/oRZWZaE6L5IW13RDWys/KLijvRhS01YRQz2wGs6WhG/qQajz+vpDPSy5B+uI&#10;yc5aFv5QDTs7U43X2A3VsLEztYh9a20EQy182IWdjV1gakGo87ELhlpYtQ1MLeLAWhvBUAs7P1ON&#10;1/gN1bDzM9WIA2ttBEM1rOoGph4n6sJO7bBo8FxtyWB1ea77hQSeYMmGc4JLC3QjWtw4x6AIbIzj&#10;oN+pAAoXIgsYwoPg2UVg4IpgmA9xUSWbr5j2QEqC09b+bThEluC0lr8Jx0kA4VC8l5DBqiT4ZZ76&#10;vauQ3pdYx6xF6+oU8yb3oHcVxDesq269trgXPz3OSofBcXaNfWDvzjtMCf2Ie9h+s5/DkQo3JdhU&#10;iacsFgTqMDl6CHAN+3MVjHoElbUJhilgCNTN+t6QzR7mq40L2NPN+q5gxtD/AXpkqa0d2Z7a1ceb&#10;I0L3MYlqlG7TdxNzOCnpRn0/HfJi4HBUCBLqR0V0EBL1N3aOgxPG4CCyol+fOgPYN3Hagu8l/aHq&#10;mztg0ccN+EhEidN/0MKvUOY7PJuf3W7+BQAA//8DAFBLAwQUAAYACAAAACEAPYrYEuAAAAALAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBW7vZaGuJmZRS1FMRbAXxtk2mSWh2NmS3&#10;Sfrv3Zzs7T3m8eZ76Xo0jeipc7VlBDWPQBDntqi5RPg+vM9WIJzXXOjGMiFcycE6u79LdVLYgb+o&#10;3/tShBJ2iUaovG8TKV1ekdFublvicDvZzmgfbFfKotNDKDeNjKNoKY2uOXyodEvbivLz/mIQPgY9&#10;bJ7UW787n7bX38Pi82enCPHxYdy8gvA0+v8wTPgBHbLAdLQXLpxoEF7iMMUjzNRzEFNALSZ1RFjG&#10;KwUyS+XthuwPAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5unwOlcFAAC+EwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAPYrYEuAAAAALAQAADwAA&#10;AAAAAAAAAAAAAACxBwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAL4IAAAAAA==&#10;">
-[...1 lines deleted...]
-                <v:shape id="AutoShape 19" o:spid="_x0000_s1028" style="position:absolute;left:720;top:2060;width:10820;height:4221;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10820,4221" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEA3dcyvsYA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWvCQBCF74X+h2UKvRSzW20bm7qKCIL0pNGLtyE7&#10;TYLZ2TS7avTXuwWhx8eb9715k1lvG3GizteONbwmCgRx4UzNpYbddjkYg/AB2WDjmDRcyMNs+vgw&#10;wcy4M2/olIdSRAj7DDVUIbSZlL6oyKJPXEscvR/XWQxRdqU0HZ4j3DZyqNSHtFhzbKiwpUVFxSE/&#10;2viG2n8PS/rdHpafb+l6fT3O39WL1s9P/fwLRKA+/B/f0yujYZTC35YIADm9AQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFw&#10;ZXhtbC54bWxQSwECLQAUAAYACAAAACEA3dcyvsYAAADbAAAADwAAAAAAAAAAAAAAAACYAgAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA9QAAAIsDAAAAAA==&#10;" path="m10820,4140l,4140r,80l10820,4220r,-80m10820,l,,,80r10820,l10820,e" stroked="f">
+              <v:group w14:anchorId="094314D3" id="Group 18" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:36pt;margin-top:-7pt;width:541pt;height:321.05pt;z-index:-5584;mso-position-horizontal-relative:page" coordorigin="720,-140" coordsize="10820,6421" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQA/5YZewgQAAGcRAAAOAAAAZHJzL2Uyb0RvYy54bWzcWNtu4zYQfS/QfyD02CKxLo7tGHEWQTYO&#13;&#10;Cmzbxa72A2jdUUlUSdlK9us7Q4o26TUddxfoQ/1gS+Lh8MycGXHou3cvTU12GRcVa1decO17JGsT&#13;&#10;llZtsfK+xOurhUdET9uU1qzNVt5rJrx39z//dDd0yyxkJavTjBMw0orl0K28su+75WQikjJrqLhm&#13;&#10;XdbCYM54Q3u45cUk5XQA6009CX1/NhkYTzvOkkwIePpeDXr30n6eZ0n/Z56LrCf1ygNuvfzm8nuD&#13;&#10;35P7O7osOO3KKhlp0O9g0dCqhUX3pt7TnpItr74x1VQJZ4Ll/XXCmgnL8yrJpA/gTeAfefPM2baT&#13;&#10;vhTLoej2YYLQHsXpu80mf+yeefe5+8gVe7j8wJK/BMRlMnTF0hzH+0KByWb4naWgJ932TDr+kvMG&#13;&#10;TYBL5EXG93Uf3+ylJwk8nC3m/twHGRIYm/rzeRTdKAWSEmTCefMQhmH0KpiO4iTl0zg98Bc4ipNn&#13;&#10;0zDAmRO6VAtLsiM5FB+ySRwCJn4sYJ9L2mVSB4EB+chJla68aOaRljYQhE+QZrQt6owAP2CFywNO&#13;&#10;R1WokJKWPZYAyx44Z0OZ0RRoKS+sCXgjQJA3Y/xtrHSgzUhFC8lpHym67LjonzPWELxYeRzYSwnp&#13;&#10;7oPoVVA1BBUVrK7SdVXX8oYXm8eakx2Fglo/PK2ftA4WrG4R3DKcpiziExBJuaZCtGHpK7jJmapK&#13;&#10;eIvARcn4V48MUJErT/y9pTzzSP1bC6G6DaaQE6SXN9Mb6T03RzbmCG0TMLXyeo+oy8delf2241VR&#13;&#10;wkqBdLplD5DCeSUdR36K1UgWkui/yqa5zibkIzOOBLfubMKo/ljahP5sLLETaTMNjwqMLpOtShtU&#13;&#10;VqcKvPBSSBp8VKRjNcQgUt7U8Br99Yr4JAhupj5BtYCyCQs07JcJiX0yEJW1R6hQo6SxGbzzocg0&#13;&#10;8cOakYaBMQkqiXbBXHOqYdIakDpF7EaDkNjURQyq3/DSSQxkVbDzxGCbNKw5iN1qEBJbuIgFdvxn&#13;&#10;4eJ0yAJTAIk6HbPAlsCtp6lBHIROfrYIbn6mDuf42Uq4+ZlSxMHMyc/WwqksVOdF0uKeZWjr5AcF&#13;&#10;d7AXQ2q6KsLWA6vhZEmEph4SdVrf0NbDkXuhqUYcOssitNVwszPVOMfOVsPFztQiDp21EdlahNBl&#13;&#10;nIxdZGohUadjF9laOLWNTC3iyFkbka2Fm5+pxjl+thpufqYaceSsjchWw6luZOpxpC50IvtNg5aq&#13;&#10;5YDd5aUdNxK4gi0belxfbtAdE9gYxqAINH5xNLZ9gMLtxAGG8CB4fhEYuCIY3oeqVTlvOgApJVy2&#13;&#10;ruDMG3CIrITLvfxNOL4EEA7FewkZrEoJv8zTcHQV0vsS65i1aF116W9yj0ZXQXzDupo2aou95vFR&#13;&#10;jHsEjmIbnAO9Ke0xJfQlGaBPU21/CUcGbEpwqGG7LGYS1GNyjBDgOh3PDbDqAVS3JhheATZQD+vf&#13;&#10;TtocYaFqXMCeHta/CmYs/S+gB5ba2oHtsV3dvh8Qeo5JVKP0mP41MfuTgB7Uv8dLXgy0V4UgoX7y&#13;&#10;WLYXEvU3OkfrmCCs08QaP2PqWLD/1WlCnlThNC+jNP7zgH8XmPeytz/8P3L/DwAAAP//AwBQSwME&#13;&#10;FAAGAAgAAAAhAE3UbEvlAAAAEAEAAA8AAABkcnMvZG93bnJldi54bWxMj09vwjAMxe+T9h0iT9oN&#13;&#10;0nSDodIUIfbnhJAGkxA305i2okmqJrTl2y89bRfrWbaf3y9dDbpmHbWuskaCmEbAyORWVaaQ8HP4&#13;&#10;nCyAOY9GYW0NSbiTg1X2+JBiomxvvqnb+4IFE+MSlFB63yScu7wkjW5qGzJhdrGtRh/atuCqxT6Y&#13;&#10;65rHUTTnGisTPpTY0Kak/Lq/aQlfPfbrF/HRba+Xzf10mO2OW0FSPj8N78tQ1ktgngb/dwEjQ8gP&#13;&#10;WQh2tjejHKslvMWBx0uYiNcgxgUxG9VZwjxeCOBZyv+DZL8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#13;&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#13;&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#13;&#10;AAYACAAAACEAP+WGXsIEAABnEQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#13;&#10;LQAUAAYACAAAACEATdRsS+UAAAAQAQAADwAAAAAAAAAAAAAAAAAcBwAAZHJzL2Rvd25yZXYueG1s&#13;&#10;UEsFBgAAAAAEAAQA8wAAAC4IAAAAAA==&#13;&#10;">
+                <v:rect id="Rectangle 20" o:spid="_x0000_s1027" style="position:absolute;left:720;top:-140;width:10820;height:6380;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQCKLyJaxwAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#13;&#10;FITvQv/D8oTezMZKg42uUiyWgngwFc+P7DMbzL6N2VXTf98VBC8DwzDfMPNlbxtxpc7XjhWMkxQE&#13;&#10;cel0zZWC/e96NAXhA7LGxjEp+CMPy8XLYI65djfe0bUIlYgQ9jkqMCG0uZS+NGTRJ64ljtnRdRZD&#13;&#10;tF0ldYe3CLeNfEvTTFqsOS4YbGllqDwVF6vgfClWp42ebt/3H+254fI7M/6g1Ouw/5pF+ZyBCNSH&#13;&#10;Z+OB+NEKJhncD8UzIBf/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#13;&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIovIlrHAAAA4AAA&#13;&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#13;&#10;" fillcolor="#faefe1" stroked="f"/>
+                <v:shape id="AutoShape 19" o:spid="_x0000_s1028" style="position:absolute;left:720;top:2060;width:10820;height:4221;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10820,4221" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQCDhifDyQAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#13;&#10;EMXvhX6HMAUvRZNq65/VKNIiiCerXrwNm+nu4maybqKufnojFLw8eAzv9+ZNZo0txZlqXzjW8NFR&#13;&#10;IIhTZwrONOy2i/YQhA/IBkvHpOFKHmbT15cJJsZd+JfOm5CJCGGfoIY8hCqR0qc5WfQdVxHH25+r&#13;&#10;LYZo60yaGi8RbkvZVaovLRYcG3Ks6Dun9LA52fiG2q+6GR23h8Xoc7Be307zL/Wudeut+RlHmY9B&#13;&#10;BGrCM/GPWBoNvQE8BkUKyOkdAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#13;&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#13;&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAg4Ynw8kAAADg&#13;&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#13;&#10;AA==&#13;&#10;" path="m10820,4140l,4140r,80l10820,4220r,-80m10820,l,,,80r10820,l10820,e" stroked="f">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="10820,6200;0,6200;0,6280;10820,6280;10820,6200;10820,2060;0,2060;0,2140;10820,2140;10820,2060" o:connectangles="0,0,0,0,0,0,0,0,0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="000C78C5">
         <w:t>Overview:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="6B90EA0C" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="78" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="680" w:right="2126"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">As a result of the Affordable Care Act (ACA), there is an easy way for many individuals and small businesses in Massachusetts to buy health insurance: the Massachusetts Health Connector. This notice provides some basic information about the Health Connector, and how coverage available through the Health Connector relates to any coverage that may be offered by your employer. You can find out more by visiting </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10">
+      <w:hyperlink r:id="rId9">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Franklin Gothic Demi"/>
           </w:rPr>
           <w:t>MAhealthconnector.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
+    <w:p w14:paraId="316FB22A" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="2512CD00" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="195"/>
         <w:ind w:left="680"/>
       </w:pPr>
       <w:r>
         <w:t>What is the Massachusetts Health Connector?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="5D4F4760" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="78" w:line="256" w:lineRule="auto"/>
         <w:ind w:left="680" w:right="2339"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Health Connector is our state’s health insurance Marketplace. It helps individuals, families, and small businesses find health insurance that meets their needs and fits their budget. The Health Connector offers “one-stop shopping” to easily find and compare private health insurance options from the state’s leading health and dental insurance </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
         </w:rPr>
         <w:t>companies. Some individuals and families may also qualify for a federal tax credit that lowers</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:spacing w:val="-19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
         </w:rPr>
@@ -1206,154 +1209,170 @@
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:spacing w:val="-19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
         </w:rPr>
         <w:t xml:space="preserve">lower </w:t>
       </w:r>
       <w:r>
         <w:t>out-of-pocket expenses. This tax credit is enabled by §36B of the Internal Revenue</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="39"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Code.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="45720790" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="112" w:line="254" w:lineRule="auto"/>
         <w:ind w:left="680" w:right="2648"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The next open enrollment for individuals and families to buy health insurance coverage through the Health Connector is scheduled to begin on November 1, 2016, and run </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
         </w:rPr>
         <w:t>through January 31, 2017. Individuals and families who experience a qualifying</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="42990969" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:ind w:left="680"/>
       </w:pPr>
       <w:r>
         <w:t>event can shop outside of open enrollment periods. You can find out more by visiting</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="001746C6">
+    <w:p w14:paraId="040AE2C8" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="19"/>
         <w:ind w:left="680"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11">
-        <w:r w:rsidR="000C78C5">
+      <w:hyperlink r:id="rId10">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Franklin Gothic Demi"/>
             <w:w w:val="95"/>
           </w:rPr>
           <w:t>MAhealthconnector.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="000C78C5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000C78C5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t xml:space="preserve">or calling </w:t>
       </w:r>
-      <w:r w:rsidR="000C78C5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi"/>
           <w:w w:val="95"/>
         </w:rPr>
-        <w:t xml:space="preserve">1-877 MA ENROLL  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000C78C5">
+        <w:t xml:space="preserve">1-877 MA </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Demi"/>
+          <w:w w:val="95"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ENROLL  </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
           <w:w w:val="95"/>
         </w:rPr>
-        <w:t>(1-877-623-6765).</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book"/>
+          <w:w w:val="95"/>
+        </w:rPr>
+        <w:t>1-877-623-6765).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
+    <w:p w14:paraId="30AAB9C5" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="4"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="00795365">
+    <w:p w14:paraId="20A58D5D" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="00795365">
       <w:pPr>
         <w:spacing w:before="165"/>
         <w:ind w:right="117"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
           <w:sz w:val="56"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503310776" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503310776" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C9C281F" wp14:editId="6DBC079F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>433070</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1246505</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6895465" cy="469265"/>
                 <wp:effectExtent l="4445" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="34" name="Text Box 17"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6895465" cy="469265"/>
                         </a:xfrm>
@@ -1364,153 +1383,159 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
+                          <w:p w14:paraId="2D13D806" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:spacing w:before="8"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                 <w:sz w:val="27"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+                          <w:p w14:paraId="6D532E47" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
                             <w:pPr>
                               <w:ind w:right="217"/>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Franklin Gothic Book"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Franklin Gothic Book"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>1 of 2</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 17" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:34.1pt;margin-top:98.15pt;width:542.95pt;height:36.95pt;z-index:-5704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDS3guzsAIAALIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8Hyd8pLCQFUUrUhTJO6&#10;F6ndD3DABGtgM9sJdNP++84mpGmrSdM2PliHfX7unrvHd3U9di06UKmY4Bn2LzyMKC9Fxfguw18e&#10;CifGSGnCK9IKTjP8SBW+Xr19czX0KQ1EI9qKSgQgXKVDn+FG6z51XVU2tCPqQvSUw2EtZEc0/Mqd&#10;W0kyAHrXuoHnRe4gZNVLUVKlYDefDvHK4tc1LfWnulZUozbDkJu2q7Tr1qzu6oqkO0n6hpXHNMhf&#10;ZNERxiHoCSonmqC9ZK+gOlZKoUStL0rRuaKuWUktB2Djey/Y3Dekp5YLFEf1pzKp/wdbfjx8lohV&#10;Gb4MMeKkgx490FGjWzEif2nqM/QqBbf7Hhz1CPvQZ8tV9Xei/KoQF+uG8B29kVIMDSUV5Oebm+7Z&#10;1QlHGZDt8EFUEIfstbBAYy07UzwoBwJ06NPjqTcmlxI2ozhZhNECoxLOwigJwDYhSDrf7qXS76jo&#10;kDEyLKH3Fp0c7pSeXGcXE4yLgrUt7JO05c82AHPagdhw1ZyZLGw7fyResok3ceiEQbRxQi/PnZti&#10;HTpR4S8X+WW+Xuf+TxPXD9OGVRXlJswsLT/8s9YdRT6J4iQuJVpWGTiTkpK77bqV6EBA2oX9jgU5&#10;c3Ofp2HrBVxeUPKD0LsNEqeI4qUTFuHCSZZe7Hh+cptEXpiEefGc0h3j9N8poSHDySJYTGL6LTfP&#10;fq+5kbRjGoZHy7oMxycnkhoJbnhlW6sJayf7rBQm/adSQLvnRlvBGo1OatXjdrRvw6rZiHkrqkdQ&#10;sBQgMJApDD4wGiG/YzTAEMmw+rYnkmLUvufwCszEmQ05G9vZILyEqxnWGE3mWk+Tad9LtmsAeXpn&#10;XNzAS6mZFfFTFsf3BYPBcjkOMTN5zv+t19OoXf0CAAD//wMAUEsDBBQABgAIAAAAIQDghhiH4AAA&#10;AAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLGmBspWm04TghITWlQPHtPHa&#10;aI1Tmmwrb092gqPtT7+/v1jPdmAnnLxxJCFZCGBIrdOGOgmf9dvdEpgPirQaHKGEH/SwLq+vCpVr&#10;d6YKT7vQsRhCPlcS+hDGnHPf9miVX7gRKd72brIqxHHquJ7UOYbbgadCZNwqQ/FDr0Z86bE97I5W&#10;wuaLqlfz/dFsq31l6nol6D07SHl7M2+egQWcwx8MF/2oDmV0atyRtGeDhGyZRjLuV9k9sAuQPD4k&#10;wBoJ6ZNIgZcF/9+h/AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDS3guzsAIAALIFAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDghhiH4AAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAAAoFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAFwYAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="5C9C281F" id="Text Box 17" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:34.1pt;margin-top:98.15pt;width:542.95pt;height:36.95pt;z-index:-5704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQB1yxZt2AEAAJgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJ2qA14hRdiw4D&#13;&#10;ugvQ9QMUWbaF2aJGKrGzrx8l2+nWvQ17EShKOjznkNreDF0rjgbJgivkarGUwjgNpXV1IZ+/Pby7&#13;&#10;koKCcqVqwZlCngzJm93bN9ve52YNDbSlQcEgjvLeF7IJwedZRroxnaIFeOP4sALsVOAt1lmJqmf0&#13;&#10;rs3Wy+Um6wFLj6ANEWfvx0O5S/hVZXT4UlVkgmgLydxCWjGt+7hmu63Ka1S+sXqiof6BRaes46Jn&#13;&#10;qHsVlDig/QuqsxqBoAoLDV0GVWW1SRpYzWr5Ss1To7xJWtgc8meb6P/B6s/HJ/8VRRjew8ANTCLI&#13;&#10;P4L+TsLBXaNcbW4RoW+MKrnwKlqW9Z7y6Wm0mnKKIPv+E5TcZHUIkICGCrvoCusUjM4NOJ1NN0MQ&#13;&#10;mpObq+vLi82lFJrPLjbXa45jCZXPrz1S+GCgEzEoJHJTE7o6PlIYr85XYjEHD7ZtU2Nb90eCMWMm&#13;&#10;sY+ER+ph2A/ClpO0KGYP5YnlIIzjwuPNQQP4U4qeR6WQ9OOg0EjRfnRsSZyrOcA52M+BcpqfFjJI&#13;&#10;MYZ3YZy/g0dbN4w8mu7glm2rbFL0wmKiy+1PnkyjGufr93269fKhdr8AAAD//wMAUEsDBBQABgAI&#13;&#10;AAAAIQCwEdQl5AAAABABAAAPAAAAZHJzL2Rvd25yZXYueG1sTE/LTsMwELwj8Q/WVuJGnQQIbRqn&#13;&#10;qnickCrScOjRid3EarwOsduGv2d7gstKuzM7j3w92Z6d9eiNQwHxPAKmsXHKYCvgq3q/XwDzQaKS&#13;&#10;vUMt4Ed7WBe3N7nMlLtgqc+70DISQZ9JAV0IQ8a5bzptpZ+7QSNhBzdaGWgdW65GeSFx2/MkilJu&#13;&#10;pUFy6OSgXzrdHHcnK2Czx/LNfG/rz/JQmqpaRviRHoW4m02vKxqbFbCgp/D3AdcOlB8KCla7EyrP&#13;&#10;egHpIiEm3ZfpA7ArIX56jIHVApLnKAFe5Px/keIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#13;&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#13;&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#13;&#10;ACEAdcsWbdgBAACYAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#13;&#10;CAAAACEAsBHUJeQAAAAQAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#13;&#10;AAAEAAQA8wAAAEMFAAAAAA==&#13;&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
+                    <w:p w14:paraId="2D13D806" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:spacing w:before="8"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Franklin Gothic Demi"/>
                           <w:sz w:val="27"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+                    <w:p w14:paraId="6D532E47" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
                       <w:pPr>
                         <w:ind w:right="217"/>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Franklin Gothic Book"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Franklin Gothic Book"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>1 of 2</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503310872" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503310872" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="617D6136" wp14:editId="0FFD3337">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>433070</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1246505</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6895465" cy="469265"/>
                 <wp:effectExtent l="4445" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="29" name="Group 12"/>
+                <wp:docPr id="29" name="Group 12">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6895465" cy="469265"/>
                           <a:chOff x="682" y="1963"/>
                           <a:chExt cx="10859" cy="739"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="30" name="Rectangle 16"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="682" y="1963"/>
@@ -1559,253 +1584,269 @@
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+                            <w:p w14:paraId="01807404" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
                               <w:pPr>
                                 <w:spacing w:before="1" w:line="330" w:lineRule="exact"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:b/>
                                   <w:sz w:val="28"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-185"/>
                                   <w:w w:val="102"/>
                                   <w:position w:val="2"/>
                                   <w:sz w:val="28"/>
                                 </w:rPr>
                                 <w:t>Q</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:w w:val="102"/>
                                   <w:sz w:val="28"/>
                                 </w:rPr>
                                 <w:t>Q</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellEnd"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-152"/>
                                   <w:w w:val="99"/>
                                   <w:position w:val="2"/>
                                   <w:sz w:val="28"/>
                                 </w:rPr>
                                 <w:t>u</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:w w:val="99"/>
                                   <w:sz w:val="28"/>
                                 </w:rPr>
                                 <w:t>u</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellEnd"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-152"/>
                                   <w:position w:val="2"/>
                                   <w:sz w:val="28"/>
                                 </w:rPr>
                                 <w:t>e</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="28"/>
                                 </w:rPr>
                                 <w:t>e</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellEnd"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-140"/>
                                   <w:w w:val="105"/>
                                   <w:position w:val="2"/>
                                   <w:sz w:val="28"/>
                                 </w:rPr>
                                 <w:t>s</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:w w:val="105"/>
                                   <w:sz w:val="28"/>
                                 </w:rPr>
                                 <w:t>s</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellEnd"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-107"/>
                                   <w:w w:val="107"/>
                                   <w:position w:val="2"/>
                                   <w:sz w:val="28"/>
                                 </w:rPr>
                                 <w:t>t</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:w w:val="107"/>
                                   <w:sz w:val="28"/>
                                 </w:rPr>
                                 <w:t>t</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-73"/>
                                   <w:w w:val="97"/>
                                   <w:position w:val="2"/>
                                   <w:sz w:val="28"/>
                                 </w:rPr>
                                 <w:t>i</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:w w:val="97"/>
                                   <w:sz w:val="28"/>
                                 </w:rPr>
                                 <w:t>i</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellEnd"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-152"/>
                                   <w:position w:val="2"/>
                                   <w:sz w:val="28"/>
                                 </w:rPr>
                                 <w:t>o</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="28"/>
                                 </w:rPr>
                                 <w:t>o</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellEnd"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-152"/>
                                   <w:w w:val="98"/>
                                   <w:position w:val="2"/>
                                   <w:sz w:val="28"/>
                                 </w:rPr>
                                 <w:t>n</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:w w:val="98"/>
                                   <w:sz w:val="28"/>
                                 </w:rPr>
                                 <w:t>n</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellEnd"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-140"/>
                                   <w:w w:val="105"/>
                                   <w:position w:val="2"/>
                                   <w:sz w:val="28"/>
                                 </w:rPr>
                                 <w:t>s</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:w w:val="105"/>
                                   <w:sz w:val="28"/>
                                 </w:rPr>
                                 <w:t>s</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellEnd"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-152"/>
                                   <w:w w:val="105"/>
                                   <w:position w:val="2"/>
                                   <w:sz w:val="28"/>
                                 </w:rPr>
                                 <w:t>?</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:w w:val="105"/>
                                   <w:sz w:val="28"/>
                                 </w:rPr>
                                 <w:t>?</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
@@ -1830,57 +1871,58 @@
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+                            <w:p w14:paraId="7A41AFCF" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
                               <w:pPr>
                                 <w:spacing w:before="25" w:line="249" w:lineRule="auto"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                 </w:rPr>
                               </w:pPr>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-115"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>V</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>V</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-49"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>i</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
@@ -1912,66 +1954,68 @@
                                 </w:rPr>
                                 <w:t>i</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>i</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-66"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>t</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>t</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellEnd"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-3"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:spacing w:val="-184"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>M</w:t>
                               </w:r>
-                              <w:hyperlink r:id="rId12">
+                              <w:hyperlink r:id="rId11">
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                     <w:w w:val="97"/>
                                   </w:rPr>
                                   <w:t>M</w:t>
                                 </w:r>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                     <w:spacing w:val="-130"/>
                                     <w:w w:val="97"/>
                                   </w:rPr>
                                   <w:t>A</w:t>
                                 </w:r>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                     <w:w w:val="97"/>
                                   </w:rPr>
                                   <w:t>A</w:t>
                                 </w:r>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Franklin Gothic Demi"/>
@@ -2186,158 +2230,164 @@
                                 </w:r>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                     <w:spacing w:val="-1"/>
                                     <w:w w:val="97"/>
                                   </w:rPr>
                                   <w:t>o</w:t>
                                 </w:r>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                     <w:spacing w:val="-75"/>
                                     <w:w w:val="97"/>
                                   </w:rPr>
                                   <w:t>r</w:t>
                                 </w:r>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                     <w:spacing w:val="-1"/>
                                     <w:w w:val="97"/>
                                   </w:rPr>
                                   <w:t>r</w:t>
                                 </w:r>
+                                <w:proofErr w:type="spellEnd"/>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                     <w:spacing w:val="-55"/>
                                     <w:w w:val="97"/>
                                   </w:rPr>
                                   <w:t>.</w:t>
                                 </w:r>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                     <w:spacing w:val="-1"/>
                                     <w:w w:val="97"/>
                                   </w:rPr>
                                   <w:t>.</w:t>
                                 </w:r>
+                                <w:proofErr w:type="spellStart"/>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                     <w:spacing w:val="-115"/>
                                     <w:w w:val="97"/>
                                   </w:rPr>
                                   <w:t>o</w:t>
                                 </w:r>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                     <w:spacing w:val="-1"/>
                                     <w:w w:val="97"/>
                                   </w:rPr>
                                   <w:t>o</w:t>
                                 </w:r>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                     <w:spacing w:val="-75"/>
                                     <w:w w:val="97"/>
                                   </w:rPr>
                                   <w:t>r</w:t>
                                 </w:r>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                     <w:spacing w:val="-1"/>
                                     <w:w w:val="97"/>
                                   </w:rPr>
                                   <w:t>r</w:t>
                                 </w:r>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                     <w:spacing w:val="-119"/>
                                     <w:w w:val="97"/>
                                   </w:rPr>
                                   <w:t>g</w:t>
                                 </w:r>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                     <w:w w:val="97"/>
                                   </w:rPr>
                                   <w:t>g</w:t>
                                 </w:r>
+                                <w:proofErr w:type="spellEnd"/>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                     <w:spacing w:val="-1"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve"> </w:t>
                                 </w:r>
                               </w:hyperlink>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-111"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>o</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>o</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-71"/>
                                   <w:w w:val="96"/>
                                 </w:rPr>
                                 <w:t>r</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="96"/>
                                 </w:rPr>
                                 <w:t>r</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellEnd"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-2"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-100"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>c</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>c</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-113"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>a</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
@@ -2354,50 +2404,51 @@
                                 </w:rPr>
                                 <w:t>l</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>l</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-50"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>l</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>l</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellEnd"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-2"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:spacing w:val="-126"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>1</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                   <w:spacing w:val="-1"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>1</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
@@ -2839,80 +2890,82 @@
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-1"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>5</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-63"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>)</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-1"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">) </w:t>
                               </w:r>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-111"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>o</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>o</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-71"/>
                                   <w:w w:val="96"/>
                                 </w:rPr>
                                 <w:t>r</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="96"/>
                                 </w:rPr>
                                 <w:t>r</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellEnd"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-2"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-104"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>T</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-1"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>T</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
@@ -3191,50 +3244,51 @@
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>3</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-54"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>,</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>,</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-173"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>M</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-1"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>M</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-111"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>o</w:t>
                               </w:r>
                               <w:r>
@@ -3283,95 +3337,99 @@
                                 </w:rPr>
                                 <w:t>a</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>a</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-89"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>y</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>y</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellEnd"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-2"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-66"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>t</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-1"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>t</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-111"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>o</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>o</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellEnd"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-2"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-109"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>F</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>F</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-71"/>
                                   <w:w w:val="96"/>
                                 </w:rPr>
                                 <w:t>r</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
@@ -3419,50 +3477,51 @@
                                 </w:rPr>
                                 <w:t>a</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>a</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-89"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>y</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>y</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellEnd"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-54"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>,</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>,</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-3"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
@@ -3511,148 +3570,152 @@
                                 </w:rPr>
                                 <w:t>0</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-126"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>0</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>0</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-2"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-113"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>a</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>a</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-54"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-174"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>m</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>m</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellEnd"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-54"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-2"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-66"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>t</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-1"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>t</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-111"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>o</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>o</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellEnd"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-2"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-126"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>6</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-1"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>6</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
@@ -3686,440 +3749,461 @@
                                 </w:rPr>
                                 <w:t>0</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-126"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>0</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>0</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-2"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
+                              <w:proofErr w:type="spellStart"/>
+                              <w:proofErr w:type="gramStart"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-114"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>p</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-1"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>p</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-54"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-1"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-174"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>m</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-1"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>m</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellEnd"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-54"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:spacing w:val="-1"/>
                                   <w:w w:val="97"/>
                                 </w:rPr>
                                 <w:t>.</w:t>
                               </w:r>
+                              <w:proofErr w:type="gramEnd"/>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="33" name="Text Box 13"/>
                         <wps:cNvSpPr txBox="1">
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="10837" y="2255"/>
                             <a:ext cx="504" cy="240"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+                            <w:p w14:paraId="0E3EC8F2" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
                               <w:pPr>
                                 <w:spacing w:before="23" w:line="217" w:lineRule="exact"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:sz w:val="20"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Book"/>
                                   <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>1 of 3</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group id="Group 12" o:spid="_x0000_s1031" style="position:absolute;left:0;text-align:left;margin-left:34.1pt;margin-top:98.15pt;width:542.95pt;height:36.95pt;z-index:-5608;mso-position-horizontal-relative:page;mso-position-vertical-relative:text" coordorigin="682,1963" coordsize="10859,739" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPs/7eGAQAAL8SAAAOAAAAZHJzL2Uyb0RvYy54bWzsWG1vpDYQ/l6p/8Hyd8LLAgso5JTsS1Qp&#10;7Z3urj/AC+ZFBUxtb9i06n/v2Aaym7S65K4XqdLuB9ZmzDDzzMzjMZfvDm2D7ikXNetS7F44GNEu&#10;Y3ndlSn+9fPWijASknQ5aVhHU/xABX539eMPl0OfUI9VrMkpR6CkE8nQp7iSsk9sW2QVbYm4YD3t&#10;QFgw3hIJU17aOScDaG8b23Oc0B4Yz3vOMioE3F0bIb7S+ouCZvJ9UQgqUZNisE3qK9fXnbraV5ck&#10;KTnpqzobzSBfYUVL6g5eOqtaE0nQntfPVLV1xplghbzIWGuzoqgzqn0Ab1zniTe3nO177UuZDGU/&#10;wwTQPsHpq9Vmv9x/4KjOU+zFGHWkhRjp1yLXU+AMfZnAmlvef+o/cOMhDO9Y9psAsf1UrualWYx2&#10;w88sB31kL5kG51DwVqkAt9FBx+BhjgE9SJTBzTCKAz8MMMpA5oexB2MdpKyCSKrHwsjDCIRuHC4m&#10;0WZ82nWiAPxQzy4XsZLaJDGv1aaOpim/IN/EI6Ti2yD9VJGe6kgJBdcI6QIyzkD6ERKRdGVDkRsa&#10;WPW6CVNhAEUdW1WwjF5zzoaKkhzMcrUXyl5QbB5QEwHh+CLCz6GaYFZAQWkaoKIToEjScyFvKWuR&#10;GqSYg/E6fuT+TkiD6bREhVOwps63ddPoCS93q4ajewIVtw033up61H6yrOnU4o6px4xGcwfsg3co&#10;mbJUV9Cfsev5zo0XW9swWlr+1g+seOlEluPGN3Ho+LG/3v6lDHT9pKrznHZ3dUenanb9l4V25BVT&#10;h7qe0ZDiOPAC7fuJ9eLYSUf//snJtpZAbk3dpjiaF5FEBXbT5TqrJakbM7ZPzdeZCxhM/xoVyGET&#10;eZPAO5Y/QBZwBkGCVAMahkHF+B8YDUBpKRa/7wmnGDU/dZBJsev7igP1xA+WHkz4sWR3LCFdBqpS&#10;LDEyw5U0vLnveV1W8CZXA9Oxa6jvotaJoewzVmlu0DX2VsXmTsX2WaXODTsgV1PHUekgeYD7k+Xf&#10;q+qiEIAFBvLc5UhQyiBFbq6vMFdFt1hoep3Z6dVFN5cOSV5VS068iTaRb/leuLF8Z722rrcr3wq3&#10;7jJYL9ar1do9rSVVod9eS5oa/p0ntur3vISOasLwC+Cla+JMD2pj+wI9yMPuYLZ2hexjab6YMGay&#10;mIkCBoYkYPC/IwhoG8xu/EgQ/oTMuLe+DUF4cQT4KYZwlnp7N+ms259lAGYqhgg8bdyZIUwncWYI&#10;1UGodP0PG4iZIfQ+dWaIxXOGmJF5U4aA9nyxNBThBeMBaGoiAsc3DAFd8bhlTgerqSt/YeN+7iHO&#10;R4yX9hDzTvnKQwdsdObAAQNz2IDB9+gh9PkevpLoA9P4RUd9hjme60PJ43enq78BAAD//wMAUEsD&#10;BBQABgAIAAAAIQAGz+kn4gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRu&#10;LE3HyihNp2kCThMSGxLi5rVeW61xqiZru7cnO8HR9qff35+tJtOKgXrXWNagZhEI4sKWDVcavvZv&#10;D0sQziOX2FomDRdysMpvbzJMSzvyJw07X4kQwi5FDbX3XSqlK2oy6Ga2Iw63o+0N+jD2lSx7HEO4&#10;aWUcRYk02HD4UGNHm5qK0+5sNLyPOK7n6nXYno6by89+8fG9VaT1/d20fgHhafJ/MFz1gzrkwelg&#10;z1w60WpIlnEgw/45mYO4AmrxqEAcNMRPUQwyz+T/DvkvAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAA+z/t4YBAAAvxIAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAAbP6SfiAAAACwEAAA8AAAAAAAAAAAAAAAAAcgYAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACBBwAAAAA=&#10;">
-[...1 lines deleted...]
-                <v:shape id="Text Box 15" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;left:860;top:2173;width:1420;height:332;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAMcBbTMUA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWvCQBSE74X+h+UVvDUbFaRN3YgUhYIgjemhx9fs&#10;M1mSfRuzW43/3i0UPA4z8w2zXI22E2cavHGsYJqkIIgrpw3XCr7K7fMLCB+QNXaOScGVPKzyx4cl&#10;ZtpduKDzIdQiQthnqKAJoc+k9FVDFn3ieuLoHd1gMUQ51FIPeIlw28lZmi6kRcNxocGe3huq2sOv&#10;VbD+5mJjTvufz+JYmLJ8TXm3aJWaPI3rNxCBxnAP/7c/tIL5FP6+xB8g8xsAAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhAPD3irv9AAAA4gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAMd1fYdIAAACPAQAACwAAAAAAAAAAAAAAAAAuAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEAAAAAAAAAAAAAAAAAApAgAAZHJzL3NoYXBl&#10;eG1sLnhtbFBLAQItABQABgAIAAAAIQAxwFtMxQAAANsAAAAPAAAAAAAAAAAAAAAAAJgCAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABAD1AAAAigMAAAAA&#10;" filled="f" stroked="f">
+              <v:group w14:anchorId="617D6136" id="Group 12" o:spid="_x0000_s1031" alt="&quot;&quot;" style="position:absolute;left:0;text-align:left;margin-left:34.1pt;margin-top:98.15pt;width:542.95pt;height:36.95pt;z-index:-5608;mso-position-horizontal-relative:page;mso-position-vertical-relative:text" coordorigin="682,1963" coordsize="10859,739" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQA8297OLAMAAKILAAAOAAAAZHJzL2Uyb0RvYy54bWzsVttu2zAMfR+wfxD0vjq+JjHqFF16wYBd&#13;&#10;irX7AMWWL5gteZJSu/v6UZLtpO3D2hQtMGAvBmVKFHl4SOr4pG9qdEuFrDhLsHs0w4iylGcVKxL8&#13;&#10;4+biwwIjqQjLSM0ZTfAdlfhk9f7dcdfG1OMlrzMqEBhhMu7aBJdKtbHjyLSkDZFHvKUMlDkXDVGw&#13;&#10;FIWTCdKB9aZ2vNkscjouslbwlEoJf8+sEq+M/TynqfqW55IqVCcYfFPmK8x3o7/O6pjEhSBtWaWD&#13;&#10;G+QALxpSMbh0MnVGFEFbUT0y1VSp4JLn6ijljcPzvEqpiQGicWcPorkUfNuaWIq4K9oJJoD2AU4H&#13;&#10;m02/3l6K9rq9EtZ7ED/z9KcEXJyuLeJ9vV4XdjPadF94BvkkW8VN4H0uGm0CQkK9wfduwpf2CqXw&#13;&#10;M1oswyAKMUpBF0RLD2STgLSELOlj0cLDCJTuMvJH1flw2p0twqU9O/eXWuuQ2F5rXB1c06kHLskd&#13;&#10;XPJlcF2XpKUmC1LDcSVQlSXYBzYx0gAE34FkhBU1RW6kvdLXw74RU2kBRYyvS9hGT4XgXUlJBm65&#13;&#10;Jop7B/RCQjr+ivBjqEaYNVBQdhrkub+4BxSJWyHVJeUN0kKCBThv8kduP0tlMR236HRKXlfZRVXX&#13;&#10;ZiGKzboW6JZANV1E5976dLB+b1vN9GbG9TFrUf+BHNnILEIbnt1BlILbkoQWAkLJxW+MOijHBMtf&#13;&#10;WyIoRvUnBkgt3SDQ9WsWQTj3YCH2NZt9DWEpmEqwwsiKa2VrftuKqijhJtcEzfgp8DevTODaP+vV&#13;&#10;4Cxw6K3I5I5kutFJ/Mh75JrS2KMGUj38Hz1/LVYtIgAWiOO586EAJ1YFGnNNKt/3XkaqiRokfhJX&#13;&#10;VL/pTdGZe3d5ejJ7JuZMrAHBMgaEf44t0CNt69mxJdAZeXO2eMsF4KfpMpubXkbikS7RPAQ3NV1C&#13;&#10;zzg3Netn96CD6WIY/J8u/mO6TMgMg+ptmgsMJn9u+eKFw+gf+RLOAksXD/q8nRrjk2KcR08cWQfT&#13;&#10;ZaqhZ84mKAE7l0CwMwmE1+gu5pkDD0Hz8hkerfqlub82s2v3tF79AQAA//8DAFBLAwQUAAYACAAA&#13;&#10;ACEAdpFdfuUAAAAQAQAADwAAAGRycy9kb3ducmV2LnhtbExPy27CMBC8V+o/WFupt+I4lJSGOAjR&#13;&#10;xwlVKiCh3pZ4SSJiO4pNEv6+5tReVtqd2Xlky1E3rKfO1dZIEJMIGJnCqtqUEva7j6c5MOfRKGys&#13;&#10;IQlXcrDM7+8yTJUdzDf1W1+yIGJcihIq79uUc1dUpNFNbEsmYCfbafRh7UquOhyCuG54HEUJ11ib&#13;&#10;4FBhS+uKivP2oiV8DjispuK935xP6+vPbvZ12AiS8vFhfFuEsVoA8zT6vw+4dQj5IQ/BjvZilGON&#13;&#10;hGQeB2a4vyZTYDeCmD0LYEcJ8UsUA88z/r9I/gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#13;&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#13;&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#13;&#10;IQA8297OLAMAAKILAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#13;&#10;AAAAIQB2kV1+5QAAABABAAAPAAAAAAAAAAAAAAAAAIYFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#13;&#10;AAQABADzAAAAmAYAAAAA&#13;&#10;">
+                <v:rect id="Rectangle 16" o:spid="_x0000_s1032" style="position:absolute;left:682;top:1963;width:10858;height:738;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQBDCZ/CygAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9da8JA&#13;&#10;EEXfhf6HZQp9000/kBJdpbQItgVFTWn7Ns2OSejubMiumv77zoPgy8BluOdypvPeO3WkLjaBDdyO&#13;&#10;MlDEZbANVwaK3WL4CComZIsuMBn4owjz2dVgirkNJ97QcZsqJRCOORqoU2pzrWNZk8c4Ci2x/Pah&#13;&#10;85gkdpW2HZ4E7p2+y7Kx9tiwLNTY0nNN5e/24A3oj6/3z+/V/o2Kn7bYrcfu9eHgjLm57l8mcp4m&#13;&#10;oBL16dI4I5bWwL0oiJDIgJ79AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#13;&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#13;&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEMJn8LKAAAA&#13;&#10;4AAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#13;&#10;AAA=&#13;&#10;" fillcolor="#f6e2ca" stroked="f"/>
+                <v:shape id="Text Box 15" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;left:860;top:2173;width:1420;height:332;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQADokjKyAAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#13;&#10;FITvgv9heUJvutGC1Ogq0ioUhGKMhx5fs89kMfs2Zrca/31XKHgZGIb5hlmsOluLK7XeOFYwHiUg&#13;&#10;iAunDZcKjvl2+AbCB2SNtWNScCcPq2W/t8BUuxtndD2EUkQI+xQVVCE0qZS+qMiiH7mGOGYn11oM&#13;&#10;0bal1C3eItzWcpIkU2nRcFyosKH3iorz4dcqWH9ztjGXr599dspMns8S3k3PSr0Muo95lPUcRKAu&#13;&#10;PBv/iE+t4HUMj0PxDMjlHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#13;&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#13;&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQADokjKyAAAAOAA&#13;&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#13;&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+                      <w:p w14:paraId="01807404" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
                         <w:pPr>
                           <w:spacing w:before="1" w:line="330" w:lineRule="exact"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:b/>
                             <w:sz w:val="28"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-185"/>
                             <w:w w:val="102"/>
                             <w:position w:val="2"/>
                             <w:sz w:val="28"/>
                           </w:rPr>
                           <w:t>Q</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:w w:val="102"/>
                             <w:sz w:val="28"/>
                           </w:rPr>
                           <w:t>Q</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-152"/>
                             <w:w w:val="99"/>
                             <w:position w:val="2"/>
                             <w:sz w:val="28"/>
                           </w:rPr>
                           <w:t>u</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:w w:val="99"/>
                             <w:sz w:val="28"/>
                           </w:rPr>
                           <w:t>u</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-152"/>
                             <w:position w:val="2"/>
                             <w:sz w:val="28"/>
                           </w:rPr>
                           <w:t>e</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="28"/>
                           </w:rPr>
                           <w:t>e</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-140"/>
                             <w:w w:val="105"/>
                             <w:position w:val="2"/>
                             <w:sz w:val="28"/>
                           </w:rPr>
                           <w:t>s</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:w w:val="105"/>
                             <w:sz w:val="28"/>
                           </w:rPr>
                           <w:t>s</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-107"/>
                             <w:w w:val="107"/>
                             <w:position w:val="2"/>
                             <w:sz w:val="28"/>
                           </w:rPr>
                           <w:t>t</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:w w:val="107"/>
                             <w:sz w:val="28"/>
                           </w:rPr>
                           <w:t>t</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-73"/>
                             <w:w w:val="97"/>
                             <w:position w:val="2"/>
                             <w:sz w:val="28"/>
                           </w:rPr>
                           <w:t>i</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:w w:val="97"/>
                             <w:sz w:val="28"/>
                           </w:rPr>
                           <w:t>i</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-152"/>
                             <w:position w:val="2"/>
                             <w:sz w:val="28"/>
                           </w:rPr>
                           <w:t>o</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="28"/>
                           </w:rPr>
                           <w:t>o</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-152"/>
                             <w:w w:val="98"/>
                             <w:position w:val="2"/>
                             <w:sz w:val="28"/>
                           </w:rPr>
                           <w:t>n</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:w w:val="98"/>
                             <w:sz w:val="28"/>
                           </w:rPr>
                           <w:t>n</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-140"/>
                             <w:w w:val="105"/>
                             <w:position w:val="2"/>
                             <w:sz w:val="28"/>
                           </w:rPr>
                           <w:t>s</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:w w:val="105"/>
                             <w:sz w:val="28"/>
                           </w:rPr>
                           <w:t>s</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-152"/>
                             <w:w w:val="105"/>
                             <w:position w:val="2"/>
                             <w:sz w:val="28"/>
                           </w:rPr>
                           <w:t>?</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:w w:val="105"/>
                             <w:sz w:val="28"/>
                           </w:rPr>
                           <w:t>?</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 14" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;left:2980;top:2071;width:6752;height:524;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAwRLFO8MA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWvCQBSE70L/w/IK3nSjgtjoKlIUCkIxpgePz+wz&#10;Wcy+TbNbjf++Kwgeh5n5hlmsOluLK7XeOFYwGiYgiAunDZcKfvLtYAbCB2SNtWNScCcPq+Vbb4Gp&#10;djfO6HoIpYgQ9ikqqEJoUil9UZFFP3QNcfTOrrUYomxLqVu8Rbit5ThJptKi4bhQYUOfFRWXw59V&#10;sD5ytjG/36d9ds5Mnn8kvJtelOq/d+s5iEBdeIWf7S+tYDKGx5f4A+TyHwAA//8DAFBLAQItABQA&#10;BgAIAAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXht&#10;bC54bWxQSwECLQAUAAYACAAAACEAwRLFO8MAAADbAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA9QAAAIgDAAAAAA==&#10;" filled="f" stroked="f">
+                <v:shape id="Text Box 14" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;left:2980;top:2071;width:6752;height:524;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQDzcNa9yAAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#13;&#10;FITvBf/D8oTe6kYL0kY3IlZBKEhjeujxNfuSLGbfptlV03/vFgpeBoZhvmGWq8G24kK9N44VTCcJ&#13;&#10;COLSacO1gs9i9/QCwgdkja1jUvBLHlbZ6GGJqXZXzulyDLWIEPYpKmhC6FIpfdmQRT9xHXHMKtdb&#13;&#10;DNH2tdQ9XiPctnKWJHNp0XBcaLCjTUPl6Xi2CtZfnG/Nz+H7I69yUxSvCb/PT0o9joe3RZT1AkSg&#13;&#10;Idwb/4i9VvA8g79D8QzI7AYAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#13;&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#13;&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDzcNa9yAAAAOAA&#13;&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#13;&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+                      <w:p w14:paraId="7A41AFCF" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
                         <w:pPr>
                           <w:spacing w:before="25" w:line="249" w:lineRule="auto"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                           </w:rPr>
                         </w:pPr>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-115"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>V</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>V</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-49"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>i</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
@@ -4151,66 +4235,68 @@
                           </w:rPr>
                           <w:t>i</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>i</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-66"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>t</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>t</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-3"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:spacing w:val="-184"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>M</w:t>
                         </w:r>
-                        <w:hyperlink r:id="rId13">
+                        <w:hyperlink r:id="rId12">
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Demi"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>M</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Demi"/>
                               <w:spacing w:val="-130"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>A</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Demi"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>A</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Demi"/>
@@ -4425,158 +4511,164 @@
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Demi"/>
                               <w:spacing w:val="-1"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>o</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Demi"/>
                               <w:spacing w:val="-75"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>r</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Demi"/>
                               <w:spacing w:val="-1"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>r</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Demi"/>
                               <w:spacing w:val="-55"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Demi"/>
                               <w:spacing w:val="-1"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Demi"/>
                               <w:spacing w:val="-115"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>o</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Demi"/>
                               <w:spacing w:val="-1"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>o</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Demi"/>
                               <w:spacing w:val="-75"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>r</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Demi"/>
                               <w:spacing w:val="-1"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>r</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Demi"/>
                               <w:spacing w:val="-119"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>g</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Demi"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>g</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Demi"/>
                               <w:spacing w:val="-1"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                         </w:hyperlink>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-111"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>o</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>o</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-71"/>
                             <w:w w:val="96"/>
                           </w:rPr>
                           <w:t>r</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="96"/>
                           </w:rPr>
                           <w:t>r</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-2"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-100"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>c</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>c</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-113"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>a</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
@@ -4593,50 +4685,51 @@
                           </w:rPr>
                           <w:t>l</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>l</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-50"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>l</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>l</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-2"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:spacing w:val="-126"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>1</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             <w:spacing w:val="-1"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>1</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
@@ -5078,80 +5171,82 @@
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-1"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>5</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-63"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>)</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-1"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t xml:space="preserve">) </w:t>
                         </w:r>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-111"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>o</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>o</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-71"/>
                             <w:w w:val="96"/>
                           </w:rPr>
                           <w:t>r</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="96"/>
                           </w:rPr>
                           <w:t>r</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-2"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-104"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>T</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-1"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>T</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
@@ -5430,50 +5525,51 @@
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>3</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-54"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>,</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>,</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-173"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>M</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-1"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>M</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-111"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>o</w:t>
                         </w:r>
                         <w:r>
@@ -5522,95 +5618,99 @@
                           </w:rPr>
                           <w:t>a</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>a</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-89"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>y</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>y</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-2"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-66"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>t</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-1"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>t</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-111"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>o</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>o</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-2"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-109"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>F</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>F</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-71"/>
                             <w:w w:val="96"/>
                           </w:rPr>
                           <w:t>r</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
@@ -5658,50 +5758,51 @@
                           </w:rPr>
                           <w:t>a</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>a</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-89"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>y</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>y</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-54"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>,</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>,</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-3"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
@@ -5750,148 +5851,152 @@
                           </w:rPr>
                           <w:t>0</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-126"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>0</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>0</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-2"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-113"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>a</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>a</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-54"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-174"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>m</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>m</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-54"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-2"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-66"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>t</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-1"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>t</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-111"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>o</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>o</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-2"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-126"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>6</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-1"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>6</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
@@ -5925,204 +6030,223 @@
                           </w:rPr>
                           <w:t>0</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-126"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>0</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>0</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-2"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
+                        <w:proofErr w:type="spellStart"/>
+                        <w:proofErr w:type="gramStart"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-114"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>p</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-1"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>p</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-54"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-1"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-174"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>m</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-1"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>m</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-54"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:spacing w:val="-1"/>
                             <w:w w:val="97"/>
                           </w:rPr>
                           <w:t>.</w:t>
                         </w:r>
+                        <w:proofErr w:type="gramEnd"/>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 13" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;left:10837;top:2255;width:504;height:240;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEArl5goMUA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWvCQBSE7wX/w/KE3pqNFaRGNyKlhUJBGuPB4zP7&#10;TJZk36bZrab/3i0UPA4z8w2z3oy2ExcavHGsYJakIIgrpw3XCg7l+9MLCB+QNXaOScEvedjkk4c1&#10;ZtpduaDLPtQiQthnqKAJoc+k9FVDFn3ieuLond1gMUQ51FIPeI1w28nnNF1Ii4bjQoM9vTZUtfsf&#10;q2B75OLNfO9OX8W5MGW5TPlz0Sr1OB23KxCBxnAP/7c/tIL5HP6+xB8g8xsAAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhAPD3irv9AAAA4gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAMd1fYdIAAACPAQAACwAAAAAAAAAAAAAAAAAuAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEAAAAAAAAAAAAAAAAAApAgAAZHJzL3NoYXBl&#10;eG1sLnhtbFBLAQItABQABgAIAAAAIQCuXmCgxQAAANsAAAAPAAAAAAAAAAAAAAAAAJgCAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABAD1AAAAigMAAAAA&#10;" filled="f" stroked="f">
+                <v:shape id="Text Box 13" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;left:10837;top:2255;width:504;height:240;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQCcPHMmyAAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#13;&#10;FITvgv9heYI33VhB2uhGxFYoFIoxPfT4mn1JFrNv0+xW03/fFQpeBoZhvmE228G24kK9N44VLOYJ&#13;&#10;COLSacO1go/iMHsE4QOyxtYxKfglD9tsPNpgqt2Vc7qcQi0ihH2KCpoQulRKXzZk0c9dRxyzyvUW&#13;&#10;Q7R9LXWP1wi3rXxIkpW0aDguNNjRvqHyfPqxCnafnL+Y7/evY17lpiieEn5bnZWaTobndZTdGkSg&#13;&#10;Idwb/4hXrWC5hNuheAZk9gcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#13;&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#13;&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCcPHMmyAAAAOAA&#13;&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#13;&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+                      <w:p w14:paraId="0E3EC8F2" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
                         <w:pPr>
                           <w:spacing w:before="23" w:line="217" w:lineRule="exact"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:sz w:val="20"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Book"/>
                             <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>1 of 3</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="000C78C5">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">Continued on next page </w:t>
+        <w:t>Continued on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000C78C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> next page </w:t>
       </w:r>
       <w:r w:rsidR="000C78C5">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
           <w:color w:val="6D6E71"/>
           <w:position w:val="-7"/>
           <w:sz w:val="56"/>
         </w:rPr>
         <w:t>»»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
+    <w:p w14:paraId="0A2CF79D" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
           <w:sz w:val="56"/>
         </w:rPr>
         <w:sectPr w:rsidR="00C80DCF">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="0" w:right="580" w:bottom="740" w:left="520" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="00795365">
+    <w:p w14:paraId="7A23F8CE" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="00795365">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="140" w:line="256" w:lineRule="auto"/>
         <w:ind w:right="3735"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503310920" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503310920" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09ECC067" wp14:editId="16083CC9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>457200</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>457200</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6870700" cy="7779385"/>
                 <wp:effectExtent l="0" t="0" r="0" b="2540"/>
                 <wp:wrapNone/>
-                <wp:docPr id="26" name="Group 9"/>
+                <wp:docPr id="26" name="Group 9">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6870700" cy="7779385"/>
                           <a:chOff x="720" y="720"/>
                           <a:chExt cx="10820" cy="12251"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="27" name="Rectangle 11"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="720" y="720"/>
@@ -6292,66 +6416,66 @@
                                 <a:round/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group id="Group 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:36pt;margin-top:36pt;width:541pt;height:612.55pt;z-index:-5560;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin="720,720" coordsize="10820,12251" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABgmt9XgUAAMcTAAAOAAAAZHJzL2Uyb0RvYy54bWzkWNtu4zYQfS/QfyD02MKxbr7IiLPIJnGw&#10;QHa76KofQEuyJVQSVUqOkxb9984MRYvyWo67BfqyftDFPBqdmTMzJHX97qXI2XMi60yUS8u5si2W&#10;lJGIs3K7tH4LV6O5xeqGlzHPRZksrdektt7d/PjD9b5aJK5IRR4nkoGRsl7sq6WVNk21GI/rKE0K&#10;Xl+JKilhcCNkwRu4ldtxLPkerBf52LXt6XgvZFxJESV1Df/eq0HrhuxvNknU/LLZ1EnD8qUF3Bo6&#10;Sjqu8Ti+ueaLreRVmkUtDf4NLAqelfDSg6l73nC2k9lXpooskqIWm+YqEsVYbDZZlJAP4I1jH3nz&#10;KMWuIl+2i/22OoQJQnsUp282G316/ixZFi8td2qxkhegEb2WBRibfbVdAORRVl+qz1I5CJdPIvq9&#10;huHx8TjebxWYrfcfRQzm+K4RFJuXjSzQBHjNXkiC14MEyUvDIvhzOp/ZMxuUimBsNpsF3nyiRIpS&#10;UBKfm7kwjKNwJvmi9KF92rHnOIjPOq47cXB8zBfqxUS2JYeeQcLVXUzr/xbTLymvEpKqxoDpmM50&#10;TH+FTOTlNk+YQ6zw9YDTUa1VSFkp7lKAJbdSin2a8BhoKS96D+BNDYK8GeOvYqXj3I+UQ5E8RIov&#10;Klk3j4koGF4sLQnsSUL+/FQ3KqgagorWIs/iVZbndCO367tcsmcONbe6fVg9aB16sLxEcCnwMWVR&#10;/QMM4R04hlyphv4KHNe337vBaAX5MfJX/mQUzOz5yHaC98HU9gP/fvU3EnT8RZrFcVI+ZWWi69nx&#10;L9O27SyqEqmi2X5pBRN3Qr732Nemkzb92mTrwYqsgfaWZ8XSmh9AfIHKPpQxZW/Ds1xdj/v0KXUh&#10;BvpMUYEkVtKrDF6L+BXSQAoQCRIfGjFcpEL+abE9NLWlVf+x4zKxWP6hhFQKHN8HWEM3/oSyQ5oj&#10;a3OElxGYWlqNxdTlXaM6566S2TaFNzkUmFLcQolvMkoM5KdYUXugIvu/qg3mGtXBkA9VJFOZ3Sse&#10;SFezgRl1qGN7cVl5nu5BJ+oqmB41IL6IdqqsMLt1KcGcEbcJv41b/iGItClymIl+HjEbWsbEt9mh&#10;33UwR8N+GrPQZntwFxsg5VWHcjVKGXPngc065h3O0ziw5hAqZdoJZKnJ+RpH9oDWKWoTDUJq/hA1&#10;mHNMPwepQR9VuDeoQQYY9gaoBRqE1OZD1CBzTFuOCx3nZNigoZvkEHY6bs6REIOqmkKEjjvIsC/E&#10;GYamGAo2wPBIj0GGph6hMx1k2NdDJdWp1HNMTc7lHk7vhsKDleGaooSQokO10dcEuZ0U2TU1IdTp&#10;CLp9TQYyEGaULmVCd7A8cE1meDvMztTjHLu+HkPsTDFCd7BCvL4Wnm+fjp1nakGo07Hz+loMauuZ&#10;WoTeYH14fS2G+ZlqnOPXV2OYn6lG6A1Wh9dXY1Bdz9TjSF1Ysx2mD56qxRnMMy9lO6XAFUzesGGw&#10;aaquRI1L6BAUgTVy6LVrFkDhlDQAhvAgeHYRGLgiWK1ygd150w5ISXBa5L8Nh8gSnDYnb8KxCSAc&#10;iletMM+Twaok+GWeuq2rkN6XWMesReveZa56rasgvmFdudxqi6vy432ttBjsa9f4DKzieYMpoS9x&#10;Nduu+1NYC+LyBIcK8ZyEgkANJkcLAa7BZKY3Bh0oL00wtIA+UA/rc0U2W9h0ou3pYX1WMOPV/wLa&#10;sdTWOrbHdvX7O4R+xiSqUXpMn03M/Dyoc+ViYN8gSI360er/ICTqb6whe3uN3pZkRb82dXqw72Lf&#10;BR9O2u3Vd7fVos8c8LWIEqf9soWfo8x72pp1399u/gEAAP//AwBQSwMEFAAGAAgAAAAhALHU9nPg&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj09Lw0AQxe+C32EZwZvdJFpbYzalFPVUCrZC8TbN&#10;TpPQ7GzIbpP027sFQU/z5w1vfi9bjKYRPXWutqwgnkQgiAuray4VfO3eH+YgnEfW2FgmBRdysMhv&#10;bzJMtR34k/qtL0UwYZeigsr7NpXSFRUZdBPbEgftaDuDPoxdKXWHQzA3jUyi6FkarDl8qLClVUXF&#10;aXs2Cj4GHJaP8Vu/Ph1Xl+/ddLNfx6TU/d24fAXhafR/x3DFD+iQB6aDPbN2olEwS0IU/1uvejx9&#10;CptD6JKXWQwyz+T/DPkPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGCa31eBQAAxxMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALHU9nPgAAAA&#10;CwEAAA8AAAAAAAAAAAAAAAAAuAcAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFCAAA&#10;AAA=&#10;">
-[...1 lines deleted...]
-                <v:shape id="AutoShape 10" o:spid="_x0000_s1028" style="position:absolute;left:720;top:3320;width:10820;height:9651;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10820,9651" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAAdpis78A&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPz2vCMBS+C/4P4QnebKoHcdUoYyB6E7tuXh/NW1rW&#10;vJQk1m5/vTkMdvz4fu8Oo+3EQD60jhUssxwEce10y0ZB9X5cbECEiKyxc0wKfijAYT+d7LDQ7sFX&#10;GspoRArhUKCCJsa+kDLUDVkMmeuJE/flvMWYoDdSe3ykcNvJVZ6vpcWWU0ODPb01VH+Xd6tgOG4u&#10;lT9V9l7+vtw+TPlpjLdKzWfj6xZEpDH+i//cZ61glcamL+kHyP0TAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhAPD3irv9AAAA4gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAMd1fYdIAAACPAQAACwAAAAAAAAAAAAAAAAAuAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEAAAAAAAAAAAAAAAAAApAgAAZHJzL3NoYXBleG1sLnht&#10;bFBLAQItABQABgAIAAAAIQAB2mKzvwAAANsAAAAPAAAAAAAAAAAAAAAAAJgCAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABAD1AAAAhAMAAAAA&#10;" path="m10820,9570l,9570r,80l10820,9650r,-80m10820,l,,,80r10820,l10820,e" stroked="f">
+              <v:group w14:anchorId="5CEE1B91" id="Group 9" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:36pt;margin-top:36pt;width:541pt;height:612.55pt;z-index:-5560;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin="720,720" coordsize="10820,12251" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQAL2x6mwwQAAHERAAAOAAAAZHJzL2Uyb0RvYy54bWzcWNuO2zYQfS/QfyD02CJrXXzHeoPFZr0o&#13;&#10;kDZBon4ArTsqiSopW95+fWdI0aIc0+umQB/qB1sSj0ZnzpmhSN+/P1YlOSRcFKzeON6d65Ckjlhc&#13;&#10;1NnG+T3cvls6RLS0jmnJ6mTjvCbCef/w4w/3XbNOfJazMk44gSC1WHfNxsnbtllPJiLKk4qKO9Yk&#13;&#10;NQymjFe0hVOeTWJOO4helRPfdeeTjvG44SxKhICrH9Sg8yDjp2kStZ/SVCQtKTcOcGvlN5ffO/ye&#13;&#10;PNzTdcZpkxdRT4N+B4uKFjU89BTqA20p2fPim1BVEXEmWNreRayasDQtokTmANl47lk2L5ztG5lL&#13;&#10;tu6y5iQTSHum03eHjX47vPDma/OZK/Zw+JFFfwjQZdI12docx/NMgcmu+5XF4Cfdt0wmfkx5hSEg&#13;&#10;JXKU+r6e9E2OLYng4ny5cBcu2BDB2GKxWAXLmXIgysEmvG/hwzCOwq/0Jsqf+7s9d4mDeK/n+zMP&#13;&#10;xyd0rR4syfbk0HyoJjEIJv6dYF9z2iTSB4GCfOakiDeOv3BITSsQ4QuUGa2zMiGeZIWPB5xWVShJ&#13;&#10;Sc2ecoAlj5yzLk9oDLRUFqMb8ESAIW9q/I1WWuexUp5U8qQUXTdctC8JqwgebBwO7KWF9PBRtEpU&#13;&#10;DUFHBSuLeFuUpTzh2e6p5ORAoaG2j8/bZ+3DCFbWCK4Z3qYi4hUwSaWmHNqx+BXS5Ex1JcwicJAz&#13;&#10;/pdDOujIjSP+3FOeOKT8pQapVt50ii0sT6YzmT03R3bmCK0jCLVxWoeow6dWtf2+4UWWw5M8mXTN&#13;&#10;HqGE00ImjvwUq54sFNF/VU0wUapqQj6y4ohyblQcYIfZoEadaW1vLpsg0D12oW5W87MGo+tor8oG&#13;&#10;ndWlAhNeDEWDl7K45x+CSWlVwjT68zviQkvMpi459fMA8zTspwkJXdJButjgsusHlK9RKpi/XLlk&#13;&#10;YD7gAo2DaJ5E5UQnYZKbapyMB7QuUZtpEFKb2qjNNeoNajBPKD3eoAYVYOhmobbSIKS2tFGDyjFj&#13;&#10;ef5qcVk2mLBMcgi7rJt3ZoTVVdOI0POtDMdGXGFomqFgFoZnflgZmn6E3tzKcOyHKqpLpeeZnlyr&#13;&#10;PXx9GQ5bO8M3TQmhRG29MfYEuV3sDd/0RKIuK+iPPbFUoG8aEvrW9vDHftjZmX5cYzf2w8bONCP0&#13;&#10;rR0SjL0Ipu5l7QLTC4m6rF0w9sLqbWB6EQbW/gjGXtj5mW5c4zd2w87PdCMMrN0RjN2wuhuYfpy5&#13;&#10;C2uS0+uD5mrxAe+ZY92/UuAIXt6w2nXlq7phApeIITgCa8Aw6BeAgML3jwUM8iB4cRMYuCJYreKA&#13;&#10;3fXQHlgp4XIR+zYclJXw1U1ccBJAODSvWkFdJ4NdKeG3Zer3qUJ53xIdqxajB7elGvSpgvlGdKVQ&#13;&#10;7y2uOs83ZdwhsCnb4T2wSqUtloQ+JB2s2NQOIIe1IC5PcKhihyRkEtRicfQQ4LqaLfTCdwCVtQmG&#13;&#10;KWAM1MP6t5Exe9h8puPpYf2rYMaj/wF0YKmjDWzP4+rnDwh9j0lUo/SY/jUxy+ugIZWbgeOAYDX6&#13;&#10;JzdoJyPRf2MNOdowiNG+YoufvnRGsP/VvkLuWWFfL1Xq/4PAPw7Mc7kPGf4pefgbAAD//wMAUEsD&#13;&#10;BBQABgAIAAAAIQDBikIq4QAAABABAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9LS8NAEL4L/odlBG92&#13;&#10;k2itptmUUh+nUrAVxNs2O01Cs7Mhu03Sf+8UBL3M62O+R7YYbSN67HztSEE8iUAgFc7UVCr43L3d&#13;&#10;PYHwQZPRjSNUcEYPi/z6KtOpcQN9YL8NpWAS8qlWUIXQplL6okKr/cS1SIwdXGd14LUrpen0wOS2&#13;&#10;kUkUPUqra2KFSre4qrA4bk9Wwfugh+V9/Nqvj4fV+Xs33XytY1Tq9mZ8mXNZzkEEHMPfB1wysH/I&#13;&#10;2djench40SiYJZwn/PYLHk8f+LLnKXmexSDzTP4Pkv8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#13;&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#13;&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#13;&#10;CAAAACEAC9sepsMEAABxEQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#13;&#10;AAYACAAAACEAwYpCKuEAAAAQAQAADwAAAAAAAAAAAAAAAAAdBwAAZHJzL2Rvd25yZXYueG1sUEsF&#13;&#10;BgAAAAAEAAQA8wAAACsIAAAAAA==&#13;&#10;">
+                <v:rect id="Rectangle 11" o:spid="_x0000_s1027" style="position:absolute;left:720;top:720;width:10820;height:12210;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQBguhEcyAAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#13;&#10;FITvQv/D8gq96cZAo0bXUCwtheKhqXh+ZJ/ZYPZtzK4m/ffdQsHLwDDMN8ymGG0rbtT7xrGC+SwB&#13;&#10;QVw53XCt4PD9Nl2C8AFZY+uYFPyQh2L7MNlgrt3AX3QrQy0ihH2OCkwIXS6lrwxZ9DPXEcfs5HqL&#13;&#10;Idq+lrrHIcJtK9MkyaTFhuOCwY52hqpzebUKLtdyd/7Uy/3zYdVdWq7eM+OPSj09jq/rKC9rEIHG&#13;&#10;cG/8Iz60gnQBf4fiGZDbXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#13;&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#13;&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBguhEcyAAAAOAA&#13;&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#13;&#10;" fillcolor="#faefe1" stroked="f"/>
+                <v:shape id="AutoShape 10" o:spid="_x0000_s1028" style="position:absolute;left:720;top:3320;width:10820;height:9651;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10820,9651" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQA7X4gixwAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSsNA&#13;&#10;EIbvQt9hmYI3u7EHqWm3pVhKvYkx6nXIjpvQ7GzY3abRp3cOgpeBn+H/Zr7NbvK9GimmLrCB+0UB&#13;&#10;irgJtmNnoH473q1ApYxssQ9MBr4pwW47u9lgacOVX2msslMC4VSigTbnodQ6NS15TIswEMvuK0SP&#13;&#10;WWJ02ka8Ctz3elkUD9pjx3KhxYGeWmrO1cUbGI+rlzqean+pfh4/31314Vz0xtzOp8Naxn4NKtOU&#13;&#10;/xt/iGdrYCkfi5DIgN7+AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#13;&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADtfiCLHAAAA4AAA&#13;&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#13;&#10;" path="m10820,9570l,9570r,80l10820,9650r,-80m10820,l,,,80r10820,l10820,e" stroked="f">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="10820,12890;0,12890;0,12970;10820,12970;10820,12890;10820,3320;0,3320;0,3400;10820,3400;10820,3320" o:connectangles="0,0,0,0,0,0,0,0,0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="000C78C5">
         <w:t>Can I qualify for federal and state assistance that reduces my health insurance premiums and out-of-pocket expenses through the Health Connector?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="510CEE92" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="67" w:line="256" w:lineRule="auto"/>
         <w:ind w:left="660" w:right="2773"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
         </w:rPr>
         <w:t xml:space="preserve">Depending on your income, you may qualify for federal and/or state tax credits and </w:t>
       </w:r>
       <w:r>
         <w:t>other subsidies that reduce your premiums and lower your out-of-pocket expenses    if</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>you</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -6449,136 +6573,136 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>about</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>income</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="78293AEA" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="261" w:lineRule="exact"/>
         <w:ind w:left="660"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">criteria for qualifying for these subsidies by visiting </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14">
+      <w:hyperlink r:id="rId13">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Franklin Gothic Demi"/>
           </w:rPr>
           <w:t>MAhealthconnector.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
         </w:rPr>
         <w:t>or   calling</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="60C62814" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="19"/>
         <w:ind w:left="660"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi"/>
         </w:rPr>
         <w:t xml:space="preserve">1-877 MA ENROLL </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
         </w:rPr>
         <w:t>(1-877-623-6765).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
+    <w:p w14:paraId="2CFC77E2" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
           <w:sz w:val="29"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="6C8FF32A" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="256" w:lineRule="auto"/>
         <w:ind w:right="2824"/>
       </w:pPr>
       <w:r>
         <w:t>Does access to employer-sponsored coverage affect my eligibility for help paying for coverage through the Health Connector?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="697078D5" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="58" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="660" w:right="2824"/>
       </w:pPr>
       <w:r>
         <w:t>An offer of health coverage from your employer could affect your eligibility for subsidies through the Health Connector. If your income meets the eligibility criteria, you will qualify for subsidies through the Health Connector   if:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="1AD876D9" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -6631,84 +6755,84 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>you,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="7D5412C8" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:spacing w:before="91"/>
       </w:pPr>
       <w:r>
         <w:t>Your employer does offer you coverage,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-35"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>but</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="1D618C74" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="91" w:line="254" w:lineRule="auto"/>
         <w:ind w:left="1300" w:right="2542" w:hanging="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
           <w:w w:val="105"/>
           <w:position w:val="2"/>
           <w:sz w:val="15"/>
         </w:rPr>
         <w:t xml:space="preserve">X </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t>Your employer’s offer of coverage for just you (not including other family members)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -6851,242 +6975,242 @@
         <w:rPr>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
         </w:rPr>
         <w:t>your household</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:spacing w:val="-22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
         </w:rPr>
         <w:t>income:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
+    <w:p w14:paraId="4255F31D" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="3" w:after="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
           <w:sz w:val="15"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1300" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2630"/>
         <w:gridCol w:w="4040"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C80DCF">
+      <w:tr w:rsidR="00C80DCF" w14:paraId="57132DBE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="513"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6670" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E9B677"/>
           </w:tcPr>
-          <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+          <w:p w14:paraId="765C897B" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="111"/>
               <w:ind w:left="120"/>
             </w:pPr>
             <w:r>
               <w:t>Is your employer’s individual health insurance coverage affordable?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C80DCF">
+      <w:tr w:rsidR="00C80DCF" w14:paraId="5204504C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="517"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FAEFE1"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FAEFE1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3D7B4"/>
           </w:tcPr>
-          <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+          <w:p w14:paraId="15CEA7D2" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="101"/>
               <w:ind w:left="120"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book"/>
               </w:rPr>
               <w:t xml:space="preserve">Coverage for </w:t>
             </w:r>
             <w:r>
               <w:t>2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4040" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="FAEFE1"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FAEFE1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3D7B4"/>
           </w:tcPr>
-          <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+          <w:p w14:paraId="3408D5F1" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">9.66% </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book"/>
               </w:rPr>
               <w:t>of household income</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C80DCF">
+      <w:tr w:rsidR="00C80DCF" w14:paraId="7B8B3FA7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="463"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FAEFE1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FAEFE1"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FAEFE1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3D7B4"/>
           </w:tcPr>
-          <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+          <w:p w14:paraId="0A8953F9" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="119"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book"/>
               </w:rPr>
               <w:t xml:space="preserve">Coverage for </w:t>
             </w:r>
             <w:r>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FAEFE1"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="FAEFE1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FAEFE1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3D7B4"/>
           </w:tcPr>
-          <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+          <w:p w14:paraId="51671B32" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">9.69% </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book"/>
               </w:rPr>
               <w:t>of household income</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="2815D87D" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:spacing w:before="150"/>
         <w:ind w:left="1300"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="691EFFC3" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="131" w:line="254" w:lineRule="auto"/>
         <w:ind w:left="1300" w:right="2824" w:hanging="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
           <w:w w:val="105"/>
           <w:position w:val="2"/>
           <w:sz w:val="15"/>
         </w:rPr>
         <w:t xml:space="preserve">X </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t>The coverage your employer provides does not meet the “minimum value” standard</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -7203,69 +7327,71 @@
         <w:rPr>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t>plan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t>offered</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t>has</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t>cover</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t xml:space="preserve">at </w:t>
@@ -7346,197 +7472,217 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t>allowed</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:spacing w:val="-38"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t>costs).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="6546B933" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="128" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="660" w:right="2802"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you have coverage through your employer but are interested in shopping through the Health Connector, be sure to check with your employer on the rules around    how and when you can disenroll from your employer’s group coverage. If you purchase a health plan through the Health Connector instead of accepting health coverage offered by your employer, please note that you will lose the employer contribution (if any) for your health insurance. Also, the amount that you and  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="44"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>your</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="653BBFCD" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1" w:line="256" w:lineRule="auto"/>
         <w:ind w:left="660" w:right="2824"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve">employer contribute to your employer-sponsored health insurance is often excluded </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>employer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> contribute to your employer-sponsored health insurance is often excluded </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
         </w:rPr>
         <w:t>from federal and state income taxes.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="403A195A" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="125" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="660" w:right="3287"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi"/>
         </w:rPr>
         <w:t xml:space="preserve">Please note: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">You can find the most up to date percentages used to calculate affordability here: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15">
+      <w:hyperlink r:id="rId14">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Franklin Gothic Demi"/>
           </w:rPr>
           <w:t>www.mahealthconnector.org/esi-affordability-calculator</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
+    <w:p w14:paraId="0FEB7188" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="566F2E18" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:spacing w:before="166"/>
         <w:ind w:right="117"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
           <w:sz w:val="56"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">Continued on next page </w:t>
+        <w:t>Continued on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> next page </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
           <w:color w:val="6D6E71"/>
           <w:position w:val="-7"/>
           <w:sz w:val="56"/>
         </w:rPr>
         <w:t>»»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
+    <w:p w14:paraId="024837B3" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="00C80DCF">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
           <w:sz w:val="56"/>
         </w:rPr>
         <w:sectPr w:rsidR="00C80DCF">
-          <w:footerReference w:type="default" r:id="rId16"/>
+          <w:footerReference w:type="default" r:id="rId15"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="580" w:bottom="1460" w:left="540" w:header="0" w:footer="1270" w:gutter="0"/>
           <w:pgNumType w:start="2"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="00795365">
+    <w:p w14:paraId="278D6D80" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="00795365">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="175"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7569C49F" wp14:editId="3AFFF712">
                 <wp:extent cx="6861175" cy="295275"/>
                 <wp:effectExtent l="9525" t="0" r="6350" b="9525"/>
-                <wp:docPr id="19" name="Group 2"/>
+                <wp:docPr id="19" name="Group 2">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6861175" cy="295275"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="10805" cy="465"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="20" name="Rectangle 8"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="5" y="20"/>
@@ -7711,336 +7857,360 @@
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+                            <w:p w14:paraId="0317DEC5" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
                               <w:pPr>
                                 <w:spacing w:before="101"/>
                                 <w:ind w:left="185"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Franklin Gothic Demi"/>
                                 </w:rPr>
                                 <w:t>EMPLOYER-SPONSORED HEALTH COVERAGE</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group id="Group 2" o:spid="_x0000_s1036" style="width:540.25pt;height:23.25pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="10805,465" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDcT2nkMwQAAAcVAAAOAAAAZHJzL2Uyb0RvYy54bWzsWFtzozYUfu9M/4OGd4eLMQYmZCcxdqYz&#10;aTezu/0BMojLFCQqKcFpp/+9RwITY9d1kt3N7IP9gCV0O/rOd25cftjUFXokXJSMRoZ9YRmI0ISl&#10;Jc0j4/cvq4lvICExTXHFKImMJyKMD1c//3TZNiFxWMGqlHAEm1ARtk1kFFI2oWmKpCA1FhesIRQG&#10;M8ZrLKHLczPluIXd68p0LMszW8bThrOECAFv427QuNL7ZxlJ5McsE0SiKjJANqmfXD/X6mleXeIw&#10;57gpyqQXA79BihqXFA4dtoqxxOiBlwdb1WXCmWCZvEhYbbIsKxOi7wC3sa2929xy9tDou+RhmzcD&#10;TADtHk5v3jb57fGeozIF3QUGorgGHeljkaOwaZs8hCm3vPnc3PPugtC8Y8kfAobN/XHVz7vJaN3+&#10;ylLYDj9IprHZZLxWW8Ct0Uar4GlQAdlIlMBLz/dsez4zUAJjTjBzoK11lBSgyINlSbHsF9qWb/XL&#10;XE+vMXHYnail7KVSVwKmiWcwxdeB+bnADdE6EgqpHkwHuNaB+QkoiGleEeR3gOppWzRFByWibFHA&#10;LHLNOWsLglOQylbzQfadBaojQBEnsQUkFH49v7fgzqYByKWQdV09NECEw4YLeUtYjVQjMjiIrZWG&#10;H++EVII8T1E6FKwq01VZVbrD8/Wi4ugRg5WtpvH8xtWy702rqJpMmVrW7di9AfHgDDWmBNVW83dg&#10;O6514wSTlefPJ+7KnU2CueVPLDu4CTzLDdx49Y8S0HbDokxTQu9KSrYWbLsvU2rvSzrb0zaM2sgA&#10;1s303Y9f0tK//7pkXUpwaFVZR4Y/TMKh0umSpprKEpdV1zbH4muUAYPtv0ZFM0ApvaPumqVPQADO&#10;QEmgTHC90CgY/8tALbixyBB/PmBODFT9QoFEga1UjaTuuLO5IibfHVnvjmCawFaRIQ3UNRey85UP&#10;DS/zAk6yNTCUXYNRZ6UmhiJlJ1VPV7Cu9zIz+9DM5u9uZset7LsZWbzwl452KGCXI5qejexsZDsJ&#10;1KsSgyOxzNkamXax3o59Leg9B5f28rA0DU5FphMmU4GX1y7oSFwaogsOK6qcuTNzLeuENz9uTZCA&#10;9U77mAOHY/rIdRjDrGDpL3134jrecuJacTy5Xi3cibeCDCeexotFbI9jmIqMXx/D9qLsECG7cA0O&#10;40UhRkVopdh39ObTEdF0EqckgLTq1UTT+Y/rHXXN35pm3nR2ZpnOw354lrkjlulM9a0s27qzM9HO&#10;7gxiTE+jbQ0Ioa6rAb+ouuaGbdB0J3aqEhDJDbzeZtXfqxiElP+w0P6fevm50nthMTgKunvR5weN&#10;j6OcWYzq15X6KUWNU+udWm3s4s5lq0LqRE4hN+uN/sw0RPVXFrJDETsUsNDoildofMPCVX8tgq9t&#10;Wv/9l0H1OW+3r1Oj5++XV/8CAAD//wMAUEsDBBQABgAIAAAAIQAzUKfF3AAAAAUBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3Y2aUmI2pRT1VARbQbxNs9MkNDsbstsk/fduvdTL&#10;wOM93vsmX062FQP1vnGsIZkpEMSlMw1XGr52bw8LED4gG2wdk4YzeVgWtzc5ZsaN/EnDNlQilrDP&#10;UEMdQpdJ6cuaLPqZ64ijd3C9xRBlX0nT4xjLbSsflZpLiw3HhRo7WtdUHrcnq+F9xHH1lLwOm+Nh&#10;ff7ZpR/fm4S0vr+bVi8gAk3hGoYLfkSHIjLt3YmNF62G+Ej4uxdPLVQKYq/heZ6CLHL5n774BQAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANxPaeQzBAAABxUAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADNQp8XcAAAABQEAAA8AAAAAAAAAAAAAAAAA&#10;jQYAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACWBwAAAAA=&#10;">
-[...5 lines deleted...]
-                <v:shape id="_x0000_s1042" type="#_x0000_t202" style="position:absolute;width:10805;height:465;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAyyLLksMA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWvCQBSE70L/w/IK3nSjoNjoKlIUCkIxpgePz+wz&#10;Wcy+TbNbjf++Kwgeh5n5hlmsOluLK7XeOFYwGiYgiAunDZcKfvLtYAbCB2SNtWNScCcPq+Vbb4Gp&#10;djfO6HoIpYgQ9ikqqEJoUil9UZFFP3QNcfTOrrUYomxLqVu8Rbit5ThJptKi4bhQYUOfFRWXw59V&#10;sD5ytjG/36d9ds5Mnn8kvJtelOq/d+s5iEBdeIWf7S+tYDyBx5f4A+TyHwAA//8DAFBLAQItABQA&#10;BgAIAAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXht&#10;bC54bWxQSwECLQAUAAYACAAAACEAyyLLksMAAADbAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA9QAAAIgDAAAAAA==&#10;" filled="f" stroked="f">
+              <v:group w14:anchorId="7569C49F" id="Group 2" o:spid="_x0000_s1036" alt="&quot;&quot;" style="width:540.25pt;height:23.25pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="10805,465" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCs1kPeUQMAAHQOAAAOAAAAZHJzL2Uyb0RvYy54bWzsV9tymzAQfe9M/0Gj9wawMbaZ4ExqJ5nO&#13;&#10;pG2mST9ABnGZgkQl2ZB+fVcCYxyPc2uSl+aFWSFp2T17tDocn9RFjtZUyIyzADtHNkaUhTzKWBLg&#13;&#10;nzfnnyYYSUVYRHLOaIBvqcQns48fjqvSpwOe8jyiAoETJv2qDHCqVOlblgxTWhB5xEvKYDLmoiAK&#13;&#10;hiKxIkEq8F7k1sC2PaviIioFD6mU8HbRTOKZ8R/HNFTf41hShfIAQ2zKPIV5LvXTmh0TPxGkTLOw&#13;&#10;DYM8I4qCZAw+2rlaEEXQSmR7roosFFzyWB2FvLB4HGchNTlANo59J5sLwVelySXxq6TsYAJo7+D0&#13;&#10;bLfht/WFKK/LK9FED+YlD39JwMWqysTvz+tx0ixGy+orj6CeZKW4SbyORaFdQEqoNvjedvjSWqEQ&#13;&#10;XnoTz3HGI4xCmBtMRwOwTQHCFKq0ty1Mz9qNjj2x222uZ/ZYxG++aKJso9JVBxrJLVLy35C6TklJ&#13;&#10;TQGkRuJKoCyCyIFIjBSQ/Q/gF2FJTtFEJ6K/Dss2aMoGSsT4PIVV9FQIXqWURBCVo9dD7L0NeiCh&#13;&#10;EA9iC0ho/FrybsAdDacQl0bWdc1UBxHxSyHVBeUF0kaABYRtikbWl1LpQLZLdA0lz7PoPMtzMxDJ&#13;&#10;cp4LtCZwhM6Hi/Fn18R+Z1nO9GLG9bbGo35jMtRJNeAseXQLCQrenEPoG2CkXPzBqIIzGGD5e0UE&#13;&#10;xSj/wgCkqaNTQcoM3NFYAy/6M8v+DGEhuAqwwqgx56o56KtSZEkKX3JM0oyfAmnjzCSuQW+iaoMF&#13;&#10;9rwVjZx9Go3fnEaHWfRqJFrMJ2cDc2CAdztceyfR4cvgQC8abEh0mTGKvB5/5uxKtE3pcW1lOH2o&#13;&#10;szxAiRxCuK+vdN2B+DlDFfSwkWvbZscODWS/5RxmC9yOLIIMia+b6llrK5LljQ3sOtiDdIvSZ/8N&#13;&#10;j/twp1LmFmv7/5MrZS4A1zt4dl+6Tt5w9N+Uyd0pk7nrnlumzYF6r9SryDDoVo0Mu9Ea6DOv0bDX&#13;&#10;/rQKQ6qG15uL/7X0GKiSfa17j2Tdiq1H6rGdvvkImaXqZW2Uatdknii8OtHVCS4wGrEFxgsKLaPe&#13;&#10;4dfGSND2N0z/O/XHplNvfxZnfwEAAP//AwBQSwMEFAAGAAgAAAAhAMhA/UfgAAAACgEAAA8AAABk&#13;&#10;cnMvZG93bnJldi54bWxMj09rwkAQxe8Fv8MyQm91k7YRidmI2D8nKaiF0tuYHZNgdjZk1yR++669&#13;&#10;tJcHw+O9eb9sNZpG9NS52rKCeBaBIC6srrlU8Hl4e1iAcB5ZY2OZFFzJwSqf3GWYajvwjvq9L0Uo&#13;&#10;YZeigsr7NpXSFRUZdDPbEgfvZDuDPpxdKXWHQyg3jXyMork0WHP4UGFLm4qK8/5iFLwPOKyf4td+&#13;&#10;ez5trt+H5ONrG5NS99PxZRlkvQThafR/CbgxhP2Qh2FHe2HtRKMg0PhfvXnRIkpAHBU8zxOQeSb/&#13;&#10;I+Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#13;&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#13;&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKzWQ95RAwAAdA4AAA4AAAAAAAAAAAAA&#13;&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMhA/UfgAAAACgEAAA8AAAAAAAAA&#13;&#10;AAAAAAAAqwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAC4BgAAAAA=&#13;&#10;">
+                <v:rect id="Rectangle 8" o:spid="_x0000_s1037" style="position:absolute;left:5;top:20;width:5390;height:440;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQCBnHTbyQAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RSgMx&#13;&#10;EEXfhf5DmIJvNmtFKdumxbaIilKx7gcMm+lm6WayJLFd/XrnQejLwGW453IWq8F36kQxtYEN3E4K&#13;&#10;UMR1sC03Bqqvp5sZqJSRLXaBycAPJVgtR1cLLG048yed9rlRAuFUogGXc19qnWpHHtMk9MTyO4To&#13;&#10;MUuMjbYRzwL3nZ4WxYP22LIsOOxp46g+7r+9gd3b5vm1fb87/g47F+v7j2o9O1TGXI+H7VzO4xxU&#13;&#10;piFfGv+IF2tgKgoiJDKgl38AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#13;&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#13;&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAgZx028kAAADg&#13;&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="#f3d7b4" stroked="f"/>
+                <v:rect id="Rectangle 7" o:spid="_x0000_s1038" style="position:absolute;left:5;width:5390;height:40;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQDTIRNWxgAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#13;&#10;EETvgf6D2EJvsRRTQrCjhBC30GsTm1631tY2tVbGUmzn76tCoZeBYZg3zP642F5MNPrOsYZNokAQ&#13;&#10;18503Ggor6/rHQgfkA32jknDnTwcDw+rPWbGzfxO0yU0IkLYZ6ihDWHIpPR1SxZ94gbimH250WKI&#13;&#10;dmykGXGOcNvLVKmttNhxXGhxoHNL9fflZjW83IrSzdPHdPeD8qrcVs/us9L66XEp8iinHESgJfw3&#13;&#10;/hBvRkO6gd9D8QzIww8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0yETVsYAAADgAAAA&#13;&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#13;&#10;" fillcolor="#dc8e28" stroked="f"/>
+                <v:line id="Line 6" o:spid="_x0000_s1039" style="position:absolute;visibility:visible;mso-wrap-style:square" from="5395,20" to="10785,20" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQAeVTpxxwAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#13;&#10;FMTvQr9DeIXeNGsOpa5GkdaF3op/evD22Dw3Wzcv2010t9/eFAQvA8Mwv2EWq8E14kpdqD1rmE4y&#13;&#10;EMSlNzVXGg77YvwGIkRkg41n0vBHAVbLp9ECc+N73tJ1FyuRIBxy1GBjbHMpQ2nJYZj4ljhlJ985&#13;&#10;jMl2lTQd9gnuGqmy7FU6rDktWGzp3VJ53l2cBimPveJjdfnabE4/UzX7tsVvofXL8/AxT7Keg4g0&#13;&#10;xEfjjvg0GpSC/0PpDMjlDQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#13;&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB5VOnHHAAAA4AAA&#13;&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#13;&#10;" strokecolor="#dc8e28" strokeweight="2pt"/>
+                <v:line id="Line 5" o:spid="_x0000_s1040" style="position:absolute;visibility:visible;mso-wrap-style:square" from="5,460" to="5395,460" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQADjTg0xwAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#13;&#10;FITvgv8hPMGbpirIWo0iuyh7WFl0V8/P5tkWm5fSpNr+eyMIXgaGYb5hFqvGFOJGlcstKxgNIxDE&#13;&#10;idU5pwr+/zaDDxDOI2ssLJOClhyslt3OAmNt77yn28GnIkDYxagg876MpXRJRgbd0JbEIbvYyqAP&#13;&#10;tkqlrvAe4KaQ4yiaSoM5h4UMS/rMKLkeaqOA1u203s1+fneXs56Y48m02+tWqX6v+ZoHWc9BeGr8&#13;&#10;u/FCfGsF4wk8D4UzIJcPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#13;&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAONODTHAAAA4AAA&#13;&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#13;&#10;" strokecolor="#dc8e28" strokeweight=".5pt"/>
+                <v:line id="Line 4" o:spid="_x0000_s1041" style="position:absolute;visibility:visible;mso-wrap-style:square" from="5395,460" to="10785,460" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQCMZKBAyAAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#13;&#10;FITvBf/D8oTedGNaxEY3QVoaeqiUavX8zD6TYPZtyK6a/PtuQehlYBjmG2aV9aYRV+pcbVnBbBqB&#13;&#10;IC6srrlU8LN7nyxAOI+ssbFMCgZykKWjhxUm2t74m65bX4oAYZeggsr7NpHSFRUZdFPbEofsZDuD&#13;&#10;PtiulLrDW4CbRsZRNJcGaw4LFbb0WlFx3l6MAloP88vm5fNrczrqJ7M/mCE/50o9jvu3ZZD1EoSn&#13;&#10;3v837ogPrSB+hr9D4QzI9BcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#13;&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#13;&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCMZKBAyAAAAOAA&#13;&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#13;&#10;" strokecolor="#dc8e28" strokeweight=".5pt"/>
+                <v:shape id="_x0000_s1042" type="#_x0000_t202" style="position:absolute;width:10805;height:465;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQD5QNgUyAAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#13;&#10;FITvBf/D8oTe6kah0kY3IlZBKEhjeujxNfuSLGbfptlV03/vFgpeBoZhvmGWq8G24kK9N44VTCcJ&#13;&#10;COLSacO1gs9i9/QCwgdkja1jUvBLHlbZ6GGJqXZXzulyDLWIEPYpKmhC6FIpfdmQRT9xHXHMKtdb&#13;&#10;DNH2tdQ9XiPctnKWJHNp0XBcaLCjTUPl6Xi2CtZfnG/Nz+H7I69yUxSvCb/PT0o9joe3RZT1AkSg&#13;&#10;Idwb/4i9VjB7hr9D8QzI7AYAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#13;&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#13;&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD5QNgUyAAAAOAA&#13;&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#13;&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+                      <w:p w14:paraId="0317DEC5" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
                         <w:pPr>
                           <w:spacing w:before="101"/>
                           <w:ind w:left="185"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Franklin Gothic Demi"/>
                           </w:rPr>
                           <w:t>EMPLOYER-SPONSORED HEALTH COVERAGE</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="77AE8610" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="149" w:line="254" w:lineRule="auto"/>
         <w:ind w:left="699" w:right="1475"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This section will help you collect information about any health coverage offered by your employer.  If you decide to complete an application for coverage in the Marketplace, you will be asked to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
         </w:rPr>
         <w:t>provide this</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
           <w:spacing w:val="-21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
         </w:rPr>
         <w:t>information.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="7D5A1E5A" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:spacing w:before="95" w:line="268" w:lineRule="auto"/>
         <w:ind w:left="699" w:right="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
         </w:rPr>
         <w:t xml:space="preserve">Does this employer offer employer-sponsored health insurance coverage that is affordable and meets a minimum value standard (according to federal standards) to at least some of its employees? Note: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i/>
         </w:rPr>
         <w:t>Whether a plan meets “minimum value” can be found on the plan’s Summary of Benefits and Coverage (SBC)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="054B5D5B" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2006"/>
           <w:tab w:val="left" w:pos="2970"/>
         </w:tabs>
         <w:spacing w:before="111"/>
         <w:ind w:left="699"/>
       </w:pPr>
       <w:r>
         <w:t>Check</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="46"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>one:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:position w:val="-3"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6D61C5FB" wp14:editId="0A12F2CA">
             <wp:extent cx="158750" cy="158750"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="3" name="image2.png"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="3" name="image2.png">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="4" name="image2.png"/>
+                    <pic:cNvPr id="3" name="image2.png">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17" cstate="print"/>
+                    <a:blip r:embed="rId16" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="158750" cy="158750"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
           <w:noProof/>
           <w:position w:val="-3"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="071ECA76" wp14:editId="74D5CF65">
             <wp:extent cx="158750" cy="158750"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="5" name="image2.png"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="5" name="image2.png">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="6" name="image2.png"/>
+                    <pic:cNvPr id="5" name="image2.png">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17" cstate="print"/>
+                    <a:blip r:embed="rId16" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="158750" cy="158750"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="37492CDF" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="91"/>
         <w:ind w:left="700"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">If yes, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi"/>
         </w:rPr>
         <w:t>and if the employee receiving this notice qualifies</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="0D4B456D" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6219"/>
           <w:tab w:val="left" w:pos="9807"/>
         </w:tabs>
         <w:spacing w:before="19"/>
         <w:ind w:left="700"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -8153,249 +8323,252 @@
           <w:rFonts w:ascii="Franklin Gothic Demi"/>
         </w:rPr>
         <w:t>contacting:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="1BB314FB" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:spacing w:before="30"/>
         <w:ind w:left="700"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
           <w:i/>
         </w:rPr>
         <w:t>(may be an HR contact, a resource, or an appendix to this document)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+    <w:p w14:paraId="4038A55E" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="102" w:line="254" w:lineRule="auto"/>
         <w:ind w:left="700" w:right="1179"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">If no, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi"/>
         </w:rPr>
         <w:t xml:space="preserve">or if employee receiving notice does not qualify for such benefits, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the Health Connector can help employees evaluate coverage options, cost and eligibility. Please visit </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18">
+      <w:hyperlink r:id="rId17">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Franklin Gothic Demi"/>
           </w:rPr>
           <w:t>MAhealthconnector.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Demi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
         </w:rPr>
         <w:t>for more information, including an online application for health insurance</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
           <w:spacing w:val="-29"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book"/>
         </w:rPr>
         <w:t>coverage.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C80DCF">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="600" w:bottom="1460" w:left="540" w:header="0" w:footer="1270" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001746C6" w:rsidRDefault="001746C6">
+    <w:p w14:paraId="5957B3B2" w14:textId="77777777" w:rsidR="00601BA6" w:rsidRDefault="00601BA6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001746C6" w:rsidRDefault="001746C6">
+    <w:p w14:paraId="48C13B44" w14:textId="77777777" w:rsidR="00601BA6" w:rsidRDefault="00601BA6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Franklin Gothic Demi">
-    <w:altName w:val="Franklin Gothic Demi"/>
     <w:panose1 w:val="020B0703020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Franklin Gothic Book">
-    <w:altName w:val="Franklin Gothic Book"/>
     <w:panose1 w:val="020B0503020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft Sans Serif">
-    <w:altName w:val="Microsoft Sans Serif"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002AFF" w:usb1="C0000002" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00C80DCF" w:rsidRDefault="00795365">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="57804A52" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="00795365">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503310728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503310728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C6B7DBA" wp14:editId="466F4C8C">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>406400</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9086850</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6921500" cy="575945"/>
               <wp:effectExtent l="6350" t="0" r="0" b="5080"/>
               <wp:wrapNone/>
-              <wp:docPr id="13" name="Group 10"/>
+              <wp:docPr id="13" name="Group 10">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                    <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                   <wpg:wgp>
                     <wpg:cNvGrpSpPr>
                       <a:grpSpLocks/>
                     </wpg:cNvGrpSpPr>
                     <wpg:grpSpPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6921500" cy="575945"/>
                         <a:chOff x="640" y="14310"/>
                         <a:chExt cx="10900" cy="907"/>
                       </a:xfrm>
                     </wpg:grpSpPr>
                     <wps:wsp>
                       <wps:cNvPr id="14" name="Freeform 15"/>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="680" y="14350"/>
@@ -8967,78 +9140,78 @@
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group id="Group 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:32pt;margin-top:715.5pt;width:545pt;height:45.35pt;z-index:-5752;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin="640,14310" coordsize="10900,907" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDf5KfTUQcAAOI3AAAOAAAAZHJzL2Uyb0RvYy54bWzsW12TmzYUfe9M/4OGx3YcIwwYPPFmNvY6&#10;k5m0zTTuD2ABG6YYUWDXm3b633uvhGzJQV5n068k7IONV9fS1T36OEdXfv7iYVeQ+7RuclbOLfrM&#10;tkhaxizJy+3c+mW9GgUWadqoTKKClencep821ourb795vq9mqcMyViRpTaCSspntq7mVtW01G4+b&#10;OEt3UfOMVWkJhRtW76IWPtbbcVJHe6h9V4wd2/bHe1YnVc3itGngv0tRaF3x+jebNG5/2myatCXF&#10;3ALfWv5a89dbfB1fPY9m2zqqsjzu3Iie4MUuykto9FDVMmojclfnH1S1y+OaNWzTPovZbsw2mzxO&#10;eR+gN9Q+6c2rmt1VvC/b2X5bHcIEoT2J05OrjX+8f1uTPAHsJhYpox1gxJsllAdnX21nYPOqrt5V&#10;b2vRQ3h8w+JfG4jd+LQcP2+FMbnd/8ASqC+6axkPzsOm3mEV0G3ywDF4f8AgfWhJDP/0Q4d6NkAV&#10;Q5k39ULXEyDFGSCJX/NdKIVC6k6Ej9Eszm66r1M7lF8O7Sl+cxzNRLvc1843HB8w4JpjTJtPi+m7&#10;LKpSDlWD8ZIxdWVMV3Wa4igmlHcHWwczGdNGDahSgmYNxP3RUPrBISZeN6hlQGkYeCKagaMHBOJ2&#10;17SvUsZBie7fNK2YDgk8caiTbkSsofbNroCZ8f2I2MTxfY9gk525tKLS6rsxWdtkT3jbJ0aONOJV&#10;AYieTfjraW0wHkWbUJswy0jXBZhnB9cgxIpr4FWfZxCBQ11r1+CZL40e82wqDc97Bkvf456F0ghj&#10;Fhg8g3GuVkXdcDLtDxpVMRB2vVGjOgx+4PaFDdeEY9yoY3JPxwDm79QzuKcCIez63dOxmNJeVKkK&#10;xJr6Jvd0IKhHXVP0VDSEXa97jo7HNKB90XNULNaOcULoUECz00l/9BwVDmHX756ORwhN98xWR8Vi&#10;7ZhmhaNDgc0aogfLy3G0CLt+93Q8TKuJo4KxdkxzY6Jjcca/iYrHGf8mOiAm/yYqGuuJaXJMdDDO&#10;LXgqICcrHuxiW7ksR5lcqeOHsluq4YlEyLlsvtNWrMGtcg09hp1yPek2QrDCdd1gDM2jsdwkzhsD&#10;OGgM643YY89b40LCzfnuB515xBxGEjcPL6odJxqaw/y4xBkc+Nz8sp7iOERzGD6X1I7DgptrXRVd&#10;7sCqgZaeEtLaIkBIb7GJaFZFLWIsH8ke2A7fxrO5hVsgFuzYfbpm3KRFrIUBtMy3ZWjvaFCUqiHM&#10;F8VKlsn3ilcmbLxARkiWyndhBSMbappCPEVgZKl8F1Y4QdEsPF8ZtQWKwQFFWY18F9U5Hf07shlZ&#10;Lt+F3SEeFxvKwMl64oI1qegZAsKp5AEZBFRhTw0r8mSVFwUC0tTb20VRk/sIVMdyEdw4QRchzazg&#10;k7Fk+DUZQPw6MLcOfORwXEX8EVLo90snHK38YDpyV643Cqd2MLJp+DL0bTd0l6s/cVxQd5blSZKW&#10;b/IylYqGupex205bCS3CNQ0OvdADhHm/jJ20+V9fJ0HClAn0LpplaZTcdM9tlBfieax7zIMM3Zbv&#10;PBDA3AUPFrT9liXvgRPXTKg5UJ/wkLH6d4vsQcnNrea3u6hOLVK8LoHWh9TFIdPyD643xc27Vktu&#10;1ZKojKGqudVasJ7i46IVcvGuqvNtBi1RHouSXYOs2eRImbl/wqvuAyiLf0tiwGImZNtRYrgIxOct&#10;MQw8Xt3BvwCFYaTxGpPibL+XSelEykDiNRplYlGnCuMMhVcxOEfhdRZlovAaibpcYZgpPMyHg2QB&#10;kgdUvzd0VKe1Bgr/ZIVhovBURQM56KTfvROFYaLwKhYfpTBMFF6F4wxFdnRSa6LIX6jEOHNmoQJy&#10;QuHVQ4sTiWFY7QaFMSiMHlH3XykMweMlSz4vL75y6SAlhJAieuBk2cfIi4NIiGZFiZzcswM45z5P&#10;ylf872mkHJrBynuliB3eBDeBO3Id/2bk2svl6Hq1cEf+ik695WS5WCypLkVQ4Hy6FHlaZxV9IeQZ&#10;CLdBX/RlmwwpDOBJQl/8DKcWsBoVKYHTHKPAICVbZGCWXtc126PmAwkmTk40RSIl3QWpDSCScH4A&#10;u2nIj4M4fjxXRO3AAwqMmaLpREpsmWSqapHbIPgwt/DMhc8XmeeAcSBNHhlZ/o2zuO6bRl+FgN/l&#10;LWRoi3wHR08HlT+o+eqfSRiC8DtV8455ssmzh0Mq8SNmldiUOEfFBpRZNSQMrbWqIoeEIdJwXc4b&#10;zhqGhOFFct5w2jAkDA3R08+5jKcN6tnKkDAcEobGTOeQMBwShsB4pBIfEoZDwvDrSRjCZnoqMbg+&#10;1+Q5JLE/rzuJhiN09Tx+SBiudSJlIPEajRoShmKywPVCmVjk10MNFH5IGBoo/JAwVI5ajreX9TuJ&#10;PLHYm64eEoZ4kf/8rUFYt+AkeLiS+MEt0CFheEr1/3d3DXUpMiQMh4Sh1V1V/BsvJPJfQMEPyfjl&#10;yu5Hb/hLNfUzv8B4/Gne1V8AAAD//wMAUEsDBBQABgAIAAAAIQAQN9JL4AAAAA0BAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTE/BSsNAFLwL/sPyBG92s21TJWZTSlFPRbAVxNs2eU1Cs29Ddpukf+/Lyd7m&#10;zQzzZtL1aBvRY+drRxrULAKBlLuiplLD9+H96QWED4YK0zhCDVf0sM7u71KTFG6gL+z3oRQcQj4x&#10;GqoQ2kRKn1dojZ+5Fom1k+usCXx2pSw6M3C4beQ8ilbSmpr4Q2Va3FaYn/cXq+FjMMNmod763fm0&#10;vf4e4s+fnUKtHx/GzSuIgGP4N8NUn6tDxp2O7kKFF42G1ZKnBOaXC8Vocqh44o6M4rl6Bpml8nZF&#10;9gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDf5KfTUQcAAOI3AAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAQN9JL4AAAAA0BAAAPAAAAAAAAAAAA&#10;AAAAAKsJAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAuAoAAAAA&#10;">
-              <v:shape id="Freeform 15" o:spid="_x0000_s1027" style="position:absolute;left:680;top:14350;width:1985;height:827;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1985,827" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAz0WXtcMA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbERP22rCQBB9F/oPywh9041aRFJXsREhtBW8lD5Ps2Oy&#10;bXY2ZLea/n1XEHybw7nOfNnZWpyp9caxgtEwAUFcOG24VPBx3AxmIHxA1lg7JgV/5GG5eOjNMdXu&#10;wns6H0IpYgj7FBVUITSplL6oyKIfuoY4cifXWgwRtqXULV5iuK3lOEmm0qLh2FBhQ1lFxc/h1ypY&#10;b7f5t93lb69ovmaf2TF7f5kYpR773eoZRKAu3MU3d67j/Ce4/hIPkIt/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXht&#10;bC54bWxQSwECLQAUAAYACAAAACEAz0WXtcMAAADbAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA9QAAAIgDAAAAAA==&#10;" path="m1985,l,,,587,4,725r26,72l101,823r139,4l1985,827,1985,xe" fillcolor="#dc8e28" stroked="f">
+            <v:group w14:anchorId="3AA1C376" id="Group 10" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:32pt;margin-top:715.5pt;width:545pt;height:45.35pt;z-index:-5752;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin="640,14310" coordsize="10900,907" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQA1HrmulQYAAKgyAAAOAAAAZHJzL2Uyb0RvYy54bWzsW11v2zYUfR+w/0DocUNrfVi2LMQpijQp&#13;&#10;BnRbsWo/gJFkS5gsapQSp/v1u5cUHVIVFTcDurVTHmw5PCYv7+HHubz0xauHQ0Xuc96WrN463kvX&#13;&#10;IXmdsqys91vn9+TmReSQtqN1RitW51vnY946ry6//+7i2MS5zwpWZTknUEndxsdm6xRd18SLRZsW&#13;&#10;+YG2L1mT11C4Y/xAO/jI94uM0yPUfqgWvuuuFkfGs4azNG9b+O8bWehcivp3uzztft3t2rwj1dYB&#13;&#10;2zrxysXrLb4uLi9ovOe0Kcq0N4M+w4oDLWto9FTVG9pRcsfLT6o6lClnLdt1L1N2WLDdrkxz0Qfo&#13;&#10;jecOevOWs7tG9GUfH/fNyU3g2oGfnl1t+sv9W958aN5zaT08vmPpHy34ZXFs9rFejp/3Ekxujz+z&#13;&#10;DPikdx0THX/Y8QNWAV0iD8K/H0/+zR86ksI/VxvfC12gIYWycB1ulqEkIC2AJfzaagmlUOgtA68n&#13;&#10;Jy2u+6977kZ9eeOu8ZsLGst2ha29bcg9DKb20V/tP/PXh4I2uaChRX+856TM0ESH1PQAPrjheY4j&#13;&#10;lHiiO9g6wJRPW92hWgnCWvD7k65cRSefhL1PlEO9TRRKb0a+6RAap3dt9zZnghR6/67t5FDP4ElQ&#13;&#10;nfXWJ1D77lDBqP/xBXGJv1qFBJvs4QrlKdQPC5K45EhE2wOQr0CiKiAxdIl4HdYWKCDUJmEF6bsA&#13;&#10;c+hkGrhYMw2sGrMMPCBBaNnSYtlKgZ6ybK2A05bBsva0ZRsFQssii2UwzvWqvOUmWI87zdM5kLhR&#13;&#10;r3kmDatoOeY2T+cg8XybeSYHMH/XocU8nQiJGzfP5GLtjbLq6UQk3spmnkmEF3pLm/d0NiRu1Dzf&#13;&#10;5GMdeWPe83UuEt86IUwqoNl1MO49X6dD4sbNM/nYQNMjs9XXuUh826zwTSqwWYv3YHl5nGUSN26e&#13;&#10;yYdtNfF1MhLfNjcCk4sJ+wKdjwn7ApMQm32BzkYS2CZHYJIxteDphAxWPNjF9mpZpoVaqdOHul+q&#13;&#10;4YlQ1FOu2Gkb1uJWmUCPYadMgn4jBBSu6xYwNI9gtUlMg4EcBMN6I/fYaTQuJAIudj/ozBNwGEkC&#13;&#10;vjmrdpxoCIf5cY4xOPAF/Lye4jhEOAyfc2rHYSHgRldll3uyOEjOodjkDgGxeYtN0LihHXKsHskR&#13;&#10;pITYxoutg1sgFhzYfZ4wAemQawmAlsW2DO09AqpaB8J80VCqTL03ojKJCSPlIVWq3iUKRjbUtAZ/&#13;&#10;SseoUvUuUThBEbaZrsxzJYvRiUVVjXqX1fm9/HtUM6pcvUvcyR9nA5XjVD1pxdpc9gwJEVLyxAwS&#13;&#10;qqmnllVldlNWFRLS8v3tVcXJPYWI4s1VdO1HvYcMWCUmY83wa8qBQlJL0Sc16i3LPoIA5EyGJRBG&#13;&#10;wUPB+F8OOUJIsnXaP+8ozx1S/VSDht14S/RPJz4swzXuVFwvudVLaJ1CVVunc2DxwMerTsY9dw0v&#13;&#10;9wW05ImxVrPXoOF3JepDkNFtLK3qP4CM/lJ6GmbuUE8v0bVft562iFZ9u/oG5LRVsxqyQUjbUdlg&#13;&#10;qgaLYjU0g00yDOX0hF7VOZjSq6ZksOlVQzGcL6ftehXmwymuAUUDunbUdZ6p4Sx69dly2qZXPZ0N&#13;&#10;FFzBuHkDOW3TqzoXnyWnbXpVp2NCD/qmgrPpwW9UT08E6DohA72qR+gDPW1Z7WY5PcvpkQjm35LT&#13;&#10;UrQqSTitpf/nOlnpZam7Tcepss/R0idFTOOqxtgndCM41BXK2iqzb8TfmMyGA/I6A41I4yKn2XX/&#13;&#10;3NGyks+g5FGJC12Lh62z7gZX94JanWODfpC6+zcIXWGWVjmBkN4qvEnNrgqA5a85Z0d0O4QmMnw2&#13;&#10;lDp+OPN8GwQWBJGwy2zEmQCNT+fbbhSCNMR0wTpQcZbKNDRcHnATfNg6GHiLcaQOu4F7BXlieK2u&#13;&#10;/avXY8NrjuLsySlLVgQE/zCK8+2DScWcp3zJZ4wauRgJbYINaKNmzoo4iR49zFkRlF9mGGeJMees&#13;&#10;yFlhnCXKnLMiFu+Z5xvWKFOPqeesyJwVsaZz5qzInBUBxaMisDkr8s1mRWDnGOppEWwZsRakpb6u&#13;&#10;W0aWc0L90HHOiiSmarAoVkMzzFkROVngwpDKnogLXxa9OmdFLHp1zopo5wqP9xHNW0YiezKak5uz&#13;&#10;Ing1d/oeEKxbcKw3XzL65F7XnBUZ6tr/3O0hU3fPWRHnS95GEnf94ecQkNYxfm+hfxYpn8cfmFz+&#13;&#10;DQAA//8DAFBLAwQUAAYACAAAACEAoWs+6OUAAAASAQAADwAAAGRycy9kb3ducmV2LnhtbExPTW/C&#13;&#10;MAy9T9p/iDxpt5EGKEOlKULs44SQBpPQbqExbUWTVE1oy7+fe9ou1vOz/fxeuh5MzTpsfeWsBDGJ&#13;&#10;gKHNna5sIeH7+PGyBOaDslrVzqKEO3pYZ48PqUq06+0XdodQMBKxPlESyhCahHOfl2iUn7gGLc0u&#13;&#10;rjUqUNsWXLeqJ3FT82kULbhRlaUPpWpwW2J+PdyMhM9e9ZuZeO9218v2/nOM96edQCmfn4a3FZXN&#13;&#10;CljAIfxdwJiB/ENGxs7uZrVntYTFnPIE4uczQWjcEPHInQnFU/EKPEv5/yjZLwAAAP//AwBQSwEC&#13;&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#13;&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#13;&#10;cmVsc1BLAQItABQABgAIAAAAIQA1HrmulQYAAKgyAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#13;&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQChaz7o5QAAABIBAAAPAAAAAAAAAAAAAAAAAO8IAABkcnMv&#13;&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAAQoAAAAA&#13;&#10;">
+              <v:shape id="Freeform 15" o:spid="_x0000_s1027" style="position:absolute;left:680;top:14350;width:1985;height:827;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1985,827" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQCyeoWzyAAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RasJA&#13;&#10;EEXfC/7DMkLf6kYtRaKraEQItUKrpc9jdkxWs7Mhu9X4991CoS/DDJd7hjNbdLYWV2q9caxgOEhA&#13;&#10;EBdOGy4VfB42TxMQPiBrrB2Tgjt5WMx7DzNMtbvxB133oRQRwj5FBVUITSqlLyqy6AeuIY7ZybUW&#13;&#10;QzzbUuoWbxFuazlKkhdp0XD8UGFDWUXFZf9tFax3u/xs3/PtK5rj5Cs7ZG+rsVHqsd+tp3EspyAC&#13;&#10;deG/8YfIdXR4hl+huICc/wAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#13;&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#13;&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCyeoWzyAAAAOAA&#13;&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#13;&#10;" path="m1985,l,,,587,4,725r26,72l101,823r139,4l1985,827,1985,xe" fillcolor="#dc8e28" stroked="f">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="1985,14350;0,14350;0,14937;4,15075;30,15147;101,15173;240,15177;1985,15177;1985,14350" o:connectangles="0,0,0,0,0,0,0,0,0"/>
               </v:shape>
-              <v:shape id="Freeform 14" o:spid="_x0000_s1028" style="position:absolute;left:680;top:14350;width:1985;height:827;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1985,827" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAMjqDbsIA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPTWvCQBC9C/0PyxR6000FxUZXaSVWPXio7cHjkB03&#10;odnZkF1j9Ne7guBtHu9zZovOVqKlxpeOFbwPEhDEudMlGwV/v6v+BIQPyBorx6TgQh4W85feDFPt&#10;zvxD7T4YEUPYp6igCKFOpfR5QRb9wNXEkTu6xmKIsDFSN3iO4baSwyQZS4slx4YCa1oWlP/vT1bB&#10;5MvsTiY/rLPrt9miTbKPY5sp9fbafU5BBOrCU/xwb3ScP4L7L/EAOb8BAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhAPD3irv9AAAA4gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAMd1fYdIAAACPAQAACwAAAAAAAAAAAAAAAAAuAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEAAAAAAAAAAAAAAAAAApAgAAZHJzL3NoYXBleG1s&#10;LnhtbFBLAQItABQABgAIAAAAIQAyOoNuwgAAANsAAAAPAAAAAAAAAAAAAAAAAJgCAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABAD1AAAAhwMAAAAA&#10;" path="m,l,587,4,725r26,72l101,823r139,4l1985,827,1985,,,xe" filled="f" strokecolor="white" strokeweight="4pt">
+              <v:shape id="Freeform 14" o:spid="_x0000_s1028" style="position:absolute;left:680;top:14350;width:1985;height:827;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1985,827" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQDAzp1VyQAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasJA&#13;&#10;EIbvgu+wjNCbbixUNLqKtqmtBw9Ne+hxyI6bYHY2ZNeY9um7BcHLMMPP/w3fatPbWnTU+sqxgukk&#13;&#10;AUFcOF2xUfD1+Tqeg/ABWWPtmBT8kIfNejhYYardlT+oy4MREcI+RQVlCE0qpS9KsugnriGO2cm1&#13;&#10;FkM8WyN1i9cIt7V8TJKZtFhx/FBiQ88lFef8YhXMd+Z4McX3W/a7Nwe0SbY4dZlSD6P+ZRnHdgki&#13;&#10;UB/ujRviXUeHJ/gXigvI9R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#13;&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#13;&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwM6dVckAAADg&#13;&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#13;&#10;AA==&#13;&#10;" path="m,l,587,4,725r26,72l101,823r139,4l1985,827,1985,,,xe" filled="f" strokecolor="white" strokeweight="4pt">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,14350;0,14937;4,15075;30,15147;101,15173;240,15177;1985,15177;1985,14350;0,14350" o:connectangles="0,0,0,0,0,0,0,0,0"/>
               </v:shape>
-              <v:rect id="Rectangle 13" o:spid="_x0000_s1029" style="position:absolute;left:682;top:14399;width:10858;height:738;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAPDqpq8MA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbERP22rCQBB9F/yHZQTfdFORIKmrlELBC1jUlLZv0+yY&#10;hO7Ohuyq6d+7gtC3OZzrzJedNeJCra8dK3gaJyCIC6drLhXkx7fRDIQPyBqNY1LwRx6Wi35vjpl2&#10;V97T5RBKEUPYZ6igCqHJpPRFRRb92DXEkTu51mKIsC2lbvEaw62RkyRJpcWaY0OFDb1WVPwezlaB&#10;/Pjafn7vThvKf5r8+J6a9fRslBoOupdnEIG68C9+uFc6zk/h/ks8QC5uAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXht&#10;bC54bWxQSwECLQAUAAYACAAAACEAPDqpq8MAAADbAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA9QAAAIgDAAAAAA==&#10;" fillcolor="#f6e2ca" stroked="f"/>
-              <v:shape id="Freeform 12" o:spid="_x0000_s1030" style="position:absolute;left:680;top:14350;width:1985;height:827;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1985,827" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAP5cJwsMA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbERP22rCQBB9F/oPywh9040KVVJXsREhtBW8lD5Ps2Oy&#10;bXY2ZLea/n1XEHybw7nOfNnZWpyp9caxgtEwAUFcOG24VPBx3AxmIHxA1lg7JgV/5GG5eOjNMdXu&#10;wns6H0IpYgj7FBVUITSplL6oyKIfuoY4cifXWgwRtqXULV5iuK3lOEmepEXDsaHChrKKip/Dr1Ww&#10;3m7zb7vL317RfM0+s2P2/jIxSj32u9UziEBduItv7lzH+VO4/hIPkIt/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXht&#10;bC54bWxQSwECLQAUAAYACAAAACEAP5cJwsMAAADbAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA9QAAAIgDAAAAAA==&#10;" path="m1985,l,,,587,4,725r26,72l101,823r139,4l1985,827,1985,xe" fillcolor="#dc8e28" stroked="f">
+              <v:rect id="Rectangle 13" o:spid="_x0000_s1029" style="position:absolute;left:682;top:14399;width:10858;height:738;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQDoGf5NyQAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#13;&#10;EEbvC77DMkLv6sZSQomuIkqhP9CiRtS7MTsmwd3ZkF01fftuQfBmmOHjO8MZTztrxIVaXztWMBwk&#13;&#10;IIgLp2suFeTrt6dXED4gazSOScEveZhOeg9jzLS78pIuq1CKCGGfoYIqhCaT0hcVWfQD1xDH7Oha&#13;&#10;iyGebSl1i9cIt0Y+J0kqLdYcP1TY0Lyi4rQ6WwVys/va7r+Pn5Qfmnz9k5qPl7NR6rHfLUZxzEYg&#13;&#10;AnXh3rgh3nV0SOFfKC4gJ38AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#13;&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#13;&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6Bn+TckAAADg&#13;&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="#f6e2ca" stroked="f"/>
+              <v:shape id="Freeform 12" o:spid="_x0000_s1030" style="position:absolute;left:680;top:14350;width:1985;height:827;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1985,827" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQBCqBvEyAAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RasJA&#13;&#10;EEXfC/7DMkLf6kaFVqKraEQItUKrpc9jdkxWs7Mhu9X4991CoS/DDJd7hjNbdLYWV2q9caxgOEhA&#13;&#10;EBdOGy4VfB42TxMQPiBrrB2Tgjt5WMx7DzNMtbvxB133oRQRwj5FBVUITSqlLyqy6AeuIY7ZybUW&#13;&#10;QzzbUuoWbxFuazlKkmdp0XD8UGFDWUXFZf9tFax3u/xs3/PtK5rj5Cs7ZG+rsVHqsd+tp3EspyAC&#13;&#10;deG/8YfIdXR4gV+huICc/wAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#13;&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#13;&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBCqBvEyAAAAOAA&#13;&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#13;&#10;" path="m1985,l,,,587,4,725r26,72l101,823r139,4l1985,827,1985,xe" fillcolor="#dc8e28" stroked="f">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="1985,14350;0,14350;0,14937;4,15075;30,15147;101,15173;240,15177;1985,15177;1985,14350" o:connectangles="0,0,0,0,0,0,0,0,0"/>
               </v:shape>
-              <v:shape id="Freeform 11" o:spid="_x0000_s1031" style="position:absolute;left:680;top:14350;width:1985;height:827;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1985,827" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEA3Dss8MUA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPT2/CMAzF70j7DpEn7QYpO0zQEdCYCmwHDvw57Gg1&#10;Jq3WOFUTStmnnw+TdrP1nt/7ebEafKN66mId2MB0koEiLoOt2Rk4nzbjGaiYkC02gcnAnSKslg+j&#10;BeY23PhA/TE5JSEcczRQpdTmWseyIo9xElpi0S6h85hk7Zy2Hd4k3Df6OctetMeapaHClt4rKr+P&#10;V29gtnb7qyu/dsXP1n2iz4r5pS+MeXoc3l5BJRrSv/nv+sMKvsDKLzKAXv4CAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhAPD3irv9AAAA4gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAMd1fYdIAAACPAQAACwAAAAAAAAAAAAAAAAAuAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEAAAAAAAAAAAAAAAAAApAgAAZHJzL3NoYXBl&#10;eG1sLnhtbFBLAQItABQABgAIAAAAIQDcOyzwxQAAANsAAAAPAAAAAAAAAAAAAAAAAJgCAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABAD1AAAAigMAAAAA&#10;" path="m,l,587,4,725r26,72l101,823r139,4l1985,827,1985,,,xe" filled="f" strokecolor="white" strokeweight="4pt">
+              <v:shape id="Freeform 11" o:spid="_x0000_s1031" style="position:absolute;left:680;top:14350;width:1985;height:827;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1985,827" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQAuzzLLyQAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pb8Iw&#13;&#10;DMXvk/YdIk/abaTjMLFCQGwrYztw4M+Bo9WYtKJxqiaUjk8/Hybt8uSnJ//sN1sMvlE9dbEObOB5&#13;&#10;lIEiLoOt2Rk47FdPE1AxIVtsApOBH4qwmN/fzTC34cpb6nfJKYFwzNFAlVKbax3LijzGUWiJJTuF&#13;&#10;zmMS2zltO7wK3Dd6nGUv2mPNcqHClt4rKs+7izcweXObiyuP6+L26b7RZ8XrqS+MeXwYPqYiyymo&#13;&#10;REP63/hDfFnpIB9LIRlAz38BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#13;&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#13;&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALs8yy8kAAADg&#13;&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#13;&#10;AA==&#13;&#10;" path="m,l,587,4,725r26,72l101,823r139,4l1985,827,1985,,,xe" filled="f" strokecolor="white" strokeweight="4pt">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,14350;0,14937;4,15075;30,15147;101,15173;240,15177;1985,15177;1985,14350;0,14350" o:connectangles="0,0,0,0,0,0,0,0,0"/>
               </v:shape>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503310752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503310752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="493600D1" wp14:editId="37CA2C5D">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>565150</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9672955</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6763385" cy="193040"/>
               <wp:effectExtent l="3175" t="0" r="0" b="1905"/>
               <wp:wrapNone/>
               <wp:docPr id="12" name="Text Box 9"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6763385" cy="193040"/>
                       </a:xfrm>
@@ -9049,56 +9222,57 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+                        <w:p w14:paraId="66ED615E" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
                           <w:pPr>
                             <w:pStyle w:val="BodyText"/>
                             <w:spacing w:before="38" w:line="266" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                           </w:pPr>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-119"/>
                               <w:w w:val="109"/>
                             </w:rPr>
                             <w:t>E</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>E</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-176"/>
                               <w:w w:val="99"/>
                             </w:rPr>
                             <w:t>m</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:w w:val="98"/>
@@ -9181,57 +9355,59 @@
                               <w:w w:val="102"/>
                             </w:rPr>
                             <w:t>e</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>e</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-101"/>
                               <w:w w:val="116"/>
                             </w:rPr>
                             <w:t>s</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>s</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-1"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-67"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>t</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="90"/>
                             </w:rPr>
                             <w:t>t</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-117"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>h</w:t>
                           </w:r>
                           <w:r>
                             <w:t>h</w:t>
                           </w:r>
@@ -9241,56 +9417,58 @@
                               <w:spacing w:val="-115"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>a</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="108"/>
                             </w:rPr>
                             <w:t>a</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-67"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>t</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="90"/>
                             </w:rPr>
                             <w:t>t</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="5"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-50"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>l</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>l</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-50"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>i</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="97"/>
@@ -9303,56 +9481,58 @@
                               <w:spacing w:val="-98"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>v</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>v</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-113"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>e</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="102"/>
                             </w:rPr>
                             <w:t>e</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="4"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-113"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>o</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="96"/>
                             </w:rPr>
                             <w:t>o</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-117"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>u</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="101"/>
@@ -9404,90 +9584,94 @@
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-117"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>d</w:t>
                           </w:r>
                           <w:r>
                             <w:t>d</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-113"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>e</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="102"/>
                             </w:rPr>
                             <w:t>e</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="4"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-113"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>o</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="96"/>
                             </w:rPr>
                             <w:t>o</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-65"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>f</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="96"/>
                             </w:rPr>
                             <w:t>f</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="5"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-175"/>
                               <w:w w:val="92"/>
                             </w:rPr>
                             <w:t>M</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>M</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-115"/>
                               <w:w w:val="108"/>
                             </w:rPr>
                             <w:t>a</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:w w:val="98"/>
@@ -9625,105 +9809,109 @@
                               <w:w w:val="90"/>
                             </w:rPr>
                             <w:t>t</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>t</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-101"/>
                               <w:w w:val="116"/>
                             </w:rPr>
                             <w:t>s</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>s</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-1"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-101"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>c</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="108"/>
                             </w:rPr>
                             <w:t>c</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-115"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>a</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="108"/>
                             </w:rPr>
                             <w:t>a</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-117"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>n</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="101"/>
                             </w:rPr>
                             <w:t>n</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="5"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-98"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>v</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>v</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-50"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>i</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:w w:val="97"/>
@@ -9750,57 +9938,59 @@
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>i</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>i</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-67"/>
                               <w:w w:val="90"/>
                             </w:rPr>
                             <w:t>t</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>t</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-1"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-117"/>
                             </w:rPr>
                             <w:t>h</w:t>
                           </w:r>
                           <w:hyperlink r:id="rId1">
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Franklin Gothic Book"/>
                                 <w:w w:val="97"/>
                               </w:rPr>
                               <w:t>h</w:t>
                             </w:r>
                           </w:hyperlink>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-113"/>
                               <w:w w:val="102"/>
                             </w:rPr>
                             <w:t>e</w:t>
                           </w:r>
                           <w:hyperlink r:id="rId2">
                             <w:r>
                               <w:rPr>
@@ -9904,247 +10094,257 @@
                               <w:t>r</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Franklin Gothic Book"/>
                                 <w:w w:val="97"/>
                               </w:rPr>
                               <w:t>r</w:t>
                             </w:r>
                           </w:hyperlink>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-113"/>
                               <w:w w:val="102"/>
                             </w:rPr>
                             <w:t>e</w:t>
                           </w:r>
                           <w:hyperlink r:id="rId5">
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Franklin Gothic Book"/>
                                 <w:w w:val="98"/>
                               </w:rPr>
                               <w:t>e</w:t>
                             </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                           </w:hyperlink>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-54"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                           <w:hyperlink r:id="rId6">
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Franklin Gothic Book"/>
                                 <w:w w:val="98"/>
                               </w:rPr>
                               <w:t>.</w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
                           </w:hyperlink>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-106"/>
                               <w:w w:val="102"/>
                             </w:rPr>
                             <w:t>g</w:t>
                           </w:r>
                           <w:hyperlink r:id="rId7">
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Franklin Gothic Book"/>
                                 <w:w w:val="97"/>
                               </w:rPr>
                               <w:t>g</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-113"/>
                                 <w:w w:val="96"/>
                               </w:rPr>
                               <w:t>o</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Franklin Gothic Book"/>
                                 <w:w w:val="98"/>
                               </w:rPr>
                               <w:t>o</w:t>
                             </w:r>
                           </w:hyperlink>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-98"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>v</w:t>
                           </w:r>
                           <w:hyperlink r:id="rId8">
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Franklin Gothic Book"/>
                                 <w:w w:val="97"/>
                               </w:rPr>
                               <w:t>v</w:t>
                             </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Franklin Gothic Book"/>
                                 <w:spacing w:val="-1"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:hyperlink>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-67"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>t</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="90"/>
                             </w:rPr>
                             <w:t>t</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-113"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>o</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="96"/>
                             </w:rPr>
                             <w:t>o</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="4"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-104"/>
                               <w:w w:val="89"/>
                             </w:rPr>
                             <w:t>fi</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="88"/>
                             </w:rPr>
                             <w:t>fi</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-117"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>n</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="101"/>
                             </w:rPr>
                             <w:t>n</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-117"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>d</w:t>
                           </w:r>
                           <w:r>
                             <w:t>d</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="5"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-113"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>o</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="96"/>
                             </w:rPr>
                             <w:t>o</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-117"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>u</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="101"/>
                             </w:rPr>
                             <w:t>u</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-67"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>t</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="90"/>
                             </w:rPr>
                             <w:t>t</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="5"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-115"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>a</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="108"/>
                             </w:rPr>
                             <w:t>a</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-116"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>b</w:t>
                           </w:r>
                           <w:r>
                             <w:t>b</w:t>
                           </w:r>
@@ -10168,57 +10368,59 @@
                               <w:w w:val="101"/>
                             </w:rPr>
                             <w:t>u</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>u</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-67"/>
                               <w:w w:val="90"/>
                             </w:rPr>
                             <w:t>t</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>t</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-1"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-175"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>M</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="92"/>
                             </w:rPr>
                             <w:t>M</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-115"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>a</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="108"/>
@@ -10343,92 +10545,96 @@
                               <w:w w:val="102"/>
                             </w:rPr>
                             <w:t>e</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>e</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-101"/>
                               <w:w w:val="116"/>
                             </w:rPr>
                             <w:t>s</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>s</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-1"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-50"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>i</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>i</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-117"/>
                               <w:w w:val="101"/>
                             </w:rPr>
                             <w:t>n</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>n</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-1"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-67"/>
                               <w:w w:val="90"/>
                             </w:rPr>
                             <w:t>t</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>t</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-117"/>
                             </w:rPr>
                             <w:t>h</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:w w:val="97"/>
                             </w:rPr>
@@ -10454,56 +10660,58 @@
                               <w:spacing w:val="-50"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>i</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>i</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-71"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>r</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="92"/>
                             </w:rPr>
                             <w:t>r</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="5"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-71"/>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>r</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="92"/>
                             </w:rPr>
                             <w:t>r</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-113"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>e</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="102"/>
@@ -10544,97 +10752,99 @@
                               <w:spacing w:val="-113"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>o</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="96"/>
                             </w:rPr>
                             <w:t>o</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-117"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>n</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="101"/>
                             </w:rPr>
                             <w:t>n</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-54"/>
                               <w:w w:val="98"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:w w:val="97"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="493600D1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 9" o:spid="_x0000_s1043" type="#_x0000_t202" style="position:absolute;margin-left:44.5pt;margin-top:761.65pt;width:532.55pt;height:15.2pt;z-index:-5728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCs+6UUrwIAAKoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuOmzAQfa/Uf7D8znIJIYCWVLshVJW2&#10;F2m3H+CACVbBprYT2Fb9945NSPbyUrXlwRrs8ZkzM8dz/W7sWnSkUjHBM+xfeRhRXoqK8X2Gvz4U&#10;ToyR0oRXpBWcZviRKvxu/fbN9dCnNBCNaCsqEYBwlQ59hhut+9R1VdnQjqgr0VMOh7WQHdHwK/du&#10;JckA6F3rBp4XuYOQVS9FSZWC3Xw6xGuLX9e01J/rWlGN2gwDN21XadedWd31NUn3kvQNK080yF+w&#10;6AjjEPQMlRNN0EGyV1AdK6VQotZXpehcUdespDYHyMb3XmRz35Ce2lygOKo/l0n9P9jy0/GLRKyC&#10;3gUYcdJBjx7oqNGtGFFiyjP0KgWv+x789Ajb4GpTVf2dKL8pxMWmIXxPb6QUQ0NJBfR8c9N9cnXC&#10;UQZkN3wUFYQhBy0s0FjLztQOqoEAHdr0eG6NoVLCZrSKFot4iVEJZ36y8ELbO5ek8+1eKv2eig4Z&#10;I8MSWm/RyfFOacOGpLOLCcZFwdrWtr/lzzbAcdqB2HDVnBkWtps/Ey/Zxts4dMIg2jqhl+fOTbEJ&#10;najwV8t8kW82uf/LxPXDtGFVRbkJMyvLD/+scyeNT5o4a0uJllUGzlBScr/btBIdCSi7sJ+tOZxc&#10;3NznNGwRIJcXKflB6N0GiVNE8coJi3DpJCsvdjw/uU0iL0zCvHie0h3j9N9TQkOGk2WwnMR0If0i&#10;N89+r3Mjacc0zI6WdRmOz04kNRLc8sq2VhPWTvaTUhj6l1JAu+dGW8EajU5q1eNuBBSj4p2oHkG6&#10;UoCyQJ8w8MBohPyB0QDDI8Pq+4FIilH7gYP8zaSZDTkbu9kgvISrGdYYTeZGTxPp0Eu2bwB5emBc&#10;3MATqZlV74XF6WHBQLBJnIaXmThP/63XZcSufwMAAP//AwBQSwMEFAAGAAgAAAAhALg3CqbhAAAA&#10;DQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyok4aUNsSpKgQnJNQ0HDg68Tax&#10;Gq9D7Lbh73FOcNzZ0cybfDuZnl1wdNqSgHgRAUNqrNLUCvis3h7WwJyXpGRvCQX8oINtcXuTy0zZ&#10;K5V4OfiWhRBymRTQeT9knLumQyPdwg5I4Xe0o5E+nGPL1SivIdz0fBlFK26kptDQyQFfOmxOh7MR&#10;sPui8lV/f9T78ljqqtpE9L46CXF/N+2egXmc/J8ZZvyADkVgqu2ZlGO9gPUmTPFBT5dJAmx2xOlj&#10;DKyetTR5Al7k/P+K4hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCs+6UUrwIAAKoFAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC4Nwqm4QAAAA0B&#10;AAAPAAAAAAAAAAAAAAAAAAkFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAFwYAAAAA&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 9" o:spid="_x0000_s1043" type="#_x0000_t202" style="position:absolute;margin-left:44.5pt;margin-top:761.65pt;width:532.55pt;height:15.2pt;z-index:-5728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQAvODnT2AEAAJEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthptqwz4hRdiw4D&#13;&#10;ugvQ7gNoWYqN2aJGKbGzrx8lx+m2vg17ESiKOjrnkNpcjX0nDpp8i7aUy0UuhbYK69buSvnt8e7V&#13;&#10;pRQ+gK2hQ6tLedReXm1fvtgMrtAX2GBXaxIMYn0xuFI2Ibgiy7xqdA9+gU5bPjRIPQTe0i6rCQZG&#13;&#10;77vsIs/X2YBUO0Klvefs7XQotwnfGK3CF2O8DqIrJXMLaaW0VnHNthsodgSuadWJBvwDix5ay4+e&#13;&#10;oW4hgNhT+wyqbxWhRxMWCvsMjWmVThpYzTL/S81DA04nLWyOd2eb/P+DVZ8PD+4riTC+x5EbmER4&#13;&#10;d4/quxcWbxqwO31NhEOjoeaHl9GybHC+OF2NVvvCR5Bq+IQ1Nxn2ARPQaKiPrrBOwejcgOPZdD0G&#13;&#10;oTi5frterS7fSKH4bPlulb9OXcmgmG878uGDxl7EoJTETU3ocLj3IbKBYi6Jj1m8a7suNbazfyS4&#13;&#10;MGYS+0h4oh7GauTqqKLC+sg6CKc54bnmoEH6KcXAM1JK/2MPpKXoPlr2Ig7UHNAcVHMAVvHVUgYp&#13;&#10;pvAmTIO3d9TuGkae3LZ4zX6ZNkl5YnHiyX1PCk8zGgfr932qevpJ218AAAD//wMAUEsDBBQABgAI&#13;&#10;AAAAIQDHztpy5gAAABIBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Pb4MwDMXvk/YdIlfabQ2U0bWU&#13;&#10;UFX7c5pUjbJDjwFSiEocRtKWffuZ03ax5Gf7+f3S7Wg6dlWD0xYFhPMAmMLK1hobAV/F++MKmPMS&#13;&#10;a9lZVAJ+lINtdn+XyqS2N8zV9eAbRiboEimg9b5POHdVq4x0c9srpNnJDkZ6aoeG14O8kbnp+CII&#13;&#10;ltxIjfShlb16aVV1PlyMgN0R8zf9vS8/81Oui2Id4MfyLMTDbHzdUNltgHk1+r8LmBgoP2QUrLQX&#13;&#10;rB3rBKzWxONJjxdRBGzaCOOnEFg5aXH0DDxL+X+U7BcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#13;&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#13;&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#13;&#10;AAAAIQAvODnT2AEAAJEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#13;&#10;BgAIAAAAIQDHztpy5gAAABIBAAAPAAAAAAAAAAAAAAAAADIEAABkcnMvZG93bnJldi54bWxQSwUG&#13;&#10;AAAAAAQABADzAAAARQUAAAAA&#13;&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+                  <w:p w14:paraId="66ED615E" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
                     <w:pPr>
                       <w:pStyle w:val="BodyText"/>
                       <w:spacing w:before="38" w:line="266" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                     </w:pPr>
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-119"/>
                         <w:w w:val="109"/>
                       </w:rPr>
                       <w:t>E</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>E</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-176"/>
                         <w:w w:val="99"/>
                       </w:rPr>
                       <w:t>m</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:w w:val="98"/>
@@ -10717,57 +10927,59 @@
                         <w:w w:val="102"/>
                       </w:rPr>
                       <w:t>e</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>e</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-101"/>
                         <w:w w:val="116"/>
                       </w:rPr>
                       <w:t>s</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>s</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-1"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-67"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>t</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="90"/>
                       </w:rPr>
                       <w:t>t</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-117"/>
                         <w:w w:val="97"/>
                       </w:rPr>
                       <w:t>h</w:t>
                     </w:r>
                     <w:r>
                       <w:t>h</w:t>
                     </w:r>
@@ -10777,56 +10989,58 @@
                         <w:spacing w:val="-115"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>a</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="108"/>
                       </w:rPr>
                       <w:t>a</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-67"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>t</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="90"/>
                       </w:rPr>
                       <w:t>t</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="5"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-50"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>l</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>l</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-50"/>
                         <w:w w:val="97"/>
                       </w:rPr>
                       <w:t>i</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="97"/>
@@ -10839,56 +11053,58 @@
                         <w:spacing w:val="-98"/>
                         <w:w w:val="97"/>
                       </w:rPr>
                       <w:t>v</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="97"/>
                       </w:rPr>
                       <w:t>v</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-113"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>e</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="102"/>
                       </w:rPr>
                       <w:t>e</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="4"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-113"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>o</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="96"/>
                       </w:rPr>
                       <w:t>o</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-117"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>u</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="101"/>
@@ -10940,90 +11156,94 @@
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-117"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>d</w:t>
                     </w:r>
                     <w:r>
                       <w:t>d</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-113"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>e</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="102"/>
                       </w:rPr>
                       <w:t>e</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="4"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-113"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>o</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="96"/>
                       </w:rPr>
                       <w:t>o</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-65"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>f</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="96"/>
                       </w:rPr>
                       <w:t>f</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="5"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-175"/>
                         <w:w w:val="92"/>
                       </w:rPr>
                       <w:t>M</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:w w:val="97"/>
                       </w:rPr>
                       <w:t>M</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-115"/>
                         <w:w w:val="108"/>
                       </w:rPr>
                       <w:t>a</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:w w:val="98"/>
@@ -11161,105 +11381,109 @@
                         <w:w w:val="90"/>
                       </w:rPr>
                       <w:t>t</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>t</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-101"/>
                         <w:w w:val="116"/>
                       </w:rPr>
                       <w:t>s</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>s</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-1"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-101"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>c</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="108"/>
                       </w:rPr>
                       <w:t>c</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-115"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>a</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="108"/>
                       </w:rPr>
                       <w:t>a</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-117"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>n</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="101"/>
                       </w:rPr>
                       <w:t>n</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="5"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-98"/>
                         <w:w w:val="97"/>
                       </w:rPr>
                       <w:t>v</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:w w:val="97"/>
                       </w:rPr>
                       <w:t>v</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-50"/>
                         <w:w w:val="97"/>
                       </w:rPr>
                       <w:t>i</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:w w:val="97"/>
@@ -11286,57 +11510,59 @@
                         <w:w w:val="97"/>
                       </w:rPr>
                       <w:t>i</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:w w:val="97"/>
                       </w:rPr>
                       <w:t>i</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-67"/>
                         <w:w w:val="90"/>
                       </w:rPr>
                       <w:t>t</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>t</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-1"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-117"/>
                       </w:rPr>
                       <w:t>h</w:t>
                     </w:r>
                     <w:hyperlink r:id="rId9">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Franklin Gothic Book"/>
                           <w:w w:val="97"/>
                         </w:rPr>
                         <w:t>h</w:t>
                       </w:r>
                     </w:hyperlink>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-113"/>
                         <w:w w:val="102"/>
                       </w:rPr>
                       <w:t>e</w:t>
                     </w:r>
                     <w:hyperlink r:id="rId10">
                       <w:r>
                         <w:rPr>
@@ -11440,247 +11666,257 @@
                         <w:t>r</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Franklin Gothic Book"/>
                           <w:w w:val="97"/>
                         </w:rPr>
                         <w:t>r</w:t>
                       </w:r>
                     </w:hyperlink>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-113"/>
                         <w:w w:val="102"/>
                       </w:rPr>
                       <w:t>e</w:t>
                     </w:r>
                     <w:hyperlink r:id="rId13">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Franklin Gothic Book"/>
                           <w:w w:val="98"/>
                         </w:rPr>
                         <w:t>e</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:hyperlink>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-54"/>
                         <w:w w:val="97"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                     <w:hyperlink r:id="rId14">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Franklin Gothic Book"/>
                           <w:w w:val="98"/>
                         </w:rPr>
                         <w:t>.</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
                     </w:hyperlink>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-106"/>
                         <w:w w:val="102"/>
                       </w:rPr>
                       <w:t>g</w:t>
                     </w:r>
                     <w:hyperlink r:id="rId15">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Franklin Gothic Book"/>
                           <w:w w:val="97"/>
                         </w:rPr>
                         <w:t>g</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-113"/>
                           <w:w w:val="96"/>
                         </w:rPr>
                         <w:t>o</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Franklin Gothic Book"/>
                           <w:w w:val="98"/>
                         </w:rPr>
                         <w:t>o</w:t>
                       </w:r>
                     </w:hyperlink>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-98"/>
                         <w:w w:val="97"/>
                       </w:rPr>
                       <w:t>v</w:t>
                     </w:r>
                     <w:hyperlink r:id="rId16">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Franklin Gothic Book"/>
                           <w:w w:val="97"/>
                         </w:rPr>
                         <w:t>v</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Franklin Gothic Book"/>
                           <w:spacing w:val="-1"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:hyperlink>
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-67"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>t</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="90"/>
                       </w:rPr>
                       <w:t>t</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-113"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>o</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="96"/>
                       </w:rPr>
                       <w:t>o</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="4"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-104"/>
                         <w:w w:val="89"/>
                       </w:rPr>
                       <w:t>fi</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="88"/>
                       </w:rPr>
                       <w:t>fi</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-117"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>n</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="101"/>
                       </w:rPr>
                       <w:t>n</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-117"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>d</w:t>
                     </w:r>
                     <w:r>
                       <w:t>d</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="5"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-113"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>o</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="96"/>
                       </w:rPr>
                       <w:t>o</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-117"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>u</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="101"/>
                       </w:rPr>
                       <w:t>u</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-67"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>t</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="90"/>
                       </w:rPr>
                       <w:t>t</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="5"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-115"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>a</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="108"/>
                       </w:rPr>
                       <w:t>a</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-116"/>
                         <w:w w:val="97"/>
                       </w:rPr>
                       <w:t>b</w:t>
                     </w:r>
                     <w:r>
                       <w:t>b</w:t>
                     </w:r>
@@ -11704,57 +11940,59 @@
                         <w:w w:val="101"/>
                       </w:rPr>
                       <w:t>u</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>u</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-67"/>
                         <w:w w:val="90"/>
                       </w:rPr>
                       <w:t>t</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>t</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-1"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-175"/>
                         <w:w w:val="97"/>
                       </w:rPr>
                       <w:t>M</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="92"/>
                       </w:rPr>
                       <w:t>M</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-115"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>a</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="108"/>
@@ -11879,92 +12117,96 @@
                         <w:w w:val="102"/>
                       </w:rPr>
                       <w:t>e</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>e</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-101"/>
                         <w:w w:val="116"/>
                       </w:rPr>
                       <w:t>s</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>s</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-1"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-50"/>
                         <w:w w:val="97"/>
                       </w:rPr>
                       <w:t>i</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:w w:val="97"/>
                       </w:rPr>
                       <w:t>i</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-117"/>
                         <w:w w:val="101"/>
                       </w:rPr>
                       <w:t>n</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>n</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-1"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-67"/>
                         <w:w w:val="90"/>
                       </w:rPr>
                       <w:t>t</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>t</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-117"/>
                       </w:rPr>
                       <w:t>h</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:w w:val="97"/>
                       </w:rPr>
@@ -11990,56 +12232,58 @@
                         <w:spacing w:val="-50"/>
                         <w:w w:val="97"/>
                       </w:rPr>
                       <w:t>i</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="97"/>
                       </w:rPr>
                       <w:t>i</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-71"/>
                         <w:w w:val="97"/>
                       </w:rPr>
                       <w:t>r</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="92"/>
                       </w:rPr>
                       <w:t>r</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="5"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-71"/>
                         <w:w w:val="97"/>
                       </w:rPr>
                       <w:t>r</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="92"/>
                       </w:rPr>
                       <w:t>r</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-113"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>e</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="102"/>
@@ -12080,106 +12324,113 @@
                         <w:spacing w:val="-113"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>o</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="96"/>
                       </w:rPr>
                       <w:t>o</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-117"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>n</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="101"/>
                       </w:rPr>
                       <w:t>n</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-54"/>
                         <w:w w:val="98"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:w w:val="97"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00C80DCF" w:rsidRDefault="00795365">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4F281F69" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="00795365">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503310776" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503310776" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6214CED7" wp14:editId="78724D41">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>406400</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9086850</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6921500" cy="575945"/>
               <wp:effectExtent l="6350" t="0" r="0" b="5080"/>
               <wp:wrapNone/>
-              <wp:docPr id="8" name="Group 5"/>
+              <wp:docPr id="8" name="Group 5">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                    <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                   <wpg:wgp>
                     <wpg:cNvGrpSpPr>
                       <a:grpSpLocks/>
                     </wpg:cNvGrpSpPr>
                     <wpg:grpSpPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6921500" cy="575945"/>
                         <a:chOff x="640" y="14310"/>
                         <a:chExt cx="10900" cy="907"/>
                       </a:xfrm>
                     </wpg:grpSpPr>
                     <wps:wsp>
                       <wps:cNvPr id="9" name="Rectangle 8"/>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="682" y="14399"/>
@@ -12477,72 +12728,72 @@
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group id="Group 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:32pt;margin-top:715.5pt;width:545pt;height:45.35pt;z-index:-5704;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin="640,14310" coordsize="10900,907" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBNE6pdmAYAABkfAAAOAAAAZHJzL2Uyb0RvYy54bWzsWW2P2zYM/j5g/0Hwxw1pLL/FDporbsml&#10;GNBtxZr9AJ3txMYcy7N9l+uG/feRkpVImZW7XoEOa5sPsR09oUg+IkVaL1897Ctyn7ddyeuFQ1+4&#10;DsnrlGdlvVs4v23Wk9ghXc/qjFW8zhfO+7xzXl19+83LQzPPPV7wKstbAkLqbn5oFk7R9818Ou3S&#10;It+z7gVv8hoGt7zdsx4e2900a9kBpO+rqee60fTA26xpeZp3Hfy6koPOlZC/3eZp/8t22+U9qRYO&#10;6NaL71Z83+L39Oolm+9a1hRlOqjBnqHFnpU1THoUtWI9I3dt+S9R+zJtece3/YuU76d8uy3TXNgA&#10;1lD3zJrXLb9rhC27+WHXHN0Erj3z07PFpj/fv21JmS0cIKpme6BIzEpCdM2h2c0B8bpt3jVvW2kf&#10;3L7h6e8dDE/Px/F5J8Hk9vATz0Acu+u5cM3Dtt2jCDCaPAgG3h8ZyB96ksKPUeLR0AWiUhgLZ2ES&#10;CD3YPC2AR/xbFMAoDNLApwN9aXEz/J26ifpz4s7Qgimby3mFroNuaBgst+7k0e7jPPquYE0uiOrQ&#10;X4NHE+XRX2EZsnpX5SSWXhUo5dJO+pPUfFkAKr9uW34ocpaBUlTYgNqCWPkHfOiAjUcdHMWe8lSS&#10;oBw2V26mbhwC3+jkmS90OvqJzZu261/nfE/wZuG0oLzgj92/6XrpUgVBmR2vymxdVpV4aHe3y6ol&#10;9wzibR3deMvrgQUDVtUIrjn+TUqUv4B+MIfSVMTPXwn1AvcHL5mso3g2CdZBOElmbjxxafJDErlB&#10;EqzWf6OCNJgXZZbl9ZuyzlUs0+BpzA5ZRUahiGZyWDhJ6IXCdkP7TjfSFZ8xI/dlD6mtKvcQW0cQ&#10;myOzN3Um+OhZWcn7qam+WLjgDXUVXoElLKmX6/eWZ+9hGbQcSIKYgCQMNwVv/3TIARLawun+uGNt&#10;7pDqxxqWUkIDDJ1ePAThzIOHVh+51UdYnYKohdM7RN4ue5k175q23BUwExWOqfk1xPe2FAsD9ZNa&#10;idwgQuwTxRrkgiF9rds8x/2CiPg3QgcWq567nhdUMJFMP+GQfo5BlcShjKnYM3MPpK87GVO4tFUc&#10;wWaRDat9lw3Kb0D6dl/BFvT9hLjEi6KQRLHapo4oqlDfTcnGJQdCcW6xpE6iIPo1UZAvQ5eI73Og&#10;r4AgTcIKMpiAOirVAgUTqoFWY5qBB+SkqFlg0SxSICHpgmYzBbysGaQyzVKLZpCNT5rFFs1wGWmi&#10;aJD4s3GnUZ0DiRv1GjVpiOJgzG1U52BDPZt6JgewVc5Ci3o6ERI3rp7JxYyOskp1IjY0sqlnEkFD&#10;Gti8p7MhcaPqYZLS+JjFdMx7ns7FxrMGhEkFTDvzx73n6XRI3Lh6Jh8JTD0SrbCHaEvPs0WFZ1KB&#10;01q8B+nlJFDixtUz+bBlE08nY+PZYsM3ubign6/zcUE/3yTEpp+vs7HxbcHhm2RcSCu+TshZxoNC&#10;6JiWWSErHsjfD/WQquEOdkSowF2x/zW8w6p0AxbDrrDxh0IAUJjqLWCYHsFqk7gMBnIQDPlGVkqX&#10;0ZhIBFxsB2DMI3BYSQIuCsRH4RhoCIf4eIoyuPAF/GmW4jpEOCyfp0jHZSHghqnShoEsrF3PO7/W&#10;IdD53eIUUOuyHjlWt1jzia2UFFC0QZjhwJ7f5xsuID1yLQEws9iWYb4ToKp1IMSLhlJj6toIYRIT&#10;xspDalRdJQpWNkiagT+lY9SoukoUBijCksvCqCtZjI8sKjHqKsVB2S3knaoZNa6uEnf0x5OBynFK&#10;TlrxLpeWISGi6D0yg4Rq1ZO9El8t4xtPNTMG7ItoN+BdwdBVfO0wntbz4aujsdcu4908FnzyBcmx&#10;w4gwHP/fHYalWAZbT8WytZ5SoMfKeH3/PttuP02DYa3ijUJKFPujhZRZR1lqeKOKshVR5w3GhQpe&#10;5+BSBW8WUbYKXufgAxoMewVv1FCi0h91HTWrWksF/+wGw1bBU50NLEF9MqreWYNhq+B1Lj6owbBV&#10;8DodFypkz6xpbRXyZ9phXHhloRNyIaWcdRiWbPe1wfjaYIz0dP9Vg2H2DZe7iy+8c1AdhOxETMep&#10;sQ/pLo5HEmxe1dgNhi68u3/kCGAtPkNrZjQej9fkMA12lqMHH25yE9/EwSTwoptJ4K5Wk+v1MphE&#10;azoLV/5quVxR8+ADj1M+/uAD9TGsMM47bMZqBxjyMAj6ts/kAEMcHcL5q+hLh7NiPODVn8WBx+lE&#10;++ofAAAA//8DAFBLAwQUAAYACAAAACEAEDfSS+AAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbExP&#10;wUrDQBS8C/7D8gRvdrNtUyVmU0pRT0WwFcTbNnlNQrNvQ3abpH/vy8ne5s0M82bS9Wgb0WPna0ca&#10;1CwCgZS7oqZSw/fh/ekFhA+GCtM4Qg1X9LDO7u9SkxRuoC/s96EUHEI+MRqqENpESp9XaI2fuRaJ&#10;tZPrrAl8dqUsOjNwuG3kPIpW0pqa+ENlWtxWmJ/3F6vhYzDDZqHe+t35tL3+HuLPn51CrR8fxs0r&#10;iIBj+DfDVJ+rQ8adju5ChReNhtWSpwTmlwvFaHKoeOKOjOK5egaZpfJ2RfYHAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEATROqXZgGAAAZHwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAEDfSS+AAAAANAQAADwAAAAAAAAAAAAAAAADyCAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP8JAAAAAA==&#10;">
-[...1 lines deleted...]
-              <v:shape id="Freeform 7" o:spid="_x0000_s1028" style="position:absolute;left:680;top:14350;width:1985;height:827;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1985,827" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAsH6RtsUA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWvCQBCF7wX/wzKCt7qxQpHUVdoUIbQVWi2ex+w0&#10;2ZqdDdlV03/fORR6m+G9ee+b5XrwrbpQH11gA7NpBoq4CtZxbeBzv7ldgIoJ2WIbmAz8UIT1anSz&#10;xNyGK3/QZZdqJSEcczTQpNTlWseqIY9xGjpi0b5C7zHJ2tfa9niVcN/quyy71x4dS0ODHRUNVafd&#10;2Rt43m7Lb/9evr6gOy4Oxb54e5o7Yybj4fEBVKIh/Zv/rksr+EIvv8gAevULAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhAPD3irv9AAAA4gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAMd1fYdIAAACPAQAACwAAAAAAAAAAAAAAAAAuAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEAAAAAAAAAAAAAAAAAApAgAAZHJzL3NoYXBl&#10;eG1sLnhtbFBLAQItABQABgAIAAAAIQCwfpG2xQAAANsAAAAPAAAAAAAAAAAAAAAAAJgCAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABAD1AAAAigMAAAAA&#10;" path="m1985,l,,,587,4,725r26,72l101,823r139,4l1985,827,1985,xe" fillcolor="#dc8e28" stroked="f">
+            <v:group w14:anchorId="23B426C7" id="Group 5" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:32pt;margin-top:715.5pt;width:545pt;height:45.35pt;z-index:-5704;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin="640,14310" coordsize="10900,907" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBEvnyq1wUAANwbAAAOAAAAZHJzL2Uyb0RvYy54bWzsWdtu4zYQfS/QfyD02GJjUbJs2YizCHJZ&#13;&#10;FNi2i677AbQkW0JlUaWUONmv7wwpyqQrKpcCW2ybPNhSeDScmTMcHlrn7x/2JbnPRFPwauXRM98j&#13;&#10;WZXwtKh2K+/39e272CNNy6qUlbzKVt5j1njvL77/7vxQL7OA57xMM0HASNUsD/XKy9u2Xk4mTZJn&#13;&#10;e9ac8TqrYHDLxZ61cCt2k1SwA1jfl5PA92eTAxdpLXiSNQ3891oNehfS/nabJe2v222TtaRceeBb&#13;&#10;Kz+F/Nzg5+TinC13gtV5kXRusFd4sWdFBZP2pq5Zy8idKP5mal8kgjd8254lfD/h222RZDIGiIb6&#13;&#10;J9F8EPyulrHslodd3acJUnuSp1ebTX65/yDqz/UnobyHy488+aOBvEwO9W5pjuP9ToHJ5vAzT4FP&#13;&#10;dtdyGfjDVuzRBIREHmR+H/v8Zg8tSeCfs0VAIx9oSGAsmkeLaaQISHJgCR+bTWEUBuk0pB05SX7T&#13;&#10;PU79hX544c/xyQlbqnmlr51vyD0UU3PMV/PP8vU5Z3UmaWgwH58EKdKVt/BIxfaQgt+gyFi1KzMS&#13;&#10;o084OaB0ShuVT1LxqxxQ2aUQ/JBnLAWnqIzBegBvGmDjyQTP4kBnarFQWdRppn4cwbLDJM9D6VOf&#13;&#10;J7asRdN+yPie4MXKE+C85I/df2xalVINQTobXhbpbVGW8kbsNlelIPcMVtPt7Ca4uuxYsGBlheCK&#13;&#10;42PKIv4HKFKhqRRtePoIYQquliS0ELjIufjikQMsx5XX/HnHROaR8qcKUrWgUyyNVt5Mo3kAN8Ic&#13;&#10;2ZgjrErA1MprPaIur1q15u9qUexymInKoCt+CfW7LWTg6J/yqnMWSugr1RLUeldMtyLLsNsRWd9W&#13;&#10;aQAZ5to0qkxn9hlF0y+vqFtefdEs4kjVTBzYa4stkztVM0irrhNodSlUDP5rl3bOr8H6dl9CA/3x&#13;&#10;HfFJMJtFZBbrJtujqEb9MCFrnxwIxbmhUkxTUN2GKegHkU/k5ykw1ECwpmA56UIw7U01TLoGXg15&#13;&#10;BhlQk6JnU4dnMw2SlkY8m2vguGewVI1IHZ5Btzl6Fjs8wzIyTNHpIpwPJ42aHCjcYNaoTcMsng6l&#13;&#10;jZocrGngcs/mALaCeeRwzyRC4Ybds7mY00FWqUnEms5c7tlE0IhOXdkz2VC4QfewSRl8zGM6lL3A&#13;&#10;5GIdOBeETQVMOw+HsxeYdCjcsHs2HwuYemC1BiYX68C1KgKbCpzWkT1oL8daVrhh92w+XN0kMMlY&#13;&#10;B661EdpcjPgXmnyM+BfahLj8C0021qFrcYQ2GSNtJTQJOel4sNH3bZnlakeH/v1Qda0armBHBP3o&#13;&#10;y/2v5g2qrjVEDGJhHXa7OaCwGTvAMD2C9SYxDgZyEAz9RimBcTQ2EgmX2wEE8wQcKknCpQB6Eo4L&#13;&#10;DeGwPp7jDBa+hD8vUqxDhEP5PMc6loWEW6GqGDqyUJudnluER+DcssEpQMuxFjnWl+QAukZu4/nK&#13;&#10;wy0QB/b8PltzCWmRawWAmeW2DPMdAWVlAmG9GCg9pr9raUxholhnSI/qb4WCygZLc8inSowe1d8K&#13;&#10;hQsUYYtxY9RXLMY9i9qM/lbmgu4kcVQzelx/K1yfj2cDdeK0naTkTaYiQ0LkqaRnBgk11JOlkxtT&#13;&#10;Tl9fxTeBFusW7E1Ou0/Iw0czVDfqbNbL6RnW3rctpx3KEGI9KkOneNCgpzSruVmd7C1fR007Jaul&#13;&#10;GqSyHVQNtmhwCFZLMrgUw6maHpGrJgdjctVWDC65anLwAjXtlquWYJCydjB11JZwDrn6ajXtkqvU&#13;&#10;ZAP1VkgG3TtR0y65anLxIjXtkqsmHSNyMLAFnEsO/kfl9Mj53CRkpKWcyGlHt3tT029qeuAA82+p&#13;&#10;aVskj0vp/7lM1nJZyW47cXrsJVK6/32ZLcsKjz6RH8PrATzpWPLZUtm38q87h1gweNVSpaAR2RJ/&#13;&#10;nL/prltWlOoahPw3/Cu2fD8Cr5Dk4aR73YXvqMx7+av38aXcxV8AAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQChaz7o5QAAABIBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9Nb8IwDL1P2n+IPGm3kQYoQ6UpQuzj&#13;&#10;hJAGk9BuoTFtRZNUTWjLv5972i7W87P9/F66HkzNOmx95awEMYmAoc2drmwh4fv48bIE5oOyWtXO&#13;&#10;ooQ7elhnjw+pSrTr7Rd2h1AwErE+URLKEJqEc5+XaJSfuAYtzS6uNSpQ2xZct6oncVPzaRQtuFGV&#13;&#10;pQ+lanBbYn493IyEz171m5l473bXy/b+c4z3p51AKZ+fhrcVlc0KWMAh/F3AmIH8Q0bGzu5mtWe1&#13;&#10;hMWc8gTi5zNBaNwQ8cidCcVT8Qo8S/n/KNkvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#13;&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#13;&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#13;&#10;AES+fKrXBQAA3BsAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#13;&#10;AAAhAKFrPujlAAAAEgEAAA8AAAAAAAAAAAAAAAAAMQgAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#13;&#10;BAAEAPMAAABDCQAAAAA=&#13;&#10;">
+              <v:rect id="Rectangle 8" o:spid="_x0000_s1027" style="position:absolute;left:682;top:14399;width:10858;height:738;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQCLfq2RyAAAAN8AAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#13;&#10;FITvBf9DeEJvNWspUlejiFJoK7RUV9Tbc/PcXUxelk3U9d83hYKXgWGYb5jxtLVGXKjxlWMF/V4C&#13;&#10;gjh3uuJCQbZ+e3oF4QOyRuOYFNzIw3TSeRhjqt2Vf+iyCoWIEPYpKihDqFMpfV6SRd9zNXHMjq6x&#13;&#10;GKJtCqkbvEa4NfI5SQbSYsVxocSa5iXlp9XZKpCb3XK7/zp+Unaos/X3wHy8nI1Sj912MYoyG4EI&#13;&#10;1IZ74x/xrhUM4e9P/AJy8gsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#13;&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#13;&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCLfq2RyAAAAN8A&#13;&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#13;&#10;" fillcolor="#f6e2ca" stroked="f"/>
+              <v:shape id="Freeform 7" o:spid="_x0000_s1028" style="position:absolute;left:680;top:14350;width:1985;height:827;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1985,827" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQDNQYOwyAAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasJA&#13;&#10;EIbvhb7DMoK3ulGhSHSVNiKEVqHV0vM0O022zc6G7Fbj23cOhV6Gfxjm+/lWm8G36kx9dIENTCcZ&#13;&#10;KOIqWMe1gbfT7m4BKiZki21gMnClCJv17c0Kcxsu/ErnY6qVQDjmaKBJqcu1jlVDHuMkdMRy+wy9&#13;&#10;xyRrX2vb40XgvtWzLLvXHh1LQ4MdFQ1V38cfb2B7OJRf/qV8fkL3sXgvTsX+ce6MGY+G7VLGwxJU&#13;&#10;oiH9f/whSisOoiBCEkCvfwEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#13;&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#13;&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDNQYOwyAAAAOAA&#13;&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#13;&#10;" path="m1985,l,,,587,4,725r26,72l101,823r139,4l1985,827,1985,xe" fillcolor="#dc8e28" stroked="f">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="1985,14350;0,14350;0,14937;4,15075;30,15147;101,15173;240,15177;1985,15177;1985,14350" o:connectangles="0,0,0,0,0,0,0,0,0"/>
               </v:shape>
-              <v:shape id="Freeform 6" o:spid="_x0000_s1029" style="position:absolute;left:680;top:14350;width:1985;height:827;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1985,827" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEATQGFbcIA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPO2/CMBDekfgP1iGxgQMDghSDWpQ+GBgIHRhP8eFE&#10;xOcoNiHtr8eVKrHdp+95621va9FR6yvHCmbTBARx4XTFRsH36X2yBOEDssbaMSn4IQ/bzXCwxlS7&#10;Ox+py4MRMYR9igrKEJpUSl+UZNFPXUMcuYtrLYYIWyN1i/cYbms5T5KFtFhxbCixoV1JxTW/WQXL&#10;N3O4meL8mf1+mD3aJFtdukyp8ah/fQERqA9P8b/7S8f5M/j7JR4gNw8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhAPD3irv9AAAA4gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAMd1fYdIAAACPAQAACwAAAAAAAAAAAAAAAAAuAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEAAAAAAAAAAAAAAAAAApAgAAZHJzL3NoYXBleG1s&#10;LnhtbFBLAQItABQABgAIAAAAIQBNAYVtwgAAANsAAAAPAAAAAAAAAAAAAAAAAJgCAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABAD1AAAAhwMAAAAA&#10;" path="m,l,587,4,725r26,72l101,823r139,4l1985,827,1985,,,xe" filled="f" strokecolor="white" strokeweight="4pt">
+              <v:shape id="Freeform 6" o:spid="_x0000_s1029" style="position:absolute;left:680;top:14350;width:1985;height:827;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1985,827" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQC/9ZtWyQAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BbsIw&#13;&#10;DIbvk/YOkSftRlN2QKw0ILaVwQ4cxjhwtBqTVjRO1YRS9vQLEtIulq1f/2d9+WKwjeip87VjBeMk&#13;&#10;BUFcOl2zUbD/WY2mIHxA1tg4JgVX8rCYPz7kmGl34W/qd8GICGGfoYIqhDaT0pcVWfSJa4ljdnSd&#13;&#10;xRDPzkjd4SXCbSNf0nQiLdYcP1TY0ntF5Wl3tgqmb2Z7NuVhXfx+mi+0afF67Aulnp+Gj1kcyxmI&#13;&#10;QEP4b9wRGx0dxnATigvI+R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#13;&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#13;&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAv/WbVskAAADg&#13;&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#13;&#10;AA==&#13;&#10;" path="m,l,587,4,725r26,72l101,823r139,4l1985,827,1985,,,xe" filled="f" strokecolor="white" strokeweight="4pt">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,14350;0,14937;4,15075;30,15147;101,15173;240,15177;1985,15177;1985,14350;0,14350" o:connectangles="0,0,0,0,0,0,0,0,0"/>
               </v:shape>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503310800" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503310800" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C3FB80D" wp14:editId="7384A0AA">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>1879600</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9198610</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4300855" cy="358140"/>
               <wp:effectExtent l="3175" t="0" r="1270" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="7" name="Text Box 4"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4300855" cy="358140"/>
                       </a:xfrm>
@@ -12553,51 +12804,51 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+                        <w:p w14:paraId="67508B18" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
                           <w:pPr>
                             <w:pStyle w:val="BodyText"/>
                             <w:spacing w:before="45" w:line="249" w:lineRule="auto"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                             </w:rPr>
                             <w:t>Visit</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-33"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Demi"/>
                             </w:rPr>
@@ -12809,58 +13060,58 @@
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                             </w:rPr>
                             <w:t>p.m.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="3C3FB80D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 4" o:spid="_x0000_s1044" type="#_x0000_t202" style="position:absolute;margin-left:148pt;margin-top:724.3pt;width:338.65pt;height:28.2pt;z-index:-5680;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDoSFEwsgIAALAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuOmzAQfa/Uf7D8zgJZkwBastoNoaq0&#10;vUi7/QAHTLAKNrWdkO2q/96xCcleXqq2PFiDPT5zZuZ4rq4PXYv2TGkuRYbDiwAjJkpZcbHN8LeH&#10;wosx0oaKirZSsAw/Mo2vl+/fXQ19ymaykW3FFAIQodOhz3BjTJ/6vi4b1lF9IXsm4LCWqqMGftXW&#10;rxQdAL1r/VkQzP1BqqpXsmRaw24+HuKlw69rVpovda2ZQW2GgZtxq3Lrxq7+8oqmW0X7hpdHGvQv&#10;WHSUCwh6gsqpoWin+BuojpdKalmbi1J2vqxrXjKXA2QTBq+yuW9oz1wuUBzdn8qk/x9s+Xn/VSFe&#10;ZXiBkaAdtOiBHQy6lQdEbHWGXqfgdN+DmznANnTZZar7O1l+10jIVUPFlt0oJYeG0QrYhfam/+zq&#10;iKMtyGb4JCsIQ3dGOqBDrTpbOigGAnTo0uOpM5ZKCZvkMgjiKMKohLPLKA6Ja51P0+l2r7T5wGSH&#10;rJFhBZ136HR/p41lQ9PJxQYTsuBt67rfihcb4DjuQGy4as8sC9fMpyRI1vE6Jh6ZzdceCfLcuylW&#10;xJsX4SLKL/PVKg9/2bghSRteVUzYMJOwQvJnjTtKfJTESVpatryycJaSVtvNqlVoT0HYhftczeHk&#10;7Oa/pOGKALm8SimckeB2lnjFPF54pCCRlyyC2AvC5DaZByQhefEypTsu2L+nhIYMJ9EsGsV0Jv0q&#10;t8B9b3OjaccNjI6WdxmOT040tRJci8q11lDejvazUlj651JAu6dGO8FajY5qNYfNwb0Mp2Yr5o2s&#10;HkHBSoLAQKYw9sBopPqJ0QAjJMP6x44qhlH7UcArsPNmMtRkbCaDihKuZthgNJorM86lXa/4tgHk&#10;8Z0JeQMvpeZOxGcWx/cFY8Hlchxhdu48/3de50G7/A0AAP//AwBQSwMEFAAGAAgAAAAhANgD9v3i&#10;AAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SL1Rm/6EJsSpqgpOSIg0HDg6&#10;sZtYjdchdtvw9iwnOO7MaPabfDu5nl3MGKxHCQ9zAcxg47XFVsJH9XK/ARaiQq16j0bCtwmwLW5v&#10;cpVpf8XSXA6xZVSCIVMSuhiHjPPQdMapMPeDQfKOfnQq0jm2XI/qSuWu5wshEu6URfrQqcHsO9Oc&#10;DmcnYfeJ5bP9eqvfy2NpqyoV+JqcpJzdTbsnYNFM8S8Mv/iEDgUx1f6MOrBewiJNaEskY7XaJMAo&#10;kj4ul8BqktZiLYAXOf+/ovgBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6EhRMLICAACw&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA2AP2/eIA&#10;AAANAQAADwAAAAAAAAAAAAAAAAAMBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABsG&#10;AAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 4" o:spid="_x0000_s1044" type="#_x0000_t202" style="position:absolute;margin-left:148pt;margin-top:724.3pt;width:338.65pt;height:28.2pt;z-index:-5680;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCwHmVL2AEAAJgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU81u1DAQviPxDpbvbLJtF62izValVRFS&#13;&#10;gUqlD+A4dmKReMzYu8ny9IydZEvhhrhYk7H9+fuZ7K7HvmNHhd6ALfl6lXOmrITa2Kbkz9/u3205&#13;&#10;80HYWnRgVclPyvPr/ds3u8EV6gJa6GqFjECsLwZX8jYEV2SZl63qhV+BU5Y2NWAvAn1ik9UoBkLv&#13;&#10;u+wiz99nA2DtEKTynrp30ybfJ3ytlQxftfYqsK7kxC2kFdNaxTXb70TRoHCtkTMN8Q8semEsPXqG&#13;&#10;uhNBsAOav6B6IxE86LCS0GegtZEqaSA16/wPNU+tcCppIXO8O9vk/x+s/HJ8co/IwvgBRgowifDu&#13;&#10;AeR3zyzctsI26gYRhlaJmh5eR8uywflivhqt9oWPINXwGWoKWRwCJKBRYx9dIZ2M0CmA09l0NQYm&#13;&#10;qXl1mefbzYYzSXuXm+36KqWSiWK57dCHjwp6FouSI4Wa0MXxwYfIRhTLkfiYhXvTdSnYzr5q0MHY&#13;&#10;Sewj4Yl6GKuRmXqWFsVUUJ9IDsI0LjTeVLSAPzkbaFRK7n8cBCrOuk+WLIlztRS4FNVSCCvpaskD&#13;&#10;Z1N5G6b5Ozg0TUvIk+kWbsg2bZKiFxYzXYo/CZ1HNc7X79/p1MsPtf8FAAD//wMAUEsDBBQABgAI&#13;&#10;AAAAIQCn+iYp5wAAABIBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjcWMI+yto1&#13;&#10;nSY+TkiIrhw4pk3WRmuc0mRb+feYE1ws2a/9+n3y7eR6djZjsB4l3M8EMION1xZbCR/Vy90aWIgK&#13;&#10;teo9GgnfJsC2uL7KVab9BUtz3seWkQmGTEnoYhwyzkPTGafCzA8GSTv40alI7dhyPaoLmbuez4VI&#13;&#10;uFMW6UOnBvPYmea4PzkJu08sn+3XW/1eHkpbVanA1+Qo5e3N9LShstsAi2aKfxfwy0D5oaBgtT+h&#13;&#10;DqyXME8TAookLJfrBBitpA+LBbCaRiuxEsCLnP9HKX4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#13;&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#13;&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#13;&#10;CAAAACEAsB5lS9gBAACYAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#13;&#10;AAYACAAAACEAp/omKecAAAASAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsF&#13;&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#13;&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+                  <w:p w14:paraId="67508B18" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
                     <w:pPr>
                       <w:pStyle w:val="BodyText"/>
                       <w:spacing w:before="45" w:line="249" w:lineRule="auto"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                       </w:rPr>
                       <w:t>Visit</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-33"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Demi"/>
                       </w:rPr>
@@ -13068,51 +13319,51 @@
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                       </w:rPr>
                       <w:t>p.m.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503310824" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503310824" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="421480B6" wp14:editId="279A8FA0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>533400</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9274175</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="914400" cy="226060"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Text Box 3"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="914400" cy="226060"/>
                       </a:xfrm>
@@ -13123,128 +13374,128 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+                        <w:p w14:paraId="2B178A4B" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
                           <w:pPr>
                             <w:spacing w:before="25"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Demi"/>
                               <w:b/>
                               <w:sz w:val="28"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Demi"/>
                               <w:b/>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="28"/>
                             </w:rPr>
                             <w:t>Questions?</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape id="Text Box 3" o:spid="_x0000_s1045" type="#_x0000_t202" style="position:absolute;margin-left:42pt;margin-top:730.25pt;width:1in;height:17.8pt;z-index:-5656;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD1ZvpKsQIAAK8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuOmzAQfa/Uf7D8znIpYQNastoNoaq0&#10;vUi7/QDHmGAVbGo7gW3Vf+/YhGQvL1VbHqzBHh/PzDkzV9dj16IDU5pLkePwIsCICSorLnY5/vpQ&#10;ekuMtCGiIq0ULMePTOPr1ds3V0OfsUg2sq2YQgAidDb0OW6M6TPf17RhHdEXsmcCDmupOmLgV+38&#10;SpEB0LvWj4Ig8Qepql5JyrSG3WI6xCuHX9eMms91rZlBbY4hNuNW5datXf3VFcl2ivQNp8cwyF9E&#10;0REu4NETVEEMQXvFX0F1nCqpZW0uqOx8WdecMpcDZBMGL7K5b0jPXC5QHN2fyqT/Hyz9dPiiEK9y&#10;nGAkSAcUPbDRoFs5one2OkOvM3C678HNjLANLLtMdX8n6TeNhFw3ROzYjVJyaBipILrQ3vSfXJ1w&#10;tAXZDh9lBc+QvZEOaKxVZ0sHxUCADiw9npixoVDYTMM4DuCEwlEUJUHimPNJNl/ulTbvmeyQNXKs&#10;gHgHTg532thgSDa72LeELHnbOvJb8WwDHKcdeBqu2jMbhOPyZxqkm+VmGXtxlGy8OCgK76Zcx15S&#10;hpeL4l2xXhfhL/tuGGcNryom7DOzrsL4z3g7KnxSxElZWra8snA2JK1223Wr0IGArkv3uZLDydnN&#10;fx6GKwLk8iKlMIqD2yj1ymR56cVlvPDSy2DpBWF6myZBnMZF+TylOy7Yv6eEBmB1ES0mLZ2DfpFb&#10;4L7XuZGs4wYmR8u7HC9PTiSzCtyIylFrCG8n+0kpbPjnUgDdM9FOr1aik1jNuB1dY0RzG2xl9QgC&#10;VhIEBlqEqQdGI9UPjAaYIDnW3/dEMYzaDwKawI6b2VCzsZ0NIihczbHBaDLXZhpL+17xXQPIU5sJ&#10;eQONUnMnYttRUxTH9oKp4HI5TjA7dp7+O6/znF39BgAA//8DAFBLAwQUAAYACAAAACEA6Vy4keAA&#10;AAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2oxKlIU5VITghIdJw4OjE&#10;bmI1XofYbcPfsz3BcWdHM2+K3ewGdjFTsB4lrFcCmMHWa4udhM/69SEDFqJCrQaPRsKPCbArF3eF&#10;yrW/YmUuh9gxCsGQKwl9jGPOeWh741RY+dEg/Y5+cirSOXVcT+pK4W7giRApd8oiNfRqNM+9aU+H&#10;s5Ow/8LqxX6/Nx/VsbJ1vRX4lp6kvF/O+ydg0czxzww3fEKHkpgaf0Yd2CAh29CUSPomFY/AyJEk&#10;GUnNTdqma+Blwf+PKH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA9Wb6SrECAACvBQAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA6Vy4keAAAAAM&#10;AQAADwAAAAAAAAAAAAAAAAALBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABgGAAAA&#10;AA==&#10;" filled="f" stroked="f">
+            <v:shape w14:anchorId="421480B6" id="Text Box 3" o:spid="_x0000_s1045" type="#_x0000_t202" style="position:absolute;margin-left:42pt;margin-top:730.25pt;width:1in;height:17.8pt;z-index:-5656;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCInZ0I2QEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJimAz4hRdiw4D&#13;&#10;ugvQ7QNoWbaF2aJGKbGzrx8lx+m2vhV7EWhSOjznkN5dT0Mvjpq8QVvK9SqXQluFtbFtKb9/u3/z&#13;&#10;VgofwNbQo9WlPGkvr/evX+1GV+gNdtjXmgSDWF+MrpRdCK7IMq86PYBfodOWiw3SAIE/qc1qgpHR&#13;&#10;hz7b5Pk2G5FqR6i095y9m4tyn/CbRqvwpWm8DqIvJXML6aR0VvHM9jsoWgLXGXWmAS9gMYCx3PQC&#13;&#10;dQcBxIHMM6jBKEKPTVgpHDJsGqN00sBq1vk/ah47cDppYXO8u9jk/x+s+nx8dF9JhOk9TjzAJMK7&#13;&#10;B1Q/vLB424Ft9Q0Rjp2Gmhuvo2XZ6Hxxfhqt9oWPINX4CWseMhwCJqCpoSG6wjoFo/MAThfT9RSE&#13;&#10;4uS79dVVzhXFpc1mm2/TUDIolseOfPigcRAxKCXxTBM4HB98iGSgWK7EXhbvTd+nufb2rwRfjJlE&#13;&#10;PvKdmYepmoSpuXlUFrVUWJ9YDeG8LbzdHHRIv6QYeVNK6X8egLQU/UfLjsS1WgJagmoJwCp+Wsog&#13;&#10;xRzehnn9Do5M2zHy7LnFG3atMUnRE4szXZ5+Enre1Lhef36nW0//0/43AAAA//8DAFBLAwQUAAYA&#13;&#10;CAAAACEAisFx+uUAAAARAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0/DMAzF70h8h8hI3FiyalRd&#13;&#10;13Sa+HNCQnTlwDFtsjZa45Qm28q3xzvBxZKf7ef3K7azG9jZTMF6lLBcCGAGW68tdhI+69eHDFiI&#13;&#10;CrUaPBoJPybAtry9KVSu/QUrc97HjpEJhlxJ6GMcc85D2xunwsKPBml28JNTkdqp43pSFzJ3A0+E&#13;&#10;SLlTFulDr0bz1Jv2uD85CbsvrF7s93vzUR0qW9drgW/pUcr7u/l5Q2W3ARbNHP8u4MpA+aGkYI0/&#13;&#10;oQ5skJCtiCeSvkrFIzDaSJKMpOYqrdMl8LLg/0nKXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#13;&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#13;&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#13;&#10;AAAAIQCInZ0I2QEAAJcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#13;&#10;BgAIAAAAIQCKwXH65QAAABEBAAAPAAAAAAAAAAAAAAAAADMEAABkcnMvZG93bnJldi54bWxQSwUG&#13;&#10;AAAAAAQABADzAAAARQUAAAAA&#13;&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+                  <w:p w14:paraId="2B178A4B" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
                     <w:pPr>
                       <w:spacing w:before="25"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Demi"/>
                         <w:b/>
                         <w:sz w:val="28"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Demi"/>
                         <w:b/>
                         <w:color w:val="FFFFFF"/>
                         <w:sz w:val="28"/>
                       </w:rPr>
                       <w:t>Questions?</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503310848" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503310848" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F84A7DE" wp14:editId="4F28D912">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6856095</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9315450</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="345440" cy="177800"/>
               <wp:effectExtent l="0" t="0" r="0" b="3175"/>
               <wp:wrapNone/>
               <wp:docPr id="4" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="345440" cy="177800"/>
                       </a:xfrm>
@@ -13255,51 +13506,51 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+                        <w:p w14:paraId="32E84F0B" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
                           <w:pPr>
                             <w:spacing w:before="43"/>
                             <w:ind w:left="40"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> PAGE </w:instrText>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
                           <w:r w:rsidR="00795365">
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:noProof/>
@@ -13315,54 +13566,54 @@
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> of 3</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1046" type="#_x0000_t202" style="position:absolute;margin-left:539.85pt;margin-top:733.5pt;width:27.2pt;height:14pt;z-index:-5632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBIsT8osgIAAK8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtunDAQfa/Uf7D8TrjEewGFjZJlqSql&#10;FynpB3jBLFbBprZ3IY367x2bZTeXl6otD9Zgj8+cmTmeq+uhbdCBKc2lSHF4EWDERCFLLnYp/vaQ&#10;e0uMtKGipI0ULMWPTOPr1ft3V32XsEjWsimZQgAidNJ3Ka6N6RLf10XNWqovZMcEHFZStdTAr9r5&#10;paI9oLeNHwXB3O+lKjslC6Y17GbjIV45/KpihflSVZoZ1KQYuBm3Krdu7eqvrmiyU7SreXGkQf+C&#10;RUu5gKAnqIwaivaKv4FqeaGklpW5KGTry6riBXM5QDZh8Cqb+5p2zOUCxdHdqUz6/8EWnw9fFeJl&#10;iglGgrbQogc2GHQrBxTZ6vSdTsDpvgM3M8A2dNllqrs7WXzXSMh1TcWO3Sgl+5rREtiF9qb/7OqI&#10;oy3Itv8kSwhD90Y6oKFSrS0dFAMBOnTp8dQZS6WAzUsyIwROCjgKF4tl4Drn02S63CltPjDZImuk&#10;WEHjHTg93GljydBkcrGxhMx507jmN+LFBjiOOxAartozS8L18ikO4s1ysyQeieYbjwRZ5t3ka+LN&#10;83Axyy6z9ToLf9m4IUlqXpZM2DCTrkLyZ307KnxUxElZWja8tHCWkla77bpR6EBB17n7XMnh5Ozm&#10;v6ThigC5vEopjEhwG8VePl8uPJKTmRcvgqUXhPFtPA9ITLL8ZUp3XLB/Twn1KY5n0WzU0pn0q9wC&#10;973NjSYtNzA5Gt6mGOQAn3WiiVXgRpTONpQ3o/2sFJb+uRTQ7qnRTq9WoqNYzbAd3MO4tMBWy1tZ&#10;PoKAlQSBgRZh6oFRS/UTox4mSIr1jz1VDKPmo4BHYMfNZKjJ2E4GFQVcTbHBaDTXZhxL+07xXQ3I&#10;4zMT8gYeSsWdiM8sjs8LpoLL5TjB7Nh5/u+8znN29RsAAP//AwBQSwMEFAAGAAgAAAAhAGUSaEXi&#10;AAAADwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPhDAQhe8m/odmTLy5LbqCIGWzMXoyMbJ48Fho&#10;F8jSKdLuLv57h9N6mzfz8uZ7+Wa2AzuZyfcOJUQrAcxg43SPrYSv6u3uCZgPCrUaHBoJv8bDpri+&#10;ylWm3RlLc9qFllEI+kxJ6EIYM8590xmr/MqNBum2d5NVgeTUcj2pM4Xbgd8LEXOreqQPnRrNS2ea&#10;w+5oJWy/sXztfz7qz3Jf9lWVCnyPD1Le3szbZ2DBzOFihgWf0KEgptodUXs2kBZJmpCXpnWcUK3F&#10;Ez2sI2D1sksfBfAi5/97FH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEASLE/KLICAACv&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAZRJoReIA&#10;AAAPAQAADwAAAAAAAAAAAAAAAAAMBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABsG&#10;AAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape w14:anchorId="6F84A7DE" id="Text Box 2" o:spid="_x0000_s1046" type="#_x0000_t202" style="position:absolute;margin-left:539.85pt;margin-top:733.5pt;width:27.2pt;height:14pt;z-index:-5632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBJ2BeQ2QEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s8mWhVbRZqvSqgip&#13;&#10;UKTCBziOk1gkHjPj3WT5esbOZsvlDfFijWfs43POjLfX09CLg0Gy4Eq5XuVSGKehtq4t5dcv96+u&#13;&#10;pKCgXK16cKaUR0PyevfyxXb0hbmADvraoGAQR8XoS9mF4IssI92ZQdEKvHFcbAAHFXiLbVajGhl9&#13;&#10;6LOLPH+bjYC1R9CGiLN3c1HuEn7TGB0em4ZMEH0pmVtIK6a1imu226qiReU7q0801D+wGJR1/OgZ&#13;&#10;6k4FJfZo/4IarEYgaMJKw5BB01htkgZWs87/UPPUKW+SFjaH/Nkm+n+w+tPhyX9GEaZ3MHEDkwjy&#13;&#10;D6C/kXBw2ynXmhtEGDujan54HS3LRk/F6Wq0mgqKINX4EWpustoHSEBTg0N0hXUKRucGHM+mmykI&#13;&#10;zcnXmzebDVc0l9aXl1d5akqmiuWyRwrvDQwiBqVE7mkCV4cHCpGMKpYj8S0H97bvU19791uCD8ZM&#13;&#10;Ih/5zszDVE3C1kwkKotaKqiPrAZhnhaebg46wB9SjDwppaTve4VGiv6DY0fiWC0BLkG1BMppvlrK&#13;&#10;IMUc3oZ5/PYebdsx8uy5gxt2rbFJ0TOLE13ufhJ6mtQ4Xr/u06nn/7T7CQAA//8DAFBLAwQUAAYA&#13;&#10;CAAAACEANOmuKeYAAAAUAQAADwAAAGRycy9kb3ducmV2LnhtbExPTW+DMAy9T9p/iDxptzVh66BQ&#13;&#10;QlXt4zSpGmWHHgOkgEocRtKW/fuZ03ax/Ozn5/fSzWR6dtGj6yxKCBYCmMbK1h02Er6K94cVMOcV&#13;&#10;1qq3qCX8aAeb7PYmVUltr5jry943jETQJUpC6/2QcO6qVhvlFnbQSLujHY3yBMeG16O6krjp+aMQ&#13;&#10;ITeqQ/rQqkG/tLo67c9GwvaA+Vv3vSs/82PeFUUs8CM8SXl/N72uqWzXwLye/N8FzBnIP2RkrLRn&#13;&#10;rB3rCYsojohL3TKMKNvMCZ6WAbBynsXPAniW8v9hsl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#13;&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#13;&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#13;&#10;CAAAACEASdgXkNkBAACXAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#13;&#10;AAYACAAAACEANOmuKeYAAAAUAQAADwAAAAAAAAAAAAAAAAAzBAAAZHJzL2Rvd25yZXYueG1sUEsF&#13;&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#13;&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+                  <w:p w14:paraId="32E84F0B" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
                     <w:pPr>
                       <w:spacing w:before="43"/>
                       <w:ind w:left="40"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> PAGE </w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r w:rsidR="00795365">
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:noProof/>
@@ -13374,51 +13625,51 @@
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> of 3</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503310872" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503310872" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D1C7741" wp14:editId="7817F225">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>565150</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9672955</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6763385" cy="193040"/>
               <wp:effectExtent l="3175" t="0" r="0" b="1905"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Text Box 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6763385" cy="193040"/>
                       </a:xfrm>
@@ -13429,51 +13680,51 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+                        <w:p w14:paraId="01E74EB6" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
                           <w:pPr>
                             <w:pStyle w:val="BodyText"/>
                             <w:spacing w:before="45"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                             </w:rPr>
                             <w:t>Employees</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                               <w:spacing w:val="-14"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                             </w:rPr>
@@ -13672,54 +13923,54 @@
                             <w:rPr>
                               <w:rFonts w:ascii="Franklin Gothic Book"/>
                             </w:rPr>
                             <w:t>region.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape id="Text Box 1" o:spid="_x0000_s1047" type="#_x0000_t202" style="position:absolute;margin-left:44.5pt;margin-top:761.65pt;width:532.55pt;height:15.2pt;z-index:-5608;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKyP6OsgIAALAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8Hyd8pLCAFUUrUhTJO6&#10;F6ndD3DABGtgM9sJdNP++86mpGmrSdM2PqCzfX58z91zd3k1di06UqmY4Bn2LzyMKC9Fxfg+w1/u&#10;CyfGSGnCK9IKTjP8QBW+Wr99czn0KQ1EI9qKSgQgXKVDn+FG6z51XVU2tCPqQvSUw2EtZEc0LOXe&#10;rSQZAL1r3cDzIncQsuqlKKlSsJtPh3ht8eualvpTXSuqUZthiE3bv7T/nfm760uS7iXpG1Y+hkH+&#10;IoqOMA6PnqByogk6SPYKqmOlFErU+qIUnSvqmpXUcgA2vveCzV1Demq5QHJUf0qT+n+w5cfjZ4lY&#10;leEAI046KNE9HTW6ESPyTXaGXqXgdNeDmx5hG6psmar+VpRfFeJi0xC+p9dSiqGhpILo7E337OqE&#10;owzIbvggKniGHLSwQGMtO5M6SAYCdKjSw6kyJpQSNqNVtFjES4xKOPOThRfa0rkknW/3Uul3VHTI&#10;GBmWUHmLTo63SgMPcJ1dzGNcFKxtbfVb/mwDHKcdeBuumjMThS3mj8RLtvE2Dp0wiLZO6OW5c11s&#10;Qicq/NUyX+SbTe7/NO/6YdqwqqLcPDMLyw//rHCPEp8kcZKWEi2rDJwJScn9btNKdCQg7MJ+ploQ&#10;/Jmb+zwMewxcXlDyg9C7CRKniOKVExbh0klWXux4fnKTRF6YhHnxnNIt4/TfKaEhw8kyWE5i+i03&#10;z36vuZG0YxpGR8u6DMcnJ5IaCW55ZUurCWsn+ywVJvynVEDG5kJbwRqNTmrV4260nRHOfbAT1QMo&#10;WAoQGMgUxh4YjZDfMRpghGRYfTsQSTFq33PoAjNvZkPOxm42CC/haoY1RpO50dNcOvSS7RtAnvqM&#10;i2volJpZEZuWmqIABmYBY8FyeRxhZu6cr63X06Bd/wIAAP//AwBQSwMEFAAGAAgAAAAhALg3Cqbh&#10;AAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyok4aUNsSpKgQnJNQ0HDg6&#10;8TaxGq9D7Lbh73FOcNzZ0cybfDuZnl1wdNqSgHgRAUNqrNLUCvis3h7WwJyXpGRvCQX8oINtcXuT&#10;y0zZK5V4OfiWhRBymRTQeT9knLumQyPdwg5I4Xe0o5E+nGPL1SivIdz0fBlFK26kptDQyQFfOmxO&#10;h7MRsPui8lV/f9T78ljqqtpE9L46CXF/N+2egXmc/J8ZZvyADkVgqu2ZlGO9gPUmTPFBT5dJAmx2&#10;xOljDKyetTR5Al7k/P+K4hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCKyP6OsgIAALAF&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC4Nwqm4QAA&#10;AA0BAAAPAAAAAAAAAAAAAAAAAAwFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAGgYA&#10;AAAA&#10;" filled="f" stroked="f">
+            <v:shape w14:anchorId="6D1C7741" id="Text Box 1" o:spid="_x0000_s1047" type="#_x0000_t202" style="position:absolute;margin-left:44.5pt;margin-top:761.65pt;width:532.55pt;height:15.2pt;z-index:-5608;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCmK4cN2wEAAJgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU91u0zAUvkfiHSzf06TrKCNqOo1NQ0hj&#13;&#10;IA0e4MRxGovExxy7TcrTc+w0HT93iBvr5Nj+/P2cbK7HvhMHTd6gLeVykUuhrcLa2F0pv365f3Ul&#13;&#10;hQ9ga+jQ6lIetZfX25cvNoMr9AW22NWaBINYXwyulG0Irsgyr1rdg1+g05Y3G6QeAn/SLqsJBkbv&#13;&#10;u+wiz9fZgFQ7QqW95+7dtCm3Cb9ptAqfmsbrILpSMreQVkprFddsu4FiR+Bao0404B9Y9GAsP3qG&#13;&#10;uoMAYk/mL6jeKEKPTVgo7DNsGqN00sBqlvkfap5acDppYXO8O9vk/x+sejw8uc8kwvgORw4wifDu&#13;&#10;AdU3LyzetmB3+oYIh1ZDzQ8vo2XZ4Hxxuhqt9oWPINXwEWsOGfYBE9DYUB9dYZ2C0TmA49l0PQah&#13;&#10;uLl+s16trl5LoXhv+XaVX6ZUMijm2458eK+xF7EoJXGoCR0ODz5ENlDMR+JjFu9N16VgO/tbgw/G&#13;&#10;TmIfCU/Uw1iNwtSlvIzSopgK6yPLIZzGhcebixbphxQDj0op/fc9kJai+2DZkjhXc0FzUc0FWMVX&#13;&#10;SxmkmMrbMM3f3pHZtYw8mW7xhm1rTFL0zOJEl+NPQk+jGufr1+906vmH2v4EAAD//wMAUEsDBBQA&#13;&#10;BgAIAAAAIQDHztpy5gAAABIBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Pb4MwDMXvk/YdIlfabQ2U&#13;&#10;0bWUUFX7c5pUjbJDjwFSiEocRtKWffuZ03ax5Gf7+f3S7Wg6dlWD0xYFhPMAmMLK1hobAV/F++MK&#13;&#10;mPMSa9lZVAJ+lINtdn+XyqS2N8zV9eAbRiboEimg9b5POHdVq4x0c9srpNnJDkZ6aoeG14O8kbnp&#13;&#10;+CIIltxIjfShlb16aVV1PlyMgN0R8zf9vS8/81Oui2Id4MfyLMTDbHzdUNltgHk1+r8LmBgoP2QU&#13;&#10;rLQXrB3rBKzWxONJjxdRBGzaCOOnEFg5aXH0DDxL+X+U7BcAAP//AwBQSwECLQAUAAYACAAAACEA&#13;&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#13;&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#13;&#10;BgAIAAAAIQCmK4cN2wEAAJgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#13;&#10;ABQABgAIAAAAIQDHztpy5gAAABIBAAAPAAAAAAAAAAAAAAAAADUEAABkcnMvZG93bnJldi54bWxQ&#13;&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#13;&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
+                  <w:p w14:paraId="01E74EB6" w14:textId="77777777" w:rsidR="00C80DCF" w:rsidRDefault="000C78C5">
                     <w:pPr>
                       <w:pStyle w:val="BodyText"/>
                       <w:spacing w:before="45"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                       </w:rPr>
                       <w:t>Employees</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-14"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                       </w:rPr>
@@ -13912,71 +14163,71 @@
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                         <w:spacing w:val="-14"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Franklin Gothic Book"/>
                       </w:rPr>
                       <w:t>region.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001746C6" w:rsidRDefault="001746C6">
+    <w:p w14:paraId="6CDC7C71" w14:textId="77777777" w:rsidR="00601BA6" w:rsidRDefault="00601BA6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001746C6" w:rsidRDefault="001746C6">
+    <w:p w14:paraId="2936D417" w14:textId="77777777" w:rsidR="00601BA6" w:rsidRDefault="00601BA6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63FD3FC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E24C1DC0"/>
     <w:lvl w:ilvl="0" w:tplc="93B64A5A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="301"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:w w:val="100"/>
         <w:position w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DDA6BE22">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1976" w:hanging="301"/>
       </w:pPr>
@@ -14040,542 +14291,518 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="3B9E98E6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8072" w:hanging="301"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5DA2A38C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9088" w:hanging="301"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="849442973">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="160"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C80DCF"/>
     <w:rsid w:val="000C78C5"/>
     <w:rsid w:val="001746C6"/>
+    <w:rsid w:val="00273443"/>
+    <w:rsid w:val="00601BA6"/>
+    <w:rsid w:val="006506D5"/>
     <w:rsid w:val="00795365"/>
     <w:rsid w:val="00882FCE"/>
     <w:rsid w:val="00C80DCF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="3C71085B"/>
+  <w15:docId w15:val="{21FA397C-155B-4446-8DEE-C73CF7D9A47E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...406 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="660"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Franklin Gothic Demi" w:eastAsia="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi" w:cs="Franklin Gothic Demi"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
@@ -14646,55 +14873,55 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00882FCE"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00882FCE"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://MAhealthconnector.org/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://MAhealthconnector.org/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://MAhealthconnector.org/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://MAhealthconnector.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mahealthconnector.org/esi-affordability-calculator" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://MAhealthconnector.org/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://MAhealthconnector.org/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://MAhealthconnector.org/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://MAhealthconnector.org/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://MAhealthconnector.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://MAhealthconnector.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://MAhealthconnector.org/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://MAhealthconnector.org/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mahealthconnector.org/esi-affordability-calculator" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://healthcare.gov/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://healthcare.gov/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://healthcare.gov/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://healthcare.gov/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://healthcare.gov/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://healthcare.gov/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://healthcare.gov/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://healthcare.gov/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://healthcare.gov/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://healthcare.gov/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://healthcare.gov/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://healthcare.gov/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://healthcare.gov/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://healthcare.gov/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://healthcare.gov/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://healthcare.gov/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -14942,78 +15169,78 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>922</Words>
-  <Characters>5258</Characters>
+  <Words>921</Words>
+  <Characters>5254</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>43</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6168</CharactersWithSpaces>
+  <CharactersWithSpaces>6163</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Vogler, Nicholas J. (GIC)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2016-10-13T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe InDesign CC 2015 (Macintosh)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">