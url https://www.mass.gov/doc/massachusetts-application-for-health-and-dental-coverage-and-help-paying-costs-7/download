--- v0 (2025-11-07)
+++ v1 (2026-03-26)
@@ -1,30349 +1,31010 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1DCC8B9A" w14:textId="4B144A78" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00B13DE9">
+    <w:p w14:paraId="1DCC8B9A" w14:textId="4B144A78" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00B13DE9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Requerimento de cobertura odontológica e de saúde e ajuda para pagar custos de Massachusetts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DE60F68" w14:textId="6E02A721" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00B13DE9">
-[...35 lines deleted...]
-    <w:p w14:paraId="27288C1F" w14:textId="6ABD5EEB" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00F446C1">
+    <w:p w14:paraId="27288C1F" w14:textId="6ABD5EEB" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00F446C1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>COMO FAZER O REQUERIMENTO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="406B5A70" w14:textId="77777777" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00B13DE9">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="406B5A70" w14:textId="77777777" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00B13DE9">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Você pode fazer o requerimento de qualquer uma das seguintes formas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="717947C9" w14:textId="117C1EE3" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="007956A8">
+    <w:p w14:paraId="717947C9" w14:textId="117C1EE3" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="007956A8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidR="00F446C1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F446C1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Acesse</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> sua conta em </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00E42C1D" w:rsidRPr="00E955F8">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00E42C1D" w:rsidRPr="00BD1FC8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>MAhealthConnector.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="262D17C5" w14:textId="5D5FFD3C" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00F446C1">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="262D17C5" w14:textId="5D5FFD3C" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00F446C1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Você pode criar uma conta online se ainda não tiver uma conta.</w:t>
       </w:r>
-      <w:r w:rsidR="00F446C1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F446C1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Fazer o requerimento online pode ser a forma mais rápida de obter ajuda do</w:t>
       </w:r>
-      <w:r w:rsidR="00F446C1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F446C1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>que enviar um formulário impresso.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AF59D56" w14:textId="5320E7F5" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00F446C1">
+    <w:p w14:paraId="2AF59D56" w14:textId="5320E7F5" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00F446C1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Envie seu requerimento preenchido e assinado por correio para</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BA1ABA2" w14:textId="77777777" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00F446C1">
+    <w:p w14:paraId="2BA1ABA2" w14:textId="77777777" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00F446C1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:t>Health Insurance Processing Center</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="744232F3" w14:textId="77777777" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00F446C1">
+    <w:p w14:paraId="744232F3" w14:textId="77777777" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00F446C1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:t>PO Box 4405</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AA990F6" w14:textId="1B0588AD" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00F446C1">
+    <w:p w14:paraId="2AA990F6" w14:textId="1B0588AD" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00F446C1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Taunton, MA</w:t>
       </w:r>
-      <w:r w:rsidR="00C03820" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00C03820" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> 02780.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="462AEA6F" w14:textId="63B53678" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00F446C1">
+    <w:p w14:paraId="462AEA6F" w14:textId="63B53678" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00F446C1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidR="00F446C1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F446C1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Envie o requerimento preenchido e assinado pelo fax (857) 323-8300.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77707F95" w14:textId="15524261" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00F446C1">
+    <w:p w14:paraId="77707F95" w14:textId="15524261" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00F446C1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidR="00F446C1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F446C1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Ligue para nós pelo telefone (800) 841-2900, TDD/TTY: 711, ou (877) MA ENROLL [(877</w:t>
       </w:r>
-      <w:r w:rsidR="00C03820" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00C03820" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>) 623-6765].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A96E150" w14:textId="05DFF56A" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00037538">
+    <w:p w14:paraId="5A96E150" w14:textId="05DFF56A" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00037538">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Visite um Centro de Inscrições do MassHealth (MassHealth Enrollment Center - MEC). Para</w:t>
       </w:r>
-      <w:r w:rsidR="00F446C1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F446C1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>fazer o requerimento pessoalmente ou para agendar um horário com um representante do</w:t>
       </w:r>
-      <w:r w:rsidR="00F446C1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F446C1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth, acesse </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="007956A8" w:rsidRPr="00E955F8">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="007956A8" w:rsidRPr="00BD1FC8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
-          <w:t>mass.gov/masshealth/appointment</w:t>
+          <w:t>mass.gov/</w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="007956A8" w:rsidRPr="00BD1FC8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="pt-BR"/>
+          </w:rPr>
+          <w:t>masshealth</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="007956A8" w:rsidRPr="00BD1FC8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="pt-BR"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="007956A8" w:rsidRPr="00BD1FC8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="pt-BR"/>
+          </w:rPr>
+          <w:t>appointment</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00037538" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00037538" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Consulte o </w:t>
       </w:r>
-      <w:r w:rsidR="00BD0387" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00BD0387" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Livreto para membros</w:t>
       </w:r>
-      <w:r w:rsidR="00F446C1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F446C1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>para cobertura de saúde e odontológica e ajuda para pagar os custos (Member Booklet for</w:t>
       </w:r>
-      <w:r w:rsidR="00F446C1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F446C1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Health and Dental Coverage and Help Paying Costs) para obter uma lista dos endereços do MEC.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E235997" w14:textId="3BC05951" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00F446C1">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1E235997" w14:textId="3BC05951" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00F446C1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Você pode usar esse requerimento para inscrever-se no Programa de Assistência Nutricional</w:t>
       </w:r>
-      <w:r w:rsidR="00F446C1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F446C1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Suplementar (Supplemental Nutrition Assistance Program - SNAP). O SNAP é um programa</w:t>
       </w:r>
-      <w:r w:rsidR="00F446C1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F446C1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>federal que ajuda você a comprar alimentos todos os meses. Se você estiver interessado</w:t>
       </w:r>
-      <w:r w:rsidR="00F446C1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F446C1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">no SNAP, marque a caixa na página </w:t>
       </w:r>
-      <w:r w:rsidR="003C58C0" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003C58C0" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>1,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> leia </w:t>
       </w:r>
-      <w:r w:rsidR="00C03820" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00C03820" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">e assine </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>os direitos e responsabilidades</w:t>
       </w:r>
-      <w:r w:rsidR="00F446C1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F446C1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">do SNAP nas páginas </w:t>
       </w:r>
-      <w:r w:rsidR="00C03820" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00C03820" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">3 a </w:t>
       </w:r>
-      <w:r w:rsidR="00C03820" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00C03820" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>. Seu requerimento será enviado</w:t>
       </w:r>
-      <w:r w:rsidR="00F446C1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F446C1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>automaticamente para o Departamento de Assistência Transicional (Department of</w:t>
       </w:r>
-      <w:r w:rsidR="00F446C1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F446C1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Transitional Assistance). Você não precisa se inscrever no SNAP para ser</w:t>
       </w:r>
-      <w:r w:rsidR="00F446C1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F446C1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>considerado para o MassHealth.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53B9D903" w14:textId="2AFA87CA" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00F446C1">
+    <w:p w14:paraId="53B9D903" w14:textId="2AFA87CA" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00F446C1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>USE ESTE</w:t>
       </w:r>
-      <w:r w:rsidR="00F446C1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F446C1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>REQUERIMENTO</w:t>
       </w:r>
-      <w:r w:rsidR="00F446C1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F446C1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>PARA VER PARA</w:t>
       </w:r>
-      <w:r w:rsidR="00F446C1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F446C1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>QUAIS OPÇÕES DE</w:t>
       </w:r>
-      <w:r w:rsidR="00F446C1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F446C1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>COBERTURA VOCÊ</w:t>
       </w:r>
-      <w:r w:rsidR="00F446C1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F446C1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>PODE SE QUALIFICAR.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="689A233D" w14:textId="18EE0124" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="0030734C">
+    <w:p w14:paraId="689A233D" w14:textId="18EE0124" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="0030734C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidR="00037538" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00037538" w:rsidRPr="00BD1FC8">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:t>Cobertura acessível do MassHealth, da Health Safety Net (HSN), do Children’s Medical</w:t>
       </w:r>
-      <w:r w:rsidR="00037538" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00037538" w:rsidRPr="00BD1FC8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:t xml:space="preserve">Security Plan (CMSP) ou do Health Connector. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Você pode se qualificar a um desses programas,</w:t>
       </w:r>
-      <w:r w:rsidR="0030734C" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="0030734C" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>independentemente da sua renda.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4568AFCF" w14:textId="5D2F4A9F" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00037538">
+    <w:p w14:paraId="4568AFCF" w14:textId="5D2F4A9F" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00037538">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Planos de seguro de saúde privado acessíveis que oferecem</w:t>
       </w:r>
-      <w:r w:rsidR="00037538" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00037538" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>cobertura abrangente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59179D4D" w14:textId="7A4E9990" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00037538">
+    <w:p w14:paraId="59179D4D" w14:textId="7A4E9990" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00037538">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Um crédito fiscal que pode ajudar a pagar os seus prêmios da coberturade</w:t>
       </w:r>
-      <w:r w:rsidR="00037538" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00037538" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>saúde</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="178EF4D7" w14:textId="278FBE1B" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00037538">
+    <w:p w14:paraId="178EF4D7" w14:textId="278FBE1B" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00037538">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>QUEM PODE USAR</w:t>
       </w:r>
-      <w:r w:rsidR="00037538" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00037538" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ESTE REQUERIMENTO?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CFC2240" w14:textId="77777777" w:rsidR="00183B29" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00183B29">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7CFC2240" w14:textId="77777777" w:rsidR="00183B29" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00183B29">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Este requerimento destina-se a quem precisa de cobertura de saúde ou dental e de ajuda para</w:t>
       </w:r>
-      <w:r w:rsidR="00183B29" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00183B29" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>pagar por ela e</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AEB6F0E" w14:textId="63F9616D" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00183B29">
+    <w:p w14:paraId="5AEB6F0E" w14:textId="63F9616D" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00183B29">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>quem mora em Massachusetts e reside na comunidade, e;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15105464" w14:textId="08E5D9CD" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00183B29">
+    <w:p w14:paraId="1E996BA3" w14:textId="77777777" w:rsidR="00552086" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00183B29">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:sectPr w:rsidR="00552086" w:rsidRPr="00BD1FC8" w:rsidSect="00FF02C5">
+          <w:headerReference w:type="default" r:id="rId10"/>
+          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:headerReference w:type="first" r:id="rId12"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t>tem menos de 65 anos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FAAD1BE" w14:textId="77777777" w:rsidR="00183B29" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00183B29">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="15105464" w14:textId="08E5D9CD" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00BD1FC8">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FAAD1BE" w14:textId="77777777" w:rsidR="00183B29" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00183B29">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Este requerimento também pode ser usado por pessoas </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>de qualquer idade</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, que são</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DB759B5" w14:textId="77777777" w:rsidR="00183B29" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00183B29">
+    <w:p w14:paraId="1DB759B5" w14:textId="77777777" w:rsidR="00183B29" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00183B29">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>pais de crianças com menos de 19 anos, ou</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A221E67" w14:textId="22D19702" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00183B29">
+    <w:p w14:paraId="4A221E67" w14:textId="22D19702" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00183B29">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>parentes adultos que moram ou que cuidam de crianças com menos de 19 anos quando o pai</w:t>
       </w:r>
-      <w:r w:rsidR="00183B29" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00183B29" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>e a mãe não moram na casa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E004A33" w14:textId="4E030252" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00183B29">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="6E004A33" w14:textId="4E030252" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00183B29">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se este requerimento não for para você, ligue para nós pelo telefone (800) 841-2900</w:t>
       </w:r>
-      <w:r w:rsidR="00F74C52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F74C52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>TDD/TTY: 711.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48B4F588" w14:textId="647CE472" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00183B29">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="48B4F588" w14:textId="647CE472" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00183B29">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Este requerimento está disponível em </w:t>
       </w:r>
-      <w:r w:rsidR="00C03820" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00C03820" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>outros idiomas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>. Ligue para o número fornecido acima para</w:t>
       </w:r>
-      <w:r w:rsidR="00183B29" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00183B29" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>solicitar um requerimento.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5987281C" w14:textId="68A5829D" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00C03820" w:rsidP="00183B29">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5987281C" w14:textId="68A5829D" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00C03820" w:rsidP="00183B29">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Faça o requerimento mesmo se você ou filho</w:t>
       </w:r>
-      <w:r w:rsidR="00104A27" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00104A27" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>(a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> já tiver uma cobertura de saúde, incluindo cobertura do MassHealth ou do Health Connector. Precisamos saber sobre todos os membros do seu agregado familiar para decidirmos se você se qualifica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CD8D699" w14:textId="44C3CAD2" w:rsidR="00B13DE9" w:rsidRPr="00E955F8" w:rsidRDefault="00B13DE9" w:rsidP="00183B29">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0CD8D699" w14:textId="44C3CAD2" w:rsidR="00B13DE9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B13DE9" w:rsidP="00183B29">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se uma pessoa está ajudando você a preencher este requerimento, talvez seja necessário</w:t>
       </w:r>
-      <w:r w:rsidR="00183B29" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00183B29" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>preencher um formulário separado que autoriza essa pessoa a agir em seu nome. Veja o</w:t>
       </w:r>
-      <w:r w:rsidR="00183B29" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00183B29" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Formulário de designação de representante autorizado</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> no final deste requerimento.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39E96809" w14:textId="25E751CB" w:rsidR="00183B29" w:rsidRPr="00E955F8" w:rsidRDefault="00183B29" w:rsidP="00183B29">
+    <w:p w14:paraId="39E96809" w14:textId="25E751CB" w:rsidR="00183B29" w:rsidRPr="00BD1FC8" w:rsidRDefault="00183B29" w:rsidP="00183B29">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>O QUE SERÁ NECESSÁRIO PARA FAZER O REQUERIMENTO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A832D9D" w14:textId="5C7F5A62" w:rsidR="00183B29" w:rsidRPr="00E955F8" w:rsidRDefault="00183B29" w:rsidP="00183B29">
+    <w:p w14:paraId="6A832D9D" w14:textId="4663D337" w:rsidR="00183B29" w:rsidRPr="00BD1FC8" w:rsidRDefault="00183B29" w:rsidP="00183B29">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="pt-BR"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+          <w:rFonts w:cs="Calibri"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Números de </w:t>
       </w:r>
-      <w:r w:rsidR="003D5A7E">
-        <w:rPr>
+      <w:r w:rsidR="003D5A7E" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Seguro Social</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-        <w:rPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (SSN</w:t>
       </w:r>
-      <w:r w:rsidR="00C03820" w:rsidRPr="00E955F8">
-        <w:rPr>
+      <w:r w:rsidR="00C03820" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...6 lines deleted...]
-    <w:p w14:paraId="4579C27E" w14:textId="693BE0E0" w:rsidR="00183B29" w:rsidRPr="00E955F8" w:rsidRDefault="00183B29" w:rsidP="000244B0">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Você deve apresentar um SSN ou comprovante de que outra pessoa incluída neste requerimento também solicitou um SSN. </w:t>
+      </w:r>
+      <w:r w:rsidR="00552086" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Há exceções para as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00552086" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>seguintes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00552086" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00552086" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>pessoas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00552086" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4579C27E" w14:textId="1C958853" w:rsidR="00183B29" w:rsidRPr="00BD1FC8" w:rsidRDefault="00552086" w:rsidP="00183B29">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>tiver uma isenção religiosa, conforme descrito nas leis federais</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+        <w:t xml:space="preserve">Quem </w:t>
+      </w:r>
+      <w:r w:rsidR="00183B29" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:t>tiver uma isenção religiosa, conforme descrito nas leis federais</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03820" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B27292C" w14:textId="298B7824" w:rsidR="00183B29" w:rsidRPr="00E955F8" w:rsidRDefault="00183B29" w:rsidP="000244B0">
+    <w:p w14:paraId="6B27292C" w14:textId="56A94C7D" w:rsidR="00183B29" w:rsidRPr="00BD1FC8" w:rsidRDefault="00552086" w:rsidP="00183B29">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:t xml:space="preserve">Quem </w:t>
+      </w:r>
+      <w:r w:rsidR="00183B29" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t>se qualificar apenas para um SSN que não é válido para trabalhar, ou</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58636F2D" w14:textId="42437C62" w:rsidR="00183B29" w:rsidRPr="00E955F8" w:rsidRDefault="00183B29" w:rsidP="000244B0">
+    <w:p w14:paraId="58636F2D" w14:textId="646F38D8" w:rsidR="00183B29" w:rsidRPr="00BD1FC8" w:rsidRDefault="00552086" w:rsidP="00183B29">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:t xml:space="preserve">Quem </w:t>
+      </w:r>
+      <w:r w:rsidR="00183B29" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t>não se qualificar para obter um SSN.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79ACE44A" w14:textId="53588741" w:rsidR="00183B29" w:rsidRPr="00E955F8" w:rsidRDefault="00183B29" w:rsidP="00183B29">
+    <w:p w14:paraId="79ACE44A" w14:textId="53588741" w:rsidR="00183B29" w:rsidRPr="00BD1FC8" w:rsidRDefault="00183B29" w:rsidP="00183B29">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="pt-BR"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Declaração de imposto de renda federal, se fizer</w:t>
       </w:r>
-      <w:r w:rsidR="00C03820" w:rsidRPr="00E955F8">
-        <w:rPr>
+      <w:r w:rsidR="00C03820" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78BEEE01" w14:textId="14FF40EB" w:rsidR="00183B29" w:rsidRPr="00E955F8" w:rsidRDefault="00183B29" w:rsidP="00183B29">
+    <w:p w14:paraId="78BEEE01" w14:textId="14FF40EB" w:rsidR="00183B29" w:rsidRPr="00BD1FC8" w:rsidRDefault="00183B29" w:rsidP="00183B29">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="pt-BR"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Informações sobre cidadania/situação nacional ou situação imigratória</w:t>
       </w:r>
-      <w:r w:rsidR="00C03820" w:rsidRPr="00E955F8">
-        <w:rPr>
+      <w:r w:rsidR="00C03820" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="377440B3" w14:textId="5E5033B5" w:rsidR="00183B29" w:rsidRPr="00E955F8" w:rsidRDefault="00183B29" w:rsidP="00183B29">
+    <w:p w14:paraId="377440B3" w14:textId="5E5033B5" w:rsidR="00183B29" w:rsidRPr="00BD1FC8" w:rsidRDefault="00183B29" w:rsidP="00183B29">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="pt-BR"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Informações do empregador e de renda de todas as pessoas do seu agregado familiar (p. ex., holerites ou informes de rendimentos)</w:t>
       </w:r>
-      <w:r w:rsidR="00C03820" w:rsidRPr="00E955F8">
-        <w:rPr>
+      <w:r w:rsidR="00C03820" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79E7EF58" w14:textId="7D55C8CE" w:rsidR="00183B29" w:rsidRPr="00E955F8" w:rsidRDefault="00183B29" w:rsidP="00183B29">
+    <w:p w14:paraId="79E7EF58" w14:textId="7D55C8CE" w:rsidR="00183B29" w:rsidRPr="00BD1FC8" w:rsidRDefault="00183B29" w:rsidP="00183B29">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Informações sobre quaisquer seguros de saúde relacionados ao emprego ou outro seguro de saúde para o qual esteja inscrito ou tenha acesso</w:t>
       </w:r>
-      <w:r w:rsidR="00C03820" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00C03820" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="177E97AE" w14:textId="07A80310" w:rsidR="00183B29" w:rsidRPr="00E955F8" w:rsidRDefault="00183B29" w:rsidP="00191F72">
+    <w:p w14:paraId="177E97AE" w14:textId="07A80310" w:rsidR="00183B29" w:rsidRPr="00BD1FC8" w:rsidRDefault="00183B29" w:rsidP="00191F72">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>POR QUE PEDIMOS ESSAS INFORMAÇÕES?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="699CABC8" w14:textId="3ED4667E" w:rsidR="00183B29" w:rsidRPr="00E955F8" w:rsidRDefault="00183B29" w:rsidP="00191F72">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="699CABC8" w14:textId="3ED4667E" w:rsidR="00183B29" w:rsidRPr="00BD1FC8" w:rsidRDefault="00183B29" w:rsidP="00191F72">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Perguntamos sobre renda e outras informações para que você saiba para qual cobertura se</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">qualifica e se pode obter ajuda para pagar por ela. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Manteremos todas as informações que você</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>fornecer privadas e seguras, conforme exigido por lei</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>. Para ler a Política de Privacidade do</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Health Connector, acesse </w:t>
       </w:r>
-      <w:r w:rsidR="00C03820">
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00C03820" w:rsidRPr="00BD1FC8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="pt-BR"/>
+          </w:rPr>
+          <w:t>mahealthconnector.org/site-policies/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00C03820" w:rsidRPr="00BD1FC8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="pt-BR"/>
+          </w:rPr>
+          <w:t>privacy-policy</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Para ler a Política de Privacidade do</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth leia o Livreto para </w:t>
       </w:r>
-      <w:r w:rsidR="00BD0387" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00BD0387" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">membros </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">ou acesse </w:t>
       </w:r>
-      <w:r w:rsidR="00C03820">
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="00C03820" w:rsidRPr="00BD1FC8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="pt-BR"/>
+          </w:rPr>
+          <w:t>mass.gov/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00C03820" w:rsidRPr="00BD1FC8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="pt-BR"/>
+          </w:rPr>
+          <w:t>service-details</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00C03820" w:rsidRPr="00BD1FC8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="pt-BR"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00C03820" w:rsidRPr="00BD1FC8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="pt-BR"/>
+          </w:rPr>
+          <w:t>masshealth-member-privacy-information</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="047C7460" w14:textId="72F9F196" w:rsidR="00183B29" w:rsidRPr="00E955F8" w:rsidRDefault="00183B29" w:rsidP="00191F72">
+    <w:p w14:paraId="047C7460" w14:textId="72F9F196" w:rsidR="00183B29" w:rsidRPr="00BD1FC8" w:rsidRDefault="00183B29" w:rsidP="00191F72">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>O QUE ACONTECE EM</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>SEGUIDA?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0007CB02" w14:textId="68AD8725" w:rsidR="00191F72" w:rsidRPr="00E955F8" w:rsidRDefault="00183B29" w:rsidP="00191F72">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0007CB02" w14:textId="68AD8725" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00183B29" w:rsidP="00191F72">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Você receberá instruções sobre as próximas etapas para completar seu processo de qualificação.</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se você se qualificar para o MassHealth e precisar se inscrever em um plano de saúde, nós</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">avisaremos. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:t xml:space="preserve">Você poderá então escolher um plano, acessando </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00DC2CD1" w:rsidRPr="00E955F8">
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="00DC2CD1" w:rsidRPr="00BD1FC8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>mass.gov/how-to/enroll-in-a-masshealth-health-plan-individuals-and-families-younger-than-65</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Preencher</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>este requerimento não significa que você precisa comprar uma cobertura de saúde. Se</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>precisar de ajuda para escolher um plano de saúde, você encontrará mais informações em</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00E955F8">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00BD1FC8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>MassHealthChoices.com</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BAFC03A" w14:textId="21CB9C81" w:rsidR="00183B29" w:rsidRPr="00E955F8" w:rsidRDefault="00183B29" w:rsidP="00191F72">
+    <w:p w14:paraId="6BAFC03A" w14:textId="21CB9C81" w:rsidR="00183B29" w:rsidRPr="00BD1FC8" w:rsidRDefault="00183B29" w:rsidP="00191F72">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>OBTER AJUDA PARA</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ESTE REQUERIMENTO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3470050B" w14:textId="15006ECA" w:rsidR="00183B29" w:rsidRPr="00E955F8" w:rsidRDefault="00183B29" w:rsidP="00191F72">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3470050B" w14:textId="15006ECA" w:rsidR="00183B29" w:rsidRPr="00BD1FC8" w:rsidRDefault="00183B29" w:rsidP="00191F72">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Fone: ligue para nós para obter ajuda para este requerimento ou se precisar de serviços de</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">interpretação. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>(800)</w:t>
       </w:r>
-      <w:r w:rsidR="00B2277E">
+      <w:r w:rsidR="00B2277E" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>841</w:t>
       </w:r>
-      <w:r w:rsidR="00B2277E">
+      <w:r w:rsidR="00B2277E" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>2900</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>. TDD/TTY: 711.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67BF0B21" w14:textId="271AE85A" w:rsidR="00191F72" w:rsidRPr="00E955F8" w:rsidRDefault="00183B29" w:rsidP="00191F72">
+    <w:p w14:paraId="67BF0B21" w14:textId="271AE85A" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00183B29" w:rsidP="00191F72">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>INSTRUÇÕES GERAIS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5015091F" w14:textId="07CC12D5" w:rsidR="00191F72" w:rsidRPr="00E955F8" w:rsidRDefault="00183B29" w:rsidP="00191F72">
+    <w:p w14:paraId="5015091F" w14:textId="07CC12D5" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00183B29" w:rsidP="00191F72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Preencha em letra de fôrma legível e responda todas as perguntas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00DC2CD1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00DC2CD1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Poderemos pedir para você pular algumas perguntas.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> A não ser por essas exceções, respostas em branco ou</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>incompletas atrasam o processamento do seu requerimento.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34AF5E9A" w14:textId="3AFB2363" w:rsidR="00183B29" w:rsidRPr="00E955F8" w:rsidRDefault="00183B29" w:rsidP="00191F72">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="34AF5E9A" w14:textId="3AFB2363" w:rsidR="00183B29" w:rsidRPr="00BD1FC8" w:rsidRDefault="00183B29" w:rsidP="00191F72">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Você pode baixar páginas para pessoas adicionais em </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00BD1FC8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="pt-BR"/>
+          </w:rPr>
+          <w:t>mass.gov/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00BD1FC8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="pt-BR"/>
+          </w:rPr>
+          <w:t>masshealth</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>. Não deixe</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>de informar como as pessoas se relacionam. Precisamos dessas informações para determinar a</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>qualificação.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A7E4AF" w14:textId="77777777" w:rsidR="00191F72" w:rsidRPr="00E955F8" w:rsidRDefault="00183B29" w:rsidP="00191F72">
+    <w:p w14:paraId="41A7E4AF" w14:textId="77777777" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00183B29" w:rsidP="00191F72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não é necessário enviar folhas em banco para a Etapa 2 se não houver tantas pessoas no seu</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>agregado familiar. Verifique se indicou na Seção 1 o número de pessoas que estão fazendo o</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>requerimento, e envie todas as demais seções, mesmo que estejam total ou parcialmente em</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>branco.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18C72733" w14:textId="368301E1" w:rsidR="00191F72" w:rsidRPr="00E955F8" w:rsidRDefault="00183B29" w:rsidP="00191F72">
+    <w:p w14:paraId="18C72733" w14:textId="368301E1" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00183B29" w:rsidP="00191F72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>O MassHealth ou o Massachusetts Health Connector enviará um</w:t>
       </w:r>
-      <w:r w:rsidR="00DC2CD1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00DC2CD1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Solicitação</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>de Informações (Request for Information) se precisarmos de informações adicionais ou</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>comprovantes para decidirmos sobre a qualificação. Se enviarmos um aviso Solicitação de</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Informações, a pessoa tem 90 dias para enviar o comprovante solicitado. O</w:t>
       </w:r>
-      <w:r w:rsidR="00B2277E">
+      <w:r w:rsidR="00B2277E" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>MassHealth pode</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>fornecer benefícios provisórios durante esse período de 90 dias para requerentes qualificados</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>com menos de 21 anos e para aquelas pessoas que autoatestam estar grávidas, serem HIV</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>positivas, ou terem câncer de mama ou cervical. Os benefícios do MassHealth não podem</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ser concedidos a pessoa com 21</w:t>
       </w:r>
-      <w:r w:rsidR="00B2277E">
+      <w:r w:rsidR="00B2277E" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>anos ou mais até que toda renda de um agregado familiar</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>com Rendimento Bruto Ajustado Modificado (MAGI) seja verificada, a menos que a pessoa</w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>esteja grávida, tenha HIV ou esteja em tratamento para câncer de mama ou cervical.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16D302A0" w14:textId="24928795" w:rsidR="00183B29" w:rsidRPr="00E955F8" w:rsidRDefault="00DC2CD1" w:rsidP="00191F72">
+    <w:p w14:paraId="16D302A0" w14:textId="24928795" w:rsidR="00183B29" w:rsidRPr="00BD1FC8" w:rsidRDefault="00DC2CD1" w:rsidP="00191F72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Inclua todos os comprovantes de renda familiar. Esta é a forma mais rápida de obter seus benefícios.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43B72DC6" w14:textId="24682A5C" w:rsidR="00191F72" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="00191F72">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="61368384" w14:textId="60DB4318" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="492E135D" w14:textId="10F14582" w:rsidR="00191F72" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="00191F72">
+    <w:p w14:paraId="492E135D" w14:textId="10F14582" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="00191F72">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Requerimento de cobertura odontológica e de saúde e ajuda para pagar custos de Massachusetts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07A9AA69" w14:textId="77777777" w:rsidR="00191F72" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="00191F72">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="07A9AA69" w14:textId="77777777" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="00191F72">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Programa de Assistência Nutricional Suplementar (SNAP)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> é um programa federal que ajuda você a comprar alimentos saudáveis todos os meses.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="109CADE6" w14:textId="3941B915" w:rsidR="00191F72" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="00191F72">
-[...12 lines deleted...]
-    <w:p w14:paraId="3D3B99AA" w14:textId="77777777" w:rsidR="00DC2CD1" w:rsidRPr="00E955F8" w:rsidRDefault="00DC2CD1" w:rsidP="00DC2CD1">
+    <w:p w14:paraId="109CADE6" w14:textId="00316541" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="00191F72">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Marque esta caixa se desejar que este formulário seja enviado ao Departamento de Assistência Transicional (DTA) como um requerimento para o SNAP. Você deve ler os direitos e responsabilidades nas páginas 23 a 25 e assinar na página 26 para prosseguir com seu requerimento.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D3B99AA" w14:textId="77777777" w:rsidR="00DC2CD1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00DC2CD1" w:rsidP="00DC2CD1">
       <w:pPr>
         <w:ind w:left="180" w:hanging="180"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>O que acontece depois que você se inscrever para os benefícios do SNAP?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3282F4E3" w14:textId="77777777" w:rsidR="00DC2CD1" w:rsidRPr="00E955F8" w:rsidRDefault="00DC2CD1" w:rsidP="00DC2CD1">
+    <w:p w14:paraId="3282F4E3" w14:textId="77777777" w:rsidR="00DC2CD1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00DC2CD1" w:rsidP="00DC2CD1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>O Departamento de Assistência Transicional (DTA) ligará para marcar uma entrevista pelo telefone e para verificar se você pode receber os benefícios emergenciais do SNAP dentro de sete dias.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64F9720B" w14:textId="77777777" w:rsidR="00DC2CD1" w:rsidRPr="00E955F8" w:rsidRDefault="00DC2CD1" w:rsidP="00DC2CD1">
+    <w:p w14:paraId="64F9720B" w14:textId="77777777" w:rsidR="00DC2CD1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00DC2CD1" w:rsidP="00DC2CD1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>O DTA trabalhará com você para verificar as informações sobre o seu caso.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5098F812" w14:textId="77777777" w:rsidR="00DC2CD1" w:rsidRPr="00E955F8" w:rsidRDefault="00DC2CD1" w:rsidP="00DC2CD1">
+    <w:p w14:paraId="5098F812" w14:textId="77777777" w:rsidR="00DC2CD1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00DC2CD1" w:rsidP="00DC2CD1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Você receberá um cartão de Transferência Eletrônica de Benefícios (EBT) para acessar seus benefícios, se aprovados.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1771AFD8" w14:textId="77777777" w:rsidR="00DC2CD1" w:rsidRPr="00E955F8" w:rsidRDefault="00DC2CD1" w:rsidP="00DC2CD1">
+    <w:p w14:paraId="1771AFD8" w14:textId="77777777" w:rsidR="00DC2CD1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00DC2CD1" w:rsidP="00DC2CD1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Você receberá um aviso sobre a decisão do seu caso dentro de 30 dias. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="264CFB0D" w14:textId="4B2DE3FD" w:rsidR="00191F72" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="00191F72">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="478A09F6" w14:textId="77777777" w:rsidR="00DC2CD1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00DC2CD1" w:rsidP="00191F72">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="264CFB0D" w14:textId="4B2DE3FD" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="00191F72">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se estiver requerendo ou recebendo serviços de cuidados de longo prazo em casa mediante uma Dispensa de serviços de atendimento domiciliar e comunitário (HCBS), ou se estiver em uma instituição com serviços de enfermagem ou em hospital de tratamento de doenças crônicas, selecione </w:t>
       </w:r>
-      <w:r w:rsidR="00DC2CD1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00DC2CD1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">esse </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>programa. Precisaremos de mais informações e contataremos você para um processamento adicional.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="269EAC96" w14:textId="77777777" w:rsidR="000A69E4" w:rsidRPr="00E955F8" w:rsidRDefault="000A69E4" w:rsidP="000A69E4">
+    <w:p w14:paraId="269EAC96" w14:textId="77777777" w:rsidR="000A69E4" w:rsidRPr="00BD1FC8" w:rsidRDefault="000A69E4" w:rsidP="000A69E4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">☐ </w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Cuidados de longo prazo e/ou</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E4B57D4" w14:textId="56200CFA" w:rsidR="00191F72" w:rsidRPr="00E955F8" w:rsidRDefault="000A69E4" w:rsidP="000A69E4">
+    <w:p w14:paraId="4E4B57D4" w14:textId="56200CFA" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="000A69E4" w:rsidP="000A69E4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">☐ </w:t>
       </w:r>
-      <w:r w:rsidR="00191F72" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00191F72" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Dispensa dos serviços domiciliares e comunitários</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B754758" w14:textId="77777777" w:rsidR="00191F72" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+    <w:p w14:paraId="3B754758" w14:textId="77777777" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ETAPA 1 Pessoa 1. Informe sobre você. Escreva com letra de fôrma legível.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59D3D960" w14:textId="3A902F36" w:rsidR="00191F72" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="59D3D960" w14:textId="3A902F36" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Um adulto do agregado domiciliar deve ser a pessoa de contato do requerimento. </w:t>
       </w:r>
-      <w:r w:rsidR="00DC2CD1" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00DC2CD1" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Essa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> pessoa deve constar no requerimento, não</w:t>
       </w:r>
-      <w:r w:rsidR="000A69E4" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000A69E4" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>deve ser um terceiro disposto a ser um contato da pessoa que fez o requerimento. Leia o Formulário de Designação de Representante Autorizado</w:t>
       </w:r>
-      <w:r w:rsidR="000A69E4" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000A69E4" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>do MassHealth (ARD) no final deste requerimento para criar um terceiro como contato.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D2081FE" w14:textId="77777777" w:rsidR="000A69E4" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0D2081FE" w14:textId="77777777" w:rsidR="000A69E4" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>1. Nome, nome do meio, sobrenome, sufixo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74AD4BC0" w14:textId="77777777" w:rsidR="000A69E4" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="74AD4BC0" w14:textId="77777777" w:rsidR="000A69E4" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>2. Data de nascimento</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56A5BA6F" w14:textId="1CE444DB" w:rsidR="00191F72" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="56A5BA6F" w14:textId="1CE444DB" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>3. Endereço de e-mail</w:t>
       </w:r>
-      <w:r w:rsidR="000A69E4" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000A69E4" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sem endereço residencial. Nota: se marcar esta caixa, é preciso fornecer um endereço para</w:t>
       </w:r>
-      <w:r w:rsidR="000A69E4" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000A69E4" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>correspondência.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12314489" w14:textId="77777777" w:rsidR="000A69E4" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="12314489" w14:textId="77777777" w:rsidR="000A69E4" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>4. Endereço residencial</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EEE1788" w14:textId="2F274FE8" w:rsidR="00191F72" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2EEE1788" w14:textId="2F274FE8" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>5. No. do apartamento ou unidade</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EFC6724" w14:textId="77777777" w:rsidR="000A69E4" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="5EFC6724" w14:textId="77777777" w:rsidR="000A69E4" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>6. Cidade</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="180A0A54" w14:textId="77777777" w:rsidR="000A69E4" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="180A0A54" w14:textId="77777777" w:rsidR="000A69E4" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>7. Estad</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78FA92D5" w14:textId="29661B98" w:rsidR="000A69E4" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="78FA92D5" w14:textId="77777777" w:rsidR="000A69E4" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. ZIP (CEP)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F0982C3" w14:textId="735402C1" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>9. Condado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A8C9839" w14:textId="77777777" w:rsidR="000A69E4" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7A8C9839" w14:textId="77777777" w:rsidR="000A69E4" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>10. Endereço para correspondência Marque se igual ao residencial.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AEA622F" w14:textId="0B5943D9" w:rsidR="00191F72" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2AEA622F" w14:textId="0B5943D9" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>11. No. do apartamento ou unidade</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="657AE837" w14:textId="77777777" w:rsidR="000A69E4" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="657AE837" w14:textId="77777777" w:rsidR="000A69E4" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>12. Cidade</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="009AB0EB" w14:textId="77777777" w:rsidR="000A69E4" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="009AB0EB" w14:textId="77777777" w:rsidR="000A69E4" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>13. Estado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25CCBB5E" w14:textId="77777777" w:rsidR="000A69E4" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="25CCBB5E" w14:textId="77777777" w:rsidR="000A69E4" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>14. ZIP (CEP)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="194D1B73" w14:textId="77777777" w:rsidR="000A69E4" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="194D1B73" w14:textId="77777777" w:rsidR="000A69E4" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>15. Condado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D5A9A8F" w14:textId="134888B2" w:rsidR="000A69E4" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4D5A9A8F" w14:textId="0E1C9F3D" w:rsidR="000A69E4" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">16. Número de </w:t>
       </w:r>
-      <w:r w:rsidR="000A69E4" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00552086" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>telefone celular</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EC1A234" w14:textId="3E8530DC" w:rsidR="000A69E4" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. Outro número de </w:t>
+      </w:r>
+      <w:r w:rsidR="000A69E4" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>telephone</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EC1A234" w14:textId="3E8530DC" w:rsidR="000A69E4" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3F2FADDA" w14:textId="7A1A51D0" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>18. No. de pessoas no requerimento</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="232D6920" w14:textId="234B09C2" w:rsidR="00191F72" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="232D6920" w14:textId="234B09C2" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>19. Qual é seu idioma preferido, se não for inglês?</w:t>
       </w:r>
-      <w:r w:rsidR="000A69E4" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000A69E4" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Falado</w:t>
       </w:r>
-      <w:r w:rsidR="000A69E4" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000A69E4" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Escrito</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="094C3EC3" w14:textId="03101B77" w:rsidR="00191F72" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="094C3EC3" w14:textId="03101B77" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>O idioma escrito de preferência pode ser usado pelo MassHealth e Health Connector nas comunicações com você. Se você não</w:t>
       </w:r>
-      <w:r w:rsidR="000A69E4" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000A69E4" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>responder, os avisos serão enviados em inglês.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D1077C9" w14:textId="77777777" w:rsidR="00191F72" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="6F720BF0" w14:textId="77777777" w:rsidR="000A69E4" w:rsidRPr="00BD1FC8" w:rsidRDefault="000A69E4" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D1077C9" w14:textId="77777777" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>20. Alguém neste requerimento está na prisão ou cadeia? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BD035A9" w14:textId="77777777" w:rsidR="00191F72" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0BD035A9" w14:textId="77777777" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Selecione </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> se essa pessoa será solta nos próximos 60 dias.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DA74D7D" w14:textId="77777777" w:rsidR="00191F72" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4DA74D7D" w14:textId="77777777" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, quem? Digite o nome da pessoa aqui:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26549DFC" w14:textId="77777777" w:rsidR="00191F72" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="26549DFC" w14:textId="77777777" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, essa pessoa está aguardando julgamento? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32C05A2A" w14:textId="32C52E87" w:rsidR="00191F72" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+    <w:p w14:paraId="32C05A2A" w14:textId="32C52E87" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>A quantidade de ajuda ou tipo de programa para o qual você pode se qualificar depende do número de pessoas em seu agregado familiar e sua</w:t>
       </w:r>
-      <w:r w:rsidR="000A69E4" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000A69E4" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>renda. Essas informações nos ajudam a garantir que todas as pessoas da casa tenham a cobertura à qual se qualificam.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56A9E3EE" w14:textId="099971D1" w:rsidR="00191F72" w:rsidRPr="00E955F8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="56A9E3EE" w14:textId="099971D1" w:rsidR="00191F72" w:rsidRPr="00BD1FC8" w:rsidRDefault="00191F72" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>PREENCHA A ETAPA 2 SOBRE VOCÊ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> e </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>TODAS AS PESSOAS ADICIONAIS DO SEU AGREGADO FAMILIAR</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> que moram com você, ou toda pessoa</w:t>
       </w:r>
-      <w:r w:rsidR="000A69E4" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000A69E4" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>mencionada na sua declaração de imposto renda, se você entregou uma declaração. Se você não precisa declarar a renda, lembre-se de adicionar</w:t>
       </w:r>
-      <w:r w:rsidR="000A69E4" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000A69E4" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>a pessoa do agregado familiar que mora com você.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B8EC1CB" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+    <w:p w14:paraId="519C6A9C" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="000A69E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B8EC1CB" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>SOMENTE PARA ASSISTENTES DE INSCRIÇÃO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B2BDD65" w14:textId="6A7E8186" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="6B2BDD65" w14:textId="6A7E8186" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Complete esta seção se você for um assistente de inscrição e estiver preenchendo este requerimento para outra pessoa. Os navegadores devem preencher um Formulário de Designação de Navegador, se ainda não tiverem preenchido. Os conselheiros certificados de requerimentos devem preencher um Formulário de Designação de Conselheiro Certificado de Requerimentos, se ainda não o tiverem feito.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CD95D49" w14:textId="1AB1FF52" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0CD95D49" w14:textId="1AB1FF52" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Marque um</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Navegador</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Conselheiro Certificado de Requerimentos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78F2F6C9" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="78F2F6C9" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t>Nome, nome do meio, sobrenome e sufixo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09DC7B16" w14:textId="4B5AE43E" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="09DC7B16" w14:textId="4B5AE43E" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Endereço de e-mail</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A6AABFE" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="6A6AABFE" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nome da organização No. de identificação da organização Telefone da organização</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19552789" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+    <w:p w14:paraId="19552789" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ETAPA 2 Informe sobre seu agregado familiar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72DA7AB3" w14:textId="486FFD56" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+    <w:p w14:paraId="72DA7AB3" w14:textId="486FFD56" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Quem </w:t>
       </w:r>
-      <w:r w:rsidR="00B6029F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00B6029F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>incluir deve estar incluído(a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> neste requerimento?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B453F21" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1B453F21" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Informe sobre todas as pessoas do agregado familiar que moram com você. Se você declara sua renda, precisamos saber sobre todas as pessoas que constam na declaração de imposto de renda.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72A3DA0E" w14:textId="1B53F2F8" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="72A3DA0E" w14:textId="1B53F2F8" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Você não precisa fazer declaração de imposto de renda para obter MassHealth, Health Safety Net ou o Children’ Medical Security Plan (Plano de Segurança Médica Infantil).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12F136C3" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="12F136C3" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Inclua</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ACE8B11" w14:textId="68C4508D" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+    <w:p w14:paraId="4ACE8B11" w14:textId="68C4508D" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Você e seu cônjuge (se você for casado[a])</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70B9D5CD" w14:textId="65EC92FE" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+    <w:p w14:paraId="70B9D5CD" w14:textId="65EC92FE" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Seus filhos naturais, adotivos ou de criação com menos de 19 anos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1603594A" w14:textId="1AF87B3A" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+    <w:p w14:paraId="1603594A" w14:textId="1AF87B3A" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Seu parceiro doméstico que mora com você, se vocês têm filhos juntos que são menores de 19 anos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5922A696" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+    <w:p w14:paraId="5922A696" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Os filhos do seu parceiro doméstico que moram com você e têm menos de 19 anos, se você incluir esse parceiro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72E4D535" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+    <w:p w14:paraId="72E4D535" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Qualquer pessoa que você incluir na sua declaração de imposto de renda (mesmo que não more com você)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A9C753A" w14:textId="0B56BA77" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+    <w:p w14:paraId="0A9C753A" w14:textId="0B56BA77" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Qualquer pessoa que seu parceiro doméstico </w:t>
       </w:r>
-      <w:r w:rsidR="00B6029F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00B6029F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">incluir </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>na declaração de imposto de renda (mesmo que não more com você), se você também incluir seu parceiro doméstico</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CF98A13" w14:textId="32F5F6A0" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="00B6029F" w:rsidP="00797188">
+    <w:p w14:paraId="4CF98A13" w14:textId="32F5F6A0" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B6029F" w:rsidP="00797188">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Qualquer outra pessoa com quem você more e </w:t>
       </w:r>
-      <w:r w:rsidR="00F74C52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F74C52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>que</w:t>
       </w:r>
-      <w:r w:rsidR="00F74C52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F74C52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> você cuide, com menos de 19 anos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C32CF46" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1C32CF46" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>NÃO inclua</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64467822" w14:textId="56446788" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+    <w:p w14:paraId="64467822" w14:textId="56446788" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Seu parceiro doméstico, a menos que tenham filhos juntos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C4F05F3" w14:textId="16644842" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+    <w:p w14:paraId="7C4F05F3" w14:textId="16644842" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Os filhos do seu parceiro doméstico, a menos que morem com você ou que seu parceiro doméstico os tenha incluído na declaração de renda</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="429C03A0" w14:textId="2A1E4B5C" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+    <w:p w14:paraId="429C03A0" w14:textId="2A1E4B5C" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Seus pais com quem você mora, se eles fazem sua propria declaração de renda e não o declaram como dependente para efeitos fiscais (se você tiver 19 anos ou mais)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2585E3D2" w14:textId="77D45246" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+    <w:p w14:paraId="2585E3D2" w14:textId="77D45246" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Outros parentes adultos que você não declara como dependents para efeitos fiscais</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C0D5DB5" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+    <w:p w14:paraId="1C0D5DB5" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk190433071"/>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ETAPA 2 Pessoa 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C81AE75" w14:textId="74BD4502" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1C81AE75" w14:textId="74BD4502" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Esta seção tem a finalidade de coletar mais informações sobre a pessoa de contato mencionada na página 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C832F73" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3C832F73" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>1. Nome, nome do meio, sobrenome, sufixo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DEC9D8C" w14:textId="4964B7EF" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0DEC9D8C" w14:textId="4964B7EF" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2. Parentesco com você</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="360E76B3" w14:textId="0B77CC7D" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="360E76B3" w14:textId="0B77CC7D" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>3. Data de nascimento (mm/dd/aaaa)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63EC93B5" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="63EC93B5" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>VOCÊ MESMO</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="332A4A47" w14:textId="65350098" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="332A4A47" w14:textId="694F661A" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Qual sexo foi atribuído a você ao nascer? </w:t>
       </w:r>
-      <w:r w:rsidR="00A625DB" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00A625DB" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00BD0825" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Masculino </w:t>
       </w:r>
-      <w:r w:rsidR="000244B0">
-[...30 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00BD0825" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Feminino. Este é o sexo que consta originalmente na sua certidão de nascimento.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="355A6390" w14:textId="4BF2D107" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>OPCIONAL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>: o MassHealth empenha-se em fornecer cuidados equitativos para todos os membros, independentemente de raça, etnia, gênero, orientação sexual ou idioma falado. Responda às perguntas 5 a 9 para nos ajudar a atender às suas necessidades de idioma e cultura. Sua resposta é voluntária e não afetará sua qualificação (elegibilidade), nem será utilizada para fins discriminatórios.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EB23C1C" w14:textId="77777777" w:rsidR="00A625DB" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5EB23C1C" w14:textId="77777777" w:rsidR="00A625DB" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">5. Qual a melhor descrição para sua atual identidade de gênero? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="177BC683" w14:textId="02DA18E6" w:rsidR="00A625DB" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+    <w:p w14:paraId="177BC683" w14:textId="02DA18E6" w:rsidR="00A625DB" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Identidade de gênero é como uma pessoa define e compreende seu gênero como sendo masculino, feminino, não binário, gênero não conforme, transgênero ou outro. Selecione até cinco opções</w:t>
       </w:r>
-      <w:r w:rsidR="00A625DB" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00A625DB" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BFF1C07" w14:textId="3007D89E" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5BFF1C07" w14:textId="4B843676" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Masculino </w:t>
       </w:r>
-      <w:r w:rsidR="00A625DB" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00A625DB" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Feminino </w:t>
       </w:r>
-      <w:r w:rsidR="00A625DB" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00A625DB" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="00A625DB" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Homem transgênero/homem trans </w:t>
       </w:r>
-      <w:r w:rsidR="00A625DB" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00A625DB" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Mulher transgênero/mulher trans </w:t>
       </w:r>
-      <w:r w:rsidR="00A625DB" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00A625DB" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Genderqueer/gênero não conforme/não binário/ que não se encaixa exclusivamente no masculino ou no feminin</w:t>
       </w:r>
-      <w:r w:rsidR="006A2727" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="006A2727" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A625DB" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00A625DB" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Identidade de gênero não</w:t>
       </w:r>
-      <w:r w:rsidR="001A16ED" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001A16ED" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> está</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> listada</w:t>
       </w:r>
-      <w:r w:rsidR="00797188" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00797188" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Especifique </w:t>
       </w:r>
-      <w:r w:rsidR="00A625DB" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00A625DB" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00A625DB" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Não sei </w:t>
       </w:r>
-      <w:r w:rsidR="00A625DB" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00A625DB" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Prefiro não responder</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EAE6CD9" w14:textId="77777777" w:rsidR="00A625DB" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="001820A8">
+    <w:p w14:paraId="5EAE6CD9" w14:textId="77777777" w:rsidR="00A625DB" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="001820A8">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>6. Qual das opções abaixo melhor descreve a sua orientação sexual atual?</w:t>
       </w:r>
-      <w:r w:rsidR="00AF4042" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AF4042" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DF34426" w14:textId="76CAD74B" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="001820A8">
+    <w:p w14:paraId="3DF34426" w14:textId="76CAD74B" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="001820A8">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">A orientação sexual descreve como uma pessoa define sua atração física e/ou emocional por outras pessoas. </w:t>
       </w:r>
-      <w:r w:rsidR="00AF4042" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AF4042" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Selecione até cinco opções</w:t>
       </w:r>
-      <w:r w:rsidR="00A625DB" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00A625DB" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="001820A8" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001820A8" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A14A173" w14:textId="6CF9A933" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="001820A8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2A14A173" w14:textId="2E6C3BCE" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="001820A8" w:rsidP="001820A8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r w:rsidR="0079048A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Straight ou heterossexual </w:t>
       </w:r>
-      <w:r w:rsidR="00A625DB" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00A625DB" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0079048A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Lésbica ou gay </w:t>
       </w:r>
-      <w:r w:rsidR="00A625DB" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00A625DB" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r w:rsidR="0079048A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Bissexual </w:t>
       </w:r>
-      <w:r w:rsidR="00A625DB" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00A625DB" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r w:rsidR="0079048A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Queer, pansexual ou em questionamento</w:t>
       </w:r>
-      <w:r w:rsidR="001820A8" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A625DB" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00A625DB" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r w:rsidR="0079048A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Orientação sexual não listada</w:t>
       </w:r>
-      <w:r w:rsidR="00797188" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00797188" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidR="0079048A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Especifique</w:t>
       </w:r>
-      <w:r w:rsidR="00587601" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00587601" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r w:rsidR="0079048A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Não sei </w:t>
       </w:r>
-      <w:r w:rsidR="00587601" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00587601" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r w:rsidR="0079048A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Prefiro não responder</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26B9A266" w14:textId="74754A95" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="001820A8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="26B9A266" w14:textId="74754A95" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="001820A8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>7. Sua origem ou descendência é hispânica ou latina?</w:t>
       </w:r>
-      <w:r w:rsidR="001820A8" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001820A8" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00616F96" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00616F96" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Hispânica ou latina refere-se a uma pessoa de cultura ou origem cubana, mexicana, porto-riquenha, sul-americana ou centroamericana, independentemente da raça.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A97DE8C" w14:textId="031F0DAB" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3A97DE8C" w14:textId="3E42B794" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="001820A8" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r w:rsidR="0079048A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Sim, hispânica ou latina </w:t>
       </w:r>
-      <w:r w:rsidR="00587601" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00587601" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r w:rsidR="0079048A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Não, nem hispânica nem latina </w:t>
       </w:r>
-      <w:r w:rsidR="00587601" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00587601" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r w:rsidR="0079048A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Não sei </w:t>
       </w:r>
-      <w:r w:rsidR="00587601" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00587601" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r w:rsidR="0079048A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Prefiro não responder</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F54A7F5" w14:textId="01041E26" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="001820A8">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3F54A7F5" w14:textId="2B278E4A" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="001820A8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>8. Raça (veja a página 27)</w:t>
       </w:r>
-      <w:r w:rsidR="001820A8" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001820A8" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Raça refere-se a como a pessoa se identifica com um ou mais grupos sociais. Você pode declarar várias raças.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27D53037" w14:textId="086AB85E" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="001820A8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>9. Etnia (veja a página 27)</w:t>
+      </w:r>
+      <w:r w:rsidR="001820A8" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000244B0">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Etnia refere-se à sua origem, herança, cultura, descendência ou ao país onde você ou sua família nasceram.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38A767E7" w14:textId="5E32FFA9" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Você tem um número </w:t>
+      </w:r>
+      <w:r w:rsidR="003D5A7E" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>de Seguro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Social (SSN)? Sim Não (opcional se não se aplicar)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CD865B8" w14:textId="78E68492" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="00AE5D61">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Precisamos do número de </w:t>
+      </w:r>
+      <w:r w:rsidR="003D5A7E" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Seguro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Social (SSN) de toda pessoa que está requerendi uma cobertura de saúde e tem um</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5D61" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...18 lines deleted...]
-      <w:r w:rsidR="001820A8" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>número. Há exceções para toda pessoa que tiver uma isenção religiosa, conforme descrito nas leis federais, que se qualifica</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5D61" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...55 lines deleted...]
-      <w:r w:rsidR="00AE5D61" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>somente para um SSN que não é válido para trabalhar, ou que não se qualifica para ter um SSN. Um SSN é opcional para as pessoas</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5D61" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="00AE5D61" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>que não estão requerendo cobertura de saúde, mas fornecer um SSN pode acelerar o processo do requerimento. Usamos os SSNs</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5D61" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...12 lines deleted...]
-      <w:r w:rsidR="00AE5D61" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>para verificar a renda e outras informações, e determinar quem se qualifica a receber ajuda para os custos da cobertura de saúde.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5D61" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="000244B0">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se </w:t>
+      </w:r>
+      <w:r w:rsidR="001A16ED" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>você</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> precisar de ajuda para obter um SSN, </w:t>
+      </w:r>
+      <w:r w:rsidR="001A16ED" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>ligue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para a Administração da Previdência Social (Social Security</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5D61" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...226 lines deleted...]
-        <w:r w:rsidRPr="000244B0">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Administration) pelo telefone (800) 772-1213, TTY: (800) 325-0778, ou </w:t>
+      </w:r>
+      <w:r w:rsidR="001A16ED" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">acesse </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="00BD1FC8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>socialsecurity.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="000244B0">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="001A16ED" w:rsidRPr="000244B0">
-[...7 lines deleted...]
-      <w:r w:rsidR="001A16ED" w:rsidRPr="000244B0">
+      <w:r w:rsidR="001A16ED" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Para obter mais detalhes sobre como utilizamos o seu número de </w:t>
+      </w:r>
+      <w:r w:rsidR="003D5A7E" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Seguro Social</w:t>
+      </w:r>
+      <w:r w:rsidR="001A16ED" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>, consulte o Livreto para membros.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04C302F0" w14:textId="4600E5B9" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Se Sim, informe o número</w:t>
+      </w:r>
+      <w:r w:rsidR="001A16ED" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="001A16ED" w:rsidRPr="000244B0">
+    </w:p>
+    <w:p w14:paraId="60E03998" w14:textId="77777777" w:rsidR="00587601" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se Não, marque um dos seguintes motivos. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4854626A" w14:textId="56C52AD0" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="001A16ED" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Exceção para doença</w:t>
+      </w:r>
+      <w:r w:rsidR="00797188" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="001A16ED" w:rsidRPr="000244B0">
+      <w:r w:rsidR="0011693D" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0079048A" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Acabei de requerer</w:t>
+      </w:r>
+      <w:r w:rsidR="00797188" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="001A16ED" w:rsidRPr="000244B0">
+      <w:r w:rsidR="0011693D" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0079048A" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Exceção para não cidadão</w:t>
+      </w:r>
+      <w:r w:rsidR="00797188" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="001A16ED" w:rsidRPr="000244B0">
+      <w:r w:rsidR="0011693D" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0079048A" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Exceção religiosa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6850634F" w14:textId="762800BD" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Seu nome neste requerimento é o mesmo que seu nome no cartão </w:t>
+      </w:r>
+      <w:r w:rsidR="003D5A7E" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>do Seguro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...12 lines deleted...]
-      <w:r w:rsidR="001A16ED" w:rsidRPr="000244B0">
+      <w:r w:rsidR="003D5A7E" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>ocial? Sim Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA49CD7" w14:textId="7D586683" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="00AE5D61">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Se Não, qual é o nome no cartão do SSN dessa pessoa?</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5D61" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...56 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Nome, nome do meio, sobrenome e sufixo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66FFE6EF" w14:textId="15C72EBD" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="00AE5D61">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>11. Se você receber um Crédito Fiscal de Prêmio Antecipado (APTC), você concorda em fazer uma declaração de imposto de renda do ano</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5D61" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...160 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>fiscal em que os créditos forem recebidos? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24F1123D" w14:textId="0056F4DA" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="00AE5D61">
+    <w:p w14:paraId="24F1123D" w14:textId="0056F4DA" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="00AE5D61">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>As pessoas podem não ter precisado ou não optaram por apresentar uma declaração de imposto de renda no passado, mas</w:t>
       </w:r>
-      <w:r w:rsidR="00AE5D61" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AE5D61" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>precisarão apresentar uma declaração de imposto de renda federal para todo ano em que receberem APTC. Elas precisam marcar</w:t>
       </w:r>
-      <w:r w:rsidR="00AE5D61" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AE5D61" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">“Sim” na Pergunta 11 para se qualificarem ao ConnectorCare ou APTCs para ajudar a pagar o seguro de saúde. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Você NÃO precisa</w:t>
       </w:r>
-      <w:r w:rsidR="00AE5D61" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AE5D61" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>fazer uma declaração de imposto de renda para pedir ou obter o MassHealth ou HSN, caso se qualifique.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F557CFC" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4F557CFC" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se Sim, responda às Perguntas de a até d. Se Não, vá para a Pergunta d.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5309636E" w14:textId="5968A135" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5309636E" w14:textId="5968A135" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A pessoa deve fazer uma declaração de imposto de renda conjunta com seu cônjuge para se qualificar para determinados</w:t>
       </w:r>
-      <w:r w:rsidR="00172DC2" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00172DC2" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>programas (ConnectorCare ou APTCs), a menos que seja vítima de abuso doméstico ou abandono ou faça a declaração como chefe</w:t>
       </w:r>
-      <w:r w:rsidR="00172DC2" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00172DC2" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">de família. Se você fizer a declaração de imposto de renda como chefe de família, deverá responder </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> à Pergunta 11</w:t>
       </w:r>
-      <w:r w:rsidR="00172DC2" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00172DC2" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (“Você é</w:t>
       </w:r>
-      <w:r w:rsidR="00172DC2" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00172DC2" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">casado perante a lei?). Uma </w:t>
       </w:r>
-      <w:r w:rsidR="001A16ED" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001A16ED" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">pessoa </w:t>
       </w:r>
-      <w:r w:rsidR="002F2CD3" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="002F2CD3" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">pode </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>se qualificar como chefe de família é viver separadamente do cônjuge e declarar outra</w:t>
       </w:r>
-      <w:r w:rsidR="00172DC2" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00172DC2" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>pessoa como dependente. Consulte a publicação 501 do IRS ou um profissional tributário para obter informações sobre como fazer</w:t>
       </w:r>
-      <w:r w:rsidR="00172DC2" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00172DC2" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>a declaração de renda. Só será preciso incluir a si próprio e quaisquer dependentes constantes neste requerimento.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="509BBB77" w14:textId="4B3C4ADF" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="00172DC2">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="509BBB77" w14:textId="4B3C4ADF" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>a. Você é casado perante a lei? Sim Não</w:t>
       </w:r>
-      <w:r w:rsidR="00172DC2" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00172DC2" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, vá para a Pergunta 11c.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0173B2C1" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0173B2C1" w14:textId="77777777" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="0079048A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, forneça o nome e data de nascimento do cônjuge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02A71CD6" w14:textId="23F26C08" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="02A71CD6" w14:textId="23F26C08" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>b. Você planeja apresentar uma declaração de renda conjunta com o cônjuge, referente ao ano fiscal para o qual está fazendo o</w:t>
       </w:r>
-      <w:r w:rsidR="00172DC2" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00172DC2" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>requerimento? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76B19773" w14:textId="4BDC7C08" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="76B19773" w14:textId="4BDC7C08" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>c. Você reivindicará dependentes na declaração de imposto de renda federal do ano em que estiver fazendo o requerimento?</w:t>
       </w:r>
-      <w:r w:rsidR="00172DC2" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00172DC2" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E9390D8" w14:textId="2CDEA42D" w:rsidR="0079048A" w:rsidRPr="00E955F8" w:rsidRDefault="0079048A" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5E9390D8" w14:textId="2CDEA42D" w:rsidR="0079048A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0079048A" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Você irá reivindicar uma dedução de isenção pessoal na declaração de renda para toda pessoa listada neste requerimento como</w:t>
       </w:r>
-      <w:r w:rsidR="00172DC2" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00172DC2" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">dependente, </w:t>
       </w:r>
-      <w:r w:rsidR="001A16ED" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001A16ED" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...12 lines deleted...]
-      <w:r w:rsidR="00172DC2" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>que está inscrita no plano de saúde por meio do Massachusetts Health Connector e cujo prêmio de cobertura é pago</w:t>
+      </w:r>
+      <w:r w:rsidR="00172DC2" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>total ou parcialmente por pagamentos antecipados. Liste os nomes e datas de nascimento dos dependentes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E9573F5" w14:textId="1F765EC7" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0E9573F5" w14:textId="1F765EC7" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>d. Você será reivindicado como dependente na declaração de imposto de renda federal de outra pessoa para o ano para o qual está fazendo o requerimento? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2712552D" w14:textId="1DFD65FE" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2712552D" w14:textId="1DFD65FE" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se você for declarado como dependente por outra pessoa na declaração de imposto de renda federal, isso poderá afetar </w:t>
       </w:r>
-      <w:r w:rsidR="002F2CD3" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="002F2CD3" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>como você irá</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> receber um suplemento como crédito de imposto. Não responda Sim a esta pergunta se você tiver menos de 21 anos e estiver sendo declarado como dependente por um pai ou mãe sem custódia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77F9FC62" w14:textId="0DE50C37" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="77F9FC62" w14:textId="0DE50C37" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se Sim, liste o nome do declarante do imposto.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C542866" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4C542866" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data de nascimento do declarante do imposto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="539EA101" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="539EA101" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Qual é o seu parentesco com o declarante do imposto?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="079375F0" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="079375F0" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>O declarante do imposto é casado e faz declaração conjunta? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F20321C" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3F20321C" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se Sim, forneça o nome e data de nascimento do cônjuge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="512F1F4F" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="512F1F4F" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Quem mais o declarante do imposto inclui como dependentes?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17D0E9F3" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="17D0E9F3" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>e. Você declara o imposto de renda separadamente porque é vítima de abuso doméstico ou abandono? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="181BB358" w14:textId="1605577F" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2A10B2A9" w14:textId="77777777" w:rsidR="005521D9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="005521D9">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Opcional</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="005521D9" w:rsidRPr="00E955F8">
+    </w:p>
+    <w:p w14:paraId="181BB358" w14:textId="1D3E7ECB" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="005521D9" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Enviei a declaração de imposto de renda ao Internal Revenue Service (IRS) referente a pelo menos um ano dos últimos dois anos que eu recebi Crédito Fiscal de Prêmio Antecipado (APTC) para reduzir os pagamentos mensais de prêmios, inclusive se eu estava inscrito no ConnectorCare. Incluí os formulários de impostos comprovando os créditos fiscais que eu recebi quando enviei minha declaração de renda, para que o IRS pudesse calcular o valor do Crédito Fiscal de Prêmio Antecipado ao qual eu tinha direito baseado na minha renda final do ano. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00172DC2" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B514FBD" w14:textId="7055BEE9" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00AC7B63">
+    <w:p w14:paraId="3B514FBD" w14:textId="7055BEE9" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00AC7B63">
       <w:pPr>
         <w:ind w:left="2160" w:hanging="2160"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Responda </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> se:</w:t>
       </w:r>
-      <w:r w:rsidR="00AC7B63" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>1. Você recebeu um APTC ou ConnectorCare no passado, e</w:t>
       </w:r>
-      <w:r w:rsidR="00AC7B63" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>2. Essa afirmação for pertinente para todas as pessoas do agregado familiar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="396CDD1A" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="396CDD1A" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>12. Você está requerendo cobertura de saúde ou odontológica para VOCÊ? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="206B0750" w14:textId="0192EA19" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="206B0750" w14:textId="0192EA19" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se Sim, responda a todas as perguntas abaixo. Se Não, responda às Perguntas 18 e 19, e leia as Informações de renda.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45044BDF" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="45044BDF" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>13. Você é cidadão dos EUA ou tem nacionalidade dos EUA? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50DF929C" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="50DF929C" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se Sim, você é cidadão naturalizado, tem cidadania derivada ou adquirida (não nasceu nos EUA)? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C085A64" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2C085A64" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Número de estrangeiro Número do certificado de naturalização ou cidadania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38D8B7D1" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="38D8B7D1" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>14. Se não é cidadão, você tem status de imigração qualificado? Sim Não.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5780817F" w14:textId="646604F3" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5780817F" w14:textId="646604F3" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, vá para a Pergunta 15.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FFA9A66" w14:textId="6D19154B" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00AC7B63">
+    <w:p w14:paraId="0FFA9A66" w14:textId="6D19154B" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00AC7B63">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A página 27 mostra ajuda sobre “Status de imigração e tipos de documentos”. Se a resposta foi Não ou Não houve resposta, os</w:t>
       </w:r>
-      <w:r w:rsidR="00AC7B63" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>requerentes talvez recebam somente um ou mais dos seguintes: MassHealth Standard (se estiver grávida), MassHealth Limited,</w:t>
       </w:r>
-      <w:r w:rsidR="00AC7B63" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Children’s Medical Security Plan (CMSP) ou Health Safety Net (HSN).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C01E6F7" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1C01E6F7" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>a. Se Sim, você tem um documento de imigração? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C6BCB75" w14:textId="7C2B64F8" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00AC7B63">
+    <w:p w14:paraId="7C6BCB75" w14:textId="7C2B64F8" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00AC7B63">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Poderá nos ajudar a processar o requerimento mais rapidamente se você incluir uma cópia de documentos de imigração de todas</w:t>
       </w:r>
-      <w:r w:rsidR="00AC7B63" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">as pessoas que estão </w:t>
       </w:r>
-      <w:r w:rsidR="005521D9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="005521D9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>requerendo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>. Tentaremos verificar o status de imigração por meio de uma correspondência de dados</w:t>
       </w:r>
-      <w:r w:rsidR="00AC7B63" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>eletrônicos. Liste todos os status ou condições de imigração que se aplica</w:t>
       </w:r>
-      <w:r w:rsidR="005521D9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="005521D9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ra</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>m a todas as pessoas neste requerimento deste que</w:t>
       </w:r>
-      <w:r w:rsidR="00AC7B63" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>entraram nos EUA. Se precisar de mais espaço, anexe outra folha de papel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="374A0401" w14:textId="5957D9BE" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00AC7B63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="374A0401" w14:textId="5957D9BE" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data de concessão de status (mm/dd/aaaa) (para pessoas agredidas, digite a data em que a petição foi</w:t>
       </w:r>
-      <w:r w:rsidR="00AC7B63" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>aprovada como sendo devidamente apresentada.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19EC4004" w14:textId="77777777" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="19EC4004" w14:textId="77777777" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Status de imigração</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D885D33" w14:textId="060C1E1F" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2D885D33" w14:textId="060C1E1F" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Tipo de documento de imigração</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="636C4843" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="636C4843" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Escolha um ou mais status e tipos de documento na lista da página 27.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32A670BD" w14:textId="4B682742" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="32A670BD" w14:textId="4B682742" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de identificação do </w:t>
       </w:r>
-      <w:r w:rsidR="00AC7B63" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>document</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C1D3145" w14:textId="6D536068" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4C1D3145" w14:textId="6D536068" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Número de estrangeiro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="680ECB5E" w14:textId="77777777" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="680ECB5E" w14:textId="77777777" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data de validade do passaporte ou documento (mm/dd/aaaa)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F7F25F" w14:textId="048471CF" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="16F7F25F" w14:textId="048471CF" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>País</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4119D2DF" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4119D2DF" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>b. Você usou o mesmo nome neste requerimento que usou para obter o status de imigração? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16BB7CDF" w14:textId="0B58EA66" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="16BB7CDF" w14:textId="0B58EA66" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se Não, que nome você usou?</w:t>
       </w:r>
-      <w:r w:rsidR="00AC7B63" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nome, nome do meio, sobrenome e sufixo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31B231E8" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="31B231E8" w14:textId="77777777" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00172DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>c. Você chegou aos EUA depois de 22 de agosto de 1996? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D942532" w14:textId="41CC3BFB" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00AC7B63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2D942532" w14:textId="41CC3BFB" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>d. Você é veterano dispensado com honra ou membro ativo das forças armadas dos EUA, ou é cônjuge ou filho de um veterano</w:t>
       </w:r>
-      <w:r w:rsidR="00AC7B63" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>dispensado com honra ou membro ativo das forças armadas dos EUA? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38349348" w14:textId="0A4865C9" w:rsidR="00172DC2" w:rsidRPr="00E955F8" w:rsidRDefault="00172DC2" w:rsidP="00AC7B63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="38349348" w14:textId="37D91F22" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">e. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Opcional</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Você é</w:t>
       </w:r>
-      <w:r w:rsidR="00AC7B63" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000244B0">
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vítima de tráfico humano grave</w:t>
+      </w:r>
+      <w:r w:rsidR="005521D9" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cônjuge, filho(a), </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="00797188" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>irmão(ã), ou</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>pai/mãe de vítima de tráfico humano</w:t>
+      </w:r>
+      <w:r w:rsidR="005521D9" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cônjuge agredido(a), ou </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">filho(a) de pai/mãe </w:t>
+      </w:r>
+      <w:r w:rsidR="005521D9" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ou cônjuge </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>agredido(a)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08310F72" w14:textId="18F608E9" w:rsidR="00172DC2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00172DC2" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. </w:t>
+      </w:r>
+      <w:r w:rsidR="005521D9" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Você mora com pelo menos uma criança menor de 19 anos e você é a principal pessoa cuidadora dessa criança ou dessas crianças?</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim Não</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...142 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nome(s) e data(s) de nascimento das crianças</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D8DABB6" w14:textId="5816B65F" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0D8DABB6" w14:textId="5816B65F" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>16. Você mora em Massachusetts e pretende residir aqui, mesmo sem endereço fixo, ou entrou em Massachusetts com um compromisso de trabalho ou procurando emprego? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3641E61A" w14:textId="31C09DCC" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3641E61A" w14:textId="31C09DCC" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se você estiver visitando Massachusetts para lazer pessoal ou </w:t>
       </w:r>
-      <w:r w:rsidR="005521D9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="005521D9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>para</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> receber cuidados médicos em um ambiente diferente de uma instituição de enfermagem, você deverá responder Não a esta pergunta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44CE1551" w14:textId="016E80B3" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="44CE1551" w14:textId="016E80B3" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>17. Você tem uma lesão, doença ou deficiência (inclusive uma condição de saúde mental incapacitante) que durou ou deverá durar pelo menos 12 meses? Se for legalmente cego, responda Sim. Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D3C7D10" w14:textId="0971A240" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7D3C7D10" w14:textId="0971A240" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>18. Você precisa de adaptações razoáveis devido a uma deficiência ou lesão? Sim Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Se Sim, preencha o resto deste requerimento, incluindo o Suplemento C: Acomodações.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7993528F" w14:textId="6C312AC6" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="7993528F" w14:textId="6C312AC6" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t>19. Você está grávida? Sim Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Se Sim, quantos bebês está esperando? Qual é a data prevista para o parto?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="764102D1" w14:textId="601BA9AF" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="764102D1" w14:textId="601BA9AF" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>20. Opcional Você tem câncer de mama ou câncer do colo do útero? Sim Não (Regras especiais de cobertura podem ser aplicadas.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3715F460" w14:textId="77777777" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3715F460" w14:textId="77777777" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>21. Opcional Você é HIV positivo(a)? Sim Não (O MassHealth tem regras especiais de cobertura para pessoas com HIV.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="604CE8CE" w14:textId="77777777" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="604CE8CE" w14:textId="77777777" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>22. Você já morou com família de acolhimento? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="018C1030" w14:textId="77777777" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="018C1030" w14:textId="77777777" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>a. Se Sim, em qual estado você morou com família de acolhimento?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7555C3BF" w14:textId="49781248" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7555C3BF" w14:textId="49781248" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">b. </w:t>
       </w:r>
-      <w:r w:rsidR="005521D9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="005521D9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Você recebeu </w:t>
       </w:r>
-      <w:r w:rsidR="00966AA8" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00966AA8" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>assistência médica</w:t>
       </w:r>
-      <w:r w:rsidR="005521D9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="005521D9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> por meio de um programa estadual do Medicaid?</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76436D12" w14:textId="63753ECB" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
+    <w:p w14:paraId="76436D12" w14:textId="63753ECB" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk166076621"/>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>INFORMAÇÕES DE RENDA</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>(Você pode enviar comprovantes de toda renda familiar com este requerimento.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39CF487A" w14:textId="61C7DB25" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="39CF487A" w14:textId="61C7DB25" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>23. Você tem alguma renda? Sim Não Se não tem nenhuma renda, vá para a Pergunta 37.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="601C4DD4" w14:textId="075B12EB" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="003F694A">
+    <w:p w14:paraId="601C4DD4" w14:textId="075B12EB" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="003F694A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="120" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>EMPREGO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Se precisar de mais espaço, anexe outra folha de papel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38E2B23B" w14:textId="6A8540B7" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="38E2B23B" w14:textId="6A8540B7" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">24. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>EMPREGO ATUAL 1:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Nome e endereço do empregador</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>No. ID fiscal federal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24FAE22F" w14:textId="1E621F9D" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="24FAE22F" w14:textId="1E621F9D" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">25. a. Salários/gorjetas (antes do imposto) </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E111055" w14:textId="61635944" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="003F694A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7E111055" w14:textId="06677308" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Semanal A cada duas semanas Duas vezes por mês</w:t>
       </w:r>
-      <w:r w:rsidR="003F694A" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003F694A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mensal Trimestral Anual (subtraia todas </w:t>
+      </w:r>
+      <w:r w:rsidR="00353CF2" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>deduções antes do imposto, como prêmios de seguro de saúde não tributáveis.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FAC9253" w14:textId="77777777" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>b. Data de início da renda</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A766753" w14:textId="77777777" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4A766753" w14:textId="77777777" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>26. Número médio de horas trabalhadas por SEMANA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C3A9CF7" w14:textId="471AFB07" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="003F694A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="6C3A9CF7" w14:textId="471AFB07" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>27. Você tem emprego sazonal? Sim Não.</w:t>
       </w:r>
-      <w:r w:rsidR="003F694A" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003F694A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se Sim, em quais meses do ano você trabalha?</w:t>
       </w:r>
-      <w:r w:rsidR="003F694A" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003F694A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:t xml:space="preserve">Jan. Fev. Mar. Abr. Maio Jun. Jul. Ago. Set. Out. Nov. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Dez.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FA48DC5" w14:textId="2444D811" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1FA48DC5" w14:textId="2444D811" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">28. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>EMPREGO ATUAL 2:</w:t>
       </w:r>
-      <w:r w:rsidR="003F694A" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003F694A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nome e endereço do empregador</w:t>
       </w:r>
-      <w:r w:rsidR="003F694A" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003F694A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>No. ID fiscal federal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E707C07" w14:textId="35637A24" w:rsidR="003F694A" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="5E707C07" w14:textId="35637A24" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">29. a. Salários/gorjetas (antes do imposto) </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44ED6441" w14:textId="36967ADA" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="003F694A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="44ED6441" w14:textId="4CBE0EE0" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Semanal A cada duas semanas Duas vezes por mês</w:t>
       </w:r>
-      <w:r w:rsidR="003F694A" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003F694A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mensal Trimestral Anual (subtraia todas </w:t>
+      </w:r>
+      <w:r w:rsidR="00353CF2" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>deduções antes do imposto, como prêmios de seguro de saúde não tributáveis.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="622BF0B2" w14:textId="77777777" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>b. Data de início da renda</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ABDC9C2" w14:textId="77777777" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4ABDC9C2" w14:textId="77777777" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>30. Número médio de horas trabalhadas por SEMANA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7875630E" w14:textId="0B7D82DA" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="003F694A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7875630E" w14:textId="0B7D82DA" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>31. Você tem emprego sazonal? Sim Não.</w:t>
       </w:r>
-      <w:r w:rsidR="003F694A" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003F694A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se Sim, em quais meses do ano você trabalha?</w:t>
       </w:r>
-      <w:r w:rsidR="003F694A" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003F694A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:t xml:space="preserve">Jan. Fev. Mar. Abr. Maio Jun. Jul. Ago. Set. Out. Nov. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Dez.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A661861" w14:textId="77777777" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4A661861" w14:textId="77777777" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">32. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>AUTÔNOMO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>: Você é trabalhador autônomo? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49C22AAA" w14:textId="77777777" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="49C22AAA" w14:textId="77777777" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t>a. Se Sim, que tipo de trabalho você faz?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E5B9CD6" w14:textId="05F832A7" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="003F694A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3E5B9CD6" w14:textId="05F832A7" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>b. Em média, qual será sua renda líquida (lucros ou perdas depois do pagamento das despesas comerciais) gerada por esse trabalho</w:t>
       </w:r>
-      <w:r w:rsidR="003F694A" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003F694A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">autônomo todo mês? </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidR="003F694A" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003F694A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">mês lucro ou </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidR="003F694A" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003F694A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>mês perda?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B9C8D2A" w14:textId="62FCFEF8" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5B9C8D2A" w14:textId="62FCFEF8" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>c. Quantas horas você trabalha por semana?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE072C8" w14:textId="77777777" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="003F694A">
+    <w:p w14:paraId="1FE072C8" w14:textId="77777777" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="003F694A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="120" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">OUTROS </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>RENDIMENTOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07F4120F" w14:textId="4DA7A00B" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="003F694A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="07F4120F" w14:textId="4DA7A00B" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>33. Marque todas as opções</w:t>
       </w:r>
-      <w:r w:rsidR="00713C62" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00713C62" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00713C62" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00713C62" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>nforme o valor e a frequência em que recebe. OBSERVAÇÃO: você não precisa informar</w:t>
       </w:r>
-      <w:r w:rsidR="003F694A" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003F694A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>sobre pensão alimentícia, pagamentos não tributáveis a veteranos de guerra ou Renda Suplementar de Segurança (Supplemental</w:t>
       </w:r>
-      <w:r w:rsidR="003F694A" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003F694A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Security Income, SSI).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71FB2900" w14:textId="32B3987E" w:rsidR="00AC7B63" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="71FB2900" w14:textId="32B3987E" w:rsidR="00AC7B63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7B63" w:rsidP="00AC7B63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Benefícios da Providência Social </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41BE0172" w14:textId="2EEDF317" w:rsidR="003F694A" w:rsidRPr="00E955F8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="41BE0172" w14:textId="2EEDF317" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Desemprego </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="314A570B" w14:textId="7993809C" w:rsidR="003F694A" w:rsidRPr="00E955F8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="314A570B" w14:textId="7993809C" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Aposentadoria ou pensão </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência? Fonte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BFA18AA" w14:textId="2AB9D6E9" w:rsidR="003F694A" w:rsidRPr="00E955F8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0BFA18AA" w14:textId="2AB9D6E9" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Juros, dividendos e outros rendimentos de investimentos </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1490F92B" w14:textId="36767466" w:rsidR="003F694A" w:rsidRPr="00E955F8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1490F92B" w14:textId="36767466" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Benefícios tributáveis de veterano de guerra </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18B39E12" w14:textId="795C3907" w:rsidR="003F694A" w:rsidRPr="00E955F8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="18B39E12" w14:textId="795C3907" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Benefícios tributáveis de aposentadoria militar </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F7A60D5" w14:textId="6C97C1F9" w:rsidR="003F694A" w:rsidRPr="00E955F8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7F7A60D5" w14:textId="6C97C1F9" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Pensão alimentícia recebida </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Se você estiver recebendo pagamentos de pensão alimentícia por divórcio, acordo de separação ou ordem judicial finalizada antes de 1º de janeiro de 2019, digite o valor desses pagamentos aqui. </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14E1C2AB" w14:textId="14F9706F" w:rsidR="003F694A" w:rsidRPr="00E955F8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="14E1C2AB" w14:textId="14F9706F" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Outros rendimentos tributáveis </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência? Tipo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33F5D431" w14:textId="01E5B986" w:rsidR="003F694A" w:rsidRPr="00E955F8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="33F5D431" w14:textId="01E5B986" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Renda líquida de aluguel ou royalties: </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>lucro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>perda</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64F85561" w14:textId="71F4F553" w:rsidR="003F694A" w:rsidRPr="00E955F8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="64F85561" w14:textId="71F4F553" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Ganhos de capital: Em média, qual será seu ganho líquido ou perda resultante desse ganho de capital por mês? </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>lucro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>perda</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25F05982" w14:textId="53874BE9" w:rsidR="003F694A" w:rsidRPr="00E955F8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="25F05982" w14:textId="53874BE9" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Renda líquida de agricultura ou pesca: </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>lucro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>perda</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Quantas horas por semana?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10A69FF4" w14:textId="13E06FFF" w:rsidR="003F694A" w:rsidRPr="00E955F8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="10A69FF4" w14:textId="00AE8C44" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Prêmios de loteria e jogos de azar: </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidR="000244B0">
+      <w:r w:rsidR="00FB5E09" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Data efetiva</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5E09" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6353114E" w14:textId="77777777" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Com que frequência? Uma única vez Semanal A cada duas semanas Duas vezes por mês Mensal Anual</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19108A90" w14:textId="3E2A576C" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Prêmios não monetários não são contabilizados como ganhos qualificados em loterias e jogos de azar. Não inclua nenhuma perda no valor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AA06AC4" w14:textId="77777777" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="00FB5E09">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>RENDA EM UMA ÚNICA VEZ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="672C9A5F" w14:textId="77777777" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>34. Você recebeu ou receberá renda durante este ano civil como um pagamento único? Sim Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="352B1F0E" w14:textId="77777777" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Um exemplo pode ser um pagamento à vista de pensão.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52532F2E" w14:textId="4347AC79" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Se Sim:</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5E09" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FB5E09" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Tipo</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5E09" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Valor </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5E09" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...126 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Mês recebido Ano recebido</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C45E268" w14:textId="77777777" w:rsidR="003F694A" w:rsidRPr="00E955F8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5C45E268" w14:textId="77777777" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>35. Você irá receber renda durante o próximo ano civil como um pagamento único? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000BA2CD" w14:textId="1B4EE38F" w:rsidR="003F694A" w:rsidRPr="00E955F8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="000BA2CD" w14:textId="1B4EE38F" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>: Tipo: Valor US Mês recebido Ano recebido</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59713EFB" w14:textId="77777777" w:rsidR="003F694A" w:rsidRPr="00E955F8" w:rsidRDefault="003F694A" w:rsidP="00FB5E09">
+    <w:p w14:paraId="59713EFB" w14:textId="77777777" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="00FB5E09">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>DEDUÇÕES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6889F8FA" w14:textId="77777777" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>36. Que deduções você abate na declaração de imposto de renda?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23DCE193" w14:textId="3D369ED4" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="00FB5E09">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Se você pagar por certas coisas que podem ser deduzidas na declaração de imposto de renda federal, nos informar sobre elas</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5E09" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>pode reduzir um pouco o custo da cobertura de saúde. Marque todas as opções que se aplicam. As deduções devem ser o que</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5E09" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>você declara na declaração de imposto de renda na seção “Renda bruta ajustada” (Adjusted Gross Income). Para cada dedução</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5E09" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>selecionada, indique o valor anual. Você pode digitar até o valor máximo de dedução permitido pelo IRS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BC69BC4" w14:textId="2FB07866" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Despesas de educadores: Valor anual </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26C8EB3D" w14:textId="2007A937" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="00FB5E09">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Certas despesas comerciais de reservistas, artistas performáticos ou funcionários públicos que recebem honorários:</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5E09" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Valor anual </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04F54BFF" w14:textId="60F35362" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dedução da conta poupança de saúde (Health Savings Account): Valor anual </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51711807" w14:textId="71D2BD7A" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Despesas de mudança para membros das Forças Armadas: Valor anual </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AB3ACB1" w14:textId="3CBBDA38" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parte dedutível do imposto de trabalho autônomo: Valor anual </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59F4EE92" w14:textId="0DAF7B93" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contribuição para planos de aposentadoria para autônomos, como SEP, SIMPLE e outros planos qualificados: Valor anual </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24714303" w14:textId="20247917" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dedução do seguro de saúde de autônomo: Valor anual </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28249A1D" w14:textId="32463428" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Multa por saque antecipado de poupança: Valor anual </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E29C910" w14:textId="4A4BC357" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="00FB5E09">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Pagamentos de pensão alimentícia por divórcio, acordo de separação ou ordem judicial finalizada antes de 1º de janeiro de 2019:</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5E09" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Valor anual </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="541354AF" w14:textId="5791AE28" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dedução da conta de aposentadoria individual (Individual Retirement Account - IRA): Valor anual </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EACE5CC" w14:textId="0AD30E4D" w:rsidR="00FB5E09" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="00FB5E09">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dedução do empréstimo estudantil (apenas juros e não o pagamento total): Valor anual </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D1D2378" w14:textId="1149FE49" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="00FB5E09">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Nenhuma</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21E68026" w14:textId="77777777" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="00FB5E09">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>RENDA ANUAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22CEE535" w14:textId="77777777" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>37. Qual é a sua renda total esperada para o ano civil atual?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0366CB70" w14:textId="763BECF4" w:rsidR="003F694A" w:rsidRPr="00BD1FC8" w:rsidRDefault="003F694A" w:rsidP="003F694A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>DEDUÇÕES</w:t>
-[...346 lines deleted...]
-        </w:rPr>
         <w:t>38. Qual é a sua renda total esperada para o próximo ano civil, se for diferente?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65673CB4" w14:textId="5DD84450" w:rsidR="00FB5E09" w:rsidRPr="00E955F8" w:rsidRDefault="00FB5E09" w:rsidP="00FB5E09">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="65673CB4" w14:textId="5DD84450" w:rsidR="00FB5E09" w:rsidRPr="00BD1FC8" w:rsidRDefault="00FB5E09" w:rsidP="00FB5E09">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Obrigado</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">! Isso é tudo </w:t>
       </w:r>
-      <w:r w:rsidR="003C58C0" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003C58C0" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>que</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> precisamos saber sobre você. Vá para a Etapa 2 Pessoa 2 para acrescentar outro membro do agregado familiar, se necessário. Se não for necessário, vá para a Etapa 3</w:t>
       </w:r>
-      <w:r w:rsidR="00C05C20" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00C05C20" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Membros do agregado familiar indígenas americanos ou nativos do Alasca (AI/AN).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="43C32FE6" w14:textId="321161C6" w:rsidR="00FB5E09" w:rsidRPr="00E955F8" w:rsidRDefault="00FB5E09">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="43C32FE6" w14:textId="321161C6" w:rsidR="00FB5E09" w:rsidRPr="00BD1FC8" w:rsidRDefault="00FB5E09">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="718B5A9F" w14:textId="77777777" w:rsidR="00FB5E09" w:rsidRPr="00E955F8" w:rsidRDefault="00FB5E09" w:rsidP="00FB5E09">
+    <w:p w14:paraId="718B5A9F" w14:textId="77777777" w:rsidR="00FB5E09" w:rsidRPr="00BD1FC8" w:rsidRDefault="00FB5E09" w:rsidP="00FB5E09">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ETAPA 2 Pessoa 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A2072C9" w14:textId="77777777" w:rsidR="00FB5E09" w:rsidRPr="00E955F8" w:rsidRDefault="00FB5E09" w:rsidP="00FB5E09">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0A2072C9" w14:textId="77777777" w:rsidR="00FB5E09" w:rsidRPr="00BD1FC8" w:rsidRDefault="00FB5E09" w:rsidP="00FB5E09">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>1. Nome, nome do meio, sobrenome e sufixo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F6E1DBD" w14:textId="77777777" w:rsidR="00FB5E09" w:rsidRPr="00E955F8" w:rsidRDefault="00FB5E09" w:rsidP="00FB5E09">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2F6E1DBD" w14:textId="77777777" w:rsidR="00FB5E09" w:rsidRPr="00BD1FC8" w:rsidRDefault="00FB5E09" w:rsidP="00FB5E09">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>2. Parentesco com a pessoa 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="078FCC8A" w14:textId="1BD10E2D" w:rsidR="00FB5E09" w:rsidRPr="00E955F8" w:rsidRDefault="00FB5E09" w:rsidP="00FB5E09">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="078FCC8A" w14:textId="1BD10E2D" w:rsidR="00FB5E09" w:rsidRPr="00BD1FC8" w:rsidRDefault="00FB5E09" w:rsidP="00FB5E09">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Essa pessoa mora com a pessoa 1? Sim Não</w:t>
       </w:r>
-      <w:r w:rsidR="007D4A44" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="007D4A44" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk166082796"/>
-      <w:r w:rsidR="007D4A44" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="007D4A44" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidR="007D4A44" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="007D4A44" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidR="007D4A44" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="007D4A44" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, forneça o endereço.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0876F659" w14:textId="0854FD05" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00FB5E09">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0876F659" w14:textId="0854FD05" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00FB5E09">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>3. Data de nascimento (mm/dd/aaaa)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C6C558A" w14:textId="674F4452" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2C6C558A" w14:textId="0C6573C9" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Qual sexo foi atribuído a </w:t>
       </w:r>
-      <w:r w:rsidR="00275083" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00275083" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>essa pessoa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ao nascer? </w:t>
       </w:r>
-      <w:r w:rsidR="000244B0">
+      <w:r w:rsidR="00BD0825" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Masculino </w:t>
       </w:r>
-      <w:r w:rsidR="000244B0">
+      <w:r w:rsidR="00BD0825" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:br/>
-[...26 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Feminino. Este é o sexo que consta originalmente na sua certidão de nascimento.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DEEE678" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>OPCIONAL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>: Leia as instruções para Perguntas 5 a 9, Pessoa 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="349F0822" w14:textId="4C2A50E2" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="349F0822" w14:textId="30DB4E6F" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>5. Qual melhor descreve a identidade de gênero atual dessa pessoa? Selecione até cinco opções</w:t>
       </w:r>
-      <w:r w:rsidR="007075FE" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="007075FE" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007075FE" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="007075FE" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="007075FE" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Masculino </w:t>
+      </w:r>
+      <w:r w:rsidR="007075FE" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="007075FE" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Feminino </w:t>
+      </w:r>
+      <w:r w:rsidR="007075FE" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="007075FE" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Homem transg</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ê</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">nero/homem trans </w:t>
       </w:r>
-      <w:r w:rsidR="007075FE" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="007075FE" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mulher transg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ê</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">nero/mulher trans </w:t>
       </w:r>
-      <w:r w:rsidR="007075FE" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="007075FE" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Genderqueer/g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ê</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>nero n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o conforme/n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o bin</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>á</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>rio/ que n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">o se encaixa exclusivamente no masculino ou no feminine </w:t>
       </w:r>
-      <w:r w:rsidR="007075FE" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="007075FE" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Identidade de g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ê</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>nero n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="00C05C20" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00C05C20" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> está</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> listada</w:t>
       </w:r>
-      <w:r w:rsidR="00797188" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00797188" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Especifique </w:t>
       </w:r>
-      <w:r w:rsidR="007075FE" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="007075FE" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidR="007075FE" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="007075FE" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">o sei </w:t>
       </w:r>
-      <w:r w:rsidR="007075FE" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="007075FE" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prefiro não responder</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AFD0361" w14:textId="4776BACA" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00AD644B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>6. Qual das opções abaixo melhor descreve a orientação sexual atual</w:t>
       </w:r>
-      <w:r w:rsidR="000C2402" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000C2402" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> dessa pessoa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>? Selecione até cinco opções</w:t>
       </w:r>
-      <w:r w:rsidR="009D5575" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="009D5575" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009D5575" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="009D5575" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="009D5575" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Straight ou heterossexual </w:t>
+      </w:r>
+      <w:r w:rsidR="009D5575" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>é</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">sbica ou gay </w:t>
       </w:r>
-      <w:r w:rsidR="009D5575" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="009D5575" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="009D5575" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bissexual </w:t>
+      </w:r>
+      <w:r w:rsidR="009D5575" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="009D5575" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Queer, pansexual ou em questionamento </w:t>
+      </w:r>
+      <w:r w:rsidR="009D5575" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Orienta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>çã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o sexual n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o listada</w:t>
       </w:r>
-      <w:r w:rsidR="00797188" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00797188" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="00AD644B" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Especifique ______</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD644B" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009D5575" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="009D5575" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="009D5575" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Não sei </w:t>
+      </w:r>
+      <w:r w:rsidR="009D5575" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prefiro n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o responder</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="294074BB" w14:textId="5F068450" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00AD644B">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="294074BB" w14:textId="1A2966F5" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00AD644B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>7. Essa pessoa é de origem ou descendência é hispânica ou latina? Hispânica ou latina refere-se a uma pessoa de cultura ou origem cubana, mexicana, porto-riquenha, sul-americana ou centroamericana, independentemente da raça.</w:t>
       </w:r>
-      <w:r w:rsidR="00AD644B" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AD644B" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001425E4" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001425E4" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="001425E4" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sim, hispânica ou latina </w:t>
+      </w:r>
+      <w:r w:rsidR="001425E4" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o, nem hisp</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>â</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">nica nem latina </w:t>
       </w:r>
-      <w:r w:rsidR="001425E4" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001425E4" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">o sei </w:t>
       </w:r>
-      <w:r w:rsidR="001425E4" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001425E4" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prefiro n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o responder</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28CAEAAC" w14:textId="0850E193" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00AD644B">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="28CAEAAC" w14:textId="38A054A3" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00AD644B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>8. Raça (veja a página 27) _____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B999FEE" w14:textId="00B34222" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00AD644B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>9. Etnia (veja a página 27)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B1FD845" w14:textId="16FE8F1C" w:rsidR="000C2402" w:rsidRPr="00E955F8" w:rsidRDefault="000C2402" w:rsidP="000C2402">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4B1FD845" w14:textId="16FE8F1C" w:rsidR="000C2402" w:rsidRPr="00BD1FC8" w:rsidRDefault="000C2402" w:rsidP="000C2402">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">10. Essa pessoa tem um número </w:t>
       </w:r>
-      <w:r w:rsidR="003D5A7E">
+      <w:r w:rsidR="003D5A7E" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>de Seguro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Social (SSN)? Sim Não (opcional se não for requerente)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FB89D4B" w14:textId="3BF53F69" w:rsidR="000C2402" w:rsidRPr="00E955F8" w:rsidRDefault="000C2402" w:rsidP="000C2402">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1FB89D4B" w14:textId="3BF53F69" w:rsidR="000C2402" w:rsidRPr="00BD1FC8" w:rsidRDefault="000C2402" w:rsidP="000C2402">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Precisamos do número de </w:t>
       </w:r>
-      <w:r w:rsidR="003D5A7E">
+      <w:r w:rsidR="003D5A7E" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Seguro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Social (SSN) de toda pessoa que está requerendo uma cobertura de saúde e tem um número.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08771201" w14:textId="38876B41" w:rsidR="000C2402" w:rsidRPr="00E955F8" w:rsidRDefault="000C2402" w:rsidP="000C2402">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="08771201" w14:textId="38876B41" w:rsidR="000C2402" w:rsidRPr="00BD1FC8" w:rsidRDefault="000C2402" w:rsidP="000C2402">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Para informações importantes sobre SSN e como requerer </w:t>
       </w:r>
-      <w:r w:rsidR="00C05C20" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00C05C20" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">um </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>SSN, consulte as instruções para a Pergunta 10 Pessoa 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AFA55FA" w14:textId="0FF36757" w:rsidR="000C2402" w:rsidRPr="00E955F8" w:rsidRDefault="000C2402" w:rsidP="000C2402">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5AFA55FA" w14:textId="0FF36757" w:rsidR="000C2402" w:rsidRPr="00BD1FC8" w:rsidRDefault="000C2402" w:rsidP="000C2402">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, informe o número</w:t>
       </w:r>
-      <w:r w:rsidR="001425E4" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001425E4" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50C138B4" w14:textId="3E2A6BE3" w:rsidR="000C2402" w:rsidRPr="00E955F8" w:rsidRDefault="000C2402" w:rsidP="000C2402">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="50C138B4" w14:textId="3E2A6BE3" w:rsidR="000C2402" w:rsidRPr="00BD1FC8" w:rsidRDefault="000C2402" w:rsidP="000C2402">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, marque um dos seguintes motivos</w:t>
       </w:r>
-      <w:r w:rsidR="002F2CD3" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="002F2CD3" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001425E4" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001425E4" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00C05C20" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00C05C20" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Exceção p</w:t>
       </w:r>
-      <w:r w:rsidR="00657213" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00657213" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ara</w:t>
       </w:r>
-      <w:r w:rsidR="00C05C20" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00C05C20" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> doença</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001425E4" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001425E4" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Acabei de requerer </w:t>
       </w:r>
-      <w:r w:rsidR="001425E4" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001425E4" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Exceção para não cidadão </w:t>
       </w:r>
-      <w:r w:rsidR="001425E4" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001425E4" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Exceção religiosa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FA925E9" w14:textId="68BF5445" w:rsidR="000C2402" w:rsidRPr="00E955F8" w:rsidRDefault="000C2402" w:rsidP="000C2402">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1FA925E9" w14:textId="68BF5445" w:rsidR="000C2402" w:rsidRPr="00BD1FC8" w:rsidRDefault="000C2402" w:rsidP="000C2402">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">O nome neste requerimento é o mesmo que o nome no cartão </w:t>
       </w:r>
-      <w:r w:rsidR="003D5A7E">
+      <w:r w:rsidR="003D5A7E" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>do Seguro</w:t>
       </w:r>
-      <w:r w:rsidR="00657213" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00657213" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Social </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>dessa pessoa? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="028C8427" w14:textId="6D56D713" w:rsidR="00AD644B" w:rsidRPr="00E955F8" w:rsidRDefault="000C2402" w:rsidP="00AD644B">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="028C8427" w14:textId="6D56D713" w:rsidR="00AD644B" w:rsidRPr="00BD1FC8" w:rsidRDefault="000C2402" w:rsidP="00AD644B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, qual é o nome no cartão do SSN dessa pessoa?</w:t>
       </w:r>
-      <w:r w:rsidR="00AD644B" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AD644B" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nome, nome do meio, sobrenome e sufixo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="492C7DAD" w14:textId="08501043" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="000C2402">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="492C7DAD" w14:textId="08501043" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="000C2402">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>11. Se você receber um Crédito Fiscal de Prêmio Antecipado (APTC), você concorda em fazer uma declaração de imposto de renda do ano fiscal em que os créditos forem recebidos? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="429877E9" w14:textId="652323C6" w:rsidR="00AD644B" w:rsidRPr="00E955F8" w:rsidRDefault="00AD644B" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="429877E9" w14:textId="652323C6" w:rsidR="00AD644B" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AD644B" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Leia as instruções para Perguntas 5 a 11, Pessoa 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47DB4FFD" w14:textId="6E796805" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="47DB4FFD" w14:textId="6E796805" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se Sim, responda às Perguntas de a até d. Se Não, vá para a Pergunta d.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D9A1832" w14:textId="7A1FFF46" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4D9A1832" w14:textId="7A1FFF46" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">a. </w:t>
       </w:r>
-      <w:r w:rsidR="00AD644B" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AD644B" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Essa pessoa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> é </w:t>
       </w:r>
-      <w:r w:rsidR="00657213" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00657213" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">casada </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>perante a lei? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B9F04EA" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2B9F04EA" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, vá para a Pergunta 11c.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E8C5B2E" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0E8C5B2E" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se Sim, forneça o nome e data de nascimento do cônjuge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3992A2D7" w14:textId="61F916B5" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3992A2D7" w14:textId="61F916B5" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">b. </w:t>
       </w:r>
-      <w:r w:rsidR="00AD644B" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AD644B" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Essa pessoa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> planeja apresentar uma declaração de renda conjunta com o cônjuge, referente ao ano fiscal para o qual está fazendo o requerimento? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="497DF59C" w14:textId="28ADB77F" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="497DF59C" w14:textId="28ADB77F" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">c. </w:t>
       </w:r>
-      <w:r w:rsidR="00AD644B" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AD644B" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Essa pessoa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> reivindicará dependentes na declaração de imposto de renda federal do ano em que estiver fazendo o requerimento? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="004443E8" w14:textId="69A72042" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00AD644B" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="004443E8" w14:textId="69A72042" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AD644B" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Essa pessoa</w:t>
       </w:r>
-      <w:r w:rsidR="00616F96" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00616F96" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> irá reivindicar uma dedução de isenção pessoal na declaração de renda para toda pessoa listada neste requerimento como dependente, que está inscrita no plano de saúde por meio do Massachusetts Health Connector e cujo prêmio de cobertura é pago total ou parcialmente por pagamentos antecipados. Liste os nomes e datas de nascimento dos dependentes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55EDD3C7" w14:textId="38911060" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="55EDD3C7" w14:textId="38911060" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">d. </w:t>
       </w:r>
-      <w:r w:rsidR="00AD644B" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AD644B" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Essa pessoa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> será </w:t>
       </w:r>
-      <w:r w:rsidR="003C58C0" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003C58C0" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">reivindicada </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>como dependente na declaração de imposto de renda federal de outra pessoa para o ano para o qual está fazendo o requerimento? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE2517D" w14:textId="302DF4BD" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1FE2517D" w14:textId="302DF4BD" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidR="00AD644B" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AD644B" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>essa pessoa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
-      <w:r w:rsidR="003C58C0" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003C58C0" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">declarada </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">como dependente por outra pessoa na declaração de imposto de renda federal, isso poderá afetar a sua capacidade de receber um suplemento como crédito de imposto. Não responda </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> a esta pergunta se </w:t>
       </w:r>
-      <w:r w:rsidR="00AD644B" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AD644B" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>essa pessoa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> tiver menos de 21 anos e estiver sendo declarado como dependente por um pai ou mãe sem custódia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="485CE241" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="485CE241" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, liste o nome do declarante do imposto.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E60BA25" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2E60BA25" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data de nascimento do declarante do imposto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FD1F1CF" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4FD1F1CF" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Qual é o seu parentesco com o declarante do imposto?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44368045" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="44368045" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>O declarante do imposto é casado e faz declaração conjunta? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79E3AA62" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="79E3AA62" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, forneça o nome e data de nascimento do cônjuge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E0C7135" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2E0C7135" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Quem mais o declarante do imposto inclui como dependentes?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E5FBE9E" w14:textId="6ABDC89B" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2E5FBE9E" w14:textId="6ABDC89B" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">e. </w:t>
       </w:r>
-      <w:r w:rsidR="00AD644B" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AD644B" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Essa pessoa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> declara o imposto de renda separadamente porque é vítima de abuso doméstico ou abandono? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FAE4DF1" w14:textId="364A5B6A" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7FAE4DF1" w14:textId="364A5B6A" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">12. </w:t>
       </w:r>
-      <w:r w:rsidR="00AD644B" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AD644B" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Essa pessoa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> está requerendo cobertura de saúde ou odontológica?</w:t>
       </w:r>
-      <w:r w:rsidR="00AC7861" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AC7861" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sim Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Se Sim, responda a todas as perguntas abaixo. Se Não, responda às Perguntas 18 e 19, e leia as Informações de renda na página </w:t>
       </w:r>
-      <w:r w:rsidR="00AD644B" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AD644B" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CF10F8F" w14:textId="60E4468B" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5CF10F8F" w14:textId="60E4468B" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">13. </w:t>
       </w:r>
-      <w:r w:rsidR="00657213" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00657213" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Essa pessoa é</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> cidadã dos EUA ou tem nacionalidade dos EUA? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26EEC847" w14:textId="5328E640" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="26EEC847" w14:textId="5328E640" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00657213" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00657213" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">essa pessoa </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>é cidadã naturalizad</w:t>
       </w:r>
-      <w:r w:rsidR="00657213" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00657213" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, tem cidadania derivada ou adquirida (não nasceu nos EUA)? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="318611C7" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="318611C7" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Número de estrangeiro Número do certificado de naturalização ou cidadania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58EB160B" w14:textId="631614E4" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00AD644B">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="58EB160B" w14:textId="631614E4" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00AD644B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">14. </w:t>
       </w:r>
-      <w:r w:rsidR="00657213" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00657213" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se essa pessoa não é cidadã, ela tem status de imigração qualificado?</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim Não.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7490ABCA" w14:textId="76D86F7F" w:rsidR="00AD644B" w:rsidRPr="00E955F8" w:rsidRDefault="00AD644B" w:rsidP="00AD644B">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7490ABCA" w14:textId="76D86F7F" w:rsidR="00AD644B" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AD644B" w:rsidP="00AD644B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Leia as instruções para Perguntas 5 a 14, Pessoa 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DB98208" w14:textId="2C5B6A94" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4DB98208" w14:textId="2C5B6A94" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">a. Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00AD644B" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AD644B" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>essa pessoa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> tem um documento de imigração? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02E1A4F3" w14:textId="6474E63B" w:rsidR="00AD644B" w:rsidRPr="00E955F8" w:rsidRDefault="00AD644B" w:rsidP="00AD644B">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="02E1A4F3" w14:textId="6474E63B" w:rsidR="00AD644B" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AD644B" w:rsidP="00AD644B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data de concessão de status (mm/dd/aaaa) (para pessoas agredidas, digite a data em que a petição foi aprovada como sendo devidamente apresentada.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C688952" w14:textId="77777777" w:rsidR="00AD644B" w:rsidRPr="00E955F8" w:rsidRDefault="00AD644B" w:rsidP="00AD644B">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0C688952" w14:textId="77777777" w:rsidR="00AD644B" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AD644B" w:rsidP="00AD644B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Status de imigração</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2581BF3E" w14:textId="764D3EA0" w:rsidR="00AD644B" w:rsidRPr="00E955F8" w:rsidRDefault="00AD644B" w:rsidP="00AD644B">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2581BF3E" w14:textId="764D3EA0" w:rsidR="00AD644B" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AD644B" w:rsidP="00AD644B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Tipo de documento de imigração</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D927381" w14:textId="5F46ED46" w:rsidR="00AD644B" w:rsidRPr="00E955F8" w:rsidRDefault="00AD644B" w:rsidP="00AD644B">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7D927381" w14:textId="5F46ED46" w:rsidR="00AD644B" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AD644B" w:rsidP="00AD644B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Escolha um ou mais status</w:t>
       </w:r>
-      <w:r w:rsidR="00C05C20" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00C05C20" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> e tipos de documento na lista da página 27.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="766625BA" w14:textId="77777777" w:rsidR="00AD644B" w:rsidRPr="00E955F8" w:rsidRDefault="00AD644B" w:rsidP="00AD644B">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="766625BA" w14:textId="77777777" w:rsidR="00AD644B" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AD644B" w:rsidP="00AD644B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Número de identificação do documento Número de estrangeiro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58827A92" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="00AD644B" w:rsidP="00AD644B">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="58827A92" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AD644B" w:rsidP="00AD644B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data de validade do passaporte ou documento (mm/dd/aaaa)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47C2592A" w14:textId="46918AB1" w:rsidR="00AD644B" w:rsidRPr="00E955F8" w:rsidRDefault="00AD644B" w:rsidP="00AD644B">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="47C2592A" w14:textId="46918AB1" w:rsidR="00AD644B" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AD644B" w:rsidP="00AD644B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>País</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05E37F32" w14:textId="77777777" w:rsidR="00AD644B" w:rsidRPr="00E955F8" w:rsidRDefault="00AD644B" w:rsidP="00AD644B">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="05E37F32" w14:textId="77777777" w:rsidR="00AD644B" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AD644B" w:rsidP="00AD644B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>b. Essa pessoa usou o mesmo nome neste requerimento que usou para obter o status de imigração? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="039359F7" w14:textId="77777777" w:rsidR="00AD644B" w:rsidRPr="00E955F8" w:rsidRDefault="00AD644B" w:rsidP="00AD644B">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="039359F7" w14:textId="77777777" w:rsidR="00AD644B" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AD644B" w:rsidP="00AD644B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, que nome essa pessoa usou? Nome, nome do meio, sobrenome e sufixo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46EF0011" w14:textId="77777777" w:rsidR="00AD644B" w:rsidRPr="00E955F8" w:rsidRDefault="00AD644B" w:rsidP="00AD644B">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="46EF0011" w14:textId="77777777" w:rsidR="00AD644B" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AD644B" w:rsidP="00AD644B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>c. Essa pessoa chegou aos EUA depois de 22 de agosto de 1996? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F844133" w14:textId="7975882E" w:rsidR="00AD644B" w:rsidRPr="00E955F8" w:rsidRDefault="00AD644B" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5F844133" w14:textId="7975882E" w:rsidR="00AD644B" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AD644B" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>d. Essa pessoa é veterana dispensada com honra ou membro ativo das forças armadas dos EUA, ou é cônjuge ou filho de um</w:t>
       </w:r>
-      <w:r w:rsidR="000F6689" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000F6689" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>veterano dispensado com honra ou membro ativo das forças armadas dos EUA? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EF0CD12" w14:textId="4F039E5C" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="00AD644B" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1EF0CD12" w14:textId="08995A0F" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AD644B" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">e. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Opcional</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Essa pessoa é </w:t>
       </w:r>
-      <w:r w:rsidR="000244B0">
+      <w:r w:rsidR="000F6689" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="000F6689" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>vítima de tráfico humano grave</w:t>
       </w:r>
-      <w:r w:rsidR="00C05C20" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00C05C20" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000244B0">
+      <w:r w:rsidR="000F6689" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="000F6689" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>cônjuge, filho(a), irmão(ã), ou pai/mãe de vítima de tráfico humano</w:t>
       </w:r>
-      <w:r w:rsidR="00C05C20" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00C05C20" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="000F6689" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000F6689" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000244B0">
+      <w:r w:rsidR="000F6689" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="000F6689" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>cônjuge agredido(a), ou</w:t>
       </w:r>
-      <w:r w:rsidR="000F6689" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000F6689" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000244B0">
+      <w:r w:rsidR="000F6689" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-      <w:r w:rsidR="00D32B70" w:rsidRPr="00E955F8">
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> filho(a) </w:t>
+      </w:r>
+      <w:r w:rsidR="00D32B70" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">ou </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">pai/mãe </w:t>
       </w:r>
-      <w:r w:rsidR="00D32B70" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00D32B70" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">de cônjuge </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>agredido(a)?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FD62BA0" w14:textId="7E20A1ED" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7FD62BA0" w14:textId="7E20A1ED" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">15. </w:t>
       </w:r>
-      <w:r w:rsidR="00D32B70" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00D32B70" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Essa pessoa mora com pelo menos uma criança menor de 19 anos e é a principal cuidadora dessa criança ou dessas crianças?</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56549A3A" w14:textId="26EDC009" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="56549A3A" w14:textId="26EDC009" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nome(s) e data(s) de nascimento da</w:t>
       </w:r>
-      <w:r w:rsidR="00D32B70" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00D32B70" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00D32B70" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00D32B70" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> criança</w:t>
       </w:r>
-      <w:r w:rsidR="00D32B70" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00D32B70" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00D32B70" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00D32B70" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06AD7BB7" w14:textId="331BD0E9" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="06AD7BB7" w14:textId="331BD0E9" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">16. </w:t>
       </w:r>
-      <w:r w:rsidR="000F6689" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000F6689" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Essa pessoa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> mora em Massachusetts e pretende residir aqui, mesmo sem endereço fixo, ou entrou em Massachusetts com um compromisso de trabalho ou procurando emprego? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="486FCA63" w14:textId="60BDF6F1" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="486FCA63" w14:textId="60BDF6F1" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidR="000F6689" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000F6689" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>essa pessoa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> estiver visitando Massachusetts para lazer pessoal ou com o objetivo de receber cuidados médicos em um ambiente diferente de uma instituição de enfermagem, </w:t>
       </w:r>
-      <w:r w:rsidR="000F6689" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000F6689" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ela</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> deverá responder </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> a esta pergunta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03B40692" w14:textId="423BB552" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="03B40692" w14:textId="423BB552" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">17. </w:t>
       </w:r>
-      <w:r w:rsidR="000F6689" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000F6689" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Essa pessoa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> tem uma lesão, doença ou deficiência (inclusive uma condição de saúde mental incapacitante) que durou ou deverá durar pelo menos 12 meses? Se for legalmente cego</w:t>
       </w:r>
-      <w:r w:rsidR="00FD7FF6" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00FD7FF6" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>(a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, responda </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>. Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C6CB0E8" w14:textId="2A2B39F3" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2C6CB0E8" w14:textId="2A2B39F3" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">18. </w:t>
       </w:r>
-      <w:r w:rsidR="000F6689" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000F6689" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Essa pessoa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> precisa de adaptações razoáveis devido a uma deficiência ou lesão? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60CB9204" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="60CB9204" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, preencha o resto deste requerimento, incluindo o Suplemento C: Acomodações.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CAD8635" w14:textId="558742ED" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7CAD8635" w14:textId="558742ED" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">19. </w:t>
       </w:r>
-      <w:r w:rsidR="000F6689" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000F6689" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Essa pessoa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> está grávida? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28028888" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="28028888" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, quantos bebês está esperando? Qual é a data prevista para o parto?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="043C84D4" w14:textId="6CA26B28" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="043C84D4" w14:textId="6CA26B28" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">20. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Opcional</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000F6689" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000F6689" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Essa pessoa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> tem câncer de mama ou câncer do colo do útero? Sim Não (Regras especiais de cobertura podem ser aplicadas.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C06E11" w14:textId="350D6467" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="20C06E11" w14:textId="350D6467" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">21. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Opcional</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000F6689" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000F6689" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Essa pessoa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> é HIV positivo(a)? Sim Não (O MassHealth tem regras especiais de cobertura para pessoas com HIV.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="114B4CBC" w14:textId="315A29D3" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="114B4CBC" w14:textId="315A29D3" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">22. </w:t>
       </w:r>
-      <w:r w:rsidR="000F6689" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000F6689" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Essa pessoa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> já morou com família de acolhimento? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10CB7183" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="10CB7183" w14:textId="77777777" w:rsidR="00616F96" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">a. Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, em qual estado você morou com família de acolhimento?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FE0ACE3" w14:textId="1759EDC1" w:rsidR="00FB5E09" w:rsidRPr="00E955F8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5FE0ACE3" w14:textId="1759EDC1" w:rsidR="00FB5E09" w:rsidRPr="00BD1FC8" w:rsidRDefault="00616F96" w:rsidP="00616F96">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">b. </w:t>
       </w:r>
-      <w:r w:rsidR="000F6689" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000F6689" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Essa pessoa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> estava recebendo assistência médica por meio de um programa estadual do Medicaid? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7426F0EF" w14:textId="3333DA3C" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+    <w:p w14:paraId="7426F0EF" w14:textId="3333DA3C" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>INFORMAÇÕES DE RENDA</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00833C7B" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00833C7B" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Você </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>pode enviar comprovantes de toda renda familiar com este requerimento.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14F5EBFA" w14:textId="6472A9B9" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="14F5EBFA" w14:textId="6472A9B9" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>23. Essa pessoa tem alguma renda? Sim Não Se não tem nenhuma renda, vá para a Pergunta 37.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="396A7FB5" w14:textId="1E50D895" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+    <w:p w14:paraId="396A7FB5" w14:textId="1E50D895" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="120" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>EMPREGO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Se</w:t>
       </w:r>
-      <w:r w:rsidR="00FD7FF6" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00FD7FF6" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> essa pessoa essa pessoa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> precisar de mais espaço, anexe outra folha de papel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45B20AD6" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="45B20AD6" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">24. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>EMPREGO ATUAL 1:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Nome e endereço do empregador</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>No. ID fiscal federal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A56838A" w14:textId="44F0EEF1" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5A56838A" w14:textId="44F0EEF1" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">25. a. Salários/gorjetas (antes do imposto) </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44013021" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="44013021" w14:textId="3E71353B" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Semanal A cada duas semanas Duas vezes por mês Mensal Trimestral Anual (subtraia </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA01D1" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>todas as deduções</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> antes do imposto, como prêmios de seguro de saúde não tributáveis.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CA04A83" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>b. Data de início da renda</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C576C57" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2C576C57" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>26. Número médio de horas trabalhadas por SEMANA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30E41D0C" w14:textId="00C6E24E" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="30E41D0C" w14:textId="00C6E24E" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>27. Essa pessoa tem emprego sazonal? Sim Não.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, em quais meses do ano essa pessoa trabalha? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:t xml:space="preserve">Jan. Fev. Mar. Abr. Maio Jun. Jul. Ago. Set. Out. Nov. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Dez.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A3B2E3A" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3A3B2E3A" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">28. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>EMPREGO ATUAL 2:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Nome e endereço do empregador</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>No. ID fiscal federal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B692AE2" w14:textId="6A0B787A" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0B692AE2" w14:textId="6A0B787A" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">29. a. Salários/gorjetas (antes do imposto) </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C9EE256" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5C9EE256" w14:textId="78BAA9F3" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Semanal A cada duas semanas Duas vezes por mês Mensal Trimestral Anual (subtraia </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA01D1" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>todas as deduções</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> antes do imposto, como prêmios de seguro de saúde não tributáveis.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="565DECF6" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>b. Data de início da renda</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C586C89" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="6C586C89" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>30. Número médio de horas trabalhadas por SEMANA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1748B570" w14:textId="02D89D7A" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1748B570" w14:textId="02D89D7A" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>31. Essa pessoa tem emprego sazonal? Sim Não.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Se Sim, em quais meses do ano essa pessoa trabalha? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:t xml:space="preserve">Jan. Fev. Mar. Abr. Maio Jun. Jul. Ago. Set. Out. Nov. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Dez.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B65524B" w14:textId="5B5164C5" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5B65524B" w14:textId="5B5164C5" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">32. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>AUTÔNOMO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>: Essa pessoa é trabalhador autônomo? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5912E175" w14:textId="2DEB39B1" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5912E175" w14:textId="2DEB39B1" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>a. Se Sim, que tipo de trabalho ela faz?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44603A04" w14:textId="5AE17C35" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="44603A04" w14:textId="5AE17C35" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">b. Em média, qual será sua renda líquida (lucros ou perdas depois do pagamento das despesas comerciais) gerada por esse trabalho autônomo todo mês? </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> mês lucro ou </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> mês perda?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A9E969A" w14:textId="0990CF5D" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3A9E969A" w14:textId="0990CF5D" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>c. Quantas horas essa pessoa trabalha por semana?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7104620A" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+    <w:p w14:paraId="7104620A" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="120" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">OUTROS </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>RENDIMENTOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50322081" w14:textId="60285BF3" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="50322081" w14:textId="60285BF3" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>33. Marque todas as opções</w:t>
       </w:r>
-      <w:r w:rsidR="003523FD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003523FD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003523FD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003523FD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>nforme o valor e a frequência em que recebe. OBSERVAÇÃO: você não precisa informar sobre pensão alimentícia, pagamentos não tributáveis a veteranos de guerra ou Renda Suplementar de Segurança (Supplemental Security Income, SSI).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E15CCE8" w14:textId="075C58BD" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2E15CCE8" w14:textId="075C58BD" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Benefícios da Providência Social </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1562A42B" w14:textId="7CC50DDE" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1562A42B" w14:textId="7CC50DDE" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Desemprego </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0440CED4" w14:textId="2EB1FB3B" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0440CED4" w14:textId="2EB1FB3B" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Aposentadoria ou pensão </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência? Fonte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="454B6040" w14:textId="7CFFCA64" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="454B6040" w14:textId="7CFFCA64" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Juros, dividendos e outros rendimentos de investimentos </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77B84ACB" w14:textId="7C0454DD" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="77B84ACB" w14:textId="7C0454DD" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Benefícios tributáveis de veterano de guerra </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="741A3BE3" w14:textId="4D3889E9" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="741A3BE3" w14:textId="4D3889E9" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Benefícios tributáveis de aposentadoria militar </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D787445" w14:textId="29509DC1" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2D787445" w14:textId="29509DC1" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Pensão alimentícia recebida </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Se essa pessoa estiver recebendo pagamentos de pensão alimentícia por divórcio, acordo de separação ou ordem judicial finalizada antes de 1º de janeiro de 2019, digite o valor desses pagamentos aqui. </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="011137D6" w14:textId="14C0B76E" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="011137D6" w14:textId="14C0B76E" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Outros rendimentos tributáveis </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência? Tipo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C97CC23" w14:textId="63AF4CC8" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0C97CC23" w14:textId="63AF4CC8" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Renda líquida de aluguel ou royalties: </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>lucro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>perda</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367F0174" w14:textId="3C394609" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="367F0174" w14:textId="3C394609" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Ganhos de capital: Em média, qual será seu ganho líquido ou perda resultante desse ganho de capital por mês? </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>lucro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>perda</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4167A0F6" w14:textId="581DCD93" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4167A0F6" w14:textId="581DCD93" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Renda líquida de agricultura ou pesca: </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>lucro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>perda</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Quantas horas por semana?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F96C90C" w14:textId="532F6D80" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3F96C90C" w14:textId="0A6459A5" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Prêmios de loteria e jogos de azar: </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>____________  Data efetiva  ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16AB965F" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Com que frequência? Uma única vez Semanal A cada duas semanas Duas vezes por mês Mensal Anual</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FB47927" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4FB47927" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Prêmios não monetários não são contabilizados como ganhos qualificados em loterias e jogos de azar. Não inclua nenhuma perda no valor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5998A150" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+    <w:p w14:paraId="5998A150" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>RENDA EM UMA ÚNICA VEZ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F71533A" w14:textId="03669591" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4F71533A" w14:textId="03669591" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>34. Essa pessoa recebeu ou receberá renda durante este ano civil como um pagamento único? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4992B7C1" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4992B7C1" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Um exemplo pode ser um pagamento à vista de pensão.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CA03F3B" w14:textId="46CFCF3B" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1CA03F3B" w14:textId="46CFCF3B" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se Sim: Tipo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Valor </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mês recebido Ano recebido</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AA68549" w14:textId="2688906D" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4AA68549" w14:textId="2688906D" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>35. Essa pessoa irá receber renda durante o próximo ano civil como um pagamento único? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71542CF7" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="71542CF7" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>: Tipo: Valor US Mês recebido Ano recebido</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="454DEBB4" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+    <w:p w14:paraId="454DEBB4" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>DEDUÇÕES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5958287D" w14:textId="4B5D92D4" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5958287D" w14:textId="4B5D92D4" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>36. Que deduções essa pessoa abate na declaração de imposto de renda?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D0FCB0" w14:textId="5F65224B" w:rsidR="0030734C" w:rsidRPr="00E955F8" w:rsidRDefault="0030734C" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="26D0FCB0" w14:textId="5F65224B" w:rsidR="0030734C" w:rsidRPr="00BD1FC8" w:rsidRDefault="0030734C" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Leia as instruções para Perguntas 5 a 36, Pessoa 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A6CC66A" w14:textId="2D4DDE6E" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3A6CC66A" w14:textId="2D4DDE6E" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Despesas de educadores: Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A049464" w14:textId="1F5AED31" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7A049464" w14:textId="1F5AED31" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Certas despesas comerciais de reservistas, artistas performáticos ou funcionários públicos que recebem honorários: Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBDAFE6" w14:textId="7E4A325C" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1CBDAFE6" w14:textId="7E4A325C" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedução da conta poupança de saúde (Health Savings Account): Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3411CFDD" w14:textId="7F7AF126" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3411CFDD" w14:textId="7F7AF126" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Despesas de mudança para membros das Forças Armadas: Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A602BCD" w14:textId="2A823737" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2A602BCD" w14:textId="2A823737" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Parte dedutível do imposto de trabalho autônomo: Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="467D1B22" w14:textId="608D0EEC" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="467D1B22" w14:textId="608D0EEC" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Contribuição para planos de aposentadoria para autônomos, como SEP, SIMPLE e outros planos qualificados: Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4886C204" w14:textId="1E825AB0" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4886C204" w14:textId="1E825AB0" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedução do seguro de saúde de autônomo: Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74CDE50C" w14:textId="09DDDB72" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="74CDE50C" w14:textId="09DDDB72" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Multa por saque antecipado de poupança: Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19D8F625" w14:textId="1F385F29" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="19D8F625" w14:textId="1F385F29" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Pagamentos de pensão alimentícia por divórcio, acordo de separação ou ordem judicial finalizada antes de 1º de janeiro de 2019: Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3367BBCA" w14:textId="50A76AF4" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3367BBCA" w14:textId="50A76AF4" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedução da conta de aposentadoria individual (Individual Retirement Account - IRA): Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D9BFFC3" w14:textId="41BF0249" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2D9BFFC3" w14:textId="41BF0249" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedução do empréstimo estudantil (apenas juros e não o pagamento total): Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54AFAB56" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="54AFAB56" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nenhuma</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="724CF7BA" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+    <w:p w14:paraId="724CF7BA" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>RENDA ANUAL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DC89395" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0DC89395" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>37. Qual é a sua renda total esperada para o ano civil atual?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62D27C17" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="62D27C17" w14:textId="77777777" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>38. Qual é a sua renda total esperada para o próximo ano civil, se for diferente?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FEF6AB4" w14:textId="57C776B8" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3FEF6AB4" w14:textId="57C776B8" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="000F6689" w:rsidP="000F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Obrigado</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">! Isso é tudo </w:t>
       </w:r>
-      <w:r w:rsidR="003C58C0" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003C58C0" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>que</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> precisamos saber sobre </w:t>
       </w:r>
-      <w:r w:rsidR="0030734C" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="0030734C" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>essa pessoa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. Vá para a Etapa 2 Pessoa </w:t>
       </w:r>
-      <w:r w:rsidR="007D4A44" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="007D4A44" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> para acrescentar outro membro do agregado familiar, se necessário. Se não for necessário, vá para a Etapa 3</w:t>
       </w:r>
-      <w:r w:rsidR="003523FD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003523FD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Membros do agregado familiar indígenas americanos ou nativos do Alasca (AI/AN).</w:t>
       </w:r>
-      <w:r w:rsidR="007D4A44" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="007D4A44" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="414E8AF8" w14:textId="7D361D8A" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="414E8AF8" w14:textId="7D361D8A" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68830886" w14:textId="5C5D18D5" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+    <w:p w14:paraId="68830886" w14:textId="5C5D18D5" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ETAPA 2 Pessoa 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05EAE43C" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="05EAE43C" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>1. Nome, nome do meio, sobrenome e sufixo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F428653" w14:textId="1626F654" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1F428653" w14:textId="7B158F8B" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Parentesco com a </w:t>
+      </w:r>
+      <w:r w:rsidR="00F82D00" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pessoa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>1 Parentesco com a Pessoa 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5627DE4A" w14:textId="5988E92C" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Essa pessoa mora com a pessoa 1? Sim Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, forneça o endereço.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5287A94E" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5287A94E" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>3. Data de nascimento (mm/dd/aaaa)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3976E8CF" w14:textId="02C25616" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3976E8CF" w14:textId="6E5A5146" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>4. Qual sexo foi atribuído a essa pessoa ao nascer?</w:t>
       </w:r>
-      <w:r w:rsidR="00AC7861" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AC7861" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000244B0">
+      <w:r w:rsidR="00931280" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...36 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AC7861" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Masculino </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7861" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Feminino. Este é o sexo que consta originalmente na sua certidão de nascimento.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21CE0E04" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>OPCIONAL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>: Leia as instruções para Perguntas 5 a 9, Pessoa 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78FC677F" w14:textId="2224855E" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="78FC677F" w14:textId="23F6B069" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>5. Qual melhor descreve a identidade de gênero atual dessa pessoa? Selecione até cinco opções</w:t>
       </w:r>
-      <w:r w:rsidR="00931280" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00931280" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00931280" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00931280" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="00931280" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Masculino </w:t>
+      </w:r>
+      <w:r w:rsidR="00931280" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="00931280" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Feminino </w:t>
+      </w:r>
+      <w:r w:rsidR="00931280" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="00931280" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Homem transg</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ê</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">nero/homem trans </w:t>
       </w:r>
-      <w:r w:rsidR="00931280" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00931280" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mulher transg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ê</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">nero/mulher trans </w:t>
       </w:r>
-      <w:r w:rsidR="00931280" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00931280" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Genderqueer/g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ê</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>nero n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o conforme/n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o bin</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>á</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>rio/ que n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">o se encaixa exclusivamente no masculino ou no feminine </w:t>
       </w:r>
-      <w:r w:rsidR="00931280" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00931280" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Identidade de g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ê</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>nero n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="003523FD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003523FD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> está</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> listada</w:t>
       </w:r>
-      <w:r w:rsidR="00797188" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00797188" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Especifique </w:t>
       </w:r>
-      <w:r w:rsidR="00931280" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00931280" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00931280" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="00931280" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">o sei </w:t>
       </w:r>
-      <w:r w:rsidR="00931280" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00931280" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prefiro não responder</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="061B6E3F" w14:textId="5ED46BE8" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>6. Qual das opções abaixo melhor descreve a orientação sexual atual dessa pessoa? Selecione até cinco opções</w:t>
       </w:r>
-      <w:r w:rsidR="001911FA" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001911FA" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001911FA" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001911FA" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="001911FA" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Straight ou heterossexual </w:t>
+      </w:r>
+      <w:r w:rsidR="001911FA" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>é</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">sbica ou gay </w:t>
       </w:r>
-      <w:r w:rsidR="001911FA" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001911FA" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="001911FA" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bissexual </w:t>
+      </w:r>
+      <w:r w:rsidR="001911FA" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="001911FA" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Queer, pansexual ou em questionamento </w:t>
+      </w:r>
+      <w:r w:rsidR="001911FA" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Orienta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>çã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o sexual n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o listada</w:t>
       </w:r>
-      <w:r w:rsidR="00797188" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00797188" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="001911FA" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Especifique ______ </w:t>
+      </w:r>
+      <w:r w:rsidR="001911FA" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="001911FA" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Não sei </w:t>
+      </w:r>
+      <w:r w:rsidR="001911FA" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prefiro n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o responder</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65612B25" w14:textId="3AFF3C8A" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="65612B25" w14:textId="01DD8D72" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">7. Essa pessoa é de origem ou descendência é hispânica ou latina? Hispânica ou latina refere-se a uma pessoa de cultura ou origem cubana, mexicana, porto-riquenha, sul-americana ou centroamericana, independentemente da raça. </w:t>
       </w:r>
-      <w:r w:rsidR="0014567A" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="0014567A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="0014567A" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sim, hispânica ou latina </w:t>
+      </w:r>
+      <w:r w:rsidR="0014567A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o, nem hisp</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>â</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">nica nem latina </w:t>
       </w:r>
-      <w:r w:rsidR="0014567A" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="0014567A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">o sei </w:t>
       </w:r>
-      <w:r w:rsidR="0014567A" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="0014567A" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prefiro n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o responder</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BC1167D" w14:textId="15C05F29" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5BC1167D" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>8. Raça (veja a página 27) _____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19889068" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>9. Etnia (veja a página 27)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="271894D7" w14:textId="0E73715B" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="271894D7" w14:textId="0E73715B" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">10. Essa pessoa tem um número </w:t>
       </w:r>
-      <w:r w:rsidR="003D5A7E">
+      <w:r w:rsidR="003D5A7E" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>de Seguro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Social (SSN)? Sim Não (opcional se não for requerente)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7512B247" w14:textId="525BCF12" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7512B247" w14:textId="525BCF12" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Precisamos do número de </w:t>
       </w:r>
-      <w:r w:rsidR="003D5A7E">
+      <w:r w:rsidR="003D5A7E" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Seguro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Social (SSN) de toda pessoa que está requerendo uma cobertura de saúde e tem um número.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="694E3425" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="694E3425" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Para informações importantes sobre SSN e como requerer o SSN, consulte as instruções para a Pergunta 10 Pessoa 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78334E13" w14:textId="338CCD0B" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="78334E13" w14:textId="338CCD0B" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, informe o número</w:t>
       </w:r>
-      <w:r w:rsidR="00B8748E" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00B8748E" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C4F5AB7" w14:textId="77777777" w:rsidR="00B8748E" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3C4F5AB7" w14:textId="77777777" w:rsidR="00B8748E" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, marque um dos seguintes motivos. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6347188D" w14:textId="6D99EAA2" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="003523FD" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="6347188D" w14:textId="6D99EAA2" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="003523FD" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Exceção para doença </w:t>
       </w:r>
-      <w:r w:rsidR="0011693D" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="0011693D" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="007D4A44" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="007D4A44" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Acabei de requerer </w:t>
       </w:r>
-      <w:r w:rsidR="0011693D" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="0011693D" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="007D4A44" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="007D4A44" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Exceção para não cidadão </w:t>
       </w:r>
-      <w:r w:rsidR="0011693D" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="0011693D" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="007D4A44" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="007D4A44" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Exceção religiosa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3985B78F" w14:textId="3F70EA4A" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3985B78F" w14:textId="3F70EA4A" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">O nome neste requerimento é o mesmo que o nome no cartão </w:t>
       </w:r>
-      <w:r w:rsidR="003D5A7E">
+      <w:r w:rsidR="003D5A7E" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>do Seguro</w:t>
       </w:r>
-      <w:r w:rsidR="003523FD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003523FD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Social </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>dessa pessoa? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59DFB6B9" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="59DFB6B9" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, qual é o nome no cartão do SSN dessa pessoa? Nome, nome do meio, sobrenome e sufixo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7671C5E0" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7671C5E0" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>11. Se você receber um Crédito Fiscal de Prêmio Antecipado (APTC), você concorda em fazer uma declaração de imposto de renda do ano fiscal em que os créditos forem recebidos? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05C10715" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="05C10715" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Leia as instruções para Perguntas 5 a 11, Pessoa 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="593968E6" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="593968E6" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, responda às Perguntas de a até d. Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, vá para a Pergunta d.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A7A2935" w14:textId="00197D49" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0A7A2935" w14:textId="00197D49" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">a. Essa pessoa é </w:t>
       </w:r>
-      <w:r w:rsidR="003C58C0" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003C58C0" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>casada</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> perante a lei? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B8B8E14" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0B8B8E14" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, vá para a Pergunta 11c.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03D6551C" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="03D6551C" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, forneça o nome e data de nascimento do cônjuge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="508BBD5B" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="508BBD5B" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>b. Essa pessoa planeja apresentar uma declaração de renda conjunta com o cônjuge, referente ao ano fiscal para o qual está fazendo o requerimento? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BEC3004" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1BEC3004" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>c. Essa pessoa reivindicará dependentes na declaração de imposto de renda federal do ano em que estiver fazendo o requerimento? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EFAC8C4" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4EFAC8C4" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Essa pessoa irá reivindicar uma dedução de isenção pessoal na declaração de renda para toda pessoa listada neste requerimento como dependente, que está inscrita no plano de saúde por meio do Massachusetts Health Connector e cujo prêmio de cobertura é pago total ou parcialmente por pagamentos antecipados. Liste os nomes e datas de nascimento dos dependentes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05F4F3B4" w14:textId="6CE7F8FD" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="05F4F3B4" w14:textId="6CE7F8FD" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">d. Essa pessoa será </w:t>
       </w:r>
-      <w:r w:rsidR="003C58C0" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003C58C0" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>reivindicada</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> como dependente na declaração de imposto de renda federal de outra pessoa para o ano para o qual está fazendo o requerimento? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2135F478" w14:textId="1A47E6D8" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2135F478" w14:textId="1A47E6D8" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se essa pessoa for </w:t>
       </w:r>
-      <w:r w:rsidR="003C58C0" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003C58C0" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>declarada</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> como dependente por outra pessoa na declaração de imposto de renda federal, isso poderá afetar a sua capacidade de receber um suplemento como crédito de imposto. Não responda </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> a esta pergunta se essa pessoa tiver menos de 21 anos e estiver sendo declarado como dependente por um pai ou mãe sem custódia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DF05C49" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2DF05C49" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, liste o nome do declarante do imposto.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79113B4D" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="79113B4D" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data de nascimento do declarante do imposto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="251CF08F" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="251CF08F" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Qual é o seu parentesco com o declarante do imposto?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="624573E4" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="624573E4" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>O declarante do imposto é casado e faz declaração conjunta? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D7BD8C8" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1D7BD8C8" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, forneça o nome e data de nascimento do cônjuge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33383A29" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="33383A29" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Quem mais o declarante do imposto inclui como dependentes?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F1C1801" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0F1C1801" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>e. Essa pessoa declara o imposto de renda separadamente porque é vítima de abuso doméstico ou abandono? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C2A9BE0" w14:textId="7C8016C6" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5C2A9BE0" w14:textId="7C8016C6" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>12. Essa pessoa está requerendo cobertura de saúde ou odontológica? Sim Não</w:t>
       </w:r>
-      <w:r w:rsidR="00AC7861" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AC7861" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se Sim, responda a todas as perguntas abaixo. Se Não, responda às Perguntas 18 e 19, e leia as Informações de renda.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69AAD2F0" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="69AAD2F0" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>13. Você é cidadão dos EUA ou tem nacionalidade dos EUA? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="596B36F9" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="596B36F9" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, você é cidadão naturalizado, tem cidadania derivada ou adquirida (não nasceu nos EUA)? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0128DCFB" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0128DCFB" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Número de estrangeiro Número do certificado de naturalização ou cidadania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17B23997" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="17B23997" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">14. Se não é cidadão, você tem status de imigração qualificado? Sim Não. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B58165F" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2B58165F" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Leia as instruções para Perguntas 5 a 14, Pessoa 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D5F088C" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="6D5F088C" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">a. Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, essa pessoa tem um documento de imigração? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71D7D6BC" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="71D7D6BC" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data de concessão de status (mm/dd/aaaa) (para pessoas agredidas, digite a data em que a petição foi aprovada como sendo devidamente apresentada.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0055D3E0" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0055D3E0" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Status de imigração</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77ADE94D" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="77ADE94D" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Tipo de documento de imigração</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65DC2044" w14:textId="52265A66" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="65DC2044" w14:textId="52265A66" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Escolha um ou mais status</w:t>
       </w:r>
-      <w:r w:rsidR="003523FD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003523FD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> e tipos de documento na lista da página 27.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48CEAB24" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="48CEAB24" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Número de identificação do documento Número de estrangeiro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B886722" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3B886722" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data de validade do passaporte ou documento (mm/dd/aaaa)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AE96222" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7AE96222" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>País</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6666A9EF" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="6666A9EF" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>b. Essa pessoa usou o mesmo nome neste requerimento que usou para obter o status de imigração? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B923222" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0B923222" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, que nome essa pessoa usou? Nome, nome do meio, sobrenome e sufixo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="029A02F2" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="029A02F2" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>c. Essa pessoa chegou aos EUA depois de 22 de agosto de 1996? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="696FA10E" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="696FA10E" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>d. Essa pessoa é veterana dispensada com honra ou membro ativo das forças armadas dos EUA, ou é cônjuge ou filho de um veterano dispensado com honra ou membro ativo das forças armadas dos EUA? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A827731" w14:textId="2BDEE84E" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7A827731" w14:textId="2BDEE84E" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">e. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Opcional</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Essa pessoa é </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> vítima de tráfico humano grave</w:t>
       </w:r>
-      <w:r w:rsidR="00324604" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00324604" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> cônjuge, filho(a), irmão(ã), ou pai/mãe de vítima de tráfico humano</w:t>
       </w:r>
-      <w:r w:rsidR="00324604" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00324604" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> cônjuge agredido(a), ou </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> filho(a) </w:t>
       </w:r>
-      <w:r w:rsidR="00324604" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00324604" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">ou </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>pai/mãe</w:t>
       </w:r>
-      <w:r w:rsidR="00324604" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00324604" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> de cônjuge</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> agredido(a)?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A23933A" w14:textId="2182D2A0" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7A23933A" w14:textId="2182D2A0" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">15. </w:t>
       </w:r>
-      <w:r w:rsidR="00324604" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00324604" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Essa pessoa mora com pelo menos uma criança menor de 19 anos e é a principal cuidadora dessa criança ou dessas crianças?</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41D3FECC" w14:textId="2D6E3D27" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="41D3FECC" w14:textId="2D6E3D27" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nome(s) e data(s) de nascimento da</w:t>
       </w:r>
-      <w:r w:rsidR="00324604" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00324604" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00324604" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00324604" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> criança</w:t>
       </w:r>
-      <w:r w:rsidR="00324604" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00324604" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00324604" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00324604" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CE2B325" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7CE2B325" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>16. Essa pessoa mora em Massachusetts e pretende residir aqui, mesmo sem endereço fixo, ou entrou em Massachusetts com um compromisso de trabalho ou procurando emprego? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FFF86E2" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="1FFF86E2" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t xml:space="preserve">Se essa pessoa estiver visitando Massachusetts para lazer pessoal ou com o objetivo de receber cuidados médicos em um ambiente diferente de uma instituição de enfermagem, ela deverá responder </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> a esta pergunta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28E64A12" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="28E64A12" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">17. Essa pessoa tem uma lesão, doença ou deficiência (inclusive uma condição de saúde mental incapacitante) que durou ou deverá durar pelo menos 12 meses? Se for legalmente cego, responda </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>. Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B45055" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="25B45055" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>18. Essa pessoa precisa de adaptações razoáveis devido a uma deficiência ou lesão? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="117AA4C6" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="117AA4C6" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, preencha o resto deste requerimento, incluindo o Suplemento C: Acomodações.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290FF5E1" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="290FF5E1" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>19. Essa pessoa está grávida? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64588A2F" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="64588A2F" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, quantos bebês está esperando? Qual é a data prevista para o parto?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33BA17EC" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="33BA17EC" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">20. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Opcional</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Essa pessoa tem câncer de mama ou câncer do colo do útero? Sim Não (Regras especiais de cobertura podem ser aplicadas.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05349354" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="05349354" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">21. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Opcional</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Essa pessoa é HIV positivo(a)? Sim Não (O MassHealth tem regras especiais de cobertura para pessoas com HIV.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D04A1C8" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4D04A1C8" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>22. Essa pessoa já morou com família de acolhimento? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45BF4C33" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="45BF4C33" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">a. Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, em qual estado você morou com família de acolhimento?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DB127F" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="56DB127F" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>b. Essa pessoa estava recebendo assistência médica por meio de um programa estadual do Medicaid? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D618767" w14:textId="53B4A0C9" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+    <w:p w14:paraId="2D618767" w14:textId="53B4A0C9" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>INFORMAÇÕES DE RENDA</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00833C7B" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00833C7B" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Você </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>pode enviar comprovantes de toda renda familiar com este requerimento.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11943829" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="11943829" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>23. Essa pessoa tem alguma renda? Sim Não Se não tem nenhuma renda, vá para a Pergunta 37.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E3B4A24" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+    <w:p w14:paraId="7E3B4A24" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="120" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>EMPREGO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Se precisar de mais espaço, anexe outra folha de papel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="439851B2" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="439851B2" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">24. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>EMPREGO ATUAL 1:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Nome e endereço do empregador</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>No. ID fiscal federal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4582F500" w14:textId="32D7193F" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4582F500" w14:textId="32D7193F" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">25. a. Salários/gorjetas (antes do imposto) </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BFDEAF3" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4BFDEAF3" w14:textId="2E6CDD6F" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Semanal A cada duas semanas Duas vezes por mês Mensal Trimestral Anual (subtraia </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA01D1" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>todas as deduções</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> antes do imposto, como prêmios de seguro de saúde não tributáveis.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="672B3FF8" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>b. Data de início da renda</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0142092E" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0142092E" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>26. Número médio de horas trabalhadas por SEMANA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D66D565" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5D66D565" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>27. Essa pessoa tem emprego sazonal? Sim Não.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, em quais meses do ano essa pessoa trabalha? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:t xml:space="preserve">Jan. Fev. Mar. Abr. Maio Jun. Jul. Ago. Set. Out. Nov. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Dez.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D15598F" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4D15598F" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">28. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>EMPREGO ATUAL 2:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Nome e endereço do empregador</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>No. ID fiscal federal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4719AE65" w14:textId="00F0468E" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4719AE65" w14:textId="00F0468E" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">29. a. Salários/gorjetas (antes do imposto) </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F4444AA" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3F4444AA" w14:textId="769AF45E" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Semanal A cada duas semanas Duas vezes por mês Mensal Trimestral Anual (subtraia </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA01D1" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>todas as deduções</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> antes do imposto, como prêmios de seguro de saúde não tributáveis.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="390AFDC8" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>b. Data de início da renda</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75B6BB31" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="75B6BB31" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>30. Número médio de horas trabalhadas por SEMANA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E384953" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7E384953" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>31. Essa pessoa tem emprego sazonal? Sim Não.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Se Sim, em quais meses do ano essa pessoa trabalha? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:t xml:space="preserve">Jan. Fev. Mar. Abr. Maio Jun. Jul. Ago. Set. Out. Nov. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Dez.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5061DF2D" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5061DF2D" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">32. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>AUTÔNOMO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>: Essa pessoa é trabalhador autônomo? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55BB9C16" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="55BB9C16" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>a. Se Sim, que tipo de trabalho ela faz?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="195FD08F" w14:textId="5A970CA6" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="195FD08F" w14:textId="5A970CA6" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">b. Em média, qual será sua renda líquida (lucros ou perdas depois do pagamento das despesas comerciais) gerada por esse trabalho autônomo todo mês? </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> mês lucro ou </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> mês perda?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BD0CC41" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0BD0CC41" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>c. Quantas horas essa pessoa trabalha por semana?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="643885F8" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+    <w:p w14:paraId="643885F8" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="120" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">OUTROS </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>RENDIMENTOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67786950" w14:textId="6FCD319A" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="67786950" w14:textId="6FCD319A" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>33. Marque todas as opções que se aplicam</w:t>
       </w:r>
-      <w:r w:rsidR="001932B9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001932B9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001932B9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001932B9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>nforme o valor e a frequência em que recebe. OBSERVAÇÃO: você não precisa informar sobre pensão alimentícia, pagamentos não tributáveis a veteranos de guerra ou Renda Suplementar de Segurança (Supplemental Security Income, SSI).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="116D0353" w14:textId="2DF4DBAE" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="116D0353" w14:textId="2DF4DBAE" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Benefícios da Providência Social </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E2531CA" w14:textId="259C6A12" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1E2531CA" w14:textId="259C6A12" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Desemprego </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F3D36C" w14:textId="7C9DEF6E" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="13F3D36C" w14:textId="7C9DEF6E" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Aposentadoria ou pensão </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência? Fonte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C02A330" w14:textId="51F74652" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0C02A330" w14:textId="51F74652" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Juros, dividendos e outros rendimentos de investimentos </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C3B30D1" w14:textId="16519F45" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5C3B30D1" w14:textId="16519F45" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Benefícios tributáveis de veterano de guerra </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65CCAD99" w14:textId="5457C79F" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="65CCAD99" w14:textId="5457C79F" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Benefícios tributáveis de aposentadoria militar </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="782CA118" w14:textId="6B7EE0A5" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="782CA118" w14:textId="6B7EE0A5" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Pensão alimentícia recebida </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Se essa pessoa estiver recebendo pagamentos de pensão alimentícia por divórcio, acordo de separação ou ordem judicial finalizada antes de 1º de janeiro de 2019, digite o valor desses pagamentos aqui. </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="632CFFBE" w14:textId="7D7D174B" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="632CFFBE" w14:textId="7D7D174B" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Outros rendimentos tributáveis </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência? Tipo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="505BF6C3" w14:textId="15858D07" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="505BF6C3" w14:textId="15858D07" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Renda líquida de aluguel ou royalties: </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>lucro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>perda</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73166F67" w14:textId="2DCE4BFA" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="73166F67" w14:textId="2DCE4BFA" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Ganhos de capital: Em média, qual será seu ganho líquido ou perda resultante desse ganho de capital por mês? </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>lucro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>perda</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EBCB715" w14:textId="2D743A44" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3EBCB715" w14:textId="2D743A44" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Renda líquida de agricultura ou pesca: </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>lucro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>perda</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Quantas horas por semana?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68C8736C" w14:textId="688FF3F1" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="68C8736C" w14:textId="5EEC156C" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Prêmios de loteria e jogos de azar: </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>____________  Data efetiva  ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D00EB6B" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Com que frequência? Uma única vez Semanal A cada duas semanas Duas vezes por mês Mensal Anual</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57546B5F" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="57546B5F" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Prêmios não monetários não são contabilizados como ganhos qualificados em loterias e jogos de azar. Não inclua nenhuma perda no valor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CA7ECF5" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+    <w:p w14:paraId="5CA7ECF5" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t>RENDA EM UMA ÚNICA VEZ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="313A5DDA" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="313A5DDA" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>34. Essa pessoa recebeu ou receberá renda durante este ano civil como um pagamento único? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="272F4EC9" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="272F4EC9" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Um exemplo pode ser um pagamento à vista de pensão.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CEE3FA6" w14:textId="21FEBE75" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5CEE3FA6" w14:textId="21FEBE75" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se Sim: Tipo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Valor </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mês recebido Ano recebido</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B0C99D9" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3B0C99D9" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>35. Essa pessoa irá receber renda durante o próximo ano civil como um pagamento único? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D76EBCD" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="6D76EBCD" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>: Tipo: Valor US Mês recebido Ano recebido</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06410CBD" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+    <w:p w14:paraId="06410CBD" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>DEDUÇÕES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08926C7B" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="08926C7B" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>36. Que deduções essa pessoa abate na declaração de imposto de renda?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74585889" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="74585889" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Leia as instruções para Perguntas 5 a 36, Pessoa 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C498643" w14:textId="44DD4966" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7C498643" w14:textId="44DD4966" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Despesas de educadores: Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BB0BA58" w14:textId="78559F0D" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2BB0BA58" w14:textId="78559F0D" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Certas despesas comerciais de reservistas, artistas performáticos ou funcionários públicos que recebem honorários: Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35E97B24" w14:textId="07C39D21" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="35E97B24" w14:textId="07C39D21" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedução da conta poupança de saúde (Health Savings Account): Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5925DE42" w14:textId="766FA193" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5925DE42" w14:textId="766FA193" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Despesas de mudança para membros das Forças Armadas: Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CCC5D13" w14:textId="33967326" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1CCC5D13" w14:textId="33967326" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Parte dedutível do imposto de trabalho autônomo: Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="671B663C" w14:textId="2DCC3E44" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="671B663C" w14:textId="2DCC3E44" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Contribuição para planos de aposentadoria para autônomos, como SEP, SIMPLE e outros planos qualificados: Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="212DFED0" w14:textId="0F7D78CB" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="212DFED0" w14:textId="0F7D78CB" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedução do seguro de saúde de autônomo: Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C95446E" w14:textId="5B8FBF2A" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7C95446E" w14:textId="5B8FBF2A" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Multa por saque antecipado de poupança: Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="056F2C1F" w14:textId="34A589AC" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="056F2C1F" w14:textId="34A589AC" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Pagamentos de pensão alimentícia por divórcio, acordo de separação ou ordem judicial finalizada antes de 1º de janeiro de 2019: Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14FC53FE" w14:textId="4D9F560A" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="14FC53FE" w14:textId="4D9F560A" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedução da conta de aposentadoria individual (Individual Retirement Account - IRA): Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F2EE9A0" w14:textId="74B48D34" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2F2EE9A0" w14:textId="74B48D34" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedução do empréstimo estudantil (apenas juros e não o pagamento total): Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35C57B5D" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="35C57B5D" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nenhuma</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="741A6943" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+    <w:p w14:paraId="741A6943" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>RENDA ANUAL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34451E4F" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="34451E4F" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>37. Qual é a sua renda total esperada para o ano civil atual?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AA896FD" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="5AA896FD" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>38. Qual é a sua renda total esperada para o próximo ano civil, se for diferente?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10B53D08" w14:textId="4D9A0059" w:rsidR="007D4A44" w:rsidRPr="00E955F8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="10B53D08" w14:textId="4D9A0059" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Obrigado</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">! Isso é tudo </w:t>
       </w:r>
-      <w:r w:rsidR="003C58C0" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003C58C0" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>que</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> precisamos saber sobre essa pessoa. Vá para a Etapa 2 Pessoa 3 para acrescentar outro membro do agregado familiar, se necessário. Se não for necessário, vá para a Etapa 3</w:t>
       </w:r>
-      <w:r w:rsidR="001932B9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001932B9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Membros do agregado familiar indígenas americanos ou nativos do Alasca (AI/AN).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05061A8A" w14:textId="2C46CDC7" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="13F31C93" w14:textId="77777777" w:rsidR="007D4A44" w:rsidRPr="00BD1FC8" w:rsidRDefault="007D4A44" w:rsidP="007D4A44">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05061A8A" w14:textId="2C46CDC7" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C5B1FCC" w14:textId="0C463FC1" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+    <w:p w14:paraId="6C5B1FCC" w14:textId="0C463FC1" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">ETAPA 2 Pessoa 4 (Se mais de quatro pessoas, esta é a Pessoa </w:t>
       </w:r>
-      <w:r w:rsidR="001A0DE4" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001A0DE4" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FCF7965" w14:textId="2372B379" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3FCF7965" w14:textId="2372B379" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se precisar incluir mais de quatro pessoas neste requerimento, faça </w:t>
       </w:r>
-      <w:r w:rsidR="001932B9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001932B9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">download ou </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>uma cópia das páginas de informação em branco da Etapa 2 Pessoa 4 ANTES de preenchê-las. Ao preencher as páginas adicionais, não deixe de informar como as pessoas se relacionam entre si no requerimento.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1570EC10" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1570EC10" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>1. Nome, nome do meio, sobrenome e sufixo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="119C473E" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="119C473E" w14:textId="0530C408" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Parentesco com a </w:t>
+      </w:r>
+      <w:r w:rsidR="00F82D00" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pessoa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>1 Parentesco com a Pessoa 2 Parentesco com a Pessoa 3?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48A3F2D4" w14:textId="7EA03CF3" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Essa pessoa mora com a pessoa 1? Sim Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, forneça o endereço.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54A779DE" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="54A779DE" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>3. Data de nascimento (mm/dd/aaaa)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37FB2519" w14:textId="3A995123" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="37FB2519" w14:textId="68E5F748" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Qual sexo foi atribuído a essa pessoa ao nascer? </w:t>
       </w:r>
-      <w:r w:rsidR="000244B0">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Masculino </w:t>
       </w:r>
-      <w:r w:rsidR="000244B0">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:br/>
-[...26 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Feminino. Este é o sexo que consta originalmente na sua certidão de nascimento.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38CAF5B1" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>OPCIONAL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>: Leia as instruções para Perguntas 5 a 9, Pessoa 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D405753" w14:textId="12F300EC" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5D405753" w14:textId="2DB4F09A" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>5. Qual melhor descreve a identidade de gênero atual dessa pessoa? Selecione até cinco opções</w:t>
       </w:r>
-      <w:r w:rsidR="002B7E47" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="002B7E47" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002B7E47" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="002B7E47" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="002B7E47" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Masculino </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7E47" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="002B7E47" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Feminino </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7E47" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Homem transg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ê</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">nero/homem trans </w:t>
       </w:r>
-      <w:r w:rsidR="002B7E47" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="002B7E47" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mulher transg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ê</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">nero/mulher trans </w:t>
       </w:r>
-      <w:r w:rsidR="002B7E47" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="002B7E47" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Genderqueer/g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ê</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>nero n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o conforme/n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o bin</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>á</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>rio/ que n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">o se encaixa exclusivamente no masculino ou no feminine </w:t>
       </w:r>
-      <w:r w:rsidR="002B7E47" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="002B7E47" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Identidade de g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ê</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>nero n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o listada</w:t>
       </w:r>
-      <w:r w:rsidR="00797188" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00797188" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Especifique </w:t>
       </w:r>
-      <w:r w:rsidR="002B7E47" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="002B7E47" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidR="002B7E47" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="002B7E47" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">o sei </w:t>
       </w:r>
-      <w:r w:rsidR="002B7E47" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="002B7E47" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prefiro não responder</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0862E4B2" w14:textId="52C38F6B" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>6. Qual das opções abaixo melhor descreve a orientação sexual atual dessa pessoa? Selecione até cinco opções</w:t>
       </w:r>
-      <w:r w:rsidR="002B7E47" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="002B7E47" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002B7E47" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="002B7E47" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="002B7E47" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Straight ou heterossexual </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7E47" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>é</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">sbica ou gay </w:t>
       </w:r>
-      <w:r w:rsidR="002B7E47" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="002B7E47" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="002B7E47" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bissexual </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7E47" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="002B7E47" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Queer, pansexual ou em questionamento </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7E47" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Orienta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>çã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o sexual n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="001932B9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001932B9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> está</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> listada</w:t>
       </w:r>
-      <w:r w:rsidR="00797188" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00797188" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="002B7E47" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Especifique ______ </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7E47" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="002B7E47" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Não sei </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7E47" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prefiro n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o responder</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12ED507F" w14:textId="77777777" w:rsidR="002B7E47" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="12ED507F" w14:textId="77777777" w:rsidR="002B7E47" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">7. Essa pessoa é de origem ou descendência é hispânica ou latina? Hispânica ou latina refere-se a uma pessoa de cultura ou origem cubana, mexicana, porto-riquenha, sul-americana ou centroamericana, independentemente da raça. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54EC3676" w14:textId="54CE5231" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...11 lines deleted...]
-      <w:r w:rsidR="002B7E47" w:rsidRPr="00E955F8">
+    <w:p w14:paraId="54EC3676" w14:textId="7CFD6E2B" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sim, hispânica ou latina </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7E47" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o, nem hisp</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>â</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">nica nem latina </w:t>
       </w:r>
-      <w:r w:rsidR="002B7E47" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="002B7E47" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">o sei </w:t>
       </w:r>
-      <w:r w:rsidR="002B7E47" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="002B7E47" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prefiro n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>o responder</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04F236BF" w14:textId="0A33F1D4" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="04F236BF" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>8. Raça (veja a página 27) _____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B2AE3C0" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>9. Etnia (veja a página 27)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17701698" w14:textId="4A19105A" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="17701698" w14:textId="4A19105A" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">10. Essa pessoa tem um número </w:t>
       </w:r>
-      <w:r w:rsidR="003D5A7E">
+      <w:r w:rsidR="003D5A7E" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>de Seguro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Social (SSN)? Sim Não (opcional se não for requerente)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="421F7087" w14:textId="7D265EAC" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="421F7087" w14:textId="7D265EAC" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Precisamos do número de </w:t>
       </w:r>
-      <w:r w:rsidR="003D5A7E">
+      <w:r w:rsidR="003D5A7E" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Seguro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Social (SSN) de toda pessoa que está requerendo uma cobertura de saúde e tem um número.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B2CC46F" w14:textId="74F1AD0D" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4B2CC46F" w14:textId="74F1AD0D" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Para informações importantes sobre SSN e como requerer </w:t>
       </w:r>
-      <w:r w:rsidR="001932B9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001932B9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">um </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>SSN, consulte as instruções para a Pergunta 10 Pessoa 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F78A48D" w14:textId="7102F4A8" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0F78A48D" w14:textId="7102F4A8" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, informe o número</w:t>
       </w:r>
-      <w:r w:rsidR="001932B9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001932B9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69450EF2" w14:textId="77777777" w:rsidR="0011693D" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="69450EF2" w14:textId="77777777" w:rsidR="0011693D" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, marque um dos seguintes motivos. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="224D80FA" w14:textId="219335B8" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="0011693D" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="224D80FA" w14:textId="219335B8" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="0011693D" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Exceção para doença </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00AC7861" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AC7861" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Acabei de requerer </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00AC7861" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AC7861" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Exceção para não cidadão </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00AC7861" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00AC7861" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Exceção religiosa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1259C2CD" w14:textId="1241996F" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1259C2CD" w14:textId="1241996F" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">O nome neste requerimento é o mesmo que o nome no cartão </w:t>
       </w:r>
-      <w:r w:rsidR="003D5A7E">
+      <w:r w:rsidR="003D5A7E" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>do Seguro</w:t>
       </w:r>
-      <w:r w:rsidR="001932B9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001932B9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Social </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>dessa pessoa? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1892ECFF" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1892ECFF" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, qual é o nome no cartão do SSN dessa pessoa? Nome, nome do meio, sobrenome e sufixo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="579AA0CB" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="579AA0CB" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>11. Se você receber um Crédito Fiscal de Prêmio Antecipado (APTC), você concorda em fazer uma declaração de imposto de renda do ano fiscal em que os créditos forem recebidos? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62176163" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="62176163" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Leia as instruções para Perguntas 5 a 11, Pessoa 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36000468" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="36000468" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se Sim, responda às Perguntas de a até d. Se Não, vá para a Pergunta d.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39B5E3C5" w14:textId="12EE0538" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="39B5E3C5" w14:textId="12EE0538" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">a. Essa pessoa é </w:t>
       </w:r>
-      <w:r w:rsidR="003C58C0" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003C58C0" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>casada</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> perante a lei? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11EFDC2E" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="11EFDC2E" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, vá para a Pergunta 11c.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39DE7B7F" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="39DE7B7F" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se Sim, forneça o nome e data de nascimento do cônjuge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2734861D" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2734861D" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>b. Essa pessoa planeja apresentar uma declaração de renda conjunta com o cônjuge, referente ao ano fiscal para o qual está fazendo o requerimento? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2509CB3F" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2509CB3F" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>c. Essa pessoa reivindicará dependentes na declaração de imposto de renda federal do ano em que estiver fazendo o requerimento? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03C6F905" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="03C6F905" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Essa pessoa irá reivindicar uma dedução de isenção pessoal na declaração de renda para toda pessoa listada neste requerimento como dependente, que está inscrita no plano de saúde por meio do Massachusetts Health Connector e cujo prêmio de cobertura é pago total ou parcialmente por pagamentos antecipados. Liste os nomes e datas de nascimento dos dependentes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="034BF316" w14:textId="504AF39C" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="034BF316" w14:textId="504AF39C" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">d. Essa pessoa será </w:t>
       </w:r>
-      <w:r w:rsidR="003C58C0" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003C58C0" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>reivindicada</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> como dependente na declaração de imposto de renda federal de outra pessoa para o ano para o qual está fazendo o requerimento? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13B9444C" w14:textId="66707F56" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="13B9444C" w14:textId="66707F56" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se essa pessoa for </w:t>
       </w:r>
-      <w:r w:rsidR="00966AA8" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00966AA8" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">declarada </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">como dependente por outra pessoa na declaração de imposto de renda federal, isso poderá afetar a sua capacidade de receber um suplemento como crédito de imposto. Não responda </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> a esta pergunta se essa pessoa tiver menos de 21 anos e estiver sendo declarado como dependente por um pai ou mãe sem custódia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="457DDF05" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="457DDF05" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, liste o nome do declarante do imposto.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08E19145" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="08E19145" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Data de nascimento do declarante do imposto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="508EBE5C" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="508EBE5C" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Qual é o seu parentesco com o declarante do imposto?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F29B567" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0F29B567" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>O declarante do imposto é casado e faz declaração conjunta? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E20EC0F" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4E20EC0F" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, forneça o nome e data de nascimento do cônjuge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="600CEBC4" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="600CEBC4" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Quem mais o declarante do imposto inclui como dependentes?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ABDA2C1" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="6ABDA2C1" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>e. Essa pessoa declara o imposto de renda separadamente porque é vítima de abuso doméstico ou abandono? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0819BD2E" w14:textId="058AF4E7" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0819BD2E" w14:textId="058AF4E7" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>12. Essa pessoa está requerendo cobertura de saúde ou odontológica? Sim Não Se Sim, responda a todas as perguntas abaixo. Se Não, responda às Perguntas 18 e 19, e leia as Informações de renda.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E7B32E0" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5E7B32E0" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>13. Você é cidadão dos EUA ou tem nacionalidade dos EUA? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="375B98D0" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="375B98D0" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, você é cidadão naturalizado, tem cidadania derivada ou adquirida (não nasceu nos EUA)? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50022A72" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="50022A72" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Número de estrangeiro Número do certificado de naturalização ou cidadania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E232ACE" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7E232ACE" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>14. Se não é cidadão, você tem status de imigração qualificado? Sim Não.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="262E2769" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="262E2769" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Leia as instruções para Perguntas 5 a 14, Pessoa 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53AAA350" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="53AAA350" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">a. Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, essa pessoa tem um documento de imigração? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5448086E" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5448086E" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data de concessão de status (mm/dd/aaaa) (para pessoas agredidas, digite a data em que a petição foi aprovada como sendo devidamente apresentada.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A785207" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="6A785207" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Status de imigração</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24EFD03A" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="24EFD03A" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Tipo de documento de imigração</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F141A50" w14:textId="101FC0E4" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1F141A50" w14:textId="101FC0E4" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Escolha um ou mais status</w:t>
       </w:r>
-      <w:r w:rsidR="001932B9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001932B9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> e tipos de documento na lista da página 27.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61422F59" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="61422F59" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Número de identificação do documento Número de estrangeiro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="431F63B1" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="431F63B1" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data de validade do passaporte ou documento (mm/dd/aaaa)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26404888" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="26404888" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>País</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B2B4AF9" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0B2B4AF9" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>b. Essa pessoa usou o mesmo nome neste requerimento que usou para obter o status de imigração? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16E7E377" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="16E7E377" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, que nome essa pessoa usou? Nome, nome do meio, sobrenome e sufixo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="590DF7C3" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="590DF7C3" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>c. Essa pessoa chegou aos EUA depois de 22 de agosto de 1996? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07E6E223" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="07E6E223" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>d. Essa pessoa é veterana dispensada com honra ou membro ativo das forças armadas dos EUA, ou é cônjuge ou filho de um veterano dispensado com honra ou membro ativo das forças armadas dos EUA? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F7E1A94" w14:textId="51BF59A2" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3F7E1A94" w14:textId="51BF59A2" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">e. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Opcional</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Essa pessoa é </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> vítima de tráfico humano grave</w:t>
       </w:r>
-      <w:r w:rsidR="001932B9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001932B9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> cônjuge, filho(a), irmão(ã), ou pai/mãe de vítima de tráfico humano</w:t>
       </w:r>
-      <w:r w:rsidR="001932B9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001932B9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> cônjuge agredido(a)</w:t>
       </w:r>
-      <w:r w:rsidR="001932B9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001932B9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> filho(a) </w:t>
       </w:r>
-      <w:r w:rsidR="001932B9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001932B9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">ou </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">pai/mãe </w:t>
       </w:r>
-      <w:r w:rsidR="001932B9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="001932B9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">de cônjuge </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>agredido(a)?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63CE6CA4" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="63CE6CA4" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>15. Essa pessoa mora com pelo menos um filho menor de 19 anos e é sua principal cuidadora? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="012AB75C" w14:textId="66867041" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="012AB75C" w14:textId="66867041" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nome(s) e data(s) de nascimento da</w:t>
       </w:r>
-      <w:r w:rsidR="00E10549" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00E10549" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00E10549" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00E10549" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> criança</w:t>
       </w:r>
-      <w:r w:rsidR="00E10549" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00E10549" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00E10549" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00E10549" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EC8E77D" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5EC8E77D" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>16. Essa pessoa mora em Massachusetts e pretende residir aqui, mesmo sem endereço fixo, ou entrou em Massachusetts com um compromisso de trabalho ou procurando emprego? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C65808C" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5C65808C" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se essa pessoa estiver visitando Massachusetts para lazer pessoal ou com o objetivo de receber cuidados médicos em um ambiente diferente de uma instituição de enfermagem, ela deverá responder </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> a esta pergunta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D0173DE" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3D0173DE" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">17. Essa pessoa tem uma lesão, doença ou deficiência (inclusive uma condição de saúde mental incapacitante) que durou ou deverá durar pelo menos 12 meses? Se for legalmente cego, responda </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>. Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BC6F2E5" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7BC6F2E5" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>18. Essa pessoa precisa de adaptações razoáveis devido a uma deficiência ou lesão? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A6146EF" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1A6146EF" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, preencha o resto deste requerimento, incluindo o Suplemento C: Acomodações.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20EB0F86" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="20EB0F86" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>19. Essa pessoa está grávida? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74BF5334" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="74BF5334" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, quantos bebês está esperando? Qual é a data prevista para o parto?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AE7F5B0" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="6AE7F5B0" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">20. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Opcional</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Essa pessoa tem câncer de mama ou câncer do colo do útero? Sim Não (Regras especiais de cobertura podem ser aplicadas.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FC94E42" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5FC94E42" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">21. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Opcional</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Essa pessoa é HIV positivo(a)? Sim Não (O MassHealth tem regras especiais de cobertura para pessoas com HIV.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48CC146A" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="48CC146A" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>22. Essa pessoa já morou com família de acolhimento? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58380990" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="58380990" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">a. Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, em qual estado você morou com família de acolhimento?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78D3B818" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="78D3B818" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>b. Essa pessoa estava recebendo assistência médica por meio de um programa estadual do Medicaid? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D4A684D" w14:textId="110C8C33" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+    <w:p w14:paraId="6D4A684D" w14:textId="110C8C33" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>INFORMAÇÕES DE RENDA</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00833C7B" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00833C7B" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Você </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>pode enviar comprovantes de toda renda familiar com este requerimento.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A904E47" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5A904E47" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>23. Essa pessoa tem alguma renda? Sim Não Se não tem nenhuma renda, vá para a Pergunta 37.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D17E0D1" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+    <w:p w14:paraId="6D17E0D1" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="120" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>EMPREGO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Se precisar de mais espaço, anexe outra folha de papel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4818A8C3" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4818A8C3" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">24. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>EMPREGO ATUAL 1:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Nome e endereço do empregador</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>No. ID fiscal federal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="750F1DF9" w14:textId="34DE8341" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="750F1DF9" w14:textId="34DE8341" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">25. a. Salários/gorjetas (antes do imposto) </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FFDD131" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5FFDD131" w14:textId="5CCFD4E4" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Semanal A cada duas semanas Duas vezes por mês Mensal Trimestral Anual (subtraia </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA01D1" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>todas as deduções</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> antes do imposto, como prêmios de seguro de saúde não tributáveis.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="274F28D5" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>b. Data de início da renda</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22DE39AA" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="22DE39AA" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>26. Número médio de horas trabalhadas por SEMANA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4256F0C5" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4256F0C5" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>27. Essa pessoa tem emprego sazonal? Sim Não.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, em quais meses do ano essa pessoa trabalha? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:t xml:space="preserve">Jan. Fev. Mar. Abr. Maio Jun. Jul. Ago. Set. Out. Nov. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Dez.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C5F9062" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1C5F9062" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">28. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>EMPREGO ATUAL 2:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Nome e endereço do empregador</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>No. ID fiscal federal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1932B8C6" w14:textId="575E2190" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1932B8C6" w14:textId="575E2190" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">29. a. Salários/gorjetas (antes do imposto) </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49E74E1C" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="49E74E1C" w14:textId="16EE642A" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Semanal A cada duas semanas Duas vezes por mês Mensal Trimestral Anual (subtraia </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA01D1" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>todas as deduções</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> antes do imposto, como prêmios de seguro de saúde não tributáveis.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49AC5B44" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>b. Data de início da renda</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74362A66" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="74362A66" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>30. Número médio de horas trabalhadas por SEMANA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D057E11" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5D057E11" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>31. Essa pessoa tem emprego sazonal? Sim Não.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Se Sim, em quais meses do ano essa pessoa trabalha? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:t xml:space="preserve">Jan. Fev. Mar. Abr. Maio Jun. Jul. Ago. Set. Out. Nov. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Dez.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36C24B7C" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="36C24B7C" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">32. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>AUTÔNOMO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>: Essa pessoa é trabalhador autônomo? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56D6B0CF" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="56D6B0CF" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>a. Se Sim, que tipo de trabalho ela faz?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0549CA19" w14:textId="4C4F84C2" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0549CA19" w14:textId="4C4F84C2" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">b. Em média, qual será sua renda líquida (lucros ou perdas depois do pagamento das despesas comerciais) gerada por esse trabalho autônomo todo mês? </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> mês lucro ou </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> mês perda?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ADACCD6" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7ADACCD6" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>c. Quantas horas essa pessoa trabalha por semana?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36F130F1" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+    <w:p w14:paraId="36F130F1" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="120" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">OUTROS </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>RENDIMENTOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DEF697C" w14:textId="4D5833EF" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5DEF697C" w14:textId="4D5833EF" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>33. Marque todas as opçõesque se aplicam</w:t>
       </w:r>
-      <w:r w:rsidR="00E10549" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00E10549" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
-      <w:r w:rsidR="00966AA8" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00966AA8" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>nforme o valor e a frequência em que recebe. OBSERVAÇÃO: você não precisa informar sobre pensão alimentícia, pagamentos não tributáveis a veteranos de guerra ou Renda Suplementar de Segurança (Supplemental Security Income, SSI).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44AEB561" w14:textId="4BCD327D" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="44AEB561" w14:textId="4BCD327D" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Benefícios da Providência Social </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D712353" w14:textId="1A16B702" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7D712353" w14:textId="1A16B702" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Desemprego </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7865263A" w14:textId="74779A25" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7865263A" w14:textId="74779A25" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Aposentadoria ou pensão </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência? Fonte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B7881AB" w14:textId="2B617627" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5B7881AB" w14:textId="2B617627" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Juros, dividendos e outros rendimentos de investimentos </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39136E0A" w14:textId="54FE819F" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="39136E0A" w14:textId="54FE819F" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Benefícios tributáveis de veterano de guerra </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39714535" w14:textId="42BF873B" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="39714535" w14:textId="42BF873B" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Benefícios tributáveis de aposentadoria militar </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4978D859" w14:textId="301174B6" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4978D859" w14:textId="301174B6" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Pensão alimentícia recebida </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Se essa pessoa estiver recebendo pagamentos de pensão alimentícia por divórcio, acordo de separação ou ordem judicial finalizada antes de 1º de janeiro de 2019, digite o valor desses pagamentos aqui. </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C109CDC" w14:textId="28B7277C" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3C109CDC" w14:textId="28B7277C" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Outros rendimentos tributáveis </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência? Tipo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="645E652F" w14:textId="672A9AC8" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="645E652F" w14:textId="672A9AC8" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Renda líquida de aluguel ou royalties: </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>lucro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>perda</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="145C9DEF" w14:textId="34AAAC80" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="145C9DEF" w14:textId="34AAAC80" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Ganhos de capital: Em média, qual será seu ganho líquido ou perda resultante desse ganho de capital por mês? </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>lucro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>perda</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="402395D8" w14:textId="646B807A" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="402395D8" w14:textId="646B807A" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Renda líquida de agricultura ou pesca: </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>lucro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>perda</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Quantas horas por semana?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="303845E7" w14:textId="72E294CB" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="303845E7" w14:textId="0B2CACBA" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Prêmios de loteria e jogos de azar: </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidR="00C73D87">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>____________  Data efetiva  ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79DE7EDD" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Com que frequência? Uma única vez Semanal A cada duas semanas Duas vezes por mês Mensal Anual</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67B5DD38" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="67B5DD38" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Prêmios não monetários não são contabilizados como ganhos qualificados em loterias e jogos de azar. Não inclua nenhuma perda no valor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46F48DC7" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+    <w:p w14:paraId="46F48DC7" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>RENDA EM UMA ÚNICA VEZ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EEFDC5E" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2EEFDC5E" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>34. Essa pessoa recebeu ou receberá renda durante este ano civil como um pagamento único? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42E5CA28" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="42E5CA28" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Um exemplo pode ser um pagamento à vista de pensão.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0489295E" w14:textId="4BEB1E55" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0489295E" w14:textId="4BEB1E55" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se Sim: Tipo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Valor </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mês recebido Ano recebido</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D049D8B" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1D049D8B" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>35. Essa pessoa irá receber renda durante o próximo ano civil como um pagamento único? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="551C9F48" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="551C9F48" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>: Tipo: Valor US Mês recebido Ano recebido</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4617796D" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+    <w:p w14:paraId="4617796D" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>DEDUÇÕES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D9A367F" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0D9A367F" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>36. Que deduções essa pessoa abate na declaração de imposto de renda?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70296F30" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="70296F30" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Leia as instruções para Perguntas 5 a 36, Pessoa 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="009B8877" w14:textId="15F776A7" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="009B8877" w14:textId="15F776A7" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Despesas de educadores: Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69CEF2CD" w14:textId="518F9AFE" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="69CEF2CD" w14:textId="518F9AFE" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Certas despesas comerciais de reservistas, artistas performáticos ou funcionários públicos que recebem honorários: Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43459DCE" w14:textId="0D39D034" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="43459DCE" w14:textId="0D39D034" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedução da conta poupança de saúde (Health Savings Account): Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60C3CC63" w14:textId="7DF50AC4" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="60C3CC63" w14:textId="7DF50AC4" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Despesas de mudança para membros das Forças Armadas: Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5284E906" w14:textId="3CAB0407" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5284E906" w14:textId="3CAB0407" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Parte dedutível do imposto de trabalho autônomo: Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FEC7D12" w14:textId="07C66015" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4FEC7D12" w14:textId="07C66015" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Contribuição para planos de aposentadoria para autônomos, como SEP, SIMPLE e outros planos qualificados: Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E86F8FA" w14:textId="6060A971" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3E86F8FA" w14:textId="6060A971" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedução do seguro de saúde de autônomo: Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B0A55B3" w14:textId="77514D82" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5B0A55B3" w14:textId="77514D82" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Multa por saque antecipado de poupança: Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3686ADC9" w14:textId="05175EEE" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3686ADC9" w14:textId="05175EEE" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Pagamentos de pensão alimentícia por divórcio, acordo de separação ou ordem judicial finalizada antes de 1º de janeiro de 2019: Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67C5D83A" w14:textId="6CA176BF" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="67C5D83A" w14:textId="6CA176BF" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedução da conta de aposentadoria individual (Individual Retirement Account - IRA): Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C050B9A" w14:textId="095576A0" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2C050B9A" w14:textId="095576A0" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedução do empréstimo estudantil (apenas juros e não o pagamento total): Valor anual </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="589AE750" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="589AE750" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nenhuma</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49A8D622" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+    <w:p w14:paraId="49A8D622" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>RENDA ANUAL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D2BA9AB" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="6D2BA9AB" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>37. Qual é a sua renda total esperada para o ano civil atual?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F1904B9" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00E955F8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3F1904B9" w14:textId="77777777" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>38. Qual é a sua renda total esperada para o próximo ano civil, se for diferente?</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3DD713EF" w14:textId="2EB487B5" w:rsidR="00AC7861" w:rsidRPr="00BD1FC8" w:rsidRDefault="00AC7861" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Obrigado</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">! Isso é tudo </w:t>
       </w:r>
-      <w:r w:rsidR="003C58C0" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003C58C0" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>que</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> precisamos saber sobre essa pessoa. Vá para a Etapa 2 Pessoa 3 para acrescentar outro membro do agregado familiar, se necessário. Se não for necessário, vá para a Etapa 3</w:t>
       </w:r>
-      <w:r w:rsidR="00966AA8" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00966AA8" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Membros do agregado familiar indígenas americanos ou nativos do Alasca (AI/AN). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="419B178A" w14:textId="75E2F0D5" w:rsidR="00421F00" w:rsidRPr="00E955F8" w:rsidRDefault="00421F00">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="74FE3272" w14:textId="77777777" w:rsidR="00421F00" w:rsidRPr="00BD1FC8" w:rsidRDefault="00421F00" w:rsidP="00AC7861">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="419B178A" w14:textId="75E2F0D5" w:rsidR="00421F00" w:rsidRPr="00BD1FC8" w:rsidRDefault="00421F00">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29C61970" w14:textId="3C1A0748" w:rsidR="00BD0825" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00421F00">
+    <w:p w14:paraId="29C61970" w14:textId="3C1A0748" w:rsidR="00BD0825" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00421F00">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ETAPA 3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Membros do agregado familiar indígenas americanos ou nativos do Alasca (AI/AN).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FCAA65F" w14:textId="5EC6EB57" w:rsidR="00BD0825" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00BD0825">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2FCAA65F" w14:textId="5EC6EB57" w:rsidR="00BD0825" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00BD0825">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Você ou uma pessoa do seu agregado familiar é indígena americana ou nativa do Alasca? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C5D4555" w14:textId="77777777" w:rsidR="00BD0825" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00BD0825">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0C5D4555" w14:textId="77777777" w:rsidR="00BD0825" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00BD0825">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se Não, vá para a Etapa 4.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33512189" w14:textId="3E7332EC" w:rsidR="000F6689" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00BD0825">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="33512189" w14:textId="3E7332EC" w:rsidR="000F6689" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00BD0825">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se Sim, preencha o resto deste requerimento, incluindo o Suplemento B: Membro do agregado familiar indígena americano ou nativo do Alasca.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BB4A272" w14:textId="60B37D8F" w:rsidR="00BD0825" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00421F00">
+    <w:p w14:paraId="6BB4A272" w14:textId="60B37D8F" w:rsidR="00BD0825" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00421F00">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ETAPA 4</w:t>
       </w:r>
-      <w:r w:rsidR="00985D30" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00985D30" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Contas médicas anteriores</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367DB37E" w14:textId="7364C936" w:rsidR="00BD0825" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00985D30">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="367DB37E" w14:textId="7364C936" w:rsidR="00BD0825" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00985D30">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Você ou qualquer pessoa listada no pedido tem contas de serviços médicos recebidas nos três meses anteriores ao mês em que enviou este</w:t>
       </w:r>
-      <w:r w:rsidR="00985D30" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00985D30" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>requerimento? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="619F3FA1" w14:textId="07BF4D7A" w:rsidR="00BD0825" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00421F00">
-[...11 lines deleted...]
-      <w:r w:rsidR="00985D30" w:rsidRPr="00E955F8">
+    <w:p w14:paraId="619F3FA1" w14:textId="07BF4D7A" w:rsidR="00BD0825" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00421F00">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se Sim, o MassHealth talvez possa pagar essas contas se você se qualificar durante o </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>período de tempo</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solicitado. Talvez seja necessário que você</w:t>
+      </w:r>
+      <w:r w:rsidR="00985D30" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="00421F00" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">forneça ao MassHealth comprovantes de renda, tamanho da família, endereço, deficiência, gravidez ou seguro de saúde durante o </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>período de</w:t>
+      </w:r>
+      <w:r w:rsidR="00421F00" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>tempo</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solicitado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3558F24F" w14:textId="77777777" w:rsidR="00BD0825" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00BD0825">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Liste abaixo todas as pessoas que estão solicitando o pagamento de contas médicas anteriores.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36B12937" w14:textId="6ABD1B6B" w:rsidR="00BD0825" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00421F00">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="36B12937" w14:textId="6ABD1B6B" w:rsidR="00BD0825" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00421F00">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nome Data mais antiga solicitada Circunstâncias mudaram nesse período?</w:t>
       </w:r>
-      <w:r w:rsidR="00421F00" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00421F00" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63595B98" w14:textId="51199F15" w:rsidR="00BD0825" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00421F00">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="63595B98" w14:textId="51199F15" w:rsidR="00BD0825" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00421F00">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nome Data mais antiga solicitada Circunstâncias mudaram nesse período?</w:t>
       </w:r>
-      <w:r w:rsidR="00421F00" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00421F00" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="538FBE36" w14:textId="77777777" w:rsidR="00421F00" w:rsidRPr="00E955F8" w:rsidRDefault="00421F00" w:rsidP="00421F00">
-[...6 lines deleted...]
-    <w:p w14:paraId="761BB992" w14:textId="370CD6D2" w:rsidR="00BD0825" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00421F00">
+    <w:p w14:paraId="538FBE36" w14:textId="77777777" w:rsidR="00421F00" w:rsidRPr="00BD1FC8" w:rsidRDefault="00421F00" w:rsidP="00421F00">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="761BB992" w14:textId="370CD6D2" w:rsidR="00BD0825" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00421F00">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ETAPA 5</w:t>
       </w:r>
-      <w:r w:rsidR="00421F00" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00421F00" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Cobertura de saúde do seu agregado familiar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5637D35A" w14:textId="6931FB10" w:rsidR="00FD03B2" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00421F00">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5637D35A" w14:textId="6931FB10" w:rsidR="00FD03B2" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00421F00">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>As regulamentações do MassHealth exigem que os membros obtenham e mantenham um seguro de saúde disponível, incluindo o seguro de saúde</w:t>
       </w:r>
-      <w:r w:rsidR="00421F00" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00421F00" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>disponível por meio de um empregador. Para determinar se você e membros do seu agregado familiar se qualificam para o MassHealth</w:t>
       </w:r>
-      <w:r w:rsidR="00E10549" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00E10549" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00421F00" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00421F00" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Podemos </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>solicitar a você e seu empregador informações adicionais sobre seu acesso à cobertura de seguro de saúde oferecido pelo empregador.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="354A94B2" w14:textId="3D797E3D" w:rsidR="00BD0825" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00421F00">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="354A94B2" w14:textId="3D797E3D" w:rsidR="00BD0825" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00421F00">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>É preciso</w:t>
       </w:r>
-      <w:r w:rsidR="00421F00" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00421F00" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>que você coopere e forneça as informações necessárias para manter sua qualificação (elegibilidade), incluindo comprovação de ter obtido ou</w:t>
       </w:r>
-      <w:r w:rsidR="00421F00" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00421F00" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">mantido seguro de saúde disponível, caso contrário seus benefícios do MassHealth poderão ser encerrados. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8" w:rsidDel="00FD03B2">
+      <w:r w:rsidRPr="00BD1FC8" w:rsidDel="00FD03B2">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Consulte o Livreto para </w:t>
       </w:r>
-      <w:r w:rsidR="00E10549" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00E10549" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidR="00E10549" w:rsidRPr="00E955F8" w:rsidDel="00FD03B2">
+      <w:r w:rsidR="00E10549" w:rsidRPr="00BD1FC8" w:rsidDel="00FD03B2">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">embros </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8" w:rsidDel="00FD03B2">
+      <w:r w:rsidRPr="00BD1FC8" w:rsidDel="00FD03B2">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>para</w:t>
       </w:r>
-      <w:r w:rsidR="00421F00" w:rsidRPr="00E955F8" w:rsidDel="00FD03B2">
+      <w:r w:rsidR="00421F00" w:rsidRPr="00BD1FC8" w:rsidDel="00FD03B2">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8" w:rsidDel="00FD03B2">
+      <w:r w:rsidRPr="00BD1FC8" w:rsidDel="00FD03B2">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>obter mais informações.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2965C635" w14:textId="55932265" w:rsidR="00BD0825" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00421F00">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2965C635" w14:textId="6D25763F" w:rsidR="00BD0825" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00421F00">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Alguma pessoa incluída neste requerimento recebeu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>oferta</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de cobertura de saúde por meio do </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA01D1" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>emprego,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>NÃO SE INSCREVEU</w:t>
       </w:r>
-      <w:r w:rsidR="00421F00" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00421F00" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>para recebê-lo? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05612DA9" w14:textId="61B98B2F" w:rsidR="00BD0825" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00421F00">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="05612DA9" w14:textId="61B98B2F" w:rsidR="00BD0825" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00421F00">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Responda Sim, mesmo que esse seguro seja do trabalho de outra pessoa, como um cônjuge, mesmo que essa pessoa não more no</w:t>
       </w:r>
-      <w:r w:rsidR="00421F00" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00421F00" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>agregado familiar. Se Sim, você precisa preencher e incluir o Suplemento A: Cobertura de saúde por meio de empregos, e o restante</w:t>
       </w:r>
-      <w:r w:rsidR="00421F00" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00421F00" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>deste requerimento.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C215EBE" w14:textId="77777777" w:rsidR="00BD0825" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00BD0825">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7C215EBE" w14:textId="77777777" w:rsidR="00BD0825" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00BD0825">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nomes das pessoas às quais foi oferecido seguro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C1141AD" w14:textId="77777777" w:rsidR="00BD0825" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00BD0825">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5C1141AD" w14:textId="77777777" w:rsidR="00BD0825" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00BD0825">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Alguma pessoa se qualifica ou está </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>inscrita</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> em algum dos seguintes tipos de cobertura de saúde? Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4360181D" w14:textId="55040656" w:rsidR="00BD0825" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00421F00">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4360181D" w14:textId="55040656" w:rsidR="00BD0825" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00421F00">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Se Sim, verifique o tipo de cobertura e escreva o nome da pessoa ao lado da cobertura que tem.</w:t>
       </w:r>
-      <w:r w:rsidR="00421F00" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00421F00" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Responda Sim, mesmo que esse seguro seja de outra pessoa, como um cônjuge, mesmo que essa pessoa não more no agregado familiar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E3DFCC2" w14:textId="2BACC241" w:rsidR="00BD0825" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00421F00">
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="5E3DFCC2" w14:textId="2BACC241" w:rsidR="00BD0825" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00421F00">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t>Inscrita no Medicare ou se qualifica para o Medicare Parte A sem nenhum prêmio.</w:t>
       </w:r>
-      <w:r w:rsidR="00421F00" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00421F00" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nomes das pessoas cobertas</w:t>
       </w:r>
-      <w:r w:rsidR="00421F00" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00421F00" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data de início Data de término No. de ID do Medicare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B1680DC" w14:textId="3DB8F003" w:rsidR="00BD0825" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00BD0825">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0B1680DC" w14:textId="3DB8F003" w:rsidR="00BD0825" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00BD0825">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Qualificada para benefícios de saúde do Corpo da Paz</w:t>
       </w:r>
-      <w:r w:rsidR="00421F00" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00421F00" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Nomes das pessoas cobertas </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data de início Data de término</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25630938" w14:textId="524B16B3" w:rsidR="00BD0825" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="25630938" w14:textId="524B16B3" w:rsidR="00BD0825" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Qualificada para TRICARE ou um programa de benefícios de saúde para funcionários federais.</w:t>
       </w:r>
-      <w:r w:rsidR="00421F00" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00421F00" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Nomes das pessoas cobertas </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data de início Data de término</w:t>
       </w:r>
-      <w:r w:rsidR="00B27774" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00B27774" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Número da apólice ou ID do membro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63657A0A" w14:textId="2F99D401" w:rsidR="00BD0825" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00BD0825">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="63657A0A" w14:textId="2F99D401" w:rsidR="00BD0825" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00BD0825">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Inscrita em um programa de saúde para veteranos de guerra (VA). </w:t>
       </w:r>
-      <w:r w:rsidR="00B27774" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00B27774" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Nomes das pessoas cobertas </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data de início Data de término</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57044AC8" w14:textId="790DBC96" w:rsidR="00BD0825" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="57044AC8" w14:textId="790DBC96" w:rsidR="00BD0825" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>MassHealth</w:t>
       </w:r>
-      <w:r w:rsidR="00B27774" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00B27774" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nomes das pessoas cobertas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06E308EF" w14:textId="2E9BCDC3" w:rsidR="00BD0825" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="06E308EF" w14:textId="2E9BCDC3" w:rsidR="00BD0825" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Inscrita na cobertura do empregador. Se alguma pessoa neste requerimento estiver inscrita na cobertura do empregador, você</w:t>
       </w:r>
-      <w:r w:rsidR="00B27774" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00B27774" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>precisa preencher e incluir o Suplemento A: Cobertura de saúde pelo emprego.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47A369A6" w14:textId="25E38CE9" w:rsidR="00BD0825" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="47A369A6" w14:textId="25E38CE9" w:rsidR="00BD0825" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nome do empregador</w:t>
       </w:r>
-      <w:r w:rsidR="00B27774" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00B27774" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nomes dos membros do agregado familiar cobertos</w:t>
       </w:r>
-      <w:r w:rsidR="00B27774" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00B27774" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Nome do plano</w:t>
       </w:r>
-      <w:r w:rsidR="00B27774" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00B27774" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Número da apólice ou ID do membro</w:t>
       </w:r>
-      <w:r w:rsidR="00B27774" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00B27774" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data de início Data de término</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07C263D8" w14:textId="49BA6301" w:rsidR="00BD0825" w:rsidRPr="00E955F8" w:rsidRDefault="00BD0825" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="07C263D8" w14:textId="49BA6301" w:rsidR="00BD0825" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BD0825" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Outras coberturas (incluindo COBRA ou planos de saúde para aposentados)</w:t>
       </w:r>
-      <w:r w:rsidR="00B27774" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00B27774" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Nomes das pessoas cobertas</w:t>
       </w:r>
-      <w:r w:rsidR="00B27774" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00B27774" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data de início Data de término</w:t>
       </w:r>
-      <w:r w:rsidR="00B27774" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00B27774" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Número da apólice ou ID do membro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22AB1BC7" w14:textId="06F44182" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+    <w:p w14:paraId="22AB1BC7" w14:textId="06F44182" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ETAPA 6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Acordos de reembolso de saúde </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="195558BE" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="195558BE" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Alguma pessoa no agregado familiar recebe Acordos de Reembolso de Saúde (HRAs) do empregador? Sim Não </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A3A3461" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7A3A3461" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Nomes das pessoas Data de nascimento </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25F878C2" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="25F878C2" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Nome do empregador </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="483D6658" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="483D6658" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">ID de contribuinte federal </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="768C1CD3" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="768C1CD3" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Tipo de HRA oferecido pelo empregador Acordo de Reembolso de Saúde do Pequeno Empregador Qualificado (QSEHRA) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="783AC934" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="783AC934" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Acordo de Reembolso de Saúde de Cobertura Individual (ICHRA) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0245C828" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0245C828" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Data de início Data de término Insira o valor máximo anual do benefício de cobertura individual </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1C482C" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4A1C482C" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se você tiver um Acordo de Reembolso de Saúde de Pequeno Empregador Qualificado (QSEHRA), você pretende usar os benefícios de cobertura familiar QSEHRA do seu empregador? Sim Não </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A09AF2E" w14:textId="1DA5071D" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3A09AF2E" w14:textId="1DA5071D" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Se você tiver QSEHRA, digite o valor máximo anual do benefício de cobertura familiar por meio do QSEHRA</w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20925779" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="20925779" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Alguma pessoa no agregado familiar pretende aceitar um benefício do Acordo de Reembolso de Saúde de Cobertura Individual (ICHRA) do empregador dessa pessoa? Sim Não </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="293275AE" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="293275AE" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t xml:space="preserve">Nomes das pessoas Data de nascimento </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FD95AF2" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0FD95AF2" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Nome do empregador </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2082BB60" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2082BB60" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">ID de contribuinte federal </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="525B13F6" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="525B13F6" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Tipo de HRA oferecido pelo empregador Acordo de Reembolso de Saúde do Pequeno Empregador Qualificado (QSEHRA) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B19A627" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0B19A627" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Acordo de Reembolso de Saúde de Cobertura Individual (ICHRA) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7207DB37" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7207DB37" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Data de início Data de término Insira o valor máximo anual do benefício de cobertura individual </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3271BDE6" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3271BDE6" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se você tiver um Acordo de Reembolso de Saúde de Pequeno Empregador Qualificado (QSEHRA), você pretende usar os benefícios de cobertura familiar QSEHRA do seu empregador? Sim Não </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="508EF034" w14:textId="5F0EB2A8" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="508EF034" w14:textId="5F0EB2A8" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se você tiver QSEHRA, digite o valor máximo anual do benefício de cobertura familiar por meio do QSEHRA</w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16A1D7F4" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="16A1D7F4" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Alguma pessoa no agregado familiar pretende aceitar um benefício do Acordo de Reembolso de Saúde de Cobertura Individual (ICHRA) do empregador dessa pessoa? Sim Não </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="794B6BFE" w14:textId="21B66F36" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+    <w:p w14:paraId="794B6BFE" w14:textId="21B66F36" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ETAPA 7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Informações dos pais </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D7AF3F8" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5D7AF3F8" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Responda a estas perguntas sobre cada criança com menos de 18 anos que esteja listada neste requerimento, mas que não tenha dois pais responsáveis listados neste requerimento. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50EE654F" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="50EE654F" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Alguma criança foi adotada por uma família monoparental? Sim Não </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64B156F9" w14:textId="44547CAF" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="64B156F9" w14:textId="44547CAF" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, nome</w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> da</w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> criança</w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02626F0B" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="02626F0B" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Alguma criança tem um pai ou uma mãe que faleceu? Sim Não </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="154AB1A5" w14:textId="51E8D00A" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="154AB1A5" w14:textId="51E8D00A" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>nome(s) da(s) criança(s)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D8DC6B5" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="6D8DC6B5" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Alguma criança tem pai/mãe cuja identidade é desconhecida? Sim Não </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="730CEE55" w14:textId="6B81F6E2" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="730CEE55" w14:textId="6B81F6E2" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>nome(s) da(s) criança(s)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52203853" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="52203853" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Alguma criança tem pai ou uma mãe que não mora com ela e que não consta nas perguntas anteriores? Sim Não </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39FCC363" w14:textId="73E9217A" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="39FCC363" w14:textId="73E9217A" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>nome(s) da(s) criança(s)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08545D36" w14:textId="0A27CC0E" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+    <w:p w14:paraId="08545D36" w14:textId="0A27CC0E" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ETAPA 8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Leia e assine este requerimento.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27888B2E" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+    <w:p w14:paraId="27888B2E" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">PARA REQUERENTES DO MASSHEALTH E HEALTH CONNECTOR </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C501DC8" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3C501DC8" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Declaro, em meu nome, e em nome de todas as pessoas listadas neste requerimento, que compreendo e concordo, a saber: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="689352BA" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="689352BA" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">1. O MassHealth pode exigir que as pessoas qualificadas se inscrevam em um seguro de saúde patrocinado pelo empregador, se esse seguro atender aos critérios do programa MassHealth Premium Assistance. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76D997F0" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="76D997F0" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Os empregadores de pessoas qualificadas podem ser notificados e cobrados de acordo com os regulamentos do MassHealth por quaisquer serviços que hospitais ou centros de saúde comunitários prestem a essas pessoas e que sejam pagos pela Health Safety Net. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14A6C162" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="14A6C162" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t xml:space="preserve">3. Talvez eu tenha que pagar um prêmio de seguro pela cobertura de saúde para mim e outras pessoas listadas neste requerimento. A falta de pagamento de qualquer prêmio devido pode fazer com que o estado deduza o valor devido das restituições dos impostos das pessoas responsáveis. Se eu for de origem indígena americana ou nativa do Alasca, talvez não precise pagar prêmios ao MassHealth. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C55955B" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5C55955B" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">4. O MassHealth tem o direito de dar prosseguimento e obter dinheiro de terceiros que possam ser obrigados a pagar serviços de saúde prestados a pessoas qualificadas inscritas nos programas do MassHealth. Tais terceiros podem incluir outras seguradoras de saúde, cônjuges, pais obrigados a pagar assistência médica ou indivíduos obrigados a pagar indenizações por acidentes. As pessoas qualificadas devem cooperar com o MassHealth ao estabelecer o suporte de terceiros e ao obter pagamentos de terceiros para si próprias e para qualquer pessoa cujos direitos elas possam outorgar legalmente. As pessoas qualificadas podem estar isentas desta obrigação se acreditarem e informarem ao MassHealth que a cooperação poderia causar danos a elas ou a qualquer pessoa cujos direitos elas possam outorgar legalmente. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A4FAC35" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5A4FAC35" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">5. Um pai/mãe e/ou responsável por filhos menores deverá concordar em cooperar com os esforços do estado para obter apoio médico de um pai/mãe ausente, a menos que acreditem e informem ao MassHealth que a cooperação prejudicará as crianças ou o pai/mãe ou responsável. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D8E5987" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3D8E5987" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">6. Pessoas qualificadas que forem feridas em um acidente, ou de alguma outra forma, e receberem dinheiro de terceiros devido a esse acidente ou lesão, deverão usar esse dinheiro para reembolsar o MassHealth ou a Health Safety Net por determinados serviços prestados. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="190D5594" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="190D5594" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">7. As pessoas qualificadas deverão informar ao MassHealth ou à Health Safety Net, por escrito, dentro de dez dias corridos, ou o mais rapidamente possível, sobre qualquer sinistro de seguro ou processos movidos por causa de acidente ou lesão. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F98D7D2" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2F98D7D2" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">8. O status deste requerimento poderá ser compartilhado com um hospital, centro de saúde comunitário, outro provedor médico ou agências federais ou estaduais, quando necessário para tratamento, pagamento, operações ou administração dos programas listados acima. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="159C70F4" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="159C70F4" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">9. Desde que permitido por lei, depois do envio de notificação e de dar oportunidade de recurso, o MassHealth pode impor um gravame em qualquer imóvel de propriedade de um membro qualificado do MassHealth ou no qual o membro qualificado tenha participação legal, se o membro estiver recebendo cuidados de longo prazo em uma instituição de enfermagem ou outra instituição médica e o MassHealth determinar não haver expectativa razoável de o membro retornar para casa. Se o MassHealth impuser um gravame em tal propriedade e esta for vendida posteriormente, o dinheiro da venda dessa propriedade poderá ser usado para reembolsar o MassHealth pelos serviços médicos prestados. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DA5F611" w14:textId="0A81A85C" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00323FAD" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2DA5F611" w14:textId="098582BD" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00323FAD" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">10. Desde que permitido por lei e a menos que haja alguma exceção, no caso de qualquer pessoa qualificada com 55 anos ou mais que recebe serviços e apoio de longo prazo (LTSS), ou de qualquer pessoa qualificada e independentemente da idade, que recebe ajuda do MassHealth para pagar cuidados de longo prazo em uma instituição com serviços de enfermagem ou outra instituição médica, o MassHealth tentará recuperar do espólio da pessoa morta qualificada, o valor do custo total dos cuidados prestados, conforme permitido por lei. Para obter mais informações sobre a recuperação de bens por meio do espólio, acesse </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00776038" w:rsidRPr="00E955F8">
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="00776038" w:rsidRPr="00BD1FC8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>mass.gov/EstateRecovery</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="004836C2" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A75D70E" w14:textId="2361D87E" w:rsidR="00323FAD" w:rsidRPr="00BD1FC8" w:rsidRDefault="00323FAD" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>11. Desde que permitido por lei, o MassHealth procurará obter dinheiro de um Fundo Fiduciário de Qualificado para Necessidades Especiais pertencente a um indivíduo qualificado após a morte, pelo custo total do cuidado. O custo total do cuidado inclui o custo do MassHealth pago diretamente pelo cuidado (Fee for Service [pagamento por serviços]) e o valor total pago a um plano de saúde (como uma Organização de Cuidados Responsáveis (ACO) ou um plano One Care) pelo cuidado, independentemente dos serviços que o membro possa ter recebido.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DE41F97" w14:textId="2B248EB7" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00323FAD" w:rsidP="00B27774">
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="1DE41F97" w14:textId="2B248EB7" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00323FAD" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t>12</w:t>
       </w:r>
-      <w:r w:rsidR="00B27774" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00B27774" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. As Pessoas qualificadas deverão informar ao(s) programa(s) de assistência médica em que se inscreverem sobre quaisquer alterações na renda ou emprego delas próprias ou de membros do agregado familiar, tamanho da família, cobertura de seguro de saúde, prêmios de seguro de saúde e status de imigração, ou sobre alterações em quaisquer outras informações constantes neste requerimento e suplementos em até dez dias corridos ao saber da mudança. As pessoas qualificadas podem informar mudanças ligando para (800) 841-2900; TDD/TTY: 711. Uma mudança nas informações pode afetar a qualificação de tais pessoas ou das pessoas do agregado familiar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="539C9575" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="539C9575" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Você pode informar mudanças das seguintes maneiras. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3311C331" w14:textId="3F40E323" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+    <w:p w14:paraId="3311C331" w14:textId="3F40E323" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Acesse sua conta em </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00B10B61" w:rsidRPr="00E955F8">
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="00B10B61" w:rsidRPr="00BD1FC8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>MAhealthConnector.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. Você pode criar uma conta online se ainda não tiver uma conta. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29B037F0" w14:textId="0C4EDC2F" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+    <w:p w14:paraId="29B037F0" w14:textId="0C4EDC2F" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Envie as informações da mudança para</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Health Insurance Processing Center</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>PO Box 4405</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Taunton, MA 02780</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="685EB971" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+    <w:p w14:paraId="685EB971" w14:textId="77777777" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Envie as informações sobre mudança pelo fax </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">(857) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>323</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>-8300</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CE6547C" w14:textId="37568EA8" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4CE6547C" w14:textId="591081B4" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. O MassHealth, o Massachusetts Health Connector e a Health Safety Net obterão dos empregadores e seguradoras de saúde atuais e anteriores das pessoas qualificadas todas as informações sobre a cobertura do seguro de saúde para essas pessoas. </w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">O MassHealth pode compartilhar informações sobre minha pessoa e membros do meu agregado familiar com meus empregadores e/ou seguradoras de saúde para obter essas informações. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Isso inclui, mas não se limita </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA01D1" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>a informações</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sobre apólices, prêmios, cosseguros, franquias e benefícios cobertos que estão, podem estar ou deveriam estar disponíveis para essas pessoas ou membros do seu agregado familiar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79BBB090" w14:textId="666C22AD" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. O MassHealth, o Massachusetts Health Connector e a Health Safety Net podem obter registros ou dados sobre pessoas listadas neste requerimento, provenientes de fontes e programas de dados federais e estaduais, como a Administração da Previdência Social (SSA), o Departamento da Receita Federal (IRS), o Departamento de Segurança Nacional (DHS), o Departamento da Receita (DOR) e o Registro de Veículos Automotores (RMV), e também de fontes de dados privados, incluindo instituições financeiras, 1) para comprovar qualquer informação fornecida neste requerimento ou em quaisquer suplementos, ou outras informações fornecidas quando a pessoa se tornar um membro, 2) para documentar ACA-3-PT-BR-0823 Página 22 serviços médicos solicitados ou prestados a tais pessoas, e 3) em apoio à continuação de sua qualificação. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3071839E" w14:textId="5D7B36F0" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3071839E" w14:textId="5D7B36F0" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. Com respeito ao processo de qualificação e inscrição, o MassHealth, o Massachusetts Health Connector e a Health Safety Net podem enviar avisos que contenham informações pessoais sobre as pessoas listadas neste requerimento, para outras pessoas neste requerimento ou comunicar essas informações a essas pessoas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DD30F41" w14:textId="5FB76B42" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0DD30F41" w14:textId="49347BF7" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>. De acordo com a lei federal, não é permitido discriminação com base em raça, cor, nacionalidade, sexo, idade, orientação sexual, identidade de gênero ou deficiência. Posso apresentar uma queixa de discriminação, acessando</w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidR="004E3F33" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>hhs.gov/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>ocr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>complaints</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>/index.html</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74FCF5B2" w14:textId="1A9AAAFB" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="74FCF5B2" w14:textId="1A9AAAFB" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Concordo em permitir que o Massachusetts Health Connector use dados de renda, inclusive informações de declarações de imposto de renda para determinar minha qualificação em anos futuros. Leia a Política de Privacidade do </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Health Connector para obter mais informações sobre como o Health Connector usa suas informações fiscais. O Massachusetts Health Connector enviará um aviso e permitirá que eu faça mudanças no requerimento de qualificação. Entendo que, se me qualificar a um Crédito Fiscal de Prêmio Antecipado (APTC) ou ConnectorCare, esses pagamentos serão feitos diretamente à(s) minha(s) seguradora(s) selecionada(s). A aceitação do APTC ou do ConnectorCare poderá afetar minha responsabilidade fiscal anual. Terei opção de requerer todo, parte ou nenhum valor do APTC ao qual eu possa me qualificar quanto ao prêmio mensal. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="276A99A3" w14:textId="4DF9296A" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00552086" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Concordo que o MassHealth ou qualquer pessoa agindo em nome do MassHealth pode entrar em contato comigo, incluindo por correio, e-mail, chamada telefônica ou mensagem de texto, para qualquer comunicação sobre minha relação com o MassHealth ou minhas necessidades, meus benefícios, elegibilidade ou cobertura de atendimento</w:t>
+      </w:r>
+      <w:r w:rsidR="00B74E59">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00552086" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>de saúde, utilizando as informações de contato que eu fornecer, agora ou no futuro, ou informações que obtemos de uma fonte de dados confiável. Essas chamadas telefônicas e mensagens de texto podem utilizar tecnologia automatizada, como sistema de discagem telefônica automática ou mensagens de voz artificiais ou pré-gravadas. Tarifas padrão de mensagens de texto e de dados podem ser cobradas. Também concordo que o MassHealth pode obter, usar ou compartilhar minhas informações com o objetivo de coordenar outros benefícios relacionados à saúde para os quais eu possa estar qualificado(a) a receber</w:t>
+      </w:r>
+      <w:r w:rsidR="004836C2" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F94D250" w14:textId="214FCA02" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. As informações neste pedido foram lidas por mim ou por alguém mais, incluindo quaisquer anexos e páginas de instruções.Entendo que o Livreto para </w:t>
       </w:r>
-      <w:r w:rsidR="00BD0387" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00BD0387" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">embros do MassHealth contém informações importantes sobre este requerimento. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B552792" w14:textId="0D056D12" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00323FAD" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4B552792" w14:textId="5E852A0A" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00323FAD" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00B27774" w:rsidRPr="00E955F8">
-[...6 lines deleted...]
-    <w:p w14:paraId="1CDBE415" w14:textId="3944DCD6" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00A84F0F">
+      <w:r w:rsidR="00B27774" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>. Tenho permissão de todas as pessoas listadas neste requerimento (ou seus pais ou outro representante autorizado legalmente) para enviar este requerimento. Tenho também permissão para agir em nome dessas pessoas para preencher este requerimento e todo processo de qualificação relacionado</w:t>
+      </w:r>
+      <w:r w:rsidR="00552086" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>, incluindo o seguinte</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27774" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CDBE415" w14:textId="3944DCD6" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00A84F0F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00A84F0F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00A84F0F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">apresentar informações pessoais sobre essas pessoas, inclusive informações de saúde, cobertura de saúde e renda, tendo em consideração que as informações podem ser fornecidas pelo Massachusetts Health Connector, MassHealth e Health Safety Net, e dar consentimento em nome delas para uso e divulgação de suas informações conforme descrito neste requerimento; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AC9BD84" w14:textId="21D8DE2D" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00A84F0F">
+    <w:p w14:paraId="3AC9BD84" w14:textId="21D8DE2D" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00A84F0F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="00A84F0F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00A84F0F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">fazer escolhas sobre as opções de cobertura e métodos de comunicação com o Massachusetts Health Connector, MassHealth ou Health Safety; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68783A28" w14:textId="299E383E" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00A84F0F">
+    <w:p w14:paraId="68783A28" w14:textId="35AAB6F9" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00A84F0F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00A84F0F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00A84F0F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">fazer alterações no requerimento ou documentos de qualificação relacionados e apresentar informações sobre qualquer alteração nas circunstâncias dessas pessoas; ou </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="675BFC20" w14:textId="7D834ACF" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00A84F0F">
+        <w:t>fazer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> alterações no requerimento ou documentos de qualificação relacionados e apresentar informações sobre qualquer alteração nas circunstâncias dessas pessoas; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="675BFC20" w14:textId="7D834ACF" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00A84F0F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00A84F0F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00A84F0F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">oferecer consentimento em nome dessas pessoas para usar fontes governamentais e privadas para verificar as informações descritas neste requerimento. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EE45188" w14:textId="243603D0" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4EE45188" w14:textId="243603D0" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. Entendo meus direitos e responsabilidades e os direitos e responsabilidades de todas as pessoas listadas neste pedido, conforme explicado nesta Etapa 8. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2818BC8D" w14:textId="473D05D9" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2818BC8D" w14:textId="473D05D9" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. Contei ou contarei a todas as pessoas listadas neste requerimento (ou seus pais ou representante legalmente autorizado, se aplicável) sobre esses direitos e responsabilidades para que elas os entendam. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58064783" w14:textId="0B163405" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="58064783" w14:textId="0B163405" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. Entendo e concordo que o MassHealth, a Health Safety Net e o Massachusetts Health Connector tratarão qualquer assinatura eletrônica ou enviada por fax, ou cópia da assinatura, da mesma maneira que uma assinatura original. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03F241B6" w14:textId="6DD663A7" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="03F241B6" w14:textId="6DD663A7" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. Entendo que o MassHealth </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FCFA3C7" w14:textId="6A512D3B" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00A84F0F">
+    <w:p w14:paraId="7FCFA3C7" w14:textId="6A512D3B" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00A84F0F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">está autorizado a solicitar os números de </w:t>
       </w:r>
-      <w:r w:rsidR="003D5A7E">
+      <w:r w:rsidR="003D5A7E" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Seguro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Social (SSNs), conforme previsto nas leis federais e estaduais; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BCB0021" w14:textId="1503758A" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00A84F0F">
+    <w:p w14:paraId="5BCB0021" w14:textId="1503758A" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00A84F0F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">utiliza números de </w:t>
       </w:r>
-      <w:r w:rsidR="003D5A7E">
+      <w:r w:rsidR="003D5A7E" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Seguro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Social para verificar a renda e outras informações, e determinar quem se qualifica a receber ajuda para os custos da cobertura de saúde; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ABDE05D" w14:textId="77777777" w:rsidR="00A84F0F" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00A84F0F">
+    <w:p w14:paraId="0ABDE05D" w14:textId="5CDE68D5" w:rsidR="00A84F0F" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00A84F0F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">utiliza os SSNs para detectar fraudes, verificar se alguém está recebendo benefícios duplicados ou se outras pessoas devem pagar pelos serviços; </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="06A6D000" w14:textId="2528D5FD" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00A84F0F">
+      <w:r w:rsidR="00552086" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06A6D000" w14:textId="2528D5FD" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00A84F0F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">faz a correspondência do SSN de qualquer pessoa do agregado familiar que esteja se candidatando e de qualquer pessoa que tenha ou possa obter seguro de saúde para qualquer pessoa do agregado familiar, com os arquivos de agências e instituições financeiras. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48864D84" w14:textId="54B9F494" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="48864D84" w14:textId="54B9F494" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. Entendo que, se o MassHealth pagar parte dos prêmios de seguro de saúde de qualquer pessoa, o MassHealth acrescenta o SSN ou o SSN desse titular da apólice ao arquivo de fornecedores do Controlador do Estado. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63589FA9" w14:textId="7CE8B5CB" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="63589FA9" w14:textId="7CE8B5CB" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. Entendo que o titular da apólice precisa ter um número de SSN válido antes de receber um pagamento do MassHealth. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59F20703" w14:textId="06931965" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="59F20703" w14:textId="06931965" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00323FAD" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00323FAD" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. As informações que eu forneci são corretas e completas, até onde eu saiba, sobre mim e outras pessoas listadas neste pedido. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3503D828" w14:textId="5441F9DA" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3503D828" w14:textId="5441F9DA" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00B27774">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00071ABB" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00071ABB" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. Posso estar sujeito a penalidades de acordo com a lei federal, se apresentar informações falsas ou não verdadeiras de maneira intencional. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11F1B976" w14:textId="39631DFF" w:rsidR="00B27774" w:rsidRPr="00E955F8" w:rsidRDefault="00B27774" w:rsidP="00A84F0F">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="11F1B976" w14:textId="39631DFF" w:rsidR="00B27774" w:rsidRPr="00BD1FC8" w:rsidRDefault="00B27774" w:rsidP="00A84F0F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se uma pessoa não tiver </w:t>
       </w:r>
-      <w:r w:rsidR="00D32988" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00D32988" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">um </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">SSN ou precisar de ajuda para obtê-lo, ligue para a Administração da Previdência Social (Social Security Administration) pelo telefone (800) 772-1213, TTY: (800) 325-0778, ou acesse socialsecurity.gov. Para uma explicação completa sobre como utilizamos o seu número de </w:t>
       </w:r>
-      <w:r w:rsidR="003D5A7E">
+      <w:r w:rsidR="003D5A7E" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Seguro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Social, consulte o </w:t>
       </w:r>
-      <w:r w:rsidR="00BD0387" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00BD0387" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Livreto para membros</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> para cobertura de saúde e odontológica e ajuda para pagar os custos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="547893E9" w14:textId="30CF2B2F" w:rsidR="00A84F0F" w:rsidRPr="00E955F8" w:rsidRDefault="00A84F0F">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="547893E9" w14:textId="30CF2B2F" w:rsidR="00A84F0F" w:rsidRPr="00BD1FC8" w:rsidRDefault="00A84F0F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E1AB201" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
+    <w:p w14:paraId="5E1AB201" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">PARA REQUERENTES DO PROGRAMA DE ASSISTÊNCIA NUTRICIONAL SUPLEMENTAR (SUPPLEMENTAL NUTRITIONAL ASSISTANCE PROGRAM - SNAP) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="412BB24B" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
+    <w:p w14:paraId="412BB24B" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">PROGRAMA DE ASSISTÊNCIA NUTRICIONAL SUPLEMENTAR (SNAP) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4463D098" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4463D098" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se você marcou a caixa na página 1, o MassHealth enviará este requerimento ao Departamento de Assistência Transicional (DTA - Department of Transitional Assistance). Este documento servirá como seu requerimento do SNAP! Se você se qualificar, seu SNAP começará a partir da data em que o DTA receber este requerimento do MassHealth. Ao assinar abaixo, você está concordando que leu e concorda com seus direitos, responsabilidades e penalidades previstas no programa SNAP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44463FE5" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="44463FE5" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Você pode se qualificar para os benefícios do SNAP em de 7 dias contados a partir da data em que o DTA receber este requerimento, se: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="560E0483" w14:textId="47BCD7A5" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
+    <w:p w14:paraId="560E0483" w14:textId="47BCD7A5" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Sua renda e dinheiro no banco totalizam menos do que suas despesas mensais com habitação, ou </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72D00B00" w14:textId="7AFB2541" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
+    <w:p w14:paraId="72D00B00" w14:textId="7AFB2541" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Sua renda mensal é inferior a $150 e o total do seu dinheiro no banco é $100 ou menos, ou </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3242F10B" w14:textId="2241AF05" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
+    <w:p w14:paraId="3242F10B" w14:textId="2241AF05" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Você é um trabalhador migrante e o total do seu dinheiro no banco é $100 ou menos. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D25F828" w14:textId="05C89522" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4D25F828" w14:textId="05C89522" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Para obter mais informações sobre o SNAP em Massachusetts, acesse </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="00E955F8">
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00BD1FC8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>mass.gov/SNAP</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44ADE31C" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="44ADE31C" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Aviso de Direitos, Responsabilidades e Penalidades do Departamento de Assistência Transicional </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DEE7513" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5DEE7513" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Este aviso enumera os direitos e responsabilidades de todos os programas do SNAP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="200E33D2" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="200E33D2" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Leia estas páginas e guarde-as em seus arquivos. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BE6B191" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5BE6B191" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Contate o DTA se tiver alguma dúvida. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C36DCF2" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
+    <w:p w14:paraId="3C36DCF2" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Declaro sob pena de perjúrio que: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FC6FE84" w14:textId="67955C1B" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
+    <w:p w14:paraId="1FC6FE84" w14:textId="67955C1B" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Li as informações neste formulário ou alguém as leu para mim. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="301ED62F" w14:textId="4CE1D145" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
+    <w:p w14:paraId="301ED62F" w14:textId="4CE1D145" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Minhas respostas neste formulário são verdadeiras e completas, pelo que eu saiba. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A0BA6D0" w14:textId="52693E7C" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
+    <w:p w14:paraId="2A0BA6D0" w14:textId="52693E7C" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Darei ao DTA informações que sejam verdadeiras e completas, pelo que eu saiba, durante minha entrevista e futuramente. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C0B35F5" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
+    <w:p w14:paraId="1C0B35F5" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Compreendo que: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7521BAE9" w14:textId="317F9E21" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
+    <w:p w14:paraId="7521BAE9" w14:textId="317F9E21" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">fornecer informações falsas ou enganosas é fraude, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A0C84B7" w14:textId="0C1C15E3" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
+    <w:p w14:paraId="2A0C84B7" w14:textId="0C1C15E3" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">distorcer ou omitir fatos para obter benefícios do DTA é fraude, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D4C34ED" w14:textId="1FD3F7C9" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
+    <w:p w14:paraId="3D4C34ED" w14:textId="1FD3F7C9" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">uma fraude é considerada uma Violação Intencional do Programa (Intentional Program Violation - IPV) e </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F9736C6" w14:textId="5C5FBC9E" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
+    <w:p w14:paraId="2F9736C6" w14:textId="5C5FBC9E" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">se acreditar que cometi fraude, o DTA poderá aplicar penalidades civis e criminais contra mim. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="571D1921" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00DA2071">
+    <w:p w14:paraId="571D1921" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00DA2071">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Também compreendo que: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1259E09B" w14:textId="7A081CCE" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00DA2071">
+    <w:p w14:paraId="1259E09B" w14:textId="7A081CCE" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00DA2071">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">O DTA irá verificar as informações fornecidas no meu requerimento. Se alguma informação for falsa, o DTA poderá negar meus benefícios. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D0A5714" w14:textId="3738D4E6" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00DA2071">
+    <w:p w14:paraId="1D0A5714" w14:textId="3738D4E6" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00DA2071">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Também posso estar sujeito a processo criminal por fornecer informações falsas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30BB59A8" w14:textId="2CB540BB" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00DA2071">
+    <w:p w14:paraId="30BB59A8" w14:textId="2CB540BB" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00DA2071">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se o DTA obtiver informações de uma fonte confiável sobre uma mudança em meu agregado familiar, o valor do meu benefício poderá ser alterado. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E6B4F23" w14:textId="328D790C" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00DA2071">
+    <w:p w14:paraId="1E6B4F23" w14:textId="328D790C" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00DA2071">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Pela minha assinatura neste formulário, estou dando permissão ao DTA para verificar minha qualificação (elegibilidade) para benefícios, incluindo: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15C7A1AC" w14:textId="18145780" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00DA2071">
+    <w:p w14:paraId="15C7A1AC" w14:textId="18145780" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00DA2071">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Obter informações de outras agências estaduais ou federais, autoridades locais de habitação, departamentos de programas assistenciais de fora do estado, instituições financeiras e da Equifax Workforce Solutions (The Work Number). Também dou permissão a essas agências para que compartilhem informações sobre a qualificação (elegibilidade) de meu agregado familiar para o recebimento de benefícios do DTA. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2692008E" w14:textId="5284FB41" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00DA2071">
+    <w:p w14:paraId="2692008E" w14:textId="5284FB41" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00DA2071">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se o DTA usar informações da Equifax sobre a renda de meu agregado familiar, tenho direito de receber uma cópia gratuita do meu relatório da Equifax, se eu a solicitar no prazo de 60 dias da decisão do DTA. Tenho o direito de questionar as informações contidas no relatório. Posso contatar a Equifax no seguinte endereço ou telefone: Equifax Workforce Solutions, 11432 Lackland Road, St. Louis, MO 63146, 1-800-996-7566 (ligação gratuita). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A2BFC7C" w14:textId="3624E0F1" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00DA2071">
+    <w:p w14:paraId="4A2BFC7C" w14:textId="3624E0F1" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00DA2071">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Tenho direito a uma cópia do meu requerimento, incluindo as informações que o DTA usa para decidir se meu agregado familiar se qualifica ou não, e para decidir o valor dos benefícios. Posso pedir ao DTA uma cópia eletrônica do requerimento preenchido. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14820408" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00D33033">
+    <w:p w14:paraId="14820408" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Como o DTA usará minhas informações? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AE1585C" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5AE1585C" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Pela minha assinatura abaixo, dou permissão ao DTA para obter informações e compartilhar informações sobre mim e sobre os membros do meu agregado familiar com: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="120796C5" w14:textId="2F0FF63B" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00D33033">
+    <w:p w14:paraId="120796C5" w14:textId="2F0FF63B" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Bancos, escolas, governo, empregadores, locadores, empresas de serviços de utilidade pública e outras agências,</w:t>
       </w:r>
-      <w:r w:rsidR="00D33033" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00D33033" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">para verificar se me qualifico para receber benefícios. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="482FB2C5" w14:textId="2A9DB834" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00D33033">
+    <w:p w14:paraId="482FB2C5" w14:textId="2A9DB834" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Empresas de eletricidade, gás e telefone para que eu possa obter descontos nos serviços públicos. As empresas não podem compartilhar minhas informações ou usá-las para nenhuma outra finalidade. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68EA1A0A" w14:textId="6D4B65CB" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00D33033">
+    <w:p w14:paraId="68EA1A0A" w14:textId="6D4B65CB" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">O Departamento de Habitação e Desenvolvimento Comunitário (Department of Housing and Urban Development) para inscrever-me no Programa Aquecimento e Alimentação (Heat &amp; Eat Program). Este programa ajuda as pessoas a obter o máximo possível de benefícios do SNAP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77F5CFBD" w14:textId="605C1651" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00D33033">
+    <w:p w14:paraId="77F5CFBD" w14:textId="605C1651" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>O Departamento de Educação Primária e Secundária (Department of Elementary and Secondary Education</w:t>
       </w:r>
-      <w:r w:rsidR="00726498">
+      <w:r w:rsidR="00726498" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> - DESE</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">) para que meus filhos possam receber refeições gratuitas na escola. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C2F8B42" w14:textId="60A9D3FC" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00D33033">
+    <w:p w14:paraId="2C2F8B42" w14:textId="60A9D3FC" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">O Programa Mulheres, Bebês e Crianças (Women, Infants &amp; Children - WIC) para que qualquer criança com menos de 5 anos ou mulheres grávidas em meu agregado familiar possam receber benefícios do WIC. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36FE37B9" w14:textId="35D5BA03" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00D33033">
+    <w:p w14:paraId="36FE37B9" w14:textId="35D5BA03" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Os Serviços de Cidadania e Imigração dos EUA (The United States Citizenship and Immigration Services - USCIS), para verificar minha situação imigratória. As informações do USCIS podem afetar a qualificação dos meus familiares e o valor dos benefícios do DTA. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51AC7864" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00D33033">
+    <w:p w14:paraId="51AC7864" w14:textId="77777777" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00D33033">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Observação: mesmo se você não se qualificar para benefícios devido ao seu status imigratório, o DTA não irá denunciá-lo às autoridades de imigração, a menos que você mostre ao DTA uma ordem final de deportação. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DED883F" w14:textId="7CB67C6B" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00D33033">
+    <w:p w14:paraId="0DED883F" w14:textId="7CB67C6B" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">O Departamento da Receita (Department of Revenue - DOR) para verificar minha qualificação para créditos fiscais com base na renda recebida e renda limitada, e para determinar se me qualifico para o “status de não pagamento de imposto” ou status de dificuldade econômica. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14A565E6" w14:textId="6E67B770" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00D33033">
+    <w:p w14:paraId="14A565E6" w14:textId="6E67B770" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">O Departamento de Crianças e Famílias (Department of Children and Families - DCF) para coordenar os serviços oferecidos conjuntamente pelo DTA e DCF. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2842D73D" w14:textId="70EB22A3" w:rsidR="00867CBB" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00D33033">
+    <w:p w14:paraId="2842D73D" w14:textId="70EB22A3" w:rsidR="00867CBB" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Como o DTA usa o número </w:t>
       </w:r>
-      <w:r w:rsidR="003D5A7E">
+      <w:r w:rsidR="003D5A7E" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>de Seguro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Social </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16B8863D" w14:textId="2747F8DB" w:rsidR="00A84F0F" w:rsidRPr="00E955F8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="16B8863D" w14:textId="2747F8DB" w:rsidR="00A84F0F" w:rsidRPr="00BD1FC8" w:rsidRDefault="00867CBB" w:rsidP="00867CBB">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>O DTA pode pedir os SSNs de acordo com a Lei de Alimentos e Nutrição de 2008 (7 USC 2011-2036) para o SNAP e de acordo com as M.G.L. (Leis Gerais de Massachusetts) c. 18 Seção 33 para TAFDC e EAEDC. O DTA usa os SSNs para:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45B7029F" w14:textId="401CDCB1" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+    <w:p w14:paraId="45B7029F" w14:textId="401CDCB1" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t xml:space="preserve">Verificar a identidade e qualificação de cada membro do agregado familiar que inscrevo por meio de programas de correspondência de dados. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18EC75FD" w14:textId="5AB5BC6B" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+    <w:p w14:paraId="18EC75FD" w14:textId="5AB5BC6B" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Monitorar a conformidade com as regras do programa. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="427737C9" w14:textId="1237B536" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+    <w:p w14:paraId="427737C9" w14:textId="1237B536" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Arrecadar dinheiro se o DTA alegar que recebi benefícios para os quais não me qualificava. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72A401CB" w14:textId="6EC9BF13" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+    <w:p w14:paraId="72A401CB" w14:textId="6EC9BF13" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Ajudar as autoridades a apreender pessoas que estão se escondendo das autoridades. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18E5B88B" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="18E5B88B" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Entendo que não preciso fornecer ao DTA o SSN de qualquer pessoa em meu agregado familiar que não seja cidadão e que não deseje receber benefícios. A renda de uma pessoa que não é cidadão pode contar mesmo que essa pessoa que não é cidadão não receba benefícios. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FE56046" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+    <w:p w14:paraId="3FE56046" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Direito a um intérprete </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DAB249C" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5DAB249C" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Compreendo que: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09A863F2" w14:textId="191FCB25" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+    <w:p w14:paraId="09A863F2" w14:textId="191FCB25" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Tenho direito a um intérprete profissional gratuito fornecido pelo DTA se preferir me comunicar em um idioma diferente do inglês. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C0EE447" w14:textId="260906EB" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+    <w:p w14:paraId="1C0EE447" w14:textId="260906EB" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se eu tiver uma audiência no DTA, posso pedir ao DTA que providencie um intérprete profissional gratuito ou, se preferir, posso levar uma outra pessoa para interpretar para mim. Se eu precisar que o DTA providencie um intérprete para a audiência, preciso ligar para a Divisão de Audiências pelo menos uma semana antes da data da audiência. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02583577" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+    <w:p w14:paraId="02583577" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Direito de se registrar para votar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D07B627" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0D07B627" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Compreendo que: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BE3B82E" w14:textId="1CC02CDB" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+    <w:p w14:paraId="7BE3B82E" w14:textId="1CC02CDB" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Tenho o direito de me registrar para votar por intermédio do DTA. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A1DAE84" w14:textId="05A83171" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+    <w:p w14:paraId="6A1DAE84" w14:textId="05A83171" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">O DTA me ajudará a preencher o formulário de requerimento de registro de eleitor, se eu precisar de ajuda. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FBCEB94" w14:textId="08E14C10" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+    <w:p w14:paraId="0FBCEB94" w14:textId="08E14C10" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Posso preencher o formulário de requerimento de registro de eleitor em particular. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DA63646" w14:textId="2D56800F" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+    <w:p w14:paraId="5DA63646" w14:textId="2D56800F" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Requerer o registro ou recusar o registro para votar não afetará meus benefícios do DTA. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C7D0D65" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+    <w:p w14:paraId="4C7D0D65" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Oportunidades de emprego </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7477C018" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7477C018" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Concordo que o DTA pode compartilhar meu nome e informações de contato com provedores de treinamento ou potenciais empregadores, incluindo: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="311141D8" w14:textId="0E837FB2" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+    <w:p w14:paraId="311141D8" w14:textId="5FDA4C35" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
-[...6 lines deleted...]
-    <w:p w14:paraId="7E17CF4F" w14:textId="0A48DD46" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provedores SNAP Path </w:t>
+      </w:r>
+      <w:r w:rsidR="00163FBA" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Work ou especialistas DTA para clientes SNAP; e </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E17CF4F" w14:textId="0A48DD46" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Provedores contratados e de treinamento, ou funcionários com engajamento completo para clientes do Programa de Apoio Transitório a Famílias com Filhos Dependentes (Transitional Aid to Families with Dependent Children - TAFDC). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="727913B7" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="727913B7" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Os clientes do SNAP podem participar voluntariamente de serviços de educação e treinamento profissional por meio do programa Caminho para o Trabalho (Path to Work) do SNAP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29F643CD" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+    <w:p w14:paraId="29F643CD" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Situação de cidadania </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6793CDBC" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="6793CDBC" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Juro que todos os membros da minha casa que estão requerendo benefícios do DTA são cidadãos americanos ou residentes legais que não são cidadãos. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C48A354" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+    <w:p w14:paraId="2C48A354" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t xml:space="preserve">Programa de Assistência Nutricional Suplementar (SNAP) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79AE94EB" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+    <w:p w14:paraId="79AE94EB" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Compreendo que: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3993FF8C" w14:textId="0EDE12F1" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="007A028F">
+    <w:p w14:paraId="3993FF8C" w14:textId="0EDE12F1" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="007A028F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">O DTA administra o programa SNAP em Massachusetts. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DBF6137" w14:textId="4528B0F8" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="007A028F">
+    <w:p w14:paraId="7DBF6137" w14:textId="4528B0F8" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="007A028F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Quando apresento um requerimento ao DTA (por telefone, online, pessoalmente ou por correio ou fax), o DTA tem 30 dias a partir da data em que recebeu meu requerimento para decidir se me qualifico. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32018680" w14:textId="2B79FE00" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="007A028F">
+    <w:p w14:paraId="32018680" w14:textId="2B79FE00" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="007A028F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se me qualificar para o SNAP acelerado (emergencial), o DTA deve me fornecer o SNAP e garantir que eu tenha um cartão de Transferência Eletrônica de Benefícios (EBT - Electronic Benefit Transfer) no prazo de 7 dias a partir da data em que receber meu requerimento. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F91985D" w14:textId="21440367" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="007A028F">
+    <w:p w14:paraId="7F91985D" w14:textId="21440367" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="007A028F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Tenho o direito de falar com um supervisor do DTA se: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58C9F377" w14:textId="77777777" w:rsidR="007A028F" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="007A028F">
+    <w:p w14:paraId="58C9F377" w14:textId="77777777" w:rsidR="007A028F" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="007A028F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>DTA me informar que não me qualifico para benefícios de emergência do SNAP e eu discordar disso.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="134C0E25" w14:textId="77777777" w:rsidR="007A028F" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="007A028F">
+    <w:p w14:paraId="134C0E25" w14:textId="77777777" w:rsidR="007A028F" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="007A028F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Me qualificar para benefícios de emergência do SNAP, mas não receber meus benefícios até o 7º dia após o meu requerimento ao SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02BE7E12" w14:textId="037655D5" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="007A028F">
+    <w:p w14:paraId="02BE7E12" w14:textId="037655D5" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="007A028F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Eu me qualificar para benefícios de emergência do SNAP, mas não receber meu cartão </w:t>
       </w:r>
-      <w:r w:rsidR="007E5FAA" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="007E5FAA" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">e EBT até o 7º dia após o meu requerimento para o SNAP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60F731EF" w14:textId="6649437C" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="007A028F">
+    <w:p w14:paraId="60F731EF" w14:textId="6649437C" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="007A028F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Quando recebo o SNAP, eu preciso seguir determinadas regras. Quando eu for aprovado para o SNAP, o DTA me dará uma cópia do folheto “Seu Direito de Saber” (Your Right to Know) e do folheto do Programa SNAP. Lerei os folhetos ou alguém os lerá para mim. Se tiver alguma pergunta ou precisar de ajuda para ler ou entender estas informações, posso ligar para o DTA pelo telefone 1-877-382-2363. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06437CEA" w14:textId="48988284" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="007A028F">
+    <w:p w14:paraId="06437CEA" w14:textId="48988284" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="007A028F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Informar ao DTA sobre mudanças em meu agregado familiar: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CD02C9C" w14:textId="77777777" w:rsidR="007E5FAA" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
+    <w:p w14:paraId="1CD02C9C" w14:textId="77777777" w:rsidR="007E5FAA" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se eu for um agregado familiar que usa o Relatório Simplificado SNAP (SNAP Simplified Reporting), não preciso informar a maioria das mudanças ao DTA até a hora de entregar o Relatório Interino ou a Recertificação. As únicas coisas que tenho de informar antes são: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BA8ADA1" w14:textId="77777777" w:rsidR="007E5FAA" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
+    <w:p w14:paraId="3BA8ADA1" w14:textId="77777777" w:rsidR="007E5FAA" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se a renda do meu agregado familiar ultrapassar o limite de renda bruta (informado no meu aviso de aprovação).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ADDE8DB" w14:textId="77777777" w:rsidR="007E5FAA" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
+    <w:p w14:paraId="1ADDE8DB" w14:textId="77777777" w:rsidR="007E5FAA" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Tenho que informar isso até o dia 10 dia do mês seguinte ao mês em que minha renda ultrapassou tal limite.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="614D7890" w14:textId="72426BBC" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
+    <w:p w14:paraId="614D7890" w14:textId="72426BBC" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se eu tiver que cumprir as Regras de Trabalho para Adultos Fisicamente Capazes Sem Dependentes (Able-Bodied Adults Without Dependents - ABAWD) e minhas horas de</w:t>
       </w:r>
-      <w:r w:rsidR="007E5FAA" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="007E5FAA" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>trabalho caírem para menos de 20 horas por semana.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7417271E" w14:textId="2757EF8D" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
+    <w:p w14:paraId="7417271E" w14:textId="2757EF8D" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se todos na minha casa tiverem 60 anos ou mais, sejam incapacitados, ou tenham menos de 18 anos, e</w:t>
       </w:r>
-      <w:r w:rsidR="007E5FAA" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="007E5FAA" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ninguém tenha rendimentos provenientes de trabalho, as únicas coisas que tenho de informar são:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37449EF0" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
+    <w:p w14:paraId="37449EF0" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se alguém começar a trabalhar, ou </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E922C89" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
+    <w:p w14:paraId="5E922C89" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se alguém entrar ou deixar meu agregado familiar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28C36B52" w14:textId="1EDA3C1E" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
+    <w:p w14:paraId="28C36B52" w14:textId="1EDA3C1E" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Devo informar essas mudanças até o dia 10 do mês seguinte ao mês em que ocorreu a</w:t>
       </w:r>
-      <w:r w:rsidR="007E5FAA" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="007E5FAA" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">mudança. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BF903AD" w14:textId="7952D411" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
+    <w:p w14:paraId="6BF903AD" w14:textId="7952D411" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se eu obtiver o SNAP por meio da Alternativa de Benefícios Transitórios (Transitional Benefits Alternative - TBA) porque parei de receber meu TAFDC, não preciso informar nenhuma mudança ao DTA durante os 5 meses nos quais receber o TBA. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E0D8CE" w14:textId="77777777" w:rsidR="007E5FAA" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
+    <w:p w14:paraId="65E0D8CE" w14:textId="77777777" w:rsidR="007E5FAA" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Se eu obtiver o SNAP por meio do Projeto de Requerimento Combinado do Bay State (Bay State CAP), não preciso informar nenhuma alteração ao DTA. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="164144C2" w14:textId="7B0DF1C5" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="164144C2" w14:textId="7B0DF1C5" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se eu e todas as pessoas no meu agregado familiar recebermos assistência em dinheiro (TAFDC ou EAEDC), devo informar certas alterações ao DTA no prazo de 10 dias da alteração</w:t>
       </w:r>
-      <w:r w:rsidR="00071ABB" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00071ABB" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60F77395" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="60F77395" w14:textId="77777777" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00D33033">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t xml:space="preserve">Poderei obter mais benefícios do SNAP se informar e fornecer, a qualquer momento, comprovantes ao DTA do seguinte: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="101A024F" w14:textId="2894D615" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
+    <w:p w14:paraId="101A024F" w14:textId="2894D615" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Custos de cuidados de crianças ou outros dependentes, custos de abrigo e/ou custos de serviços de utilidade pública; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50D748BF" w14:textId="35413D32" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
+    <w:p w14:paraId="50D748BF" w14:textId="35413D32" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Pensão alimentícia que eu (ou alguém do meu agregado familiar) seja legalmente obrigado a pagar a uma pessoa fora de meu agregado familiar; e </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E0E9C21" w14:textId="3BD0228A" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
+    <w:p w14:paraId="6E0E9C21" w14:textId="3BD0228A" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="007E5FAA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Despesas médicas com pessoas do meu agregado familiar, inclusive eu mesmo, que tenha 60 anos ou mais ou</w:t>
       </w:r>
-      <w:r w:rsidR="007E5FAA" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="007E5FAA" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">seja incapacitado. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C31C7F1" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00D33033" w:rsidP="00BC6F63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7C31C7F1" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D33033" w:rsidP="00BC6F63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Regras de trabalho para clientes do SNAP</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>: se você recebe benefícios do SNAP e tem de 16 a 59 anos, pode ser necessário que cumpra as regras gerais de trabalho do SNAP ou as regras de trabalho para Adultos</w:t>
       </w:r>
-      <w:r w:rsidR="00BC6F63" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fisicamente Capazes Sem Dependentes (Able-Bodied Adults Without Dependents - ABAWD), a menos que esteja isento deste requisito. O DTA informará a mim e aos membros do meu agregado familiar se precisarmos cumprir alguma regra de trabalho, quais são as isenções e o que acontecerá se não cumprirmos as regras. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CD06EFA" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00BC6F63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1CD06EFA" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00BC6F63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se estiver sob as Regras de Trabalho do SNAP, você precisa: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="033E1B34" w14:textId="43350A0D" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+    <w:p w14:paraId="033E1B34" w14:textId="43350A0D" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se registrar para trabalhar no momento da inscrição e quando se recertificar para o SNAP. Você se registra quando assina o formulário de inscrição ou recertificação do SNAP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00A65E14" w14:textId="69E7F70A" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+    <w:p w14:paraId="00A65E14" w14:textId="69E7F70A" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Fornecer informações ao DTA sobre sua situação empregatícia quando o DTA as solicitar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0973E3FD" w14:textId="7341A100" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+    <w:p w14:paraId="0973E3FD" w14:textId="7341A100" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Apresentar-se a um empregador, se for encaminhado pelo DTA. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DFE064B" w14:textId="09307FC2" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+    <w:p w14:paraId="3DFE064B" w14:textId="09307FC2" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Aceitar uma oferta de emprego (a menos que tenha um bom motivo para não fazer isso). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55444A76" w14:textId="0BB68D45" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+    <w:p w14:paraId="55444A76" w14:textId="0BB68D45" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Não deixar um emprego onde trabalha mais de 30 horas por semana sem motivo justo. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37E96D68" w14:textId="61410026" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+    <w:p w14:paraId="37E96D68" w14:textId="61410026" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Reduzir suas horas de trabalho para menos de 30 horas por semana sem motivo justo. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1116EEC6" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00BC6F63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1116EEC6" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00BC6F63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Regras do SNAP </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37D2DA0D" w14:textId="708BDB0E" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="37D2DA0D" w14:textId="708BDB0E" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Não fornecer informações falsas ou ocultar informações visando obter benefícios do SNAP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F040070" w14:textId="2CF97C66" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2F040070" w14:textId="2CF97C66" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Não trocar ou vender benefícios do SNAP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="479188C0" w14:textId="2275204F" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="479188C0" w14:textId="713A332A" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00136737" w:rsidP="00967B85">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não alterar os cartões de EBT para obter benefícios do SNAP para os quais você não se qualifica</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35381334" w14:textId="0265601B" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Não usar os benefícios do SNAP para comprar itens que não podem ser comprados, como bebidas alcoólicas e tabaco. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4345897B" w14:textId="43423BBF" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4345897B" w14:textId="43423BBF" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Não usar os benefícios SNAP ou o cartão EBT de outra pessoa, a menos que você seja um representante autorizado ou que o titular do cartão tenha dado a você permissão para usar o cartão em nome dele. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DB81A7C" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00BC6F63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5DB81A7C" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00BC6F63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Advertências de penalidades do SNAP </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ADCE8FA" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00BC6F63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7ADCE8FA" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00BC6F63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Entendo que se eu ou qualquer pessoa do meu agregado familiar do SNAP violar intencionalmente qualquer uma das regras enumeradas acima, essa pessoa não se qualificará para o SNAP por um ano após a primeira violação, por dois anos após a segunda violação e permanentemente após a terceira violação. Essa pessoa também pode ser multada em até $250.000, condenada à prisão por até 20 anos, ou ambos. Ela também pode estar sujeita a processos de acordo com leis federais e estaduais. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07E2A82C" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00BC6F63">
+    <w:p w14:paraId="07E2A82C" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00BC6F63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Entendo também as penalidades a seguir. Se eu ou uma pessoa do meu agregado familiar do SNAP: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D5A6273" w14:textId="370075A5" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+    <w:p w14:paraId="1D5A6273" w14:textId="370075A5" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cometer uma Violação Intencional do Programa (Intentional Program Violation - IPV) envolvendo dinheiro, eu ou essa pessoa não se qualificará para o SNAP pelo mesmo período em que não se qualificar para receber assistência em dinheiro. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2F7F8DAD" w14:textId="2550A52A" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+        <w:t xml:space="preserve">Cometer uma Violação Intencional do Programa (Intentional Program Violation - IPV) envolvendo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>dinheiro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, eu ou essa pessoa não se qualificará para o SNAP pelo mesmo período em que não se qualificar para receber assistência em dinheiro. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F7F8DAD" w14:textId="2550A52A" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4B6AECA8" w14:textId="34672B26" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+        <w:t xml:space="preserve">Fizer uma declaração fraudulenta sobre a minha ou a identidade ou residência dessa pessoa para obter múltiplos benefícios do SNAP ao mesmo tempo, eu ou essa pessoa não se qualificará para o SNAP por </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>dez anos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B6AECA8" w14:textId="34672B26" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Trocar (comprar ou vender) benefícios do SNAP por substâncias controladas/drogas ilícitas, eu ou essa pessoa não se qualificará para o SNAP por dois anos na primeira ocorrência, e permanentemente na segunda ocorrência. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6005B575" w14:textId="1726E366" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+        <w:t xml:space="preserve">Trocar (comprar ou vender) benefícios do SNAP por substâncias controladas/drogas ilícitas, eu ou essa pessoa não se qualificará para o SNAP por </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>dois anos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> na primeira ocorrência, e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>permanentemente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> na segunda ocorrência. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6005B575" w14:textId="1726E366" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Trocar (comprar ou vender) benefícios do SNAP por armas de fogo, munições ou explosivos, eu ou essa pessoa não se qualificará para o SNAP permanentemente. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="560F2DD5" w14:textId="5EB898B6" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+        <w:t xml:space="preserve">Trocar (comprar ou vender) benefícios do SNAP por armas de fogo, munições ou explosivos, eu ou essa pessoa não se qualificará para o SNAP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>permanentemente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="560F2DD5" w14:textId="5EB898B6" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Fizer uma oferta para vender benefícios SNAP ou um cartão EBT online ou pessoalmente, o Estado pode impor uma IPV a mim ou a essa pessoa. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F5E268A" w14:textId="7E189191" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+    <w:p w14:paraId="1F5E268A" w14:textId="7E189191" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Pagar alimentos comprados a crédito, eu ou essa pessoa não se qualificará para o SNAP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79F92DA8" w14:textId="7179F796" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+    <w:p w14:paraId="79F92DA8" w14:textId="7179F796" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Comprar produtos com benefícios do SNAP com a intenção de descartar o conteúdo e devolver as embalagens para receber dinheiro, eu ou essa pessoa não se qualificará para o SNAP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="675988B4" w14:textId="26D1F02C" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+    <w:p w14:paraId="675988B4" w14:textId="26D1F02C" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Fugir para evitar processo, custódia ou confinamento após condenação por um crime, eu ou essa pessoa não se qualificará para o SNAP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70DE5933" w14:textId="587EA192" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+    <w:p w14:paraId="70DE5933" w14:textId="60C9C1C0" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Violar liberdade supervisionada ou liberdade condicional, quando as autoridades estiverem tentando prender-nos, eu ou essa pessoa não se qualificará para o SNAP. </w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+        <w:t xml:space="preserve">Violar liberdade supervisionada ou liberdade condicional, quando as autoridades estiverem tentando </w:t>
+      </w:r>
+      <w:r w:rsidR="00163FBA" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prender, eu ou essa pessoa não se qualificará para o SNAP. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D10E461" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00BC6F63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Toda pessoa que tenha sido condenada por crime qualificado depois de 7 de fevereiro de 2014 não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> se qualifica para benefícios do SNAP, se for criminosa em fuga ou violando sua liberdade supervisionada ou liberdade condicional —de acordo com a 7 CFR §273.11(n) - e se foi condenada como adulto por: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C16119D" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+    <w:p w14:paraId="2C16119D" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Abuso sexual qualificado no âmbito da seção 2241 do título 18, do U.S.C.; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65AE8C99" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+    <w:p w14:paraId="65AE8C99" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Assassinato no âmbito da seção 1111 do título 18, do U.S.C.; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7454BE3E" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+    <w:p w14:paraId="7454BE3E" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Qualquer ofensa no âmbito do capítulo 110 do título 18, do U.S.C.; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7213499B" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+    <w:p w14:paraId="7213499B" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Um crime federal ou estadual envolvendo estupro, conforme definido na seção 40002(a) da Lei de Prevenção da Violência contra Mulheres (VAWA - Violence Against Women Act) de 1994 (42 U.S.C. 13925a); ou </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68FBAD87" w14:textId="37EAAACE" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+    <w:p w14:paraId="68FBAD87" w14:textId="37EAAACE" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>5. Um crime no âmbito das leis estaduais, determinado pelo Procurador-Geral como sendo substancialmente semelhante</w:t>
       </w:r>
-      <w:r w:rsidR="00967B85" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00967B85" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">a um dos crimes descritos nesta lista. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A3CF561" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+    <w:p w14:paraId="1A3CF561" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Declaração de não discriminação </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F9E3BD8" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00BC6F63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2F9E3BD8" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00BC6F63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">De acordo com a lei federal de direitos civis e as regulamentações e políticas de direitos civis do Departamento de Agricultura dos EUA (USDA), esta instituição está proibida de discriminar com base em raça, cor, origem nacional, sexo (incluindo identidade de gênero e orientação sexual), crença religiosa, deficiência, idade, crenças políticas ou represália ou retaliação por atividades anteriores de direitos civis. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="646A8A62" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00BC6F63">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="646A8A62" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00BC6F63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">As informações do programa podem ser disponibilizadas em idiomas que não sejam o inglês. Pessoas com deficiência que necessitarem de meios alternativos de comunicação para obterem informações sobre o programa (p.ex., Braille, caracteres grandes, gravações de áudio, Língua de Sinais Americana [ASL), etc.) deverão entrar em contato com o órgão (estadual ou local) onde fizeram o requerimento de benefícios. Indivíduos que forem surdos, tiverem problemas de audição ou deficiências de fala podem entrar em contato com o USDA por meio do Federal Relay Service (Serviço de Retransmissão Federal), pelo telefone (800) 877-8339. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="664BC54A" w14:textId="3D1BBD7F" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00BC6F63">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="664BC54A" w14:textId="3D1BBD7F" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00BC6F63">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Para registrar uma reclamação de discriminação de programa, a pessoa reclamante deve preencher o Formulário AD-3027, o Formulário de Reclamação de Discriminação de Programa do USDA (USDA Program Discrimination Complaint Form), que pode ser obtido online em: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidRPr="00E955F8">
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="00BD1FC8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>https://www.usda.gov/sites/default/files/documents/ad-3027.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E955F8">
-[...13 lines deleted...]
-    <w:p w14:paraId="03DC931C" w14:textId="2BEA55D9" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, em qualquer escritório do USDA, ligando para (833) 620-1071, ou escrevendo uma carta endereçada ao USDA. A carta deve conter o nome, endereço, número de telefone e uma descrição da suposta ação discriminatória em detalhes suficientes para informar o(a) Secretário(a) Assistente de Direitos Civis (ASCR) sobre a natureza e a data de uma suposta violação dos direitos civis. O formulário AD-3027 preenchido ou a carta devem ser enviados por: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03DC931C" w14:textId="2BEA55D9" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">correio: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4377FB41" w14:textId="0100BBB6" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00251EF5">
+    <w:p w14:paraId="4377FB41" w14:textId="0100BBB6" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00251EF5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4631"/>
         </w:tabs>
         <w:ind w:left="1080"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:t>Food and Nutrition Service, USDA</w:t>
       </w:r>
-      <w:r w:rsidR="00251EF5" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00251EF5" w:rsidRPr="00BD1FC8">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:t>1320 Braddock Place, Room 334</w:t>
       </w:r>
-      <w:r w:rsidR="00251EF5" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00251EF5" w:rsidRPr="00BD1FC8">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:t xml:space="preserve">Alexandria, VA 22314; ou </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CEED356" w14:textId="5B56721D" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+    <w:p w14:paraId="6CEED356" w14:textId="5B56721D" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">fax: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="212E8B92" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+    <w:p w14:paraId="212E8B92" w14:textId="77777777" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="360"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">(833) 256 1665 ou (202)-690-7442; ou </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2656648E" w14:textId="77777777" w:rsidR="00967B85" w:rsidRPr="00E955F8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
+    <w:p w14:paraId="2656648E" w14:textId="77777777" w:rsidR="00967B85" w:rsidRPr="00BD1FC8" w:rsidRDefault="00BC6F63" w:rsidP="00967B85">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> e-mail: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AC95E7C" w14:textId="2BB8C092" w:rsidR="00BC6F63" w:rsidRPr="00E955F8" w:rsidRDefault="00776038" w:rsidP="00967B85">
+    <w:p w14:paraId="3AC95E7C" w14:textId="2BB8C092" w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8" w:rsidRDefault="00776038" w:rsidP="00967B85">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:instrText>HYPERLINK "mailto:FNSCIVILRIGHTSCOMPLAINTS@usda.gov"</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>FNSCIVILRIGHTSCOMPLAINTS@usda.gov</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BF9C226" w14:textId="3D3D5B04" w:rsidR="00D33033" w:rsidRPr="00E955F8" w:rsidRDefault="00776038" w:rsidP="00BC6F63">
+    <w:p w14:paraId="2BF9C226" w14:textId="3D3D5B04" w:rsidR="00D33033" w:rsidRPr="00BD1FC8" w:rsidRDefault="00776038" w:rsidP="00BC6F63">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00BC6F63" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00BC6F63" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Esta instituição é um provedor que oferece igualdade de oportunidades.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EAF3A84" w14:textId="0364D045" w:rsidR="00967B85" w:rsidRPr="00E955F8" w:rsidRDefault="00967B85">
+    <w:p w14:paraId="5EAF3A84" w14:textId="0364D045" w:rsidR="00967B85" w:rsidRPr="00BD1FC8" w:rsidRDefault="00967B85">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76067464" w14:textId="61010A26" w:rsidR="00D472C1" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="00251EF5">
+    <w:p w14:paraId="76067464" w14:textId="61010A26" w:rsidR="00D472C1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="00251EF5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">ASSINE ESTE REQUERIMENTO - OBRIGATÓRIO </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70AC0481" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="70AC0481" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Ao assinar este requerimento abaixo, certifico, sob pena de perjúrio, que as informações e declarações que fiz neste requerimento são verdadeiras e completas, pelo que eu saiba., e concordo em aceitar e cumprir os direitos e responsabilidades dos programas do MassHealth e do Health Connector. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1235C386" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1235C386" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se eu indiquei que estou requerendo entrar para o Programa de Assistência Nutricional Suplementar (SNAP) na página 1 deste requerimento, certifico que compreendo e concordo com os direitos, regras e penalidades do programa SNAP, conforme descritos acima. Solicito que o MassHealth envie minhas informações, incluindo Informações de Saúde Protegidas sujeitas à Lei de Portabilidade e Responsabilidade de Seguro Saúde (Health Insurance Portability and Accountability Act - HIPAA), ao Departamento de Assistência Transitória (DTA) para fins de solicitação de benefícios do SNAP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B1D5824" w14:textId="77777777" w:rsidR="00251EF5" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="00251EF5">
+    <w:p w14:paraId="3B1D5824" w14:textId="77777777" w:rsidR="00251EF5" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="00251EF5">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Importante: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>somente para requerentes do MassHealth e Health Connector.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="339AAC7E" w14:textId="2FCBDE56" w:rsidR="00D472C1" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="339AAC7E" w14:textId="2FCBDE56" w:rsidR="00D472C1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se estiver enviando este requerimento como um representante autorizado, deverá nos enviar um </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Formulário de Designação de Representante Autorizado do MassHealth </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">(ARD) ou já ter registrado um formulário para processarmos este requerimento. O ARD está no final deste requerimento. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2698B0F9" w14:textId="77777777" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
+    <w:p w14:paraId="2698B0F9" w14:textId="77777777" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Assinatura de Pessoa 1, representante autorizado ou parte responsável</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FD83C2F" w14:textId="75966B20" w:rsidR="00D472C1" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4FD83C2F" w14:textId="75966B20" w:rsidR="00D472C1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Nome em letra de fôrma </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3589ABD2" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3589ABD2" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Data </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D915B78" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7D915B78" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se tiver menos de 18 anos, você é menor emancipado? Sim Não </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C6F1609" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4C6F1609" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, um responsável com pelo menos 18 anos deverá assinar este formulário em seu nome. Forneça abaixo as informações dessa pessoa. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CAD3275" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5CAD3275" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Nome Nome do meio Sobrenome Sufixo </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16124C43" w14:textId="24278572" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="16124C43" w14:textId="24278572" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Números de </w:t>
       </w:r>
-      <w:r w:rsidR="003D5A7E">
+      <w:r w:rsidR="003D5A7E" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Seguro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Social Parentesco com você</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B758E83" w14:textId="448DFC3B" w:rsidR="00D472C1" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7B758E83" w14:textId="448DFC3B" w:rsidR="00D472C1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Data de nascimento </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67E939E3" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="67E939E3" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Endereço residencial Número de apartamento/unidade </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="795EB4DE" w14:textId="1AE12920" w:rsidR="00D472C1" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="795EB4DE" w14:textId="1AE12920" w:rsidR="00D472C1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Cidade Estado ZIP Condado </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="414DAF12" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="414DAF12" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Telefone Ramal Tipo de telefone </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C421A48" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5C421A48" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Segundo telefone Ramal Tipo de telefone </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EF726B4" w14:textId="57045E3C" w:rsidR="00D472C1" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="6EF726B4" w14:textId="57045E3C" w:rsidR="00D472C1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Endereço de e-mail</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60B7C685" w14:textId="0547C0A6" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="60B7C685" w14:textId="0547C0A6" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54A952C8" w14:textId="79A18EEF" w:rsidR="00D472C1" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="000B6949">
+    <w:p w14:paraId="54A952C8" w14:textId="79A18EEF" w:rsidR="00D472C1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="000B6949">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ETAPA 9</w:t>
       </w:r>
-      <w:r w:rsidR="000B6949" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000B6949" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Envie o requerimento preenchido.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52F52E7E" w14:textId="39D8EAA8" w:rsidR="00D472C1" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="000B6949">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="52F52E7E" w14:textId="39D8EAA8" w:rsidR="00D472C1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="000B6949">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Envie seu requerimento assinado para:</w:t>
       </w:r>
-      <w:r w:rsidR="000B6949" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000B6949" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Health Insurance Processing Center</w:t>
       </w:r>
-      <w:r w:rsidR="000B6949" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000B6949" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>PO Box 4405</w:t>
       </w:r>
-      <w:r w:rsidR="000B6949" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000B6949" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Taunton, MA 02780</w:t>
       </w:r>
-      <w:r w:rsidR="000B6949" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000B6949" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>; ou</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7214A47A" w14:textId="374F7B78" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00D472C1">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7214A47A" w14:textId="374F7B78" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00D472C1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>por fax: (857) 323-8300</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="230577E9" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="000B6949">
+    <w:p w14:paraId="230577E9" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="000B6949">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">INFORMAÇÕES SOBRE A INSCRIÇÃO ELEITORAL </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23D5DAD8" w14:textId="79A6E4D5" w:rsidR="00D472C1" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="23D5DAD8" w14:textId="79A6E4D5" w:rsidR="00D472C1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">O formulário de inscrição para votar está incluído neste pedido ou pode ser encontrado em </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="00C268BB" w:rsidRPr="00E955F8">
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidR="00C268BB" w:rsidRPr="00BD1FC8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>sec.state.ma.us</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. Mais informações sobre como se inscrever para votar também podem ser obtidas em </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00C268BB" w:rsidRPr="00E955F8">
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidR="00C268BB" w:rsidRPr="00BD1FC8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>sec.state.ma.us</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. Se você tiver dúvidas sobre como se inscrever para votar, ou se precisar de ajuda para preencher o formulário, procure um Centros de Inscrições do MassHealth (MassHealth Enrollment Centers) local ou ligue para o Centro de Atendimento ao Cliente do MassHealth (MassHealth Customer Service Center) pelo número </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>(800) 841-2900</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, TTY: 711. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E3968F5" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5E3968F5" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Requerer o título eleitoral ou recusar a se inscrever para votar não afetará o montante de assistência que você receberá desta agência. Se você quiser ajuda para preencher o formulário de requerimento de inscrição de eleitor, nós o ajudaremos. A decisão de procurar ou aceitar ajuda é sua. Você poderá preencher o formulário sozinho. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B7C6CB3" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5B7C6CB3" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se você acredita que alguém interferiu no seu direito de se inscrever ou de se recusar a se inscrever como eleitor, no direito à privacidade ao decidir se inscrever ou ao se inscrever para votar, ou no seu direito de escolher o próprio partido político ou outra preferência política, você pode enviar uma reclamação para: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="090ABD8E" w14:textId="2DA1E340" w:rsidR="00D472C1" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="000B6949">
+    <w:p w14:paraId="090ABD8E" w14:textId="2DA1E340" w:rsidR="00D472C1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="000B6949">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Secretary of the Commonwealth, Elections Division</w:t>
       </w:r>
-      <w:r w:rsidR="000B6949" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000B6949" w:rsidRPr="00BD1FC8">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>One Ashburton Place, Room 1705</w:t>
       </w:r>
-      <w:r w:rsidR="000B6949" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="000B6949" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Boston, MA 02108</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D1147A0" w14:textId="125707E3" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="000B6949">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7D1147A0" w14:textId="125707E3" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="000B6949">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Telefone: (617) 727-2828 ou (800) 462-8683.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C16AFD2" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7C16AFD2" w14:textId="77777777" w:rsidR="00D472C1" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se você ou qualquer outra pessoa no requerimento não estiver inscrita para votar onde você mora agora, gostaria de se inscrever hoje para votar? Sim Não </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D969346" w14:textId="0D64172F" w:rsidR="00967B85" w:rsidRPr="00E955F8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4D969346" w14:textId="0D64172F" w:rsidR="00967B85" w:rsidRPr="00BD1FC8" w:rsidRDefault="00D472C1" w:rsidP="00D472C1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>SE VOCÊ NÃO MARCAR UMA DAS CAIXAS, SERÁ INTERPRETADO COMO TENDO DECIDO NÃO SE INSCREVER PARA VOTAR, NESTE MOMENTO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7433A556" w14:textId="77777777" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="7433A556" w14:textId="77777777" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>STATUS DE IMIGRAÇÃO TIPO DE DOCUMENTO DE IMIGRAÇÃO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="414A858B" w14:textId="72B14916" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="414A858B" w14:textId="72B14916" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A Pergunta 14a do requerimento pergunta aos não cidadãos sobre seu status de imigração e sobre o tipo ou os tipos de documentos de imigração</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>que possuem para comprovar seu status de imigração. Consulte as seguintes listas para preencher a Pergunta 14a.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62F202A1" w14:textId="12A5C6ED" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="000B6949">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="62F202A1" w14:textId="12A5C6ED" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="000B6949">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se precisar de mais ajuda, informações adicionais podem ser encontradas online em</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="00071ABB" w:rsidRPr="00E955F8">
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="00071ABB" w:rsidRPr="00BD1FC8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
-          <w:t>MAhealthconnector.org/immigration-document-types</w:t>
+          <w:t>MAhealthconnector.org/</w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00071ABB" w:rsidRPr="00BD1FC8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="pt-BR"/>
+          </w:rPr>
+          <w:t>immigration-document-types</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="795BD238" w14:textId="77777777" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="795BD238" w14:textId="77777777" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Status de imigração qualificados</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71366965" w14:textId="7CCD3C33" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="71366965" w14:textId="7CCD3C33" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Na Seção “Status de imigração” da pergunta</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00071ABB" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00071ABB" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>14a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, escreva o status que se aplica a você ou</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>aos membros do seu agregado familiar. Você</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>pode escrever mais de um status.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F762EA4" w14:textId="66FFDBF0" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="4F762EA4" w14:textId="66FFDBF0" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Americano-asiático</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03E8399A" w14:textId="397BA7CB" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="03E8399A" w14:textId="397BA7CB" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t>Asilo concedido</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EF66B42" w14:textId="64EBD447" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="7EF66B42" w14:textId="64EBD447" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Cubano-haitiano participante</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E7DCA85" w14:textId="6E4051FE" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="4E7DCA85" w14:textId="6E4051FE" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Deportação suspensa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BF52B26" w14:textId="4E13B68A" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="0BF52B26" w14:textId="4E13B68A" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nativo americano nascido no Canadá ou</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>em territórios fora dos EUA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57851942" w14:textId="36660F72" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="57851942" w14:textId="36660F72" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Refugiado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79EE49C7" w14:textId="6428857F" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="79EE49C7" w14:textId="6428857F" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Vítima de tráfico humano grave ou seu</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>cônjuge, filho, filha, irmão, irmã, pai ou</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>mãe</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="459154CC" w14:textId="037E8478" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="459154CC" w14:textId="037E8478" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Imigrante especial iraquiano</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0367FE66" w14:textId="2981AB6B" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="0367FE66" w14:textId="2981AB6B" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Imigrante especial afegão ou certos afegãos</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>refugiados</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12449D0B" w14:textId="39ED11B7" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="12449D0B" w14:textId="39ED11B7" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Entrada condicional concedida antes de</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>1980</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="797EA97B" w14:textId="27AB2FE2" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="797EA97B" w14:textId="27AB2FE2" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Veterano de guerra ou membro ativo</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>das forças armadas ou seu cônjuge ou</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>dependente</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E5C1AD5" w14:textId="264D54A7" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="1E5C1AD5" w14:textId="264D54A7" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:t>Migrante COFA (Compact of Free</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:t>Association)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E7E1CC5" w14:textId="565ECAA0" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="4E7E1CC5" w14:textId="565ECAA0" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Residente permanente legal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61623C70" w14:textId="0638E33C" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="61623C70" w14:textId="0638E33C" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Concessão de permissão de estadia durante</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>pelo menos um ano</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CCDF22A" w14:textId="79C5E6A7" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="1CCDF22A" w14:textId="79C5E6A7" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Cônjuge ou filho(a) agredidos (ou seus pais</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ou filhos)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23CFF1E0" w14:textId="16DA8F89" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="23CFF1E0" w14:textId="16DA8F89" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Status de não imigrante (visto)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50B78B25" w14:textId="278C35CD" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="50B78B25" w14:textId="278C35CD" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Concessão de permissão de estadia por</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>menos de um ano</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41DE7712" w14:textId="6FAA2D17" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="41DE7712" w14:textId="6FAA2D17" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Concessão de status de residente</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>temporário</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38E988D1" w14:textId="5D884F36" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="38E988D1" w14:textId="5D884F36" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Concessão de Status de Proteção</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Temporária (TPS) ou solicitante de TPS com</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>autorização de emprego</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17BDAA80" w14:textId="002BCBBD" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="17BDAA80" w14:textId="002BCBBD" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Autorização de emprego concedida sob</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>8 CFR 274a(12)(c)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6242B5A8" w14:textId="26B3F871" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="6242B5A8" w14:textId="26B3F871" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Beneficiários da unidade familiar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="343FE0F9" w14:textId="22932457" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="343FE0F9" w14:textId="22932457" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Partida forçada diferida</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AFDAF56" w14:textId="426BAE28" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="3AFDAF56" w14:textId="426BAE28" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Status de Ação Diferida, exceto para Ação</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Diferida para Chegadas na Infância (DACA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71AB095E" w14:textId="7F71F21F" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="71AB095E" w14:textId="7F71F21F" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Concessão de estada administrativa de</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>remoção sob 8 CFR 241</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="337530D8" w14:textId="5CE60263" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="337530D8" w14:textId="5CE60263" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Petição de visto aprovada com pedido</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>pendente de ajuste de status</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6829BFD5" w14:textId="5B8D01FE" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="6829BFD5" w14:textId="5B8D01FE" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Requerente de asilo ou de suspensão de</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>remoção com autorização de trabalho</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D6FBFC5" w14:textId="15BC9D92" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="6D6FBFC5" w14:textId="3F20EC02" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Requerente (por pelo menos 180 dias) de</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">asilo ou </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC17A0" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>suspensão de remoção</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC17A0" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> menor de</w:t>
+      </w:r>
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>14 anos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35B62F5A" w14:textId="24277791" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="35B62F5A" w14:textId="24277791" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Concessão de suspensão de remoção de</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>acordo com a Convenção Contra a Tortura</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17492012" w14:textId="7C99B176" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="17492012" w14:textId="7C99B176" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Requerente de status de Imigrante Especial</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Juvenil (SIJ)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D5ADE8E" w14:textId="12C57134" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="5D5ADE8E" w14:textId="12C57134" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Requerente ou status concedido sob Ação</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Diferida para Chegadas na Infância (DACA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78417E77" w14:textId="7247E0D5" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="78417E77" w14:textId="7247E0D5" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Tenho um documento, mas não consta</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>nenhum status listado acima (pessoa</w:t>
       </w:r>
-      <w:r w:rsidR="00F43B4F" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F43B4F" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>residente sob a cor da lei, PRUCOL)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="039D93A5" w14:textId="77777777" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
+    <w:p w14:paraId="039D93A5" w14:textId="77777777" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F43B4F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Tipos de documentos de imigração</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65F207DD" w14:textId="4BB96CB5" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="65F207DD" w14:textId="4BB96CB5" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Na Seção “Tipo de documento de imigração”</w:t>
       </w:r>
-      <w:r w:rsidR="00F041A9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F041A9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">da </w:t>
       </w:r>
-      <w:r w:rsidR="00071ABB" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00071ABB" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Pergunta 14a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, escreva o tipo de documento</w:t>
       </w:r>
-      <w:r w:rsidR="00F041A9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F041A9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>que você ou membros do seu agregado</w:t>
       </w:r>
-      <w:r w:rsidR="00F041A9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F041A9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">familiar tenham. Você pode </w:t>
       </w:r>
-      <w:r w:rsidR="003C58C0" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="003C58C0" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>listar</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> mais de um</w:t>
       </w:r>
-      <w:r w:rsidR="00F041A9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F041A9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>tipo de documento de imigração.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="112498EE" w14:textId="171A36C5" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
+    <w:p w14:paraId="112498EE" w14:textId="171A36C5" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Permissão de reingresso (I-327)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F387F2F" w14:textId="05F16B4D" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
+    <w:p w14:paraId="0F387F2F" w14:textId="05F16B4D" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Cartão de residente permanente (“Green</w:t>
       </w:r>
-      <w:r w:rsidR="00F041A9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F041A9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Card”, I-551)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CBA0C33" w14:textId="24444440" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
+    <w:p w14:paraId="4CBA0C33" w14:textId="24444440" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Documento de viagem para refugiados</w:t>
       </w:r>
-      <w:r w:rsidR="00F041A9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F041A9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>(I-571)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1872E768" w14:textId="62439B1B" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
+    <w:p w14:paraId="1872E768" w14:textId="62439B1B" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Cartão de Autorização de Emprego (I-766)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09375FA8" w14:textId="5D0E1F04" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
+    <w:p w14:paraId="09375FA8" w14:textId="195FABE8" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Visto de imigrante legível por máquina</w:t>
       </w:r>
-      <w:r w:rsidR="00F041A9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F041A9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...6 lines deleted...]
-    <w:p w14:paraId="1806C9A6" w14:textId="113C4582" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(com </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC17A0" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">linguagem </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>temporári</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC17A0" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I-551)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1806C9A6" w14:textId="113C4582" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Carimbo temporário I-551 (no passaporte</w:t>
       </w:r>
-      <w:r w:rsidR="00F041A9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F041A9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ou I-94, I-94A)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E66A1BD" w14:textId="1D7584D2" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
+    <w:p w14:paraId="0E66A1BD" w14:textId="1D7584D2" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Registro de chegada</w:t>
       </w:r>
-      <w:r w:rsidR="00071ABB" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00071ABB" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>saída (I-94, I-94A)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45C9BF4C" w14:textId="40752D07" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
+    <w:p w14:paraId="45C9BF4C" w14:textId="40752D07" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Registro de chegada</w:t>
       </w:r>
-      <w:r w:rsidR="00071ABB" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00071ABB" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>saída em passaporte</w:t>
       </w:r>
-      <w:r w:rsidR="00F041A9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F041A9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>estrangeiro não vencido (I-94)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67BC9475" w14:textId="6A4D3CFB" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
+    <w:p w14:paraId="67BC9475" w14:textId="6A4D3CFB" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Passaporte estrangeiro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="142E3FAA" w14:textId="3029686A" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
+    <w:p w14:paraId="142E3FAA" w14:textId="0652AAB1" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Certificado de qualificação para status de</w:t>
       </w:r>
-      <w:r w:rsidR="00F041A9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F041A9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
-[...6 lines deleted...]
-    <w:p w14:paraId="213AF68C" w14:textId="3F976E51" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>estudante não imigrante (I-20)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="213AF68C" w14:textId="3F976E51" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Certificado de qualificação para status de</w:t>
       </w:r>
-      <w:r w:rsidR="00F041A9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F041A9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>visitante de intercâmbio (DS2019)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22630AC4" w14:textId="6B3F3DB9" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
+    <w:p w14:paraId="22630AC4" w14:textId="6B3F3DB9" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t>Notificação de ação (I-797)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44C5DDA9" w14:textId="77777777" w:rsidR="005D0194" w:rsidRPr="00E955F8" w:rsidRDefault="005D0194" w:rsidP="005D0194">
+    <w:p w14:paraId="44C5DDA9" w14:textId="77777777" w:rsidR="005D0194" w:rsidRPr="00BD1FC8" w:rsidRDefault="005D0194" w:rsidP="005D0194">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Documento comprovando suspensão de remoção (ou suspensão de deportação)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75D581B2" w14:textId="77777777" w:rsidR="005D0194" w:rsidRPr="00E955F8" w:rsidRDefault="005D0194" w:rsidP="005D0194">
+    <w:p w14:paraId="75D581B2" w14:textId="77777777" w:rsidR="005D0194" w:rsidRPr="00BD1FC8" w:rsidRDefault="005D0194" w:rsidP="005D0194">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Ordem administrativa de suspensão de remoção emitida pelo Departamento Nacional de Segurança Pública (DHS - Department of Homeland Security)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ADD79AF" w14:textId="77777777" w:rsidR="005D0194" w:rsidRPr="00E955F8" w:rsidRDefault="005D0194" w:rsidP="005D0194">
+    <w:p w14:paraId="1ADD79AF" w14:textId="77777777" w:rsidR="005D0194" w:rsidRPr="00BD1FC8" w:rsidRDefault="005D0194" w:rsidP="005D0194">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Documento que comprove ser membro de uma tribo indígena americana reconhecida pelo governo federal ou um índio americano nascido no Canadá</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D91F754" w14:textId="77777777" w:rsidR="005D0194" w:rsidRPr="00E955F8" w:rsidRDefault="005D0194" w:rsidP="005D0194">
+    <w:p w14:paraId="3D91F754" w14:textId="77777777" w:rsidR="005D0194" w:rsidRPr="00BD1FC8" w:rsidRDefault="005D0194" w:rsidP="005D0194">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Carta de qualificação do Escritório de Reassentamento de Refugiados (ORR) (se tiver menos de 18 anos)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23CA39AB" w14:textId="77777777" w:rsidR="005D0194" w:rsidRPr="00E955F8" w:rsidRDefault="005D0194" w:rsidP="005D0194">
+    <w:p w14:paraId="23CA39AB" w14:textId="77777777" w:rsidR="005D0194" w:rsidRPr="00BD1FC8" w:rsidRDefault="005D0194" w:rsidP="005D0194">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Cartão de residente da Samoa Americana</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20131B08" w14:textId="77777777" w:rsidR="005D0194" w:rsidRPr="00E955F8" w:rsidRDefault="005D0194" w:rsidP="005D0194">
+    <w:p w14:paraId="20131B08" w14:textId="77777777" w:rsidR="005D0194" w:rsidRPr="00BD1FC8" w:rsidRDefault="005D0194" w:rsidP="005D0194">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Aviso de recebimento USCIS (I-797C)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15D88126" w14:textId="1800C771" w:rsidR="005D0194" w:rsidRPr="00E955F8" w:rsidRDefault="005D0194" w:rsidP="005D0194">
+    <w:p w14:paraId="15D88126" w14:textId="1800C771" w:rsidR="005D0194" w:rsidRPr="00BD1FC8" w:rsidRDefault="005D0194" w:rsidP="005D0194">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Vistos dos EUA (como B1/B2, Visto-R, Cartão de Travessia de Fronteira, J/F/M)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F5AD7D7" w14:textId="77777777" w:rsidR="00F041A9" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
+    <w:p w14:paraId="3F5AD7D7" w14:textId="77777777" w:rsidR="00F041A9" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>RAÇA (OPCIONAL)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F9492A8" w14:textId="6A685391" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="000B6949">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2F9492A8" w14:textId="2C6AFFC0" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="000B6949">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Escolha as opções que melhor descrevem </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC17A0" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>você</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>. Escreva todas as que se aplicam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71CAF239" w14:textId="77777777" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="000B6949">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Especifique nas Perguntas 8 e 9, nas páginas 3, 7, 11 e 15</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C9B41C2" w14:textId="670F9F3D" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5C9B41C2" w14:textId="670F9F3D" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Indígena americana ou nativa do Alasca</w:t>
       </w:r>
-      <w:r w:rsidR="00F041A9" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F041A9" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>(AI/AN)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B3684E5" w14:textId="77777777" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="000B6949">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4B3684E5" w14:textId="77777777" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="000B6949">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Asiática</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="059521BB" w14:textId="77777777" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="000B6949">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="059521BB" w14:textId="77777777" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="000B6949">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Negra ou afro-americana</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="453BC2EC" w14:textId="77777777" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="000B6949">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="453BC2EC" w14:textId="77777777" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="000B6949">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nativa do Havaí ou de outra ilha do Pacífico</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20B1B639" w14:textId="77777777" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="000B6949">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="20B1B639" w14:textId="77777777" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="000B6949">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Branca</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CA85E0E" w14:textId="3316C083" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="000B6949">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5CA85E0E" w14:textId="3316C083" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="000B6949">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A raça não consta da lista</w:t>
       </w:r>
-      <w:r w:rsidR="005D0194" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="005D0194" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (especifique)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="422D2583" w14:textId="77777777" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="000B6949">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="422D2583" w14:textId="77777777" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="000B6949">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não sei</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5904F80B" w14:textId="77777777" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="000B6949">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5904F80B" w14:textId="77777777" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="000B6949">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Prefiro não responder</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E58C126" w14:textId="77777777" w:rsidR="00F041A9" w:rsidRPr="00E955F8" w:rsidRDefault="00F041A9" w:rsidP="000B6949">
-[...6 lines deleted...]
-    <w:p w14:paraId="2EAC9597" w14:textId="77777777" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
+    <w:p w14:paraId="4E58C126" w14:textId="77777777" w:rsidR="00F041A9" w:rsidRPr="00BD1FC8" w:rsidRDefault="00F041A9" w:rsidP="000B6949">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EAC9597" w14:textId="77777777" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="000B6949" w:rsidP="00F041A9">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ETNIA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DF3824C" w14:textId="77777777" w:rsidR="000B6949" w:rsidRPr="00E955F8" w:rsidRDefault="000B6949" w:rsidP="000B6949">
-[...435 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="39632509" w14:textId="5DB9E631" w:rsidR="000B6949" w:rsidRPr="00BD1FC8" w:rsidRDefault="00163FBA" w:rsidP="000B6949">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Africana, afro-americana, americana, indiana asiática, brasileira, cambojana, cabo-verdiana, habitante das ilhas do Caribe, centro-americana, chicana, chinesa, colombiana, cubana, dominicana, europeia oriental, europeia, filipina, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>chamorra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>, guatemalteca, haitiana, hondurenha, japonesa, coreana, laosiana/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>lao</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>, mexicana, mexicana-americana, do Oriente Médio ou do Norte da África, outra asiática, portuguesa, porto-riquenha, russa, salvadorenha, samoana, sul-americana, vietnamita, a etnia não consta da lista (favor especificar), Não sei, Prefiro não responder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EA3C2CA" w14:textId="0B7491E2" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AC8E45C" w14:textId="17490563" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+    <w:p w14:paraId="0AC8E45C" w14:textId="17490563" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>SUPLEMENTO A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Cobertura de saúde pelos empregos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57ED5611" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="57ED5611" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Responda a estas perguntas se uma pessoa do agregado familiar se qualificar para cobertura de saúde pelo emprego, independentemente de estar inscrita na cobertura ou não. Anexe uma cópia desta página para cada emprego que ofereça cobertura. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="470BB04E" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+    <w:p w14:paraId="470BB04E" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">INFORMAÇÕES DO EMPREGADO </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68B4E21F" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="68B4E21F" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>1. Nome do empregado (nome, nome do meio, sobrenome)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28AE97D2" w14:textId="0196D27C" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="28AE97D2" w14:textId="0196D27C" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Número do empregado </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DB9F0EE" w14:textId="3E464414" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4DB9F0EE" w14:textId="3E464414" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">3. a. Pelo menos uma pessoa neste requerimento está atualmente qualificada ou cadastrada na cobertura oferecida por este empregador, ou pelo menos uma pessoa neste requerimento se qualificará nos próximos três meses? Sim Não </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="715CCA7A" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="715CCA7A" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se a resposta para 3a for </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, continue. Se a resposta para 3a for </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, pare aqui e pule o restante do </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Suplemento A </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FD0995E" w14:textId="692E2B40" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0FD0995E" w14:textId="692E2B40" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidR="00F06780" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00F06780" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Se alguma pessoa estiver em período de espera ou de experiência, quando ela poderá se inscrever na cobertura? (mm/dd/aaaa) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5098661E" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+    <w:p w14:paraId="5098661E" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">INFORMAÇÕES DO EMPREGADOR </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25F38F34" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="25F38F34" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>4. Nome do empregador</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="019264DE" w14:textId="2604EC8C" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="019264DE" w14:textId="2604EC8C" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">5. ID de contribuinte federal (se conhecido) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="470761A6" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="470761A6" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>6. Endereço residencial</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68345590" w14:textId="1CE98E5E" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="68345590" w14:textId="1CE98E5E" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">7. Telefone do empregador </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AC36901" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3AC36901" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">8. Cidade 9. Estado 10. ZIP (CEP) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75A01BAF" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="75A01BAF" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">11. Quem podemos contatar sobre a cobertura de saúde do funcionário neste emprego? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B9B9134" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7B9B9134" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>12. Telefone (se diferente do acima)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A52FDFD" w14:textId="1648A2D5" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1A52FDFD" w14:textId="1648A2D5" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">13. Endereço de e-mail </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CE69EA9" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="7CE69EA9" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">INFORME SOBRE OS PLANOS DE SAÚDE OFERECIDOS POR ESTE EMPREGADOR. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3661ABBC" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3661ABBC" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">14. a. Qual é o nome do plano de saúde individual de menor custo oferecido ao empregado?* </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C062C54" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5C062C54" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">b. O empregador oferece plano de saúde que atende ao padrão de valor mínimo para cobertura? Sim Não </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73DF74F8" w14:textId="121598AB" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="73DF74F8" w14:textId="121598AB" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">c. Quanto o empregado teria que pagar em prêmios por este plano? </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E9741DB" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5E9741DB" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">d. Com que frequência esse empregado pagaria essa quantia? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BC660D2" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="6BC660D2" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">15. a. Qual é o nome do plano de saúde de menor custo para cobrir os outros membros do agregado familiar que se qualificam por meio do empregador? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="347D5891" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="347D5891" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">b. Esse plano de saúde oferecido pelo empregador atende ao padrão de valor mínimo para cobertura? Sim Não </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47BB8B51" w14:textId="618EA5BF" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="47BB8B51" w14:textId="618EA5BF" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">c. Quanto o empregado teria que pagar em prêmios por este plano? </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00DC77B3" w14:textId="0BC982CA" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="00DC77B3" w14:textId="0BC982CA" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t>d. Com que frequência esse empregado pagaria essa quantia?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61C62142" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="61C62142" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24E8B644" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">16. Que mudança o empregador fará para o novo ano do plano (se conhecido)? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20DE9D0E" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="20DE9D0E" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>a. O empregador não oferecerá cobertura de saúde.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EA516F0" w14:textId="5323D63C" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0EA516F0" w14:textId="5323D63C" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data de término da cobertura (mm/dd/aaaa)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F4983DC" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1F4983DC" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>b. A pessoa planeja cancelar a cobertura de saúde do empregador.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E6DB80F" w14:textId="71E95407" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="6E6DB80F" w14:textId="71E95407" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data de término da cobertura (mm/dd/aaaa)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="023B08DB" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="023B08DB" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">c. O empregador começará a oferecer cobertura de saúde aos empregados ou irá mudar o prêmio para os planos de saúde individuais ou familiares de menor custo que estão disponíveis e atendem ao padrão de valor mínimo.* (O prêmio deve conter o desconto para programas de bem-estar.) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DCF7CEC" w14:textId="38797C9F" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2DCF7CEC" w14:textId="38797C9F" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Quanto esse empregado teria que pagar em prêmios por este plano? </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B52" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00ED4B52" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BF82888" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0BF82888" w14:textId="77777777" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Data da mudança (mm/dd/aaaa) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="120D3E0E" w14:textId="58A8F084" w:rsidR="00273D92" w:rsidRPr="00E955F8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="120D3E0E" w14:textId="58A8F084" w:rsidR="00273D92" w:rsidRPr="00BD1FC8" w:rsidRDefault="00273D92" w:rsidP="00273D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">* Um plano de saúde patrocinado pelo empregador atende ao “padrão de valor mínimo” se a participação do plano nos custos totais de benefícios permitidos cobertos pelo plano representar pelo menos 60% desses custos (Seção 36B(c)(2)(C)(ii) do Internal Revenue Code de 1986). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6844493C" w14:textId="1EBA7EF5" w:rsidR="00C4442E" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="6844493C" w14:textId="1EBA7EF5" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00C4442E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D3F5309" w14:textId="5EF5D3E7" w:rsidR="00C4442E" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="00C4442E">
+    <w:p w14:paraId="4D3F5309" w14:textId="5EF5D3E7" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00C4442E" w:rsidP="00C4442E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>SUPLEMENTO B</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Membro do agregado familiar indígena americano ou nativo do Alasca (AI/AN) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E878F8F" w14:textId="6030DA9B" w:rsidR="00C4442E" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="00C4442E">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="0E878F8F" w14:textId="6030DA9B" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00C4442E" w:rsidP="00C4442E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Preencha este suplemento se você ou um membro do agregado familiar for indígena americano ou nativo do Alasca. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="019B13FB" w14:textId="77777777" w:rsidR="00C4442E" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
+    <w:p w14:paraId="019B13FB" w14:textId="77777777" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">INFORME SOBRE OS MEMBROS DO SEU AGREGADO FAMILIAR DE ORIGEM INDÍGENA AMERICANA OU NATIVA DO ALASCA. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="355A2C0C" w14:textId="77777777" w:rsidR="00C4442E" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="00C4442E">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="355A2C0C" w14:textId="77777777" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00C4442E" w:rsidP="00C4442E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Indígenas americanos ou nativos do Alasca podem obter serviços do Indian Health Service (IHS), programas de saúde tribal ou programas de saúde de indígenas urbanos. É possível também que precisem pagar prêmios ou copagamentos e que haja períodos especiais de inscrição mensal. Responda às seguintes perguntas para assegurar que seu agregado familiar obtenha o máximo de ajuda possível. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F58941D" w14:textId="77777777" w:rsidR="00C4442E" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="00C4442E">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5F58941D" w14:textId="77777777" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00C4442E" w:rsidP="00C4442E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">OBSERVAÇÃO: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">se houver mais pessoas a serem incluídas, faça uma cópia desta página e anexe-a. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6436F403" w14:textId="77777777" w:rsidR="00C4442E" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
+    <w:p w14:paraId="6436F403" w14:textId="77777777" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">PESSOA 1 AI/AN </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B3C0696" w14:textId="77777777" w:rsidR="00C4442E" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="00C4442E">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="2B3C0696" w14:textId="77777777" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00C4442E" w:rsidP="00C4442E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Nome (nome, nome do meio, sobrenome) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77E36AD8" w14:textId="1726D560" w:rsidR="00C4442E" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="77E36AD8" w14:textId="1726D560" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>2. Membro de uma tribo reconhecida pelo governo federal?</w:t>
       </w:r>
-      <w:r w:rsidR="00743552" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00743552" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim Não</w:t>
       </w:r>
-      <w:r w:rsidR="00743552" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00743552" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, nome da tribo </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CCB25E3" w14:textId="58AC5FAB" w:rsidR="00C4442E" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4CCB25E3" w14:textId="58AC5FAB" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>3. Membro de uma tribo reconhecida por Massachusetts?</w:t>
       </w:r>
-      <w:r w:rsidR="00743552" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00743552" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim Não</w:t>
       </w:r>
-      <w:r w:rsidR="00743552" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00743552" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, nome da tribo </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5190AD3F" w14:textId="1466F33B" w:rsidR="00C4442E" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5190AD3F" w14:textId="1466F33B" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>4. Essa pessoa já recebeu algum serviço do Serviço de Saúde Indígena, de um programa de saúde tribal ou do programa de saúde do indígena urbano, ou já foi encaminhada a um desses programas?</w:t>
       </w:r>
-      <w:r w:rsidR="00743552" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00743552" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31AD844A" w14:textId="451E962D" w:rsidR="00C4442E" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="31AD844A" w14:textId="451E962D" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se a resposta for </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, essa pessoa se qualifica para receber serviços do Serviço de Saúde Indígena, programas de saúde tribal ou o programa de saúde do indígena urbano, ou foi encaminhada por um desses programas? Sim Não </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68B8E984" w14:textId="41741031" w:rsidR="00C4442E" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="00C4442E">
-[...12 lines deleted...]
-    <w:p w14:paraId="02CD3AC0" w14:textId="77777777" w:rsidR="00743552" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
+    <w:p w14:paraId="68B8E984" w14:textId="3FC0CB54" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00C4442E" w:rsidP="00C4442E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Certos montantes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">recebidos podem não ser contabilizados para o MassHealth. Liste toda renda (valor e frequência) informada no seu requerimento que inclua dinheiro proveniente </w:t>
+      </w:r>
+      <w:r w:rsidR="00163FBA" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>dos seguintes:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02CD3AC0" w14:textId="62453413" w:rsidR="00743552" w:rsidRPr="00BD1FC8" w:rsidRDefault="00163FBA" w:rsidP="00743552">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Pagamentos per capita de uma tribo oriundos de recursos naturais, direitos de uso, arrendamentos ou royalties;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7675CAAC" w14:textId="77777777" w:rsidR="00743552" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
+        <w:t xml:space="preserve">pagamentos </w:t>
+      </w:r>
+      <w:r w:rsidR="00C4442E" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>per capita de uma tribo oriundos de recursos naturais, direitos de uso, arrendamentos ou royalties;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7675CAAC" w14:textId="13EB9F96" w:rsidR="00743552" w:rsidRPr="00BD1FC8" w:rsidRDefault="00163FBA" w:rsidP="00743552">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Pagamentos de recursos naturais, agricultura, pecuária, pesca, arrendamentos ou royalties de terras designadas como terras indígenas pelo Departamento do Interior (inclusive reservas e antigas reservas); ou</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="77235058" w14:textId="433C2C21" w:rsidR="00C4442E" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
+        <w:t xml:space="preserve">pagamentos </w:t>
+      </w:r>
+      <w:r w:rsidR="00C4442E" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>de recursos naturais, agricultura, pecuária, pesca, arrendamentos ou royalties de terras designadas como terras indígenas pelo Departamento do Interior (inclusive reservas e antigas reservas); ou</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77235058" w14:textId="5155F96F" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00163FBA" w:rsidP="00743552">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dinheiro da venda de objetos com significado cultural. </w:t>
-[...9 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">dinheiro </w:t>
+      </w:r>
+      <w:r w:rsidR="00C4442E" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">da venda de objetos com significado cultural. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20CE4A4A" w14:textId="27AEB508" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00ED4B52" w:rsidP="00C4442E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidR="00C4442E" w:rsidRPr="00E955F8">
-        <w:rPr>
+      <w:r w:rsidR="00C4442E" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2504B859" w14:textId="77777777" w:rsidR="00C4442E" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="0017676A">
+    <w:p w14:paraId="2504B859" w14:textId="77777777" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00C4442E" w:rsidP="0017676A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">PESSOA 2 AI/AN </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41210267" w14:textId="77777777" w:rsidR="00C4442E" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="00C4442E">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="41210267" w14:textId="77777777" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00C4442E" w:rsidP="00C4442E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Nome (nome, nome do meio, sobrenome) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3884A4D9" w14:textId="76647D76" w:rsidR="00C4442E" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3884A4D9" w14:textId="76647D76" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>2. Membro de uma tribo reconhecida pelo governo federal? Sim Não</w:t>
       </w:r>
-      <w:r w:rsidR="00743552" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00743552" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, nome da tribo </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="284EC8A7" w14:textId="776A6B8E" w:rsidR="00C4442E" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="284EC8A7" w14:textId="776A6B8E" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>3. Membro de uma tribo reconhecida por Massachusetts? Sim Não</w:t>
       </w:r>
-      <w:r w:rsidR="00743552" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00743552" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Sim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, nome da tribo </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A10E9AA" w14:textId="48AD2AFC" w:rsidR="00C4442E" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1A10E9AA" w14:textId="48AD2AFC" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Essa pessoa já recebeu algum serviço do Serviço de Saúde Indígena, de um programa de saúde tribal ou do programa de saúde do indígena urbano, ou já foi encaminhada a um desses programas? Sim Não </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71A56326" w14:textId="3656DDE3" w:rsidR="00C4442E" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="71A56326" w14:textId="3656DDE3" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se a resposta for </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, essa pessoa se qualifica para receber serviços do Serviço de Saúde Indígena, programas de saúde tribal ou o programa de saúde do indígena urbano, ou foi encaminhada por um desses programas? Sim Não </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70D9A40F" w14:textId="77777777" w:rsidR="00C4442E" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="00C4442E">
-[...12 lines deleted...]
-    <w:p w14:paraId="6877CC02" w14:textId="77777777" w:rsidR="00C4442E" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
+    <w:p w14:paraId="70D9A40F" w14:textId="6A4EFD26" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00C4442E" w:rsidP="00C4442E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Certos montantes recebidos podem não ser contabilizados para o MassHealth. Liste toda renda (valor e frequência) informada no seu requerimento que inclua dinheiro proveniente </w:t>
+      </w:r>
+      <w:r w:rsidR="00163FBA" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dos seguintes: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6877CC02" w14:textId="7352953C" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00163FBA" w:rsidP="00743552">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pagamentos per capita de uma tribo oriundos de recursos naturais, direitos de uso, arrendamentos ou royalties; </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="56DA4C9B" w14:textId="77777777" w:rsidR="00C4442E" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
+        <w:t xml:space="preserve">pagamentos </w:t>
+      </w:r>
+      <w:r w:rsidR="00C4442E" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">per capita de uma tribo oriundos de recursos naturais, direitos de uso, arrendamentos ou royalties; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56DA4C9B" w14:textId="4234175B" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00163FBA" w:rsidP="00743552">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pagamentos de recursos naturais, agricultura, pecuária, pesca, arrendamentos ou royalties de terras designadas como terras indígenas pelo Departamento do Interior (inclusive reservas e antigas reservas); ou </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0FB9B505" w14:textId="3E6B7F6A" w:rsidR="00C4442E" w:rsidRPr="00E955F8" w:rsidRDefault="00C4442E" w:rsidP="00743552">
+        <w:t xml:space="preserve">pagamentos </w:t>
+      </w:r>
+      <w:r w:rsidR="00C4442E" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de recursos naturais, agricultura, pecuária, pesca, arrendamentos ou royalties de terras designadas como terras indígenas pelo Departamento do Interior (inclusive reservas e antigas reservas); ou </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FB9B505" w14:textId="6370E1F0" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00163FBA" w:rsidP="00743552">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Dinheiro da venda de objetos com significado cultural.</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+        <w:t xml:space="preserve">dinheiro </w:t>
+      </w:r>
+      <w:r w:rsidR="00C4442E" w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>da venda de objetos com significado cultural.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73A52FA7" w14:textId="7463C281" w:rsidR="00C4442E" w:rsidRPr="00BD1FC8" w:rsidRDefault="00ED4B52" w:rsidP="00743552">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidR="00C4442E" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00C4442E" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Com que frequência?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37A2A551" w14:textId="75ACE80B" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="37A2A551" w14:textId="75ACE80B" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BDB2C62" w14:textId="049721A9" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="0BDB2C62" w14:textId="049721A9" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>SUPLEMENTO C</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Acomodações</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72426631" w14:textId="3229BD75" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="72426631" w14:textId="3229BD75" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se você respondeu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Sim </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">à Pergunta </w:t>
       </w:r>
-      <w:r w:rsidR="00EB1FBA" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00EB1FBA" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, na Etapa 2, sobre si próprio ou outro membro do agregado familiar que precisa de adaptações razoáveis devido a uma deficiência ou lesão, marque todas as opções que se aplicam e forneça o(s) nome(s). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="785767A6" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="785767A6" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Condição </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C304344" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4C304344" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Cegueira - Nome(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72915A32" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="72915A32" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Surdez - Nome(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D3E2FD7" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4D3E2FD7" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Deficiência de desenvolvimento - Nome(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65BE38B9" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="65BE38B9" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Deficiência auditiva - Nome(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D930772" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4D930772" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Deficiência intelectual - Nome(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C916C05" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1C916C05" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Visão fraca - Nome(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11E9B9DC" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="11E9B9DC" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Deficiência física - Nome(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E8BEFAF" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="4E8BEFAF" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Outras (Explique.)—Nome(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6976E058" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="6976E058" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Acomodações </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10896CA9" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="10896CA9" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Intérprete de língua de sinais americana (ASL) - Nome(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="031A36F6" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="031A36F6" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Dispositivo de audição assistida - Nome(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FBB2B40" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="1FBB2B40" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Traduções em Tempo Real de Acesso à Comunicação (CART) - Nome(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A76EC59" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="6A76EC59" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Publicações em letras grandes - Nome(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F5608B7" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="6F5608B7" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Publicações em braille - Nome(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52995462" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="52995462" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Publicações em formato eletrônico - Nome(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F470FD6" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="5F470FD6" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Telefone para texto (TDD/TTY) - Nome(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44377596" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="44377596" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Serviço de retransmissão de vídeo (VRS) - Nome(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E1B91E6" w14:textId="42B8EB36" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+    <w:p w14:paraId="3E1B91E6" w14:textId="42B8EB36" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Outras (Explique.)—Nome(s):</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D8432F8" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="1D8432F8" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Formulário de designação de representante autorizado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73A405C5" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="73A405C5" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Envie este formulário caso queira designar um representante autorizado para agir em seu nome. Se um representante autorizado tiver assinado o pedido em seu nome, ou se você for representante autorizado solicitando em nome de outra pessoa, DEVERÁ enviar este formulário para que o pedido seja processado.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="767E40D0" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="767E40D0" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Não é necessário preencher este formulário caso more em uma instituição e deseja que cópias das notificações de elegibilidade sejam enviadas a você e ao seu cônjuge que ainda mora em casa. Isso será feito automaticamente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64895B47" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="64895B47" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Observação: um representante autorizado tem poder para agir em nome de um solicitante ou membro em todas as questões com o MassHealth e o Health Connector, e receberá informações pessoais sobre o solicitante ou membro até recebermos uma notificação de cancelamento rescindindo essa representação, ou após a morte do solicitante ou membro. Esse poder não será rescindido automaticamente assim que processarmos o pedido.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="047FAC68" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="047FAC68" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="240" w:line="259" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>É possível escolher alguém para ajudar você.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3105BDB1" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="3105BDB1" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>É possível escolher um representante autorizado para ajudar você a obter cobertura de saúde por meio de programas oferecidos pelo MassHealth e pelo Health Connector. Você pode fazer isso ao preencher este formulário (o Formulário de Designação de Representante Autorizado). Você ou um representante pode assinar por si mesmo e pelos dependentes menores de 18 anos de quem você seja o pai ou mãe que exerce a custódia. Você não é obrigado a ter um representante para solicitar ou receber benefícios.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="444AF3B6" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="444AF3B6" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="240" w:line="259" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Quem pode me ajudar?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A7460BE" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="0A7460BE" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="270" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
         <w:t>Um representante autorizado pode ser um amigo, membro da família, parente ou outra pessoa ou organização de sua escolha que concorde em ajudar. Cabe a você escolher um representante autorizado, se desejar. Nem o MassHealth nem o Health Connector escolherão um representante autorizado por você. Você deverá designar por escrito (preencher a Seção I, parte A) a pessoa ou organização que deseja ter como representante autorizado. O representante autorizado também deve preencher a Seção I, Parte B. Às vezes, nos referimos a essa pessoa ou organização como "representante autorizado da Seção I".</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DB00169" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="2DB00169" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="270" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
         <w:t>Se você não puder designar um representante autorizado por escrito e não tiver um representante autorizado ou outra pessoa autorizada por lei a representar você, uma pessoa (não uma organização) que garantir que representará você com responsabilidade poderá ser seu representante autorizado se preencher a Seção II deste formulário. Às vezes nos referimos a essa pessoa como “representante autorizado da Seção II”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5432EF50" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="5432EF50" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="270" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
         <w:t>Um representante autorizado também pode ser alguém que tenha sido nomeado por lei para representar você ou em nome do inventariante de um solicitante ou membro que tenha falecido. Essa pessoa deverá preencher a Seção III. Você ou essa pessoa deverá nos enviar, além deste formulário, uma cópia do documento legal declarando que essa pessoa tem poder para representar você ou o inventariante de um solicitante ou membro falecido. Às vezes nos referimos a essa pessoa como “representante autorizado da Seção III”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4113A58E" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="4113A58E" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="270" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
         <w:t>Um representante autorizado da Seção III pode ser um tutor legal, curador, titular de procuração ou procurador de cuidados de saúde, ou, se o solicitante ou membro tiver falecido, o inventariante.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29C31C18" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="29C31C18" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="240" w:line="259" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>O que um representante autorizado pode fazer?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D198096" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="3D198096" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Um representante autorizado da Seção I ou II pode:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1666D95B" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="1666D95B" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="270" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
         <w:t>preencher formulários de pedido ou renovação;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02AD29E4" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="02AD29E4" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="270" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
         <w:t>preencher outros formulários do MassHealth ou Health Connector de elegibilidade ou admissão;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="482CBB49" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="482CBB49" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="270" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
         <w:t>comprovar as informações apresentadas nesses formulários;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7719C6D8" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="7719C6D8" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="270" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
         <w:t>informar mudanças de renda, endereço ou outras circunstâncias;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32EE4FD2" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="32EE4FD2" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="270" w:right="-270" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
         <w:t>obter cópias de todas as notificações de elegibilidade e admissão do MassHealth e Health Connector; e</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B78EECC" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="7B78EECC" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="270" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
         <w:t>representar você em todos os demais assuntos com o MassHealth e o Health Connector.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="696DFB32" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="696DFB32" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>O que um representante autorizado da Seção III está autorizado a fazer por você (ou pelo espólio de um solicitante ou membro falecido) dependerá da redação da nomeação legal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B4AAD5E" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="3B4AAD5E" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Observe que: as notificações de elegibilidade podem incluir informações sobre outros membros do domicílio de um solicitante ou membro. Se houver várias pessoas na sua residência, talvez não seja possível enviar cópias de algumas das suas notificações ao seu representante autorizado, a menos que cada membro do domicílio também tenha designado o mesmo representante autorizado, ao preencher um formulário de designação de representante autorizado separadamente. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AE9C0D2" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="3AE9C0D2" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>SEÇÃO 1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Designação de representante autorizado (se o solicitante ou membro puder assinar)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="349711AE" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="349711AE" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="240" w:line="259" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Parte A – a ser preenchida pelo solicitante ou membro. Use letra de forma, exceto na assinatura.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="228E0E70" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="228E0E70" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nome do solicitante/membro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ECCAA71" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="3ECCAA71" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Data de nascimento do solicitante/membro (dd/mm/aaaa) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CB37D07" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="4CB37D07" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de identificação do MassHealth </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CD0566D" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="1CD0566D" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>OU últimos quatro dígitos do SSN do solicitante/membro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F90681D" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="7F90681D" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>E-mail do solicitante/membro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61F71C8A" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="61F71C8A" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Certifico que escolhi a pessoa ou organização a seguir para ser meu representante autorizado e de dependentes menores de 18 anos dos quais sou o pai ou a mãe em exercício de custódia. Confirmo também que entendo os deveres e responsabilidades que essa pessoa ou organização terá (conforme explicado anteriormente neste formulário).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="600ECBA6" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="600ECBA6" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Assinatura do solicitante/membro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32A78043" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="32A78043" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EF065D3" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="5EF065D3" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nome do representante autorizado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="477F478A" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="477F478A" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Telefone do representante autorizado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78E84495" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="78E84495" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Endereço do representante autorizado (endereço para correspondência, cidade, estado, CEP)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="019C04F7" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="019C04F7" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="240" w:line="259" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Parte B – a ser preenchida pelo representante autorizado. Use letra de forma, exceto na assinatura.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59771C85" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="59771C85" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>B1. PREENCHER SE O REPRESENTANTE AUTORIZADO FOR UMA PESSOA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="498DFB46" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="498DFB46" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Certifico que sempre manterei a confidencialidade de todas as informações sobre o solicitante ou membro indicado acima e, se for o caso, dos dependentes do solicitante ou membro, que me forem fornecidas pelo MassHealth ou pelo Health Connector.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66ED9361" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="66ED9361" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Se eu também for prestador de serviços, funcionário ou voluntário afiliado a uma organização e estiver agindo na qualidade de prestador de serviços, funcionário ou voluntário em relação à minha designação como representante autorizado, certifico que sempre cumprirei todas as leis e regulamentações estaduais e federais em vigor em relação à confidencialidade de informações e conflitos de interesse, inclusive aqueles estabelecidos no Código de Regulamentos Federais (C.F.R.) 42, parte 431, subparte F, C.F.R. 42 § 447.10 e C.F.R. 45 § 155.260(f). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="433BE01B" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="433BE01B" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Assinatura do representante autorizado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B114CEA" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="6B114CEA" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11C0966F" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="11C0966F" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nome do representante autorizado em letra de forma</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2457E9AE" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="2457E9AE" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>E-mail do representante autorizado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BAC8B61" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="5BAC8B61" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">B2. PREENCHA SE O REPRESENTANTE AUTORIZADO FOR UMA ORGANIZAÇÃO. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="056BF9E9" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="056BF9E9" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Certifico, em nome da organização indicada abaixo, que esta sempre manterá a confidencialidade de todas as informações sobre o solicitante ou membro indicado acima e, se for o caso, sobre os dependentes do solicitante ou membro, que forem apresentadas à organização pelo MassHealth ou pelo Health Connector.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A5F01D1" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="1A5F01D1" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Eu, o prestador de serviços, funcionário ou voluntário da organização indicada abaixo, ao preencher este formulário, certifico, em meu nome e em nome da organização que represento, que qualquer prestador de serviços, funcionário ou voluntário que atue em nome da organização em conexão com esta designação de representante autorizado cumprirá sempre todas as leis e regulamentações estaduais e federais em vigor em relação à confidencialidade de informações e conflitos de interesse, inclusive aqueles estabelecidos no C.F.R. 42, parte 431, subparte F, C.F.R. 42 § 447.10 e C.F.R. 45 § 155.260(f).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49D55BCF" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="49D55BCF" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Assinatura do prestador de serviços, funcionário ou voluntário preenchendo o formulário</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Data</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="192FE679" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="192FE679" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nome em letra de forma do prestador de serviços, funcionário ou voluntário preenchendo o formulário</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DA9745D" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="5DA9745D" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48E20DC5" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="48E20DC5" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>E-mail do prestador de serviços, funcionário ou voluntário preenchendo o formulário</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Nome da organização representante autorizada </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23370D51" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="23370D51" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>SEÇÃO 2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Designação de representante autorizado </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>(se o solicitante ou membro não puder apresentar a designação por escrito)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1206B299" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="1206B299" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A ser preenchido pelo representante autorizado. Use letra de forma, exceto na assinatura. Preencha um formulário para cada solicitante ou membro.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25FE46B7" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="25FE46B7" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>UMA ORGANIZAÇÃO NÃO SE QUALIFICA PARA SER REPRESENTANTE AUTORIZADO PREVISTO NESTA SEÇÃO.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26EB97A0" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="26EB97A0" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Certifico que o solicitante ou membro indicado abaixo não pode apresentar designação por escrito e, salvo informação em contrário, não tem uma pessoa que possa ser seu representante autorizado, tal como um representante autorizado já existente, tutor, curador, inventariante, titular de procuração ou procurador de cuidados de saúde. Além disso, certifico que estou suficientemente ciente das circunstâncias deste solicitante ou membro para assumir a responsabilidade pela exatidão das declarações feitas em seu nome durante o processo de elegibilidade e em outras </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E955F8">
+        <w:t xml:space="preserve">Certifico que o solicitante ou membro indicado abaixo não pode apresentar designação por escrito e, salvo informação em contrário, não tem uma pessoa que possa ser seu representante autorizado, tal como um representante autorizado já existente, tutor, curador, inventariante, titular de procuração ou procurador de cuidados de saúde. Além disso, certifico que estou suficientemente ciente das circunstâncias deste solicitante ou membro para assumir a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>comunicações com o MassHealth ou o Health Connector, que entendo meus direitos e minhas responsabilidades como representante autorizado dessa pessoa (conforme explicado anteriormente neste formulário). Se a pessoa conseguir entender a situação, informei a ela que o MassHealth e o Health Connector me enviarão cópias de todas as notificações de elegibilidade e admissão, com o que essa pessoa concorda; eu ainda disse à pessoa que ela poderá me excluir ou substituir da função de representante autorizado a qualquer momento pelos métodos descritos anteriormente neste formulário.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="372490FE" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+        <w:t>responsabilidade pela exatidão das declarações feitas em seu nome durante o processo de elegibilidade e em outras comunicações com o MassHealth ou o Health Connector, que entendo meus direitos e minhas responsabilidades como representante autorizado dessa pessoa (conforme explicado anteriormente neste formulário). Se a pessoa conseguir entender a situação, informei a ela que o MassHealth e o Health Connector me enviarão cópias de todas as notificações de elegibilidade e admissão, com o que essa pessoa concorda; eu ainda disse à pessoa que ela poderá me excluir ou substituir da função de representante autorizado a qualquer momento pelos métodos descritos anteriormente neste formulário.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="372490FE" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Certifico ainda que sempre manterei a confidencialidade de todas as informações relativas ao solicitante ou membro abaixo que a mim forem enviadas pelo MassHealth ou pelo Health Connector.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10DB3F23" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="10DB3F23" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Caso eu também seja prestador de serviços, funcionário ou voluntário de uma organização e esteja atuando na qualidade de prestador de serviços, funcionário ou voluntário em relação à designação como representante autorizado, certifico ainda que sempre cumprirei todas as leis e regulamentações estaduais e federais em vigor em relação à confidencialidade de informações e conflitos de interesse, inclusive aqueles estabelecidos no C.F.R. 42, parte 431, subparte F, C.F.R. 42 § 447.10 e C.F.R. 45 § 155.260(f).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4611D38B" w14:textId="5E074B52" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="4611D38B" w14:textId="5E074B52" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nome do solicitante/membro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00797188" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00797188" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Data de nascimento do solicitante/membro (mm/dd/aaaa) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34ED4D52" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="34ED4D52" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Número de identificação do MassHealth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EBC03C1" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="0EBC03C1" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>OU últimos quatro dígitos do SSN do solicitante/membro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DE8C918" w14:textId="5B23FA0E" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="5DE8C918" w14:textId="5B23FA0E" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Assinatura do representante autorizado</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00797188" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00797188" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data (mm/dd/aaaa)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46779095" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="46779095" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nome do representante autorizado (nome, nome do meio, sobrenome)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73F28F6C" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="73F28F6C" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Telefone do representante autorizado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B7526A2" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="3B7526A2" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Endereço do representante autorizado (endereço para correspondência, cidade, estado, CEP)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1857ED32" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="1857ED32" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>E-mail do representante autorizado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00335090" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="00335090" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se o representante autorizado da Seção II for afiliado a uma organização e estiver atuando como tal, um indivíduo autorizado a responder em nome da organização, tal como executivo, deverá assinar abaixo para indicar o reconhecimento e a concordância da organização com as representações e garantias feitas acima.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BA65D08" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="4BA65D08" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nome do executive</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="484BE901" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="484BE901" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Cargo do executivo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23369F36" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="23369F36" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Assinatura do executive</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="018697EA" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="018697EA" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data (dd/mm/aaaa)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="237E8F73" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="237E8F73" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>SEÇÃO 3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Designação de representante autorizado (se nomeado por lei)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49520565" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="49520565" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A ser preenchido por um representante autorizado nomeado por lei (com autorização para atuar em nome do solicitante ou membro na tomada de decisões relacionadas aos cuidados de saúde, incluindo, entre outros, tutor, curador, inventariante de um solicitante ou membro, titular de procuração ou procurador de cuidados médicos). Use letra de forma, exceto na assinatura. Envie uma cópia do documento legal relevante com este formulário.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AA5D821" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="6AA5D821" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Certifico que sempre manterei a confidencialidade de todas as informações relativas ao solicitante ou membro, conforme estabelecido abaixo, que forem a mim fornecidas pelo MassHealth ou pelo Health Connector.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="776169D0" w14:textId="4C10CD22" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="776169D0" w14:textId="4C10CD22" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nome do solicitante/membro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00797188" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00797188" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Data de nascimento do solicitante/membro (dd/mm/aaaa) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F254C1E" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="6F254C1E" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Número de identificação do MassHealth </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04E608F9" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="04E608F9" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">OU últimos quatro dígitos do SSN do solicitante/membro </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07F2E57E" w14:textId="2CCD16F5" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="07F2E57E" w14:textId="2CCD16F5" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Assinatura do representante autorizado</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00797188" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00797188" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data (dd/mm/aaaa)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C5ACC9F" w14:textId="57EF84D9" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="0C5ACC9F" w14:textId="57EF84D9" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nome do representante autorizado (nome, nome do meio, sobrenome)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00797188" w:rsidRPr="00E955F8">
+      <w:r w:rsidR="00797188" w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Telefone do representante autorizado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1268ABEF" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="1268ABEF" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Endereço do representante autorizado (endereço para correspondência, cidade, estado, CEP)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54989DD4" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="54989DD4" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>E-mail do representante autorizado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DEBBC15" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="7DEBBC15" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="240" w:line="259" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Como terminar a designação de um representante autorizado?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="579B6B50" w14:textId="6EEDDA05" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="579B6B50" w14:textId="6EEDDA05" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>Se decidir que não quer mais um representante autorizado de Seção I ou Seção II, você deverá notificar o MassHealth ou Health Connector por correio, fax ou telefone no momento em que desejar que a designação termine. Veja abaixo as informações de contato. Se você enviar este aviso por correio ou fax para nós, o aviso deve incluir seu nome, endereço e data de nascimento,</w:t>
-[...4 lines deleted...]
-        <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
+        <w:t xml:space="preserve">Se decidir que não quer mais um representante autorizado de Seção I ou Seção II, você deverá notificar o MassHealth ou Health Connector por correio, fax ou telefone </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+        <w:t>no momento em que</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>o nome de seu representante autorizado, uma declaração de que a designação terminou e sua assinatura ou, se você não puder fornecer aviso por escrito, a assinatura de alguém agindo em seu nome (no caso de um representante autorizado da Seção II apenas).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7EE8319F" w14:textId="715D5D7A" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+        <w:t xml:space="preserve"> desejar que a designação termine. Veja abaixo as informações de contato. Se você enviar este aviso por correio ou fax para nós, o aviso deve incluir seu nome, endereço e data de nascimento,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0070B54E" w14:textId="15447EF3" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Além disso, se o representante autorizado notificar o MassHealth ou Health Connector que ele ou a organização não está mais agindo em seu nome, ele a organização deixará de ser reconhecido como seu representante autorizado. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2CC49B1F" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+        <w:t>o nome de seu representante autorizado, uma declaração de que a designação terminou e sua assinatura ou, se você não puder fornecer aviso por escrito, a assinatura de alguém agindo em seu nome (no caso de um representante autorizado da Seção II apenas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EE8319F" w14:textId="715D5D7A" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>A autorização de um representante da Seção I ou da Seção II termina quando a sua nomeação legal termina.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0D7FCB1B" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+        <w:t xml:space="preserve">Além disso, se o representante autorizado notificar o MassHealth ou Health Connector que ele ou a organização não está mais agindo em seu nome, ele a organização deixará de ser reconhecido como seu representante autorizado. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CC49B1F" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>A designação do representante autorizado de Seção III termina quando a sua nomeação legal termina. O representante autorizado deverá notificar o MassHealth ou Health Connector conforme as instruções acima.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7A9F9249" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+        <w:t>A autorização de um representante da Seção I ou da Seção II termina quando a sua nomeação legal termina.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D7FCB1B" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
+        <w:t>A designação do representante autorizado de Seção III termina quando a sua nomeação legal termina. O representante autorizado deverá notificar o MassHealth ou Health Connector conforme as instruções acima.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9F9249" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t>Além disso, a designação de um representante autorizado para um menor termina na data de aniversário de 18 anos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56BC05A9" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="56BC05A9" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="240" w:line="259" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Como devo enviar este formulário?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06320A13" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="06320A13" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Se você estiver solicitando benefícios de saúde, envie o formulário de designação de representante autorizado preenchido com o pedido.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48B94109" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="48B94109" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>Se você já estiver recebendo benefícios, deverá enviar o formulário no momento em que desejar designar um representante autorizado, ou que desejar terminar a designação declarada.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0600D0B6" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+        <w:t xml:space="preserve">Se você já estiver recebendo benefícios, deverá enviar o formulário </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>no momento em que</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> desejar designar um representante autorizado, ou que desejar terminar a designação declarada.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0600D0B6" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="270" w:hanging="180"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
         <w:t>Envie o formulário para:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Health Insurance Processing Center</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>PO Box 4405</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br/>
         <w:t>Taunton, MA 02780;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="685392CF" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="685392CF" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="270" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
         <w:t>Envie o formulário por fax para (857) 323-8300; ou</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6933EDFB" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="6933EDFB" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="270" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
         <w:t>Ligue para (800) 841-2900, TDD/TTY: 711.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="083DADC6" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00E955F8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
+    <w:p w14:paraId="083DADC6" w14:textId="77777777" w:rsidR="0017676A" w:rsidRPr="00BD1FC8" w:rsidRDefault="0017676A" w:rsidP="0017676A">
       <w:pPr>
         <w:spacing w:before="1000" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="274" w:hanging="274"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
+      <w:r w:rsidRPr="00BD1FC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ARD-PT-BR-1122</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61B902A2" w14:textId="77777777" w:rsidR="00692740" w:rsidRPr="00E955F8" w:rsidRDefault="00692740" w:rsidP="00692740">
-[...6 lines deleted...]
-    <w:p w14:paraId="11A6E6C2" w14:textId="77777777" w:rsidR="00692740" w:rsidRPr="00E955F8" w:rsidRDefault="00692740" w:rsidP="00692740">
+    <w:p w14:paraId="61B902A2" w14:textId="77777777" w:rsidR="00692740" w:rsidRPr="00BD1FC8" w:rsidRDefault="00692740" w:rsidP="00692740">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11A6E6C2" w14:textId="77777777" w:rsidR="00692740" w:rsidRPr="00BD1FC8" w:rsidRDefault="00692740" w:rsidP="00692740">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EC0FD44" w14:textId="1CEF01D5" w:rsidR="0017676A" w:rsidRPr="00797188" w:rsidRDefault="00692740" w:rsidP="00692740">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E955F8">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00BD1FC8">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>FIM DO DOCUMENTO</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0017676A" w:rsidRPr="00797188" w:rsidSect="00FF02C5">
-      <w:headerReference w:type="default" r:id="rId19"/>
-      <w:headerReference w:type="first" r:id="rId20"/>
+      <w:footerReference w:type="default" r:id="rId26"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51949ECB" w14:textId="77777777" w:rsidR="005C79C3" w:rsidRDefault="005C79C3" w:rsidP="00692740">
+    <w:p w14:paraId="2DF8C836" w14:textId="77777777" w:rsidR="00F50855" w:rsidRDefault="00F50855" w:rsidP="00692740">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11D943DA" w14:textId="77777777" w:rsidR="005C79C3" w:rsidRDefault="005C79C3" w:rsidP="00692740">
+    <w:p w14:paraId="04FF22E9" w14:textId="77777777" w:rsidR="00F50855" w:rsidRDefault="00F50855" w:rsidP="00692740">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0AD9BD91" w14:textId="7C9892E5" w:rsidR="00552086" w:rsidRDefault="00552086">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00BD1FC8">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>ACA-3</w:t>
+    </w:r>
+    <w:r w:rsidR="00816857" w:rsidRPr="00BD1FC8">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>_PT-BR_2026-03</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6E601031" w14:textId="543B786C" w:rsidR="00552086" w:rsidRPr="00552086" w:rsidRDefault="00552086" w:rsidP="00552086">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="106697A4" w14:textId="77777777" w:rsidR="005C79C3" w:rsidRDefault="005C79C3" w:rsidP="00692740">
+    <w:p w14:paraId="5E264304" w14:textId="77777777" w:rsidR="00F50855" w:rsidRDefault="00F50855" w:rsidP="00692740">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="47A9BF11" w14:textId="77777777" w:rsidR="005C79C3" w:rsidRDefault="005C79C3" w:rsidP="00692740">
+    <w:p w14:paraId="1948F17F" w14:textId="77777777" w:rsidR="00F50855" w:rsidRDefault="00F50855" w:rsidP="00692740">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3FFCD5EF" w14:textId="5577C32C" w:rsidR="00692740" w:rsidRPr="00692740" w:rsidRDefault="00692740" w:rsidP="00692740">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="6970"/>
       </w:tabs>
       <w:rPr>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
     </w:pPr>
@@ -31821,243 +32482,270 @@
   </w:num>
   <w:num w:numId="11" w16cid:durableId="611134250">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="513081792">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1655718019">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1585453348">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="863590594">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1535730784">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B13DE9"/>
-    <w:rsid w:val="000244B0"/>
     <w:rsid w:val="00037538"/>
+    <w:rsid w:val="00061BCF"/>
     <w:rsid w:val="00071ABB"/>
+    <w:rsid w:val="00086719"/>
     <w:rsid w:val="000A69E4"/>
     <w:rsid w:val="000B6949"/>
     <w:rsid w:val="000C2402"/>
     <w:rsid w:val="000C4AE3"/>
     <w:rsid w:val="000F6689"/>
-    <w:rsid w:val="001012F8"/>
     <w:rsid w:val="00104A27"/>
     <w:rsid w:val="0011693D"/>
+    <w:rsid w:val="00136737"/>
     <w:rsid w:val="001425E4"/>
     <w:rsid w:val="0014567A"/>
+    <w:rsid w:val="00163FBA"/>
     <w:rsid w:val="00172DC2"/>
     <w:rsid w:val="00174C9B"/>
     <w:rsid w:val="0017676A"/>
     <w:rsid w:val="001820A8"/>
     <w:rsid w:val="00183B29"/>
     <w:rsid w:val="001911FA"/>
     <w:rsid w:val="00191F72"/>
     <w:rsid w:val="001932B9"/>
     <w:rsid w:val="001A0DE4"/>
     <w:rsid w:val="001A16ED"/>
     <w:rsid w:val="001E26F2"/>
+    <w:rsid w:val="001F5859"/>
     <w:rsid w:val="00211390"/>
     <w:rsid w:val="00251EF5"/>
     <w:rsid w:val="002734C1"/>
     <w:rsid w:val="00273D92"/>
     <w:rsid w:val="00275083"/>
     <w:rsid w:val="00287064"/>
     <w:rsid w:val="002B7E47"/>
     <w:rsid w:val="002F2577"/>
     <w:rsid w:val="002F2CD3"/>
     <w:rsid w:val="0030734C"/>
     <w:rsid w:val="00323FAD"/>
     <w:rsid w:val="00324604"/>
+    <w:rsid w:val="003449D0"/>
     <w:rsid w:val="003523FD"/>
+    <w:rsid w:val="00353CF2"/>
     <w:rsid w:val="003C58C0"/>
     <w:rsid w:val="003D5A7E"/>
     <w:rsid w:val="003D7A67"/>
     <w:rsid w:val="003F29D2"/>
     <w:rsid w:val="003F694A"/>
     <w:rsid w:val="00421F00"/>
     <w:rsid w:val="00437A64"/>
+    <w:rsid w:val="00461656"/>
     <w:rsid w:val="00481589"/>
+    <w:rsid w:val="004836C2"/>
     <w:rsid w:val="004C2761"/>
+    <w:rsid w:val="004D3697"/>
+    <w:rsid w:val="004E1454"/>
+    <w:rsid w:val="004E3F33"/>
+    <w:rsid w:val="00552086"/>
     <w:rsid w:val="005521D9"/>
     <w:rsid w:val="00587601"/>
     <w:rsid w:val="005974FD"/>
     <w:rsid w:val="005B5A73"/>
     <w:rsid w:val="005C79C3"/>
     <w:rsid w:val="005D0194"/>
     <w:rsid w:val="00613711"/>
     <w:rsid w:val="00616F96"/>
     <w:rsid w:val="00623998"/>
+    <w:rsid w:val="006451DF"/>
     <w:rsid w:val="00657213"/>
     <w:rsid w:val="00674478"/>
     <w:rsid w:val="00692740"/>
     <w:rsid w:val="006A2727"/>
     <w:rsid w:val="006A6B6C"/>
     <w:rsid w:val="006B40B3"/>
     <w:rsid w:val="006D4ED4"/>
     <w:rsid w:val="006F5446"/>
     <w:rsid w:val="007027DD"/>
     <w:rsid w:val="007075FE"/>
     <w:rsid w:val="00713C62"/>
     <w:rsid w:val="00714B6B"/>
+    <w:rsid w:val="00717642"/>
     <w:rsid w:val="00726498"/>
     <w:rsid w:val="00743552"/>
     <w:rsid w:val="0074391B"/>
     <w:rsid w:val="00776038"/>
     <w:rsid w:val="0079048A"/>
     <w:rsid w:val="007956A8"/>
     <w:rsid w:val="00797188"/>
     <w:rsid w:val="007A028F"/>
     <w:rsid w:val="007A3589"/>
     <w:rsid w:val="007D4A44"/>
     <w:rsid w:val="007D5773"/>
     <w:rsid w:val="007E59FD"/>
     <w:rsid w:val="007E5FAA"/>
+    <w:rsid w:val="00816857"/>
     <w:rsid w:val="00833C7B"/>
     <w:rsid w:val="00863E4C"/>
     <w:rsid w:val="00867CBB"/>
     <w:rsid w:val="008E4ADA"/>
     <w:rsid w:val="00931280"/>
     <w:rsid w:val="009340A5"/>
     <w:rsid w:val="00966AA8"/>
     <w:rsid w:val="00967B85"/>
     <w:rsid w:val="0098586D"/>
     <w:rsid w:val="00985D30"/>
+    <w:rsid w:val="009C761E"/>
     <w:rsid w:val="009C77F0"/>
     <w:rsid w:val="009D5575"/>
     <w:rsid w:val="00A625DB"/>
+    <w:rsid w:val="00A70234"/>
     <w:rsid w:val="00A84F0F"/>
     <w:rsid w:val="00A8711F"/>
     <w:rsid w:val="00A96C90"/>
     <w:rsid w:val="00AC7861"/>
     <w:rsid w:val="00AC7B63"/>
     <w:rsid w:val="00AD644B"/>
     <w:rsid w:val="00AE3BB9"/>
     <w:rsid w:val="00AE5D61"/>
     <w:rsid w:val="00AF4042"/>
     <w:rsid w:val="00B10B61"/>
     <w:rsid w:val="00B13DE9"/>
     <w:rsid w:val="00B2277E"/>
     <w:rsid w:val="00B27774"/>
+    <w:rsid w:val="00B30E9D"/>
     <w:rsid w:val="00B55E43"/>
     <w:rsid w:val="00B6029F"/>
+    <w:rsid w:val="00B74E59"/>
     <w:rsid w:val="00B82E15"/>
     <w:rsid w:val="00B8748E"/>
     <w:rsid w:val="00BC31DF"/>
     <w:rsid w:val="00BC6F63"/>
     <w:rsid w:val="00BD0387"/>
     <w:rsid w:val="00BD0825"/>
+    <w:rsid w:val="00BD1FC8"/>
     <w:rsid w:val="00C03820"/>
     <w:rsid w:val="00C05C20"/>
+    <w:rsid w:val="00C10802"/>
     <w:rsid w:val="00C268BB"/>
     <w:rsid w:val="00C4442E"/>
     <w:rsid w:val="00C560E8"/>
     <w:rsid w:val="00C6214A"/>
-    <w:rsid w:val="00C73D87"/>
+    <w:rsid w:val="00CC17A0"/>
     <w:rsid w:val="00CD3C17"/>
     <w:rsid w:val="00D32988"/>
     <w:rsid w:val="00D32B70"/>
     <w:rsid w:val="00D33033"/>
     <w:rsid w:val="00D472C1"/>
     <w:rsid w:val="00D55D5D"/>
+    <w:rsid w:val="00DA01D1"/>
     <w:rsid w:val="00DA2071"/>
     <w:rsid w:val="00DC2CD1"/>
     <w:rsid w:val="00DD404A"/>
     <w:rsid w:val="00DE0B0D"/>
     <w:rsid w:val="00E10549"/>
     <w:rsid w:val="00E16B28"/>
     <w:rsid w:val="00E42C1D"/>
     <w:rsid w:val="00E87C8B"/>
     <w:rsid w:val="00E955F8"/>
     <w:rsid w:val="00EB1FBA"/>
+    <w:rsid w:val="00EB3F67"/>
     <w:rsid w:val="00ED4B52"/>
     <w:rsid w:val="00EF7267"/>
     <w:rsid w:val="00EF7783"/>
     <w:rsid w:val="00F041A9"/>
     <w:rsid w:val="00F06780"/>
     <w:rsid w:val="00F43B4F"/>
     <w:rsid w:val="00F446C1"/>
     <w:rsid w:val="00F459EA"/>
+    <w:rsid w:val="00F50855"/>
     <w:rsid w:val="00F74C52"/>
+    <w:rsid w:val="00F82D00"/>
     <w:rsid w:val="00FB5E09"/>
     <w:rsid w:val="00FD03B2"/>
     <w:rsid w:val="00FD7FF6"/>
     <w:rsid w:val="00FF02C5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1C23C510"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3D8009C9-2B23-4B47-9E4C-7BAC49479F63}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -33118,51 +33806,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007956A8"/>
     <w:rPr>
       <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/masshealth/appointment" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.MAhealthConnector.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.MAhealthconnector.org/immigration-document-types" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mahealthconnector.org/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/EstateRecovery" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sec.state.ma.us/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sec.state.ma.us/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialsecurity.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/ad-3027.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.MassHealthChoices.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mass.gov/how-to/enroll-in-a-masshealth-health-plan-individuals-and-families-younger-than-65" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/SNAP" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mahealthconnector.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mahealthconnector.org/site-policies/privacy-policy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialsecurity.gov" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/SNAP" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.MAhealthconnector.org/immigration-document-types" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.MassHealthChoices.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.MAhealthConnector.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sec.state.ma.us/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mass.gov/how-to/enroll-in-a-masshealth-health-plan-individuals-and-families-younger-than-65" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sec.state.ma.us/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/EstateRecovery" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/masshealth/appointment" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/service-details/masshealth-member-privacy-information" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/ad-3027.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -33416,80 +34104,96 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42761CA2-CDA9-49BF-B943-117A023C38B0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>62</Pages>
-[...1 lines deleted...]
-  <Characters>113771</Characters>
+  <Pages>64</Pages>
+  <Words>21785</Words>
+  <Characters>113937</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>948</Lines>
-  <Paragraphs>269</Paragraphs>
+  <Lines>1998</Lines>
+  <Paragraphs>1370</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>134934</CharactersWithSpaces>
+  <CharactersWithSpaces>134352</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Robert Rutledge</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>a792f760-8cdc-4632-ae55-ab52409a1857</vt:lpwstr>
   </property>