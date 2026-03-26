--- v0 (2025-11-04)
+++ v1 (2026-03-26)
@@ -10,21637 +10,23036 @@
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2321CFD7" w14:textId="3DCBC247" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="2321CFD7" w14:textId="3DCBC247" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Massachusetts Application for Health and Dental Coverage and Help Paying Costs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23643867" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="23643867" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">HOW TO APPLY </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56D49C76" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="56D49C76" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>You can submit your application in any of the following ways.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35833AED" w14:textId="73C541C7" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="35833AED" w14:textId="73C541C7" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Sign on to your account at </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="005F0EDA" w:rsidRPr="00EF293D">
+        <w:r w:rsidR="005F0EDA" w:rsidRPr="006B2EFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>MAhealthConnector.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06786AB2" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="06786AB2" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">You can create an online account if you do not already have one. Applying online may be a faster way for you to get coverage than mailing a paper application. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54A1E4E9" w14:textId="72AB5A92" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="54A1E4E9" w14:textId="72AB5A92" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Mail your filled-out, signed application to </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Health Insurance Processing Center </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">PO Box 4405 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Taunton, MA </w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">02780. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D7ABF7" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="61D7ABF7" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Fax your filled-out, signed application to (857) 323-8300. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29ECFD18" w14:textId="5980BAD9" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="29ECFD18" w14:textId="5980BAD9" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Call us at (800) 841-2900</w:t>
       </w:r>
-      <w:r w:rsidR="0059574B" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0059574B" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00AA36BC" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00AA36BC" w:rsidRPr="006B2EFC">
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00273941" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00273941" w:rsidRPr="006B2EFC">
         <w:t>DD/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
-      <w:r w:rsidR="00273941" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00273941" w:rsidRPr="006B2EFC">
         <w:t>711</w:t>
       </w:r>
-      <w:r w:rsidR="0059574B" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0059574B" w:rsidRPr="006B2EFC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or (877) MA ENROLL (</w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>877</w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> 623-6765)</w:t>
       </w:r>
-      <w:r w:rsidR="0009137F" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0009137F" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45C3CFA0" w14:textId="506C14F1" w:rsidR="00C206D3" w:rsidRPr="00EF293D" w:rsidRDefault="00C206D3" w:rsidP="00C74DE2">
+    <w:p w14:paraId="45C3CFA0" w14:textId="506C14F1" w:rsidR="00C206D3" w:rsidRPr="006B2EFC" w:rsidRDefault="00C206D3" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Visit a MassHealth Enrollment Center (MEC). To apply in person or to schedule an appointment w</w:t>
       </w:r>
-      <w:r w:rsidR="003D1E0C" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003D1E0C" w:rsidRPr="006B2EFC">
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">th a MassHealth representative, go to </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00CC4323" w:rsidRPr="00EF293D">
+        <w:r w:rsidR="00CC4323" w:rsidRPr="006B2EFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>mass.gov/masshealth/appointment</w:t>
+          <w:t>mass.gov/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00CC4323" w:rsidRPr="006B2EFC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>masshealth</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00CC4323" w:rsidRPr="006B2EFC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>/appointment</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>. See the Member Booklet for Health and Dental Coverage and Help Paying Costs for a list of MEC addresses.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BFA8578" w14:textId="240A3CCF" w:rsidR="00460248" w:rsidRPr="00EF293D" w:rsidRDefault="00460248" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3BFA8578" w14:textId="240A3CCF" w:rsidR="00460248" w:rsidRPr="006B2EFC" w:rsidRDefault="00460248" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>You can use this application to</w:t>
       </w:r>
-      <w:r w:rsidR="004D12BA" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004D12BA" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>apply for the Supplemental Nutrition Assistance Program (SNAP). SNAP is a federal program that helps you buy</w:t>
       </w:r>
-      <w:r w:rsidR="004D12BA" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004D12BA" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>food each month. If you are interested, check the box on page 1</w:t>
       </w:r>
-      <w:r w:rsidR="00CC4323" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00CC4323" w:rsidRPr="006B2EFC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> then</w:t>
       </w:r>
-      <w:r w:rsidR="004D12BA" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004D12BA" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>read and sign</w:t>
       </w:r>
-      <w:r w:rsidR="004D12BA" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004D12BA" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">the SNAP rights and responsibilities on pages </w:t>
       </w:r>
-      <w:r w:rsidR="00E531B0" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E531B0" w:rsidRPr="006B2EFC">
         <w:t>23</w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00E531B0" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E531B0" w:rsidRPr="006B2EFC">
         <w:t>26</w:t>
       </w:r>
-      <w:r w:rsidR="004D12BA" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004D12BA" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Your application will then be sent automatically to the Department of Transitional Assistance. You do not have to apply for SNAP to be considered for MassHealth.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06398ABF" w14:textId="75B7B8DF" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="06398ABF" w14:textId="75B7B8DF" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">USE THIS APPLICATION TO SEE WHAT COVERAGE CHOICES YOU MAY QUALIFY FOR </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="688C6BDE" w14:textId="7314BA02" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="688C6BDE" w14:textId="7314BA02" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Affordable coverage from MassHealth, the Health Safety Net (HSN), the Children’s Medical Security Plan (CMSP), or the Health Connector. You may qualify for one of these programs</w:t>
       </w:r>
-      <w:r w:rsidR="00854C00" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00854C00" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> no matter what your income</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E132379" w14:textId="243C2DE6" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="6E132379" w14:textId="243C2DE6" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Affordable private health insurance plans that offer comprehensive coverage</w:t>
       </w:r>
-      <w:r w:rsidR="003D349C" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003D349C" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F44D483" w14:textId="33B99B8F" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="6F44D483" w14:textId="33B99B8F" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>A tax credit that can help pay your premiums for health coverage</w:t>
       </w:r>
-      <w:r w:rsidR="003D349C" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003D349C" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E9993A9" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="3E9993A9" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">WHO CAN USE THIS APPLICATION? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24C28DCB" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...7 lines deleted...]
-    <w:p w14:paraId="56C65E97" w14:textId="145EA29F" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="24C28DCB" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">This application is for people who need health or dental coverage and help </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>paying</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> for it, and who </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56C65E97" w14:textId="07720B7D" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>live in Massachusetts</w:t>
       </w:r>
-      <w:r w:rsidR="008C1909" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008C1909" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> and reside in the community</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE0A5B" w:rsidRPr="006B2EFC">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008C1909" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008C1909" w:rsidRPr="006B2EFC">
         <w:t>and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="739A0F55" w14:textId="0D916151" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="739A0F55" w14:textId="0D916151" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">are younger than 65. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="784B1DF2" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="784B1DF2" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">This application may also be used by people </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>of any age</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> who are </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74C8C6AB" w14:textId="1D4F12B5" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="74C8C6AB" w14:textId="3D2F627F" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="557A94C4" w14:textId="7D8D58A8" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>parents of children younger than 19</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE0A5B" w:rsidRPr="006B2EFC">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="557A94C4" w14:textId="7D8D58A8" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">adult relatives living with and taking care of children younger than 19 when neither parent is living in the home. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AAA0CC7" w14:textId="36E513F2" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5AAA0CC7" w14:textId="36E513F2" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>If this application is not for you, call us at (800) 841-2900</w:t>
       </w:r>
-      <w:r w:rsidR="00C63585" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C63585" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00273941" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00273941" w:rsidRPr="006B2EFC">
         <w:t>TDD/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
-      <w:r w:rsidR="00273941" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00273941" w:rsidRPr="006B2EFC">
         <w:t>711</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48B90582" w14:textId="0CE29D97" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00804F5F" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00804F5F">
+    <w:p w14:paraId="48B90582" w14:textId="0CE29D97" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00804F5F" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>This application is available in other languages</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>. Please call the number above to request one.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D15368C" w14:textId="3C7816D8" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7D15368C" w14:textId="3C7816D8" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Apply even if you or your child already has health coverage</w:t>
       </w:r>
-      <w:r w:rsidR="006F7BB5" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006F7BB5" w:rsidRPr="006B2EFC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> including coverage from MassHealth </w:t>
       </w:r>
-      <w:r w:rsidR="006F7BB5" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006F7BB5" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">the Health Connector. We need to know about all members of your household to </w:t>
       </w:r>
-      <w:r w:rsidR="0015262B" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0015262B" w:rsidRPr="006B2EFC">
         <w:t>decide if you’re eligible</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31DA8F66" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="31DA8F66" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If someone is helping you fill out this application, you may need to fill out a separate form that gives that person permission to act on your behalf. See the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Authorized Representative Designation Form</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> at the end of this application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28BBFD52" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="28BBFD52" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">WHAT YOU MAY NEED TO APPLY </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EF1EE48" w14:textId="66112D04" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="4EF1EE48" w14:textId="55C08BB9" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Social </w:t>
       </w:r>
-      <w:r w:rsidR="00EF6D75" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF6D75" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Security </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>numbers</w:t>
       </w:r>
-      <w:r w:rsidR="00223B76" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00223B76" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> (SSNs)</w:t>
       </w:r>
-      <w:r w:rsidR="005F0EDA" w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="22713046" w14:textId="3AD92717" w:rsidR="005F0EDA" w:rsidRPr="00EF293D" w:rsidRDefault="005F0EDA" w:rsidP="00981626">
+      <w:r w:rsidR="005F0EDA" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">. You must give us an SSN or proof that anyone on this application has also applied for an SSN. There are exceptions for </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE0A5B" w:rsidRPr="006B2EFC">
+        <w:t>the following people.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22713046" w14:textId="56BD1A36" w:rsidR="005F0EDA" w:rsidRPr="006B2EFC" w:rsidRDefault="00CE0A5B" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Anyone who </w:t>
+      </w:r>
+      <w:r w:rsidR="005F0EDA" w:rsidRPr="006B2EFC">
         <w:t>has a religious exemption as described in federal law</w:t>
       </w:r>
-      <w:r w:rsidR="009619E8" w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="6B55B702" w14:textId="010BBC2F" w:rsidR="005F0EDA" w:rsidRPr="00EF293D" w:rsidRDefault="005F0EDA" w:rsidP="00981626">
+    </w:p>
+    <w:p w14:paraId="6B55B702" w14:textId="2FA379F0" w:rsidR="005F0EDA" w:rsidRPr="006B2EFC" w:rsidRDefault="00CE0A5B" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="378010DB" w14:textId="16D31E8F" w:rsidR="005F0EDA" w:rsidRPr="00EF293D" w:rsidRDefault="005F0EDA" w:rsidP="00981626">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Anyone who </w:t>
+      </w:r>
+      <w:r w:rsidR="005F0EDA" w:rsidRPr="006B2EFC">
+        <w:t>is eligible only for a nonwork SSN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="378010DB" w14:textId="2D89AA61" w:rsidR="005F0EDA" w:rsidRPr="006B2EFC" w:rsidRDefault="00CE0A5B" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="324F228A" w14:textId="38752135" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Anyone who </w:t>
+      </w:r>
+      <w:r w:rsidR="005F0EDA" w:rsidRPr="006B2EFC">
+        <w:t>is not eligible for an SSN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="324F228A" w14:textId="38752135" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Federal tax returns, if you file</w:t>
       </w:r>
-      <w:r w:rsidR="009619E8" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="009619E8" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20ECCE91" w14:textId="59F07A41" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="20ECCE91" w14:textId="59F07A41" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Information about citizenship/national status or immigration status</w:t>
       </w:r>
-      <w:r w:rsidR="009619E8" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="009619E8" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37BD60A0" w14:textId="73F03821" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="37BD60A0" w14:textId="73F03821" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Employer and income information for everyone in your household (for example, from paystubs or wage statements)</w:t>
       </w:r>
-      <w:r w:rsidR="009619E8" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="009619E8" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7730ACB1" w14:textId="39BA7674" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="7730ACB1" w14:textId="39BA7674" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Information about any job-related or other health insurance that you are currently enrolled in or have access to</w:t>
       </w:r>
-      <w:r w:rsidR="009619E8" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="009619E8" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="215E08F3" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="215E08F3" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">WHY DO WE ASK FOR THIS INFORMATION? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F8A157D" w14:textId="04B31C71" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2F8A157D" w14:textId="04B31C71" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">We ask about income and other information to let you know what coverage you qualify for and if you can get any help paying for it. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>We will keep all the information you provide private and secure, as required by law</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. To view the Health Connector's Privacy Policy, go to </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00C63585" w:rsidRPr="00EF293D">
+        <w:r w:rsidR="00C63585" w:rsidRPr="006B2EFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>mahealthconnector.org/site-policies/privacy-policy</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>. To view the MassHealth Privacy Policy</w:t>
       </w:r>
-      <w:r w:rsidR="009619E8" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="009619E8" w:rsidRPr="006B2EFC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> see the Member Booklet or </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00AA36BC" w:rsidRPr="00EF293D">
+        <w:r w:rsidR="00AA36BC" w:rsidRPr="006B2EFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>mass.gov/service-details/masshealth-member-privacy-information</w:t>
+          <w:t>mass.gov/service-details/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00AA36BC" w:rsidRPr="006B2EFC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>masshealth</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00AA36BC" w:rsidRPr="006B2EFC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>-member-privacy-information</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F6733A0" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="5F6733A0" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">WHAT HAPPENS NEXT? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15346B74" w14:textId="7C04406B" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">You will get instructions on the next steps to complete your eligibility process. If you're eligible for MassHealth and have to enroll in a health plan, we will notify you. Then you can choose a plan by going to </w:t>
+    <w:p w14:paraId="15346B74" w14:textId="7C04406B" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">You will get instructions on the next steps to complete your eligibility process. If you're eligible for MassHealth and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>have to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> enroll in a health plan, we will notify you. Then you can choose a plan by going to </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00821028" w:rsidRPr="00EF293D">
+        <w:r w:rsidR="00821028" w:rsidRPr="006B2EFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>mass.gov/how-to/enroll-in-a-masshealth-health-plan-individuals-and-families-younger-than-65</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00400CF6" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00400CF6" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>. Filling out this application does not mean you</w:t>
       </w:r>
-      <w:r w:rsidR="00826B5F" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00826B5F" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-        <w:t xml:space="preserve">have to buy health coverage. If you need help choosing a health plan, you can learn more by going to </w:t>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">have to buy health coverage. If you need </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>help</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> choosing a health plan, you can learn more by going to </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidRPr="00EF293D">
+        <w:r w:rsidRPr="006B2EFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>MassHealthChoices.com</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="170AEAF4" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="170AEAF4" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">GET HELP WITH THIS APPLICATION </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18E453C2" w14:textId="1E449397" w:rsidR="0047642A" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="18E453C2" w14:textId="1E449397" w:rsidR="0047642A" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Phone: </w:t>
       </w:r>
-      <w:r w:rsidR="009619E8" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="009619E8" w:rsidRPr="006B2EFC">
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>lease call us for help with this application or if you need interpreter services. (800) 841-2900</w:t>
       </w:r>
-      <w:r w:rsidR="006F7BB5" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006F7BB5" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00273941" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00273941" w:rsidRPr="006B2EFC">
         <w:t>TDD/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
-      <w:r w:rsidR="00273941" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00273941" w:rsidRPr="006B2EFC">
         <w:t>711</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47DECBAA" w14:textId="77777777" w:rsidR="0047642A" w:rsidRPr="00EF293D" w:rsidRDefault="0047642A">
+    <w:p w14:paraId="47DECBAA" w14:textId="77777777" w:rsidR="0047642A" w:rsidRPr="006B2EFC" w:rsidRDefault="0047642A" w:rsidP="00534B26">
       <w:pPr>
         <w:spacing w:before="0" w:after="200"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A6DE709" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="0A6DE709" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">GENERAL INSTRUCTIONS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35450888" w14:textId="4B4B5159" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="35450888" w14:textId="4B4B5159" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>print clearly and answer all questions completely</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. There are a few </w:t>
       </w:r>
-      <w:r w:rsidR="00C63585" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C63585" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">questions you may be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C63585" w:rsidRPr="006B2EFC">
+        <w:t>told</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C63585" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> to skip</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Other than those exceptions, blank or incomplete answers will slow down the processing of your application. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34650F17" w14:textId="7F1F2D39" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="34650F17" w14:textId="7F1F2D39" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">You can download pages for additional </w:t>
       </w:r>
-      <w:r w:rsidR="00761823" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00761823" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">people </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">at </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00821028" w:rsidRPr="00EF293D">
+        <w:r w:rsidR="00821028" w:rsidRPr="006B2EFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>mass.gov/masshealth</w:t>
+          <w:t>mass.gov/</w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00821028" w:rsidRPr="006B2EFC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>masshealth</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidR="00821028" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00821028" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Be sure to tell us how each person is related to each other person. We need this information to determine eligibility. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2400BC59" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="2400BC59" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="4B4677C0" w14:textId="0A1B2AB4" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">It is not necessary to send blank pages for Step 2 if you do not have that many people in your household. Please make sure that you indicate in Section 1 the number of people </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>applying, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> send all other sections even if they are blank or partially blank. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B4677C0" w14:textId="0A1B2AB4" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">MassHealth or the Massachusetts Health Connector will send a Request for Information if we need any additional information or proof to make an eligibility decision. If we send a Request for Information notice, the individual has 90 days to send the requested proof. MassHealth may provide provisional benefits during this 90-day period to eligible applicants </w:t>
       </w:r>
-      <w:r w:rsidR="00906EE2" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00906EE2" w:rsidRPr="006B2EFC">
         <w:t>younger than</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00906EE2" w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> 21 and to those who self-attest to pregnancy, HIV positive </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>status, or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> breast or cervical cancer. MassHealth benefits may not be provided to </w:t>
+      </w:r>
+      <w:r w:rsidR="00906EE2" w:rsidRPr="006B2EFC">
         <w:t>a person</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> 21 or older until all income in the MAGI household is verified, unless that person is pregnant, has HIV, or is in active treatment for breast or cervical cancer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="696CDD49" w14:textId="4F41F83B" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="696CDD49" w14:textId="4F41F83B" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="00E25F58" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E25F58" w:rsidRPr="006B2EFC">
         <w:t>nclude any proof of household income. This is the fastest way to get your benefits</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2543BFDA" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2543BFDA" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3323CE43" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="3323CE43" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Massachusetts Application for Health and Dental Coverage and Help Paying Costs </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A9C7C17" w14:textId="126E104C" w:rsidR="00BD3A55" w:rsidRPr="00EF293D" w:rsidRDefault="008673DB" w:rsidP="00981626">
+    <w:p w14:paraId="3A9C7C17" w14:textId="126E104C" w:rsidR="00BD3A55" w:rsidRPr="006B2EFC" w:rsidRDefault="008673DB" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BD3A55" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BD3A55" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Supplemental Nutrition Assistance Program (SNAP) </w:t>
       </w:r>
-      <w:r w:rsidR="00BD3A55" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BD3A55" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>is a federal program that helps you buy healthy food each month.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12EA9D17" w14:textId="7DB628B6" w:rsidR="0055601B" w:rsidRPr="00EF293D" w:rsidRDefault="0047642A" w:rsidP="0047642A">
+    <w:p w14:paraId="12EA9D17" w14:textId="7DB628B6" w:rsidR="0055601B" w:rsidRPr="006B2EFC" w:rsidRDefault="0047642A" w:rsidP="00534B26">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="0055601B" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0055601B" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Check this box if you want this application to be sent to the Department of Transitional Assistance as an application for SNAP benefits. You must read the rights and responsibilities on pages </w:t>
       </w:r>
-      <w:r w:rsidR="008625FA" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008625FA" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="0055601B" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0055601B" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">25 and sign on page 26 to </w:t>
       </w:r>
-      <w:r w:rsidR="0055601B" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0055601B" w:rsidRPr="006B2EFC">
         <w:t>proceed with the application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D71F54D" w14:textId="7F19035D" w:rsidR="008261D8" w:rsidRPr="00EF293D" w:rsidRDefault="008261D8" w:rsidP="00C8698C">
+    <w:p w14:paraId="5D71F54D" w14:textId="7F19035D" w:rsidR="008261D8" w:rsidRPr="006B2EFC" w:rsidRDefault="008261D8" w:rsidP="00534B26">
       <w:pPr>
         <w:ind w:left="180" w:hanging="180"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>What happens after you apply for SNAP benefits?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1584B628" w14:textId="0A51131C" w:rsidR="008261D8" w:rsidRPr="00EF293D" w:rsidRDefault="000E700E" w:rsidP="00C74DE2">
+    <w:p w14:paraId="1584B628" w14:textId="0A51131C" w:rsidR="008261D8" w:rsidRPr="006B2EFC" w:rsidRDefault="000E700E" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">DTA will call you soon for a phone interview and to check if you can get </w:t>
       </w:r>
-      <w:r w:rsidR="00CA7B3A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00CA7B3A" w:rsidRPr="006B2EFC">
         <w:t>emergency SNAP within 7 days</w:t>
       </w:r>
-      <w:r w:rsidR="007A1F3C" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="007A1F3C" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C7E9CD3" w14:textId="12D9B6D8" w:rsidR="007A1F3C" w:rsidRPr="00EF293D" w:rsidRDefault="0096252F" w:rsidP="00C74DE2">
+    <w:p w14:paraId="4C7E9CD3" w14:textId="12D9B6D8" w:rsidR="007A1F3C" w:rsidRPr="006B2EFC" w:rsidRDefault="0096252F" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>DTA will work with you to verify information about your case.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="478C7FDB" w14:textId="648FE4D6" w:rsidR="0096252F" w:rsidRPr="00EF293D" w:rsidRDefault="0096252F" w:rsidP="00C74DE2">
+    <w:p w14:paraId="478C7FDB" w14:textId="648FE4D6" w:rsidR="0096252F" w:rsidRPr="006B2EFC" w:rsidRDefault="0096252F" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>You will get an Electronic Benefit Transfer (EBT) card to access be</w:t>
       </w:r>
-      <w:r w:rsidR="00A9481F" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A9481F" w:rsidRPr="006B2EFC">
         <w:t>nefits, if approved</w:t>
       </w:r>
-      <w:r w:rsidR="00C77D25" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C77D25" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B283589" w14:textId="2F449734" w:rsidR="004A3773" w:rsidRPr="00EF293D" w:rsidRDefault="00C956EF" w:rsidP="00F31DEE">
+    <w:p w14:paraId="3B283589" w14:textId="2F449734" w:rsidR="004A3773" w:rsidRPr="006B2EFC" w:rsidRDefault="00C956EF" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">You will receive a notice about your decision within 30 days. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18A21624" w14:textId="56B6B701" w:rsidR="00BD3A55" w:rsidRPr="00EF293D" w:rsidRDefault="00BD3A55" w:rsidP="00C8698C">
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="18A21624" w14:textId="56B6B701" w:rsidR="00BD3A55" w:rsidRPr="006B2EFC" w:rsidRDefault="00BD3A55" w:rsidP="00534B26">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If you are applying for or getting long-term-care services at home under a Home- and Community-Based Services Waiver, or if you are in a nursing home or chronic hospital, please select </w:t>
       </w:r>
-      <w:r w:rsidR="00146317" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00146317" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">that </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>program. We will need more information and will contact you for additional processing</w:t>
       </w:r>
-      <w:r w:rsidR="002A7339" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002A7339" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C83D2C7" w14:textId="440B6A67" w:rsidR="008C1909" w:rsidRPr="00EF293D" w:rsidRDefault="008C1909" w:rsidP="00C8698C">
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1C83D2C7" w14:textId="440B6A67" w:rsidR="008C1909" w:rsidRPr="006B2EFC" w:rsidRDefault="008C1909" w:rsidP="00534B26">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Long-Term Care and/or</w:t>
       </w:r>
-      <w:r w:rsidR="00C8698C" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8698C" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Home- and Community-Based Services Waiver</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FAC9F6D" w14:textId="5D2C98B1" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="7FAC9F6D" w14:textId="5D2C98B1" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Step 1 Person 1. Tell us about yourself. Please print clearly. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C6D168E" w14:textId="3A9782C5" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1C6D168E" w14:textId="3A9782C5" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">We need one adult in the household to be the contact person for your application. </w:t>
       </w:r>
-      <w:r w:rsidR="0060633E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0060633E" w:rsidRPr="006B2EFC">
         <w:t>This person</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> should be someone who appears on the application, not a third party who wishes to serve as a contact for the applicant(s). Please see the Authorized Representative Designation (ARD) Form at the end of this application to establish a third-party contact.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2007061A" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2007061A" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>1. First name, middle name, last name, and suffix</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4881D5FB" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4881D5FB" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>2. Date of birth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37FAE36A" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="37FAE36A" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>3. What is your email address?</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No home address. Note: if you check this box, you must provide a mailing address.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EF31C32" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2EF31C32" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">4. Street address </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F8D76F7" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3F8D76F7" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>5. Apartment or unit number</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3119C28A" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3119C28A" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>6. City</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4448F5AF" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4448F5AF" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>7. State</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E061457" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3E061457" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>8. ZIP code</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A471850" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0A471850" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>9. County</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="647C6C35" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="647C6C35" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>10. Mailing address Check if same as home address.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14502178" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="14502178" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>11. Apartment or unit number</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6120C7DE" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6120C7DE" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>12. City</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A0703B" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="41A0703B" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>13. State</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42FE6671" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="42FE6671" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t>14. ZIP code</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34ACE32E" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="34ACE32E" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>15. County</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6794254A" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6794254A" w14:textId="155A1BF0" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">16. </w:t>
+      </w:r>
+      <w:r w:rsidR="00015D0B" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Mobile </w:t>
+      </w:r>
+      <w:r w:rsidR="002A1A7A" w:rsidRPr="006B2EFC">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>hone number</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39676FF5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>17. Other phone number</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="503EEF4E" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="503EEF4E" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>18. #</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> of people listed on the application</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="196F735B" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">19. What is your preferred language, if not English? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Spoken </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Written</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02BD620C" w14:textId="68597BBB" w:rsidR="000F3BAD" w:rsidRPr="00EF293D" w:rsidRDefault="000F3BAD" w:rsidP="00C8698C">
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="02BD620C" w14:textId="68597BBB" w:rsidR="000F3BAD" w:rsidRPr="006B2EFC" w:rsidRDefault="000F3BAD" w:rsidP="00534B26">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Preferred </w:t>
       </w:r>
-      <w:r w:rsidR="0093039C" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0093039C" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">written </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>language may be used by MassHealth and the Health Connector to communicate with you. If you do not a</w:t>
       </w:r>
-      <w:r w:rsidR="00A3599F" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A3599F" w:rsidRPr="006B2EFC">
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>swer, we will</w:t>
       </w:r>
-      <w:r w:rsidR="00C8698C" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8698C" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>send your notices in English</w:t>
       </w:r>
-      <w:r w:rsidR="00A3599F" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A3599F" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63A932BD" w14:textId="62BFCEE3" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="63A932BD" w14:textId="62BFCEE3" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">20. Is anyone on this application in prison or jail? </w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D0C5DD7" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6D0C5DD7" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Please select </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:cs="Calibri-Bold"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>if this person will be released in the next 60 days.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E78F180" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0E78F180" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:cs="Calibri-Bold"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>, who? Enter the name here:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50D580A8" w14:textId="24FA8BEE" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="50D580A8" w14:textId="24FA8BEE" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:cs="Calibri-Bold"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, is this person awaiting trial? </w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="125F682C" w14:textId="77777777" w:rsidR="008C1909" w:rsidRPr="00EF293D" w:rsidRDefault="008C1909" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="125F682C" w14:textId="77777777" w:rsidR="008C1909" w:rsidRPr="006B2EFC" w:rsidRDefault="008C1909" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>The amount of help or type of program you may qualify for depends on the number of people in your household and their incomes. This information helps us make sure everyone gets the coverage they may be eligible for.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="712C0B97" w14:textId="77777777" w:rsidR="008C1909" w:rsidRPr="00EF293D" w:rsidRDefault="008C1909" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="712C0B97" w14:textId="77777777" w:rsidR="008C1909" w:rsidRPr="006B2EFC" w:rsidRDefault="008C1909" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Complete Step 2 for yourself and all additional household members who live with you, or anyone on your same federal income tax return if you file one. If you do not file a tax return, remember to still add household members who live with you.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29B59FF9" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="29B59FF9" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">FOR ENROLLMENT ASSISTERS ONLY </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37C6DF5C" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="37C6DF5C" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Complete this section if you are an enrollment </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>assister</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> and are filling out this application for someone else. Navigators must fill out a Navigator Designation Form if they have not done so already. Certified Application Counselors must fill out a Certified Application Counselor Designation Form if they have not done so already.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6373A656" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Check one</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Navigator</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Certified Application Counselor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66C109E1" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="66C109E1" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>First name, middle name, last name, and suffix</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16A4F85F" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="16A4F85F" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Email address</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22E13EA7" w14:textId="77777777" w:rsidR="00EF3A43" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="22E13EA7" w14:textId="77777777" w:rsidR="00EF3A43" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Organization name </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C010B4A" w14:textId="77777777" w:rsidR="00EF3A43" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5C010B4A" w14:textId="77777777" w:rsidR="00EF3A43" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Organization identification number </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51D9231C" w14:textId="209700A9" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="51D9231C" w14:textId="209700A9" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Organization phone number</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF7F415" w14:textId="77777777" w:rsidR="0047642A" w:rsidRPr="00EF293D" w:rsidRDefault="0047642A">
+    <w:p w14:paraId="5FF7F415" w14:textId="77777777" w:rsidR="0047642A" w:rsidRPr="006B2EFC" w:rsidRDefault="0047642A" w:rsidP="00534B26">
       <w:pPr>
         <w:spacing w:before="0" w:after="200"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1224D7C5" w14:textId="3AD6DD63" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="004D12BA" w:rsidP="0047642A">
+    <w:p w14:paraId="1224D7C5" w14:textId="3AD6DD63" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="004D12BA" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">STEP 2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>Tell us about your household.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A7657F1" w14:textId="61809E80" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="2A7657F1" w14:textId="61809E80" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Who </w:t>
       </w:r>
-      <w:r w:rsidR="0085586B" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0085586B" w:rsidRPr="006B2EFC">
         <w:t>should be included</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> this application?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A4B2AD3" w14:textId="7B64BE9B" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Tell us about all the household members who live with you. If you file taxes, we need to know about everyone on your tax return.</w:t>
       </w:r>
-      <w:r w:rsidR="00D31B1C" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D31B1C" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>You do not need to file taxes to get MassHealth, the Health Safety Net, or the Children’s Medical Security Plan, if you qualify.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10B6C25D" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="10B6C25D" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>DO Include</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E4B17DE" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="4E4B17DE" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="31DF6E53" w14:textId="1C5AE819" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yourself</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> and your spouse (if married)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31DF6E53" w14:textId="1C5AE819" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Your natural, adoptive, or stepchildren younger than 19</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6398355A" w14:textId="6686C86B" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="6398355A" w14:textId="6686C86B" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Your unmarried partner who lives with you if you have children together who are younger than 19</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6143974F" w14:textId="5BC399B2" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="6143974F" w14:textId="5BC399B2" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Your unmarried partner’s children who live with you and who are younger than 19, if you also include this partner</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="791094D4" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="791094D4" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Anyone you include on your tax return (even if they do not live with you)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C2A6EC6" w14:textId="79EC1FEC" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="0C2A6EC6" w14:textId="79EC1FEC" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk92785975"/>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Anyone your unmarried partner </w:t>
       </w:r>
-      <w:r w:rsidR="009B4CBA" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="009B4CBA" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">includes </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">on </w:t>
       </w:r>
-      <w:r w:rsidR="003866FE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003866FE" w:rsidRPr="006B2EFC">
         <w:t>their</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> tax return (even if they do not live with you), if you also include your unmarried partner</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="52E848D1" w14:textId="67F4F887" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="52E848D1" w14:textId="67F4F887" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Anyone else </w:t>
       </w:r>
-      <w:r w:rsidR="0085586B" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0085586B" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">you live with and take care of who is </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>younger than 19</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="343E5E2E" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="343E5E2E" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">DO NOT include </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57AFE5E6" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="57AFE5E6" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Your unmarried partner, unless you have children together</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12138492" w14:textId="0C9A89CC" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="12138492" w14:textId="0C9A89CC" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk92786082"/>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Your unmarried partner’s children, unless they live with you or your unmarried partner included them on </w:t>
       </w:r>
-      <w:r w:rsidR="003866FE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003866FE" w:rsidRPr="006B2EFC">
         <w:t>their</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> tax return</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="11D18A9E" w14:textId="6279E1AF" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="11D18A9E" w14:textId="6279E1AF" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Your parents whom you live with if your parents file their own taxes and do not claim you as tax dependent (if you are 19 or older)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EBF7E01" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="2EBF7E01" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Other adult relatives whom you do not claim as tax dependents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66696CCC" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="66696CCC" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>STEP 2 Person 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="757FAF97" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="757FAF97" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">This section is to gather more information about the contact person named on page 1. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E8019C2" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3E8019C2" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>1. First name, middle name, last name, and suffix</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53690283" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="53690283" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">2. Relationship </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> you SELF</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E925006" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>3. Date of birth (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E1500B9" w14:textId="77232B9B" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
-      <w:r w:rsidR="00E94C8A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E94C8A" w:rsidRPr="006B2EFC">
         <w:t>What was your s</w:t>
       </w:r>
-      <w:r w:rsidR="008C1909" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008C1909" w:rsidRPr="006B2EFC">
         <w:t>ex assigned at birth</w:t>
       </w:r>
-      <w:r w:rsidR="00E94C8A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E94C8A" w:rsidRPr="006B2EFC">
         <w:t>?</w:t>
       </w:r>
-      <w:r w:rsidR="00C8698C" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8698C" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Male </w:t>
       </w:r>
-      <w:r w:rsidR="00504EB6">
+      <w:r w:rsidR="00504EB6" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings 2" w:eastAsia="Wingdings 2" w:hAnsi="Wingdings 2" w:cs="Wingdings 2"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Female</w:t>
       </w:r>
-      <w:r w:rsidR="008C1909" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008C1909" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00504EB6">
-[...2 lines deleted...]
-      <w:r w:rsidR="008C1909" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00504EB6" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="008C1909" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">This is </w:t>
       </w:r>
-      <w:r w:rsidR="00E94C8A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E94C8A" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">usually </w:t>
       </w:r>
-      <w:r w:rsidR="008C1909" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008C1909" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">the sex </w:t>
       </w:r>
-      <w:r w:rsidR="00E94C8A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E94C8A" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">that was originally </w:t>
       </w:r>
-      <w:r w:rsidR="008C1909" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008C1909" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">listed on </w:t>
       </w:r>
-      <w:r w:rsidR="00DF062D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00DF062D" w:rsidRPr="006B2EFC">
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidR="008C1909" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008C1909" w:rsidRPr="006B2EFC">
         <w:t>our birth certificate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02667EDE" w14:textId="78D3E7CA" w:rsidR="008C1909" w:rsidRPr="00EF293D" w:rsidRDefault="008C1909" w:rsidP="002E6406">
+    <w:p w14:paraId="02667EDE" w14:textId="78D3E7CA" w:rsidR="008C1909" w:rsidRPr="006B2EFC" w:rsidRDefault="008C1909" w:rsidP="00534B26">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Optional: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>MassHealth is committed to providing equitable care for all members regardless of race, ethnicity</w:t>
       </w:r>
-      <w:r w:rsidR="005615A2" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="005615A2" w:rsidRPr="006B2EFC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> gender, sexual orientation</w:t>
       </w:r>
-      <w:r w:rsidR="00D9528E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D9528E" w:rsidRPr="006B2EFC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00DA6854" w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>language spoken</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>. Please complete questions 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6854" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> through 9</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> to help us meet your language and cultural needs. </w:t>
       </w:r>
-      <w:r w:rsidR="004A6640" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004A6640" w:rsidRPr="006B2EFC">
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">our response is voluntary and will not impact your eligibility or be used for any discriminatory purpose. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E7C41AD" w14:textId="77777777" w:rsidR="00A449B4" w:rsidRPr="00EF293D" w:rsidRDefault="004A6640" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0E7C41AD" w14:textId="77777777" w:rsidR="00A449B4" w:rsidRPr="006B2EFC" w:rsidRDefault="004A6640" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="008724A1" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008724A1" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> Which </w:t>
       </w:r>
-      <w:r w:rsidR="00DA6854" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00DA6854" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">best </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">describes your current gender identity? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="411F7BDE" w14:textId="77777777" w:rsidR="00A449B4" w:rsidRPr="00EF293D" w:rsidRDefault="00E94C8A" w:rsidP="00981626">
+    <w:p w14:paraId="411F7BDE" w14:textId="77777777" w:rsidR="00A449B4" w:rsidRPr="006B2EFC" w:rsidRDefault="00E94C8A" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">Gender identity is how a person defines and understands their gender as a man, a woman, nonbinary, gender nonconforming, transgender, or something else. </w:t>
       </w:r>
-      <w:r w:rsidR="004A6640" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004A6640" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>Select up to five options</w:t>
       </w:r>
-      <w:r w:rsidR="00C8698C" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8698C" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D120FC3" w14:textId="6E071978" w:rsidR="004A6640" w:rsidRPr="00EF293D" w:rsidRDefault="004A6640" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6D120FC3" w14:textId="6E071978" w:rsidR="004A6640" w:rsidRPr="006B2EFC" w:rsidRDefault="004A6640" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t>Male</w:t>
       </w:r>
-      <w:r w:rsidR="00C8698C" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8698C" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Female</w:t>
       </w:r>
-      <w:r w:rsidR="00C8698C" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8698C" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Transgender man/trans man</w:t>
       </w:r>
-      <w:r w:rsidR="00C8698C" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8698C" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Transgender woman/trans</w:t>
       </w:r>
-      <w:r w:rsidR="00E94C8A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E94C8A" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>woman</w:t>
       </w:r>
-      <w:r w:rsidR="00C8698C" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8698C" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Genderqueer/gender nonconforming/nonbinary</w:t>
       </w:r>
-      <w:r w:rsidR="00E854F1" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E854F1" w:rsidRPr="006B2EFC">
         <w:t>/n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">either exclusively male nor female </w:t>
       </w:r>
-      <w:r w:rsidR="00C8698C" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8698C" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Gender </w:t>
       </w:r>
-      <w:r w:rsidR="009759D6" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="009759D6" w:rsidRPr="006B2EFC">
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">dentity </w:t>
       </w:r>
-      <w:r w:rsidR="005615A2" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="005615A2" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">is </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">not listed </w:t>
       </w:r>
-      <w:r w:rsidR="00BC5C23" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BC5C23" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002F4FED" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002F4FED" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>lease specify</w:t>
       </w:r>
-      <w:r w:rsidR="00C8698C" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8698C" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Don’t know</w:t>
       </w:r>
-      <w:r w:rsidR="00C8698C" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8698C" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Choose not to answer </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08E8343C" w14:textId="6338D7B7" w:rsidR="00A449B4" w:rsidRPr="00EF293D" w:rsidRDefault="004A6640" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="08E8343C" w14:textId="6338D7B7" w:rsidR="00A449B4" w:rsidRPr="006B2EFC" w:rsidRDefault="004A6640" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">6. Which of these describes your current sexual orientation? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68F391D1" w14:textId="342219E5" w:rsidR="004A6640" w:rsidRPr="00EF293D" w:rsidRDefault="004A6640" w:rsidP="00981626">
+    <w:p w14:paraId="68F391D1" w14:textId="342219E5" w:rsidR="004A6640" w:rsidRPr="006B2EFC" w:rsidRDefault="004A6640" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">Sexual orientation describes how a person defines their physical </w:t>
       </w:r>
-      <w:r w:rsidR="00E94C8A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E94C8A" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>and/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>or emotional attraction to others.</w:t>
       </w:r>
-      <w:r w:rsidR="00BC5C23" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BC5C23" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> Select up to five options.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C3B84E8" w14:textId="6B00E95D" w:rsidR="008C1909" w:rsidRPr="00EF293D" w:rsidRDefault="004A6640" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2C3B84E8" w14:textId="6B00E95D" w:rsidR="008C1909" w:rsidRPr="006B2EFC" w:rsidRDefault="004A6640" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Straight or </w:t>
       </w:r>
-      <w:r w:rsidR="00D9528E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D9528E" w:rsidRPr="006B2EFC">
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>eterosexual</w:t>
       </w:r>
-      <w:r w:rsidR="00A449B4" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A449B4" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Lesbian or </w:t>
       </w:r>
-      <w:r w:rsidR="00D9528E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D9528E" w:rsidRPr="006B2EFC">
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>ay</w:t>
       </w:r>
-      <w:r w:rsidR="00A449B4" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A449B4" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Bisexual</w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk132032363"/>
-      <w:r w:rsidR="00A449B4" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A449B4" w:rsidRPr="006B2EFC">
         <w:br/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Queer, pansexual, or questioning</w:t>
       </w:r>
-      <w:r w:rsidR="00A449B4" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A449B4" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Sexual </w:t>
       </w:r>
-      <w:r w:rsidR="00D9528E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D9528E" w:rsidRPr="006B2EFC">
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">rientation is not listed </w:t>
       </w:r>
-      <w:r w:rsidR="00BC5C23" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BC5C23" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Please specify </w:t>
       </w:r>
-      <w:r w:rsidR="00A449B4" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A449B4" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Don’t know</w:t>
       </w:r>
-      <w:r w:rsidR="00775ED7" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="002C515C" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00775ED7" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="002C515C" w:rsidRPr="006B2EFC">
         <w:t>Choose</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> not to answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DD6797E" w14:textId="18580074" w:rsidR="004A6640" w:rsidRPr="00EF293D" w:rsidRDefault="004A6640" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3DD6797E" w14:textId="18580074" w:rsidR="004A6640" w:rsidRPr="006B2EFC" w:rsidRDefault="004A6640" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>7. Are you of Hispanic or Latino origin or descent?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37C0A700" w14:textId="77777777" w:rsidR="00775ED7" w:rsidRPr="00EF293D" w:rsidRDefault="00775ED7" w:rsidP="00775ED7">
+    <w:p w14:paraId="37C0A700" w14:textId="77777777" w:rsidR="00775ED7" w:rsidRPr="006B2EFC" w:rsidRDefault="00775ED7" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>Hispanic or Latino refers to someone of Cuban, Mexican, Puerto Rican, South or Central American, or other Spanish culture or origin regardless of race.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E857686" w14:textId="4EA639E1" w:rsidR="0089174C" w:rsidRPr="00EF293D" w:rsidRDefault="0089174C" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3E857686" w14:textId="4EA639E1" w:rsidR="0089174C" w:rsidRPr="006B2EFC" w:rsidRDefault="0089174C" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00E94C8A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E94C8A" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hispanic or Latin</w:t>
       </w:r>
-      <w:r w:rsidR="00DC6172" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00DC6172" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00775ED7" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00775ED7" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="002F4FED" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002F4FED" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidR="00E94C8A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E94C8A" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="002F4FED" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002F4FED" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001D67FC" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001D67FC" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">not </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Hispanic or Latino</w:t>
       </w:r>
-      <w:r w:rsidR="00504EB6">
+      <w:r w:rsidR="00504EB6" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Don’t know </w:t>
       </w:r>
-      <w:r w:rsidR="00775ED7" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00775ED7" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Choose not to answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="029FD9E3" w14:textId="7B68BEFB" w:rsidR="002E6406" w:rsidRPr="00EF293D" w:rsidRDefault="004A6640" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="029FD9E3" w14:textId="7B68BEFB" w:rsidR="002E6406" w:rsidRPr="006B2EFC" w:rsidRDefault="004A6640" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>8. Race</w:t>
       </w:r>
-      <w:r w:rsidR="002E6406" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002E6406" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> (see page 27)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52A30CF0" w14:textId="61ABE47E" w:rsidR="004A6640" w:rsidRPr="00EF293D" w:rsidRDefault="00E94C8A" w:rsidP="002E6406">
+    <w:p w14:paraId="52A30CF0" w14:textId="61ABE47E" w:rsidR="004A6640" w:rsidRPr="006B2EFC" w:rsidRDefault="00E94C8A" w:rsidP="00534B26">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>Race refers to a person's self-identification with one or more social groups. You may report multiple</w:t>
       </w:r>
-      <w:r w:rsidR="002E6406" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002E6406" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>races</w:t>
       </w:r>
-      <w:r w:rsidR="00A7790E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A7790E" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="266508F9" w14:textId="5F4FEC0B" w:rsidR="002E6406" w:rsidRPr="00EF293D" w:rsidRDefault="004A6640" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="266508F9" w14:textId="5F4FEC0B" w:rsidR="002E6406" w:rsidRPr="006B2EFC" w:rsidRDefault="004A6640" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>9. Ethnicity</w:t>
       </w:r>
-      <w:r w:rsidR="002E6406" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002E6406" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> (see page 27)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F626C03" w14:textId="4D5D834C" w:rsidR="004A6640" w:rsidRPr="00EF293D" w:rsidRDefault="00E94C8A" w:rsidP="002E6406">
+    <w:p w14:paraId="3F626C03" w14:textId="4D5D834C" w:rsidR="004A6640" w:rsidRPr="006B2EFC" w:rsidRDefault="00E94C8A" w:rsidP="00534B26">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="360"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Ethnicity refers to your background, heritage, culture, ancestry, or the country where you or your family were</w:t>
       </w:r>
-      <w:r w:rsidR="002E6406" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002E6406" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>born.</w:t>
       </w:r>
-      <w:r w:rsidR="004A6640" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004A6640" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B6E8577" w14:textId="223F10B6" w:rsidR="00347601" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0B6E8577" w14:textId="223F10B6" w:rsidR="00347601" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidR="00347601" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00347601" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Do you have a </w:t>
       </w:r>
-      <w:r w:rsidR="00EF6D75" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF6D75" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Social Security </w:t>
       </w:r>
-      <w:r w:rsidR="00347601" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00347601" w:rsidRPr="006B2EFC">
         <w:t>number (SSN)?</w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
-      <w:r w:rsidR="00347601" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00347601" w:rsidRPr="006B2EFC">
         <w:t>(optional if not applying)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53A2916F" w14:textId="029A4BAE" w:rsidR="00207FDA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="53A2916F" w14:textId="029A4BAE" w:rsidR="00207FDA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">We need a </w:t>
       </w:r>
-      <w:r w:rsidR="00A70016" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A70016" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Social Security </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">number (SSN) for every person applying for health coverage who has one. </w:t>
       </w:r>
-      <w:r w:rsidR="00207FDA" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00207FDA" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">There are exceptions for anyone who has a religious exemption as described in federal law, who is eligible only for a nonwork SSN, or who is not eligible for an SSN. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00445449" w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">An SSN is optional for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> not applying for health </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>coverage, but</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> giving us an SSN can speed up the application process. We use SSNs to check income and other information to see who is eligible for help with health coverage costs. If </w:t>
+      </w:r>
+      <w:r w:rsidR="00445449" w:rsidRPr="006B2EFC">
         <w:t>you need</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> help getting an SSN, call the Social Security Administration at (800) 772-1213</w:t>
       </w:r>
-      <w:r w:rsidR="009D3498" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="009D3498" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">TTY: (800) 325-0778, or go to </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidRPr="00EF293D">
+        <w:r w:rsidRPr="006B2EFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>socialsecurity.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00207FDA" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00207FDA" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">For more details on how we use your </w:t>
       </w:r>
-      <w:r w:rsidR="00A70016" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A70016" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Social Security </w:t>
       </w:r>
-      <w:r w:rsidR="00207FDA" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00207FDA" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">number, please see the Member Booklet. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="403C6B08" w14:textId="77777777" w:rsidR="009844E9" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="403C6B08" w14:textId="77777777" w:rsidR="009844E9" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="009D3498" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009D3498" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>, give us the number</w:t>
       </w:r>
-      <w:r w:rsidR="009D3498" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="009D3498" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006B06CD" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006B06CD" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="009D3498" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="009D3498" w:rsidRPr="006B2EFC">
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>, check one of the following reasons.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7210EE30" w14:textId="2ABA68A9" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DF4037" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7210EE30" w14:textId="2ABA68A9" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DF4037" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Illness exception </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006B06CD" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006B06CD" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>Just applied</w:t>
       </w:r>
-      <w:r w:rsidR="006B06CD" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006B06CD" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>Noncitizen exception</w:t>
       </w:r>
-      <w:r w:rsidR="006B06CD" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006B06CD" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>Religious exception</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E8E900A" w14:textId="349A97AD" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0E8E900A" w14:textId="349A97AD" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Is your name on this application the same as your name on your Social Security card? </w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E3898FE" w14:textId="395D5D69" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0E3898FE" w14:textId="395D5D69" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="009D3498" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="009D3498" w:rsidRPr="006B2EFC">
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, what name is on your Social Security card? First name, middle name, last name, and suffix </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C51F515" w14:textId="02B23F46" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2C51F515" w14:textId="02B23F46" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>11</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>. If you get an Advance Premium Tax Credit (APTC)</w:t>
       </w:r>
-      <w:r w:rsidR="00F32DB1" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00F32DB1" w:rsidRPr="006B2EFC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> do you agree to file a federal tax return for the tax year </w:t>
       </w:r>
-      <w:r w:rsidR="00104AE6" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00104AE6" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">when </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">the credits are received? </w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F33F1EE" w14:textId="211CBA06" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5F33F1EE" w14:textId="211CBA06" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Individuals may not have needed or chosen to file a tax return in the past, but they will have to file a federal income tax return for any year that they get an APTC. They must check "Yes" to question </w:t>
       </w:r>
-      <w:r w:rsidR="0089065A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0089065A" w:rsidRPr="006B2EFC">
         <w:t>11</w:t>
       </w:r>
-      <w:r w:rsidR="008724A1" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008724A1" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="0041747F" w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">to be eligible for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>ConnectorCare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> or APTCs to help pay for </w:t>
+      </w:r>
+      <w:r w:rsidR="0041747F" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">their </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">health insurance. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>You do NOT need to file a tax return to apply for or to get MassHealth, CMSP, or HSN, if you qualify</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66D5265A" w14:textId="078BBF59" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="66D5265A" w14:textId="078BBF59" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="001226E7" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001226E7" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, please answer questions a–d. If </w:t>
       </w:r>
-      <w:r w:rsidR="001226E7" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001226E7" w:rsidRPr="006B2EFC">
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>, skip to question d.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A2D444E" w14:textId="66192CDA" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1A2D444E" w14:textId="66192CDA" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Individuals must file a joint federal tax return with their spouse for the year for which they are applying to get certain programs (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>ConnectorCare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> or APTCs) unless they are a victim of domestic abuse or abandonment or they will file taxes as Head of Household. If an individual will file taxes as Head of Household, they should answer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">to question </w:t>
       </w:r>
-      <w:r w:rsidR="0089065A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0089065A" w:rsidRPr="006B2EFC">
         <w:t>11</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>a (“Are you legally married?”).</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">One way </w:t>
       </w:r>
-      <w:r w:rsidR="00906EE2" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00906EE2" w:rsidRPr="006B2EFC">
         <w:t>a person</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> may qualify as Head of Household is to live apart from their spouse and claim another person as a dependent. See IRS Publication 501 or consult a tax professional for tax filing information. They will only need to include </w:t>
       </w:r>
-      <w:r w:rsidR="008401C3" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008401C3" w:rsidRPr="006B2EFC">
         <w:t>themself</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> and any dependents on this application. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55A2369B" w14:textId="55F3D410" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="55A2369B" w14:textId="55F3D410" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">a. Are you legally married? </w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, skip to question </w:t>
       </w:r>
-      <w:r w:rsidR="0089065A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0089065A" w:rsidRPr="006B2EFC">
         <w:t>11</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>c.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B15C315" w14:textId="6EDA9BA2" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4B15C315" w14:textId="6EDA9BA2" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, list </w:t>
       </w:r>
-      <w:r w:rsidR="00912405" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00912405" w:rsidRPr="006B2EFC">
         <w:t>the spouse’s name</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> and date of birth. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CE9D040" w14:textId="5F71CA9B" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1CE9D040" w14:textId="5F71CA9B" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">b. Do you plan to file a joint federal tax return with your spouse for the tax year for which you are applying? </w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50E6F600" w14:textId="68C08513" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="50E6F600" w14:textId="68C08513" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">c. Will you claim any dependents on your federal income tax return for the year for which you are applying? </w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4778342B" w14:textId="0F035934" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4778342B" w14:textId="0F035934" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">You will claim a personal exemption deduction on your federal income tax return for any individual </w:t>
       </w:r>
-      <w:r w:rsidR="001847C7" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001847C7" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">who is </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">listed on this application as a dependent </w:t>
       </w:r>
-      <w:r w:rsidR="001847C7" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001847C7" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">is enrolled in coverage through the Massachusetts Health Connector and whose premium for coverage is paid in whole or in part by advance payments.  List the </w:t>
       </w:r>
-      <w:r w:rsidR="0041747F" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0041747F" w:rsidRPr="006B2EFC">
         <w:t>dependents’ names and birth dates</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69762B1D" w14:textId="7DBE9DCD" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="69762B1D" w14:textId="7DBE9DCD" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">d. Will you be claimed as a dependent on someone else's federal income tax return for the year for which you are applying? </w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7560DB09" w14:textId="0E81E0A2" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7560DB09" w14:textId="0E81E0A2" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If you are claimed by someone else as a dependent on their federal income tax return, this may affect </w:t>
       </w:r>
-      <w:r w:rsidR="001847C7" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001847C7" w:rsidRPr="006B2EFC">
         <w:t>whether you can</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> receive a premium tax credit. Do not answer </w:t>
       </w:r>
-      <w:r w:rsidR="001226E7" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001226E7" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Yes </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>to this question if you are a child under the age of 21 being claimed by a noncustodial parent.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FBFF0DE" w14:textId="46E84309" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1FBFF0DE" w14:textId="46E84309" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="001226E7" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001226E7" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>, please list the name of the tax filer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21882D39" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="21882D39" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Tax filer date of birth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="003B9C82" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="003B9C82" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">How are you related to the tax </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>filer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09EFCE91" w14:textId="00557F6B" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Is the tax filer married, filing a joint return? </w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FD45204" w14:textId="279357EE" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4FD45204" w14:textId="279357EE" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="001226E7" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001226E7" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, list </w:t>
       </w:r>
-      <w:r w:rsidR="001847C7" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001847C7" w:rsidRPr="006B2EFC">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> spouse</w:t>
       </w:r>
-      <w:r w:rsidR="001847C7" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001847C7" w:rsidRPr="006B2EFC">
         <w:t>’s name</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> and date of birth.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F5B344B" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1F5B344B" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Who else does the tax filer claim as dependents?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08F1EB6E" w14:textId="552C9399" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="08F1EB6E" w14:textId="552C9399" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> Are you filing taxes separately because you are a victim of domestic abuse or abandonment? </w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E58518A" w14:textId="31DFFDF9" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5E58518A" w14:textId="31DFFDF9" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Optional</w:t>
       </w:r>
-      <w:r w:rsidR="00FE7882" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00FE7882" w:rsidRPr="006B2EFC">
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk183075530"/>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>I filed a federal income tax return with the Internal Revenue Service (IRS) for</w:t>
       </w:r>
-      <w:r w:rsidR="0085022E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0085022E" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
-      <w:r w:rsidR="00103CC6" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00103CC6" w:rsidRPr="006B2EFC">
         <w:t>least one</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> year</w:t>
       </w:r>
-      <w:r w:rsidR="00547F9C" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00547F9C" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> in the past two years</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> that I received an Advance Premium Tax Credit (APTC)</w:t>
       </w:r>
-      <w:r w:rsidR="004F1315" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004F1315" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> to lower my monthly premium payment</w:t>
       </w:r>
-      <w:r w:rsidR="00215832" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00215832" w:rsidRPr="006B2EFC">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="004F1315" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004F1315" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, including if I was enrolled </w:t>
       </w:r>
-      <w:r w:rsidR="00EC44F7" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00FC2541" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EC44F7" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EC44F7" w:rsidRPr="006B2EFC">
+        <w:t>ConnectorCare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FC2541" w:rsidRPr="006B2EFC">
         <w:t>. I included the tax forms showing the ta</w:t>
       </w:r>
-      <w:r w:rsidR="0020398C" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0020398C" w:rsidRPr="006B2EFC">
         <w:t>x</w:t>
       </w:r>
-      <w:r w:rsidR="00FC2541" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00FC2541" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> credits I received when I filed my tax return</w:t>
       </w:r>
-      <w:r w:rsidR="002E739C" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002E739C" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> so the IRS could</w:t>
       </w:r>
-      <w:r w:rsidR="002B64A0" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002B64A0" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> calculate </w:t>
       </w:r>
-      <w:r w:rsidR="00B16D27" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EA285F" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00B16D27" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">how much Advance Premium Tax </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B16D27" w:rsidRPr="006B2EFC">
+        <w:t>Credit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B16D27" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> I was </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA285F" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">eligible </w:t>
       </w:r>
-      <w:r w:rsidR="00B16D27" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00B16D27" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">to receive based on my final </w:t>
       </w:r>
-      <w:r w:rsidR="00EA285F" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EA285F" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">income for the year. </w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BF42674" w14:textId="791F0967" w:rsidR="007204BF" w:rsidRPr="00EF293D" w:rsidRDefault="007204BF" w:rsidP="0047642A">
+    <w:p w14:paraId="2BF42674" w14:textId="791F0967" w:rsidR="007204BF" w:rsidRPr="006B2EFC" w:rsidRDefault="007204BF" w:rsidP="00534B26">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1530"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Answer </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> if</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:tab/>
-        <w:t xml:space="preserve">1. You have received an APTC or ConnectorCare in the past, and </w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+        <w:t xml:space="preserve">1. You have received an APTC or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>ConnectorCare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> in the past, and </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7882" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:tab/>
         <w:t xml:space="preserve">2. The statement is true for all people listed in the household. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D3CF0EC" w14:textId="5D44D853" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7D3CF0EC" w14:textId="5D44D853" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>12</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Are you applying for health or dental coverage for YOURSELF? </w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="001226E7" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001226E7" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, answer all the questions below. If </w:t>
       </w:r>
-      <w:r w:rsidR="001226E7" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001226E7" w:rsidRPr="006B2EFC">
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, answer Questions </w:t>
       </w:r>
-      <w:r w:rsidR="0089065A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0089065A" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">18 </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="0089065A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0089065A" w:rsidRPr="006B2EFC">
         <w:t>19</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>, then go to Income Information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25F38D1D" w14:textId="5A2F2909" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="25F38D1D" w14:textId="5A2F2909" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>13</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Are you a </w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> citizen or </w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D" w:rsidDel="008673DB">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC" w:rsidDel="008673DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">national? </w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B796349" w14:textId="7C0EF84B" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0B796349" w14:textId="7C0EF84B" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="001226E7" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001226E7" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>, are you a naturalized</w:t>
       </w:r>
-      <w:r w:rsidR="0043680D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0043680D" w:rsidRPr="006B2EFC">
         <w:t>, derived, or acquired</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> citizen (not born in the </w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">)? </w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D49F8F5" w14:textId="77777777" w:rsidR="001226E7" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7D49F8F5" w14:textId="77777777" w:rsidR="001226E7" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Alien number </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AE2A184" w14:textId="6EF9B963" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4AE2A184" w14:textId="6EF9B963" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Naturalization or citizenship certificate number </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="735B0F0E" w14:textId="69C7CCC8" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="735B0F0E" w14:textId="69C7CCC8" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t>14</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>. If you are a noncitizen, do you have an eligible immigration status? Yes No</w:t>
       </w:r>
-      <w:r w:rsidR="00616DA2" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00616DA2" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> If </w:t>
       </w:r>
-      <w:r w:rsidR="001226E7" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001226E7" w:rsidRPr="006B2EFC">
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, go to Question </w:t>
       </w:r>
-      <w:r w:rsidR="0089065A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0089065A" w:rsidRPr="006B2EFC">
         <w:t>15</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="075D7E95" w14:textId="20C4423C" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="075D7E95" w14:textId="20C4423C" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>See page 2</w:t>
       </w:r>
-      <w:r w:rsidR="00E041F2" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E041F2" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>, “Immigration Statuses and Document Types</w:t>
       </w:r>
-      <w:r w:rsidR="000A3C6E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="000A3C6E" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve">” for help. If no or no response, applicants may get only one or more of the following: MassHealth Standard (if pregnant), MassHealth Limited, the Children’s Medical Security Plan (CMSP), or the Health Safety Net (HSN). </w:t>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+        <w:t>”</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for help. If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or no response, applicants may get only one or more of the following: MassHealth Standard (if pregnant), MassHealth Limited, the Children’s Medical Security Plan (CMSP), or the Health Safety Net (HSN). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28CDBC39" w14:textId="47E6759A" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">a. If </w:t>
       </w:r>
-      <w:r w:rsidR="000A5E67" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000A5E67" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>, do you have an immigration document? Yes No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77BAA2FB" w14:textId="6FCD0A63" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="77BAA2FB" w14:textId="6FCD0A63" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">It may help us to process this application faster if you include a copy of immigration documents for </w:t>
       </w:r>
-      <w:r w:rsidR="00015AEB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00015AEB" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">everyone who is </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">applying. We will try to verify immigration status through an electronic data match. Please list all the immigration statuses or conditions that have applied to </w:t>
       </w:r>
-      <w:r w:rsidR="00015AEB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00015AEB" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>everyone</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> on this application since they entered the </w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>US.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> If you need more space, attach another sheet of paper. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="557C3338" w14:textId="279BFFD1" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="557C3338" w14:textId="279BFFD1" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Status award date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>) (For battered persons, enter the date the petition was approved as properly filed.)</w:t>
+      </w:r>
+      <w:r w:rsidR="006D408D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Immigration status</w:t>
       </w:r>
-      <w:r w:rsidR="006D408D" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006D408D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Immigration document type</w:t>
       </w:r>
-      <w:r w:rsidR="006D408D" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006D408D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Choose one or more document status</w:t>
       </w:r>
-      <w:r w:rsidR="008D5A48" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008D5A48" w:rsidRPr="006B2EFC">
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> and types from the list on page</w:t>
       </w:r>
-      <w:r w:rsidR="008D5A48" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008D5A48" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E041F2" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E041F2" w:rsidRPr="006B2EFC">
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="006D408D" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006D408D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Document ID number</w:t>
       </w:r>
-      <w:r w:rsidR="006D408D" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006D408D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Alien number</w:t>
       </w:r>
-      <w:r w:rsidR="006D408D" w:rsidRPr="00EF293D">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006D408D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Passport or document expiration date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="006D408D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Country</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18C5C3E9" w14:textId="1387C05B" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="18C5C3E9" w14:textId="1387C05B" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">b. Did you use the same name on this application that you did to get your immigration status? </w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="0047642A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0047642A" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75F98FF1" w14:textId="132662AA" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="75F98FF1" w14:textId="132662AA" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="000A5E67" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="000A5E67" w:rsidRPr="006B2EFC">
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, what name did you use? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>First</w:t>
       </w:r>
-      <w:r w:rsidR="00223B76" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00223B76" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> name</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>, middle</w:t>
       </w:r>
-      <w:r w:rsidR="00223B76" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00223B76" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> name</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, last </w:t>
       </w:r>
-      <w:r w:rsidR="00223B76" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00223B76" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">name, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>and suffix</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="021409A4" w14:textId="28147685" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="021409A4" w14:textId="28147685" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">c. Did you arrive in the </w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D" w:rsidDel="008673DB">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC" w:rsidDel="008673DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>after August 22, 1996? Yes No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55C27A12" w14:textId="6FA96BE9" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="55C27A12" w14:textId="6FA96BE9" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">d. Are you an honorably discharged veteran or </w:t>
       </w:r>
-      <w:r w:rsidR="000A5E67" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="000A5E67" w:rsidRPr="006B2EFC">
         <w:t>active-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">duty member of the </w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D" w:rsidDel="008673DB">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC" w:rsidDel="008673DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">military, or the spouse or child of an honorably discharged veteran or an active-duty member of the </w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D" w:rsidDel="008673DB">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC" w:rsidDel="008673DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>military? Yes No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F69AB1C" w14:textId="122B2BD8" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2F69AB1C" w14:textId="122B2BD8" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">e. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Optional</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">: Are you a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> victim of severe trafficking</w:t>
       </w:r>
-      <w:r w:rsidR="000B1FD1" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="000B1FD1" w:rsidRPr="006B2EFC">
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> spouse, child, sibling, or parent of a trafficking victim</w:t>
       </w:r>
-      <w:r w:rsidR="000B1FD1" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="000B1FD1" w:rsidRPr="006B2EFC">
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="001F5D56" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001F5D56" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> battered spouse</w:t>
       </w:r>
-      <w:r w:rsidR="000B1FD1" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="000B1FD1" w:rsidRPr="006B2EFC">
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008D5A48" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008D5A48" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> child or parent of </w:t>
       </w:r>
-      <w:r w:rsidR="00346508" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00346508" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">battered spouse? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03D62F83" w14:textId="2C187A0B" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="03D62F83" w14:textId="2C187A0B" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>15</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>. Do you live with at least one child younger than 19, and are you the main person taking care of this child</w:t>
       </w:r>
-      <w:r w:rsidR="00184897" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00184897" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or child</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">ren? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Name(s) and date(s) of birth of child</w:t>
       </w:r>
-      <w:r w:rsidR="00223B76" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00223B76" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or children</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AE95C00" w14:textId="1C4B11BD" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4AE95C00" w14:textId="1C4B11BD" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>16</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Are you living in Massachusetts, and do you either intend to reside here, even if you do not have a fixed address, or have you entered Massachusetts with a job commitment or seeking employment? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="757B5AAB" w14:textId="61DC5817" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="757B5AAB" w14:textId="61DC5817" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If you are visiting Massachusetts for personal pleasure or </w:t>
       </w:r>
-      <w:r w:rsidR="00AD6F0B" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00AD6F0B" w:rsidRPr="006B2EFC">
         <w:t>to receive</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> medical care in a setting other than a nursing facility, you must answer </w:t>
       </w:r>
-      <w:r w:rsidR="00346508" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00346508" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">No </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>to this question.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="185236D4" w14:textId="68ADDA8A" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="185236D4" w14:textId="68ADDA8A" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>17</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Do you have an injury, illness, or disability (including a disabling mental health condition) that has lasted or is expected to last for at least 12 months? If legally blind, answer </w:t>
       </w:r>
-      <w:r w:rsidR="00346508" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00346508" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="250E1B4A" w14:textId="4726825B" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="250E1B4A" w14:textId="4726825B" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>18</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Do you need reasonable accommodation because of a disability or an injury? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00346508" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00346508" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>, complete the rest of this application, including Supplement C: Accommodation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2939A92C" w14:textId="43943322" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2939A92C" w14:textId="43943322" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>19</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Are you pregnant? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00346508" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00346508" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>, how many babies are you expecting? What is your expected due date?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="241BB4CF" w14:textId="2BE7052C" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="241BB4CF" w14:textId="2BE7052C" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Optional Do you have breast or cervical cancer? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>(Special coverage rules may apply.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55F4290A" w14:textId="568DA88B" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="55F4290A" w14:textId="568DA88B" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>21</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Optional Are you HIV positive? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>(MassHealth has special coverage rules for people with HIV.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12D7352F" w14:textId="24807204" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="12D7352F" w14:textId="24807204" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>22</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Were you ever in foster care? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="652009AA" w14:textId="727F074D" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="652009AA" w14:textId="727F074D" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">a. If </w:t>
       </w:r>
-      <w:r w:rsidR="00346508" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00346508" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>, in what state were you in foster care?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="191FA470" w14:textId="716F32E8" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="191FA470" w14:textId="3CEE91B7" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">b. </w:t>
       </w:r>
-      <w:r w:rsidR="00AD6F0B" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00AD6F0B" w:rsidRPr="006B2EFC">
         <w:t>Did you get</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B25F37" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00CE0A5B" w:rsidRPr="006B2EFC">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> through a state Medicaid program? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
-        <w:br/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
-        <w:br/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DF422D1" w14:textId="55B03A59" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="6DF422D1" w14:textId="55B03A59" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk188440168"/>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">INCOME INFORMATION </w:t>
       </w:r>
-      <w:r w:rsidR="00FE7882" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00FE7882" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>(You may send proof of all household income with this application.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49E8ACBA" w14:textId="6047BF6F" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="49E8ACBA" w14:textId="6047BF6F" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="0089065A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">. Do you have any income? Yes No If you don’t have any income, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t>skip to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0089065A" w:rsidRPr="006B2EFC">
         <w:t>Q</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>uestion</w:t>
       </w:r>
-      <w:r w:rsidR="000B1FD1" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="000B1FD1" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0089065A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0089065A" w:rsidRPr="006B2EFC">
         <w:t>37</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="020E4BE9" w14:textId="327EA6B2" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="020E4BE9" w14:textId="327EA6B2" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>EMPLOYMENT</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>If you need more space, attach another sheet of paper.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7982E788" w14:textId="5D5D5111" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
+    <w:p w14:paraId="7982E788" w14:textId="5D5D5111" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>24</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>CURRENT JOB</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> 1:</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>Employer name and address</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>Federal Tax ID#</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DF94DF6" w14:textId="0FC18354" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2DF94DF6" w14:textId="0FC18354" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>. a. Wages/tips (before taxes) $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5030A305" w14:textId="35FA69A1" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5030A305" w14:textId="35FA69A1" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Weekly Every 2 weeks Twice a month Monthly Quarterly Yearly (Subtract any pretax deductions, such as nontaxable health insurance premiums.) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74EAC9AF" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="74EAC9AF" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>b. Income effective date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E483ABA" w14:textId="301E2815" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6E483ABA" w14:textId="301E2815" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Average number of hours worked each WEEK </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6401F105" w14:textId="33F11798" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6401F105" w14:textId="33F11798" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="008724A1" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008724A1" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Are you seasonally employed? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00346508" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00346508" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, which months do you work in a calendar year? Jan. Feb. March April May June July August Sept. Oct. Nov. Dec. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39884BF8" w14:textId="31FA0D71" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="39884BF8" w14:textId="31FA0D71" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>28</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>CURRENT JOB 2</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>Employer name and address</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Federal Tax ID# </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CD74C4D" w14:textId="6C531CDC" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3CD74C4D" w14:textId="6C531CDC" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>29</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. a. Wages/tips (before taxes) $ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A96EC55" w14:textId="62B30926" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2A96EC55" w14:textId="62B30926" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Weekly Every 2 weeks Twice a month Monthly Quarterly Yearly (Subtract any pretax deductions, such as nontaxable health insurance premiums.) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AF541DB" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7AF541DB" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>b. Income effective date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DEC6B9E" w14:textId="193FBFDC" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2DEC6B9E" w14:textId="193FBFDC" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>30</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Average number of hours worked each WEEK </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61E94604" w14:textId="1F39601E" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="61E94604" w14:textId="1F39601E" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>31</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Are you seasonally employed? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00FE0145" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FE0145" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, which months do you work in a calendar year? Jan. Feb. March April May June July August Sept. Oct. Nov. Dec. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D2FFB71" w14:textId="198287A2" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4D2FFB71" w14:textId="198287A2" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>32</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>SELF-EMPLOYMENT</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00FE0145" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">  Are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> you </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0145" w:rsidRPr="006B2EFC">
         <w:t>self-</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">employed? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44CDFEC9" w14:textId="3308CBC0" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="44CDFEC9" w14:textId="3308CBC0" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">a. If </w:t>
       </w:r>
-      <w:r w:rsidR="00FE0145" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FE0145" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>, what type of work do you do?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DB42B9A" w14:textId="0972D179" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2DB42B9A" w14:textId="0972D179" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>b. On average, how much net income (profits or losses after business expenses are paid) will you get from this self-employment each month? $</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">month profit </w:t>
       </w:r>
-      <w:r w:rsidR="00FE0145" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00FE0145" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">month loss </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73F990D4" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="73F990D4" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">c. How many hours do you work per week? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="483605B5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="483605B5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">OTHER INCOME </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B85D1C9" w14:textId="14DABA32" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5B85D1C9" w14:textId="14DABA32" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>33</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>. Check all that apply</w:t>
       </w:r>
-      <w:r w:rsidR="004852EE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004852EE" w:rsidRPr="006B2EFC">
         <w:t>. State</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> the amount and how often you get it. NOTE: You do not need to tell us about child support, nontaxable veteran’s payments, Supplemental Security Income (SSI), or most workers’ compensation income. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37CDEE7A" w14:textId="2625BC39" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="37CDEE7A" w14:textId="2625BC39" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Social </w:t>
       </w:r>
-      <w:r w:rsidR="00A70016" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A70016" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Security </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">benefits $ How often? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72428BB8" w14:textId="405F48CB" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="72428BB8" w14:textId="405F48CB" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Unemployment $ How often? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DF70408" w14:textId="22786425" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7DF70408" w14:textId="22786425" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Retirement or pension $ How often? Source</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0862A038" w14:textId="7FA6B575" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0862A038" w14:textId="7FA6B575" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Interest, dividends, and other investment income $ How often? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59423FC9" w14:textId="5337160E" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="59423FC9" w14:textId="5337160E" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Taxable veteran’s benefits $ How often?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D95F662" w14:textId="0355FF8A" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5D95F662" w14:textId="0355FF8A" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Taxable military retirement </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>pay</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> $ How often?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D19EAD0" w14:textId="15390C8E" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Alimony received $ How often? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">If you are receiving alimony payments </w:t>
       </w:r>
-      <w:r w:rsidR="00D9524B" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D9524B" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">from </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">a divorce, separation agreement, or court order that was finalized before January 1, 2019, enter the amount of those payments here. $ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="465205E7" w14:textId="48A358A3" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="465205E7" w14:textId="48A358A3" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Other taxable income $ How often? Type </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53B94EAD" w14:textId="10B2A90E" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="53B94EAD" w14:textId="10B2A90E" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Net rental</w:t>
       </w:r>
-      <w:r w:rsidR="007A601D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="007A601D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or royalty</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>income  $</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>profit</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">$  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>loss</w:t>
       </w:r>
-      <w:r w:rsidR="00BD2D3B" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BD2D3B" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BD2D3B" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BD2D3B" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>How often?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="070C21EF" w14:textId="687E1D8F" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="070C21EF" w14:textId="687E1D8F" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Capital gains: </w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="_Hlk128639283"/>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>On average, how much net income or loss will you get from this capital gain each month?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> $</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>profit</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or $</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>loss</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="777E948E" w14:textId="310C4977" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="777E948E" w14:textId="310C4977" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Net farming or fishing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>income  $</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>profit</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or $   </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>loss</w:t>
       </w:r>
-      <w:r w:rsidR="00273941" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00273941" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00C85938" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C85938" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">How many hours each week? </w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="00C30C76" w:rsidRPr="00EF293D">
+        <w:t>How</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C85938" w:rsidRPr="006B2EFC">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> many hours each week? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FB12D31" w14:textId="5476B156" w:rsidR="00064632" w:rsidRPr="006B2EFC" w:rsidRDefault="00064632" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Lottery and gambling </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">winnings  </w:t>
+      </w:r>
+      <w:r w:rsidR="00C30C76" w:rsidRPr="006B2EFC">
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Effective Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B47A6E5" w14:textId="4940F7AD" w:rsidR="00064632" w:rsidRPr="00EF293D" w:rsidRDefault="00064632" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3B47A6E5" w14:textId="4940F7AD" w:rsidR="00064632" w:rsidRPr="006B2EFC" w:rsidRDefault="00064632" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>How often?  One time only</w:t>
       </w:r>
-      <w:r w:rsidR="00FE7882" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00FE7882" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Weekly</w:t>
       </w:r>
-      <w:r w:rsidR="00FE7882" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00FE7882" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Every two weeks</w:t>
       </w:r>
-      <w:r w:rsidR="00FE7882" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00FE7882" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Twice a month</w:t>
       </w:r>
-      <w:r w:rsidR="00FE7882" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00FE7882" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Monthly</w:t>
       </w:r>
-      <w:r w:rsidR="00FE7882" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00FE7882" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Yearly</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FEB0625" w14:textId="7432F8E7" w:rsidR="00064632" w:rsidRPr="00EF293D" w:rsidRDefault="00064632" w:rsidP="00981626">
-[...7 lines deleted...]
-    <w:p w14:paraId="4E15F768" w14:textId="0D2CBA10" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="6FEB0625" w14:textId="7432F8E7" w:rsidR="00064632" w:rsidRPr="006B2EFC" w:rsidRDefault="00064632" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Non-cash prizes are not counted as qualified </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>lottery</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> and gambling winnings. Do not include any losses in the amount.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E15F768" w14:textId="0D2CBA10" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>ONE-TIME</w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>ONLY INCOME</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BC1394F" w14:textId="07EAA419" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3BC1394F" w14:textId="07EAA419" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>34</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>. Have you or will you receive income during this calendar ye</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
         <w:t>ar as a one-time</w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">only payment? </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>Yes No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EC04E15" w14:textId="1E14CFEB" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="005A4FBA" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7EC04E15" w14:textId="1E14CFEB" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="005A4FBA" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>An e</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">xample might be a lump-sum pension payment. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32807949" w14:textId="5A35F4C3" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="32807949" w14:textId="5A35F4C3" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00895901" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00895901" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> Type: </w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Amount $ Month </w:t>
       </w:r>
-      <w:r w:rsidR="00157148" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00157148" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">received </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Year received </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05B9B087" w14:textId="25C3B8C8" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="05B9B087" w14:textId="25C3B8C8" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>35</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>. Will you receive income during the next calendar year as a one-time</w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>only payment?</w:t>
       </w:r>
-      <w:r w:rsidR="00FE7882" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00FE7882" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FB5D7B3" w14:textId="7768F176" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3FB5D7B3" w14:textId="7768F176" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00895901" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00895901" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> Type:</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Amount $</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Month </w:t>
       </w:r>
-      <w:r w:rsidR="00157148" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00157148" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">received </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Year received</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E20D1C2" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="3E20D1C2" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">DEDUCTIONS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45AC2B6F" w14:textId="189B2F78" w:rsidR="00D545B4" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="45AC2B6F" w14:textId="189B2F78" w:rsidR="00D545B4" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>36</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D545B4" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D545B4" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> What deductions do you report on your income tax return?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C1BD041" w14:textId="3C2ED422" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0C1BD041" w14:textId="3C2ED422" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If you pay for certain things that can be deducted on a federal income tax return, telling us about them could make the cost of health coverage a little lower. Check all that apply. Your </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>deductions should be what you report on your federal income tax return in the section “Adjusted Gross Income.” For each deduction you select, give the yearly amount.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>You can enter up to the maximum deduction amount allowed by the IRS.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2210F9C0" w14:textId="4FA613F8" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="2210F9C0" w14:textId="4FA613F8" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Educator expenses: Yearly </w:t>
       </w:r>
-      <w:r w:rsidR="00E63D32" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E63D32" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">amount </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CF183DF" w14:textId="3158F679" w:rsidR="00FE7882" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="2CF183DF" w14:textId="3158F679" w:rsidR="00FE7882" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Certain business expenses of reservists, performing artists, or fee-based government officials: Yearly </w:t>
       </w:r>
-      <w:r w:rsidR="00E63D32" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E63D32" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">amount </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F30D9A6" w14:textId="3CF45095" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="2F30D9A6" w14:textId="3CF45095" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Health Savings Account deduction: Yearly </w:t>
       </w:r>
-      <w:r w:rsidR="00E63D32" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E63D32" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">amount </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="001A852F" w14:textId="03C428B1" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="001A852F" w14:textId="03C428B1" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Moving expenses for members of the Armed Forces: Yearly </w:t>
       </w:r>
-      <w:r w:rsidR="00E63D32" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E63D32" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">amount </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14740FB4" w14:textId="1759C97F" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="14740FB4" w14:textId="1759C97F" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Deductible part of self-employment tax: Yearly </w:t>
       </w:r>
-      <w:r w:rsidR="00E63D32" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E63D32" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">amount </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="438B25A3" w14:textId="6A93D3A4" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008545A6" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="438B25A3" w14:textId="6A93D3A4" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008545A6" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Contribution to s</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">elf-employed SEP, SIMPLE, and qualified plans: Yearly </w:t>
       </w:r>
-      <w:r w:rsidR="00E63D32" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E63D32" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">amount </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C2FBDBB" w14:textId="442B37DC" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4C2FBDBB" w14:textId="442B37DC" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Self-employed health insurance deduction: Yearly </w:t>
       </w:r>
-      <w:r w:rsidR="00E63D32" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E63D32" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">amount </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E8E80FB" w14:textId="490AC15F" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5E8E80FB" w14:textId="490AC15F" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Penalty on early withdrawal of savings: Yearly </w:t>
       </w:r>
-      <w:r w:rsidR="004C2312" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004C2312" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">amount </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BF6F30E" w14:textId="3CA93A2B" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1BF6F30E" w14:textId="3CA93A2B" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Alimony paid</w:t>
       </w:r>
-      <w:r w:rsidR="00207519" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00207519" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D01ADE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D01ADE" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">from </w:t>
       </w:r>
-      <w:r w:rsidR="00207519" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00207519" w:rsidRPr="006B2EFC">
         <w:t>a divorce, separation agreement, or court order that was finalized before January 1, 2019</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">: Yearly </w:t>
       </w:r>
-      <w:r w:rsidR="004C2312" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004C2312" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">amount </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BD719B4" w14:textId="43296999" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6BD719B4" w14:textId="43296999" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Individual Retirement Account (IRA) deduction: Yearly </w:t>
       </w:r>
-      <w:r w:rsidR="004C2312" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004C2312" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">amount </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36020261" w14:textId="26C4F497" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="36020261" w14:textId="26C4F497" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Student loan interest deduction (interest only, not total payment): Yearly </w:t>
       </w:r>
-      <w:r w:rsidR="004C2312" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004C2312" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">amount </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66CACE0A" w14:textId="43D4BB66" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="66CACE0A" w14:textId="43D4BB66" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>None</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D4F3385" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="0D4F3385" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">YEARLY INCOME </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32783FA5" w14:textId="2509E117" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="32783FA5" w14:textId="2509E117" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>37</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>. What is your total expected income for the current calendar year?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A2E7DF9" w14:textId="070CECF3" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4A2E7DF9" w14:textId="070CECF3" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>38</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>. What is your total expected income for next calendar year, if different?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="642B6D70" w14:textId="77777777" w:rsidR="00504EB6" w:rsidRDefault="00BE489D" w:rsidP="004B71DE">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="642B6D70" w14:textId="77777777" w:rsidR="00504EB6" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>THANKS!</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> This is all we need to know about you. Go to Step 2 Person 2 to add another household member, if needed. Otherwise, go to Step 3</w:t>
       </w:r>
-      <w:r w:rsidR="00C95B5A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C95B5A" w:rsidRPr="006B2EFC">
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> American Indian or Alaska Native (AI/AN) Household Member(s).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28C6C00A" w14:textId="5A074693" w:rsidR="00FE7882" w:rsidRPr="00EF293D" w:rsidRDefault="00FE7882" w:rsidP="004B71DE">
+    <w:p w14:paraId="28C6C00A" w14:textId="5A074693" w:rsidR="00FE7882" w:rsidRPr="006B2EFC" w:rsidRDefault="00FE7882" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43A12D69" w14:textId="766556FB" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="43A12D69" w14:textId="766556FB" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">STEP 2 Person 2 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1957E10D" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1957E10D" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">1. First name, middle name, last name, and suffix </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B616346" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5B616346" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">2. Relationship to Person 1 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="422A4D12" w14:textId="025AB21C" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="422A4D12" w14:textId="025AB21C" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Does this person live with Person 1? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00C95B5A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C95B5A" w:rsidRPr="006B2EFC">
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, list address. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BDB80CE" w14:textId="6C2D2BDB" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="6BDB80CE" w14:textId="6C2D2BDB" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Hlk132974220"/>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="004F37EE" w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>3. Date of birth (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004F37EE" w:rsidRPr="006B2EFC">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EE953CC" w14:textId="7950A38B" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="5EE953CC" w14:textId="7950A38B" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Hlk132974185"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
-      <w:r w:rsidR="00E94C8A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E94C8A" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">What was </w:t>
       </w:r>
-      <w:r w:rsidR="00E854F1" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E854F1" w:rsidRPr="006B2EFC">
         <w:t>this person’s s</w:t>
       </w:r>
-      <w:r w:rsidR="00DF062D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00DF062D" w:rsidRPr="006B2EFC">
         <w:t>ex assigned at birth</w:t>
       </w:r>
-      <w:r w:rsidR="00E854F1" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E854F1" w:rsidRPr="006B2EFC">
         <w:t>?</w:t>
       </w:r>
-      <w:r w:rsidR="00035E23" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00035E23" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Male </w:t>
       </w:r>
-      <w:r w:rsidR="00504EB6">
+      <w:r w:rsidR="00504EB6" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings 2" w:eastAsia="Wingdings 2" w:hAnsi="Wingdings 2" w:cs="Wingdings 2"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Female </w:t>
       </w:r>
-      <w:r w:rsidR="00504EB6">
-[...2 lines deleted...]
-      <w:r w:rsidR="00DF062D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00504EB6" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00DF062D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">This is </w:t>
       </w:r>
-      <w:r w:rsidR="00E854F1" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E854F1" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">usually the </w:t>
       </w:r>
-      <w:r w:rsidR="00DF062D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00DF062D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">sex </w:t>
       </w:r>
-      <w:r w:rsidR="00E854F1" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E854F1" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">that was originally </w:t>
       </w:r>
-      <w:r w:rsidR="00DF062D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00DF062D" w:rsidRPr="006B2EFC">
         <w:t>listed on their birth certificate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="476EF6FE" w14:textId="288CAE58" w:rsidR="00DF062D" w:rsidRPr="00EF293D" w:rsidRDefault="00DF062D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="476EF6FE" w14:textId="288CAE58" w:rsidR="00DF062D" w:rsidRPr="006B2EFC" w:rsidRDefault="00DF062D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Optional: </w:t>
       </w:r>
-      <w:r w:rsidR="001F5D56" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001F5D56" w:rsidRPr="006B2EFC">
         <w:t>See instructions for Questions 5 through 9 under Person 1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="070653F4" w14:textId="01EBD632" w:rsidR="00DF062D" w:rsidRPr="00EF293D" w:rsidRDefault="00DF062D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="070653F4" w14:textId="01EBD632" w:rsidR="00DF062D" w:rsidRPr="006B2EFC" w:rsidRDefault="00DF062D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00C506CA" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C506CA" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00897CDD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00897CDD" w:rsidRPr="006B2EFC">
         <w:t>W</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">hich </w:t>
       </w:r>
-      <w:r w:rsidR="002F4FED" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002F4FED" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">best </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>describes this person’s current gender identity? Select up to five options</w:t>
       </w:r>
-      <w:r w:rsidR="00AD2E38" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00AD2E38" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D24650" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D24650" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Male </w:t>
       </w:r>
-      <w:r w:rsidR="00D24650" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D24650" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Female </w:t>
       </w:r>
-      <w:r w:rsidR="00D24650" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D24650" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Transgender man/trans man </w:t>
       </w:r>
-      <w:r w:rsidR="00D24650" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D24650" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Transgender woman/trans</w:t>
       </w:r>
-      <w:r w:rsidR="00E854F1" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E854F1" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">woman </w:t>
       </w:r>
-      <w:r w:rsidR="00D24650" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D24650" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Genderqueer/gender nonconforming/nonbinary</w:t>
       </w:r>
-      <w:r w:rsidR="00E854F1" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E854F1" w:rsidRPr="006B2EFC">
         <w:t>/n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">either exclusively male nor female </w:t>
       </w:r>
-      <w:r w:rsidR="00D24650" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D24650" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Gender </w:t>
       </w:r>
-      <w:r w:rsidR="009759D6" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="009759D6" w:rsidRPr="006B2EFC">
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">dentity </w:t>
       </w:r>
-      <w:r w:rsidR="00077EB5" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00077EB5" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">is </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">not listed </w:t>
       </w:r>
-      <w:r w:rsidR="00BC5C23" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BC5C23" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002F4FED" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002F4FED" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">lease specify </w:t>
       </w:r>
-      <w:r w:rsidR="00D24650" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D24650" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Don’t know </w:t>
       </w:r>
-      <w:r w:rsidR="00D24650" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D24650" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Choose not to answer </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44DDC5D3" w14:textId="15CA353D" w:rsidR="00DF062D" w:rsidRPr="00EF293D" w:rsidRDefault="00DF062D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="44DDC5D3" w14:textId="15CA353D" w:rsidR="00DF062D" w:rsidRPr="006B2EFC" w:rsidRDefault="00DF062D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>6. Which of these describes this person’s current sexual orientation? Select up to five options</w:t>
       </w:r>
-      <w:r w:rsidR="00D24650" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D24650" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Straight or </w:t>
       </w:r>
-      <w:r w:rsidR="00772748" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00772748" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">heterosexual </w:t>
       </w:r>
-      <w:r w:rsidR="00D24650" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D24650" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Lesbian or </w:t>
       </w:r>
-      <w:r w:rsidR="00772748" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00772748" w:rsidRPr="006B2EFC">
         <w:t>gay</w:t>
       </w:r>
-      <w:r w:rsidR="00D24650" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D24650" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Bisexual </w:t>
       </w:r>
-      <w:r w:rsidR="00D24650" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D24650" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Queer, pansexual, or questioning </w:t>
       </w:r>
-      <w:r w:rsidR="00D24650" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D24650" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Sexual </w:t>
       </w:r>
-      <w:r w:rsidR="009759D6" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="009759D6" w:rsidRPr="006B2EFC">
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">rientation is not listed </w:t>
       </w:r>
-      <w:r w:rsidR="00BC5C23" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BC5C23" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Please specify</w:t>
       </w:r>
-      <w:r w:rsidR="00D24650" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D24650" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Don’t know</w:t>
       </w:r>
-      <w:r w:rsidR="00504EB6">
-[...2 lines deleted...]
-      <w:r w:rsidR="002C515C" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00504EB6" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="002C515C" w:rsidRPr="006B2EFC">
         <w:t>Choose</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> not to answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02A195EE" w14:textId="71130E75" w:rsidR="00DC6172" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="02A195EE" w14:textId="71130E75" w:rsidR="00DC6172" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">7. Is this person of Hispanic or Latino origin or descent?  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C0173DA" w14:textId="47F85E8D" w:rsidR="00DC6172" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0C0173DA" w14:textId="47F85E8D" w:rsidR="00DC6172" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00E854F1" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E854F1" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hispanic or Latino</w:t>
       </w:r>
-      <w:r w:rsidR="000E0132" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="000E0132" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="002F4FED" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002F4FED" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidR="00E854F1" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E854F1" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="002F4FED" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002F4FED" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009759D6" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="009759D6" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">not </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Hispanic or Latino</w:t>
       </w:r>
-      <w:r w:rsidR="000E0132" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="000E0132" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Don’t know</w:t>
       </w:r>
-      <w:r w:rsidR="000E0132" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="000E0132" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Choose not to answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21DB9378" w14:textId="7669C9BD" w:rsidR="00DC6172" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="21DB9378" w14:textId="7669C9BD" w:rsidR="00DC6172" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>8. Race</w:t>
       </w:r>
-      <w:r w:rsidR="0039677D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0039677D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>see p</w:t>
       </w:r>
-      <w:r w:rsidR="0039677D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0039677D" w:rsidRPr="006B2EFC">
         <w:t>age</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0039677D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0039677D" w:rsidRPr="006B2EFC">
         <w:t>27)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FB51491" w14:textId="3849686D" w:rsidR="00DC6172" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7FB51491" w14:textId="3849686D" w:rsidR="00DC6172" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">9. Ethnicity </w:t>
       </w:r>
-      <w:r w:rsidR="0039677D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0039677D" w:rsidRPr="006B2EFC">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">see page </w:t>
       </w:r>
-      <w:r w:rsidR="0039677D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0039677D" w:rsidRPr="006B2EFC">
         <w:t>27)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23716200" w14:textId="496BFFF8" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00DC6172" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="23716200" w14:textId="496BFFF8" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00DC6172" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Does this person have a </w:t>
       </w:r>
-      <w:r w:rsidR="00A70016" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A70016" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Social Security </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">number (SSN)? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">(optional if not applying) </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:p w14:paraId="4FC95245" w14:textId="51FB359F" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4FC95245" w14:textId="51FB359F" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">We need a </w:t>
       </w:r>
-      <w:r w:rsidR="00A70016" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A70016" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Social Security </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">number (SSN) for every person applying for health coverage who has one. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79660AB6" w14:textId="711DDFC1" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="79660AB6" w14:textId="711DDFC1" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For important SSN information and how to apply for </w:t>
       </w:r>
-      <w:r w:rsidR="00077EB5" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00077EB5" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">an </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">SSN, please see instructions for Question </w:t>
       </w:r>
-      <w:r w:rsidR="0089065A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0089065A" w:rsidRPr="006B2EFC">
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> under Person 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AB5ECAA" w14:textId="69C1EACA" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5AB5ECAA" w14:textId="69C1EACA" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00897CDD" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00897CDD" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>, give us the number</w:t>
       </w:r>
-      <w:r w:rsidR="00504104" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00504104" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10451C0A" w14:textId="56FD3AD9" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="10451C0A" w14:textId="56FD3AD9" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00897CDD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00897CDD" w:rsidRPr="006B2EFC">
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, check one of the following reasons. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00504104" w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00504104" w:rsidRPr="006B2EFC">
         <w:t>Illness exception</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Just applied </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Noncitizen exception </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Religious exception </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46515CC9" w14:textId="3CCFECF1" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="46515CC9" w14:textId="3CCFECF1" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Is the name on this application the same as the name on this person’s </w:t>
       </w:r>
-      <w:r w:rsidR="00A70016" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A70016" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Social Security </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">card? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00897CDD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00897CDD" w:rsidRPr="006B2EFC">
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, what name is on </w:t>
       </w:r>
-      <w:r w:rsidR="000C0013" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="000C0013" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">this person’s </w:t>
       </w:r>
-      <w:r w:rsidR="00A70016" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A70016" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Social Security </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">card? First name, middle name, last name, and suffix </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A616ADA" w14:textId="14D53776" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3A616ADA" w14:textId="14D53776" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>11</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. If this person gets an Advance Premium Tax Credit (APTC), does this person agree to file a federal tax return for the tax year that the credits are received? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="464D133F" w14:textId="369BB64E" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="464D133F" w14:textId="369BB64E" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">See instructions for Question </w:t>
       </w:r>
-      <w:r w:rsidR="0089065A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0089065A" w:rsidRPr="006B2EFC">
         <w:t>11</w:t>
       </w:r>
-      <w:r w:rsidR="008724A1" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008724A1" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>under Person 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15E840DD" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="15E840DD" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">, please answer questions a–d. If No, skip to question d. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A0D241F" w14:textId="45DDE8B3" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">a. Is this person legally married? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="352F77D4" w14:textId="0EADAFE5" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="352F77D4" w14:textId="0EADAFE5" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, skip to question </w:t>
       </w:r>
-      <w:r w:rsidR="0089065A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0089065A" w:rsidRPr="006B2EFC">
         <w:t>11</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>c.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7914CD30" w14:textId="19629AC5" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...6 lines deleted...]
-      <w:r w:rsidR="00912405" w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7914CD30" w14:textId="19629AC5" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">, list </w:t>
+      </w:r>
+      <w:r w:rsidR="00912405" w:rsidRPr="006B2EFC">
         <w:t>the spouse’s name</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> and date of birth.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E10AE17" w14:textId="25CD815D" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2E10AE17" w14:textId="25CD815D" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">b. Does this person plan to file a joint federal tax return with a spouse for the tax year for which this person is applying? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50F36160" w14:textId="0F08CAF2" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...6 lines deleted...]
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+    <w:p w14:paraId="50F36160" w14:textId="0F08CAF2" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>c. Will</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> this person claim any dependents on this person's federal income tax return for the year for which this person is applying? </w:t>
+      </w:r>
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23EB827C" w14:textId="7D7B0550" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="23EB827C" w14:textId="7D7B0550" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">This person will claim a personal exemption deduction on </w:t>
       </w:r>
-      <w:r w:rsidR="003866FE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003866FE" w:rsidRPr="006B2EFC">
         <w:t>their</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> federal income tax return for any individual listed on this application as a dependent who is enrolled in coverage through the Massachusetts Health Connector and whose premium for coverage is paid in whole or in part by advance payments. List the name(s) and date(s) of birth of dependents. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CF98406" w14:textId="407E6FAD" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...6 lines deleted...]
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1CF98406" w14:textId="407E6FAD" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>d. Will</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> this person be claimed as a dependent on someone else's federal income tax return for the year for which this person is applying? </w:t>
+      </w:r>
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B4A9DC4" w14:textId="04FD974A" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2B4A9DC4" w14:textId="04FD974A" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If this person is claimed by someone else as a dependent on their federal income tax return, this may affect this person's ability to receive a premium tax credit. Do not answer </w:t>
       </w:r>
-      <w:r w:rsidR="00897CDD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00897CDD" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Yes </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">to this question if this person is a child under the age of 21 being claimed by a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>noncustodial</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> parent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68933BE5" w14:textId="6643FF30" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00897CDD" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00897CDD" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>, please list the name of the tax filer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="736DBC45" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="736DBC45" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Tax filer date of birth </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53DC9B7A" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="53DC9B7A" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">How is this person related to the tax </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>filer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51456D43" w14:textId="031066B0" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Is the tax filer married, filing a joint return? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F7D8A4A" w14:textId="76D83A2D" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6F7D8A4A" w14:textId="76D83A2D" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00897CDD" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00897CDD" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, list </w:t>
       </w:r>
-      <w:r w:rsidR="00912405" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00912405" w:rsidRPr="006B2EFC">
         <w:t>the spouse’s name</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> and date of birth.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E2F28C0" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3E2F28C0" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Who else does the tax filer claim as dependents?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="323B2EEF" w14:textId="602C89C1" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="323B2EEF" w14:textId="602C89C1" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> Is this person filing taxes separately because they are a victim of domestic abuse or abandonment? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="238450DB" w14:textId="24EF422A" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="238450DB" w14:textId="24EF422A" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>12</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Is this person applying for health or dental coverage? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00897CDD" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00897CDD" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, answer all the questions below. If </w:t>
       </w:r>
-      <w:r w:rsidR="00897CDD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00897CDD" w:rsidRPr="006B2EFC">
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, answer Questions </w:t>
       </w:r>
-      <w:r w:rsidR="0089065A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0089065A" w:rsidRPr="006B2EFC">
         <w:t>18</w:t>
       </w:r>
-      <w:r w:rsidR="00077EB5" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00077EB5" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="0089065A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0089065A" w:rsidRPr="006B2EFC">
         <w:t>19</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>, then go to Income Information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="261EA6B8" w14:textId="288285FE" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="261EA6B8" w14:textId="288285FE" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>13</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Is this person a </w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D" w:rsidDel="008673DB">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC" w:rsidDel="008673DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">citizen or </w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D" w:rsidDel="008673DB">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC" w:rsidDel="008673DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">national? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00EEAD6D" w14:textId="6BFE327F" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00077EB5" w:rsidP="00981626">
-[...6 lines deleted...]
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+    <w:p w14:paraId="00EEAD6D" w14:textId="6BFE327F" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00077EB5" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>, is this person a naturalized</w:t>
       </w:r>
-      <w:r w:rsidR="0043680D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0043680D" w:rsidRPr="006B2EFC">
         <w:t>, derived, or acquired</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> citizen (not born in the </w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">)? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A16A251" w14:textId="77777777" w:rsidR="00077EB5" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1A16A251" w14:textId="77777777" w:rsidR="00077EB5" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Alien number </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F7FD423" w14:textId="0A3122F4" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5F7FD423" w14:textId="0A3122F4" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Naturalization or citizenship certificate number</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45FA1CA1" w14:textId="77FC417D" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="45FA1CA1" w14:textId="77FC417D" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="008724A1" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008724A1" w:rsidRPr="006B2EFC">
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>. If this person is a noncitizen, do</w:t>
       </w:r>
-      <w:r w:rsidR="000C0013" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="000C0013" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> they</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> have an eligible immigration status? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27293098" w14:textId="4D633C9D" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="27293098" w14:textId="4D633C9D" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">See instructions for Question </w:t>
       </w:r>
-      <w:r w:rsidR="0089065A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0089065A" w:rsidRPr="006B2EFC">
         <w:t>14</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> under Person 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="723A0478" w14:textId="1988073C" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="723A0478" w14:textId="1988073C" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">a. If </w:t>
       </w:r>
-      <w:r w:rsidR="00077EB5" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00077EB5" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, does this person have an immigration document? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36CA53D9" w14:textId="381EDBDE" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="36CA53D9" w14:textId="381EDBDE" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Status award date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">) (For battered </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">, enter the date the petition was approved as properly filed.) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AFF872C" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Immigration status </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52F8C2BC" w14:textId="5BD83F5E" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="52F8C2BC" w14:textId="5BD83F5E" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Immigration document type </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Choose one or more document status</w:t>
       </w:r>
-      <w:r w:rsidR="00A15F4C" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A15F4C" w:rsidRPr="006B2EFC">
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> and types from the list on page 2</w:t>
       </w:r>
-      <w:r w:rsidR="0003796E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0003796E" w:rsidRPr="006B2EFC">
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C537C04" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2C537C04" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Document ID number </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19C97781" w14:textId="61A8B014" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="19C97781" w14:textId="61A8B014" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Alien number </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60FA3F5E" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="60FA3F5E" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Passport or document expiration date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B5DD921" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Country </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A5FBAFA" w14:textId="3AD2C247" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5A5FBAFA" w14:textId="3AD2C247" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">b. Did this person use the same name on this application that </w:t>
       </w:r>
-      <w:r w:rsidR="000C0013" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="000C0013" w:rsidRPr="006B2EFC">
         <w:t>they</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> did to get </w:t>
       </w:r>
-      <w:r w:rsidR="00077EB5" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00077EB5" w:rsidRPr="006B2EFC">
         <w:t>their</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> immigration status? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2594E98E" w14:textId="31C9A921" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2594E98E" w14:textId="31C9A921" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00077EB5" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00077EB5" w:rsidRPr="006B2EFC">
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>, what name did this person use? First</w:t>
       </w:r>
-      <w:r w:rsidR="004852EE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004852EE" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> name</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>, middle</w:t>
       </w:r>
-      <w:r w:rsidR="004852EE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004852EE" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> name</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, last </w:t>
       </w:r>
-      <w:r w:rsidR="004852EE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004852EE" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">name, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>and suffix</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CD0B32B" w14:textId="73FE89E5" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5CD0B32B" w14:textId="73FE89E5" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">c. Did this person arrive in the </w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D" w:rsidDel="008673DB">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC" w:rsidDel="008673DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">after August 22, 1996? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D765681" w14:textId="33DB6EB0" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4D765681" w14:textId="33DB6EB0" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">d. Is this person an honorably discharged veteran or </w:t>
       </w:r>
-      <w:r w:rsidR="00077EB5" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00077EB5" w:rsidRPr="006B2EFC">
         <w:t>active-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">duty member of the </w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D" w:rsidDel="008673DB">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC" w:rsidDel="008673DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">military, or the spouse or child of an honorably discharged veteran or an active-duty member of the </w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D" w:rsidDel="008673DB">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC" w:rsidDel="008673DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">military? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1980BF9F" w14:textId="43BB12AC" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1980BF9F" w14:textId="43BB12AC" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">e. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Optional</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">: Is this person a </w:t>
       </w:r>
-      <w:r w:rsidR="00051CAF" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00051CAF" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidR="00051CAF" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00051CAF" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>victim of severe</w:t>
       </w:r>
-      <w:r w:rsidR="00FE7882" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00FE7882" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> trafficking</w:t>
       </w:r>
-      <w:r w:rsidR="006B0E61" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006B0E61" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r w:rsidR="00051CAF" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00051CAF" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidR="00051CAF" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00051CAF" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>spouse, child, sibling, or parent of a trafficking victim</w:t>
       </w:r>
-      <w:r w:rsidR="006B0E61" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006B0E61" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r w:rsidR="00051CAF" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00051CAF" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidR="00051CAF" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00051CAF" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>battered spouse</w:t>
       </w:r>
-      <w:r w:rsidR="006B0E61" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006B0E61" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r w:rsidR="008D5A48" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008D5A48" w:rsidRPr="006B2EFC">
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00C074B0" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C074B0" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C074B0" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C074B0" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidR="008D5A48" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008D5A48" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">child or parent of </w:t>
       </w:r>
-      <w:r w:rsidR="00C074B0" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C074B0" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">battered spouse? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B43F2DA" w14:textId="1193F72C" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7B43F2DA" w14:textId="1193F72C" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>15</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>. Does this person live with at least one child younger than 19, and is this person the main person taking care of this child</w:t>
       </w:r>
-      <w:r w:rsidR="00223B76" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00223B76" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or children</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78C888F5" w14:textId="79DAA824" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="78C888F5" w14:textId="79DAA824" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Name(s) and date(s) of birth of child</w:t>
       </w:r>
-      <w:r w:rsidR="00223B76" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00223B76" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or children</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="403B1145" w14:textId="2046A000" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="403B1145" w14:textId="2046A000" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>16</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Is this person living in Massachusetts, and does this person either intend to reside here, even if </w:t>
       </w:r>
-      <w:r w:rsidR="000C0013" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="000C0013" w:rsidRPr="006B2EFC">
         <w:t>they</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> do not have a fixed address, or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t>has</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> this person </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t>entered</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> Massachusetts with a job commitment or seeking employment? </w:t>
+      </w:r>
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35125E0E" w14:textId="2FB62067" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="35125E0E" w14:textId="2FB62067" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If this person is visiting Massachusetts for personal pleasure or for the purposes of receiving medical care in a setting other than a nursing facility, you must answer </w:t>
       </w:r>
-      <w:r w:rsidR="00077EB5" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00077EB5" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">No </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>to this question.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CAF1EB2" w14:textId="7259A014" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1CAF1EB2" w14:textId="7259A014" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>17</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Does this person have an injury, illness, or disability (including a disabling mental health condition) that has lasted or is expected to last for at least 12 months? If legally blind, answer </w:t>
       </w:r>
-      <w:r w:rsidR="00077EB5" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00077EB5" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="053963D1" w14:textId="20673173" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="053963D1" w14:textId="20673173" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>18</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Does this person need reasonable accommodation because of a disability or an injury? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00077EB5" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00077EB5" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, complete the rest of this application, including Supplement C: Accommodation. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05B6F18A" w14:textId="197FAECD" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="05B6F18A" w14:textId="197FAECD" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>19</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Is this person pregnant? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00A15F4C" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A15F4C" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, how many babies </w:t>
       </w:r>
-      <w:r w:rsidR="000C0013" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="000C0013" w:rsidRPr="006B2EFC">
         <w:t>are they</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> expecting? What is the expected due date?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BE38CFD" w14:textId="21616FE1" w:rsidR="00AA36BC" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3BE38CFD" w14:textId="21616FE1" w:rsidR="00AA36BC" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t>Optional  Does</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> this person have breast or cervical cancer?</w:t>
+      </w:r>
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>(Special coverage rules may apply.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="565CFFD7" w14:textId="1C5B7D5A" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="565CFFD7" w14:textId="1C5B7D5A" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>21</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Optional Is this person HIV positive? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>(MassHealth has special coverage rules for people with HIV.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48CFCA99" w14:textId="687902CB" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="48CFCA99" w14:textId="687902CB" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>22</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Was this person ever in foster care? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="669C3435" w14:textId="79EE8AC0" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="669C3435" w14:textId="79EE8AC0" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">a. If </w:t>
       </w:r>
-      <w:r w:rsidR="00077EB5" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00077EB5" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>, in what state was this person in foster care?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="118BD349" w14:textId="440E52B6" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="118BD349" w14:textId="2758F6EB" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">b. Was this person getting </w:t>
       </w:r>
-      <w:r w:rsidR="00B25F37" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00CE0A5B" w:rsidRPr="006B2EFC">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> through a state Medicaid program? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C355EED" w14:textId="7487F797" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="3C355EED" w14:textId="7487F797" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>INCOME INFORMATION</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FE7882" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00FE7882" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">(You may send proof of all household income with this application.) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="668787E8" w14:textId="59E4FFE0" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="668787E8" w14:textId="59E4FFE0" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Does this person have any income? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00BD2D3B" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BD2D3B" w:rsidRPr="006B2EFC">
         <w:t>this person doesn’t</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> have any income, skip to </w:t>
       </w:r>
-      <w:r w:rsidR="0089065A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0089065A" w:rsidRPr="006B2EFC">
         <w:t>Q</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">uestion </w:t>
       </w:r>
-      <w:r w:rsidR="0089065A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0089065A" w:rsidRPr="006B2EFC">
         <w:t>37</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6382EA2F" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="6382EA2F" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>EMPLOYMENT</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>If this person needs more space, attach another sheet of paper.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="305EEBEF" w14:textId="6CC50FB7" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
+    <w:p w14:paraId="305EEBEF" w14:textId="6CC50FB7" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>24</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. CURRENT JOB 1: </w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>Employer name and addres</w:t>
       </w:r>
-      <w:r w:rsidR="00723E8C" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00723E8C" w:rsidRPr="006B2EFC">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>Federal Tax ID#</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63F0DA5E" w14:textId="1E0A4239" w:rsidR="00FD0DE0" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="63F0DA5E" w14:textId="1E0A4239" w:rsidR="00FD0DE0" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. a. Wages/tips (before taxes) $ </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Weekly Every 2 weeks Twice a month Monthly Quarterly Yearly </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>(Subtract any pretax deductions, such as nontaxable health insurance premiums.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="448E0804" w14:textId="0A9B405B" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="448E0804" w14:textId="0A9B405B" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>b. Income effective date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17D65347" w14:textId="49E407F7" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="17D65347" w14:textId="49E407F7" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>. Average number of hours worked each WEEK</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14458BC2" w14:textId="443C6D27" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="14458BC2" w14:textId="443C6D27" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>27</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Is this person seasonally employed? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B0F5776" w14:textId="6FAD3F9C" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4B0F5776" w14:textId="6FAD3F9C" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00FD0DE0" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FD0DE0" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>, which months does this person work in a calendar year? Jan. Feb. March April May June July August Sept. Oct. Nov. Dec.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="269B165F" w14:textId="679CA1C0" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="269B165F" w14:textId="679CA1C0" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>28</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>CURRENT JOB 2</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>Employer name and address</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>Federal Tax ID#</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26B5FF73" w14:textId="4420AE1A" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="26B5FF73" w14:textId="4420AE1A" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>29</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. a. Wages/tips (before taxes) $ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F159673" w14:textId="010086A7" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2F159673" w14:textId="010086A7" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Weekly Every 2 weeks Twice a month Monthly Quarterly Yearly (Subtract any pretax deductions, such as nontaxable health insurance premiums.) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A39920A" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6A39920A" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>b. Income effective date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DA488C9" w14:textId="5EA56C2B" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3DA488C9" w14:textId="5EA56C2B" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>30</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Average number of hours worked each WEEK </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C206A39" w14:textId="3B704EEA" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6C206A39" w14:textId="3B704EEA" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>31</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Is this person seasonally employed? </w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004B71DE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B71DE" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3297F96E" w14:textId="0C1801F2" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3297F96E" w14:textId="0C1801F2" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00C8622A" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C8622A" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>, which months does this person work in a calendar year? Jan. Feb. March April May June July August Sept. Oct. Nov. Dec.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B48BA05" w14:textId="6CEE40BB" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0B48BA05" w14:textId="6CEE40BB" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>32</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>SELF-EMPLOYMENT</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">: Is this person </w:t>
       </w:r>
-      <w:r w:rsidR="00C8622A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8622A" w:rsidRPr="006B2EFC">
         <w:t>self-</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">employed? </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0015091E" w14:textId="0873A461" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0015091E" w14:textId="0873A461" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">a. If </w:t>
       </w:r>
-      <w:r w:rsidR="00C8622A" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C8622A" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, what type of work does this person do? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="420B7953" w14:textId="7992BBF8" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="420B7953" w14:textId="7992BBF8" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>b. On average, how much net income (profits or losses after business expenses are paid) will this person get from this self-employment each month? $</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">month profit </w:t>
       </w:r>
-      <w:r w:rsidR="00C8622A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8622A" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">month loss? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D3A2C2F" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4D3A2C2F" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>c. How many hours does this person work per week?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BBDF60B" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="4BBDF60B" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">OTHER INCOME </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5194DE36" w14:textId="0C3A72DD" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5194DE36" w14:textId="0C3A72DD" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>33</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>. Check all that apply</w:t>
       </w:r>
-      <w:r w:rsidR="004852EE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004852EE" w:rsidRPr="006B2EFC">
         <w:t>. State</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> the amount and how often this person gets it. NOTE: You do not need to tell us about child support, nontaxable veteran’s payments, Supplemental Security Income (SSI), or most workers’ compensation income. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="571D8BC4" w14:textId="3955329F" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="571D8BC4" w14:textId="3955329F" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Social </w:t>
       </w:r>
-      <w:r w:rsidR="00A70016" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A70016" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Security </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>benefits $ How often?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2387C95A" w14:textId="3D24F142" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2387C95A" w14:textId="3D24F142" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Unemployment $ How often?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B4451CC" w14:textId="4D4839E2" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="003F687E" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2B4451CC" w14:textId="4D4839E2" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="003F687E" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Retirement or pension </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>$ How often? Source</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7702B940" w14:textId="66E162D3" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7702B940" w14:textId="66E162D3" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Interest, dividends, and other investment income $ How often?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="473052FE" w14:textId="5FEE2BDB" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="473052FE" w14:textId="5FEE2BDB" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Taxable veteran’s benefits $ How often?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23ECAA73" w14:textId="4F155915" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="23ECAA73" w14:textId="4F155915" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Taxable military retirement </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>pay</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> $ How often?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4953BEE4" w14:textId="01076362" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Alimony received $ How often?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CCF04C0" w14:textId="137C5788" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2CCF04C0" w14:textId="137C5788" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If this person is receiving alimony payments </w:t>
       </w:r>
-      <w:r w:rsidR="00D01ADE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D01ADE" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">from </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>a divorce, separation agreement, or court order that was finalized before January 1, 2019, enter the amount of those payments here. $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CF5FE03" w14:textId="2436C756" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1CF5FE03" w14:textId="2436C756" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Other taxable income $ How often? Type</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="241E7EC6" w14:textId="59B07A69" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="241E7EC6" w14:textId="59B07A69" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Net rental </w:t>
       </w:r>
-      <w:r w:rsidR="00B12F6D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00B12F6D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">or royalty </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">income $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>profit</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>loss</w:t>
       </w:r>
-      <w:r w:rsidR="00BD2D3B" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BD2D3B" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BD2D3B" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BD2D3B" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>How often?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40F248EC" w14:textId="315761DA" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="40F248EC" w14:textId="315761DA" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Capital gains: On average, how much net income or loss will </w:t>
       </w:r>
-      <w:r w:rsidR="00C8622A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8622A" w:rsidRPr="006B2EFC">
         <w:t>this person</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> get from this capital gain each month? $</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>profit</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or $</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>loss</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29E45B28" w14:textId="2087356F" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="29E45B28" w14:textId="2087356F" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Net farming or fishing income $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>profit</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or $</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>loss</w:t>
       </w:r>
-      <w:r w:rsidR="005A4FBA" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="005A4FBA" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C85938" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C85938" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>How many hours each week?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FF2CEB3" w14:textId="4BA233A8" w:rsidR="0053097C" w:rsidRPr="00EF293D" w:rsidRDefault="0053097C" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6FF2CEB3" w14:textId="4BA233A8" w:rsidR="0053097C" w:rsidRPr="006B2EFC" w:rsidRDefault="0053097C" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Lottery and gambling winnings Effective Date </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50F091DA" w14:textId="6A34C0D1" w:rsidR="0053097C" w:rsidRPr="00EF293D" w:rsidRDefault="0053097C" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="50F091DA" w14:textId="6A34C0D1" w:rsidR="0053097C" w:rsidRPr="006B2EFC" w:rsidRDefault="0053097C" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">How often? </w:t>
       </w:r>
-      <w:r w:rsidR="00FE7882" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00FE7882" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>One time only</w:t>
       </w:r>
-      <w:r w:rsidR="00FE7882" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00FE7882" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Weekly</w:t>
       </w:r>
-      <w:r w:rsidR="00FE7882" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00FE7882" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Every two weeks</w:t>
       </w:r>
-      <w:r w:rsidR="00FE7882" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00FE7882" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Twice a month</w:t>
       </w:r>
-      <w:r w:rsidR="00940045" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00940045" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Monthly</w:t>
       </w:r>
-      <w:r w:rsidR="00FE7882" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00FE7882" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Yearly</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1896CEC1" w14:textId="3145A577" w:rsidR="0053097C" w:rsidRPr="00EF293D" w:rsidRDefault="0053097C" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1896CEC1" w14:textId="3145A577" w:rsidR="0053097C" w:rsidRPr="006B2EFC" w:rsidRDefault="0053097C" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
-        <w:t>Non-cash prizes are not counted as qualified lottery and gambling winnings. Do not include any losses in the amount.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3889C3B5" w14:textId="364DCD0F" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+        <w:t xml:space="preserve">Non-cash prizes are not counted as qualified </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>lottery</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> and gambling winnings. Do not include any losses in the amount.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3889C3B5" w14:textId="364DCD0F" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>ONE-TIME</w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>ONLY INCOME</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1825B6BF" w14:textId="4EC074B4" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1825B6BF" w14:textId="4EC074B4" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>34</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>. Has or will this person receive income during this calendar ye</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
         <w:t>ar as a one-time</w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">only payment? </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79E07581" w14:textId="53C4FBCA" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="005A4FBA" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="79E07581" w14:textId="53C4FBCA" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="005A4FBA" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>An e</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">xample might be a lump-sum pension payment. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3308D7F1" w14:textId="08FF7539" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3308D7F1" w14:textId="08FF7539" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00C8622A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8622A" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">es: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Type:</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Amount $</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Month </w:t>
       </w:r>
-      <w:r w:rsidR="00270FC2" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00270FC2" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">received </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Year received</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7550F89D" w14:textId="5C0B1CA9" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7550F89D" w14:textId="5C0B1CA9" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>35</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>. Will this person receive income during the next calendar year as a one-time</w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">only payment? </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E5E847D" w14:textId="5DD5AE4A" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3E5E847D" w14:textId="5DD5AE4A" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00C8622A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8622A" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">es: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Type:</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Amount $</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Month </w:t>
       </w:r>
-      <w:r w:rsidR="00270FC2" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00270FC2" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">received </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Year received</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B0D8727" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="4B0D8727" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">DEDUCTIONS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6106B18B" w14:textId="26EBB343" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6106B18B" w14:textId="26EBB343" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>36</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>. What deductions do</w:t>
       </w:r>
-      <w:r w:rsidR="000C0013" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="000C0013" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> they</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> report on their income tax return? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EA309AC" w14:textId="3B48CEB5" w:rsidR="00D545B4" w:rsidRPr="00EF293D" w:rsidRDefault="00D545B4" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3EA309AC" w14:textId="3B48CEB5" w:rsidR="00D545B4" w:rsidRPr="006B2EFC" w:rsidRDefault="00D545B4" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">See instructions for Question </w:t>
       </w:r>
-      <w:r w:rsidR="0089065A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0089065A" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">36 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>under Person 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58D5FB2F" w14:textId="6AEF7945" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="58D5FB2F" w14:textId="6AEF7945" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Educator expenses: Yearly </w:t>
       </w:r>
-      <w:r w:rsidR="00C8622A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8622A" w:rsidRPr="006B2EFC">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>mount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2412242D" w14:textId="0F9C1224" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="2412242D" w14:textId="0F9C1224" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Certain business expenses of reservists, performing artists, or fee-based government officials: Yearly </w:t>
       </w:r>
-      <w:r w:rsidR="00C8622A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8622A" w:rsidRPr="006B2EFC">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>mount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67028D9D" w14:textId="3601F8C8" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="67028D9D" w14:textId="3601F8C8" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Health Savings Account deduction: Yearly </w:t>
       </w:r>
-      <w:r w:rsidR="00C8622A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8622A" w:rsidRPr="006B2EFC">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>mount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67FFB3DF" w14:textId="0C0F4F4F" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="67FFB3DF" w14:textId="0C0F4F4F" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Moving expenses for members of the Armed Forces: Yearly </w:t>
       </w:r>
-      <w:r w:rsidR="00C8622A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8622A" w:rsidRPr="006B2EFC">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>mount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57A46B2B" w14:textId="2140785B" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="57A46B2B" w14:textId="2140785B" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Deductible part of self-employment tax: Yearly </w:t>
       </w:r>
-      <w:r w:rsidR="00C8622A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8622A" w:rsidRPr="006B2EFC">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>mount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59B045CF" w14:textId="56E843DF" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008545A6" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="59B045CF" w14:textId="56E843DF" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008545A6" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Contribution to s</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">elf-employed SEP, SIMPLE, and qualified plans: Yearly </w:t>
       </w:r>
-      <w:r w:rsidR="00C8622A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8622A" w:rsidRPr="006B2EFC">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>mount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A72F355" w14:textId="1A8CD46D" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5A72F355" w14:textId="1A8CD46D" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Self-employed health insurance deduction: Yearly </w:t>
       </w:r>
-      <w:r w:rsidR="00C8622A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8622A" w:rsidRPr="006B2EFC">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>mount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06EDFB9E" w14:textId="19D92137" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="06EDFB9E" w14:textId="19D92137" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Penalty on early withdrawal of savings: Yearly </w:t>
       </w:r>
-      <w:r w:rsidR="00C8622A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8622A" w:rsidRPr="006B2EFC">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>mount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72DA99E9" w14:textId="1616180E" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="72DA99E9" w14:textId="1616180E" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Alimony paid</w:t>
       </w:r>
-      <w:r w:rsidR="00207519" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00207519" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D01ADE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D01ADE" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">from </w:t>
       </w:r>
-      <w:r w:rsidR="00207519" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00207519" w:rsidRPr="006B2EFC">
         <w:t>a divorce, separation agreement, or court order that was finalized before January 1, 2019</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">: Yearly </w:t>
       </w:r>
-      <w:r w:rsidR="00C8622A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8622A" w:rsidRPr="006B2EFC">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>mount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="474F84B8" w14:textId="06BD5F65" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="474F84B8" w14:textId="06BD5F65" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Individual Retirement Account (IRA) deduction: Yearly </w:t>
       </w:r>
-      <w:r w:rsidR="00C8622A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8622A" w:rsidRPr="006B2EFC">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>mount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50A35119" w14:textId="1F57B84D" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="50A35119" w14:textId="1F57B84D" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Student loan interest deduction (interest only, not total payment): Yearly </w:t>
       </w:r>
-      <w:r w:rsidR="00C8622A" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C8622A" w:rsidRPr="006B2EFC">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>mount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38D7A005" w14:textId="421AE6D5" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="38D7A005" w14:textId="421AE6D5" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>None</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4322ACD8" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="4322ACD8" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">YEARLY INCOME </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="244DA9D2" w14:textId="732EC686" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="244DA9D2" w14:textId="732EC686" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>37</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. What is this person's total expected income for the current calendar year? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52789E7A" w14:textId="6482FB8A" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="008724A1" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="52789E7A" w14:textId="6482FB8A" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="008724A1" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>38</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>. What is this person's total expected income for next calendar year, if different?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78648935" w14:textId="2D7326EB" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="78648935" w14:textId="2D7326EB" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>THANKS!</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> This is all we need to know about this person. Go to Step 2 Person 3 to add another household member, if needed. Otherwise, go to Step 3</w:t>
       </w:r>
-      <w:r w:rsidR="00F34E04" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00F34E04" w:rsidRPr="006B2EFC">
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> American Indian or Alaska Native (AI/AN) Household Member(s). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="224CC66F" w14:textId="77777777" w:rsidR="00FE7882" w:rsidRPr="00EF293D" w:rsidRDefault="00FE7882" w:rsidP="00981626">
+    <w:p w14:paraId="224CC66F" w14:textId="77777777" w:rsidR="00FE7882" w:rsidRPr="006B2EFC" w:rsidRDefault="00FE7882" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="200"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43F09CC2" w14:textId="27EF4C3F" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="43F09CC2" w14:textId="27EF4C3F" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">STEP 2 Person 3 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00BA848A" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="00BA848A" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">1. First name, middle name, last name, and suffix </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E7B4F3E" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0E7B4F3E" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">2. Relationship to Person 1 Relationship to Person 2 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B9BBE57" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2B9BBE57" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Does this person live with Person 1? Yes No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">If no, list address. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E30EE9B" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5E30EE9B" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>3. Date of birth (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="163E898D" w14:textId="34BCEAA9" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>4. What was this person’s sex assigned at birth?</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Male</w:t>
       </w:r>
-      <w:r w:rsidR="00504EB6">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00504EB6" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Female </w:t>
       </w:r>
-      <w:r w:rsidR="00504EB6">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00504EB6" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>This is usually the sex that was originally listed on their birth certificate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="782FA682" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="782FA682" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Optional: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">See instructions for Questions 5 through 9 under Person 1. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5713C395" w14:textId="069978AC" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5713C395" w14:textId="069978AC" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>5. Which best describes this person’s current gender identity? Select up to five options.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Male </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Female </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Transgender man/trans man </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Transgender woman/trans woman </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Genderqueer/gender nonconforming/nonbinary/neither exclusively male nor female </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Gender identity is not listed   Please specify </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Don’t know </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Choose not to answer </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C431CCC" w14:textId="4BA08107" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2C431CCC" w14:textId="4BA08107" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>6. Which of these describes this person’s current sexual orientation? Select up to five options</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Straight or heterosexual </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Lesbian or gay</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Bisexual </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Queer, pansexual, or questioning </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Sexual orientation is not listed   Please specify</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Don’t know</w:t>
       </w:r>
-      <w:r w:rsidR="00504EB6">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00504EB6" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Choose not to answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B486A4" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="25B486A4" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">7. Is this person of Hispanic or Latino origin or descent?  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="199E14D3" w14:textId="3C6378AE" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="199E14D3" w14:textId="3C6378AE" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Yes, Hispanic or Latino</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
         <w:t>No, not Hispanic or Latino</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
         <w:t>Don’t know</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
         <w:t>Choose not to answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6091B4EC" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6091B4EC" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>8. Race (see page 27)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50D6AC82" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="50D6AC82" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>9. Ethnicity (see page 27)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56A4CAD8" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="56A4CAD8" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">10. Does this person have a Social Security number (SSN)? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">No (optional if not applying) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B06B596" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0B06B596" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">We need a Social Security number (SSN) for every person applying for health coverage who has one. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B70EB4D" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1B70EB4D" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t>For important SSN information and how to apply for an SSN, please see instructions for Question 10 under Person 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55FF981A" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="55FF981A" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">, give us the number. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="497B00F3" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If No, check one of the following reasons. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Illness exception</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Just applied </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Noncitizen exception </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Religious exception </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EE04C83" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0EE04C83" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Is the name on this application the same as the name on this person’s Social Security card? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">If No, what name is on this person’s Social Security card? First name, middle name, last name, and suffix </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DE3F616" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4DE3F616" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">11. If this person gets an Advance Premium Tax Credit (APTC), does this person agree to file a federal tax return for the tax year that the credits are received? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D64822F" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3D64822F" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>See instructions for Question 11 under Person 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53E316E5" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="53E316E5" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">, please answer questions a–d. If No, skip to question d. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49F23684" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">a. Is this person legally married? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C22524C" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6C22524C" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>, skip to question 11c.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BBC2079" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7BBC2079" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>, list the spouse’s name and date of birth.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B36AD53" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">b. Does this person plan to file a joint federal tax return with a spouse for the tax year for which this person is applying? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BA45497" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7BA45497" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>c. Will</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> this person claim any dependents on this person's federal income tax return for the year for which this person is applying? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A4E2667" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6A4E2667" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">This person will claim a personal exemption deduction on their federal income tax return for any individual listed on this application as a dependent who is enrolled in coverage through the Massachusetts Health Connector and whose premium for coverage is paid in whole or in part by advance payments. List the name(s) and date(s) of birth of dependents. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53243FDE" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="53243FDE" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>d. Will</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> this person be claimed as a dependent on someone else's federal income tax return for the year for which this person is applying? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30B30A8E" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="30B30A8E" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
-        <w:t>If this person is claimed by someone else as a dependent on their federal income tax return, this may affect this person's ability to receive a premium tax credit. Do not answer Yes to this question if this person is a child under the age of 21 being claimed by a noncustodial parent.</w:t>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+        <w:t xml:space="preserve">If this person is claimed by someone else as a dependent on their federal income tax return, this may affect this person's ability to receive a premium tax credit. Do not answer Yes to this question if this person is a child under the age of 21 being claimed by a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>noncustodial</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> parent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FA8BA6F" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>, please list the name of the tax filer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67050DC9" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Tax filer date of birth </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47EED393" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="47EED393" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">How is this person related to the tax </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>filer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30379C66" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Is the tax filer married, filing a joint return? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6077C168" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6077C168" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>, list the spouse’s name and date of birth.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D439024" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Who else does the tax filer claim as dependents?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53FD9B5B" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="53FD9B5B" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> Is this person filing taxes separately because they are a victim of domestic abuse or abandonment? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="433DC9A6" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="433DC9A6" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">12. Is this person applying for health or dental coverage? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:br/>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>, answer all the questions below. If No, answer Questions 18 and 19, then go to Income Information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="346DCC1B" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>13. Is this person a US</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D" w:rsidDel="008673DB">
+      <w:r w:rsidRPr="006B2EFC" w:rsidDel="008673DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>citizen or US</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D" w:rsidDel="008673DB">
+      <w:r w:rsidRPr="006B2EFC" w:rsidDel="008673DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">national? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="733C09BD" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...7 lines deleted...]
-        <w:br/>
+    <w:p w14:paraId="733C09BD" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">, is this person a naturalized, derived, or acquired citizen (not born in the US)? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:br/>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="614E8102" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="614E8102" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Alien number </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BB8128E" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1BB8128E" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Naturalization or citizenship certificate number</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FAC897B" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7FAC897B" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">14. If this person is a noncitizen, do they have an eligible immigration status? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="192320DB" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="192320DB" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>See instructions for Question 14 under Person 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73B03E0F" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...7 lines deleted...]
-        <w:br/>
+    <w:p w14:paraId="73B03E0F" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">a. If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">, does this person have an immigration document? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:br/>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B49B0BF" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4B49B0BF" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Status award date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">) (For battered </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">, enter the date the petition was approved as properly filed.) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="650E6D6B" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Immigration status </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7588A07F" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7588A07F" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Immigration document type </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Choose one or more document statuses and types from the list on page 27. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1582274B" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1582274B" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Document ID number </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D2A252A" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3D2A252A" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Alien number </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14E08996" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="14E08996" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Passport or document expiration date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="050B045B" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Country </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12B2C7C4" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="12B2C7C4" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">b. Did this person use the same name on this application that they did to get their immigration status? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FA66039" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6FA66039" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>If No, what name did this person use? First name, middle name, last name, and suffix</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CC6697C" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5CC6697C" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>c. Did this person arrive in the US</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D" w:rsidDel="008673DB">
+      <w:r w:rsidRPr="006B2EFC" w:rsidDel="008673DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">after August 22, 1996? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42C9A0C6" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="42C9A0C6" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>d. Is this person an honorably discharged veteran or active-duty member of the US</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D" w:rsidDel="008673DB">
+      <w:r w:rsidRPr="006B2EFC" w:rsidDel="008673DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>military, or the spouse or child of an honorably discharged veteran or an active-duty member of the US</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D" w:rsidDel="008673DB">
+      <w:r w:rsidRPr="006B2EFC" w:rsidDel="008673DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">military? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C29A6E4" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4C29A6E4" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">e. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Optional</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">: Is this person a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> victim of severe trafficking; </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> spouse, child, sibling, or parent of a trafficking victim; </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> battered spouse; or </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> child or parent of a battered spouse? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74F4664C" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="74F4664C" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">15. Does this person live with at least one child younger than 19, and is this person the main person taking care of this child or children? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F0559E8" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5F0559E8" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Name(s) and date(s) of birth of child or children </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B57137D" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6B57137D" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">16. Is this person living in Massachusetts, and does this person either intend to reside here, even if they do not have a fixed address, or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>has</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> this person </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>entered</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> Massachusetts with a job commitment or seeking employment? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06938612" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="06938612" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>If this person is visiting Massachusetts for personal pleasure or for the purposes of receiving medical care in a setting other than a nursing facility, you must answer No to this question.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="648B0421" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="648B0421" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">17. Does this person have an injury, illness, or disability (including a disabling mental health condition) that has lasted or is expected to last for at least 12 months? If legally blind, answer Yes. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="442A4A8B" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="442A4A8B" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">18. Does this person need reasonable accommodation because of a disability or an injury? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:br/>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">, complete the rest of this application, including Supplement C: Accommodation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="257A8732" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">19. Is this person pregnant? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:br/>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>, how many babies are they expecting? What is the expected due date?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68A154B1" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
-        <w:t>20. Optional  Does this person have breast or cervical cancer?</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+        <w:t xml:space="preserve">20. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Optional  Does</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> this person have breast or cervical cancer?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No (Special coverage rules may apply.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="103AE7BD" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="103AE7BD" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">21. Optional Is this person HIV positive? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No (MassHealth has special coverage rules for people with HIV.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ED9048B" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3ED9048B" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">22. Was this person ever in foster care? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26901BE5" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...15 lines deleted...]
-        <w:br/>
+    <w:p w14:paraId="26901BE5" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">a. If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>, in what state was this person in foster care?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="018ADA0A" w14:textId="1B055C41" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">b. Was this person getting </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE0A5B" w:rsidRPr="006B2EFC">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> through a state Medicaid program? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:br/>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46DB6DCD" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+    <w:p w14:paraId="46DB6DCD" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">INCOME INFORMATION </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">(You may send proof of all household income with this application.) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B1025D7" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6B1025D7" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Does this person have any income? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>If this person doesn’t have any income, skip to Question 37</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6588A2A3" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+    <w:p w14:paraId="6588A2A3" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>EMPLOYMENT</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>If this person needs more space, attach another sheet of paper.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45D43908" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+    <w:p w14:paraId="45D43908" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">24. CURRENT JOB 1: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Employer name and address</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Federal Tax ID#</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="799CBE5F" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="799CBE5F" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. a. Wages/tips (before taxes) $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Weekly Every 2 weeks Twice a month Monthly Quarterly Yearly </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>(Subtract any pretax deductions, such as nontaxable health insurance premiums.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D4033E2" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0D4033E2" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>b. Income effective date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="731311D5" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="731311D5" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>. Average number of hours worked each WEEK</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DA00314" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3DA00314" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>27</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Is this person seasonally employed? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EA2E2EB" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3EA2E2EB" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>, which months does this person work in a calendar year? Jan. Feb. March April May June July August Sept. Oct. Nov. Dec.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09E8243F" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>28</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>CURRENT JOB 2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Employer name and address</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Federal Tax ID#</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29C33451" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="29C33451" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>29</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. a. Wages/tips (before taxes) $ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40BAE071" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="40BAE071" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Weekly Every 2 weeks Twice a month Monthly Quarterly Yearly (Subtract any pretax deductions, such as nontaxable health insurance premiums.) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C4120CC" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5C4120CC" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>b. Income effective date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49941278" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="49941278" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>30</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Average number of hours worked each WEEK </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50954FB2" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="50954FB2" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>31</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Is this person seasonally employed? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B1F5228" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0B1F5228" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>, which months does this person work in a calendar year? Jan. Feb. March April May June July August Sept. Oct. Nov. Dec.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B9F90FD" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>32</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>SELF-EMPLOYMENT</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">: Is this person self-employed? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="438A0630" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="438A0630" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">a. If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">, what type of work does this person do? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="211C35D5" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">b. On average, how much net income (profits or losses after business expenses are paid) will this person get from this self-employment each month? $ month profit or $ month loss? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5249F06A" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5249F06A" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>c. How many hours does this person work per week?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7998E9A5" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+    <w:p w14:paraId="7998E9A5" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">OTHER INCOME </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A4868A8" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7A4868A8" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>33</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Check all that apply. State the amount and how often this person gets it. NOTE: You do not need to tell us about child support, nontaxable veteran’s payments, Supplemental Security Income (SSI), or most workers’ compensation income. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46E3EFD7" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="46E3EFD7" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Social Security benefits $ How often?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3174D9DB" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3174D9DB" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Unemployment $ How often?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AD67CB9" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6AD67CB9" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Retirement or pension $ How often? Source</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="417BC110" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="417BC110" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Interest, dividends, and other investment income $ How often?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43AA6664" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+    <w:p w14:paraId="43AA6664" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Taxable veteran’s benefits $ How often?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B26F386" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7B26F386" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Taxable military retirement </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>pay</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> $ How often?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20595CC9" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Alimony received $ How often?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F493D4C" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1F493D4C" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>If this person is receiving alimony payments from a divorce, separation agreement, or court order that was finalized before January 1, 2019, enter the amount of those payments here. $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57C161E0" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="57C161E0" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Other taxable income $ How often? Type</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30D4C357" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+    <w:p w14:paraId="30D4C357" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Net rental or royalty income $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>profit</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">loss </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>How often?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D56A8D5" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6D56A8D5" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Capital gains: On average, how much net income or loss will this person get from this capital gain each month? $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>profit</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>loss</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3097F77B" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+    <w:p w14:paraId="3097F77B" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Net farming or fishing income $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>profit</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">loss </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>How many hours each week?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50FDE626" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="50FDE626" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Lottery and gambling winnings Effective Date </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3773300C" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3773300C" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">How often? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>One time only</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Weekly</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Every two weeks</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Twice a month</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Monthly</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Yearly</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="590719F2" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="590719F2" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
-        <w:t>Non-cash prizes are not counted as qualified lottery and gambling winnings. Do not include any losses in the amount.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="007B2DBD" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+        <w:t xml:space="preserve">Non-cash prizes are not counted as qualified </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>lottery</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> and gambling winnings. Do not include any losses in the amount.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="007B2DBD" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>ONE-TIME-ONLY INCOME</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10965074" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="10965074" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>34</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Has or will this person receive income during this calendar year as a one-time-only payment? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71992CBC" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="71992CBC" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">An example might be a lump-sum pension payment. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C560F4A" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1C560F4A" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Yes: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Type: Amount $ Month received Year received</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C9543CE" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2C9543CE" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>35</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Will this person receive income during the next calendar year as a one-time-only payment? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7556F8F8" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7556F8F8" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Yes: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Type: Amount $ Month received Year received</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="249A38B5" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+    <w:p w14:paraId="249A38B5" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">DEDUCTIONS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B7E3FE9" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4B7E3FE9" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>36</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. What deductions do they report on their income tax return? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4566A469" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4566A469" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>See instructions for Question 36 under Person 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DBE3706" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+    <w:p w14:paraId="0DBE3706" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Educator expenses: Yearly amount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5551A3B7" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+    <w:p w14:paraId="5551A3B7" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Certain business expenses of reservists, performing artists, or fee-based government officials: Yearly amount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="380288B6" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+    <w:p w14:paraId="380288B6" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Health Savings Account deduction: Yearly amount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="544370CD" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="544370CD" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Moving expenses for members of the Armed Forces: Yearly amount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A4B5BA3" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3A4B5BA3" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Deductible part of self-employment tax: Yearly amount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78075D05" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="78075D05" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Contribution to self-employed SEP, SIMPLE, and qualified plans: Yearly amount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D887CBB" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4D887CBB" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Self-employed health insurance deduction: Yearly amount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0825EBC7" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0825EBC7" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Penalty on early withdrawal of savings: Yearly amount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31D2DC9A" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="31D2DC9A" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Alimony paid from a divorce, separation agreement, or court order that was finalized before January 1, 2019: Yearly amount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0165D957" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0165D957" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Individual Retirement Account (IRA) deduction: Yearly amount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B4F8678" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3B4F8678" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Student loan interest deduction (interest only, not total payment): Yearly amount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74E67558" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="74E67558" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>None</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4830AEC6" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+    <w:p w14:paraId="4830AEC6" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">YEARLY INCOME </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EADBADF" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0EADBADF" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">37. What is this person's total expected income for the current calendar year? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39E6C7CA" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="39E6C7CA" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>38. What is this person's total expected income for next calendar year, if different?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="662FD227" w14:textId="12B971E1" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="662FD227" w14:textId="12B971E1" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>THANKS!</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> This is all we need to know about this person. Go to Step 2 Person 4 to add another household member, if needed. Otherwise, go to Step 3</w:t>
       </w:r>
-      <w:r w:rsidR="00182F7F" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00182F7F" w:rsidRPr="006B2EFC">
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> American Indian or Alaska Native (AI/AN) Household Member(s). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C2238F1" w14:textId="77777777" w:rsidR="00FE7882" w:rsidRPr="00EF293D" w:rsidRDefault="00FE7882" w:rsidP="00981626">
+    <w:p w14:paraId="5C2238F1" w14:textId="77777777" w:rsidR="00FE7882" w:rsidRPr="006B2EFC" w:rsidRDefault="00FE7882" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="200"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="539E0632" w14:textId="7461846D" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="539E0632" w14:textId="7461846D" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">STEP 2 Person 4 (If more than 4 people, this is Person) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="706098CF" w14:textId="1D93FA56" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...6 lines deleted...]
-      <w:r w:rsidR="00DF0B63" w:rsidRPr="00EF293D">
+    <w:p w14:paraId="706098CF" w14:textId="1D93FA56" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">If you </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>have to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> include more than four people on this application, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF0B63" w:rsidRPr="006B2EFC">
         <w:t>download</w:t>
       </w:r>
-      <w:r w:rsidR="00921B02" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00921B02" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>make a copy of blank information pages for Step 2 Person 4 BEFORE you fill them out. When filling out the additional pages</w:t>
       </w:r>
-      <w:r w:rsidR="00825286" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00825286" w:rsidRPr="006B2EFC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> please be sure to tell us how each person is related to each ot</w:t>
       </w:r>
-      <w:r w:rsidR="003F687E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003F687E" w:rsidRPr="006B2EFC">
         <w:t>her person on the application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44D32593" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="44D32593" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">1. First name, middle name, last name, and suffix </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7355534A" w14:textId="13CC39CD" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7355534A" w14:textId="13CC39CD" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">2. Relationship to Person 1 Relationship to Person 2 Relationship to Person 3 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Does this person live with Person 1? Yes No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00850554" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00850554" w:rsidRPr="006B2EFC">
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>o, list address.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="320F0C04" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="320F0C04" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>3. Date of birth (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="064CC51B" w14:textId="62DE8315" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>4. What was this person’s sex assigned at birth?</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Male </w:t>
       </w:r>
-      <w:r w:rsidR="00504EB6">
+      <w:r w:rsidR="00504EB6" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings 2" w:eastAsia="Wingdings 2" w:hAnsi="Wingdings 2" w:cs="Wingdings 2"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Female </w:t>
       </w:r>
-      <w:r w:rsidR="00504EB6">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00504EB6" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>This is usually the sex that was originally listed on their birth certificate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A325382" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4A325382" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Optional: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">See instructions for Questions 5 through 9 under Person 1. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07BA6CA2" w14:textId="3E633D50" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="07BA6CA2" w14:textId="3E633D50" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>5. Which best describes this person’s current gender identity? Select up to five options.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Male </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Female </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Transgender man/trans man </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Transgender woman/trans woman </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Genderqueer/gender nonconforming/nonbinary/neither exclusively male nor female </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Gender identity is not listed   Please specify </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Don’t know </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Choose not to answer </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15E6447E" w14:textId="717AE543" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="15E6447E" w14:textId="717AE543" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>6. Which of these describes this person’s current sexual orientation? Select up to five options</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Straight or heterosexual </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Lesbian or gay</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Bisexual </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Queer, pansexual, or questioning </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Sexual orientation is not listed   Please specify</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Don’t know</w:t>
       </w:r>
-      <w:r w:rsidR="00504EB6">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00504EB6" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Choose not to answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DDE4DBF" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3DDE4DBF" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">7. Is this person of Hispanic or Latino origin or descent?  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1459662A" w14:textId="266F027F" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1459662A" w14:textId="266F027F" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Yes, Hispanic or Latino</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
         <w:t>No, not Hispanic or Latino</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
         <w:t>Don’t know</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
         <w:t>Choose not to answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44B12190" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="44B12190" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>8. Race (see page 27)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A617604" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5A617604" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>9. Ethnicity (see page 27)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67F95616" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="67F95616" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">10. Does this person have a Social Security number (SSN)? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">No (optional if not applying) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="636873A4" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="636873A4" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">We need a Social Security number (SSN) for every person applying for health coverage who has one. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="392938C4" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="392938C4" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>For important SSN information and how to apply for an SSN, please see instructions for Question 10 under Person 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D73770A" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7D73770A" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">, give us the number. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51AAB18B" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If No, check one of the following reasons. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Illness exception</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Just applied </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Noncitizen exception </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Religious exception </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C6A0587" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1C6A0587" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Is the name on this application the same as the name on this person’s Social Security card? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">If No, what name is on this person’s Social Security card? First name, middle name, last name, and suffix </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A62D254" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2A62D254" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">11. If this person gets an Advance Premium Tax Credit (APTC), does this person agree to file a federal tax return for the tax year that the credits are received? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C2BA287" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2C2BA287" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>See instructions for Question 11 under Person 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2106EFDC" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2106EFDC" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">, please answer questions a–d. If No, skip to question d. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="222C8418" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">a. Is this person legally married? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20D456E6" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="20D456E6" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>, skip to question 11c.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D1688A7" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0D1688A7" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>, list the spouse’s name and date of birth.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34853301" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">b. Does this person plan to file a joint federal tax return with a spouse for the tax year for which this person is applying? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75027A03" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="75027A03" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>c. Will</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> this person claim any dependents on this person's federal income tax return for the year for which this person is applying? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B0FBE52" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7B0FBE52" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">This person will claim a personal exemption deduction on their federal income tax return for any individual listed on this application as a dependent who is enrolled in coverage through the Massachusetts Health Connector and whose premium for coverage is paid in whole or in part by advance payments. List the name(s) and date(s) of birth of dependents. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26054C19" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="26054C19" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>d. Will</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> this person be claimed as a dependent on someone else's federal income tax return for the year for which this person is applying? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34451BBF" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="34451BBF" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
-        <w:t>If this person is claimed by someone else as a dependent on their federal income tax return, this may affect this person's ability to receive a premium tax credit. Do not answer Yes to this question if this person is a child under the age of 21 being claimed by a noncustodial parent.</w:t>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+        <w:t xml:space="preserve">If this person is claimed by someone else as a dependent on their federal income tax return, this may affect this person's ability to receive a premium tax credit. Do not answer Yes to this question if this person is a child under the age of 21 being claimed by a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>noncustodial</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> parent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A463EDC" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>, please list the name of the tax filer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53E65AE8" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Tax filer date of birth </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="473A6014" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="473A6014" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">How is this person related to the tax </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>filer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2584CB64" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Is the tax filer married, filing a joint return? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="727B72EC" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="727B72EC" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>, list the spouse’s name and date of birth.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04F4BF66" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Who else does the tax filer claim as dependents?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C5F62AE" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3C5F62AE" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> Is this person filing taxes separately because they are a victim of domestic abuse or abandonment? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="325970A6" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="325970A6" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">12. Is this person applying for health or dental coverage? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:br/>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>, answer all the questions below. If No, answer Questions 18 and 19, then go to Income Information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C435611" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>13. Is this person a US</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D" w:rsidDel="008673DB">
+      <w:r w:rsidRPr="006B2EFC" w:rsidDel="008673DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>citizen or US</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D" w:rsidDel="008673DB">
+      <w:r w:rsidRPr="006B2EFC" w:rsidDel="008673DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">national? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E4981C6" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...7 lines deleted...]
-        <w:br/>
+    <w:p w14:paraId="2E4981C6" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">, is this person a naturalized, derived, or acquired citizen (not born in the US)? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:br/>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55045A3A" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="55045A3A" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Alien number </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23063FFC" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="23063FFC" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Naturalization or citizenship certificate number</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41D16304" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="41D16304" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">14. If this person is a noncitizen, do they have an eligible immigration status? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18D05A56" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="18D05A56" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>See instructions for Question 14 under Person 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C264C78" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...7 lines deleted...]
-        <w:br/>
+    <w:p w14:paraId="0C264C78" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">a. If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">, does this person have an immigration document? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:br/>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3450460D" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3450460D" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Status award date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">) (For battered </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">, enter the date the petition was approved as properly filed.) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="069C2BE1" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Immigration status </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="304C1155" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="304C1155" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Immigration document type </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Choose one or more document statuses and types from the list on page 27. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7141C55D" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7141C55D" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Document ID number </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="033D78AD" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="033D78AD" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Alien number </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="684B29EF" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="684B29EF" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Passport or document expiration date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2694B2A9" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Country </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3196B90A" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3196B90A" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">b. Did this person use the same name on this application that they did to get their immigration status? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E457E95" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7E457E95" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>If No, what name did this person use? First name, middle name, last name, and suffix</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B16250C" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4B16250C" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>c. Did this person arrive in the US</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D" w:rsidDel="008673DB">
+      <w:r w:rsidRPr="006B2EFC" w:rsidDel="008673DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">after August 22, 1996? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B980E35" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2B980E35" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>d. Is this person an honorably discharged veteran or active-duty member of the US</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D" w:rsidDel="008673DB">
+      <w:r w:rsidRPr="006B2EFC" w:rsidDel="008673DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>military, or the spouse or child of an honorably discharged veteran or an active-duty member of the US</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D" w:rsidDel="008673DB">
+      <w:r w:rsidRPr="006B2EFC" w:rsidDel="008673DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">military? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0365E0B9" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0365E0B9" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">e. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Optional</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">: Is this person a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> victim of severe trafficking; </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> spouse, child, sibling, or parent of a trafficking victim; </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> battered spouse; or </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> child or parent of a battered spouse? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="766AC809" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="766AC809" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">15. Does this person live with at least one child younger than 19, and is this person the main person taking care of this child or children? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7988EF43" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7988EF43" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Name(s) and date(s) of birth of child or children </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="154FD00F" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="154FD00F" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">16. Is this person living in Massachusetts, and does this person either intend to reside here, even if they do not have a fixed address, or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>has</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> this person </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>entered</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> Massachusetts with a job commitment or seeking employment? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31ED8686" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="31ED8686" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>If this person is visiting Massachusetts for personal pleasure or for the purposes of receiving medical care in a setting other than a nursing facility, you must answer No to this question.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="004E8991" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="004E8991" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">17. Does this person have an injury, illness, or disability (including a disabling mental health condition) that has lasted or is expected to last for at least 12 months? If legally blind, answer Yes. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60002CB5" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="60002CB5" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">18. Does this person need reasonable accommodation because of a disability or an injury? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:br/>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">, complete the rest of this application, including Supplement C: Accommodation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01BFFBF8" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">19. Is this person pregnant? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:br/>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>, how many babies are they expecting? What is the expected due date?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D31FD49" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
-        <w:t>20. Optional  Does this person have breast or cervical cancer?</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+        <w:t xml:space="preserve">20. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Optional  Does</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> this person have breast or cervical cancer?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No (Special coverage rules may apply.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41CEA919" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="41CEA919" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">21. Optional Is this person HIV positive? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No (MassHealth has special coverage rules for people with HIV.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3039EAD1" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3039EAD1" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">22. Was this person ever in foster care? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38F21963" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...15 lines deleted...]
-        <w:br/>
+    <w:p w14:paraId="38F21963" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">a. If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>, in what state was this person in foster care?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC4AD0D" w14:textId="37B0FD02" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">b. Was this person getting </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE0A5B" w:rsidRPr="006B2EFC">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> through a state Medicaid program? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:br/>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="262FAD82" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+    <w:p w14:paraId="262FAD82" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">INCOME INFORMATION </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">(You may send proof of all household income with this application.) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E200947" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0E200947" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Does this person have any income? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>If this person doesn’t have any income, skip to Question 37</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E10B358" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+    <w:p w14:paraId="7E10B358" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>EMPLOYMENT</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>If this person needs more space, attach another sheet of paper.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61BD2CE7" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+    <w:p w14:paraId="61BD2CE7" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">24. CURRENT JOB 1: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Employer name and address</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Federal Tax ID#</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31709686" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="31709686" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. a. Wages/tips (before taxes) $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Weekly Every 2 weeks Twice a month Monthly Quarterly Yearly </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>(Subtract any pretax deductions, such as nontaxable health insurance premiums.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="474B6F24" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="474B6F24" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>b. Income effective date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33F39777" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="33F39777" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>. Average number of hours worked each WEEK</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23066C7A" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="23066C7A" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>27</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Is this person seasonally employed? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="487C394B" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="487C394B" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>, which months does this person work in a calendar year? Jan. Feb. March April May June July August Sept. Oct. Nov. Dec.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60AEDC31" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>28</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>CURRENT JOB 2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Employer name and address</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Federal Tax ID#</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F423DDC" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2F423DDC" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>29</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. a. Wages/tips (before taxes) $ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B4BF6A4" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1B4BF6A4" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Weekly Every 2 weeks Twice a month Monthly Quarterly Yearly (Subtract any pretax deductions, such as nontaxable health insurance premiums.) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C41C3A0" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4C41C3A0" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>b. Income effective date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11FAA6FF" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="11FAA6FF" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>30</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Average number of hours worked each WEEK </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57E53E41" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="57E53E41" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>31</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Is this person seasonally employed? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1092379B" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1092379B" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>, which months does this person work in a calendar year? Jan. Feb. March April May June July August Sept. Oct. Nov. Dec.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="546BEFAD" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>32</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>SELF-EMPLOYMENT</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">: Is this person self-employed? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD6ACCB" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4BD6ACCB" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">a. If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">, what type of work does this person do? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05AFC5A3" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">b. On average, how much net income (profits or losses after business expenses are paid) will this person get from this self-employment each month? $ month profit or $ month loss? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="433DA22E" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="433DA22E" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>c. How many hours does this person work per week?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E839FBF" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+    <w:p w14:paraId="2E839FBF" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">OTHER INCOME </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A941E7C" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0A941E7C" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>33</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Check all that apply. State the amount and how often this person gets it. NOTE: You do not need to tell us about child support, nontaxable veteran’s payments, Supplemental Security Income (SSI), or most workers’ compensation income. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F622215" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6F622215" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Social Security benefits $ How often?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22C271D2" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="22C271D2" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Unemployment $ How often?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1895583D" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1895583D" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Retirement or pension $ How often? Source</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3466D28F" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3466D28F" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Interest, dividends, and other investment income $ How often?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67A88CD7" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+    <w:p w14:paraId="67A88CD7" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Taxable veteran’s benefits $ How often?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48300C97" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="48300C97" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Taxable military retirement </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>pay</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> $ How often?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="765FD9B0" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Alimony received $ How often?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="562F3729" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="562F3729" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>If this person is receiving alimony payments from a divorce, separation agreement, or court order that was finalized before January 1, 2019, enter the amount of those payments here. $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C641468" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6C641468" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Other taxable income $ How often? Type</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="566FC4ED" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+    <w:p w14:paraId="566FC4ED" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Net rental or royalty income $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>profit</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">loss </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>How often?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18E2AEB6" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="18E2AEB6" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Capital gains: On average, how much net income or loss will this person get from this capital gain each month? $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>profit</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>loss</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B554433" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+    <w:p w14:paraId="4B554433" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Net farming or fishing income $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>profit</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">loss </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>How many hours each week?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21262854" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="21262854" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Lottery and gambling winnings Effective Date </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FE5E326" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4FE5E326" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">How often? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>One time only</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Weekly</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Every two weeks</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Twice a month</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Monthly</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Yearly</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41481154" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="41481154" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
-        <w:t>Non-cash prizes are not counted as qualified lottery and gambling winnings. Do not include any losses in the amount.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="04CDAC45" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+        <w:t xml:space="preserve">Non-cash prizes are not counted as qualified </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>lottery</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> and gambling winnings. Do not include any losses in the amount.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04CDAC45" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>ONE-TIME-ONLY INCOME</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="615683FE" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="615683FE" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>34</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Has or will this person receive income during this calendar year as a one-time-only payment? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F129890" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4F129890" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">An example might be a lump-sum pension payment. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1773BEBB" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1773BEBB" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Yes: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Type: Amount $ Month received Year received</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E68CD6C" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4E68CD6C" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>35</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Will this person receive income during the next calendar year as a one-time-only payment? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="259D78A2" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="259D78A2" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Yes: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Type: Amount $ Month received Year received</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2529B4DF" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+    <w:p w14:paraId="2529B4DF" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">DEDUCTIONS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C0C9691" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4C0C9691" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>36</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. What deductions do they report on their income tax return? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19F9246D" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="19F9246D" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>See instructions for Question 36 under Person 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05F724B8" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+    <w:p w14:paraId="05F724B8" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Educator expenses: Yearly amount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75486661" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+    <w:p w14:paraId="75486661" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Certain business expenses of reservists, performing artists, or fee-based government officials: Yearly amount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="758C98A3" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+    <w:p w14:paraId="758C98A3" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Health Savings Account deduction: Yearly amount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DC899BB" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2DC899BB" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Moving expenses for members of the Armed Forces: Yearly amount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03BE5FCC" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="03BE5FCC" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Deductible part of self-employment tax: Yearly amount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="396DC5D0" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="396DC5D0" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Contribution to self-employed SEP, SIMPLE, and qualified plans: Yearly amount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="434A98F3" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="434A98F3" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Self-employed health insurance deduction: Yearly amount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FDA7AB2" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1FDA7AB2" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Penalty on early withdrawal of savings: Yearly amount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BA1BF08" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1BA1BF08" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Alimony paid from a divorce, separation agreement, or court order that was finalized before January 1, 2019: Yearly amount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="272A4A82" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="272A4A82" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Individual Retirement Account (IRA) deduction: Yearly amount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C792456" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1C792456" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Student loan interest deduction (interest only, not total payment): Yearly amount $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E73B92D" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6E73B92D" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>None</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6893ED8E" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
+    <w:p w14:paraId="6893ED8E" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">YEARLY INCOME </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E0D4452" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0E0D4452" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">37. What is this person's total expected income for the current calendar year? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E02A833" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="00EF293D" w:rsidRDefault="00EF293D" w:rsidP="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2E02A833" w14:textId="77777777" w:rsidR="00EF293D" w:rsidRPr="006B2EFC" w:rsidRDefault="00EF293D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>38. What is this person's total expected income for next calendar year, if different?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B15BB3F" w14:textId="2809C63A" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7B15BB3F" w14:textId="2809C63A" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>THANKS!</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> This is all we need to know about this person. Please go to Step 3</w:t>
       </w:r>
-      <w:r w:rsidR="005538BB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="005538BB" w:rsidRPr="006B2EFC">
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> American Indian or Alaska Native (AI/AN) Household Member(s). </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p w14:paraId="163541A0" w14:textId="77777777" w:rsidR="00FE7882" w:rsidRPr="00EF293D" w:rsidRDefault="00FE7882" w:rsidP="00981626">
+    <w:p w14:paraId="163541A0" w14:textId="77777777" w:rsidR="00FE7882" w:rsidRPr="006B2EFC" w:rsidRDefault="00FE7882" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="200"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1015857B" w14:textId="6E0A24DE" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="1015857B" w14:textId="6E0A24DE" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">STEP 3 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Ameri</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">an Indian or Alaska Native (AI/AN) Household Member(s) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24AE6693" w14:textId="12B1E966" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="24AE6693" w14:textId="12B1E966" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Are you or is anyone in your household an American Indian or Alaska Native? </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51A1D34B" w14:textId="1A228B6C" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="51A1D34B" w14:textId="1A228B6C" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="008C53F6" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008C53F6" w:rsidRPr="006B2EFC">
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>o, skip to Step 4.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B287C2E" w14:textId="38E4DB67" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3B287C2E" w14:textId="38E4DB67" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="008C53F6" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008C53F6" w:rsidRPr="006B2EFC">
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="7A4EA681" w14:textId="49141704" w:rsidR="00FA010D" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>, complete the rest of this application, including Supplement B: American Indian or Alaska Native Household Member.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A4EA681" w14:textId="49141704" w:rsidR="00FA010D" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>STEP 4</w:t>
       </w:r>
-      <w:r w:rsidR="00FA010D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00FA010D" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Previous Medical Bills</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75D003B7" w14:textId="4A529009" w:rsidR="0043680D" w:rsidRPr="00EF293D" w:rsidRDefault="0043680D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="75D003B7" w14:textId="4A529009" w:rsidR="0043680D" w:rsidRPr="006B2EFC" w:rsidRDefault="0043680D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Do you or anyone on this application have bills for medical services they got in the three months before submitting this application? Yes No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21405277" w14:textId="537F00E7" w:rsidR="0043680D" w:rsidRPr="00EF293D" w:rsidRDefault="0043680D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="21405277" w14:textId="537F00E7" w:rsidR="0043680D" w:rsidRPr="006B2EFC" w:rsidRDefault="0043680D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If Yes, </w:t>
       </w:r>
-      <w:r w:rsidR="004A6640" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004A6640" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="004A6640" w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">may be able to pay for these bills if you were eligible during the requested </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">. You may need to give </w:t>
+      </w:r>
+      <w:r w:rsidR="004A6640" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">proof of income, family size, address, disability, pregnancy, or health insurance during the requested </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="482B8867" w14:textId="56233F4D" w:rsidR="0043680D" w:rsidRPr="006B2EFC" w:rsidRDefault="0043680D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Please list below any individuals requesting payment of previous medical bills.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="491CBA40" w14:textId="0D62EF6B" w:rsidR="0043680D" w:rsidRPr="00EF293D" w:rsidRDefault="0043680D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="491CBA40" w14:textId="0D62EF6B" w:rsidR="0043680D" w:rsidRPr="006B2EFC" w:rsidRDefault="0043680D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Name</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Earliest date requested</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00A64268" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00A64268" w:rsidRPr="006B2EFC">
         <w:t>Any change in circumstances during this time?</w:t>
       </w:r>
-      <w:r w:rsidR="00E112E2" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E112E2" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74BA6A4D" w14:textId="3A1BE8DB" w:rsidR="00A64268" w:rsidRPr="00EF293D" w:rsidRDefault="0043680D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="74BA6A4D" w14:textId="3A1BE8DB" w:rsidR="00A64268" w:rsidRPr="006B2EFC" w:rsidRDefault="0043680D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Name</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Earliest date requested</w:t>
       </w:r>
-      <w:r w:rsidR="00A64268" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A64268" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00A64268" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00A64268" w:rsidRPr="006B2EFC">
         <w:t>Any change in circumstances during this time?</w:t>
       </w:r>
-      <w:r w:rsidR="00E112E2" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00E112E2" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B30C5AF" w14:textId="1F817888" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="0043680D" w:rsidP="0047642A">
+    <w:p w14:paraId="1B30C5AF" w14:textId="1F817888" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="0043680D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Hlk183075924"/>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>STEP 5</w:t>
       </w:r>
-      <w:r w:rsidR="00FA010D" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00FA010D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Your Household's Health Coverage </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:p w14:paraId="5ED88303" w14:textId="2D4F4D52" w:rsidR="00A24B37" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...6 lines deleted...]
-      <w:r w:rsidR="00933AD9" w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5ED88303" w14:textId="2D4F4D52" w:rsidR="00A24B37" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">MassHealth regulations require members to obtain and maintain available health insurance, including health insurance available through an employer. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>In order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> determine continued MassHealth eligibility for you and members of your household, we may request additional information from you and your employer about your access to </w:t>
+      </w:r>
+      <w:r w:rsidR="00933AD9" w:rsidRPr="006B2EFC">
         <w:t>employer</w:t>
       </w:r>
-      <w:r w:rsidR="00933AD9" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00933AD9" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">sponsored health insurance coverage. </w:t>
       </w:r>
-      <w:r w:rsidR="00C71499" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C71499" w:rsidRPr="006B2EFC">
         <w:t>We may also</w:t>
       </w:r>
-      <w:r w:rsidR="0063692C" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0063692C" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> share information about you and members </w:t>
       </w:r>
-      <w:r w:rsidR="002A2730" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002A2730" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">of your household with </w:t>
       </w:r>
-      <w:r w:rsidR="00A24B37" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A24B37" w:rsidRPr="006B2EFC">
         <w:t>your employer(s) and /or health insurer(s) to c</w:t>
       </w:r>
-      <w:r w:rsidR="001B1473" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001B1473" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">onfirm this information. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="391C7D4D" w14:textId="565605B3" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="391C7D4D" w14:textId="565605B3" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">You must cooperate in providing information necessary to maintain eligibility, including evidence of obtaining or maintaining available health insurance, or your MassHealth benefits may </w:t>
       </w:r>
-      <w:r w:rsidR="00B25F37" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00B25F37" w:rsidRPr="006B2EFC">
         <w:t>end</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. See the Member Booklet for more information. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14FFCBB1" w14:textId="11720252" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="14FFCBB1" w14:textId="11720252" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">1. Is anyone listed on this application </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>offered</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> health coverage from a job but </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>NOT ENROLLED</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> in it? </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3435FB2D" w14:textId="3D2585BC" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3435FB2D" w14:textId="3D2585BC" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Answer </w:t>
       </w:r>
-      <w:r w:rsidR="008C53F6" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008C53F6" w:rsidRPr="006B2EFC">
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="008C53F6" w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> even if this insurance is from another person’s job, like a spouse, even if the person does not live in the household. If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008C53F6" w:rsidRPr="006B2EFC">
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">, you will need to complete and include Supplement A: Health Coverage from Jobs, and the rest of this application. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15F1B7D4" w14:textId="638851BD" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Name</w:t>
       </w:r>
-      <w:r w:rsidR="00941F1E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00941F1E" w:rsidRPr="006B2EFC">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00941F1E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00941F1E" w:rsidRPr="006B2EFC">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> of person</w:t>
       </w:r>
-      <w:r w:rsidR="00941F1E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00941F1E" w:rsidRPr="006B2EFC">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00941F1E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00941F1E" w:rsidRPr="006B2EFC">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> offered insurance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F2595FA" w14:textId="01FE4B5C" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4F2595FA" w14:textId="01FE4B5C" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">2. Does anyone qualify for or is anyone </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>enrolled</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> in any of the following types of health coverage? </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FF765F8" w14:textId="5285063A" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6FF765F8" w14:textId="5285063A" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="008C53F6" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008C53F6" w:rsidRPr="006B2EFC">
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00941F1E" w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>, check the type of coverage and write the person</w:t>
+      </w:r>
+      <w:r w:rsidR="00941F1E" w:rsidRPr="006B2EFC">
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">s name next to the coverage they have. Answer </w:t>
       </w:r>
-      <w:r w:rsidR="008C53F6" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008C53F6" w:rsidRPr="006B2EFC">
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>es even if this insurance is from another person, like a spouse, even if the person does not live in the household.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="010FC63F" w14:textId="3953595C" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="010FC63F" w14:textId="3953595C" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Enrolled in Medicare or qualifies for Medicare Part A with no premium. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Name(s) of person(s) covered </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Start date </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">End date </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Medicare ID</w:t>
       </w:r>
-      <w:r w:rsidR="00357558" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00357558" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>#</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="553508C5" w14:textId="75F4DA22" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="553508C5" w14:textId="75F4DA22" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Qualifies for Peace Corps health benefits</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Name(s) of person(s) covered </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Start date </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>End date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E9E5C02" w14:textId="45433419" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6E9E5C02" w14:textId="45433419" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Qualifies for TRICARE or a Federal Employees’ health benefit program </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Name(s) of person(s) covered </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Start date </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>End date</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Policy # or Member ID</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C3CBA5A" w14:textId="36938697" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4C3CBA5A" w14:textId="36938697" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Enrolled in a Veterans Affairs (VA) health program </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Name(s) of person(s) covered </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Start date </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>End date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50C5F1D3" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="50C5F1D3" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>MassHealth</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Name(s) of person(s) covered </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54DB1167" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="54DB1167" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Enrolled in employer coverage. If anyone on this application is enrolled in employer coverage, you must complete and include Supplement A: Health Coverage from Jobs. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73378FE1" w14:textId="567AF782" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="73378FE1" w14:textId="567AF782" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Name of employer </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BD00C0" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BD00C0" w:rsidRPr="006B2EFC">
         <w:t>Plan name</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Names of covered household members </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Policy # or Member ID </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Start date</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>End date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3597A76B" w14:textId="4514370D" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3597A76B" w14:textId="4514370D" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Other coverage (including COBRA or Retiree health plans)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BD00C0" w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BD00C0" w:rsidRPr="006B2EFC">
         <w:t>Start date</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BD00C0" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BD00C0" w:rsidRPr="006B2EFC">
         <w:t>End date</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Name(s) of person(s) covered </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00357558" w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00357558" w:rsidRPr="006B2EFC">
         <w:t>Policy # or Member ID</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15FE974E" w14:textId="6F24E0E9" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="15FE974E" w14:textId="6F24E0E9" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">STEP </w:t>
       </w:r>
-      <w:r w:rsidR="0043680D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0043680D" w:rsidRPr="006B2EFC">
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Health Reimbursement Arrangements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62FF403C" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="62FF403C" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Is anyone in the household offered Health Reimbursement Arrangements (HRAs) from their employer? Yes No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5868EE9B" w14:textId="193BDE83" w:rsidR="00423FD2" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5868EE9B" w14:textId="193BDE83" w:rsidR="00423FD2" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Name(s) of individual </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Date of Birth</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Employer Name</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Federal Tax ID</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Type of HRA offered by employer </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64EC4285" w14:textId="7A8B9891" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="64EC4285" w14:textId="7A8B9891" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Qualified Small Employer Health Reimbursement Arrangement (QSEHRA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56C0D2F0" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="56C0D2F0" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Individual Coverage Health Reimbursement Arrangement (ICHRA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="220DBCD7" w14:textId="39A47F84" w:rsidR="00423FD2" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="220DBCD7" w14:textId="39A47F84" w:rsidR="00423FD2" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Start date </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">End date </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E692D3C" w14:textId="2DBB552F" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3E692D3C" w14:textId="2DBB552F" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Enter the maximum yearly self-only coverage benefit amount</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63F92DC9" w14:textId="01F1D639" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="63F92DC9" w14:textId="01F1D639" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If you have a Qualified Small Employer Health Reimbursement Arrangement (QSEHRA) do you intend to use QSEHRA family coverage benefits from your employer? </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="695E73CD" w14:textId="06BFBAE7" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="695E73CD" w14:textId="06BFBAE7" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>If you have QSEHRA, enter the maximum yearly family coverage benefit amount through the QSEHRA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="678D5C02" w14:textId="54B06AD1" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="678D5C02" w14:textId="54B06AD1" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Does anyone in the household intend to accept an Individual Coverage Health Reimbursement Arrangement (ICHRA) benefit from their employer? </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1249F520" w14:textId="68C09C6C" w:rsidR="00423FD2" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1249F520" w14:textId="68C09C6C" w:rsidR="00423FD2" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Name(s) of individual </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Date of Birth</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Employer Name</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Federal Tax ID</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Type of HRA offered by employer </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A47B24B" w14:textId="23626F06" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4A47B24B" w14:textId="23626F06" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Qualified Small Employer Health Reimbursement Arrangement (QSEHRA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B8FCCB3" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3B8FCCB3" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Individual Coverage Health Reimbursement Arrangement (ICHRA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78FE77D5" w14:textId="41AB7EDE" w:rsidR="00423FD2" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="78FE77D5" w14:textId="41AB7EDE" w:rsidR="00423FD2" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Start date </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">End date </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16ACC69F" w14:textId="0471E6B2" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="16ACC69F" w14:textId="0471E6B2" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Enter the maximum yearly self-only coverage benefit amount</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D4C8232" w14:textId="5783F1E3" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7D4C8232" w14:textId="5783F1E3" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If you have a Qualified Small Employer Health Reimbursement Arrangement (QSEHRA) do you intend to use QSEHRA family coverage benefits from your employer? </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B2BC075" w14:textId="20ABE5AD" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7B2BC075" w14:textId="20ABE5AD" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>If you have QSEHRA, enter the maximum yearly family coverage benefit amount through the QSEHRA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="588331ED" w14:textId="5D760E11" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="588331ED" w14:textId="5D760E11" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Does anyone in the household intend to accept an Individual Coverage Health Reimbursement Arrangement (ICHRA) benefit from their employer? </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C1F40D1" w14:textId="74D530FE" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="3C1F40D1" w14:textId="74D530FE" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">STEP </w:t>
       </w:r>
-      <w:r w:rsidR="0043680D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0043680D" w:rsidRPr="006B2EFC">
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Parental Information </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16066519" w14:textId="31C58546" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="16066519" w14:textId="31C58546" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Please answer these questions for any child younger than the age of 18 who is listed on this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>application</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> but who does not have two custodial parents also listed on this application. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E613B63" w14:textId="1C5534B0" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">1. Was any child adopted by a single parent? </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00423FD2" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00423FD2" w:rsidRPr="006B2EFC">
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00223B76" w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>, name(s) of child</w:t>
+      </w:r>
+      <w:r w:rsidR="00223B76" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or children</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43300D7F" w14:textId="374510DD" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="43300D7F" w14:textId="374510DD" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">2. Does any child have a parent who has died? </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00423FD2" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00423FD2" w:rsidRPr="006B2EFC">
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00223B76" w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>, name(s) of child</w:t>
+      </w:r>
+      <w:r w:rsidR="00223B76" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or children</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25829462" w14:textId="1C14CE09" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="25829462" w14:textId="1C14CE09" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">3. Does any child have a parent whose identity is unknown? </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00423FD2" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00423FD2" w:rsidRPr="006B2EFC">
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00223B76" w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>, name(s) of child</w:t>
+      </w:r>
+      <w:r w:rsidR="00223B76" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or children</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D8345E0" w14:textId="243A543A" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1D8345E0" w14:textId="243A543A" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">4. Does any child have a parent who does not live with the child and who is not included in the previous questions? </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EF293D" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="501C66C9" w14:textId="43032564" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="501C66C9" w14:textId="43032564" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00423FD2" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00423FD2" w:rsidRPr="006B2EFC">
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00423FD2" w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>, name(s) of child</w:t>
+      </w:r>
+      <w:r w:rsidR="00423FD2" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or children</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CA000A3" w14:textId="019691CB" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="6CA000A3" w14:textId="019691CB" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">STEP </w:t>
       </w:r>
-      <w:r w:rsidR="0043680D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0043680D" w:rsidRPr="006B2EFC">
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Read and sign this application. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06371A5C" w14:textId="77777777" w:rsidR="00B04986" w:rsidRPr="00EF293D" w:rsidRDefault="00B04986" w:rsidP="0047642A">
+    <w:p w14:paraId="06371A5C" w14:textId="77777777" w:rsidR="00B04986" w:rsidRPr="006B2EFC" w:rsidRDefault="00B04986" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>For MassHealth and Health Connector Applicants</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51456254" w14:textId="0AFAEE3A" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="51456254" w14:textId="0AFAEE3A" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">On behalf of myself and all persons listed on this application, I understand, represent, and agree as follows. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DDA06C1" w14:textId="5380E274" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00EF293D">
+    <w:p w14:paraId="6DDA06C1" w14:textId="5380E274" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="60421CF0" w14:textId="127C55FC" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> may require eligible </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> to enroll in available employer-sponsored health insurance if that insurance meets the criteria for MassHealth payment of premium assistance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60421CF0" w14:textId="127C55FC" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Employers of eligible persons may be notified and billed in accordance with MassHealth regulations for any services that hospitals or community health centers provide to such persons that are paid for by the Health Safety Net.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="635D02B8" w14:textId="46FB4FDB" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00EF293D">
+    <w:p w14:paraId="635D02B8" w14:textId="46FB4FDB" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>3</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="023E3D64" w14:textId="77A80180" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>I</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> may have to pay a premium for health coverage for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>myself</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> and others listed on this application. Failure to pay any premium due may result in the state deducting the amount owed from the tax refunds of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>responsible persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>. If I am a certain American Indian or Alaska Native, I may not have to pay premiums for MassHealth.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="023E3D64" w14:textId="77A80180" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>4.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">MassHealth has the right to pursue and get money from third parties who may be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>obligated</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> to pay for health services provided to eligible </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> enrolled in MassHealth programs. Such third parties may include other health insurers, spouses, parents obligated to pay for medical support, or individuals obligated to pay under accident settlements. Eligible </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> must cooperate with MassHealth in establishing third-party support and obtaining third-party payments for themselves and anyone whose rights they can legally assign. Eligible </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t>may be exempted from this obligation if they believe and tell MassHealth that cooperation could result in harm to them or anyone whose rights they can legally assign.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28C5D210" w14:textId="034E7D9F" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00EF293D">
+    <w:p w14:paraId="28C5D210" w14:textId="034E7D9F" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>5</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="48187426" w14:textId="7535E273" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>A</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> parent and/or guardian of minor children must agree to cooperate with state efforts to collect medical support from an absent parent unless they believe and tell MassHealth that cooperation will harm the children or the parent or guardian.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48187426" w14:textId="7535E273" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>6</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="6D2CB975" w14:textId="2F3D3DA2" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Eligible</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> who are injured in an accident, or in some other way, and get money from a third party because of that accident or injury must use that money to repay MassHealth or the Health Safety Net for certain services provided.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D2CB975" w14:textId="2F3D3DA2" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>7</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="67D3ADAB" w14:textId="46CD47A6" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> Eligible</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> must tell MassHealth or the Health Safety Net, in writing, within 10 calendar days, or as soon as possible, about any insurance claims or lawsuits filed because of an accident or injury.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D3ADAB" w14:textId="46CD47A6" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>8.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>The status of this application may be shared with a hospital, community health center, other medical provider, or federal or state agencies when necessary for treatment, payment, operations, or the administration of the programs listed above.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EBA762D" w14:textId="317E9125" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00EF293D">
+    <w:p w14:paraId="3EBA762D" w14:textId="317E9125" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>9.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF293D">
+      <w:r w:rsidR="00EF293D" w:rsidRPr="006B2EFC">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">To the extent permitted by law, </w:t>
       </w:r>
-      <w:r w:rsidR="00207519" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00207519" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">after notice and an opportunity to appeal, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">MassHealth may place a lien against any real estate owned by </w:t>
       </w:r>
-      <w:r w:rsidR="00207519" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00207519" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">an </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">eligible </w:t>
       </w:r>
-      <w:r w:rsidR="00207519" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00207519" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">MassHealth member </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">or in which </w:t>
       </w:r>
-      <w:r w:rsidR="00337455" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00337455" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">eligible </w:t>
       </w:r>
-      <w:r w:rsidR="00207519" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00207519" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">member </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>ha</w:t>
       </w:r>
-      <w:r w:rsidR="00207519" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00207519" w:rsidRPr="006B2EFC">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> a legal interest</w:t>
       </w:r>
-      <w:r w:rsidR="00207519" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00207519" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00207519" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00207519" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>if the member is receiving long-term care in a nursing facility or other medical institution and MassHealth determines that the member is not reasonably expected to return home</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00207519" w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">. If MassHealth puts a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>lien</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> against such property and </w:t>
+      </w:r>
+      <w:r w:rsidR="00207519" w:rsidRPr="006B2EFC">
         <w:t>the property</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> is </w:t>
       </w:r>
-      <w:r w:rsidR="00207519" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00207519" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">later </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>sold, money from the sale of that property may be used to repay MassHealth for medical services provided.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C369740" w14:textId="22A5B84F" w:rsidR="006D5D6B" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00EF293D">
+    <w:p w14:paraId="7C369740" w14:textId="22A5B84F" w:rsidR="006D5D6B" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>10. To the extent permitted by law, and unless exceptions apply, for any eligible person 55 or older</w:t>
       </w:r>
-      <w:r w:rsidR="00397DF2" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00397DF2" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> receiving long-term</w:t>
       </w:r>
-      <w:r w:rsidR="005C3926" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="005C3926" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> services and supports (LTSS)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, or any eligible person </w:t>
       </w:r>
-      <w:r w:rsidR="00207519" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00207519" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">regardless of age </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">for whom MassHealth helps pay for </w:t>
       </w:r>
-      <w:r w:rsidR="00207519" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00207519" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">long-term </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>care in a nursing home</w:t>
       </w:r>
-      <w:r w:rsidR="00A51262" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A51262" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or other medical institution</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>, MassHealth will seek money from the eligible person’s estate after death</w:t>
       </w:r>
-      <w:r w:rsidR="004846AE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004846AE" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> for the total cost of care</w:t>
       </w:r>
-      <w:r w:rsidR="004B62FD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B62FD" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003777D4" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003777D4" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">as </w:t>
       </w:r>
-      <w:r w:rsidR="004B62FD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004B62FD" w:rsidRPr="006B2EFC">
         <w:t>permitted by law</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="004846AE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004846AE" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> For more information on estate recovery, visit </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidR="00FD14B8" w:rsidRPr="00EF293D">
+        <w:r w:rsidR="00FD14B8" w:rsidRPr="006B2EFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>mass.gov/EstateRecovery</w:t>
+          <w:t>mass.gov/</w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00FD14B8" w:rsidRPr="006B2EFC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>EstateRecovery</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidR="004846AE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004846AE" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50BBD3B4" w14:textId="59817FF7" w:rsidR="006D5D6B" w:rsidRPr="00EF293D" w:rsidRDefault="00414AE8" w:rsidP="00EF293D">
+    <w:p w14:paraId="50BBD3B4" w14:textId="59817FF7" w:rsidR="006D5D6B" w:rsidRPr="006B2EFC" w:rsidRDefault="00414AE8" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">11. </w:t>
       </w:r>
-      <w:r w:rsidR="006D5D6B" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006D5D6B" w:rsidRPr="006B2EFC">
         <w:t>To the extent permitted by law, MassHealth will seek money from a Special Needs Trust belonging to an el</w:t>
       </w:r>
-      <w:r w:rsidR="00C93DD9" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C93DD9" w:rsidRPr="006B2EFC">
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="006D5D6B" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006D5D6B" w:rsidRPr="006B2EFC">
         <w:t>gible individual after death for the total cost of care. The total cost of care includes the cost MassHealth paid directly for care (Fee for Service) and the total amount it paid to a health plan (like an Accountable Care Organization or a One Care plan) for care, regardless of what services the member may have received.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E2FB6A2" w14:textId="3DFDBA88" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00EF293D">
+    <w:p w14:paraId="4E2FB6A2" w14:textId="22422A89" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="007F5D02" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="007F5D02" w:rsidRPr="006B2EFC">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. Eligible persons must tell the </w:t>
       </w:r>
-      <w:r w:rsidR="00B25F37" w:rsidRPr="00EF293D">
-[...5 lines deleted...]
-      <w:r w:rsidR="00220FB9" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00CE0A5B" w:rsidRPr="006B2EFC">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> program(s) in which they enroll about any changes in their or their household’s income or employment, household size, health insurance coverage, health insurance premiums, and immigration status, or about changes in any other information on this application and any supplements to it within 10 calendar days of learning of the change. Eligible </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> can make changes by calling (800) 841-2900</w:t>
+      </w:r>
+      <w:r w:rsidR="00220FB9" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00273941" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00273941" w:rsidRPr="006B2EFC">
         <w:t>TDD/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
-      <w:r w:rsidR="00273941" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00273941" w:rsidRPr="006B2EFC">
         <w:t>711</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="177E49B5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">. A change in information could affect eligibility for such </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> or for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> in their household. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="177E49B5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>You can also report changes in any of the following ways.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62DE6AF6" w14:textId="12B187C1" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="62DE6AF6" w14:textId="12B187C1" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Sign </w:t>
       </w:r>
-      <w:r w:rsidR="00AD6F0B" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00AD6F0B" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">in </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">to your account at </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidR="005F0EDA" w:rsidRPr="00EF293D">
+        <w:r w:rsidR="005F0EDA" w:rsidRPr="006B2EFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>MAhealthConnector.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>. You can create an online account if you do not already have one.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09BA40C7" w14:textId="3FB1B84D" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="09BA40C7" w14:textId="3FB1B84D" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Send the change information to </w:t>
       </w:r>
-      <w:r w:rsidR="008A4602" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008A4602" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Health Insurance Processing Center </w:t>
       </w:r>
-      <w:r w:rsidR="008A4602" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008A4602" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">PO Box 4405 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Taunton, MA 02780</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4953CADD" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="4953CADD" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Fax the change information to (857) 323-8300.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E9A5F72" w14:textId="1FF83CDD" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00EF293D">
+    <w:p w14:paraId="2E9A5F72" w14:textId="1FF83CDD" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="007F5D02" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="007F5D02" w:rsidRPr="006B2EFC">
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00890D59" w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">. MassHealth, the Massachusetts Health Connector, and the Health Safety Net will obtain from eligible persons’ current and former employers and health insurers all information about health insurance coverage for such </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00890D59" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">MassHealth may share information about me and members of </w:t>
       </w:r>
-      <w:r w:rsidR="00DC7FC1" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00DC7FC1" w:rsidRPr="006B2EFC">
         <w:t>my household with my employer(s) and</w:t>
       </w:r>
-      <w:r w:rsidR="00BF48A8" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BF48A8" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">/or health insurers to </w:t>
       </w:r>
-      <w:r w:rsidR="004E28E3" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="004E28E3" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">obtain this information. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="734C661D" w14:textId="1143AA6D" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">This includes, but is not limited to, information about policies, premiums, coinsurance, deductibles, and covered benefits that are, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>may be</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">, or should have been available to such </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> or members of their household.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="734C661D" w14:textId="1143AA6D" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="007F5D02" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="007F5D02" w:rsidRPr="006B2EFC">
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>. MassHealth, the Massachusetts Health Connector, and the Health Safety Net may get records or data about persons listed on this application from federal and state data sources and programs, such as the Social Security Administration, the Internal Revenue Service, the Department of Homeland Security, the Department of Revenue, and the Registry of Motor Vehicles, as well as private data sources, including financial institutions, 1) to prove any information given on this application and any supplements, or other information given once a person becomes a member, 2) to document medical services claimed or provided to such persons, and 3) to support continued eligibility.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54F64E3C" w14:textId="6BEDDDA7" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00EF293D">
+    <w:p w14:paraId="54F64E3C" w14:textId="6BEDDDA7" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="007F5D02" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="007F5D02" w:rsidRPr="006B2EFC">
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="08243CA0" w14:textId="58D99AD3" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">. In connection with the eligibility and enrollment process, MassHealth, the Massachusetts Health Connector, and the Health Safety Net may send notices that contain personal information about </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> listed on this application to other </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> on this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>application, or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> otherwise communicate such information to such </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08243CA0" w14:textId="58D99AD3" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="007F5D02" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="007F5D02" w:rsidRPr="006B2EFC">
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-        <w:t xml:space="preserve">. Under federal law, discrimination is not permitted on the basis of race, color, national origin, sex, age, sexual orientation, gender identity, or disability. I can file a complaint of discrimination by going to </w:t>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">. Under federal law, discrimination is not permitted </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> race, color, national origin, sex, age, sexual orientation, gender identity, or disability. I can file a complaint of discrimination by going to </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:tgtFrame="www.hhs.gov/ocr/complaints/index.html" w:tooltip="www.hhs.gov/ocr/complaints/index.html">
-        <w:r w:rsidRPr="00EF293D">
+        <w:r w:rsidRPr="006B2EFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>hhs.gov/ocr/complaints/index.html</w:t>
+          <w:t>hhs.gov/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="006B2EFC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>ocr</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="006B2EFC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>/complaints/index.html</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71367E05" w14:textId="2F157D00" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00EF293D">
+    <w:p w14:paraId="71367E05" w14:textId="2F157D00" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="006308DD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006308DD" w:rsidRPr="006B2EFC">
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="2DB84602" w14:textId="59462225" w:rsidR="00273941" w:rsidRPr="00EF293D" w:rsidRDefault="00273941" w:rsidP="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">. I agree to allow the Massachusetts Health Connector to use income data, including information from tax returns, to determine my eligibility in future years. Review the Health Connector Privacy Policy for more information about how the Health Connector uses your tax information. The Massachusetts Health Connector will send me a notice and let me make changes to my eligibility application. I understand that if I am eligible for an Advance Premium Tax Credit (APTC) or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>ConnectorCare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">, these payments will be made directly to my selected insurance carrier(s). Acceptance of APTC or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>ConnectorCare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> may impact my annual tax liability. I will be given the option to apply all, some, or none of any APTC amount I may be eligible for to my monthly premium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1781206A" w14:textId="4BB2E492" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00273941" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="006308DD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006308DD" w:rsidRPr="006B2EFC">
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>. I agree that MassHealth or anyone acting on its behalf may contact me including via mail, email, call</w:t>
       </w:r>
-      <w:r w:rsidR="003777D4" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003777D4" w:rsidRPr="006B2EFC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CE58EC" w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> or text for any communications about my relationship with MassHealth or my </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE0A5B" w:rsidRPr="006B2EFC">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> needs, benefits, eligibility, or coverage using the contact information I provide, now or in the future, or information obtain</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE58EC" w:rsidRPr="006B2EFC">
         <w:t>ed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="1781206A" w14:textId="7298BDC7" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="006C204E" w:rsidP="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> from a reliable data source. </w:t>
+      </w:r>
+      <w:r w:rsidR="1AC85EBA" w:rsidRPr="006B2EFC">
+        <w:t>These cal</w:t>
+      </w:r>
+      <w:r w:rsidR="0007140F" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">ls </w:t>
+      </w:r>
+      <w:r w:rsidR="1AC85EBA" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="2E083BF4" w:rsidRPr="006B2EFC">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="1AC85EBA" w:rsidRPr="006B2EFC">
+        <w:t>exts may be made using automated technology</w:t>
+      </w:r>
+      <w:r w:rsidR="0008405F" w:rsidRPr="006B2EFC">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="1AC85EBA" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> such as an </w:t>
+      </w:r>
+      <w:r w:rsidR="2CC114D9" w:rsidRPr="006B2EFC">
+        <w:t>automatic dialing</w:t>
+      </w:r>
+      <w:r w:rsidR="2AB48C3D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> system or artificial or </w:t>
+      </w:r>
+      <w:r w:rsidR="7238D599" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">prerecorded voice messages. Standard message and data rates may apply. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>I also agree that MassHealth may</w:t>
+      </w:r>
+      <w:r w:rsidR="12667CB9" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="24637A0F" w:rsidRPr="006B2EFC">
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="2F1427C6" w:rsidRPr="006B2EFC">
+        <w:t>et</w:t>
+      </w:r>
+      <w:r w:rsidR="6344AD86" w:rsidRPr="006B2EFC">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="2F1427C6" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> use</w:t>
+      </w:r>
+      <w:r w:rsidR="0008405F" w:rsidRPr="006B2EFC">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="68A2E02D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">or share my </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">information </w:t>
+      </w:r>
+      <w:r w:rsidR="208CDAB4" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0C0399E2" w:rsidRPr="006B2EFC">
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="208CDAB4" w:rsidRPr="006B2EFC">
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="208CDAB4" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> the purpose of coordinating other health related benefits that I may be eligible</w:t>
+      </w:r>
+      <w:r w:rsidR="7DFECCFD" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="202B9852" w:rsidRPr="006B2EFC">
+        <w:t>receive</w:t>
+      </w:r>
+      <w:r w:rsidR="004C0C5D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="006C204E" w:rsidRPr="006B2EFC">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="006308DD" w:rsidRPr="006B2EFC">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="006C204E" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">I have read or have </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t>had read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> to me the information on this application, including any supplements and instruction</w:t>
+      </w:r>
+      <w:r w:rsidR="0053097C" w:rsidRPr="006B2EFC">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00B16950" w:rsidRPr="006B2EFC">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0071022D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t>I understand that the Member Booklet contains important information</w:t>
+      </w:r>
+      <w:r w:rsidR="0053097C" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> about this application</w:t>
+      </w:r>
+      <w:r w:rsidR="0071022D" w:rsidRPr="006B2EFC">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FC54771" w14:textId="6D140843" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="006308DD" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="006C204E" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
-[...8 lines deleted...]
-      <w:r w:rsidR="0071022D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">I have permission from all </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> listed on this application (or their </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t>parent</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> or other legally authorized </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t>repr</w:t>
+      </w:r>
+      <w:r w:rsidR="005C31A9" w:rsidRPr="006B2EFC">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t>sentative</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t>) to submit this application</w:t>
+      </w:r>
+      <w:r w:rsidR="0053097C" w:rsidRPr="006B2EFC">
+        <w:t>. I also have permission</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> to act on their behalf to complete this application and any </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00448" w:rsidRPr="006B2EFC">
+        <w:t>related</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> eligibility process</w:t>
+      </w:r>
+      <w:r w:rsidR="0008405F" w:rsidRPr="006B2EFC">
+        <w:t>, including the following.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
-[...48 lines deleted...]
-    <w:p w14:paraId="5E529816" w14:textId="02E09B27" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    </w:p>
+    <w:p w14:paraId="5E529816" w14:textId="43A19BA0" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="0008405F" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00FC54E7" w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Providing </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">personal information about them, including health, health coverage, and income information, seeing such information as may be provided by the Massachusetts Health Connector, MassHealth, and the Health Safety Net, and providing consent on their behalf to </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC54E7" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">use </w:t>
       </w:r>
-      <w:r w:rsidR="00FC54E7" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00FC54E7" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">and disclosure of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="21A15C43" w14:textId="2236A197" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">their information as described in this application </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21A15C43" w14:textId="7B0B685C" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="0008405F" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-      <w:r w:rsidR="00F00448" w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Making </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">choices about coverage options and </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00448" w:rsidRPr="006B2EFC">
         <w:t>how to communicate</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> with the Massachusetts Health Connector, MassHealth, </w:t>
       </w:r>
-      <w:r w:rsidR="00F00448" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00F00448" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="465D28C4" w14:textId="402929F9" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">the Health Safety Net </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="465D28C4" w14:textId="0BD76B4B" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="0008405F" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="7EF1CA68" w14:textId="66261394" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Making </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t>changes to the application or related eligibility documents and providing information about any change in their circumstances</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EF1CA68" w14:textId="2DA2269A" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="0008405F" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F00448" w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Providing </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">consent on their behalf to use government and private sources to verify </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00448" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="1CEEE481" w14:textId="16329EBF" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="006C204E" w:rsidP="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t>information described in this application</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CEEE481" w14:textId="16329EBF" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="006C204E" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="006308DD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006308DD" w:rsidRPr="006B2EFC">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BF30C8" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">I understand my rights and responsibilities and the rights and responsibilities of all </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> listed on this application as explained in this Step </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF30C8" w:rsidRPr="006B2EFC">
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13C0F1EC" w14:textId="2F00B3B2" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="006C204E" w:rsidP="00EF293D">
+    <w:p w14:paraId="13C0F1EC" w14:textId="2F00B3B2" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="006C204E" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="006308DD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006308DD" w:rsidRPr="006B2EFC">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">I have told or will tell </w:t>
       </w:r>
-      <w:r w:rsidR="00F00448" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00F00448" w:rsidRPr="006B2EFC">
         <w:t>anyone listed on this application</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="6C0DA207" w14:textId="48FA70E1" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="006C204E" w:rsidP="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> (or their </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t>parent</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> or legally authorized representative, if applicable) about these rights and responsibilities so they understand them. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C0DA207" w14:textId="48FA70E1" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="006C204E" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="006308DD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006308DD" w:rsidRPr="006B2EFC">
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">I understand and agree that MassHealth, the Health Safety Net, and the Massachusetts Health Connector will treat </w:t>
       </w:r>
-      <w:r w:rsidR="00F00448" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00F00448" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">any </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>electronic</w:t>
       </w:r>
-      <w:r w:rsidR="00D11BB2" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D11BB2" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> faxed</w:t>
       </w:r>
-      <w:r w:rsidR="00D11BB2" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D11BB2" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> signature</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>, or cop</w:t>
       </w:r>
-      <w:r w:rsidR="00F00448" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00F00448" w:rsidRPr="006B2EFC">
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
-      <w:r w:rsidR="00F00448" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00F00448" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>signature</w:t>
       </w:r>
-      <w:r w:rsidR="00220FB9" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00220FB9" w:rsidRPr="006B2EFC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> with the same effect as an original signature. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25540703" w14:textId="4AC950F0" w:rsidR="00F00448" w:rsidRPr="00EF293D" w:rsidRDefault="006C204E" w:rsidP="00EF293D">
+    <w:p w14:paraId="25540703" w14:textId="4AC950F0" w:rsidR="00F00448" w:rsidRPr="006B2EFC" w:rsidRDefault="006C204E" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Hlk87280538"/>
       <w:bookmarkStart w:id="10" w:name="_Hlk87276722"/>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="006308DD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006308DD" w:rsidRPr="006B2EFC">
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00F00448" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00F00448" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">I understand that MassHealth </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="239DB6D1" w14:textId="07F0F989" w:rsidR="00F00448" w:rsidRPr="00EF293D" w:rsidRDefault="00F00448" w:rsidP="00EF293D">
+    <w:p w14:paraId="239DB6D1" w14:textId="07F0F989" w:rsidR="00F00448" w:rsidRPr="006B2EFC" w:rsidRDefault="00F00448" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="200"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>is allowed to ask for SSNs under</w:t>
       </w:r>
-      <w:r w:rsidR="00D11BB2" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D11BB2" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> federal and state </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D11BB2" w:rsidRPr="006B2EFC">
+        <w:t>law</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
-    </w:p>
-    <w:p w14:paraId="747B274B" w14:textId="77777777" w:rsidR="00F00448" w:rsidRPr="00EF293D" w:rsidRDefault="00F00448" w:rsidP="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="747B274B" w14:textId="77777777" w:rsidR="00F00448" w:rsidRPr="006B2EFC" w:rsidRDefault="00F00448" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="200"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="339F715E" w14:textId="6AB1BC7D" w:rsidR="00F00448" w:rsidRPr="00EF293D" w:rsidRDefault="00F00448" w:rsidP="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">uses SSNs to check income and other information to see who is eligible for help with health coverage </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>costs;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="339F715E" w14:textId="50B29010" w:rsidR="00F00448" w:rsidRPr="006B2EFC" w:rsidRDefault="00F00448" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="200"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">uses SSNs </w:t>
       </w:r>
       <w:bookmarkStart w:id="11" w:name="_Hlk87282386"/>
       <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>to detect fraud, to see if anyone is getting duplicate benefits, or to see if others should be paying for services;</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="06CCE637" w14:textId="5D3762FB" w:rsidR="00F00448" w:rsidRPr="00EF293D" w:rsidRDefault="00F00448" w:rsidP="00EF293D">
+      <w:r w:rsidR="0008405F" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06CCE637" w14:textId="5D3762FB" w:rsidR="00F00448" w:rsidRPr="006B2EFC" w:rsidRDefault="00F00448" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="200"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>matches the SSN of anyone in the household who is applying and anyone who has or who can get health insurance for anyone in the household with the files of agencies and financial institutions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DA86EE5" w14:textId="2832E1ED" w:rsidR="00F00448" w:rsidRPr="00EF293D" w:rsidRDefault="006C204E" w:rsidP="00EF293D">
+    <w:p w14:paraId="7DA86EE5" w14:textId="2832E1ED" w:rsidR="00F00448" w:rsidRPr="006B2EFC" w:rsidRDefault="006C204E" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="200"/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="006308DD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006308DD" w:rsidRPr="006B2EFC">
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00F00448" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00F00448" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">I understand that if MassHealth pays part of anyone’s health insurance premiums, MassHealth will add the SSN or the SSN of that policyholder to the State Comptroller’s vendor file. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="432CA1D4" w14:textId="431219AA" w:rsidR="00F00448" w:rsidRPr="00EF293D" w:rsidRDefault="006C204E" w:rsidP="00EF293D">
+    <w:p w14:paraId="432CA1D4" w14:textId="431219AA" w:rsidR="00F00448" w:rsidRPr="006B2EFC" w:rsidRDefault="006C204E" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="200"/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="006308DD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006308DD" w:rsidRPr="006B2EFC">
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00F00448" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00F00448" w:rsidRPr="006B2EFC">
         <w:t>I understand that the policyholder in my household must have a valid SSN before getting a payment from MassHealth.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidR="00F00448" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00F00448" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="620DE8B1" w14:textId="10448F5E" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="006C204E" w:rsidP="00EF293D">
+    <w:p w14:paraId="620DE8B1" w14:textId="10448F5E" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="006C204E" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="006308DD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006308DD" w:rsidRPr="006B2EFC">
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="4AA4BBC5" w14:textId="313CB3C9" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="006C204E" w:rsidP="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">The information I have supplied is correct and complete to the best of my knowledge about myself and other </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> listed on this application. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AA4BBC5" w14:textId="313CB3C9" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="006C204E" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="006308DD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006308DD" w:rsidRPr="006B2EFC">
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">I may be subject to penalties under federal law if I intentionally provide false </w:t>
       </w:r>
-      <w:r w:rsidR="00FC54E7" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00FC54E7" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">or untrue </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3525B21F" w14:textId="326CF2CD" w:rsidR="00F00448" w:rsidRPr="00EF293D" w:rsidRDefault="00F00448" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3525B21F" w14:textId="326CF2CD" w:rsidR="00F00448" w:rsidRPr="006B2EFC" w:rsidRDefault="00F00448" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If someone does not have an SSN or needs help getting one, call the Social Security Administration at (800) 772-1213, TTY: (800) 325-0778, or go to </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidRPr="00EF293D">
+        <w:r w:rsidRPr="006B2EFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>socialsecurity.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00A70016" w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">. For a full explanation </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> how we use your </w:t>
+      </w:r>
+      <w:r w:rsidR="00A70016" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Social Security </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>number, please refer to the Member Booklet for Health and Dental Coverage and Help Paying Costs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04EA4E56" w14:textId="77777777" w:rsidR="00903673" w:rsidRPr="00EF293D" w:rsidRDefault="00903673" w:rsidP="00981626">
+    <w:p w14:paraId="04EA4E56" w14:textId="77777777" w:rsidR="00903673" w:rsidRPr="006B2EFC" w:rsidRDefault="00903673" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="200"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="693719D7" w14:textId="77777777" w:rsidR="00CE58EE" w:rsidRPr="00EF293D" w:rsidRDefault="00CE58EE" w:rsidP="0047642A">
+    <w:p w14:paraId="693719D7" w14:textId="77777777" w:rsidR="00CE58EE" w:rsidRPr="006B2EFC" w:rsidRDefault="00CE58EE" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For Supplemental Nutritional Assistance Program (SNAP) applicants </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B59C213" w14:textId="3E65E872" w:rsidR="00FD0EAF" w:rsidRPr="00EF293D" w:rsidRDefault="00FD0EAF" w:rsidP="0047642A">
+    <w:p w14:paraId="1B59C213" w14:textId="3E65E872" w:rsidR="00FD0EAF" w:rsidRPr="006B2EFC" w:rsidRDefault="00FD0EAF" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Supplemental Nutrition Assistance Program (SNAP) benefits</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60D04C42" w14:textId="33357372" w:rsidR="00CE58EE" w:rsidRPr="00EF293D" w:rsidRDefault="00CE58EE" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="60D04C42" w14:textId="33357372" w:rsidR="00CE58EE" w:rsidRPr="006B2EFC" w:rsidRDefault="00CE58EE" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">If you checked the box on page </w:t>
       </w:r>
-      <w:r w:rsidR="006253C2" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="006253C2" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, MassHealth will send this application to the Department of Transitional Assistance (DTA). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">This will serve as your application for SNAP! </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> If you are eligible, your SNAP will start from the date DTA receives this MassHealth application. By signing below, you agree that you have read and agree to your SNAP Rights, Responsibilities, and Penalties under the program. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27DD7939" w14:textId="090F0FD5" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="27DD7939" w14:textId="090F0FD5" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">You may be eligible for SNAP benefits within 7 days of </w:t>
       </w:r>
-      <w:r w:rsidR="00956E0D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00956E0D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">when </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">DTA </w:t>
       </w:r>
-      <w:r w:rsidR="00956E0D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00956E0D" w:rsidRPr="006B2EFC">
         <w:t>gets this application</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> if:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7680429D" w14:textId="71D5FB5A" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="7680429D" w14:textId="71D5FB5A" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Your income and money in the bank add up to less than your monthly housing expenses, or  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3188891B" w14:textId="047A4809" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="3188891B" w14:textId="047A4809" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Your monthly income is less than $150, and your money in the bank is $100 or less, or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E00A540" w14:textId="75FC74DD" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="5E00A540" w14:textId="75FC74DD" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>You are a migrant worker and your money in the bank is $100 or less.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E634F15" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2E634F15" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">For more information about SNAP in Massachusetts, go to mass.gov/SNAP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E0BD7A6" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="7E0BD7A6" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="5"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>Department of Transitional Assistance (DTA) Notice of Rights, Responsibilities and Penalties</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="275D076C" w14:textId="6E190C8C" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="275D076C" w14:textId="6E190C8C" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">This notice lists rights and responsibilities for </w:t>
       </w:r>
-      <w:r w:rsidR="0054556E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0054556E" w:rsidRPr="006B2EFC">
         <w:t>the SNAP program</w:t>
       </w:r>
-      <w:r w:rsidR="009E6DB5" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="009E6DB5" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36F28756" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="36F28756" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Please read these pages and keep them for your records. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="113EC490" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="113EC490" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Let DTA know if you have any questions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B94B581" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="2B94B581" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>I swear under penalty of perjury that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0303D27C" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="0303D27C" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">I have read the information in this form, or someone read it to me. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44AE9080" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="44AE9080" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>My answers in this form are true and complete to the best of my knowledge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77EA53D8" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="77EA53D8" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="317"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>I will give DTA information that is true and complete to the best of my knowledge during my interview and in the future.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="739F7209" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="739F7209" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>I understand that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46E6CB1D" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="46E6CB1D" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>giving false or misleading information is fraud,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F0AFD84" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="1F0AFD84" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>misrepresenting or withholding facts to get DTA benefits is fraud,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03AC6C9A" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="009E6DB5">
+    <w:p w14:paraId="03AC6C9A" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>fraud is considered an Intentional Program Violation (IPV), and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08CEF38A" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="08CEF38A" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="763"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>if DTA thinks I committed fraud, DTA can pursue civil and criminal penalties against me.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0661B354" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="0661B354" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>I also understand that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D2947D9" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="6D2947D9" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">DTA will verify the information I give with my application. If any information is false, DTA may deny my benefits. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63B641B9" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="63B641B9" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="410"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">I may also be subject to criminal prosecution for providing false information. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="620433A4" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="620433A4" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>If DTA gets information from a reliable source about a change in my household, my benefit amount may change.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="563E07D3" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="563E07D3" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="410"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>By signing this form, I give DTA permission to verify my eligibility for benefits, including:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24BEFD0D" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="24BEFD0D" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="310"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Get information from other state or federal agencies, local housing authorities, out-of-state welfare departments, financial institutions, and Equifax Workforce Solutions (the Work Number). I also give these agencies permission to share information about my household’s eligibility for benefits with DTA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DFE9591" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="4DFE9591" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>If DTA uses information from Equifax about my household earned income, I have the right to a free copy of my Equifax report if I request it within 60 days of DTA’s decision. I have the right to question the information in the report. I may contact Equifax at: Equifax Workforce Solutions, 11432 Lackland Road, St. Louis, MO 63146, 1-800-996-7566 (toll free).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ABCBE35" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="3ABCBE35" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>I have a right to a copy of my application, including the information that DTA uses to decide about my household’s eligibility and benefit amount. I can ask DTA for an electronic copy of the completed application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F6580D5" w14:textId="4AB7EACA" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="3F6580D5" w14:textId="4AB7EACA" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">How will DTA use my information? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="340C3EC6" w14:textId="1FD113E9" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="340C3EC6" w14:textId="1FD113E9" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">By signing below, I give DTA permission to get information from and share information about me and members of my household with: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54D11223" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="54D11223" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="461" w:right="840" w:hanging="274"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>Banks</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>schools</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>go</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>ernment, employers, landlords, utility companies and other agenci</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>es t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">o </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>he</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">ck if I am eligible for </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>benefits</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73B1AB3E" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="73B1AB3E" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="461" w:right="840" w:hanging="274"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>Electric</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">gas and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">elephone </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">ompanies so I can </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">get utility </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>discounts</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>The companies canno</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">t </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>sh</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">re my </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">nformation or use </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>it f</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">r </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>ny oth</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">r purpose. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02036443" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="02036443" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="461" w:right="840" w:hanging="274"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>The Dep</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>rtment of Housing an</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">d </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>Communi</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>y D</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>ev</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>elopme</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">nt to enroll me in the Heat &amp; Eat </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>Program</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>This program helps people get the most SNAP benefits poss</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>bl</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">e. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5729FFAF" w14:textId="08B6B02E" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="5729FFAF" w14:textId="08B6B02E" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="461" w:hanging="274"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="C7CCD2"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>The Departme</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>nt o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">f Early and Secondary </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">Education so my children can </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>get free school meals</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="C7CCD2"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">' </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0142AFE7" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="0142AFE7" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="461" w:hanging="274"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>Woma</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">n, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>Inf</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>ts and Ch</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>ld</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">en </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>WI</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">C) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">rogram so that </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>any chi</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>dren</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="C7CCD2"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>unde</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">r </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>age 5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve"> or a preg</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">ant woman in my </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1C252E"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>household can get WIC.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7662D46E" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="7662D46E" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="461" w:hanging="274"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">The United States Citizenship and Immigration Services (USCIS), to verify my immigration status.  Information from USCIS may affect my household’s eligibility and amount of DTA benefits. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="487C83E9" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="487C83E9" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: Even if you are not eligible for benefits due to immigration status, DTA will not report you to immigration authorities unless you show DTA a final order of deportation. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BDD61ED" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="6BDD61ED" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="461" w:hanging="274"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>The Department of Revenue (DOR) to verify my eligibility for income-based tax credits, such as Earned Income and Limited Income, and to see if I am eligible for “No Tax Status” or hardship status.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2702AA99" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="2702AA99" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="461" w:hanging="274"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">The Department of Children and Families (DCF) to coordinate services offered jointly by DTA and DCF.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C577FD5" w14:textId="5676D285" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="2C577FD5" w14:textId="5676D285" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>How does DTA use Social Security Numbers (S</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:color w:val="303943"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">Ns)? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47633CAA" w14:textId="6391882F" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="47633CAA" w14:textId="6391882F" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>DTA is allowed to ask for SSNs under The Food and Nutrition Act of 2008 (7 U.S.C. 2011-2036) for SNAP and under M.G.L. c. 18 Section 33 for TAFDC and EAEDC. DTA uses SSNs to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="451B30C1" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="451B30C1" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="270"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">Check the identity and eligibility of each household member I apply for through data matching programs. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F2A44A3" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="3F2A44A3" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="270"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>Monitor compliance with program rules.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="539809F7" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="539809F7" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="461" w:hanging="274"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">Collect money if DTA claims I got benefits that I was not eligible for. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AC32007" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="0AC32007" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="461" w:hanging="274"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>Help law enforcement agencies catch people hiding from the law.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59246B39" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="59246B39" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>I understand that I do not have to give DTA the SSN of any non-citizen in my household, including myself, who does not want benefits. The income of a non-citizen may count even if the non-citizen does not get benefits.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56728B38" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="56728B38" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Right to an Interpreter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0353B53F" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0353B53F" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>I understand that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D5CD375" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="3D5CD375" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">I have a right to a free professional interpreter provided by DTA if I prefer to communicate in a language other than English. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D28F15F" w14:textId="2AA3110E" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="2D28F15F" w14:textId="2AA3110E" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>If I have a DTA hearing, I can ask DTA to give me a free professional interpreter, or if I prefer, I can bring som</w:t>
       </w:r>
-      <w:r w:rsidR="001053C0" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001053C0" w:rsidRPr="006B2EFC">
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>one to interpret for me. If I need DTA to give me an interpreter for a hearing, I must call the Division of Hearings at least one week before the hearing date.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7308F640" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="7308F640" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Right to Register to Vote</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39DBE5DE" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="39DBE5DE" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>I understand that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="440E4FCA" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="440E4FCA" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">I have the right to register to vote through DTA. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7417BF90" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="7417BF90" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">DTA will help me fill out the voter registration application form if I want help. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E1CE695" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="4E1CE695" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">I can fill out the voter registration application form in private. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45C6B1ED" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="45C6B1ED" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Applying to register or declining to register to vote will not affect my DTA benefits.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34D0CD3F" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="34D0CD3F" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Employment Opportunities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="495EAC59" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="495EAC59" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>I agree that DTA may share my name and contact information with employment and training providers, including:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5006B097" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="5006B097" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t>SNAP Path Work providers or DTA specialists for SNAP clients; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BB17E07" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="2BB17E07" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Contracted Employment and Training providers or Full Engagement Workers for TAFDC clients.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57AB746C" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="57AB746C" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">SNAP clients may voluntarily participate in education and employment training services through the SNAP Path to Work program. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B731538" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="3B731538" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Citizenship Status</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4901E1A8" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
-[...7 lines deleted...]
-    <w:p w14:paraId="3037222B" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="0047642A">
+    <w:p w14:paraId="4901E1A8" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">I swear that all members of my household applying for DTA benefits are either U.S. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>citizens, or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> lawfully residing noncitizens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3037222B" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Supplemental Nutrition Assistance Program </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E26A635" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="4E26A635" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>I understand that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BC3303F" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="3BC3303F" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>DTA manages the SNAP program in Massachusetts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1EB76E" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="4A1EB76E" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">When I file an application with DTA (by phone, online, in person, or by mail or fax), DTA has 30 days from the date it got my application to decide if I am eligible. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="176FC8EF" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="176FC8EF" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">If I am eligible for expedited (emergency) SNAP, DTA has to give me SNAP and make sure I have an </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+        <w:t xml:space="preserve">If I am eligible for expedited (emergency) SNAP, DTA </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
+        <w:t>has to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> give me SNAP and make sure I have an </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Electronic Benefit Transfer (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve">EBT) card within 7 days from the date they got my application. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367C47BA" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="367C47BA" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>I have a right to speak to a DTA supervisor if:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58D8684F" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
+    <w:p w14:paraId="58D8684F" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">DTA says I am not eligible for emergency SNAP benefits, and I disagree. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01269251" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
+    <w:p w14:paraId="01269251" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">I am eligible for emergency SNAP benefits, but do not get my benefits by the 7th day after I applied for SNAP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FC7EB51" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
+    <w:p w14:paraId="3FC7EB51" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>I am eligible for emergency SNAP benefits but do not get my EBT card by the 7th day after I applied for SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="739B5D9D" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="739B5D9D" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">When I get SNAP, I have to meet certain rules. When I am approved for SNAP, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+        <w:t xml:space="preserve">When I get SNAP, I </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>have to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meet certain rules. When I am approved for SNAP, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>DTA will give me a copy of the “Your Right to Know” brochure and the SNAP Program brochure.  I will read the brochures or have someone read them to me.  If I have any questions or need help reading or understanding this information, I can call DTA at 1-877-382-2363.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A633783" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="2A633783" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Telling DTA about changes in my household</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B557096" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="3B557096" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>If I am a SNAP Simplified Reporting household, I do not have to report most changes to DTA until the Interim Report or Recertification is due. The only things I have to report sooner are:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57CCF5B8" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
+    <w:p w14:paraId="57CCF5B8" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">If my household’s income goes over the gross income threshold (listed on my approval notice). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CFB7BC4" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
+    <w:p w14:paraId="6CFB7BC4" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>I have to report this by the 10</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>have to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> report this by the 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> day of the month after the month my income went over the threshold. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06C80BF0" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
+    <w:p w14:paraId="06C80BF0" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">If I have to meet the Able-Bodied Adults Without Dependents (ABAWD) Work Rules </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+        <w:t xml:space="preserve">If I </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>have to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meet the Able-Bodied Adults Without Dependents (ABAWD) Work Rules </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> my work hours drop below 20 hours per week. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="437EA1B9" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="437EA1B9" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>If everyone in my household is 60 or older, disabled, or under 18 years old, and no one has earnings from work, the only things I have to report are:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C0EFE23" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
+    <w:p w14:paraId="6C0EFE23" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1170"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">If someone starts working, or </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16386CF1" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
+    <w:p w14:paraId="16386CF1" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1170"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Someone joins or leaves my household. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DB82681" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
+    <w:p w14:paraId="0DB82681" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1170"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>I have to report these changes by the 10</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>have to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> report these changes by the 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> day of the month after the month of the change. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CA9EB3E" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="6CA9EB3E" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">If I get SNAP through Transitional Benefits Alternative (TBA) because my TAFDC stopped, I do not have to report any changes to DTA for the 5 months that I get TBA. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DB29532" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
+    <w:p w14:paraId="4DB29532" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">If I get SNAP through Bay State CAP, I do not have to report any changes to DTA. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="571279C0" w14:textId="18AB7340" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="571279C0" w14:textId="18AB7340" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If I and everyone in my household gets cash assistance (TAFDC or EAEDC), I must report certain changes to DTA within 10 days of the change. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="722A6E90" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="722A6E90" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">I may get more SNAP benefits if I report and give DTA proofs for the following, at any time: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60E082B8" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="60E082B8" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="2003C927" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Child or other dependent care costs, shelter costs, and/or utility </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>costs;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="2003C927" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Child support that I (or someone in my household) is legally required to pay to a non-household member; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18D8E4FC" w14:textId="34021598" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="18D8E4FC" w14:textId="34021598" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Medical costs for members of my household, including myself, who are 60 or older or disabled. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53D5524A" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="53D5524A" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Work rules for SNAP clients</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">:  If you get SNAP benefits and are between the ages of 16 and 59 you may need to meet general SNAP work rules or the ABAWD work rules unless you are exempt. DTA will tell me and members of my household if we need to meet any Work Rules, what the exemptions are, and what will happen if we do not meet the rules.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39C2CA4F" w14:textId="41A687EB" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="39C2CA4F" w14:textId="41A687EB" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If you are under the SNAP Work Rules: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00D801FC" w14:textId="2CB92667" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="0054556E" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="00D801FC" w14:textId="2CB92667" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="0054556E" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>You must r</w:t>
       </w:r>
-      <w:r w:rsidR="001402AD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001402AD" w:rsidRPr="006B2EFC">
         <w:t>egister for work at application an</w:t>
       </w:r>
-      <w:r w:rsidR="00B76975" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00B76975" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">d when you recertify for SNAP. </w:t>
       </w:r>
-      <w:r w:rsidR="001402AD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001402AD" w:rsidRPr="006B2EFC">
         <w:t>You register when you sign the SNAP application or recertification form.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79D0C662" w14:textId="560303B3" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="0054556E" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="79D0C662" w14:textId="560303B3" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="0054556E" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>You must g</w:t>
       </w:r>
-      <w:r w:rsidR="001402AD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001402AD" w:rsidRPr="006B2EFC">
         <w:t>ive DTA information about your employment status when DTA asks.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59579364" w14:textId="4CB1D267" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="0054556E" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="59579364" w14:textId="4CB1D267" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="0054556E" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>You must r</w:t>
       </w:r>
-      <w:r w:rsidR="001402AD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001402AD" w:rsidRPr="006B2EFC">
         <w:t>eport to an employer if referred by DTA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FBE3707" w14:textId="5CE1943B" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="0054556E" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="0FBE3707" w14:textId="5CE1943B" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="0054556E" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>You must a</w:t>
       </w:r>
-      <w:r w:rsidR="001402AD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001402AD" w:rsidRPr="006B2EFC">
         <w:t>ccept a job offer (unless you have a good reason not to).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F51B6E7" w14:textId="0EACDD47" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="0054556E" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="0F51B6E7" w14:textId="0EACDD47" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="0054556E" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">You must </w:t>
       </w:r>
-      <w:r w:rsidR="009E6DB5" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="009E6DB5" w:rsidRPr="006B2EFC">
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="001402AD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001402AD" w:rsidRPr="006B2EFC">
         <w:t>ot quit a job of more than 30 hours a week without a good reason.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24AD54D1" w14:textId="0E7A4647" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="0054556E" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="24AD54D1" w14:textId="0E7A4647" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="0054556E" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">You must </w:t>
       </w:r>
-      <w:r w:rsidR="00BF30C8" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BF30C8" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">not </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidR="001402AD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001402AD" w:rsidRPr="006B2EFC">
         <w:t>ut your work hours to less than 30 hours a week without a good reason.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="289B8F8C" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="289B8F8C" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>SNAP Rules</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72DEBB7B" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
+    <w:p w14:paraId="72DEBB7B" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Do not give false information or hide information to get SNAP benefits.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65CB64C7" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
+    <w:p w14:paraId="65CB64C7" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Do not trade or sell SNAP benefits.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46E61350" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
+    <w:p w14:paraId="46E61350" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Do not alter EBT cards to get SNAP benefits you are not eligible for.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="037FC8EC" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
+    <w:p w14:paraId="037FC8EC" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Do not use SNAP benefits to buy ineligible items, such as alcoholic drinks and tobacco.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="584BA594" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
+    <w:p w14:paraId="584BA594" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Do not use someone else’s SNAP benefits or EBT card unless you are an authorized representative, or the recipient has given you permission to use their card on their behalf. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="723F76EA" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
+    <w:p w14:paraId="723F76EA" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>SNAP Penalty Warnings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36CED31C" w14:textId="7728B7F3" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="36CED31C" w14:textId="7728B7F3" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">I understand that if I or any member of my SNAP household intentionally breaks any of the rules listed above, that person will not be eligible for SNAP for </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">ne year after the first violation, two years after the second violation and forever after the third violation. That person may also be fined up to $250,000, imprisoned up to 20 years, or both. They may also be subject to prosecution under Federal and State laws. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37859A83" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00AD6F0B">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="37859A83" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>I also understand the following penalties. If I or a member of my SNAP household:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B85560E" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
+    <w:p w14:paraId="1B85560E" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Commit a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">cash program </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Intentional Program Violation (IPV) they will be ineligible for SNAP for the same period they are ineligible for cash assistance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65430EFB" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
+    <w:p w14:paraId="65430EFB" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Make a fraudulent statement about their identity or residency to get multiple SNAP benefits </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">at the same time </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">they will be ineligible for SNAP for </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ten years</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58A2A05A" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
+    <w:p w14:paraId="58A2A05A" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Trade (buy or sell) SNAP benefits for a controlled substance/illegal drug(s), they will be ineligible for SNAP for </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">two years </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">for the first finding, and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">forever </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>for the second finding.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71EE8F7C" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
+    <w:p w14:paraId="71EE8F7C" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Trade (buy or sell) SNAP benefits for firearms, ammunition or explosives, they will be ineligible for SNAP </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>forever</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68036C60" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
+    <w:p w14:paraId="68036C60" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Make an offer to sell SNAP benefits or an EBT card online or in person the State may pursue an IPV against them.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6661811B" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
+    <w:p w14:paraId="6661811B" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Pay for food purchased on credit they will be ineligible for SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45A2C7AB" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
+    <w:p w14:paraId="45A2C7AB" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Buy products with SNAP benefits with the intent to discard the contents and return containers for cash they will be ineligible for SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10D2C351" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
+    <w:p w14:paraId="10D2C351" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Flee to avoid prosecution, custody or confinement after conviction for a felony they will be ineligible for SNAP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="009BA5E3" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="00D6160F">
+    <w:p w14:paraId="009BA5E3" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Violate probation or parole, where law enforcement is actively seeking to arrest them they will be ineligible for SNAP. </w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+        <w:t xml:space="preserve">Violate probation or parole, where law enforcement is actively seeking to arrest </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>them</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> they will be ineligible for SNAP. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E37B66D" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Anyone who became a convicted felon after February 7, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>2014</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> is ineligible for SNAP benefits if they are a fleeing felon or are violating probation or parole - in accordance with 7 CFR §273.11(n) - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> were convicted as an adult of:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A5E5FF1" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="007A2954">
+    <w:p w14:paraId="6A5E5FF1" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Aggravated sexual abuse under section 2241 of title 18, U.S.C.;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="41939EF4" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="007A2954">
+        <w:t xml:space="preserve">Aggravated sexual abuse under section 2241 of title 18, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>U.S.C.;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="41939EF4" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Murder under section 1111 of title 18, U.S.C.;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5745E0E3" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="007A2954">
+        <w:t xml:space="preserve">Murder under section 1111 of title 18, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>U.S.C.;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="5745E0E3" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Any offense under chapter 110 of title 18, U.S.C.;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2ED15409" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="007A2954">
+        <w:t xml:space="preserve">Any offense under chapter 110 of title 18, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>U.S.C.;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="2ED15409" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>A Federal or State offense involving sexual assault, as defined in section 40002(a) of the 1994 VAWA (42 U.S.C. 13925a); or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0114026A" w14:textId="4CEB9FEC" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="007A2954">
+    <w:p w14:paraId="0114026A" w14:textId="4CEB9FEC" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">An offense under State law determined by the Attorney General to be substantially similar to an offense described in this list. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77AD3DEC" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="007A2954">
+    <w:p w14:paraId="77AD3DEC" w14:textId="77777777" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Nondiscrimination Statement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C2D8763" w14:textId="4A5EBC94" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4C2D8763" w14:textId="4A5EBC94" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">In accordance with Federal civil rights law and U.S. Department of Agriculture (USDA) </w:t>
       </w:r>
-      <w:r w:rsidR="0054556E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0054556E" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">civil rights </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">regulations and policies, </w:t>
       </w:r>
-      <w:r w:rsidR="0054556E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0054556E" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">this institution </w:t>
       </w:r>
-      <w:r w:rsidR="00C265DF" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C265DF" w:rsidRPr="006B2EFC">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> prohibited from discriminating </w:t>
       </w:r>
-      <w:r w:rsidR="0054556E" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0054556E" w:rsidRPr="006B2EFC">
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0054556E" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>race, color, national origin, sex</w:t>
       </w:r>
-      <w:r w:rsidR="0054556E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0054556E" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> (including gender identity and sexual orientation)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>, religious creed, disability, age, political beliefs, or reprisal or retaliation for prior civil rights activity.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09AFC18D" w14:textId="54935D4E" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="0054556E" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="09AFC18D" w14:textId="54935D4E" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="0054556E" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:t>Program information may be made available in languages other than English.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001402AD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001402AD" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Persons with disabilities who require alternative means of communication </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">to obtain </w:t>
       </w:r>
-      <w:r w:rsidR="001402AD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001402AD" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">program information (e.g. Braille, large print, audiotape, American Sign Language), should contact the Agency (state or local) where they applied for benefits. Individuals who are deaf, hard of hearing or have speech disabilities may contact USDA through the Federal Relay Service at </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="001402AD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001402AD" w:rsidRPr="006B2EFC">
         <w:t>800</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidR="001402AD" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="001402AD" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">877-8339. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C32B34C" w14:textId="04710A63" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1C32B34C" w14:textId="04710A63" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">To file a program </w:t>
       </w:r>
-      <w:r w:rsidR="0054556E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0054556E" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">discrimination </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>complaint</w:t>
       </w:r>
-      <w:r w:rsidR="0054556E" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0054556E" w:rsidRPr="006B2EFC">
         <w:t>, a Complainant should complete Form AD-3027</w:t>
       </w:r>
-      <w:r w:rsidR="003A2AFA" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003A2AFA" w:rsidRPr="006B2EFC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> the USDA Program Discrimination Complaint Form, </w:t>
       </w:r>
-      <w:r w:rsidR="003A2AFA" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003A2AFA" w:rsidRPr="006B2EFC">
         <w:t>which can be obtained</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> online at</w:t>
       </w:r>
-      <w:r w:rsidR="003A2AFA" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003A2AFA" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId23">
-        <w:r w:rsidR="003A2AFA" w:rsidRPr="00EF293D">
+        <w:r w:rsidR="003A2AFA" w:rsidRPr="006B2EFC">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>https://www.usda.gov/sites/default/files/documents/ad-3027.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId24">
-        <w:r w:rsidR="003A2AFA" w:rsidRPr="00EF293D">
+        <w:r w:rsidR="003A2AFA" w:rsidRPr="006B2EFC">
           <w:rPr>
             <w:color w:val="1B1B1B"/>
           </w:rPr>
           <w:t>,</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003A2AFA" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003A2AFA" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">from </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>any USDA office</w:t>
       </w:r>
-      <w:r w:rsidR="003A2AFA" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003A2AFA" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, by calling (833) 620-1071, or by writing </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>a letter addressed to USDA</w:t>
       </w:r>
-      <w:r w:rsidR="003A2AFA" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003A2AFA" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003A2AFA" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003A2AFA" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
-        <w:t>The letter must contain the complainant’s name, address, telephone number, and a written description of the alleged discriminatory action in sufficient detail to inform</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003A2AFA" w:rsidRPr="00EF293D">
+        <w:t xml:space="preserve">The letter must contain the complainant’s name, address, telephone number, and a written description of the alleged discriminatory action in sufficient detail to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003A2AFA" w:rsidRPr="006B2EFC">
+        <w:rPr>
+          <w:color w:val="1B1B1B"/>
+        </w:rPr>
+        <w:t>inform</w:t>
+      </w:r>
+      <w:r w:rsidR="003A2AFA" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="003A2AFA" w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> Assistant Secretary for Civil Rights </w:t>
+      </w:r>
+      <w:r w:rsidR="003A2AFA" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">(ASCR) about the </w:t>
       </w:r>
-      <w:r w:rsidR="003A2AFA" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003A2AFA" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:t xml:space="preserve">nature and date of an alleged civil rights violation. The completed AD-3027 form or letter must be submitted </w:t>
       </w:r>
-      <w:r w:rsidR="009E6DB5" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="009E6DB5" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="003A2AFA" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003A2AFA" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="003A2AFA" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003A2AFA" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C0920C5" w14:textId="77777777" w:rsidR="003A2AFA" w:rsidRPr="00D6160F" w:rsidRDefault="003A2AFA" w:rsidP="007A2954">
+    <w:p w14:paraId="1C0920C5" w14:textId="77777777" w:rsidR="003A2AFA" w:rsidRPr="006B2EFC" w:rsidRDefault="003A2AFA" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="346"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D6160F">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>mail:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="253AE721" w14:textId="77777777" w:rsidR="003A2AFA" w:rsidRPr="00D6160F" w:rsidRDefault="003A2AFA" w:rsidP="007A2954">
+    <w:p w14:paraId="253AE721" w14:textId="77777777" w:rsidR="003A2AFA" w:rsidRPr="006B2EFC" w:rsidRDefault="003A2AFA" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D6160F">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:t xml:space="preserve">Food and Nutrition Service, USDA </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D6160F">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">1320 Braddock Place, Room 334 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D6160F">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Alexandria, VA 22314; or </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62BEA841" w14:textId="77777777" w:rsidR="003A2AFA" w:rsidRPr="00D6160F" w:rsidRDefault="001402AD" w:rsidP="007A2954">
+    <w:p w14:paraId="62BEA841" w14:textId="77777777" w:rsidR="003A2AFA" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="346"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D6160F">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>fax:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60153443" w14:textId="15AB821F" w:rsidR="001402AD" w:rsidRPr="00D6160F" w:rsidRDefault="003A2AFA" w:rsidP="007A2954">
+    <w:p w14:paraId="60153443" w14:textId="15AB821F" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="003A2AFA" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D6160F">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>(833) 256 1665 or (</w:t>
       </w:r>
-      <w:r w:rsidR="001402AD" w:rsidRPr="00D6160F">
+      <w:r w:rsidR="001402AD" w:rsidRPr="006B2EFC">
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D6160F">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="001402AD" w:rsidRPr="00D6160F">
+      <w:r w:rsidR="001402AD" w:rsidRPr="006B2EFC">
         <w:t>-690-7442; or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C48EFAA" w14:textId="77777777" w:rsidR="003A2AFA" w:rsidRPr="00D6160F" w:rsidRDefault="001402AD" w:rsidP="007A2954">
+    <w:p w14:paraId="2C48EFAA" w14:textId="77777777" w:rsidR="003A2AFA" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="346"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D6160F">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">email: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="641ADDC2" w14:textId="77777777" w:rsidR="003A2AFA" w:rsidRPr="00EF293D" w:rsidRDefault="003A2AFA" w:rsidP="007A2954">
+    <w:p w14:paraId="641ADDC2" w14:textId="77777777" w:rsidR="003A2AFA" w:rsidRPr="006B2EFC" w:rsidRDefault="003A2AFA" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:u w:val="single" w:color="0000FF"/>
         </w:rPr>
         <w:t>FNSCIVILRIGHTSCOMPLAINTS@usda.gov</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F73D9C9" w14:textId="13C66738" w:rsidR="001402AD" w:rsidRPr="00EF293D" w:rsidRDefault="001402AD" w:rsidP="007A2954">
+    <w:p w14:paraId="3F73D9C9" w14:textId="13C66738" w:rsidR="001402AD" w:rsidRPr="006B2EFC" w:rsidRDefault="001402AD" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>This institution is</w:t>
       </w:r>
-      <w:r w:rsidR="00BB3C10" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BB3C10" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> an equal opportunity provider.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09D7ADC8" w14:textId="77777777" w:rsidR="00B04986" w:rsidRPr="00EF293D" w:rsidRDefault="00B04986" w:rsidP="00981626">
+    <w:p w14:paraId="09D7ADC8" w14:textId="77777777" w:rsidR="00B04986" w:rsidRPr="006B2EFC" w:rsidRDefault="00B04986" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="200"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CC45CDE" w14:textId="53533070" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="2CC45CDE" w14:textId="53533070" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t>Sign this application—Required</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7249D64D" w14:textId="1B83A023" w:rsidR="00DD4D07" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7249D64D" w14:textId="1B83A023" w:rsidR="00DD4D07" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>By signing this application below, I hereby certify under the pains and penalties of perjury that the submissions and statements I have made in this application are true and complete to the best of my knowledge, and I agree to accept and comply with the above rights and responsibilities</w:t>
       </w:r>
-      <w:r w:rsidR="00B04986" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00B04986" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
-      <w:r w:rsidR="00C25F78" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00C25F78" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00B04986" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00B04986" w:rsidRPr="006B2EFC">
         <w:t>MassHealth and Health Connector</w:t>
       </w:r>
-      <w:r w:rsidR="00DD4D07" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00DD4D07" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00815229" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00815229" w:rsidRPr="006B2EFC">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00DD4D07" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00DD4D07" w:rsidRPr="006B2EFC">
         <w:t>rograms</w:t>
       </w:r>
-      <w:r w:rsidR="00815229" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00815229" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76AB8210" w14:textId="42E21627" w:rsidR="00CE58EE" w:rsidRPr="00EF293D" w:rsidRDefault="00CE58EE" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="76AB8210" w14:textId="42E21627" w:rsidR="00CE58EE" w:rsidRPr="006B2EFC" w:rsidRDefault="00CE58EE" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>If I have indicated that I am applying for the Supplemental Nutritional Assistance Program (SNAP) on page 1 of this application, I certify that I understand and agree to the rights, rules, and penalties of the SNAP program, as outlined above. I ask that MassHealth send my information, including Protected Health Information subject to the Health Insurance Portability and Accountability Act (HIPAA), to the Department of Transitional Assistance (DTA) for the purpose of applying for SNAP benefits.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77CB0AE9" w14:textId="180FB377" w:rsidR="00EF4E60" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="77CB0AE9" w14:textId="180FB377" w:rsidR="00EF4E60" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Important: </w:t>
       </w:r>
-      <w:r w:rsidR="00B04986" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00B04986" w:rsidRPr="006B2EFC">
         <w:t>For MassHealth and Health Connector applica</w:t>
       </w:r>
-      <w:r w:rsidR="00956E0D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00956E0D" w:rsidRPr="006B2EFC">
         <w:t>tions</w:t>
       </w:r>
-      <w:r w:rsidR="00B04986" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00B04986" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> only </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1486B96E" w14:textId="57D7404F" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1486B96E" w14:textId="57D7404F" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If you are submitting this application as an authorized representative, you must submit an Authorized Representative Designation Form (ARD) to us or have a form on record for us to process this application. The ARD is at the end of this application. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F847AC5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0F847AC5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Signature of Person 1 or authorized representative or responsible party</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="686687D1" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="686687D1" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Print name </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40755C3B" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="40755C3B" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Date </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71600E36" w14:textId="40C05778" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="71600E36" w14:textId="40C05778" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If you are </w:t>
       </w:r>
-      <w:r w:rsidR="00DC5B34" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00DC5B34" w:rsidRPr="006B2EFC">
         <w:t>younger than 18</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, are you an emancipated minor? </w:t>
       </w:r>
-      <w:r w:rsidR="00D6160F">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D6160F" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00D6160F" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00D6160F">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D6160F" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00D6160F" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D0E1219" w14:textId="353933AD" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0D0E1219" w14:textId="353933AD" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="000665E7" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="000665E7" w:rsidRPr="006B2EFC">
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>, we need a responsible party who is at least 18 years old to sign this application on your behalf. Please provide that person’s information below.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FD912E2" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6FD912E2" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>First name Middle name Last name Suffix</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75B66514" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="75B66514" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Social Security Number Relationship to you</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7150AF91" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7150AF91" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Date of birth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F6C3EE5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3F6C3EE5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Street address Apartment/Unit #</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36B59C5A" w14:textId="009DA322" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="36B59C5A" w14:textId="009DA322" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">City </w:t>
       </w:r>
-      <w:r w:rsidR="00F23923" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00F23923" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">State </w:t>
       </w:r>
-      <w:r w:rsidR="000665E7" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="000665E7" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">ZIP </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>code County</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="703BF545" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="703BF545" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Phone Ext. Phone type</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="473D4A55" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="473D4A55" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Second phone Ext. Phone type</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="155978DF" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="155978DF" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Email address</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="247EBC42" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="247EBC42" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>VOTER REGISTRATION INFORMATION ON THIS PAGE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D090120" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="2D090120" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D7CF799" w14:textId="2D649793" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="4D7CF799" w14:textId="2D649793" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">STEP </w:t>
       </w:r>
-      <w:r w:rsidR="00F23923" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00F23923" w:rsidRPr="006B2EFC">
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Send us your completed application. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3393A7" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4E3393A7" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Mail your signed application to: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Health Insurance Processing Center</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>PO Box 4405</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Taunton, MA 02780; or </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BB45D2A" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2BB45D2A" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Fax to: (857) 323-8300 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4166D286" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="4166D286" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Voter Registration Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20A73659" w14:textId="109BFCC7" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="20A73659" w14:textId="109BFCC7" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">The form to register to vote is included with this application or can be found at </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
-        <w:r w:rsidRPr="00EF293D">
+        <w:r w:rsidRPr="006B2EFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>sec.state.ma.us</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. More information on how to register to vote can also be found at </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:history="1">
-        <w:r w:rsidRPr="00EF293D">
+        <w:r w:rsidRPr="006B2EFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>sec.state.ma.us</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>. If you have any questions about the voter registration process, or if you need help filling out the form, please visit a local MassHealth Enrollment Center or call the MassHealth Customer Service Center at (800) 841-2900</w:t>
       </w:r>
-      <w:r w:rsidR="002702EF" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002702EF" w:rsidRPr="006B2EFC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002702EF" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002702EF" w:rsidRPr="006B2EFC">
         <w:t>TDD/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
-      <w:r w:rsidR="002702EF" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002702EF" w:rsidRPr="006B2EFC">
         <w:t>711</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49DCBBBD" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="49DCBBBD" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Applying to register or declining to register to vote will not affect the amount of assistance that you will be provided by this agency. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="341B1F79" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="341B1F79" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>If you would like help in filling out the voter registration application form, we will help you. The decision to seek or accept help is yours. You may fill out the application form in private.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F932852" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0F932852" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>If you believe that someone has interfered with your right to register or to decline to register to vote, with your right to privacy in deciding to register or in applying to register to vote, or with your right to choose your own political party or other political preference, you may file a complaint with:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B7E9095" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1B7E9095" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Secretary of the Commonwealth, Elections Division </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>One Ashburton Place Room 1705</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>Boston, MA 02108</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="617D5FD8" w14:textId="4B3D07F4" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="617D5FD8" w14:textId="4B3D07F4" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Tel: (617) 727-2828 or (800) 462-8683.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21D2D8C2" w14:textId="2AB17584" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="21D2D8C2" w14:textId="2AB17584" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If you or anyone else in your application are not registered to vote where you live now, would you like to apply to register to vote today? </w:t>
       </w:r>
-      <w:r w:rsidR="00D6160F">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D6160F" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00D6160F" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00D6160F">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D6160F" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00D6160F" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30D2448C" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="30D2448C" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">IF YOU DO NOT CHECK EITHER BOX, YOU WILL BE CONSIDERED TO HAVE DECIDED NOT TO REGISTER TO VOTE AT THIS TIME. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D9C7FEF" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="0D9C7FEF" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">IMMIGRATION STATUSES AND DOCUMENT TYPES </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47E4BBD5" w14:textId="5F5C41F8" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="47E4BBD5" w14:textId="5F5C41F8" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Question </w:t>
       </w:r>
-      <w:r w:rsidR="00D92157" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D92157" w:rsidRPr="006B2EFC">
         <w:t>14</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D92157" w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">a on the application asks noncitizens about their immigration status and about the type or types of immigration documents they </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>have to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> support their immigration status. Please refer to the following lists to fill out Question </w:t>
+      </w:r>
+      <w:r w:rsidR="00D92157" w:rsidRPr="006B2EFC">
         <w:t>14</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>a.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D06A336" w14:textId="7F66F52D" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2D06A336" w14:textId="7F66F52D" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If you need further help, details can be found online at </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
-        <w:r w:rsidR="00241D7E" w:rsidRPr="00EF293D">
+        <w:r w:rsidR="00241D7E" w:rsidRPr="006B2EFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>MAhealthconnector.org/immigration-document-types</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00855364" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00855364" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72B0175F" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="72B0175F" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Eligible Immigration Statuses </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="687D7FA9" w14:textId="2BD8C1E0" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="687D7FA9" w14:textId="2BD8C1E0" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">In the “Immigration Status” section of Question </w:t>
       </w:r>
-      <w:r w:rsidR="00843CDC" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00843CDC" w:rsidRPr="006B2EFC">
         <w:t>14a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>, write in any status that applies to you or members of your household. You may write in more than one status.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="319762D1" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="319762D1" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Amerasian </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17B6BF66" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="17B6BF66" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Granted asylum </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58D96CDE" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="58D96CDE" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Cuban Haitian entrant </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28325F0F" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="28325F0F" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Deportation withheld </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F759732" w14:textId="35927209" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="2F759732" w14:textId="35927209" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Native American born in Canada or non-</w:t>
       </w:r>
-      <w:r w:rsidR="008673DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="008673DB" w:rsidRPr="006B2EFC">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> territories </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D361D59" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="4D361D59" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Refugee </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3010C469" w14:textId="59EDBC4B" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="3010C469" w14:textId="59EDBC4B" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Victim of severe trafficking or </w:t>
       </w:r>
-      <w:r w:rsidR="003866FE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003866FE" w:rsidRPr="006B2EFC">
         <w:t>their</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> spouse, child, sibling, or parent </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E4BCB43" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="0E4BCB43" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Iraqi special immigrant </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CC17806" w14:textId="73C5F6AA" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="0CC17806" w14:textId="73C5F6AA" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Afghan special immigrant </w:t>
       </w:r>
-      <w:r w:rsidR="005F149C" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="005F149C" w:rsidRPr="006B2EFC">
         <w:t>or certain Afghan evacuees</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="752637DF" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="752637DF" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Conditional entrant granted before 1980 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C94D56B" w14:textId="3702A0C2" w:rsidR="005F149C" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="0C94D56B" w14:textId="3702A0C2" w:rsidR="005F149C" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Veteran or </w:t>
       </w:r>
-      <w:r w:rsidR="000665E7" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="000665E7" w:rsidRPr="006B2EFC">
         <w:t>active-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">duty member of military or </w:t>
       </w:r>
-      <w:r w:rsidR="003866FE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003866FE" w:rsidRPr="006B2EFC">
         <w:t>their</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> spouse or dependent</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="563A60F8" w14:textId="7FD65DE7" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00FF0046" w:rsidP="00C74DE2">
+    <w:p w14:paraId="563A60F8" w14:textId="7FD65DE7" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00FF0046" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>CO</w:t>
       </w:r>
-      <w:r w:rsidR="005F149C" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="005F149C" w:rsidRPr="006B2EFC">
         <w:t>FA migrant</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18A6E6C8" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="18A6E6C8" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Lawful permanent resident </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55F05495" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="55F05495" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Granted parole for at least one year </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FE9AE5E" w14:textId="165CE6CB" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="7FE9AE5E" w14:textId="165CE6CB" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Battered spouse or child (or </w:t>
       </w:r>
-      <w:r w:rsidR="003866FE" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="003866FE" w:rsidRPr="006B2EFC">
         <w:t>their</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> parent or child) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D34EF9" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="42D34EF9" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Nonimmigrant status (visa) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F8985FE" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="3F8985FE" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Granted parole for less than one year </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19E62B75" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="19E62B75" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Granted temporary resident status </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E1DD43D" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="2E1DD43D" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Granted Temporary Protected Status (TPS) or applicant for TPS with employment authorization </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4963EC7F" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="4963EC7F" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Granted employment authorization under 8 CFR 274a(12)(c) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="197490CB" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="197490CB" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Family unity beneficiaries </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27E36841" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="27E36841" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Deferred enforced departure </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A235B68" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="5A235B68" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Deferred Action Status except for Deferred Action for Childhood Arrivals Process (DACA) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19767DCC" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="19767DCC" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Granted an administrative stay of removal under 8 CFR 241 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71C4CCDA" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="71C4CCDA" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Approved visa petition with a pending application for adjustment of status </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25F3CDEB" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="25F3CDEB" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Applicant for asylum or for withholding of removal with employment authorization </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="152F7AA1" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="152F7AA1" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Applicant (for at least 180 days) under age 14 for asylum or for withholding of removal </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59802630" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="59802630" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Granted withholding of removal under the Convention Against Torture </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2445E604" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="2445E604" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Applicant for Special Immigrant Juvenile (SIJ) status </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2895F47B" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="2895F47B" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Applicant or granted status under Deferred Action for Childhood Arrivals (DACA) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BD0E209" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="1BD0E209" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">I have a document but do not have any status listed above (Person Residing Under Color of Law, PRUCOL) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="377C3475" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="377C3475" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Immigration Document Types</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32F54765" w14:textId="4E2D9DEF" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="32F54765" w14:textId="4E2D9DEF" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">In the “Immigration Document Type” section of Question </w:t>
       </w:r>
-      <w:r w:rsidR="00843CDC" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00843CDC" w:rsidRPr="006B2EFC">
         <w:t>14a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>, write in any document type you or members of your household have. You may list more than one immigration document type.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06C0ADD5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="06C0ADD5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Reentry Permit (I-327) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28D98A70" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="28D98A70" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Permanent Resident Card (“green card,” I-551) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CA0BE28" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="3CA0BE28" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Refugee Travel Document (I-571) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DABEBB4" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="7DABEBB4" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Employment Authorization Card (I-766) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="477E5D2A" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="477E5D2A" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Machine Readable Immigrant Visa (with temporary 1-551 language) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55C8E900" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="55C8E900" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Temporary I-551 stamp (on passport or I-94, I-94A) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="179F8F8D" w14:textId="658D20A7" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="179F8F8D" w14:textId="658D20A7" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Arrival</w:t>
       </w:r>
-      <w:r w:rsidR="000B67F1" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="000B67F1" w:rsidRPr="006B2EFC">
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Departure Record (I-94, I-94A) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F52D2F0" w14:textId="722A9F60" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="5F52D2F0" w14:textId="722A9F60" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Arrival</w:t>
       </w:r>
-      <w:r w:rsidR="000B67F1" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="000B67F1" w:rsidRPr="006B2EFC">
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Departure Record in unexpired foreign passport (I-94) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07731C4E" w14:textId="6831179D" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="001C71AD" w:rsidP="00C74DE2">
+    <w:p w14:paraId="07731C4E" w14:textId="6831179D" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="001C71AD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">oreign passport </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66118B04" w14:textId="3E63D80C" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="66118B04" w14:textId="3E63D80C" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Certificate of Eligibility for Nonimmigrant Student Status (I-20) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A0EF883" w14:textId="1764216C" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+    <w:p w14:paraId="4A0EF883" w14:textId="1764216C" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Certificate of Eligibility for Exchange Visitor Status (DS2019) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7410A1B8" w14:textId="09AEE9B4" w:rsidR="00210340" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="005C3208">
+    <w:p w14:paraId="7410A1B8" w14:textId="09AEE9B4" w:rsidR="00210340" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Notice of Action (I-797)</w:t>
       </w:r>
-      <w:r w:rsidR="000B67F1" w:rsidRPr="00EF293D" w:rsidDel="000B67F1">
+      <w:r w:rsidR="000B67F1" w:rsidRPr="006B2EFC" w:rsidDel="000B67F1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="12" w:name="move379402891111"/>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="3314A346" w14:textId="77777777" w:rsidR="00210340" w:rsidRPr="00EF293D" w:rsidRDefault="00210340" w:rsidP="00210340">
+    <w:p w14:paraId="3314A346" w14:textId="77777777" w:rsidR="00210340" w:rsidRPr="006B2EFC" w:rsidRDefault="00210340" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t>Document indicating withholding of removal (or withholding of deportation)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39C87877" w14:textId="77777777" w:rsidR="00210340" w:rsidRPr="00EF293D" w:rsidRDefault="00210340" w:rsidP="00210340">
+    <w:p w14:paraId="39C87877" w14:textId="77777777" w:rsidR="00210340" w:rsidRPr="006B2EFC" w:rsidRDefault="00210340" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Administrative order staying removal issued by the Department of Homeland Security</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AC2445F" w14:textId="380E9C83" w:rsidR="00210340" w:rsidRPr="00EF293D" w:rsidRDefault="00210340" w:rsidP="00210340">
+    <w:p w14:paraId="5AC2445F" w14:textId="380E9C83" w:rsidR="00210340" w:rsidRPr="006B2EFC" w:rsidRDefault="00210340" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Document indicating a member of a federally</w:t>
       </w:r>
-      <w:r w:rsidR="007829D8" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="007829D8" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>recognized Indian tribe or American Indian born in Canada</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69C5D3DD" w14:textId="77777777" w:rsidR="00210340" w:rsidRPr="00EF293D" w:rsidRDefault="00210340" w:rsidP="00210340">
+    <w:p w14:paraId="69C5D3DD" w14:textId="77777777" w:rsidR="00210340" w:rsidRPr="006B2EFC" w:rsidRDefault="00210340" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Office of Refugee Resettlement (ORR) eligibility letter (if under 18)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="655DBFF1" w14:textId="77777777" w:rsidR="00210340" w:rsidRPr="00EF293D" w:rsidRDefault="00210340" w:rsidP="00210340">
+    <w:p w14:paraId="655DBFF1" w14:textId="77777777" w:rsidR="00210340" w:rsidRPr="006B2EFC" w:rsidRDefault="00210340" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Resident of American Samoa Card</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="045D1704" w14:textId="76F68FDB" w:rsidR="00F0739F" w:rsidRPr="00EF293D" w:rsidRDefault="00F0739F" w:rsidP="00F0739F">
+    <w:p w14:paraId="045D1704" w14:textId="76F68FDB" w:rsidR="00F0739F" w:rsidRPr="006B2EFC" w:rsidRDefault="00F0739F" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">USCIS </w:t>
       </w:r>
-      <w:r w:rsidR="005A68F0" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="005A68F0" w:rsidRPr="006B2EFC">
         <w:t>Notice</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> of Receipt (I-797C)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C9F1144" w14:textId="461BA834" w:rsidR="00210340" w:rsidRPr="00EF293D" w:rsidRDefault="00A674D1" w:rsidP="00915D95">
+    <w:p w14:paraId="0C9F1144" w14:textId="461BA834" w:rsidR="00210340" w:rsidRPr="006B2EFC" w:rsidRDefault="00A674D1" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>U</w:t>
       </w:r>
-      <w:r w:rsidR="00F0739F" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00F0739F" w:rsidRPr="006B2EFC">
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F0739F" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00F0739F" w:rsidRPr="006B2EFC">
         <w:t>Visas (such as B1/B2, R-Visa, Border Crossing Card, J/F/M)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43AD878F" w14:textId="75688380" w:rsidR="00C72FDD" w:rsidRPr="00EF293D" w:rsidRDefault="00C72FDD" w:rsidP="0047642A">
+    <w:p w14:paraId="43AD878F" w14:textId="75688380" w:rsidR="00C72FDD" w:rsidRPr="006B2EFC" w:rsidRDefault="00C72FDD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">RACE (Optional) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73364EAA" w14:textId="77777777" w:rsidR="00C72FDD" w:rsidRPr="00EF293D" w:rsidRDefault="00C72FDD" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="73364EAA" w14:textId="77777777" w:rsidR="00C72FDD" w:rsidRPr="006B2EFC" w:rsidRDefault="00C72FDD" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Choose the options that best describe you. Write in all that apply. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0574C82C" w14:textId="03A6B698" w:rsidR="00C72FDD" w:rsidRPr="00EF293D" w:rsidRDefault="00C72FDD" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0574C82C" w14:textId="03A6B698" w:rsidR="00C72FDD" w:rsidRPr="006B2EFC" w:rsidRDefault="00C72FDD" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Please specify in Question</w:t>
       </w:r>
-      <w:r w:rsidR="002A6A73" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002A6A73" w:rsidRPr="006B2EFC">
         <w:t>s 8 and 9</w:t>
       </w:r>
-      <w:r w:rsidR="0017751D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="0017751D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">on pages </w:t>
       </w:r>
-      <w:r w:rsidR="002A6A73" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002A6A73" w:rsidRPr="006B2EFC">
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="002A6A73" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002A6A73" w:rsidRPr="006B2EFC">
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="002A6A73" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002A6A73" w:rsidRPr="006B2EFC">
         <w:t>11</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
-      <w:r w:rsidR="002A6A73" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002A6A73" w:rsidRPr="006B2EFC">
         <w:t>15</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C2FEF90" w14:textId="77777777" w:rsidR="00C72FDD" w:rsidRPr="00EF293D" w:rsidRDefault="00C72FDD" w:rsidP="00C74DE2">
+    <w:p w14:paraId="6C2FEF90" w14:textId="77777777" w:rsidR="00C72FDD" w:rsidRPr="006B2EFC" w:rsidRDefault="00C72FDD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>American Indian or Alaska Native (Complete Step 3 and Supplement B)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DC9E9BF" w14:textId="77777777" w:rsidR="003A185E" w:rsidRPr="00EF293D" w:rsidRDefault="003A185E" w:rsidP="00C74DE2">
+    <w:p w14:paraId="3DC9E9BF" w14:textId="77777777" w:rsidR="003A185E" w:rsidRPr="006B2EFC" w:rsidRDefault="003A185E" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Asian</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06064E45" w14:textId="77777777" w:rsidR="00C72FDD" w:rsidRPr="00EF293D" w:rsidRDefault="00C72FDD" w:rsidP="00C74DE2">
+    <w:p w14:paraId="06064E45" w14:textId="77777777" w:rsidR="00C72FDD" w:rsidRPr="006B2EFC" w:rsidRDefault="00C72FDD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Black or African American</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AAE1B94" w14:textId="0912845F" w:rsidR="003A185E" w:rsidRPr="00EF293D" w:rsidRDefault="003A185E" w:rsidP="00C74DE2">
+    <w:p w14:paraId="4AAE1B94" w14:textId="0912845F" w:rsidR="003A185E" w:rsidRPr="006B2EFC" w:rsidRDefault="003A185E" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Native Hawaiian or Other Pacific Island</w:t>
       </w:r>
-      <w:r w:rsidR="00BE32D7" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE32D7" w:rsidRPr="006B2EFC">
         <w:t>er</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AF55035" w14:textId="2DB78A4F" w:rsidR="00C72FDD" w:rsidRPr="00EF293D" w:rsidRDefault="00C72FDD" w:rsidP="00C74DE2">
+    <w:p w14:paraId="3AF55035" w14:textId="2DB78A4F" w:rsidR="00C72FDD" w:rsidRPr="006B2EFC" w:rsidRDefault="00C72FDD" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>White</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3306CB26" w14:textId="56B35591" w:rsidR="003A185E" w:rsidRPr="00EF293D" w:rsidRDefault="003A185E" w:rsidP="00C74DE2">
+    <w:p w14:paraId="3306CB26" w14:textId="56B35591" w:rsidR="003A185E" w:rsidRPr="006B2EFC" w:rsidRDefault="003A185E" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Race is not listed here</w:t>
       </w:r>
-      <w:r w:rsidR="00D528AA" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D528AA" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FA3850" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00FA3850" w:rsidRPr="006B2EFC">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00D528AA" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00D528AA" w:rsidRPr="006B2EFC">
         <w:t>please sp</w:t>
       </w:r>
-      <w:r w:rsidR="00FA3850" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00FA3850" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">ecify) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12769E16" w14:textId="77777777" w:rsidR="003A185E" w:rsidRPr="00EF293D" w:rsidRDefault="003A185E" w:rsidP="00C74DE2">
+    <w:p w14:paraId="12769E16" w14:textId="77777777" w:rsidR="003A185E" w:rsidRPr="006B2EFC" w:rsidRDefault="003A185E" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Don’t know</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69AB756E" w14:textId="77777777" w:rsidR="003A185E" w:rsidRPr="00EF293D" w:rsidRDefault="003A185E" w:rsidP="00C74DE2">
+    <w:p w14:paraId="69AB756E" w14:textId="77777777" w:rsidR="003A185E" w:rsidRPr="006B2EFC" w:rsidRDefault="003A185E" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Choose not to answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1568F5CC" w14:textId="77777777" w:rsidR="004972C7" w:rsidRPr="00EF293D" w:rsidRDefault="004972C7" w:rsidP="0047642A">
+    <w:p w14:paraId="1568F5CC" w14:textId="77777777" w:rsidR="004972C7" w:rsidRPr="006B2EFC" w:rsidRDefault="004972C7" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="move37940289"/>
       <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Ethnicity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76AA57AA" w14:textId="77777777" w:rsidR="004972C7" w:rsidRPr="00EF293D" w:rsidRDefault="004972C7" w:rsidP="00C74DE2">
-[...232 lines deleted...]
-      <w:r w:rsidR="00206C2F" w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3F518FE5" w14:textId="5B6AE59C" w:rsidR="00B26EEA" w:rsidRPr="00316412" w:rsidRDefault="00316412" w:rsidP="00534B26">
+      <w:pPr>
+        <w:pStyle w:val="textindentsolidblocktext"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>African, African American, American, Asian Indian, Brazilian, Cambodian, Cape Verdean, Caribbean Islander, Central American, Chicano/a, Chinese, Colombian, Cuban, Dominican, Eastern European, European, Filipino, Guamanian or Chamorro, Guatemalan, Haitian, Honduran, Japanese, Korean, Laotian/Lao, Mexican, Mexican American, Middle Eastern or North African, Other Asian, Portuguese, Puerto Rican, Russian, Salvadoran, Samoan, South American, Vietnamese, Ethnicity is not listed (please specify), Don’t know, Choose not to answer.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="370A1E8F" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:lastRenderedPageBreak/>
+        <w:t>SUPPLEMENT A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:br/>
+        <w:t>Health Coverage from Jobs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A4320AE" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Answer these questions if someone in the household is eligible for health coverage from a job </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>whether or not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> they are enrolled in the coverage. Attach a copy of this page for each job that offers coverage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46F53F9C" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>EMPLOYEE INFORMATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49961D10" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">1. Employee name (first, middle, last) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE5BD0A" w14:textId="61D263CE" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">2. Employee </w:t>
+      </w:r>
+      <w:r w:rsidR="00A70016" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Social Security </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">number </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E91F462" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>3. a. Is at least one person on this application currently eligible for or enrolled in coverage offered by this employer, or will at least one person on this application become eligible within the next 3 months? Yes No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="705945F1" w14:textId="5E9940C8" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">If the answer to 3a is </w:t>
+      </w:r>
+      <w:r w:rsidR="00A405B7" w:rsidRPr="006B2EFC">
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">, continue. If the answer to 3a is </w:t>
+      </w:r>
+      <w:r w:rsidR="00A405B7" w:rsidRPr="006B2EFC">
+        <w:t>No</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>, stop here and skip the rest of Supplement A.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BDD0F96" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>b. If any person is in a waiting or probationary period, when can this person enroll in coverage? (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AABA9A9" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>EMPLOYER INFORMATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06988CC5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">4. Employer name </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="255D02E9" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">5. Federal Tax ID (if known) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C4577F6" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">6. Employer address </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="101817F9" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">7. Employer phone number </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="075C6BD3" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">8. City </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FA13240" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">9. State </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6611AEB8" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">10. ZIP code </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F68B138" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">11. Who can we contact about employee health coverage at this job? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E638C27" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">12. Phone number (if different from above) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C04BA10" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">13. Email address </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C62E86D" w14:textId="11E5576E" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>TELL US ABOUT HEALTH PLAN</w:t>
+      </w:r>
+      <w:r w:rsidR="007A601D" w:rsidRPr="006B2EFC">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> OFFERED BY THIS EMPLOYER.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="066A32E9" w14:textId="3C76BF2E" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="005A4FBA" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">. a. What is the name of the lowest cost </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...77 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="007A601D" w:rsidRPr="006B2EFC">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>dividual</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> health plan offered to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t>employee?*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="332FC93F" w14:textId="5E6E9F92" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">b. Does the health plan offered by the employer meet the minimum value standard for coverage? </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6160F" w:rsidRPr="006B2EFC">
+        <w:br/>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6160F" w:rsidRPr="006B2EFC">
+        <w:br/>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B483CFE" w14:textId="32911E08" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">c. </w:t>
+      </w:r>
+      <w:r w:rsidR="005A4FBA" w:rsidRPr="006B2EFC">
+        <w:t>How</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16150" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> much would this employee pay in premiums for this plan?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D58C493" w14:textId="64265329" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">d. How often would </w:t>
+      </w:r>
+      <w:r w:rsidR="00A405B7" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>employee pay this amount?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BFFCB67" w14:textId="1C525DEC" w:rsidR="00D463B9" w:rsidRPr="006B2EFC" w:rsidRDefault="00D463B9" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>15.</w:t>
+      </w:r>
+      <w:r w:rsidR="00056B6F" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">a. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What is the name of the lowest cost health plan to cover the other household members who qualify through the employer? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA221BA" w14:textId="0CFD0EBA" w:rsidR="00D463B9" w:rsidRPr="006B2EFC" w:rsidRDefault="00D463B9" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Middle Eastern or North African</w:t>
-[...121 lines deleted...]
-        <w:pStyle w:val="textindentsolidblocktext"/>
+        <w:t xml:space="preserve">b. Does this health plan offered by the employer meet the minimum value standard for coverage? </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6160F" w:rsidRPr="006B2EFC">
+        <w:br/>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6160F" w:rsidRPr="006B2EFC">
+        <w:br/>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55F4AC38" w14:textId="77777777" w:rsidR="00D463B9" w:rsidRPr="006B2EFC" w:rsidRDefault="00D463B9" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>c. How much would this employee pay in premiums for this plan?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="267FBD68" w14:textId="77777777" w:rsidR="00D463B9" w:rsidRPr="006B2EFC" w:rsidRDefault="00D463B9" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>d. How often would this employee pay this amount?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F99BA53" w14:textId="6F9C50BE" w:rsidR="00D463B9" w:rsidRPr="006B2EFC" w:rsidRDefault="00C16150" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D463B9" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">What change will the employer make for the new plan year (if known)? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="417A0F3F" w14:textId="77D6623D" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00D463B9" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">a. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t>Employer will not offer health coverage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02A7C78C" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Coverage </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>end</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="799EE94C" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>b. The person plans to drop employer’s health coverage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60690597" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Coverage </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>end</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="380861E0" w14:textId="45E8E378" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">c. Employer will start offering health coverage to employees or change the premium for the lowest-cost </w:t>
+      </w:r>
+      <w:r w:rsidR="00C16150" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">individual or family health </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16150" w:rsidRPr="006B2EFC">
+        <w:t>s that are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> available </w:t>
+      </w:r>
+      <w:r w:rsidR="00056B6F" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">meet the minimum value </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>standard.*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> (Premium should reflect the discount for wellness programs.) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6972D544" w14:textId="4B675C9B" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">How much </w:t>
+      </w:r>
+      <w:r w:rsidR="00C16150" w:rsidRPr="006B2EFC">
+        <w:t>would this</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> employee pay in premiums for </w:t>
+      </w:r>
+      <w:r w:rsidR="00C16150" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16150" w:rsidRPr="006B2EFC">
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="00D463B9" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">How often? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="756C8218" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Date of change (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EC7BE3D" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">*An employer-sponsored health plan meets the "minimum value standard" if the plan's share of the total allowed benefit costs covered by the plan is at least 60 percent of such costs (Section 36B(c)(2)(C)(ii) of the Internal Revenue Code of 1986). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FDA1D2D" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="370A1E8F" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="5D9E1A38" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...473 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SUPPLEMENT B </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>American Indian or Alaska Native Household Member (AI/AN)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1560AC24" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...7 lines deleted...]
-    <w:p w14:paraId="38B893BB" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="1560AC24" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Complete this supplement if you or a household member </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> an American Indian or Alaska Native. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38B893BB" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">TELL US ABOUT YOUR AMERICAN INDIAN OR ALASKA NATIVE HOUSEHOLD MEMBER(S). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C083EAF" w14:textId="77FB325C" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1C083EAF" w14:textId="77FB325C" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">American Indians and Alaska Natives can get services from the Indian Health Service, tribal health programs, or </w:t>
       </w:r>
-      <w:r w:rsidR="00A405B7" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A405B7" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Urban </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Indian </w:t>
       </w:r>
-      <w:r w:rsidR="00A405B7" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A405B7" w:rsidRPr="006B2EFC">
         <w:t>Health Programs</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">. They also may not have to pay premiums or copayments and may get special monthly enrollment periods. Answer the following questions to make sure your household gets the most help possible. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03597993" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="03597993" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">NOTE: If you have more people to include, make a copy of this page and attach it. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A99A025" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="1A99A025" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">AI/AN PERSON 1 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12A17792" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="12A17792" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">1. Name (first, middle, last) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5774E47E" w14:textId="15434B80" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5774E47E" w14:textId="15434B80" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">2. Member of a federally recognized tribe? </w:t>
       </w:r>
-      <w:r w:rsidR="00D6160F">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D6160F" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00D6160F" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00D6160F">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D6160F" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00D6160F" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00437865" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00437865" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, tribe name </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A6EA86A" w14:textId="1CA1C6CD" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3A6EA86A" w14:textId="1CA1C6CD" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">3. Member of a Massachusetts-recognized tribe? </w:t>
       </w:r>
-      <w:r w:rsidR="00D6160F">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D6160F" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00D6160F" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00D6160F">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D6160F" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00D6160F" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00580D05" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00580D05" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, tribe name </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="423FC0E6" w14:textId="5D01AF42" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="423FC0E6" w14:textId="5D01AF42" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">4. Has this person ever gotten a service from the Indian Health Service, a tribal health program, or Urban Indian Health Program, or through a referral from one of these programs? </w:t>
       </w:r>
-      <w:r w:rsidR="00D6160F">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D6160F" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00D6160F" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00D6160F">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D6160F" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00D6160F" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22D821F4" w14:textId="2ABC4E11" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="22D821F4" w14:textId="2ABC4E11" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00580D05" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00580D05" w:rsidRPr="006B2EFC">
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, is this person eligible to get services from the Indian Health Service, tribal health programs, or Urban Indian Health Program, or through a referral from one of these programs? </w:t>
       </w:r>
-      <w:r w:rsidR="00D6160F">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D6160F" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00D6160F" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00D6160F">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D6160F" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00D6160F" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="589B64C8" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="589B64C8" w14:textId="10730DDE" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">5. Certain money received may not be counted for MassHealth. List any income (amount and how often) reported on your application that includes money from </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="5C763002" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+      <w:r w:rsidR="0008405F" w:rsidRPr="006B2EFC">
+        <w:t>the following.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C763002" w14:textId="0E20BBEE" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="3D1CB762" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Per capita payments from a tribe that come from natural resources, usage rights, leases, or royalties </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D1CB762" w14:textId="18D6412D" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="11B411B5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Payments from natural resources, farming, ranching, fishing, leases, or royalties from land designated as Indian trust land by the Department of the Interior (including reservations and former reservations) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11B411B5" w14:textId="6E8F1929" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Money from selling things that have cultural significance </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4417FDD5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">$ How often? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6771AD3E" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="6771AD3E" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">AI/AN PERSON 2 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F100DB3" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0F100DB3" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">1. Name (first, middle, last) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75EA4E43" w14:textId="5EF2D2E1" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="75EA4E43" w14:textId="5EF2D2E1" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">2. Member of a federally recognized tribe? </w:t>
       </w:r>
-      <w:r w:rsidR="00D6160F">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D6160F" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00D6160F" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00D6160F">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D6160F" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00D6160F" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00437865" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00437865" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, tribe name </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38C9500F" w14:textId="21F25CF5" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="38C9500F" w14:textId="21F25CF5" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">3. Member of a Massachusetts-recognized tribe? </w:t>
       </w:r>
-      <w:r w:rsidR="00D6160F">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D6160F" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00D6160F" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00D6160F">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D6160F" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00D6160F" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00437865" w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00437865" w:rsidRPr="006B2EFC">
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, tribe name </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E1122B2" w14:textId="375C55B6" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1E1122B2" w14:textId="375C55B6" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">4. Has this person ever gotten a service from the Indian Health Service, a tribal health program, or Urban Indian Health Program, or through a referral from one of these programs? </w:t>
       </w:r>
-      <w:r w:rsidR="00D6160F">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D6160F" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00D6160F" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00D6160F">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D6160F" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00D6160F" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="126CD8F0" w14:textId="6A554A5C" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="126CD8F0" w14:textId="6A554A5C" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00437865" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00437865" w:rsidRPr="006B2EFC">
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">, is this person eligible to get services from the Indian Health Service, tribal health programs, or Urban Indian Health Program, or through a referral from one of these programs? </w:t>
       </w:r>
-      <w:r w:rsidR="00D6160F">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D6160F" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00D6160F" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00D6160F">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D6160F" w:rsidRPr="00A6644D">
+      <w:r w:rsidR="00D6160F" w:rsidRPr="006B2EFC">
+        <w:br/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74CB3398" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="74CB3398" w14:textId="03A3F509" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">5. Certain money received may not be counted for MassHealth. List any income (amount and how often) reported on your application that includes money from </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="32874834" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+      <w:r w:rsidR="0008405F" w:rsidRPr="006B2EFC">
+        <w:t>the following.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32874834" w14:textId="02C5347B" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="0AE9C1A5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Per capita payments from a tribe that come from natural resources, usage rights, leases, or royalties </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE9C1A5" w14:textId="627B0C74" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="44B686BF" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00C74DE2">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Payments from natural resources, farming, ranching, fishing, leases, or royalties from land designated as Indian trust land by the Department of the Interior (including reservations and former reservations) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B686BF" w14:textId="259999B5" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Money from selling things that have cultural significance </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="295C22E2" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">$ How often? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EB2F53E" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="4EB2F53E" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42772DC1" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="42772DC1" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SUPPLEMENT C </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Accommodation </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="712323F8" w14:textId="7AC7FDD0" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="712323F8" w14:textId="7AC7FDD0" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If you answered yes to Question </w:t>
       </w:r>
-      <w:r w:rsidR="00437865" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00437865" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">18 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">in Step 2 about yourself or any household member needing reasonable accommodation because of a disability or injury, check all that apply below, and list name(s). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C27DFA5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6C27DFA5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">1. Condition </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50BBB533" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="50BBB533" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Blind—Name(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C2353E5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4C2353E5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Deaf—Name(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02566764" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="02566764" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Developmentally disabled—Name(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47C909B8" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="47C909B8" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Hard of hearing—Name(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0686C000" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0686C000" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Intellectually disabled—Name(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A80768B" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7A80768B" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Low vision—Name(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D50BBB1" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2D50BBB1" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Physically disabled—Name(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D3D3F42" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0D3D3F42" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Other (Please explain.)—Name(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01B0852C" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="01B0852C" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">2. Accommodation </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BF19351" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6BF19351" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">American Sign Language (ASL) interpreter—Name(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DAD7C52" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2DAD7C52" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Assistive listening device—Name(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="738723F0" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="738723F0" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Communication Access Real-time Translations (CART)—Name(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="227A9956" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="227A9956" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Large print publications—Name(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5459487D" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5459487D" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Publications in braille—Name(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="003ED1DC" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="003ED1DC" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Publications in electronic format—Name(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05058E5C" w14:textId="46A45E54" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="05058E5C" w14:textId="46A45E54" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Text telephone (</w:t>
       </w:r>
-      <w:r w:rsidR="00437865" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00437865" w:rsidRPr="006B2EFC">
         <w:t>TDD/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">TTY)—Name(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4133240F" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4133240F" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Video Relay Service (VRS)—Name(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61FB23FB" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="00981626">
+    <w:p w14:paraId="61FB23FB" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Other (Please explain.)—Name(s):</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AA047A5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
+    <w:p w14:paraId="7AA047A5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t>Authorized Representative Designation Form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D39ADBD" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="00D6160F">
+    <w:p w14:paraId="2D39ADBD" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">You can submit this form if you would like to designate an authorized representative to act on your behalf. If an authorized representative signed your application for you, or if you are an authorized representative applying on behalf of someone else, you MUST submit this form for the application to be processed. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18CAE3C9" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="18CAE3C9" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">You do not need to fill out this form if you live in an institution and want copies of eligibility notices sent to you and to your spouse who still lives at home. We will do that automatically. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A914B5E" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3A914B5E" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">NOTE: An authorized representative has the authority to act on an applicant's or member's behalf in all matters with MassHealth and the Health </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Connector, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> will receive personal information about the applicant or member until we receive a cancellation notice terminating their authority, or upon the death of the applicant or member. Their authority will not automatically terminate once we process your application. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73053B93" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">You can choose someone to help you. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ACB5BDB" w14:textId="3869B0D6" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2ACB5BDB" w14:textId="3869B0D6" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">You may choose an authorized representative to help you get health care coverage through programs offered by MassHealth and the Health Connector. You can do this by filling out this form (the Authorized Representative Designation Form). You or a representative can sign for yourself and for any of your dependent children under the age of 18 for whom you are the custodial parent. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="568FB84C" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...7 lines deleted...]
-    <w:p w14:paraId="629E3059" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="0047642A">
+    <w:p w14:paraId="568FB84C" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">You are not required to have a representative </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> apply for or receive benefits. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="629E3059" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Who can help me? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69B1A005" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="00D6160F">
+    <w:p w14:paraId="69B1A005" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="180" w:hanging="180"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>1. An authorized representative can be a friend, family member, relative, or other person or organization of your choosing who agrees to help you. It is up to you to choose an authorized representative if you want one. Neither MassHealth nor the Health Connector will choose an authorized representative for you. You must designate in writing (fill out Section I, Part A) the person or organization who you want to be your authorized representative. Your authorized representative must also fill out Section I, Part B. We sometimes refer to this person or organization as a “Section I authorized representative.”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E54C9EA" w14:textId="575889AA" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="00D6160F">
+    <w:p w14:paraId="5E54C9EA" w14:textId="575889AA" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="180" w:hanging="180"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">2. If you cannot designate an authorized representative in writing and you do not have an existing authorized representative or other person who is authorized by law to act on your behalf, a person (not an organization) who certifies that </w:t>
       </w:r>
-      <w:r w:rsidR="000C0013" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="000C0013" w:rsidRPr="006B2EFC">
         <w:t>they</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> will act responsibly on your behalf can be your authorized representative if that person fills out Section II of this form. We sometimes refer to this person as a “Section II authorized representative.”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75D2F7A3" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="00D6160F">
+    <w:p w14:paraId="75D2F7A3" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="180" w:hanging="180"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>3. An authorized representative can also be someone who has been appointed by law to act on your behalf, or on behalf of the estate of an applicant or member who has died. This person must fill out Section III and either you or this person must submit to us, together with this form, a copy of the applicable legal document stating that this person has authority to represent you, or the estate of a deceased applicant or member. We sometimes refer to this person as a “Section III authorized representative.”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39731C0E" w14:textId="6ADFEF6D" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="00D6160F">
+    <w:p w14:paraId="39731C0E" w14:textId="6ADFEF6D" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="180" w:hanging="180"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>4. A Section III authorized representative may be a legal guardian, conservator, holder of power of attorney, or health care proxy, or, if the applicant or member has died, the personal representative of the estate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10081809" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="0047642A">
+    <w:p w14:paraId="10081809" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>What can an authorized representative do?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="218EC7AB" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="218EC7AB" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">A Section I or II authorized representative may </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D8EC003" w14:textId="65610148" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
+    <w:p w14:paraId="7D8EC003" w14:textId="65610148" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">fill out your application or </w:t>
       </w:r>
-      <w:r w:rsidR="002702EF" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002702EF" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">renewal </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="68692B93" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>forms;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68692B93" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="25B9833E" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">fill out other MassHealth or Health Connector eligibility or enrollment </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>forms;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25B9833E" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">give proof of information reported on these forms; </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="58EC9705" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
+        <w:t xml:space="preserve">give proof of information reported on these </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>forms;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58EC9705" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="076A8F2F" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">report changes in income, address, or other </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>circumstances;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="076A8F2F" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
-[...3 lines deleted...]
-    <w:p w14:paraId="1E03B4ED" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">get copies of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> your MassHealth and Health Connector eligibility and enrollment notices; and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E03B4ED" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">act on your behalf in all other matters with MassHealth and the Health Connector. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F409A14" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0F409A14" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>What a section III authorized representative is authorized to do for you (or for the Estate of a deceased applicant or member) will depend on the wording of the legal appointment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C63AAA9" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...7 lines deleted...]
-    <w:p w14:paraId="5696F47A" w14:textId="2EAC0DB9" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="0047642A">
+    <w:p w14:paraId="3C63AAA9" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Please note: Eligibility notices may include information about other members of an applicant’s or member’s household. If there are multiple people in your </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>household</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> we may not be able to send copies of some of your notices to your authorized representative unless each household member has also designated the same authorized representative by completing a separate Authorized Representative Designation Form. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5696F47A" w14:textId="2EAC0DB9" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">SECTION 1 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...4 lines deleted...]
-    <w:p w14:paraId="782DD96A" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="0047642A">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:br/>
+        <w:t xml:space="preserve">Authorized Representative Designation (if applicant or member </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>is able to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> sign) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="782DD96A" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Part A—to be filled out by applicant or member. Please print, except for signature. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11FAA355" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="11FAA355" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Applicant’s/Member’s Name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="108C8F16" w14:textId="77777777" w:rsidR="002702EF" w:rsidRPr="00EF293D" w:rsidRDefault="002702EF" w:rsidP="007A2954">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="108C8F16" w14:textId="77777777" w:rsidR="002702EF" w:rsidRPr="006B2EFC" w:rsidRDefault="002702EF" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Applicant’s/Member’s date of birth (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5758B60A" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:cs="Helvetica"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>MassHealth ID number or last four digits of the Applicant's/Member's SSN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FCC34E4" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6FCC34E4" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Applicant’s/Member’s email address </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08160020" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="08160020" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">I certify that I have chosen the following person or organization to be the authorized representative for myself and any dependent children under the age of 18 for whom I am the custodial parent and that I understand the duties and responsibilities this person or organization will have (as explained earlier in this form). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F0F7CDA" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4F0F7CDA" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Applicant’s/Member's signature </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20359E00" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="20359E00" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Date </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43FB2191" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="43FB2191" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Authorized representative’s name Authorized representative’s phone number </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1443A107" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1443A107" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Authorized representative’s address (mailing address, city, state, zip) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01854BDC" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="0047642A">
+    <w:p w14:paraId="01854BDC" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Part B—to be filled out by authorized representative. Please print, except for signature. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71BBE0E1" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="71BBE0E1" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">B1. COMPLETE IF AUTHORIZED REPRESENTATIVE IS A PERSON. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FAF0D27" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4FAF0D27" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">I certify that I will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> maintain the confidentiality of any information regarding the applicant or member set forth above and, if applicable, the dependent children of such applicant or member, that is provided to me by MassHealth or the Health Connector. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09986877" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If I am also a provider, staff member, or volunteer affiliated with an organization, and am acting in my capacity as a provider, staff member, or volunteer in connection with my designation as an authorized representative, I certify that I will at all times adhere to all applicable state and federal laws and regulations regarding confidentiality of information and conflicts of interest including those set forth at 42 C.F.R. part 431, subpart F, 42 C.F.R. § 447.10, and 45 C.F.R. § 155.260(f). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36EC41CC" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="36EC41CC" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Authorized representative’s signature</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20A4FB2A" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="20A4FB2A" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74443BBE" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="74443BBE" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Authorized representative’s printed name Authorized representative’s email address</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78B4DEC8" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="78B4DEC8" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>B2. COMPLETE IF AUTHORIZED REPRESENTATIVE IS AN ORGANIZATION.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DD39B1D" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4DD39B1D" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">I certify, on behalf of the organization set forth below, that such organization will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> maintain the confidentiality of any information regarding the applicant or member set forth above and, if applicable, the dependent children of such applicant or member, that is provided to the organization by MassHealth or the Health Connector. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49F27622" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">I, the provider, staff member, or volunteer of the organization set forth below, completing this form, certify on behalf of myself and on behalf of the organization I represent, that any providers, staff members, or volunteers acting on behalf of the organization in connection with this authorized representative designation will at all times adhere to all applicable state and federal laws and regulations regarding confidentiality of information, and conflicts of interest, including those set forth at 42 C.F.R. part 431, subpart F, 42 C.F.R. § 447.10, and 45 C.F.R. § 155.260(f). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75AAE4F1" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="75AAE4F1" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Signature of provider, staff member, or volunteer completing form </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="381DF5A6" w14:textId="7E820F6A" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="381DF5A6" w14:textId="7E820F6A" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Date</w:t>
       </w:r>
-      <w:r w:rsidR="002702EF" w:rsidRPr="00EF293D">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002702EF" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002702EF" w:rsidRPr="006B2EFC">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002702EF" w:rsidRPr="006B2EFC">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7065C422" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Printed name of provider, staff member, or volunteer completing form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49267012" w14:textId="77777777" w:rsidR="002702EF" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="49267012" w14:textId="77777777" w:rsidR="002702EF" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Email of provider, staff member, or volunteer completing form </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B223C99" w14:textId="5E965ACE" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0B223C99" w14:textId="5E965ACE" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Authorized representative organization name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B7B70F4" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="0047642A">
+    <w:p w14:paraId="3B7B70F4" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">SECTION 2 Authorized Representative Designation </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>(if applicant or member cannot provide written designation)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09A92366" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="09A92366" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">To be filled out by authorized representative. Please print, except for signature. Please provide a separate form for each applicant or member. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38BFC2F7" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="38BFC2F7" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">AN ORGANIZATION IS NOT ELIGIBLE TO BE AN AUTHORIZED REPRESENTATIVE UNDER THIS SECTION. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FA75F70" w14:textId="7713F24F" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2FA75F70" w14:textId="7713F24F" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">I certify that the applicant or member set forth below cannot provide written designation and to the best of my knowledge does not otherwise have an individual who can act on his or her behalf such as an existing authorized representative, guardian, conservator, personal representative of the estate, holder of power of attorney, or an invoked health-care proxy. In addition, I certify that I am sufficiently aware of this applicant’s or member’s circumstances to assume responsibility for the accuracy of the statements made on his or her behalf during the eligibility process and in other communications with MassHealth or the Health Connector, that I understand my rights and responsibilities as this person’s authorized representative (as explained earlier in this form). If this person can understand, I have told the person that MassHealth and the Health Connector will send me a copy of all MassHealth and Health Connector eligibility and enrollment notices and this person agrees to this, and I have told this person that </w:t>
       </w:r>
-      <w:r w:rsidR="000C0013" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="000C0013" w:rsidRPr="006B2EFC">
         <w:t>they</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> may remove or replace me as his or her authorized representative at any time by the methods described earlier in this form.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43052022" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="43052022" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">I further certify that I will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> maintain the confidentiality of any information regarding the applicant or member set forth below that is provided to me by MassHealth or the Health Connector. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36AE8707" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If I am also a provider, staff member, or volunteer affiliated with an organization, and I am acting in my capacity as a provider, staff member, or volunteer in connection with my designation as an authorized representative, I further certify that I will at all times adhere to all applicable state and federal laws and regulations regarding confidentiality </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t>of information and conflicts of interest including those set forth at 42 CFR part 431 subpart F., 42 CFR §477.10, and 45 CFR §155.260(f).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="607EE6BE" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="607EE6BE" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Applicant’s/Member’s name </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F66E0A2" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7F66E0A2" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Applicant's/Member’s date of birth (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28C4B059" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:cs="Helvetica"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>MassHealth ID number or last four digits of the Applicant's/Member's SSN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CAE05CC" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1CAE05CC" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Authorized representative’s signature </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B21372D" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5B21372D" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="244EB1E9" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Authorized representative’s name (first, middle, last) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A0BF515" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7A0BF515" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Authorized representative’s phone number </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37C624BC" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="37C624BC" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Authorized representative’s address (mailing address, city, state, zip) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="477C0EBF" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="477C0EBF" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Authorized representative’s email address </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D4E960A" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7D4E960A" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">If the Section II authorized representative is affiliated with an organization, and is acting in such capacity, an individual authorized to act on behalf of the organization, such as an officer, must sign below to indicate the organization’s acknowledgment of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> agreement with the representations and warranties made above.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ADF09F9" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Officer’s Name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="698E7789" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="698E7789" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Officer’s Title</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="198CBA0F" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="198CBA0F" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Officer’s Signature </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46CA8B85" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...7 lines deleted...]
-    <w:p w14:paraId="25014A56" w14:textId="0824EC14" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="0047642A">
+    <w:p w14:paraId="46CA8B85" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25014A56" w14:textId="0824EC14" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">SECTION 3 </w:t>
       </w:r>
-      <w:r w:rsidR="002A2C8D" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002A2C8D" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Authorized Representative Designation (if appointed by law) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D8D8E13" w14:textId="22B2E0FB" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3D8D8E13" w14:textId="22B2E0FB" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">To be filled out by an authorized representative appointed by law (with authority to act on behalf of the applicant or member in making decisions related to health care including, but not limited to, a guardian, conservator, personal representative of the estate of an applicant or member, holder of power of attorney, or an invoked health care proxy.) Please print, except for signature. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Please submit a copy of the applicable legal document with this form.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A9037A8" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7A9037A8" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">I certify that I will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> maintain the confidentiality of any information regarding the applicant or member as set forth below, that is provided to me by MassHealth or the Health Connector. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09B4102F" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Applicant’s/Member’s name </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BDDA121" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5BDDA121" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Applicant's/Member’s date of birth (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="607B68D2" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:rFonts w:cs="Helvetica"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>MassHealth ID number or last four digits of the Applicant's/Member's SSN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79712776" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="79712776" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Authorized representative’s signature </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0503DEA5" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0503DEA5" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>Date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00810E54" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Authorized representative’s name (first, middle, last) Authorized representative’s phone number Authorized representative’s address (mailing address, city, state, zip) Authorized representative’s email address </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="720F4A56" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="0047642A">
+    <w:p w14:paraId="720F4A56" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">How does an authorized representative designation end? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FA3AA52" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4FA3AA52" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If you decide that you no longer want a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Section I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Section II</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> authorized representative, you must notify us at the time you want the designation to end by mail, fax, or phone. See our contact information below. If you mail or fax this notice to us, the notice must include your name, address, and date of birth, the name of your authorized representative, a statement that the designation has ended and your signature or, if you cannot provide written notice, the signature of someone acting on your behalf (in the case of a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Section II</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> authorized representative only).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54C9F284" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="54C9F284" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">In addition, if your authorized representative notifies us that such person or organization is no longer acting on your behalf, we will no longer recognize the person or organization as your authorized representative. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62698CEA" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="62698CEA" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">The authority of a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Section I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Section II</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> authorized representative will end upon the death of the applicant or member.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="064FDA7B" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="064FDA7B" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">A </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Section III</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> authorized representative’s designation ends when his or her legal appointment ends. The authorized representative must notify us as instructed above.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="407D629F" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
+    <w:p w14:paraId="407D629F" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>In addition, an authorized representative’s designation for a minor child ends on the child’s 18th birthday.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="253D419C" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="0047642A">
+    <w:p w14:paraId="253D419C" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">How do I submit this form? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A0ABAF7" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3A0ABAF7" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">If you are applying for health benefits, send your filled-out Authorized Representative Designation Form to us with your application. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48B35F89" w14:textId="7CAF0F95" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="48B35F89" w14:textId="7CAF0F95" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>If you are already getting benefits, you must submit the form to us at the time you want to designate an authorized representative</w:t>
       </w:r>
-      <w:r w:rsidR="002702EF" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="002702EF" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> or you want the declared designation to end,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> by  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2464E163" w14:textId="069FBFA7" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
+    <w:p w14:paraId="2464E163" w14:textId="069FBFA7" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Mailing your form to </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">Health Insurance Processing Center </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t xml:space="preserve">P O Box 4405 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
-[...4 lines deleted...]
-    <w:p w14:paraId="4D276BE7" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
+      <w:r w:rsidRPr="006B2EFC">
+        <w:br/>
+        <w:t xml:space="preserve">Taunton, MA </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>02780;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D276BE7" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Faxing your form to (857) 323-8300; or </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C636E0E" w14:textId="4183250B" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
+    <w:p w14:paraId="7C636E0E" w14:textId="4183250B" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Calling us at (800) 841-2900, </w:t>
       </w:r>
-      <w:r w:rsidR="00273941" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00273941" w:rsidRPr="006B2EFC">
         <w:t>TDD/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
-      <w:r w:rsidR="00273941" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00273941" w:rsidRPr="006B2EFC">
         <w:t>711</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D8219EE" w14:textId="5F30EB24" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
+    <w:p w14:paraId="0D8219EE" w14:textId="5F30EB24" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="600"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>ARD-112</w:t>
       </w:r>
-      <w:r w:rsidR="00F573DB" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00F573DB" w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53298944" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="00EF293D" w:rsidRDefault="00D91806" w:rsidP="007A2954">
+    <w:p w14:paraId="53298944" w14:textId="77777777" w:rsidR="00D91806" w:rsidRPr="006B2EFC" w:rsidRDefault="00D91806" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="600"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>End of application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AC4201C" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0AC4201C" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="211075EA" w14:textId="77C800AE" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
+    <w:p w14:paraId="211075EA" w14:textId="77C800AE" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Massachusetts Official </w:t>
       </w:r>
-      <w:r w:rsidR="00915E06" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00915E06" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Mail-In Agency Voter Registration Form </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F885E23" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0F885E23" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>William Francis Galvin Secretary of the Commonwealth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D902D2B" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="7D902D2B" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>How to use this form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F1B5D9E" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="00EF293D" w:rsidRDefault="00915E06" w:rsidP="007A2954">
+    <w:p w14:paraId="7F1B5D9E" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="006B2EFC" w:rsidRDefault="00915E06" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="180" w:hanging="180"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>1. Confirm your citizenship.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57E37D91" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="00EF293D" w:rsidRDefault="00915E06" w:rsidP="007A2954">
+    <w:p w14:paraId="57E37D91" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="006B2EFC" w:rsidRDefault="00915E06" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="180" w:hanging="180"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>2. Print your name: last name, first name, middle name or initial.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D551797" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="00EF293D" w:rsidRDefault="00915E06" w:rsidP="007A2954">
+    <w:p w14:paraId="4D551797" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="006B2EFC" w:rsidRDefault="00915E06" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="180" w:hanging="180"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>3. Print your former name, if applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5476D59E" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="00EF293D" w:rsidRDefault="00915E06" w:rsidP="007A2954">
+    <w:p w14:paraId="5476D59E" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="006B2EFC" w:rsidRDefault="00915E06" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="180" w:hanging="180"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>4. Print the address where you live now: number and street name or rural route number and box number (do not provide a post office box number), apartment number, city or town and full zip code. Use the map† at right if you cannot otherwise identify your address.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DEDFF76" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="00EF293D" w:rsidRDefault="00915E06" w:rsidP="007A2954">
+    <w:p w14:paraId="6DEDFF76" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="006B2EFC" w:rsidRDefault="00915E06" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="180" w:hanging="180"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>5. Print the address where you receive all your mail, if it is different from the address entered on #4.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E6E55BD" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="00EF293D" w:rsidRDefault="00915E06" w:rsidP="007A2954">
+    <w:p w14:paraId="5E6E55BD" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="006B2EFC" w:rsidRDefault="00915E06" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="180" w:hanging="180"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>6. Print your date of birth: month, day and year. If you are 16 or 17 years old, you will be pre-registered until you are old enough to vote. You will be notified by mail when you become eligible to vote.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49DC27E0" w14:textId="6E1DE30F" w:rsidR="00915E06" w:rsidRPr="00EF293D" w:rsidRDefault="00915E06" w:rsidP="007A2954">
+    <w:p w14:paraId="49DC27E0" w14:textId="6E1DE30F" w:rsidR="00915E06" w:rsidRPr="006B2EFC" w:rsidRDefault="00915E06" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="180" w:hanging="180"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">7. Federal law requires that you provide your driver’s license number to register to vote. If you do not have a current and valid Massachusetts driver’s license, you must provide the last four digits of your </w:t>
       </w:r>
-      <w:r w:rsidR="00A70016" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A70016" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Social Security </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>number. If you have neither, you must write “none” in the box.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DF28BA7" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="00EF293D" w:rsidRDefault="00915E06" w:rsidP="007A2954">
+    <w:p w14:paraId="1DF28BA7" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="006B2EFC" w:rsidRDefault="00915E06" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="180" w:hanging="180"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>8. It is optional to provide your telephone number. If you include your telephone number and do not check “unlisted” it will be a public record.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CE43FE2" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="00EF293D" w:rsidRDefault="00915E06" w:rsidP="007A2954">
+    <w:p w14:paraId="7CE43FE2" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="006B2EFC" w:rsidRDefault="00915E06" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="180" w:hanging="180"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>9. Check a party, ‘no party’ or print a political designation (not a party).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B73C679" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="00EF293D" w:rsidRDefault="00915E06" w:rsidP="007A2954">
+    <w:p w14:paraId="5B73C679" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="006B2EFC" w:rsidRDefault="00915E06" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="180" w:hanging="180"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>10. Print the address where you were last registered to vote.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0391F617" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="00EF293D" w:rsidRDefault="00915E06" w:rsidP="007A2954">
+    <w:p w14:paraId="0391F617" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="006B2EFC" w:rsidRDefault="00915E06" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="180" w:hanging="180"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>11. If a person is helping you because you are physically unable to sign this form, that assisting person must print his or her name and address and has the option to print his or her telephone number.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="119A7393" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="00EF293D" w:rsidRDefault="00915E06" w:rsidP="007A2954">
+    <w:p w14:paraId="119A7393" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="006B2EFC" w:rsidRDefault="00915E06" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="180" w:hanging="180"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>12. Read the oath.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D50901D" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="00EF293D" w:rsidRDefault="00915E06" w:rsidP="007A2954">
+    <w:p w14:paraId="6D50901D" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="006B2EFC" w:rsidRDefault="00915E06" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="180" w:hanging="180"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>13. Print today’s date.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B29987A" w14:textId="60E6D4B1" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00915E06" w:rsidP="007A2954">
+    <w:p w14:paraId="3B29987A" w14:textId="60E6D4B1" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00915E06" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="180" w:hanging="180"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>14. Sign your name.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45CB6313" w14:textId="3F69A4C5" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00915E06" w:rsidP="007A2954">
-[...6 lines deleted...]
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+    <w:p w14:paraId="45CB6313" w14:textId="3F69A4C5" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00915E06" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">This form may be mailed or hand-delivered to your city or town hall. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>If</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> mailed, fold the form, tape it closed, place a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>first class</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> stamp on it, print your city or town name and zip code for that city or town hall and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>drop</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> into any mailbox</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26A4B92E" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="26A4B92E" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>You can use this form to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1860D50F" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1860D50F" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>• register or pre-register to vote in Massachusetts; and/or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55DA4E87" w14:textId="20D9B9B8" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="55DA4E87" w14:textId="20D9B9B8" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidR="00915E06" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00915E06" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> update your name, address, and political party.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33038615" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
+    <w:p w14:paraId="33038615" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>To register or pre-register to vote in Massachusetts you must:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="293BA2D4" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="293BA2D4" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>• BE A U.S. CITIZEN; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE278A1" w14:textId="3790A4D0" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00915E06" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6FE278A1" w14:textId="3790A4D0" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00915E06" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">• be a Massachusetts resident; </w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E3A9B9E" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5E3A9B9E" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t>• be at least 16 years old.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0970E23B" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0970E23B" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Penalty for Illegal Registration:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> Fine of not more than $10,000 or imprisonment for not more than five years or both. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AA39F24" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4AA39F24" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>-Massachusetts General Laws, chapter 56 section 8.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="021CFA47" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="021CFA47" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Identification To Be Provided</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CBA333C" w14:textId="1662B30E" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00915E06" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2CBA333C" w14:textId="1662B30E" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00915E06" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Section 7 requires you to include your driver’s license number or the last 4 digits of your </w:t>
       </w:r>
-      <w:r w:rsidR="00A70016" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00A70016" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Social Security </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>number on this application. This information will be verified through the Registry of Motor Vehicles and the Commissioner of Social Security. If the information cannot be verified or you do not provide this information, you must provide identification either with this application or at your polling location when you go to vote. Sufficient identification includes a copy of a current and valid photo identification, current utility bill, bank statement, government check, paycheck or other government document showing your name and address.</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E4C5C89" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7E4C5C89" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Street diagram:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5286FF83" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5286FF83" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>†Using landmarks, draw the location of the place where you live if you cannot describe that location as a number and street or as a rural route and box number.&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2005154A" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
+    <w:p w14:paraId="2005154A" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Print all information in black ink. Follow above instructions for proper delivery.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E0E8368" w14:textId="168D72D5" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7E0E8368" w14:textId="168D72D5" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">1 Check </w:t>
       </w:r>
-      <w:r w:rsidR="00915E06" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00915E06" w:rsidRPr="006B2EFC">
         <w:t>one</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>: Are you a Citizen of the United States of America? Yes No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20588B17" w14:textId="59F431A0" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00915E06" w:rsidP="007A2954">
-[...6 lines deleted...]
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
+    <w:p w14:paraId="20588B17" w14:textId="59F431A0" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00915E06" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">NOTE: If you checked “no,” do not complete this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>form.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="7FDCA55A" w14:textId="2F7443F4" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00915E06" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">2 Full </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>name</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">last name first name middle name or initial. Jr. Sr. II III </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t>IV  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">circle one if appropriate) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EC07025" w14:textId="3DDD9073" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00915E06" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>3 Former name (if applicable): l</w:t>
       </w:r>
-      <w:r w:rsidR="00BE489D" w:rsidRPr="00EF293D">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">ast name first name middle name or initial. Jr. Sr. II III </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t>IV  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE489D" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">circle one if appropriate) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="479B1E6C" w14:textId="25F99A17" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>4 Address where you live now (</w:t>
       </w:r>
-      <w:r w:rsidR="00915E06" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00915E06" w:rsidRPr="006B2EFC">
         <w:t>street number / street name / rural route number &amp; box number / apartment number / city or town / zip code):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24EAED0D" w14:textId="42F796A1" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="24EAED0D" w14:textId="42F796A1" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>5 Address where you receive all yo</w:t>
       </w:r>
-      <w:r w:rsidR="00915E06" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00915E06" w:rsidRPr="006B2EFC">
         <w:t>ur mail (if different from #4):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6394E110" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="6394E110" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>6 Date of birth: month day year</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="618B1EBE" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="618B1EBE" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">7 Identification #: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t>license</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve"> # or last four digits of your Social Security #</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3127497F" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>8 Telephone (optional): Check if unlisted</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B3B6B3F" w14:textId="14D2DCE4" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="4B3B6B3F" w14:textId="14D2DCE4" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">9 Party enrollment or designation (check one): </w:t>
       </w:r>
-      <w:r w:rsidR="00915E06" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00915E06" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Democratic </w:t>
       </w:r>
-      <w:r w:rsidR="00915E06" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00915E06" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">Republican </w:t>
       </w:r>
-      <w:r w:rsidR="00915E06" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00915E06" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">No Party (unenrolled) </w:t>
       </w:r>
-      <w:r w:rsidR="00915E06" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00915E06" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Political Designation (not a political party):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C40F7E9" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2C40F7E9" w14:textId="77777777" w:rsidR="00915E06" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">10 </w:t>
       </w:r>
-      <w:r w:rsidR="00915E06" w:rsidRPr="00EF293D">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00915E06" w:rsidRPr="006B2EFC">
+        <w:t xml:space="preserve">Address at which you were last registered to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00915E06" w:rsidRPr="006B2EFC">
+        <w:t>vote(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00915E06" w:rsidRPr="006B2EFC">
+        <w:t>street number / street name / rural route number &amp; box number / apartment number / city or town / zip code):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B28CEF" w14:textId="40D590EC" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>11 If the applicant is unable to sign this form, give the name, address and telephone number (optional) of the person helping the applicant:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>name</w:t>
       </w:r>
-      <w:r w:rsidR="00915E06" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00915E06" w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>address</w:t>
       </w:r>
-      <w:r w:rsidR="00915E06" w:rsidRPr="00EF293D">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00915E06" w:rsidRPr="006B2EFC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>telephone number (optional)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AD56A0B" w14:textId="3848E089" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0AD56A0B" w14:textId="3848E089" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t>12</w:t>
       </w:r>
-      <w:r w:rsidR="00915E06" w:rsidRPr="00EF293D">
+      <w:r w:rsidR="00915E06" w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve"> I hereby swear (affirm) that I am the person named above, that the above information is true, that I AM A CITIZEN OF THE UNITED STATES, that I am at least 16 years old and I understand that I must be 18 years old to be eligible to vote, that I am not a person under a guardianship which prohibits my registering to vote, that I am not temporarily or permanently disqualified by law from voting because of corrupt practices in respect to elections, that I am not currently incarcerated for a felony conviction, and that I consider this residence to be my home. Signed under the penalty of perjury</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3851EAD5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3851EAD5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>13 Today’s date: month day year</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39AAC81E" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="39AAC81E" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">14 Signed: Sign your name here. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67CBFF76" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="67CBFF76" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Agency Designation: BBA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18144689" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="18144689" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Place tape here to close. Do not use staples.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CE2A220" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="5CE2A220" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Check to make sure that you have completed all the information on the voter registration affidavit on the opposite side!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D7293D7" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="7D7293D7" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>This form must be received by the local Board of Registrars or Election Commission or postmarked on or before the deadline for voter registration (listed below) for that election, primary, preliminary or town meeting.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F9EA6BA" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="2F9EA6BA" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>DEADLINES FOR VOTER REGISTRATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="746EFEB7" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="746EFEB7" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">To participate in... </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="612EA7D1" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="612EA7D1" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>state primaries</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55E8E826" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="55E8E826" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">state elections </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="631ED0DF" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="631ED0DF" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">city and town preliminaries </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="303FD766" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="303FD766" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>city and town elections</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C373C79" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1C373C79" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>regularly scheduled town meetings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E17AE53" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0E17AE53" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>You must register... at least 20 days before</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D875AC1" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="3D875AC1" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">To participate in... </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CB16539" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0CB16539" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t xml:space="preserve">special town meetings </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C84FDA6" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="0C84FDA6" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>You must register... at least 10 days before</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="650376C9" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="0047642A">
+    <w:p w14:paraId="650376C9" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>If you do not hear from your local election officials in 2 or 3 weeks, please call them!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50F0E0AC" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
+    <w:p w14:paraId="50F0E0AC" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Fold along dotted line.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43E816A7" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="43E816A7" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Board of Registrars or Election Commission</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39B9DB49" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="39B9DB49" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>City or Town Hall</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A1E5876" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="2A1E5876" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>YOUR CITY OR TOWN ZIP CODE FOR CITY OR TOWN HALL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>MA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="693471A5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="693471A5" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Return Address</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>name</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>number and street</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:br/>
         <w:t>city or town MA zip code</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BF8AB6C" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00EF293D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF293D">
+    <w:p w14:paraId="1BF8AB6C" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="006B2EFC" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2EFC">
         <w:t>Place First Class Stamp Here</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DD517F7" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00BE489D" w:rsidRDefault="00BE489D" w:rsidP="007A2954">
+    <w:p w14:paraId="2DD517F7" w14:textId="77777777" w:rsidR="00B26EEA" w:rsidRPr="00BE489D" w:rsidRDefault="00BE489D" w:rsidP="00534B26">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EF293D">
+      <w:r w:rsidRPr="006B2EFC">
         <w:lastRenderedPageBreak/>
         <w:t>END OF THE DOCUMENT</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B26EEA" w:rsidRPr="00BE489D" w:rsidSect="004B71DE">
       <w:headerReference w:type="first" r:id="rId28"/>
       <w:footerReference w:type="first" r:id="rId29"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="936" w:bottom="720" w:left="936" w:header="360" w:footer="202" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3D5B3B65" w14:textId="77777777" w:rsidR="00403522" w:rsidRDefault="00403522" w:rsidP="003F687E">
+    <w:p w14:paraId="1EAF443F" w14:textId="77777777" w:rsidR="005D5C38" w:rsidRDefault="005D5C38" w:rsidP="003F687E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="259C8C55" w14:textId="77777777" w:rsidR="00403522" w:rsidRDefault="00403522" w:rsidP="003F687E">
+    <w:p w14:paraId="762E5ADC" w14:textId="77777777" w:rsidR="005D5C38" w:rsidRDefault="005D5C38" w:rsidP="003F687E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4DD2DBF7" w14:textId="77777777" w:rsidR="00403522" w:rsidRDefault="00403522">
+    <w:p w14:paraId="75576BC9" w14:textId="77777777" w:rsidR="005D5C38" w:rsidRDefault="005D5C38">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -21657,52 +23056,52 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Kepler Std Light Scn">
-    <w:altName w:val="Nyala"/>
-    <w:panose1 w:val="0204030606070A060204"/>
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -21730,130 +23129,137 @@
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Humanst521 XBd BT">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSansComp Book">
     <w:altName w:val="Franklin Gothic Medium Cond"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Kepler Std Light">
     <w:altName w:val="Cambria"/>
-    <w:panose1 w:val="0204070306070A060204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri-Bold">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="054E79A2" w14:textId="404FF47E" w:rsidR="0047642A" w:rsidRPr="00A6644D" w:rsidRDefault="0047642A" w:rsidP="0047642A">
+  <w:p w14:paraId="054E79A2" w14:textId="4346F296" w:rsidR="0047642A" w:rsidRPr="00A6644D" w:rsidRDefault="0047642A" w:rsidP="0047642A">
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="240" w:after="240"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A6644D">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>ACA-3-</w:t>
+      <w:t>ACA-3</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00D2302A">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>0325</w:t>
+      <w:t>_</w:t>
+    </w:r>
+    <w:r w:rsidR="00F24070" w:rsidRPr="00434F1D">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>0326</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20090CF4" w14:textId="77777777" w:rsidR="00403522" w:rsidRDefault="00403522" w:rsidP="003F687E">
+    <w:p w14:paraId="159AAC1C" w14:textId="77777777" w:rsidR="005D5C38" w:rsidRDefault="005D5C38" w:rsidP="003F687E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="16448238" w14:textId="77777777" w:rsidR="00403522" w:rsidRDefault="00403522" w:rsidP="003F687E">
+    <w:p w14:paraId="7043517D" w14:textId="77777777" w:rsidR="005D5C38" w:rsidRDefault="005D5C38" w:rsidP="003F687E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="216292B2" w14:textId="77777777" w:rsidR="00403522" w:rsidRDefault="00403522">
+    <w:p w14:paraId="6F2F4225" w14:textId="77777777" w:rsidR="005D5C38" w:rsidRDefault="005D5C38">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="037953B1" w14:textId="387C9E45" w:rsidR="00FE7882" w:rsidRPr="00E041F2" w:rsidRDefault="00FE7882" w:rsidP="0005754F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00E041F2">
       <w:rPr>
         <w:color w:val="FF0000"/>
       </w:rPr>
       <w:t xml:space="preserve">Please note. This document has been formatted for use with screen readers. </w:t>
     </w:r>
     <w:r w:rsidR="00D6160F">
       <w:rPr>
         <w:color w:val="FF0000"/>
       </w:rPr>
@@ -26421,595 +27827,643 @@
   <w:num w:numId="36" w16cid:durableId="1585453348">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="2085567074">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="834800757">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="590967565">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1179931906">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1758483126">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="36"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B26EEA"/>
     <w:rsid w:val="00001B69"/>
     <w:rsid w:val="00001F78"/>
     <w:rsid w:val="00012143"/>
     <w:rsid w:val="00013A82"/>
     <w:rsid w:val="00015AEB"/>
+    <w:rsid w:val="00015D0B"/>
     <w:rsid w:val="0001746B"/>
     <w:rsid w:val="00022631"/>
     <w:rsid w:val="00027876"/>
     <w:rsid w:val="000348FB"/>
     <w:rsid w:val="00035E23"/>
     <w:rsid w:val="0003796E"/>
     <w:rsid w:val="00042AFB"/>
+    <w:rsid w:val="000444BF"/>
+    <w:rsid w:val="00044D73"/>
     <w:rsid w:val="00045D78"/>
     <w:rsid w:val="00047737"/>
     <w:rsid w:val="00051CAF"/>
     <w:rsid w:val="00055535"/>
     <w:rsid w:val="000567CD"/>
     <w:rsid w:val="00056B6F"/>
     <w:rsid w:val="00056FCE"/>
     <w:rsid w:val="0005754F"/>
     <w:rsid w:val="000644D3"/>
     <w:rsid w:val="00064632"/>
     <w:rsid w:val="00064BF2"/>
     <w:rsid w:val="000665E7"/>
     <w:rsid w:val="00067CED"/>
     <w:rsid w:val="00067FFE"/>
+    <w:rsid w:val="0007140F"/>
     <w:rsid w:val="00072C35"/>
     <w:rsid w:val="00073173"/>
+    <w:rsid w:val="00073DD4"/>
     <w:rsid w:val="00077EB5"/>
     <w:rsid w:val="0008251C"/>
+    <w:rsid w:val="00083AFE"/>
+    <w:rsid w:val="0008405F"/>
     <w:rsid w:val="00085284"/>
     <w:rsid w:val="0008662E"/>
     <w:rsid w:val="0009137F"/>
     <w:rsid w:val="00092C23"/>
     <w:rsid w:val="00092FFA"/>
+    <w:rsid w:val="0009353E"/>
     <w:rsid w:val="00096E70"/>
+    <w:rsid w:val="00097A95"/>
     <w:rsid w:val="000A27BD"/>
     <w:rsid w:val="000A3C6E"/>
     <w:rsid w:val="000A434B"/>
     <w:rsid w:val="000A4560"/>
     <w:rsid w:val="000A5E67"/>
     <w:rsid w:val="000B146F"/>
     <w:rsid w:val="000B1FD1"/>
     <w:rsid w:val="000B2942"/>
     <w:rsid w:val="000B37AC"/>
     <w:rsid w:val="000B3B3F"/>
     <w:rsid w:val="000B67F1"/>
     <w:rsid w:val="000B7B97"/>
     <w:rsid w:val="000C0013"/>
     <w:rsid w:val="000C0AC8"/>
     <w:rsid w:val="000C29EE"/>
     <w:rsid w:val="000C4733"/>
     <w:rsid w:val="000C4FEB"/>
     <w:rsid w:val="000D02FF"/>
     <w:rsid w:val="000D0954"/>
     <w:rsid w:val="000D33C9"/>
+    <w:rsid w:val="000D4C9C"/>
     <w:rsid w:val="000E0132"/>
     <w:rsid w:val="000E1A64"/>
     <w:rsid w:val="000E4E23"/>
     <w:rsid w:val="000E5E45"/>
     <w:rsid w:val="000E700E"/>
     <w:rsid w:val="000F0E5C"/>
     <w:rsid w:val="000F192C"/>
     <w:rsid w:val="000F296C"/>
     <w:rsid w:val="000F3BAD"/>
+    <w:rsid w:val="000F3D26"/>
     <w:rsid w:val="000F7032"/>
     <w:rsid w:val="00103292"/>
     <w:rsid w:val="00103CC6"/>
     <w:rsid w:val="00104AE6"/>
     <w:rsid w:val="001053C0"/>
     <w:rsid w:val="00111DD2"/>
     <w:rsid w:val="00114E68"/>
     <w:rsid w:val="001164AD"/>
     <w:rsid w:val="00116E22"/>
     <w:rsid w:val="00117D3A"/>
     <w:rsid w:val="001220D4"/>
+    <w:rsid w:val="001221AE"/>
     <w:rsid w:val="001226E7"/>
+    <w:rsid w:val="001325A6"/>
     <w:rsid w:val="00137ECB"/>
     <w:rsid w:val="001402AD"/>
     <w:rsid w:val="00145018"/>
     <w:rsid w:val="00146317"/>
     <w:rsid w:val="00151509"/>
     <w:rsid w:val="0015262B"/>
+    <w:rsid w:val="001557BA"/>
     <w:rsid w:val="00157148"/>
     <w:rsid w:val="00163D6A"/>
     <w:rsid w:val="00166425"/>
     <w:rsid w:val="00167C70"/>
     <w:rsid w:val="00173D3F"/>
     <w:rsid w:val="0017679C"/>
     <w:rsid w:val="0017751D"/>
     <w:rsid w:val="00182F7F"/>
     <w:rsid w:val="001842BD"/>
     <w:rsid w:val="001847C7"/>
     <w:rsid w:val="00184897"/>
+    <w:rsid w:val="001868EB"/>
+    <w:rsid w:val="001915A1"/>
     <w:rsid w:val="00194B9A"/>
     <w:rsid w:val="00196BF2"/>
     <w:rsid w:val="001A1590"/>
     <w:rsid w:val="001A3A68"/>
     <w:rsid w:val="001A4A99"/>
     <w:rsid w:val="001B07C5"/>
     <w:rsid w:val="001B1473"/>
     <w:rsid w:val="001B50AC"/>
     <w:rsid w:val="001B6648"/>
     <w:rsid w:val="001B681F"/>
     <w:rsid w:val="001B777B"/>
     <w:rsid w:val="001C011A"/>
     <w:rsid w:val="001C196E"/>
+    <w:rsid w:val="001C4BFC"/>
     <w:rsid w:val="001C71AD"/>
     <w:rsid w:val="001D315C"/>
     <w:rsid w:val="001D67FC"/>
     <w:rsid w:val="001D71BA"/>
     <w:rsid w:val="001D75E1"/>
     <w:rsid w:val="001E3E6F"/>
     <w:rsid w:val="001E6A07"/>
     <w:rsid w:val="001F5848"/>
     <w:rsid w:val="001F5D15"/>
     <w:rsid w:val="001F5D56"/>
     <w:rsid w:val="001F68C4"/>
     <w:rsid w:val="0020398C"/>
     <w:rsid w:val="00205777"/>
     <w:rsid w:val="00206C2F"/>
     <w:rsid w:val="00207519"/>
     <w:rsid w:val="00207FDA"/>
     <w:rsid w:val="00210340"/>
+    <w:rsid w:val="00211812"/>
     <w:rsid w:val="002122F4"/>
     <w:rsid w:val="0021505C"/>
     <w:rsid w:val="002153D6"/>
     <w:rsid w:val="00215832"/>
     <w:rsid w:val="002171BE"/>
     <w:rsid w:val="00220FB9"/>
     <w:rsid w:val="00221B48"/>
     <w:rsid w:val="00223B76"/>
+    <w:rsid w:val="00226DA3"/>
     <w:rsid w:val="002310C9"/>
     <w:rsid w:val="002310F2"/>
     <w:rsid w:val="0023298D"/>
     <w:rsid w:val="00233C94"/>
     <w:rsid w:val="00236B19"/>
     <w:rsid w:val="002376B5"/>
     <w:rsid w:val="00241D7E"/>
     <w:rsid w:val="0024571D"/>
     <w:rsid w:val="002507F0"/>
     <w:rsid w:val="00253A2C"/>
     <w:rsid w:val="002555F7"/>
     <w:rsid w:val="00257D98"/>
     <w:rsid w:val="002629D0"/>
     <w:rsid w:val="00263CCF"/>
     <w:rsid w:val="00265630"/>
     <w:rsid w:val="00267C77"/>
     <w:rsid w:val="002702EF"/>
     <w:rsid w:val="00270FC2"/>
     <w:rsid w:val="002712E8"/>
     <w:rsid w:val="0027155F"/>
     <w:rsid w:val="00272F52"/>
     <w:rsid w:val="00272F65"/>
     <w:rsid w:val="00273941"/>
+    <w:rsid w:val="00280DF9"/>
     <w:rsid w:val="00281E58"/>
     <w:rsid w:val="00283833"/>
     <w:rsid w:val="00286A87"/>
     <w:rsid w:val="00286F4C"/>
     <w:rsid w:val="00287D77"/>
+    <w:rsid w:val="00292EC6"/>
     <w:rsid w:val="002A15C9"/>
+    <w:rsid w:val="002A1A7A"/>
     <w:rsid w:val="002A2730"/>
     <w:rsid w:val="002A2C8D"/>
     <w:rsid w:val="002A3329"/>
     <w:rsid w:val="002A468A"/>
     <w:rsid w:val="002A5D45"/>
     <w:rsid w:val="002A6A73"/>
     <w:rsid w:val="002A7339"/>
     <w:rsid w:val="002B08D1"/>
     <w:rsid w:val="002B2838"/>
     <w:rsid w:val="002B2D38"/>
     <w:rsid w:val="002B3630"/>
     <w:rsid w:val="002B3BB9"/>
     <w:rsid w:val="002B3E4C"/>
+    <w:rsid w:val="002B4837"/>
     <w:rsid w:val="002B64A0"/>
     <w:rsid w:val="002B7959"/>
     <w:rsid w:val="002C2290"/>
     <w:rsid w:val="002C3CAC"/>
     <w:rsid w:val="002C515C"/>
     <w:rsid w:val="002D3FDA"/>
+    <w:rsid w:val="002E0ADC"/>
     <w:rsid w:val="002E1FA5"/>
     <w:rsid w:val="002E6406"/>
     <w:rsid w:val="002E739C"/>
     <w:rsid w:val="002F1FC8"/>
     <w:rsid w:val="002F1FDE"/>
     <w:rsid w:val="002F3F2D"/>
     <w:rsid w:val="002F4FED"/>
     <w:rsid w:val="002F5392"/>
     <w:rsid w:val="002F6DE4"/>
     <w:rsid w:val="002F7A02"/>
     <w:rsid w:val="00300E5B"/>
     <w:rsid w:val="00302061"/>
     <w:rsid w:val="00304152"/>
     <w:rsid w:val="003046E7"/>
     <w:rsid w:val="0030624B"/>
     <w:rsid w:val="00312EF2"/>
+    <w:rsid w:val="00316412"/>
+    <w:rsid w:val="003173E5"/>
     <w:rsid w:val="00317681"/>
     <w:rsid w:val="00317BCC"/>
     <w:rsid w:val="003222E3"/>
     <w:rsid w:val="003254DD"/>
     <w:rsid w:val="00325F76"/>
     <w:rsid w:val="00333389"/>
     <w:rsid w:val="003336A0"/>
     <w:rsid w:val="00333ACC"/>
+    <w:rsid w:val="003347B6"/>
     <w:rsid w:val="00337455"/>
+    <w:rsid w:val="00343C60"/>
     <w:rsid w:val="00346508"/>
     <w:rsid w:val="0034673C"/>
     <w:rsid w:val="00346B0B"/>
     <w:rsid w:val="003472CD"/>
     <w:rsid w:val="00347601"/>
     <w:rsid w:val="0035036D"/>
     <w:rsid w:val="00351B27"/>
     <w:rsid w:val="003522B2"/>
     <w:rsid w:val="00354444"/>
     <w:rsid w:val="00355595"/>
     <w:rsid w:val="00357558"/>
     <w:rsid w:val="00362C13"/>
     <w:rsid w:val="00365030"/>
     <w:rsid w:val="00366D72"/>
     <w:rsid w:val="0037054F"/>
     <w:rsid w:val="003738B9"/>
     <w:rsid w:val="00375C06"/>
     <w:rsid w:val="003777D4"/>
     <w:rsid w:val="003827ED"/>
     <w:rsid w:val="003866FE"/>
     <w:rsid w:val="00391B57"/>
     <w:rsid w:val="00391BF5"/>
     <w:rsid w:val="00392C89"/>
+    <w:rsid w:val="00395DEC"/>
     <w:rsid w:val="0039677D"/>
     <w:rsid w:val="00396DE8"/>
     <w:rsid w:val="00397DF2"/>
     <w:rsid w:val="003A1592"/>
     <w:rsid w:val="003A185E"/>
     <w:rsid w:val="003A2AFA"/>
     <w:rsid w:val="003A52DD"/>
     <w:rsid w:val="003B272F"/>
     <w:rsid w:val="003C4695"/>
     <w:rsid w:val="003D04CB"/>
     <w:rsid w:val="003D1C16"/>
     <w:rsid w:val="003D1E0C"/>
     <w:rsid w:val="003D349C"/>
     <w:rsid w:val="003D3CB5"/>
     <w:rsid w:val="003D6FBF"/>
     <w:rsid w:val="003D7055"/>
     <w:rsid w:val="003E47C6"/>
     <w:rsid w:val="003E4F81"/>
     <w:rsid w:val="003F544C"/>
     <w:rsid w:val="003F550A"/>
     <w:rsid w:val="003F687E"/>
     <w:rsid w:val="00400CF6"/>
     <w:rsid w:val="00402CF2"/>
     <w:rsid w:val="00403522"/>
     <w:rsid w:val="004047ED"/>
     <w:rsid w:val="0040515E"/>
     <w:rsid w:val="00405B6B"/>
     <w:rsid w:val="00405E35"/>
     <w:rsid w:val="00410AC9"/>
     <w:rsid w:val="00410F24"/>
     <w:rsid w:val="00411A2B"/>
     <w:rsid w:val="00412006"/>
     <w:rsid w:val="00413161"/>
     <w:rsid w:val="00414AE8"/>
     <w:rsid w:val="0041579D"/>
     <w:rsid w:val="00416CEA"/>
     <w:rsid w:val="0041747F"/>
     <w:rsid w:val="00423C81"/>
     <w:rsid w:val="00423FD2"/>
     <w:rsid w:val="00426CB6"/>
     <w:rsid w:val="00430478"/>
     <w:rsid w:val="004309EB"/>
     <w:rsid w:val="00431221"/>
     <w:rsid w:val="00431FD6"/>
+    <w:rsid w:val="00434F1D"/>
     <w:rsid w:val="0043680D"/>
     <w:rsid w:val="00437865"/>
     <w:rsid w:val="00440A27"/>
     <w:rsid w:val="00440B1A"/>
     <w:rsid w:val="0044473C"/>
     <w:rsid w:val="00445449"/>
     <w:rsid w:val="00445714"/>
     <w:rsid w:val="004515C1"/>
     <w:rsid w:val="00451AC7"/>
     <w:rsid w:val="00454840"/>
     <w:rsid w:val="00454C9D"/>
     <w:rsid w:val="004570E6"/>
     <w:rsid w:val="00460248"/>
     <w:rsid w:val="004603E6"/>
     <w:rsid w:val="00463B3F"/>
     <w:rsid w:val="00465877"/>
+    <w:rsid w:val="00471E3C"/>
     <w:rsid w:val="00472086"/>
     <w:rsid w:val="0047282E"/>
     <w:rsid w:val="00473967"/>
     <w:rsid w:val="00475C99"/>
     <w:rsid w:val="0047642A"/>
     <w:rsid w:val="00480385"/>
     <w:rsid w:val="00480582"/>
     <w:rsid w:val="00480C3F"/>
     <w:rsid w:val="00481ACB"/>
+    <w:rsid w:val="00484537"/>
     <w:rsid w:val="004846AE"/>
     <w:rsid w:val="004852EE"/>
     <w:rsid w:val="0048641D"/>
     <w:rsid w:val="00486988"/>
     <w:rsid w:val="004938F4"/>
     <w:rsid w:val="00494838"/>
     <w:rsid w:val="00496232"/>
     <w:rsid w:val="00497269"/>
     <w:rsid w:val="004972C7"/>
+    <w:rsid w:val="0049773B"/>
     <w:rsid w:val="004A3773"/>
     <w:rsid w:val="004A5209"/>
     <w:rsid w:val="004A6640"/>
     <w:rsid w:val="004A7279"/>
     <w:rsid w:val="004B460A"/>
     <w:rsid w:val="004B5F11"/>
     <w:rsid w:val="004B62FD"/>
     <w:rsid w:val="004B64C5"/>
     <w:rsid w:val="004B71DE"/>
     <w:rsid w:val="004B79B8"/>
+    <w:rsid w:val="004C0C5D"/>
     <w:rsid w:val="004C2312"/>
+    <w:rsid w:val="004C3D95"/>
     <w:rsid w:val="004C6176"/>
     <w:rsid w:val="004D12BA"/>
     <w:rsid w:val="004D46B4"/>
     <w:rsid w:val="004D54A4"/>
     <w:rsid w:val="004D5707"/>
+    <w:rsid w:val="004D623D"/>
     <w:rsid w:val="004D7ACC"/>
     <w:rsid w:val="004D7C22"/>
     <w:rsid w:val="004E287E"/>
     <w:rsid w:val="004E28E3"/>
     <w:rsid w:val="004E29D0"/>
     <w:rsid w:val="004E3924"/>
     <w:rsid w:val="004E41AD"/>
     <w:rsid w:val="004F1315"/>
     <w:rsid w:val="004F37EE"/>
     <w:rsid w:val="004F677D"/>
     <w:rsid w:val="0050129F"/>
     <w:rsid w:val="005019B6"/>
     <w:rsid w:val="00504104"/>
     <w:rsid w:val="00504E1C"/>
     <w:rsid w:val="00504EB6"/>
     <w:rsid w:val="00506012"/>
     <w:rsid w:val="00517E65"/>
     <w:rsid w:val="005224D5"/>
     <w:rsid w:val="00524464"/>
     <w:rsid w:val="00524865"/>
     <w:rsid w:val="00524B11"/>
     <w:rsid w:val="00526909"/>
+    <w:rsid w:val="00527151"/>
     <w:rsid w:val="0052783C"/>
     <w:rsid w:val="0053097C"/>
+    <w:rsid w:val="00531BE5"/>
     <w:rsid w:val="00532D66"/>
+    <w:rsid w:val="00534B26"/>
     <w:rsid w:val="00535294"/>
     <w:rsid w:val="00537700"/>
     <w:rsid w:val="00540035"/>
     <w:rsid w:val="00544329"/>
     <w:rsid w:val="0054556E"/>
     <w:rsid w:val="0054798B"/>
     <w:rsid w:val="00547F9C"/>
     <w:rsid w:val="00550377"/>
     <w:rsid w:val="0055103C"/>
     <w:rsid w:val="005510B3"/>
     <w:rsid w:val="005538BB"/>
     <w:rsid w:val="005546F6"/>
     <w:rsid w:val="0055601B"/>
     <w:rsid w:val="00556EFE"/>
     <w:rsid w:val="00560F07"/>
     <w:rsid w:val="00561129"/>
     <w:rsid w:val="005615A2"/>
     <w:rsid w:val="00566D02"/>
     <w:rsid w:val="00567A65"/>
     <w:rsid w:val="0057244D"/>
     <w:rsid w:val="00573412"/>
     <w:rsid w:val="005761EE"/>
     <w:rsid w:val="00580D05"/>
     <w:rsid w:val="005839E4"/>
     <w:rsid w:val="00584F74"/>
     <w:rsid w:val="00585556"/>
     <w:rsid w:val="00590E56"/>
     <w:rsid w:val="0059131D"/>
     <w:rsid w:val="00593C20"/>
     <w:rsid w:val="0059574B"/>
     <w:rsid w:val="00597326"/>
     <w:rsid w:val="005A3DD3"/>
     <w:rsid w:val="005A4E04"/>
     <w:rsid w:val="005A4FBA"/>
     <w:rsid w:val="005A53D7"/>
     <w:rsid w:val="005A68F0"/>
     <w:rsid w:val="005B571E"/>
     <w:rsid w:val="005B5FBD"/>
+    <w:rsid w:val="005B65B5"/>
     <w:rsid w:val="005B6C64"/>
     <w:rsid w:val="005B7230"/>
     <w:rsid w:val="005C0D84"/>
     <w:rsid w:val="005C31A9"/>
     <w:rsid w:val="005C3926"/>
     <w:rsid w:val="005C4ABF"/>
     <w:rsid w:val="005C5B11"/>
     <w:rsid w:val="005D2170"/>
     <w:rsid w:val="005D350A"/>
     <w:rsid w:val="005D4029"/>
+    <w:rsid w:val="005D5C38"/>
     <w:rsid w:val="005E54CF"/>
     <w:rsid w:val="005E67AA"/>
     <w:rsid w:val="005F0EDA"/>
     <w:rsid w:val="005F149C"/>
     <w:rsid w:val="005F4FED"/>
     <w:rsid w:val="00604563"/>
     <w:rsid w:val="0060633E"/>
     <w:rsid w:val="0060758E"/>
     <w:rsid w:val="0061278D"/>
     <w:rsid w:val="00613CC6"/>
     <w:rsid w:val="00614357"/>
     <w:rsid w:val="006160EE"/>
     <w:rsid w:val="00616DA2"/>
     <w:rsid w:val="0062391F"/>
     <w:rsid w:val="00624ED1"/>
     <w:rsid w:val="006253C2"/>
     <w:rsid w:val="00625DB6"/>
     <w:rsid w:val="00627226"/>
     <w:rsid w:val="006308DD"/>
     <w:rsid w:val="00633386"/>
     <w:rsid w:val="0063401F"/>
+    <w:rsid w:val="00634CEA"/>
     <w:rsid w:val="00635C3F"/>
     <w:rsid w:val="0063692C"/>
     <w:rsid w:val="00637890"/>
     <w:rsid w:val="00650303"/>
     <w:rsid w:val="00656677"/>
     <w:rsid w:val="00660DBD"/>
     <w:rsid w:val="006629E1"/>
     <w:rsid w:val="0066619D"/>
     <w:rsid w:val="00666C6D"/>
     <w:rsid w:val="00666E5F"/>
     <w:rsid w:val="00667B98"/>
     <w:rsid w:val="006712C7"/>
     <w:rsid w:val="00671A04"/>
     <w:rsid w:val="00672395"/>
     <w:rsid w:val="0067386A"/>
     <w:rsid w:val="00675CA9"/>
     <w:rsid w:val="00675D26"/>
     <w:rsid w:val="00681484"/>
     <w:rsid w:val="00683DD1"/>
     <w:rsid w:val="006860A2"/>
     <w:rsid w:val="00691ACE"/>
     <w:rsid w:val="00692025"/>
     <w:rsid w:val="00692FD5"/>
     <w:rsid w:val="0069737C"/>
     <w:rsid w:val="006A46E3"/>
     <w:rsid w:val="006A56E7"/>
     <w:rsid w:val="006B06CD"/>
     <w:rsid w:val="006B0E61"/>
+    <w:rsid w:val="006B2EFC"/>
     <w:rsid w:val="006B312E"/>
     <w:rsid w:val="006B47CF"/>
     <w:rsid w:val="006C204E"/>
     <w:rsid w:val="006C4BC9"/>
     <w:rsid w:val="006C57C9"/>
     <w:rsid w:val="006C5B21"/>
     <w:rsid w:val="006C65DA"/>
     <w:rsid w:val="006D2A0A"/>
     <w:rsid w:val="006D408D"/>
     <w:rsid w:val="006D5D6B"/>
     <w:rsid w:val="006D721A"/>
     <w:rsid w:val="006E1187"/>
     <w:rsid w:val="006E119B"/>
     <w:rsid w:val="006E38D4"/>
     <w:rsid w:val="006F1A3D"/>
     <w:rsid w:val="006F2DEC"/>
     <w:rsid w:val="006F4709"/>
     <w:rsid w:val="006F478E"/>
     <w:rsid w:val="006F6637"/>
     <w:rsid w:val="006F79FC"/>
     <w:rsid w:val="006F7BB5"/>
     <w:rsid w:val="006F7FC0"/>
     <w:rsid w:val="0071022D"/>
     <w:rsid w:val="00710F79"/>
     <w:rsid w:val="007148B3"/>
     <w:rsid w:val="00716F63"/>
     <w:rsid w:val="007204BF"/>
     <w:rsid w:val="00722DD8"/>
     <w:rsid w:val="00723E8C"/>
     <w:rsid w:val="00731047"/>
     <w:rsid w:val="00734A8E"/>
     <w:rsid w:val="00737E64"/>
     <w:rsid w:val="00740A6F"/>
     <w:rsid w:val="0074378C"/>
     <w:rsid w:val="007437E2"/>
     <w:rsid w:val="007451A8"/>
     <w:rsid w:val="007513CF"/>
     <w:rsid w:val="00751F9E"/>
     <w:rsid w:val="007617FE"/>
     <w:rsid w:val="00761823"/>
     <w:rsid w:val="00762785"/>
     <w:rsid w:val="0076749E"/>
+    <w:rsid w:val="00767C4D"/>
     <w:rsid w:val="00772748"/>
     <w:rsid w:val="00773089"/>
     <w:rsid w:val="00773F1E"/>
     <w:rsid w:val="00775ED7"/>
     <w:rsid w:val="007807C7"/>
     <w:rsid w:val="007829D8"/>
     <w:rsid w:val="0078732A"/>
     <w:rsid w:val="00791ABA"/>
     <w:rsid w:val="00791CED"/>
     <w:rsid w:val="00794432"/>
     <w:rsid w:val="007A1883"/>
     <w:rsid w:val="007A1981"/>
     <w:rsid w:val="007A1F3C"/>
     <w:rsid w:val="007A2954"/>
     <w:rsid w:val="007A3251"/>
     <w:rsid w:val="007A601D"/>
     <w:rsid w:val="007B0556"/>
     <w:rsid w:val="007B601E"/>
     <w:rsid w:val="007B7D34"/>
     <w:rsid w:val="007C1373"/>
     <w:rsid w:val="007C3EAE"/>
     <w:rsid w:val="007C4136"/>
     <w:rsid w:val="007D290C"/>
     <w:rsid w:val="007D5792"/>
     <w:rsid w:val="007D7F25"/>
     <w:rsid w:val="007E2DB9"/>
+    <w:rsid w:val="007E406A"/>
     <w:rsid w:val="007E4CD3"/>
     <w:rsid w:val="007E741E"/>
     <w:rsid w:val="007F4B86"/>
     <w:rsid w:val="007F5D02"/>
     <w:rsid w:val="007F6DDA"/>
+    <w:rsid w:val="00803A62"/>
     <w:rsid w:val="00804F5F"/>
+    <w:rsid w:val="00811C8B"/>
     <w:rsid w:val="00811E28"/>
     <w:rsid w:val="00815229"/>
     <w:rsid w:val="00816B23"/>
     <w:rsid w:val="00817CA5"/>
     <w:rsid w:val="00821028"/>
     <w:rsid w:val="00822F74"/>
     <w:rsid w:val="00823127"/>
     <w:rsid w:val="00825286"/>
     <w:rsid w:val="008261D8"/>
     <w:rsid w:val="00826B5F"/>
     <w:rsid w:val="008401C3"/>
     <w:rsid w:val="00840AEB"/>
     <w:rsid w:val="008432DE"/>
     <w:rsid w:val="00843CDC"/>
     <w:rsid w:val="0085022E"/>
     <w:rsid w:val="00850554"/>
     <w:rsid w:val="00850630"/>
     <w:rsid w:val="00853629"/>
     <w:rsid w:val="00854443"/>
     <w:rsid w:val="008545A6"/>
     <w:rsid w:val="00854C00"/>
     <w:rsid w:val="00855364"/>
     <w:rsid w:val="0085586B"/>
     <w:rsid w:val="0085588B"/>
     <w:rsid w:val="00856445"/>
@@ -27019,527 +28473,588 @@
     <w:rsid w:val="008673DB"/>
     <w:rsid w:val="008718F3"/>
     <w:rsid w:val="008724A1"/>
     <w:rsid w:val="00872AE3"/>
     <w:rsid w:val="008753C9"/>
     <w:rsid w:val="00876E8B"/>
     <w:rsid w:val="00877C36"/>
     <w:rsid w:val="00880F6A"/>
     <w:rsid w:val="00880FE2"/>
     <w:rsid w:val="00881BF8"/>
     <w:rsid w:val="00884F6C"/>
     <w:rsid w:val="00885210"/>
     <w:rsid w:val="0089065A"/>
     <w:rsid w:val="00890D59"/>
     <w:rsid w:val="0089174C"/>
     <w:rsid w:val="00893591"/>
     <w:rsid w:val="00895901"/>
     <w:rsid w:val="0089789D"/>
     <w:rsid w:val="00897CDD"/>
     <w:rsid w:val="008A1B92"/>
     <w:rsid w:val="008A217A"/>
     <w:rsid w:val="008A2CE5"/>
     <w:rsid w:val="008A399F"/>
     <w:rsid w:val="008A4602"/>
     <w:rsid w:val="008A633E"/>
+    <w:rsid w:val="008A635D"/>
     <w:rsid w:val="008A6F57"/>
     <w:rsid w:val="008A70F9"/>
     <w:rsid w:val="008A7DD2"/>
     <w:rsid w:val="008B0746"/>
+    <w:rsid w:val="008B4337"/>
     <w:rsid w:val="008B5089"/>
     <w:rsid w:val="008C1909"/>
     <w:rsid w:val="008C53F6"/>
     <w:rsid w:val="008D0930"/>
     <w:rsid w:val="008D2C0A"/>
     <w:rsid w:val="008D30AC"/>
     <w:rsid w:val="008D4AFE"/>
     <w:rsid w:val="008D5A48"/>
     <w:rsid w:val="008E0799"/>
     <w:rsid w:val="008E3410"/>
     <w:rsid w:val="008E5191"/>
     <w:rsid w:val="008E60DE"/>
     <w:rsid w:val="008E62E2"/>
     <w:rsid w:val="008E7EBF"/>
     <w:rsid w:val="008F3234"/>
     <w:rsid w:val="00902125"/>
     <w:rsid w:val="00903673"/>
     <w:rsid w:val="00906EE2"/>
     <w:rsid w:val="00907553"/>
     <w:rsid w:val="0091006E"/>
     <w:rsid w:val="00910DDC"/>
     <w:rsid w:val="00912405"/>
     <w:rsid w:val="00912CEC"/>
     <w:rsid w:val="00915D95"/>
     <w:rsid w:val="00915E06"/>
     <w:rsid w:val="00921B02"/>
     <w:rsid w:val="00924D12"/>
     <w:rsid w:val="00925313"/>
+    <w:rsid w:val="00926786"/>
     <w:rsid w:val="00927FAE"/>
     <w:rsid w:val="0093039C"/>
     <w:rsid w:val="0093171C"/>
     <w:rsid w:val="00931D0E"/>
     <w:rsid w:val="00933AD9"/>
     <w:rsid w:val="00940045"/>
+    <w:rsid w:val="00941D47"/>
     <w:rsid w:val="00941F1E"/>
     <w:rsid w:val="0094325E"/>
     <w:rsid w:val="00951197"/>
     <w:rsid w:val="009533B5"/>
     <w:rsid w:val="00955804"/>
+    <w:rsid w:val="00956083"/>
     <w:rsid w:val="00956E0D"/>
     <w:rsid w:val="00957FE4"/>
     <w:rsid w:val="009619E8"/>
     <w:rsid w:val="009621CC"/>
     <w:rsid w:val="0096252F"/>
     <w:rsid w:val="00962DCB"/>
     <w:rsid w:val="00972C80"/>
     <w:rsid w:val="009759D6"/>
     <w:rsid w:val="0098097D"/>
     <w:rsid w:val="00981626"/>
     <w:rsid w:val="0098247F"/>
     <w:rsid w:val="009844E9"/>
     <w:rsid w:val="00985AD6"/>
     <w:rsid w:val="00987B8A"/>
     <w:rsid w:val="00991D14"/>
     <w:rsid w:val="009927F3"/>
     <w:rsid w:val="009A00EC"/>
     <w:rsid w:val="009A1BA9"/>
     <w:rsid w:val="009A1E20"/>
     <w:rsid w:val="009A4568"/>
     <w:rsid w:val="009A5C71"/>
     <w:rsid w:val="009A760A"/>
     <w:rsid w:val="009A7CA7"/>
     <w:rsid w:val="009B0DCF"/>
     <w:rsid w:val="009B1109"/>
     <w:rsid w:val="009B482E"/>
     <w:rsid w:val="009B4CBA"/>
     <w:rsid w:val="009B7133"/>
     <w:rsid w:val="009C0937"/>
     <w:rsid w:val="009C383B"/>
+    <w:rsid w:val="009D144E"/>
     <w:rsid w:val="009D159F"/>
     <w:rsid w:val="009D3498"/>
     <w:rsid w:val="009D617E"/>
     <w:rsid w:val="009D6BC0"/>
     <w:rsid w:val="009D7704"/>
     <w:rsid w:val="009E4E29"/>
     <w:rsid w:val="009E568B"/>
     <w:rsid w:val="009E5C6B"/>
     <w:rsid w:val="009E66B9"/>
     <w:rsid w:val="009E6DB5"/>
     <w:rsid w:val="009F2038"/>
     <w:rsid w:val="009F6C68"/>
+    <w:rsid w:val="00A01F43"/>
     <w:rsid w:val="00A073E1"/>
     <w:rsid w:val="00A07A89"/>
     <w:rsid w:val="00A1031A"/>
     <w:rsid w:val="00A15F4C"/>
     <w:rsid w:val="00A21238"/>
     <w:rsid w:val="00A22379"/>
     <w:rsid w:val="00A236EF"/>
     <w:rsid w:val="00A24B37"/>
     <w:rsid w:val="00A3091B"/>
     <w:rsid w:val="00A32D25"/>
     <w:rsid w:val="00A34420"/>
     <w:rsid w:val="00A34DDB"/>
     <w:rsid w:val="00A3599F"/>
     <w:rsid w:val="00A4044A"/>
     <w:rsid w:val="00A405B7"/>
     <w:rsid w:val="00A407B4"/>
     <w:rsid w:val="00A449B4"/>
     <w:rsid w:val="00A479CD"/>
     <w:rsid w:val="00A51262"/>
     <w:rsid w:val="00A56E69"/>
     <w:rsid w:val="00A60A31"/>
     <w:rsid w:val="00A63DD7"/>
     <w:rsid w:val="00A64268"/>
+    <w:rsid w:val="00A6547B"/>
     <w:rsid w:val="00A6563C"/>
     <w:rsid w:val="00A6644D"/>
     <w:rsid w:val="00A6650B"/>
     <w:rsid w:val="00A674D1"/>
     <w:rsid w:val="00A70016"/>
     <w:rsid w:val="00A7148D"/>
     <w:rsid w:val="00A7373E"/>
     <w:rsid w:val="00A73A37"/>
     <w:rsid w:val="00A7627B"/>
     <w:rsid w:val="00A7790E"/>
     <w:rsid w:val="00A804FC"/>
     <w:rsid w:val="00A8261C"/>
+    <w:rsid w:val="00A82928"/>
     <w:rsid w:val="00A9481F"/>
     <w:rsid w:val="00A95CDA"/>
     <w:rsid w:val="00AA0896"/>
     <w:rsid w:val="00AA36BC"/>
     <w:rsid w:val="00AA73CA"/>
     <w:rsid w:val="00AA75F6"/>
     <w:rsid w:val="00AB2B53"/>
     <w:rsid w:val="00AB3141"/>
     <w:rsid w:val="00AB485B"/>
     <w:rsid w:val="00AB6AEA"/>
     <w:rsid w:val="00AC42C1"/>
     <w:rsid w:val="00AC7E97"/>
     <w:rsid w:val="00AD246A"/>
     <w:rsid w:val="00AD2E38"/>
     <w:rsid w:val="00AD409C"/>
     <w:rsid w:val="00AD6F0B"/>
     <w:rsid w:val="00AE115C"/>
     <w:rsid w:val="00AE2252"/>
     <w:rsid w:val="00AE282D"/>
     <w:rsid w:val="00AE4B9F"/>
     <w:rsid w:val="00AE7022"/>
     <w:rsid w:val="00AF123E"/>
     <w:rsid w:val="00B00BF5"/>
     <w:rsid w:val="00B0109B"/>
     <w:rsid w:val="00B014BD"/>
     <w:rsid w:val="00B04986"/>
     <w:rsid w:val="00B05418"/>
     <w:rsid w:val="00B05FDE"/>
     <w:rsid w:val="00B07215"/>
     <w:rsid w:val="00B11A3A"/>
     <w:rsid w:val="00B12F6D"/>
     <w:rsid w:val="00B16950"/>
     <w:rsid w:val="00B16D27"/>
+    <w:rsid w:val="00B16D48"/>
     <w:rsid w:val="00B21608"/>
     <w:rsid w:val="00B2204F"/>
     <w:rsid w:val="00B23A6C"/>
     <w:rsid w:val="00B23AD7"/>
     <w:rsid w:val="00B25A7F"/>
     <w:rsid w:val="00B25F37"/>
     <w:rsid w:val="00B26EEA"/>
+    <w:rsid w:val="00B3246D"/>
     <w:rsid w:val="00B337CA"/>
     <w:rsid w:val="00B42823"/>
     <w:rsid w:val="00B44D77"/>
     <w:rsid w:val="00B4700B"/>
     <w:rsid w:val="00B547AD"/>
     <w:rsid w:val="00B55BE2"/>
     <w:rsid w:val="00B57CA6"/>
     <w:rsid w:val="00B63BA0"/>
     <w:rsid w:val="00B63D1D"/>
     <w:rsid w:val="00B6774E"/>
     <w:rsid w:val="00B7280B"/>
     <w:rsid w:val="00B72BE0"/>
     <w:rsid w:val="00B7600F"/>
     <w:rsid w:val="00B766B9"/>
     <w:rsid w:val="00B76975"/>
     <w:rsid w:val="00B80E5C"/>
     <w:rsid w:val="00B81D33"/>
     <w:rsid w:val="00B81EC4"/>
     <w:rsid w:val="00B82A7F"/>
     <w:rsid w:val="00B90F3D"/>
     <w:rsid w:val="00B92E1C"/>
+    <w:rsid w:val="00B93764"/>
     <w:rsid w:val="00B94B48"/>
     <w:rsid w:val="00B95819"/>
     <w:rsid w:val="00B95E03"/>
     <w:rsid w:val="00BA0685"/>
     <w:rsid w:val="00BA0DDC"/>
     <w:rsid w:val="00BA13F5"/>
     <w:rsid w:val="00BA36C3"/>
     <w:rsid w:val="00BB0179"/>
     <w:rsid w:val="00BB0B96"/>
     <w:rsid w:val="00BB156B"/>
     <w:rsid w:val="00BB1DFF"/>
     <w:rsid w:val="00BB3C10"/>
     <w:rsid w:val="00BC3E4F"/>
     <w:rsid w:val="00BC5C23"/>
     <w:rsid w:val="00BD00C0"/>
     <w:rsid w:val="00BD0122"/>
     <w:rsid w:val="00BD1F1C"/>
     <w:rsid w:val="00BD2D3B"/>
     <w:rsid w:val="00BD3A55"/>
     <w:rsid w:val="00BD42F4"/>
     <w:rsid w:val="00BE32D7"/>
     <w:rsid w:val="00BE489D"/>
     <w:rsid w:val="00BE75E4"/>
     <w:rsid w:val="00BF00D5"/>
     <w:rsid w:val="00BF014B"/>
     <w:rsid w:val="00BF30C8"/>
     <w:rsid w:val="00BF3471"/>
     <w:rsid w:val="00BF37B0"/>
     <w:rsid w:val="00BF48A8"/>
     <w:rsid w:val="00BF7742"/>
     <w:rsid w:val="00C02A6F"/>
     <w:rsid w:val="00C074B0"/>
     <w:rsid w:val="00C15F5B"/>
     <w:rsid w:val="00C16150"/>
     <w:rsid w:val="00C206D3"/>
     <w:rsid w:val="00C21568"/>
     <w:rsid w:val="00C25030"/>
     <w:rsid w:val="00C25F78"/>
     <w:rsid w:val="00C265DF"/>
     <w:rsid w:val="00C26A99"/>
     <w:rsid w:val="00C30C76"/>
     <w:rsid w:val="00C32277"/>
+    <w:rsid w:val="00C32742"/>
     <w:rsid w:val="00C354AC"/>
     <w:rsid w:val="00C35656"/>
     <w:rsid w:val="00C359CC"/>
     <w:rsid w:val="00C42042"/>
     <w:rsid w:val="00C42250"/>
     <w:rsid w:val="00C42D21"/>
     <w:rsid w:val="00C447DD"/>
     <w:rsid w:val="00C44E88"/>
     <w:rsid w:val="00C506CA"/>
     <w:rsid w:val="00C532FC"/>
     <w:rsid w:val="00C542DB"/>
     <w:rsid w:val="00C60A3F"/>
     <w:rsid w:val="00C62AF3"/>
     <w:rsid w:val="00C63585"/>
     <w:rsid w:val="00C657D7"/>
     <w:rsid w:val="00C67B94"/>
     <w:rsid w:val="00C7010C"/>
     <w:rsid w:val="00C70B1C"/>
     <w:rsid w:val="00C71499"/>
     <w:rsid w:val="00C71644"/>
     <w:rsid w:val="00C71ABA"/>
     <w:rsid w:val="00C72FDD"/>
     <w:rsid w:val="00C74A84"/>
     <w:rsid w:val="00C74B43"/>
     <w:rsid w:val="00C74DE2"/>
     <w:rsid w:val="00C77D25"/>
     <w:rsid w:val="00C835FA"/>
     <w:rsid w:val="00C853DA"/>
     <w:rsid w:val="00C85599"/>
     <w:rsid w:val="00C85938"/>
     <w:rsid w:val="00C8622A"/>
     <w:rsid w:val="00C8698C"/>
     <w:rsid w:val="00C93D13"/>
     <w:rsid w:val="00C93DD9"/>
     <w:rsid w:val="00C956EF"/>
     <w:rsid w:val="00C958E0"/>
     <w:rsid w:val="00C95B5A"/>
     <w:rsid w:val="00C9717B"/>
     <w:rsid w:val="00CA7B3A"/>
     <w:rsid w:val="00CB0495"/>
     <w:rsid w:val="00CB20D3"/>
     <w:rsid w:val="00CB57A4"/>
     <w:rsid w:val="00CB5932"/>
+    <w:rsid w:val="00CB59F7"/>
     <w:rsid w:val="00CC0C86"/>
+    <w:rsid w:val="00CC239D"/>
     <w:rsid w:val="00CC4323"/>
     <w:rsid w:val="00CC649C"/>
     <w:rsid w:val="00CD023E"/>
     <w:rsid w:val="00CD23BB"/>
     <w:rsid w:val="00CD2848"/>
     <w:rsid w:val="00CD2AB2"/>
     <w:rsid w:val="00CD310D"/>
+    <w:rsid w:val="00CE0A5B"/>
     <w:rsid w:val="00CE3025"/>
     <w:rsid w:val="00CE3D20"/>
     <w:rsid w:val="00CE4301"/>
     <w:rsid w:val="00CE58EC"/>
     <w:rsid w:val="00CE58EE"/>
     <w:rsid w:val="00CE6630"/>
     <w:rsid w:val="00CF368D"/>
     <w:rsid w:val="00CF6EF9"/>
     <w:rsid w:val="00CF7528"/>
+    <w:rsid w:val="00CF7F50"/>
     <w:rsid w:val="00D01ADE"/>
     <w:rsid w:val="00D11BB2"/>
     <w:rsid w:val="00D11E7A"/>
     <w:rsid w:val="00D14A34"/>
     <w:rsid w:val="00D150F9"/>
     <w:rsid w:val="00D226B7"/>
+    <w:rsid w:val="00D2302A"/>
     <w:rsid w:val="00D24650"/>
     <w:rsid w:val="00D2562A"/>
     <w:rsid w:val="00D276FC"/>
+    <w:rsid w:val="00D306DC"/>
     <w:rsid w:val="00D31B1C"/>
     <w:rsid w:val="00D3438B"/>
     <w:rsid w:val="00D36C44"/>
     <w:rsid w:val="00D4457A"/>
     <w:rsid w:val="00D463B9"/>
     <w:rsid w:val="00D51094"/>
     <w:rsid w:val="00D528AA"/>
     <w:rsid w:val="00D52B09"/>
     <w:rsid w:val="00D545B4"/>
     <w:rsid w:val="00D56802"/>
     <w:rsid w:val="00D6160F"/>
     <w:rsid w:val="00D61A8B"/>
     <w:rsid w:val="00D630B7"/>
     <w:rsid w:val="00D63FEA"/>
     <w:rsid w:val="00D6446D"/>
     <w:rsid w:val="00D649F9"/>
+    <w:rsid w:val="00D715BC"/>
     <w:rsid w:val="00D759EB"/>
     <w:rsid w:val="00D76C48"/>
     <w:rsid w:val="00D80EC9"/>
+    <w:rsid w:val="00D826EC"/>
     <w:rsid w:val="00D874EF"/>
     <w:rsid w:val="00D91806"/>
     <w:rsid w:val="00D92157"/>
     <w:rsid w:val="00D9524B"/>
     <w:rsid w:val="00D9528E"/>
     <w:rsid w:val="00D97F4F"/>
     <w:rsid w:val="00DA5803"/>
     <w:rsid w:val="00DA6854"/>
     <w:rsid w:val="00DB1870"/>
     <w:rsid w:val="00DB5BCB"/>
     <w:rsid w:val="00DC02FF"/>
     <w:rsid w:val="00DC0423"/>
     <w:rsid w:val="00DC13FC"/>
     <w:rsid w:val="00DC1893"/>
     <w:rsid w:val="00DC3076"/>
     <w:rsid w:val="00DC5B34"/>
     <w:rsid w:val="00DC6172"/>
     <w:rsid w:val="00DC7FC1"/>
     <w:rsid w:val="00DD4D07"/>
     <w:rsid w:val="00DE05EF"/>
     <w:rsid w:val="00DE1E12"/>
     <w:rsid w:val="00DE2818"/>
     <w:rsid w:val="00DE2EE1"/>
+    <w:rsid w:val="00DE412E"/>
     <w:rsid w:val="00DE4146"/>
     <w:rsid w:val="00DE4CDD"/>
     <w:rsid w:val="00DF01F0"/>
     <w:rsid w:val="00DF062D"/>
     <w:rsid w:val="00DF0B63"/>
     <w:rsid w:val="00DF14F5"/>
     <w:rsid w:val="00DF4037"/>
     <w:rsid w:val="00DF5B0E"/>
     <w:rsid w:val="00E0119A"/>
     <w:rsid w:val="00E03601"/>
     <w:rsid w:val="00E041F2"/>
     <w:rsid w:val="00E04A03"/>
     <w:rsid w:val="00E112E2"/>
     <w:rsid w:val="00E11443"/>
     <w:rsid w:val="00E13210"/>
     <w:rsid w:val="00E143BD"/>
     <w:rsid w:val="00E154B4"/>
     <w:rsid w:val="00E17F77"/>
     <w:rsid w:val="00E234BE"/>
     <w:rsid w:val="00E25F58"/>
     <w:rsid w:val="00E26977"/>
     <w:rsid w:val="00E270E5"/>
     <w:rsid w:val="00E35082"/>
     <w:rsid w:val="00E35449"/>
     <w:rsid w:val="00E364FB"/>
     <w:rsid w:val="00E41CE6"/>
     <w:rsid w:val="00E424BD"/>
     <w:rsid w:val="00E4310A"/>
     <w:rsid w:val="00E43653"/>
     <w:rsid w:val="00E46B51"/>
     <w:rsid w:val="00E505C2"/>
     <w:rsid w:val="00E531B0"/>
     <w:rsid w:val="00E576CA"/>
     <w:rsid w:val="00E57A0B"/>
     <w:rsid w:val="00E601F6"/>
     <w:rsid w:val="00E63D32"/>
     <w:rsid w:val="00E70129"/>
     <w:rsid w:val="00E703CC"/>
     <w:rsid w:val="00E82C63"/>
     <w:rsid w:val="00E854F1"/>
     <w:rsid w:val="00E8651F"/>
     <w:rsid w:val="00E91080"/>
     <w:rsid w:val="00E94C8A"/>
     <w:rsid w:val="00EA285F"/>
     <w:rsid w:val="00EA3BAF"/>
     <w:rsid w:val="00EB198D"/>
+    <w:rsid w:val="00EB211E"/>
     <w:rsid w:val="00EB52E5"/>
     <w:rsid w:val="00EC23B8"/>
     <w:rsid w:val="00EC2BB3"/>
     <w:rsid w:val="00EC44F7"/>
     <w:rsid w:val="00EC6E56"/>
     <w:rsid w:val="00EC7880"/>
     <w:rsid w:val="00ED178B"/>
+    <w:rsid w:val="00ED3051"/>
     <w:rsid w:val="00ED4199"/>
     <w:rsid w:val="00ED4AAD"/>
     <w:rsid w:val="00EE1038"/>
     <w:rsid w:val="00EE4BDF"/>
     <w:rsid w:val="00EE56E8"/>
     <w:rsid w:val="00EE7F88"/>
     <w:rsid w:val="00EF06CC"/>
     <w:rsid w:val="00EF293D"/>
     <w:rsid w:val="00EF3A43"/>
     <w:rsid w:val="00EF4E60"/>
     <w:rsid w:val="00EF6263"/>
     <w:rsid w:val="00EF69BB"/>
     <w:rsid w:val="00EF6D75"/>
     <w:rsid w:val="00F00448"/>
     <w:rsid w:val="00F044E1"/>
     <w:rsid w:val="00F06796"/>
     <w:rsid w:val="00F0739F"/>
     <w:rsid w:val="00F0781A"/>
     <w:rsid w:val="00F229DE"/>
     <w:rsid w:val="00F23923"/>
+    <w:rsid w:val="00F24070"/>
     <w:rsid w:val="00F31B67"/>
     <w:rsid w:val="00F31DEE"/>
     <w:rsid w:val="00F32DB1"/>
     <w:rsid w:val="00F34E04"/>
     <w:rsid w:val="00F35E79"/>
     <w:rsid w:val="00F50101"/>
     <w:rsid w:val="00F510DE"/>
     <w:rsid w:val="00F56AB2"/>
     <w:rsid w:val="00F573DB"/>
     <w:rsid w:val="00F6531A"/>
     <w:rsid w:val="00F66264"/>
     <w:rsid w:val="00F72E15"/>
     <w:rsid w:val="00F80BB3"/>
     <w:rsid w:val="00F84842"/>
     <w:rsid w:val="00F85AC0"/>
     <w:rsid w:val="00F91630"/>
     <w:rsid w:val="00F9174C"/>
     <w:rsid w:val="00F94AED"/>
     <w:rsid w:val="00FA010D"/>
     <w:rsid w:val="00FA01E0"/>
     <w:rsid w:val="00FA2DFA"/>
     <w:rsid w:val="00FA3850"/>
     <w:rsid w:val="00FB17B6"/>
     <w:rsid w:val="00FC2541"/>
     <w:rsid w:val="00FC54E7"/>
     <w:rsid w:val="00FD0DE0"/>
     <w:rsid w:val="00FD0EAF"/>
     <w:rsid w:val="00FD14B8"/>
     <w:rsid w:val="00FD3130"/>
     <w:rsid w:val="00FD67EB"/>
     <w:rsid w:val="00FD6928"/>
     <w:rsid w:val="00FD723D"/>
     <w:rsid w:val="00FE0145"/>
     <w:rsid w:val="00FE406D"/>
     <w:rsid w:val="00FE7357"/>
     <w:rsid w:val="00FE7882"/>
     <w:rsid w:val="00FE7A2A"/>
     <w:rsid w:val="00FF0046"/>
     <w:rsid w:val="00FF3A23"/>
     <w:rsid w:val="00FF4941"/>
     <w:rsid w:val="00FF6F72"/>
     <w:rsid w:val="00FF7054"/>
     <w:rsid w:val="00FF7D9C"/>
+    <w:rsid w:val="03BD2E3C"/>
+    <w:rsid w:val="047F892D"/>
+    <w:rsid w:val="0B8A32FE"/>
+    <w:rsid w:val="0C0399E2"/>
+    <w:rsid w:val="0FAC9F70"/>
+    <w:rsid w:val="11B51028"/>
+    <w:rsid w:val="12667CB9"/>
+    <w:rsid w:val="143B1308"/>
+    <w:rsid w:val="1AC85EBA"/>
+    <w:rsid w:val="1BC516BD"/>
+    <w:rsid w:val="1FEA6602"/>
+    <w:rsid w:val="202B9852"/>
+    <w:rsid w:val="208CDAB4"/>
+    <w:rsid w:val="24637A0F"/>
+    <w:rsid w:val="272A6E50"/>
+    <w:rsid w:val="2AB48C3D"/>
+    <w:rsid w:val="2CC114D9"/>
+    <w:rsid w:val="2E083BF4"/>
+    <w:rsid w:val="2F1427C6"/>
+    <w:rsid w:val="30E2035C"/>
     <w:rsid w:val="38BAB427"/>
+    <w:rsid w:val="3968A5B6"/>
+    <w:rsid w:val="41F95982"/>
+    <w:rsid w:val="42FA7468"/>
+    <w:rsid w:val="4496AC59"/>
+    <w:rsid w:val="4D7C77C5"/>
+    <w:rsid w:val="551C5122"/>
+    <w:rsid w:val="5809E7C3"/>
+    <w:rsid w:val="6344AD86"/>
+    <w:rsid w:val="68A2E02D"/>
+    <w:rsid w:val="692B9CA1"/>
+    <w:rsid w:val="6A18CB42"/>
+    <w:rsid w:val="70E224CE"/>
+    <w:rsid w:val="71DDF182"/>
+    <w:rsid w:val="7238D599"/>
+    <w:rsid w:val="77789EA7"/>
+    <w:rsid w:val="7DFECCFD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1925322A"/>
-  <w15:docId w15:val="{6CF9B123-DAEA-46E0-90E0-A6A79A3E169A}"/>
+  <w15:docId w15:val="{2F0C49A0-236E-4F7F-AC91-905A92098320}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -29344,65 +30859,72 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="4991edc6-c95a-41cf-abea-d90d8029a3b7" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010084FB04377A0C464383E52F97DDF00F60" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="27f6f78c171eae5795660fddcf486424">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0" xmlns:ns3="4991edc6-c95a-41cf-abea-d90d8029a3b7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f7c81e21042854c5efc62a7c3b699b20" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010084FB04377A0C464383E52F97DDF00F60" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5d29f4fa4b25da7ad24fa2e3428f85ce">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0" xmlns:ns3="4991edc6-c95a-41cf-abea-d90d8029a3b7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b9ebb55f2fe558459e6cbe0a2ac4c37f" ns2:_="" ns3:_="">
     <xsd:import namespace="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0"/>
     <xsd:import namespace="4991edc6-c95a-41cf-abea-d90d8029a3b7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -29586,142 +31108,120 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\CHICAGO.XSL" StyleName="Chicago"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{462665EA-2753-4694-AC95-8300CF9B5A11}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0"/>
+    <ds:schemaRef ds:uri="4991edc6-c95a-41cf-abea-d90d8029a3b7"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56AA4DEE-2826-4534-A2AB-A538BEEE5DF0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91C8503F-6354-46EF-B31A-5CEC9BD85862}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B811CE97-6AAF-48F7-9AE8-7FC27B0C8134}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0"/>
     <ds:schemaRef ds:uri="4991edc6-c95a-41cf-abea-d90d8029a3b7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{462665EA-2753-4694-AC95-8300CF9B5A11}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0047A334-3350-465D-8C0F-C1032D073EEE}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="4991edc6-c95a-41cf-abea-d90d8029a3b7"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>66</Pages>
-[...1 lines deleted...]
-  <Characters>108089</Characters>
+  <Pages>65</Pages>
+  <Words>18983</Words>
+  <Characters>108207</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>900</Lines>
+  <Lines>901</Lines>
   <Paragraphs>253</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>EOHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>126798</CharactersWithSpaces>
+  <CharactersWithSpaces>126937</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Administrator</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>en-US</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>14.0000</vt:lpwstr>