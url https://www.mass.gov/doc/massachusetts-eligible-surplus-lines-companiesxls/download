--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -2,141 +2,141 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\SBS_CSV_Reformat\Worksheets_and_Pdfs\Company\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E8823F96-BD55-4AE9-AE2E-469EEC3BF259}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{36C47AE5-455E-4474-9349-E83CE6156DA8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{7A56200D-D5E5-4E43-B7A8-D17549585EB1}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{2DBEA59C-AB02-4285-B07A-DF16264F64CE}"/>
   </bookViews>
   <sheets>
     <sheet name="XLSX_C_Worksheet" sheetId="2" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="Current">OFFSET([1]Interface!$K$4,,,COUNTA([1]Interface!$K$4:$K$107))</definedName>
     <definedName name="Import">OFFSET([1]Interface!$J$4,,,COUNTA([1]Interface!$J$4:$J$107))</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">XLSX_C_Worksheet!$6:$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="951" uniqueCount="610">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="955" uniqueCount="613">
   <si>
     <r>
       <t xml:space="preserve">COMMONWEALTH OF MASSACHUSETTS
 DIVISION OF INSURANCE
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">COMPANY LICENSING
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">1 Federal Street, Suite 700  •  Boston, MA  02110-2012
 (617) 521-7794 • FAX (617) 753-6883
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="10"/>
         <color rgb="FF0000FF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>http://www.mass.gov/doi</t>
     </r>
   </si>
   <si>
     <t>Authorized Surplus Lines Companies</t>
   </si>
   <si>
-    <t>October 1, 2025</t>
+    <t>December 1, 2025</t>
   </si>
   <si>
     <t>NAIC #</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>ZIP</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Accelerant Specialty Insurance Company</t>
   </si>
@@ -861,50 +861,59 @@
     <t>Falls Lake Fire and Casualty Company</t>
   </si>
   <si>
     <t xml:space="preserve">P.O. BOX 27648  </t>
   </si>
   <si>
     <t>RICHMOND</t>
   </si>
   <si>
     <t>VA</t>
   </si>
   <si>
     <t>Federated Specialty Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">121 EAST PARK SQUARE  </t>
   </si>
   <si>
     <t>OWATONNA</t>
   </si>
   <si>
     <t>Fireman's Fund Indemnity Corporation</t>
   </si>
   <si>
     <t>First Mercury Insurance Company</t>
+  </si>
+  <si>
+    <t>First Mile Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. Box 811209  </t>
+  </si>
+  <si>
+    <t>Boca Raton</t>
   </si>
   <si>
     <t>Fortegra Specialty Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">10751 Deerwood Park Blvd, Suite 200  </t>
   </si>
   <si>
     <t>Gemini Insurance Company</t>
   </si>
   <si>
     <t>General Security Indemnity Company of Arizona</t>
   </si>
   <si>
     <t xml:space="preserve">28 LIBERTY STREET, SUITE 5400  </t>
   </si>
   <si>
     <t>10005-1445</t>
   </si>
   <si>
     <t>General Star Indemnity Company</t>
   </si>
   <si>
     <t xml:space="preserve">120 LONG RIDGE ROAD  </t>
   </si>
@@ -2060,153 +2069,153 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="14" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="9" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>476250</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1295400</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1123950</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{439E6959-5E48-4AEF-A229-23B4DE991042}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D347A185-A764-42AA-A817-188BEF8A82C3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1250950" y="133350"/>
           <a:ext cx="819150" cy="990600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
@@ -2549,4873 +2558,4895 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DD7BD0DC-1A97-4962-84B0-ECAF03330F3E}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1441B84C-E6F9-4171-A02D-0A16983DBD99}">
   <sheetPr codeName="Sheet6">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H2642"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="B4" sqref="B4:H4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="2" customWidth="1"/>
     <col min="2" max="2" width="9.08984375" customWidth="1"/>
-    <col min="3" max="3" width="39.90625" customWidth="1"/>
+    <col min="3" max="3" width="47.36328125" customWidth="1"/>
     <col min="4" max="4" width="42.54296875" customWidth="1"/>
-    <col min="5" max="5" width="14.6328125" customWidth="1"/>
+    <col min="5" max="5" width="19.36328125" customWidth="1"/>
     <col min="6" max="6" width="8.36328125" customWidth="1"/>
     <col min="7" max="7" width="14.54296875" customWidth="1"/>
     <col min="8" max="8" width="14.08984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="112.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
-      <c r="B1" s="2" t="s">
+      <c r="B1" s="18" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="2"/>
-[...4 lines deleted...]
-      <c r="H1" s="2"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+      <c r="H1" s="18"/>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
-      <c r="B2" s="3"/>
-[...1 lines deleted...]
-      <c r="D2" s="5"/>
+      <c r="B2" s="2"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="4"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
-      <c r="H2" s="6"/>
+      <c r="H2" s="5"/>
     </row>
     <row r="3" spans="1:8" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="1"/>
-      <c r="B3" s="7" t="s">
+      <c r="B3" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="7"/>
-[...4 lines deleted...]
-      <c r="H3" s="8"/>
+      <c r="C3" s="19"/>
+      <c r="D3" s="19"/>
+      <c r="E3" s="19"/>
+      <c r="F3" s="19"/>
+      <c r="G3" s="19"/>
+      <c r="H3" s="20"/>
     </row>
     <row r="4" spans="1:8" ht="18.5" x14ac:dyDescent="0.35">
       <c r="A4" s="1"/>
-      <c r="B4" s="9" t="s">
+      <c r="B4" s="21" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="9"/>
-[...4 lines deleted...]
-      <c r="H4" s="10"/>
+      <c r="C4" s="21"/>
+      <c r="D4" s="21"/>
+      <c r="E4" s="21"/>
+      <c r="F4" s="21"/>
+      <c r="G4" s="21"/>
+      <c r="H4" s="22"/>
     </row>
     <row r="5" spans="1:8" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A5" s="1"/>
-      <c r="B5" s="11"/>
-[...5 lines deleted...]
-      <c r="H5" s="14"/>
+      <c r="B5" s="6"/>
+      <c r="C5" s="7"/>
+      <c r="D5" s="8"/>
+      <c r="E5" s="9"/>
+      <c r="F5" s="9"/>
+      <c r="G5" s="9"/>
+      <c r="H5" s="9"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A6" s="1"/>
-      <c r="B6" s="15" t="s">
+      <c r="B6" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="16" t="s">
+      <c r="C6" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="17" t="s">
+      <c r="D6" s="12" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="18" t="s">
+      <c r="E6" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="18" t="s">
+      <c r="F6" s="13" t="s">
         <v>7</v>
       </c>
-      <c r="G6" s="18" t="s">
+      <c r="G6" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="H6" s="18" t="s">
+      <c r="H6" s="13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B7" s="19">
+      <c r="B7" s="14">
         <v>16890</v>
       </c>
-      <c r="C7" s="20" t="s">
+      <c r="C7" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="D7" s="21" t="s">
+      <c r="D7" s="16" t="s">
         <v>11</v>
       </c>
-      <c r="E7" s="20" t="s">
+      <c r="E7" s="15" t="s">
         <v>12</v>
       </c>
-      <c r="F7" s="19" t="s">
+      <c r="F7" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G7" s="19">
+      <c r="G7" s="14">
         <v>30350</v>
       </c>
-      <c r="H7" s="22">
+      <c r="H7" s="17">
         <v>8332849200</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="19">
+      <c r="B8" s="14">
         <v>20010</v>
       </c>
-      <c r="C8" s="20" t="s">
+      <c r="C8" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="D8" s="21" t="s">
+      <c r="D8" s="16" t="s">
         <v>15</v>
       </c>
-      <c r="E8" s="20" t="s">
+      <c r="E8" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="F8" s="19" t="s">
+      <c r="F8" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="G8" s="19">
+      <c r="G8" s="14">
         <v>27609</v>
       </c>
-      <c r="H8" s="22">
+      <c r="H8" s="17">
         <v>8005257486</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="19">
+      <c r="B9" s="14">
         <v>16835</v>
       </c>
-      <c r="C9" s="20" t="s">
+      <c r="C9" s="15" t="s">
         <v>18</v>
       </c>
-      <c r="D9" s="21" t="s">
+      <c r="D9" s="16" t="s">
         <v>19</v>
       </c>
-      <c r="E9" s="20" t="s">
+      <c r="E9" s="15" t="s">
         <v>20</v>
       </c>
-      <c r="F9" s="19" t="s">
+      <c r="F9" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="G9" s="19">
+      <c r="G9" s="14">
         <v>32814</v>
       </c>
-      <c r="H9" s="22">
+      <c r="H9" s="17">
         <v>8562160220</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B10" s="19">
+      <c r="B10" s="14">
         <v>24856</v>
       </c>
-      <c r="C10" s="20" t="s">
+      <c r="C10" s="15" t="s">
         <v>22</v>
       </c>
-      <c r="D10" s="21" t="s">
+      <c r="D10" s="16" t="s">
         <v>23</v>
       </c>
-      <c r="E10" s="20" t="s">
+      <c r="E10" s="15" t="s">
         <v>24</v>
       </c>
-      <c r="F10" s="19" t="s">
+      <c r="F10" s="14" t="s">
         <v>25</v>
       </c>
-      <c r="G10" s="19" t="s">
+      <c r="G10" s="14" t="s">
         <v>26</v>
       </c>
-      <c r="H10" s="22">
+      <c r="H10" s="17">
         <v>8004190530</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B11" s="19">
+      <c r="B11" s="14">
         <v>10389</v>
       </c>
-      <c r="C11" s="20" t="s">
+      <c r="C11" s="15" t="s">
         <v>27</v>
       </c>
-      <c r="D11" s="21" t="s">
+      <c r="D11" s="16" t="s">
         <v>28</v>
       </c>
-      <c r="E11" s="20" t="s">
+      <c r="E11" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="F11" s="19" t="s">
+      <c r="F11" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="G11" s="19" t="s">
+      <c r="G11" s="14" t="s">
         <v>30</v>
       </c>
-      <c r="H11" s="22">
+      <c r="H11" s="17">
         <v>3364352000</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B12" s="19">
+      <c r="B12" s="14">
         <v>26883</v>
       </c>
-      <c r="C12" s="20" t="s">
+      <c r="C12" s="15" t="s">
         <v>31</v>
       </c>
-      <c r="D12" s="21" t="s">
+      <c r="D12" s="16" t="s">
         <v>32</v>
       </c>
-      <c r="E12" s="20" t="s">
+      <c r="E12" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="F12" s="19" t="s">
+      <c r="F12" s="14" t="s">
         <v>34</v>
       </c>
-      <c r="G12" s="19" t="s">
+      <c r="G12" s="14" t="s">
         <v>35</v>
       </c>
-      <c r="H12" s="22"/>
+      <c r="H12" s="17"/>
     </row>
     <row r="13" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B13" s="19">
+      <c r="B13" s="14">
         <v>12833</v>
       </c>
-      <c r="C13" s="20" t="s">
+      <c r="C13" s="15" t="s">
         <v>36</v>
       </c>
-      <c r="D13" s="21" t="s">
+      <c r="D13" s="16" t="s">
         <v>37</v>
       </c>
-      <c r="E13" s="20" t="s">
+      <c r="E13" s="15" t="s">
         <v>38</v>
       </c>
-      <c r="F13" s="19" t="s">
+      <c r="F13" s="14" t="s">
         <v>39</v>
       </c>
-      <c r="G13" s="19" t="s">
+      <c r="G13" s="14" t="s">
         <v>40</v>
       </c>
-      <c r="H13" s="22"/>
+      <c r="H13" s="17"/>
     </row>
     <row r="14" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B14" s="19">
+      <c r="B14" s="14">
         <v>36420</v>
       </c>
-      <c r="C14" s="20" t="s">
+      <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
-      <c r="D14" s="21" t="s">
+      <c r="D14" s="16" t="s">
         <v>42</v>
       </c>
-      <c r="E14" s="20" t="s">
+      <c r="E14" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="F14" s="19" t="s">
+      <c r="F14" s="14" t="s">
         <v>44</v>
       </c>
-      <c r="G14" s="19" t="s">
+      <c r="G14" s="14" t="s">
         <v>45</v>
       </c>
-      <c r="H14" s="22">
+      <c r="H14" s="17">
         <v>3122243300</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B15" s="19">
+      <c r="B15" s="14">
         <v>19489</v>
       </c>
-      <c r="C15" s="20" t="s">
+      <c r="C15" s="15" t="s">
         <v>46</v>
       </c>
-      <c r="D15" s="21" t="s">
+      <c r="D15" s="16" t="s">
         <v>47</v>
       </c>
-      <c r="E15" s="20" t="s">
+      <c r="E15" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="F15" s="19" t="s">
+      <c r="F15" s="14" t="s">
         <v>34</v>
       </c>
-      <c r="G15" s="19">
+      <c r="G15" s="14">
         <v>10038</v>
       </c>
-      <c r="H15" s="22">
+      <c r="H15" s="17">
         <v>8003998093</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B16" s="19">
+      <c r="B16" s="14">
         <v>24319</v>
       </c>
-      <c r="C16" s="20" t="s">
+      <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
-      <c r="D16" s="21" t="s">
+      <c r="D16" s="16" t="s">
         <v>47</v>
       </c>
-      <c r="E16" s="20" t="s">
+      <c r="E16" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="F16" s="19" t="s">
+      <c r="F16" s="14" t="s">
         <v>34</v>
       </c>
-      <c r="G16" s="19">
+      <c r="G16" s="14">
         <v>10038</v>
       </c>
-      <c r="H16" s="22"/>
+      <c r="H16" s="17"/>
     </row>
     <row r="17" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B17" s="19">
+      <c r="B17" s="14">
         <v>17091</v>
       </c>
-      <c r="C17" s="20" t="s">
+      <c r="C17" s="15" t="s">
         <v>49</v>
       </c>
-      <c r="D17" s="21" t="s">
+      <c r="D17" s="16" t="s">
         <v>50</v>
       </c>
-      <c r="E17" s="20" t="s">
+      <c r="E17" s="15" t="s">
         <v>51</v>
       </c>
-      <c r="F17" s="19" t="s">
+      <c r="F17" s="14" t="s">
         <v>52</v>
       </c>
-      <c r="G17" s="19">
+      <c r="G17" s="14">
         <v>75201</v>
       </c>
-      <c r="H17" s="22">
+      <c r="H17" s="17">
         <v>2143299374</v>
       </c>
     </row>
     <row r="18" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B18" s="19">
+      <c r="B18" s="14">
         <v>43117</v>
       </c>
-      <c r="C18" s="20" t="s">
+      <c r="C18" s="15" t="s">
         <v>53</v>
       </c>
-      <c r="D18" s="21" t="s">
+      <c r="D18" s="16" t="s">
         <v>54</v>
       </c>
-      <c r="E18" s="20" t="s">
+      <c r="E18" s="15" t="s">
         <v>55</v>
       </c>
-      <c r="F18" s="19" t="s">
+      <c r="F18" s="14" t="s">
         <v>56</v>
       </c>
-      <c r="G18" s="19" t="s">
+      <c r="G18" s="14" t="s">
         <v>57</v>
       </c>
-      <c r="H18" s="22">
+      <c r="H18" s="17">
         <v>8602770111</v>
       </c>
     </row>
     <row r="19" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B19" s="19">
+      <c r="B19" s="14">
         <v>10245</v>
       </c>
-      <c r="C19" s="20" t="s">
+      <c r="C19" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="D19" s="21" t="s">
+      <c r="D19" s="16" t="s">
         <v>59</v>
       </c>
-      <c r="E19" s="20" t="s">
+      <c r="E19" s="15" t="s">
         <v>60</v>
       </c>
-      <c r="F19" s="19" t="s">
+      <c r="F19" s="14" t="s">
         <v>61</v>
       </c>
-      <c r="G19" s="19" t="s">
+      <c r="G19" s="14" t="s">
         <v>62</v>
       </c>
-      <c r="H19" s="22">
+      <c r="H19" s="17">
         <v>3022522000</v>
       </c>
     </row>
     <row r="20" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B20" s="19">
+      <c r="B20" s="14">
         <v>10043</v>
       </c>
-      <c r="C20" s="20" t="s">
+      <c r="C20" s="15" t="s">
         <v>63</v>
       </c>
-      <c r="D20" s="21" t="s">
+      <c r="D20" s="16" t="s">
         <v>64</v>
       </c>
-      <c r="E20" s="20" t="s">
+      <c r="E20" s="15" t="s">
         <v>65</v>
       </c>
-      <c r="F20" s="19" t="s">
+      <c r="F20" s="14" t="s">
         <v>66</v>
       </c>
-      <c r="G20" s="19" t="s">
+      <c r="G20" s="14" t="s">
         <v>67</v>
       </c>
-      <c r="H20" s="22">
+      <c r="H20" s="17">
         <v>4178874990</v>
       </c>
     </row>
     <row r="21" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B21" s="19">
+      <c r="B21" s="14">
         <v>17565</v>
       </c>
-      <c r="C21" s="20" t="s">
+      <c r="C21" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="D21" s="21" t="s">
+      <c r="D21" s="16" t="s">
         <v>69</v>
       </c>
-      <c r="E21" s="20" t="s">
+      <c r="E21" s="15" t="s">
         <v>70</v>
       </c>
-      <c r="F21" s="19" t="s">
+      <c r="F21" s="14" t="s">
         <v>52</v>
       </c>
-      <c r="G21" s="19">
+      <c r="G21" s="14">
         <v>75240</v>
       </c>
-      <c r="H21" s="22">
+      <c r="H21" s="17">
         <v>2143694900</v>
       </c>
     </row>
     <row r="22" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B22" s="19">
+      <c r="B22" s="14">
         <v>10316</v>
       </c>
-      <c r="C22" s="20" t="s">
+      <c r="C22" s="15" t="s">
         <v>71</v>
       </c>
-      <c r="D22" s="21" t="s">
+      <c r="D22" s="16" t="s">
         <v>72</v>
       </c>
-      <c r="E22" s="20" t="s">
+      <c r="E22" s="15" t="s">
         <v>73</v>
       </c>
-      <c r="F22" s="19" t="s">
+      <c r="F22" s="14" t="s">
         <v>74</v>
       </c>
-      <c r="G22" s="19" t="s">
+      <c r="G22" s="14" t="s">
         <v>75</v>
       </c>
-      <c r="H22" s="22">
+      <c r="H22" s="17">
         <v>4012753000</v>
       </c>
     </row>
     <row r="23" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B23" s="19">
+      <c r="B23" s="14">
         <v>21199</v>
       </c>
-      <c r="C23" s="20" t="s">
+      <c r="C23" s="15" t="s">
         <v>76</v>
       </c>
-      <c r="D23" s="21" t="s">
+      <c r="D23" s="16" t="s">
         <v>77</v>
       </c>
-      <c r="E23" s="20" t="s">
+      <c r="E23" s="15" t="s">
         <v>78</v>
       </c>
-      <c r="F23" s="19" t="s">
+      <c r="F23" s="14" t="s">
         <v>79</v>
       </c>
-      <c r="G23" s="19" t="s">
+      <c r="G23" s="14" t="s">
         <v>80</v>
       </c>
-      <c r="H23" s="22">
+      <c r="H23" s="17">
         <v>8165317668</v>
       </c>
     </row>
     <row r="24" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B24" s="19">
+      <c r="B24" s="14">
         <v>16141</v>
       </c>
-      <c r="C24" s="20" t="s">
+      <c r="C24" s="15" t="s">
         <v>81</v>
       </c>
-      <c r="D24" s="21" t="s">
+      <c r="D24" s="16" t="s">
         <v>82</v>
       </c>
-      <c r="E24" s="20" t="s">
+      <c r="E24" s="15" t="s">
         <v>83</v>
       </c>
-      <c r="F24" s="19" t="s">
+      <c r="F24" s="14" t="s">
         <v>84</v>
       </c>
-      <c r="G24" s="19">
+      <c r="G24" s="14">
         <v>49525</v>
       </c>
-      <c r="H24" s="22">
+      <c r="H24" s="17">
         <v>6163651542</v>
       </c>
     </row>
     <row r="25" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B25" s="19">
+      <c r="B25" s="14">
         <v>45055</v>
       </c>
-      <c r="C25" s="20" t="s">
+      <c r="C25" s="15" t="s">
         <v>85</v>
       </c>
-      <c r="D25" s="21" t="s">
+      <c r="D25" s="16" t="s">
         <v>86</v>
       </c>
-      <c r="E25" s="20" t="s">
+      <c r="E25" s="15" t="s">
         <v>87</v>
       </c>
-      <c r="F25" s="19" t="s">
+      <c r="F25" s="14" t="s">
         <v>88</v>
       </c>
-      <c r="G25" s="19">
+      <c r="G25" s="14">
         <v>39158</v>
       </c>
-      <c r="H25" s="22">
+      <c r="H25" s="17">
         <v>6469561574</v>
       </c>
     </row>
     <row r="26" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B26" s="19">
+      <c r="B26" s="14">
         <v>10717</v>
       </c>
-      <c r="C26" s="20" t="s">
+      <c r="C26" s="15" t="s">
         <v>89</v>
       </c>
-      <c r="D26" s="21" t="s">
+      <c r="D26" s="16" t="s">
         <v>90</v>
       </c>
-      <c r="E26" s="20" t="s">
+      <c r="E26" s="15" t="s">
         <v>91</v>
       </c>
-      <c r="F26" s="19" t="s">
+      <c r="F26" s="14" t="s">
         <v>56</v>
       </c>
-      <c r="G26" s="19" t="s">
+      <c r="G26" s="14" t="s">
         <v>92</v>
       </c>
-      <c r="H26" s="22">
+      <c r="H26" s="17">
         <v>8882583500</v>
       </c>
     </row>
     <row r="27" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B27" s="19">
+      <c r="B27" s="14">
         <v>23140</v>
       </c>
-      <c r="C27" s="20" t="s">
+      <c r="C27" s="15" t="s">
         <v>93</v>
       </c>
-      <c r="D27" s="21" t="s">
+      <c r="D27" s="16" t="s">
         <v>94</v>
       </c>
-      <c r="E27" s="20" t="s">
+      <c r="E27" s="15" t="s">
         <v>95</v>
       </c>
-      <c r="F27" s="19" t="s">
+      <c r="F27" s="14" t="s">
         <v>96</v>
       </c>
-      <c r="G27" s="19">
+      <c r="G27" s="14">
         <v>44114</v>
       </c>
-      <c r="H27" s="22">
+      <c r="H27" s="17">
         <v>5619949888</v>
       </c>
     </row>
     <row r="28" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B28" s="19">
+      <c r="B28" s="14">
         <v>17159</v>
       </c>
-      <c r="C28" s="20" t="s">
+      <c r="C28" s="15" t="s">
         <v>97</v>
       </c>
-      <c r="D28" s="21" t="s">
+      <c r="D28" s="16" t="s">
         <v>98</v>
       </c>
-      <c r="E28" s="20" t="s">
+      <c r="E28" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="F28" s="19" t="s">
+      <c r="F28" s="14" t="s">
         <v>84</v>
       </c>
-      <c r="G28" s="19" t="s">
+      <c r="G28" s="14" t="s">
         <v>100</v>
       </c>
-      <c r="H28" s="22">
+      <c r="H28" s="17">
         <v>8003476658</v>
       </c>
     </row>
     <row r="29" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B29" s="19">
+      <c r="B29" s="14">
         <v>19607</v>
       </c>
-      <c r="C29" s="20" t="s">
+      <c r="C29" s="15" t="s">
         <v>101</v>
       </c>
-      <c r="D29" s="21" t="s">
+      <c r="D29" s="16" t="s">
         <v>102</v>
       </c>
-      <c r="E29" s="20" t="s">
+      <c r="E29" s="15" t="s">
         <v>103</v>
       </c>
-      <c r="F29" s="19" t="s">
+      <c r="F29" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G29" s="19">
+      <c r="G29" s="14">
         <v>30326</v>
       </c>
-      <c r="H29" s="22">
+      <c r="H29" s="17">
         <v>8883389522</v>
       </c>
     </row>
     <row r="30" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B30" s="19">
+      <c r="B30" s="14">
         <v>16427</v>
       </c>
-      <c r="C30" s="20" t="s">
+      <c r="C30" s="15" t="s">
         <v>104</v>
       </c>
-      <c r="D30" s="21" t="s">
+      <c r="D30" s="16" t="s">
         <v>105</v>
       </c>
-      <c r="E30" s="20" t="s">
+      <c r="E30" s="15" t="s">
         <v>24</v>
       </c>
-      <c r="F30" s="19" t="s">
+      <c r="F30" s="14" t="s">
         <v>25</v>
       </c>
-      <c r="G30" s="19">
+      <c r="G30" s="14">
         <v>852601965</v>
       </c>
-      <c r="H30" s="22">
+      <c r="H30" s="17">
         <v>4802372417</v>
       </c>
     </row>
     <row r="31" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B31" s="19">
+      <c r="B31" s="14">
         <v>42846</v>
       </c>
-      <c r="C31" s="20" t="s">
+      <c r="C31" s="15" t="s">
         <v>106</v>
       </c>
-      <c r="D31" s="21" t="s">
+      <c r="D31" s="16" t="s">
         <v>107</v>
       </c>
-      <c r="E31" s="20" t="s">
+      <c r="E31" s="15" t="s">
         <v>108</v>
       </c>
-      <c r="F31" s="19" t="s">
+      <c r="F31" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="G31" s="19">
+      <c r="G31" s="14">
         <v>27534</v>
       </c>
-      <c r="H31" s="22">
+      <c r="H31" s="17">
         <v>9197593276</v>
       </c>
     </row>
     <row r="32" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B32" s="19">
+      <c r="B32" s="14">
         <v>15708</v>
       </c>
-      <c r="C32" s="20" t="s">
+      <c r="C32" s="15" t="s">
         <v>109</v>
       </c>
-      <c r="D32" s="21" t="s">
+      <c r="D32" s="16" t="s">
         <v>110</v>
       </c>
-      <c r="E32" s="20" t="s">
+      <c r="E32" s="15" t="s">
         <v>111</v>
       </c>
-      <c r="F32" s="19" t="s">
+      <c r="F32" s="14" t="s">
         <v>56</v>
       </c>
-      <c r="G32" s="19" t="s">
+      <c r="G32" s="14" t="s">
         <v>112</v>
       </c>
-      <c r="H32" s="22">
+      <c r="H32" s="17">
         <v>2039921414</v>
       </c>
     </row>
     <row r="33" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B33" s="19">
+      <c r="B33" s="14">
         <v>26620</v>
       </c>
-      <c r="C33" s="20" t="s">
+      <c r="C33" s="15" t="s">
         <v>113</v>
       </c>
-      <c r="D33" s="21" t="s">
+      <c r="D33" s="16" t="s">
         <v>114</v>
       </c>
-      <c r="E33" s="20" t="s">
+      <c r="E33" s="15" t="s">
         <v>115</v>
       </c>
-      <c r="F33" s="19" t="s">
+      <c r="F33" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G33" s="19">
+      <c r="G33" s="14">
         <v>30009</v>
       </c>
-      <c r="H33" s="22">
+      <c r="H33" s="17">
         <v>3129770700</v>
       </c>
     </row>
     <row r="34" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B34" s="19">
+      <c r="B34" s="14">
         <v>16495</v>
       </c>
-      <c r="C34" s="20" t="s">
+      <c r="C34" s="15" t="s">
         <v>116</v>
       </c>
-      <c r="D34" s="21" t="s">
+      <c r="D34" s="16" t="s">
         <v>117</v>
       </c>
-      <c r="E34" s="20" t="s">
+      <c r="E34" s="15" t="s">
         <v>118</v>
       </c>
-      <c r="F34" s="19" t="s">
+      <c r="F34" s="14" t="s">
         <v>119</v>
       </c>
-      <c r="G34" s="19" t="s">
+      <c r="G34" s="14" t="s">
         <v>120</v>
       </c>
-      <c r="H34" s="22">
+      <c r="H34" s="17">
         <v>5708259900</v>
       </c>
     </row>
     <row r="35" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B35" s="19">
+      <c r="B35" s="14">
         <v>17520</v>
       </c>
-      <c r="C35" s="20" t="s">
+      <c r="C35" s="15" t="s">
         <v>121</v>
       </c>
-      <c r="D35" s="21" t="s">
+      <c r="D35" s="16" t="s">
         <v>122</v>
       </c>
-      <c r="E35" s="20" t="s">
+      <c r="E35" s="15" t="s">
         <v>123</v>
       </c>
-      <c r="F35" s="19" t="s">
+      <c r="F35" s="14" t="s">
         <v>56</v>
       </c>
-      <c r="G35" s="19" t="s">
+      <c r="G35" s="14" t="s">
         <v>124</v>
       </c>
-      <c r="H35" s="22">
+      <c r="H35" s="17">
         <v>8606744657</v>
       </c>
     </row>
     <row r="36" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B36" s="19">
+      <c r="B36" s="14">
         <v>17180</v>
       </c>
-      <c r="C36" s="20" t="s">
+      <c r="C36" s="15" t="s">
         <v>125</v>
       </c>
-      <c r="D36" s="21" t="s">
+      <c r="D36" s="16" t="s">
         <v>126</v>
       </c>
-      <c r="E36" s="20" t="s">
+      <c r="E36" s="15" t="s">
         <v>127</v>
       </c>
-      <c r="F36" s="19" t="s">
+      <c r="F36" s="14" t="s">
         <v>128</v>
       </c>
-      <c r="G36" s="19">
+      <c r="G36" s="14">
         <v>55391</v>
       </c>
-      <c r="H36" s="22">
-        <v>9529742230</v>
+      <c r="H36" s="17">
+        <v>9529742265</v>
       </c>
     </row>
     <row r="37" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B37" s="19">
+      <c r="B37" s="14">
         <v>39462</v>
       </c>
-      <c r="C37" s="20" t="s">
+      <c r="C37" s="15" t="s">
         <v>129</v>
       </c>
-      <c r="D37" s="21" t="s">
+      <c r="D37" s="16" t="s">
         <v>23</v>
       </c>
-      <c r="E37" s="20" t="s">
+      <c r="E37" s="15" t="s">
         <v>24</v>
       </c>
-      <c r="F37" s="19" t="s">
+      <c r="F37" s="14" t="s">
         <v>25</v>
       </c>
-      <c r="G37" s="19" t="s">
+      <c r="G37" s="14" t="s">
         <v>26</v>
       </c>
-      <c r="H37" s="22"/>
+      <c r="H37" s="17"/>
     </row>
     <row r="38" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B38" s="19">
+      <c r="B38" s="14">
         <v>17673</v>
       </c>
-      <c r="C38" s="20" t="s">
+      <c r="C38" s="15" t="s">
         <v>130</v>
       </c>
-      <c r="D38" s="21" t="s">
+      <c r="D38" s="16" t="s">
         <v>131</v>
       </c>
-      <c r="E38" s="20" t="s">
+      <c r="E38" s="15" t="s">
         <v>132</v>
       </c>
-      <c r="F38" s="19" t="s">
+      <c r="F38" s="14" t="s">
         <v>79</v>
       </c>
-      <c r="G38" s="19" t="s">
+      <c r="G38" s="14" t="s">
         <v>133</v>
       </c>
-      <c r="H38" s="22">
+      <c r="H38" s="17">
         <v>4805096627</v>
       </c>
     </row>
     <row r="39" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B39" s="19">
+      <c r="B39" s="14">
         <v>17412</v>
       </c>
-      <c r="C39" s="20" t="s">
+      <c r="C39" s="15" t="s">
         <v>134</v>
       </c>
-      <c r="D39" s="21" t="s">
+      <c r="D39" s="16" t="s">
         <v>23</v>
       </c>
-      <c r="E39" s="20" t="s">
+      <c r="E39" s="15" t="s">
         <v>24</v>
       </c>
-      <c r="F39" s="19" t="s">
+      <c r="F39" s="14" t="s">
         <v>25</v>
       </c>
-      <c r="G39" s="19" t="s">
+      <c r="G39" s="14" t="s">
         <v>26</v>
       </c>
-      <c r="H39" s="22">
+      <c r="H39" s="17">
         <v>4805096627</v>
       </c>
     </row>
     <row r="40" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B40" s="19">
+      <c r="B40" s="14">
         <v>31295</v>
       </c>
-      <c r="C40" s="20" t="s">
+      <c r="C40" s="15" t="s">
         <v>135</v>
       </c>
-      <c r="D40" s="21" t="s">
+      <c r="D40" s="16" t="s">
         <v>23</v>
       </c>
-      <c r="E40" s="20" t="s">
+      <c r="E40" s="15" t="s">
         <v>24</v>
       </c>
-      <c r="F40" s="19" t="s">
+      <c r="F40" s="14" t="s">
         <v>25</v>
       </c>
-      <c r="G40" s="19" t="s">
+      <c r="G40" s="14" t="s">
         <v>26</v>
       </c>
-      <c r="H40" s="22">
+      <c r="H40" s="17">
         <v>4804445950</v>
       </c>
     </row>
     <row r="41" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B41" s="19">
+      <c r="B41" s="14">
         <v>11014</v>
       </c>
-      <c r="C41" s="20" t="s">
+      <c r="C41" s="15" t="s">
         <v>136</v>
       </c>
-      <c r="D41" s="21" t="s">
+      <c r="D41" s="16" t="s">
         <v>137</v>
       </c>
-      <c r="E41" s="20" t="s">
+      <c r="E41" s="15" t="s">
         <v>138</v>
       </c>
-      <c r="F41" s="19" t="s">
+      <c r="F41" s="14" t="s">
         <v>139</v>
       </c>
-      <c r="G41" s="19" t="s">
+      <c r="G41" s="14" t="s">
         <v>140</v>
       </c>
-      <c r="H41" s="22">
+      <c r="H41" s="17">
         <v>4023937255</v>
       </c>
     </row>
     <row r="42" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B42" s="19">
+      <c r="B42" s="14">
         <v>16924</v>
       </c>
-      <c r="C42" s="20" t="s">
+      <c r="C42" s="15" t="s">
         <v>141</v>
       </c>
-      <c r="D42" s="21" t="s">
+      <c r="D42" s="16" t="s">
         <v>142</v>
       </c>
-      <c r="E42" s="20" t="s">
+      <c r="E42" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="F42" s="19" t="s">
+      <c r="F42" s="14" t="s">
         <v>34</v>
       </c>
-      <c r="G42" s="19">
+      <c r="G42" s="14">
         <v>10018</v>
       </c>
-      <c r="H42" s="22">
+      <c r="H42" s="17">
         <v>5164151751</v>
       </c>
     </row>
     <row r="43" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B43" s="19">
+      <c r="B43" s="14">
         <v>17166</v>
       </c>
-      <c r="C43" s="20" t="s">
+      <c r="C43" s="15" t="s">
         <v>143</v>
       </c>
-      <c r="D43" s="21" t="s">
+      <c r="D43" s="16" t="s">
         <v>144</v>
       </c>
-      <c r="E43" s="20" t="s">
+      <c r="E43" s="15" t="s">
         <v>145</v>
       </c>
-      <c r="F43" s="19" t="s">
+      <c r="F43" s="14" t="s">
         <v>146</v>
       </c>
-      <c r="G43" s="19" t="s">
+      <c r="G43" s="14" t="s">
         <v>147</v>
       </c>
-      <c r="H43" s="22">
+      <c r="H43" s="17">
         <v>4055836100</v>
       </c>
     </row>
     <row r="44" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B44" s="19">
+      <c r="B44" s="14">
         <v>12489</v>
       </c>
-      <c r="C44" s="20" t="s">
+      <c r="C44" s="15" t="s">
         <v>148</v>
       </c>
-      <c r="D44" s="21" t="s">
+      <c r="D44" s="16" t="s">
         <v>149</v>
       </c>
-      <c r="E44" s="20" t="s">
+      <c r="E44" s="15" t="s">
         <v>150</v>
       </c>
-      <c r="F44" s="19" t="s">
+      <c r="F44" s="14" t="s">
         <v>79</v>
       </c>
-      <c r="G44" s="19" t="s">
+      <c r="G44" s="14" t="s">
         <v>151</v>
       </c>
-      <c r="H44" s="22"/>
+      <c r="H44" s="17"/>
     </row>
     <row r="45" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B45" s="19">
+      <c r="B45" s="14">
         <v>23620</v>
       </c>
-      <c r="C45" s="20" t="s">
+      <c r="C45" s="15" t="s">
         <v>152</v>
       </c>
-      <c r="D45" s="21" t="s">
+      <c r="D45" s="16" t="s">
         <v>153</v>
       </c>
-      <c r="E45" s="20" t="s">
+      <c r="E45" s="15" t="s">
         <v>55</v>
       </c>
-      <c r="F45" s="19" t="s">
+      <c r="F45" s="14" t="s">
         <v>56</v>
       </c>
-      <c r="G45" s="19" t="s">
+      <c r="G45" s="14" t="s">
         <v>154</v>
       </c>
-      <c r="H45" s="22">
+      <c r="H45" s="17">
         <v>8774342667</v>
       </c>
     </row>
     <row r="46" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B46" s="19">
+      <c r="B46" s="14">
         <v>12961</v>
       </c>
-      <c r="C46" s="20" t="s">
+      <c r="C46" s="15" t="s">
         <v>155</v>
       </c>
-      <c r="D46" s="21" t="s">
+      <c r="D46" s="16" t="s">
         <v>156</v>
       </c>
-      <c r="E46" s="20" t="s">
+      <c r="E46" s="15" t="s">
         <v>157</v>
       </c>
-      <c r="F46" s="19" t="s">
+      <c r="F46" s="14" t="s">
         <v>44</v>
       </c>
-      <c r="G46" s="19">
+      <c r="G46" s="14">
         <v>60606</v>
       </c>
-      <c r="H46" s="22"/>
+      <c r="H46" s="17"/>
     </row>
     <row r="47" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B47" s="19">
+      <c r="B47" s="14">
         <v>10328</v>
       </c>
-      <c r="C47" s="20" t="s">
+      <c r="C47" s="15" t="s">
         <v>158</v>
       </c>
-      <c r="D47" s="21" t="s">
+      <c r="D47" s="16" t="s">
         <v>159</v>
       </c>
-      <c r="E47" s="20" t="s">
+      <c r="E47" s="15" t="s">
         <v>160</v>
       </c>
-      <c r="F47" s="19" t="s">
+      <c r="F47" s="14" t="s">
         <v>161</v>
       </c>
-      <c r="G47" s="19" t="s">
+      <c r="G47" s="14" t="s">
         <v>162</v>
       </c>
-      <c r="H47" s="22">
+      <c r="H47" s="17">
         <v>8004754450</v>
       </c>
     </row>
     <row r="48" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B48" s="19">
+      <c r="B48" s="14">
         <v>15989</v>
       </c>
-      <c r="C48" s="20" t="s">
+      <c r="C48" s="15" t="s">
         <v>163</v>
       </c>
-      <c r="D48" s="21" t="s">
+      <c r="D48" s="16" t="s">
         <v>164</v>
       </c>
-      <c r="E48" s="20" t="s">
+      <c r="E48" s="15" t="s">
         <v>138</v>
       </c>
-      <c r="F48" s="19" t="s">
+      <c r="F48" s="14" t="s">
         <v>139</v>
       </c>
-      <c r="G48" s="19" t="s">
+      <c r="G48" s="14" t="s">
         <v>165</v>
       </c>
-      <c r="H48" s="22"/>
+      <c r="H48" s="17"/>
     </row>
     <row r="49" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B49" s="19">
+      <c r="B49" s="14">
         <v>36951</v>
       </c>
-      <c r="C49" s="20" t="s">
+      <c r="C49" s="15" t="s">
         <v>166</v>
       </c>
-      <c r="D49" s="21" t="s">
+      <c r="D49" s="16" t="s">
         <v>167</v>
       </c>
-      <c r="E49" s="20" t="s">
+      <c r="E49" s="15" t="s">
         <v>168</v>
       </c>
-      <c r="F49" s="19" t="s">
+      <c r="F49" s="14" t="s">
         <v>96</v>
       </c>
-      <c r="G49" s="19">
+      <c r="G49" s="14">
         <v>43082</v>
       </c>
-      <c r="H49" s="22">
+      <c r="H49" s="17">
         <v>8008787389</v>
       </c>
     </row>
     <row r="50" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B50" s="19">
+      <c r="B50" s="14">
         <v>16834</v>
       </c>
-      <c r="C50" s="20" t="s">
+      <c r="C50" s="15" t="s">
         <v>169</v>
       </c>
-      <c r="D50" s="21" t="s">
+      <c r="D50" s="16" t="s">
         <v>170</v>
       </c>
-      <c r="E50" s="20" t="s">
+      <c r="E50" s="15" t="s">
         <v>171</v>
       </c>
-      <c r="F50" s="19" t="s">
+      <c r="F50" s="14" t="s">
         <v>172</v>
       </c>
-      <c r="G50" s="19" t="s">
+      <c r="G50" s="14" t="s">
         <v>173</v>
       </c>
-      <c r="H50" s="22">
+      <c r="H50" s="17">
         <v>3133359545</v>
       </c>
     </row>
     <row r="51" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B51" s="19">
+      <c r="B51" s="14">
         <v>38989</v>
       </c>
-      <c r="C51" s="20" t="s">
+      <c r="C51" s="15" t="s">
         <v>174</v>
       </c>
-      <c r="D51" s="21" t="s">
+      <c r="D51" s="16" t="s">
         <v>175</v>
       </c>
-      <c r="E51" s="20" t="s">
+      <c r="E51" s="15" t="s">
         <v>176</v>
       </c>
-      <c r="F51" s="19" t="s">
+      <c r="F51" s="14" t="s">
         <v>79</v>
       </c>
-      <c r="G51" s="19" t="s">
+      <c r="G51" s="14" t="s">
         <v>177</v>
       </c>
-      <c r="H51" s="22">
+      <c r="H51" s="17">
         <v>9089032000</v>
       </c>
     </row>
     <row r="52" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B52" s="19">
+      <c r="B52" s="14">
         <v>13037</v>
       </c>
-      <c r="C52" s="20" t="s">
+      <c r="C52" s="15" t="s">
         <v>178</v>
       </c>
-      <c r="D52" s="21" t="s">
+      <c r="D52" s="16" t="s">
         <v>179</v>
       </c>
-      <c r="E52" s="20" t="s">
+      <c r="E52" s="15" t="s">
         <v>180</v>
       </c>
-      <c r="F52" s="19" t="s">
+      <c r="F52" s="14" t="s">
         <v>96</v>
       </c>
-      <c r="G52" s="19" t="s">
+      <c r="G52" s="14" t="s">
         <v>181</v>
       </c>
-      <c r="H52" s="22">
+      <c r="H52" s="17">
         <v>5138702000</v>
       </c>
     </row>
     <row r="53" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B53" s="19">
+      <c r="B53" s="14">
         <v>37745</v>
       </c>
-      <c r="C53" s="20" t="s">
+      <c r="C53" s="15" t="s">
         <v>182</v>
       </c>
-      <c r="D53" s="21" t="s">
+      <c r="D53" s="16" t="s">
         <v>183</v>
       </c>
-      <c r="E53" s="20" t="s">
+      <c r="E53" s="15" t="s">
         <v>184</v>
       </c>
-      <c r="F53" s="19" t="s">
+      <c r="F53" s="14" t="s">
         <v>185</v>
       </c>
-      <c r="G53" s="19" t="s">
+      <c r="G53" s="14" t="s">
         <v>186</v>
       </c>
-      <c r="H53" s="22">
+      <c r="H53" s="17">
         <v>7873392100</v>
       </c>
     </row>
     <row r="54" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B54" s="19">
+      <c r="B54" s="14">
         <v>15872</v>
       </c>
-      <c r="C54" s="20" t="s">
+      <c r="C54" s="15" t="s">
         <v>187</v>
       </c>
-      <c r="D54" s="21" t="s">
+      <c r="D54" s="16" t="s">
         <v>188</v>
       </c>
-      <c r="E54" s="20" t="s">
+      <c r="E54" s="15" t="s">
         <v>189</v>
       </c>
-      <c r="F54" s="19" t="s">
+      <c r="F54" s="14" t="s">
         <v>161</v>
       </c>
-      <c r="G54" s="19">
+      <c r="G54" s="14">
         <v>54452</v>
       </c>
-      <c r="H54" s="22">
+      <c r="H54" s="17">
         <v>7155365577</v>
       </c>
     </row>
     <row r="55" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B55" s="19">
+      <c r="B55" s="14">
         <v>39993</v>
       </c>
-      <c r="C55" s="20" t="s">
+      <c r="C55" s="15" t="s">
         <v>190</v>
       </c>
-      <c r="D55" s="21" t="s">
+      <c r="D55" s="16" t="s">
         <v>191</v>
       </c>
-      <c r="E55" s="20" t="s">
+      <c r="E55" s="15" t="s">
         <v>192</v>
       </c>
-      <c r="F55" s="19" t="s">
+      <c r="F55" s="14" t="s">
         <v>52</v>
       </c>
-      <c r="G55" s="19">
+      <c r="G55" s="14">
         <v>78246</v>
       </c>
-      <c r="H55" s="22"/>
+      <c r="H55" s="17"/>
     </row>
     <row r="56" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B56" s="19">
+      <c r="B56" s="14">
         <v>31127</v>
       </c>
-      <c r="C56" s="20" t="s">
+      <c r="C56" s="15" t="s">
         <v>193</v>
       </c>
-      <c r="D56" s="21" t="s">
+      <c r="D56" s="16" t="s">
         <v>194</v>
       </c>
-      <c r="E56" s="20" t="s">
+      <c r="E56" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="F56" s="19" t="s">
+      <c r="F56" s="14" t="s">
         <v>44</v>
       </c>
-      <c r="G56" s="19">
+      <c r="G56" s="14">
         <v>60606</v>
       </c>
-      <c r="H56" s="22">
+      <c r="H56" s="17">
         <v>3128225000</v>
       </c>
     </row>
     <row r="57" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B57" s="19">
+      <c r="B57" s="14">
         <v>17151</v>
       </c>
-      <c r="C57" s="20" t="s">
+      <c r="C57" s="15" t="s">
         <v>195</v>
       </c>
-      <c r="D57" s="21" t="s">
+      <c r="D57" s="16" t="s">
         <v>196</v>
       </c>
-      <c r="E57" s="20" t="s">
+      <c r="E57" s="15" t="s">
         <v>197</v>
       </c>
-      <c r="F57" s="19" t="s">
+      <c r="F57" s="14" t="s">
         <v>44</v>
       </c>
-      <c r="G57" s="19">
+      <c r="G57" s="14">
         <v>60008</v>
       </c>
-      <c r="H57" s="22">
+      <c r="H57" s="17">
         <v>8473076301</v>
       </c>
     </row>
     <row r="58" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B58" s="19">
+      <c r="B58" s="14">
         <v>16923</v>
       </c>
-      <c r="C58" s="20" t="s">
+      <c r="C58" s="15" t="s">
         <v>198</v>
       </c>
-      <c r="D58" s="21" t="s">
+      <c r="D58" s="16" t="s">
         <v>199</v>
       </c>
-      <c r="E58" s="20" t="s">
+      <c r="E58" s="15" t="s">
         <v>200</v>
       </c>
-      <c r="F58" s="19" t="s">
+      <c r="F58" s="14" t="s">
         <v>201</v>
       </c>
-      <c r="G58" s="19">
+      <c r="G58" s="14">
         <v>21094</v>
       </c>
-      <c r="H58" s="22">
+      <c r="H58" s="17">
         <v>4106250800</v>
       </c>
     </row>
     <row r="59" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B59" s="19">
+      <c r="B59" s="14">
         <v>15686</v>
       </c>
-      <c r="C59" s="20" t="s">
+      <c r="C59" s="15" t="s">
         <v>202</v>
       </c>
-      <c r="D59" s="21" t="s">
+      <c r="D59" s="16" t="s">
         <v>203</v>
       </c>
-      <c r="E59" s="20" t="s">
+      <c r="E59" s="15" t="s">
         <v>204</v>
       </c>
-      <c r="F59" s="19" t="s">
+      <c r="F59" s="14" t="s">
         <v>39</v>
       </c>
-      <c r="G59" s="19" t="s">
+      <c r="G59" s="14" t="s">
         <v>205</v>
       </c>
-      <c r="H59" s="22">
+      <c r="H59" s="17">
         <v>8002256168</v>
       </c>
     </row>
     <row r="60" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B60" s="19">
+      <c r="B60" s="14">
         <v>13027</v>
       </c>
-      <c r="C60" s="20" t="s">
+      <c r="C60" s="15" t="s">
         <v>206</v>
       </c>
-      <c r="D60" s="21" t="s">
+      <c r="D60" s="16" t="s">
         <v>207</v>
       </c>
-      <c r="E60" s="20" t="s">
+      <c r="E60" s="15" t="s">
         <v>208</v>
       </c>
-      <c r="F60" s="19" t="s">
+      <c r="F60" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G60" s="19" t="s">
+      <c r="G60" s="14" t="s">
         <v>209</v>
       </c>
-      <c r="H60" s="22">
+      <c r="H60" s="17">
         <v>4042312366</v>
       </c>
     </row>
     <row r="61" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B61" s="19">
+      <c r="B61" s="14">
         <v>17372</v>
       </c>
-      <c r="C61" s="20" t="s">
+      <c r="C61" s="15" t="s">
         <v>210</v>
       </c>
-      <c r="D61" s="21" t="s">
+      <c r="D61" s="16" t="s">
         <v>211</v>
       </c>
-      <c r="E61" s="20" t="s">
+      <c r="E61" s="15" t="s">
         <v>138</v>
       </c>
-      <c r="F61" s="19" t="s">
+      <c r="F61" s="14" t="s">
         <v>139</v>
       </c>
-      <c r="G61" s="19">
+      <c r="G61" s="14">
         <v>68114</v>
       </c>
-      <c r="H61" s="22">
+      <c r="H61" s="17">
         <v>8336338666</v>
       </c>
     </row>
     <row r="62" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B62" s="19">
+      <c r="B62" s="14">
         <v>44520</v>
       </c>
-      <c r="C62" s="20" t="s">
+      <c r="C62" s="15" t="s">
         <v>212</v>
       </c>
-      <c r="D62" s="21" t="s">
+      <c r="D62" s="16" t="s">
         <v>213</v>
       </c>
-      <c r="E62" s="20" t="s">
+      <c r="E62" s="15" t="s">
         <v>214</v>
       </c>
-      <c r="F62" s="19" t="s">
+      <c r="F62" s="14" t="s">
         <v>79</v>
       </c>
-      <c r="G62" s="19" t="s">
+      <c r="G62" s="14" t="s">
         <v>215</v>
       </c>
-      <c r="H62" s="22"/>
+      <c r="H62" s="17"/>
     </row>
     <row r="63" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B63" s="19">
+      <c r="B63" s="14">
         <v>12758</v>
       </c>
-      <c r="C63" s="20" t="s">
+      <c r="C63" s="15" t="s">
         <v>216</v>
       </c>
-      <c r="D63" s="21" t="s">
+      <c r="D63" s="16" t="s">
         <v>217</v>
       </c>
-      <c r="E63" s="20" t="s">
+      <c r="E63" s="15" t="s">
         <v>218</v>
       </c>
-      <c r="F63" s="19" t="s">
+      <c r="F63" s="14" t="s">
         <v>161</v>
       </c>
-      <c r="G63" s="19">
+      <c r="G63" s="14">
         <v>53705</v>
       </c>
-      <c r="H63" s="22">
+      <c r="H63" s="17">
         <v>6082385851</v>
       </c>
     </row>
     <row r="64" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B64" s="19">
+      <c r="B64" s="14">
         <v>10953</v>
       </c>
-      <c r="C64" s="20" t="s">
+      <c r="C64" s="15" t="s">
         <v>219</v>
       </c>
-      <c r="D64" s="21" t="s">
+      <c r="D64" s="16" t="s">
         <v>220</v>
       </c>
-      <c r="E64" s="20" t="s">
+      <c r="E64" s="15" t="s">
         <v>221</v>
       </c>
-      <c r="F64" s="19" t="s">
+      <c r="F64" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="G64" s="19" t="s">
+      <c r="G64" s="14" t="s">
         <v>222</v>
       </c>
-      <c r="H64" s="22">
+      <c r="H64" s="17">
         <v>9049924492</v>
       </c>
     </row>
     <row r="65" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B65" s="19">
+      <c r="B65" s="14">
         <v>17332</v>
       </c>
-      <c r="C65" s="20" t="s">
+      <c r="C65" s="15" t="s">
         <v>223</v>
       </c>
-      <c r="D65" s="21" t="s">
+      <c r="D65" s="16" t="s">
         <v>224</v>
       </c>
-      <c r="E65" s="20" t="s">
+      <c r="E65" s="15" t="s">
         <v>225</v>
       </c>
-      <c r="F65" s="19" t="s">
+      <c r="F65" s="14" t="s">
         <v>79</v>
       </c>
-      <c r="G65" s="19" t="s">
+      <c r="G65" s="14" t="s">
         <v>226</v>
       </c>
-      <c r="H65" s="22">
+      <c r="H65" s="17">
         <v>8167437700</v>
       </c>
     </row>
     <row r="66" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B66" s="19">
+      <c r="B66" s="14">
         <v>17527</v>
       </c>
-      <c r="C66" s="20" t="s">
+      <c r="C66" s="15" t="s">
         <v>227</v>
       </c>
-      <c r="D66" s="21" t="s">
+      <c r="D66" s="16" t="s">
         <v>228</v>
       </c>
-      <c r="E66" s="20" t="s">
+      <c r="E66" s="15" t="s">
         <v>229</v>
       </c>
-      <c r="F66" s="19" t="s">
+      <c r="F66" s="14" t="s">
         <v>79</v>
       </c>
-      <c r="G66" s="19" t="s">
+      <c r="G66" s="14" t="s">
         <v>215</v>
       </c>
-      <c r="H66" s="22">
+      <c r="H66" s="17">
         <v>8623328050</v>
       </c>
     </row>
     <row r="67" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B67" s="19">
+      <c r="B67" s="14">
         <v>21334</v>
       </c>
-      <c r="C67" s="20" t="s">
+      <c r="C67" s="15" t="s">
         <v>230</v>
       </c>
-      <c r="D67" s="21" t="s">
+      <c r="D67" s="16" t="s">
         <v>231</v>
       </c>
-      <c r="E67" s="20" t="s">
+      <c r="E67" s="15" t="s">
         <v>232</v>
       </c>
-      <c r="F67" s="19" t="s">
+      <c r="F67" s="14" t="s">
         <v>44</v>
       </c>
-      <c r="G67" s="19" t="s">
+      <c r="G67" s="14" t="s">
         <v>233</v>
       </c>
-      <c r="H67" s="22"/>
+      <c r="H67" s="17"/>
     </row>
     <row r="68" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B68" s="19">
+      <c r="B68" s="14">
         <v>41718</v>
       </c>
-      <c r="C68" s="20" t="s">
+      <c r="C68" s="15" t="s">
         <v>234</v>
       </c>
-      <c r="D68" s="21" t="s">
+      <c r="D68" s="16" t="s">
         <v>235</v>
       </c>
-      <c r="E68" s="20" t="s">
+      <c r="E68" s="15" t="s">
         <v>236</v>
       </c>
-      <c r="F68" s="19" t="s">
+      <c r="F68" s="14" t="s">
         <v>34</v>
       </c>
-      <c r="G68" s="19">
+      <c r="G68" s="14">
         <v>10577</v>
       </c>
-      <c r="H68" s="22"/>
+      <c r="H68" s="17"/>
     </row>
     <row r="69" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B69" s="19">
+      <c r="B69" s="14">
         <v>35378</v>
       </c>
-      <c r="C69" s="20" t="s">
+      <c r="C69" s="15" t="s">
         <v>237</v>
       </c>
-      <c r="D69" s="21" t="s">
+      <c r="D69" s="16" t="s">
         <v>238</v>
       </c>
-      <c r="E69" s="20" t="s">
+      <c r="E69" s="15" t="s">
         <v>239</v>
       </c>
-      <c r="F69" s="19" t="s">
+      <c r="F69" s="14" t="s">
         <v>44</v>
       </c>
-      <c r="G69" s="19">
+      <c r="G69" s="14">
         <v>60018</v>
       </c>
-      <c r="H69" s="22">
+      <c r="H69" s="17">
         <v>8475726000</v>
       </c>
     </row>
     <row r="70" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B70" s="19">
+      <c r="B70" s="14">
         <v>10851</v>
       </c>
-      <c r="C70" s="20" t="s">
+      <c r="C70" s="15" t="s">
         <v>240</v>
       </c>
-      <c r="D70" s="21" t="s">
+      <c r="D70" s="16" t="s">
         <v>241</v>
       </c>
-      <c r="E70" s="20" t="s">
+      <c r="E70" s="15" t="s">
         <v>242</v>
       </c>
-      <c r="F70" s="19" t="s">
+      <c r="F70" s="14" t="s">
         <v>79</v>
       </c>
-      <c r="G70" s="19" t="s">
+      <c r="G70" s="14" t="s">
         <v>243</v>
       </c>
-      <c r="H70" s="22">
+      <c r="H70" s="17">
         <v>9086046000</v>
       </c>
     </row>
     <row r="71" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B71" s="19">
+      <c r="B71" s="14">
         <v>16882</v>
       </c>
-      <c r="C71" s="20" t="s">
+      <c r="C71" s="15" t="s">
         <v>244</v>
       </c>
-      <c r="D71" s="21" t="s">
+      <c r="D71" s="16" t="s">
         <v>245</v>
       </c>
-      <c r="E71" s="20" t="s">
+      <c r="E71" s="15" t="s">
         <v>246</v>
       </c>
-      <c r="F71" s="19" t="s">
+      <c r="F71" s="14" t="s">
         <v>61</v>
       </c>
-      <c r="G71" s="19">
+      <c r="G71" s="14">
         <v>90401</v>
       </c>
-      <c r="H71" s="22">
+      <c r="H71" s="17">
         <v>3108890971</v>
       </c>
     </row>
     <row r="72" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B72" s="19">
+      <c r="B72" s="14">
         <v>44792</v>
       </c>
-      <c r="C72" s="20" t="s">
+      <c r="C72" s="15" t="s">
         <v>247</v>
       </c>
-      <c r="D72" s="21" t="s">
+      <c r="D72" s="16" t="s">
         <v>175</v>
       </c>
-      <c r="E72" s="20" t="s">
+      <c r="E72" s="15" t="s">
         <v>176</v>
       </c>
-      <c r="F72" s="19" t="s">
+      <c r="F72" s="14" t="s">
         <v>79</v>
       </c>
-      <c r="G72" s="19" t="s">
+      <c r="G72" s="14" t="s">
         <v>177</v>
       </c>
-      <c r="H72" s="22"/>
+      <c r="H72" s="17"/>
     </row>
     <row r="73" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B73" s="19">
+      <c r="B73" s="14">
         <v>15201</v>
       </c>
-      <c r="C73" s="20" t="s">
+      <c r="C73" s="15" t="s">
         <v>248</v>
       </c>
-      <c r="D73" s="21" t="s">
+      <c r="D73" s="16" t="s">
         <v>249</v>
       </c>
-      <c r="E73" s="20" t="s">
+      <c r="E73" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="F73" s="19" t="s">
+      <c r="F73" s="14" t="s">
         <v>34</v>
       </c>
-      <c r="G73" s="19">
+      <c r="G73" s="14">
         <v>10006</v>
       </c>
-      <c r="H73" s="22">
+      <c r="H73" s="17">
         <v>2123652200</v>
       </c>
     </row>
     <row r="74" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B74" s="19">
+      <c r="B74" s="14">
         <v>15884</v>
       </c>
-      <c r="C74" s="20" t="s">
+      <c r="C74" s="15" t="s">
         <v>250</v>
       </c>
-      <c r="D74" s="21" t="s">
+      <c r="D74" s="16" t="s">
         <v>251</v>
       </c>
-      <c r="E74" s="20" t="s">
+      <c r="E74" s="15" t="s">
         <v>252</v>
       </c>
-      <c r="F74" s="19" t="s">
+      <c r="F74" s="14" t="s">
         <v>253</v>
       </c>
-      <c r="G74" s="19">
+      <c r="G74" s="14">
         <v>23261</v>
       </c>
-      <c r="H74" s="22">
+      <c r="H74" s="17">
         <v>9198823500</v>
       </c>
     </row>
     <row r="75" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B75" s="19">
+      <c r="B75" s="14">
         <v>17333</v>
       </c>
-      <c r="C75" s="20" t="s">
+      <c r="C75" s="15" t="s">
         <v>254</v>
       </c>
-      <c r="D75" s="21" t="s">
+      <c r="D75" s="16" t="s">
         <v>255</v>
       </c>
-      <c r="E75" s="20" t="s">
+      <c r="E75" s="15" t="s">
         <v>256</v>
       </c>
-      <c r="F75" s="19" t="s">
+      <c r="F75" s="14" t="s">
         <v>128</v>
       </c>
-      <c r="G75" s="19">
+      <c r="G75" s="14">
         <v>55060</v>
       </c>
-      <c r="H75" s="22">
+      <c r="H75" s="17">
         <v>5074555200</v>
       </c>
     </row>
     <row r="76" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B76" s="19">
+      <c r="B76" s="14">
         <v>11380</v>
       </c>
-      <c r="C76" s="20" t="s">
+      <c r="C76" s="15" t="s">
         <v>257</v>
       </c>
-      <c r="D76" s="21" t="s">
+      <c r="D76" s="16" t="s">
         <v>42</v>
       </c>
-      <c r="E76" s="20" t="s">
+      <c r="E76" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="F76" s="19" t="s">
+      <c r="F76" s="14" t="s">
         <v>44</v>
       </c>
-      <c r="G76" s="19" t="s">
+      <c r="G76" s="14" t="s">
         <v>45</v>
       </c>
-      <c r="H76" s="22">
+      <c r="H76" s="17">
         <v>8884667883</v>
       </c>
     </row>
     <row r="77" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B77" s="19">
+      <c r="B77" s="14">
         <v>10657</v>
       </c>
-      <c r="C77" s="20" t="s">
+      <c r="C77" s="15" t="s">
         <v>258</v>
       </c>
-      <c r="D77" s="21" t="s">
+      <c r="D77" s="16" t="s">
         <v>213</v>
       </c>
-      <c r="E77" s="20" t="s">
+      <c r="E77" s="15" t="s">
         <v>214</v>
       </c>
-      <c r="F77" s="19" t="s">
+      <c r="F77" s="14" t="s">
         <v>79</v>
       </c>
-      <c r="G77" s="19" t="s">
+      <c r="G77" s="14" t="s">
         <v>215</v>
       </c>
-      <c r="H77" s="22"/>
+      <c r="H77" s="17"/>
     </row>
     <row r="78" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B78" s="19">
+      <c r="B78" s="14">
+        <v>17460</v>
+      </c>
+      <c r="C78" s="15" t="s">
+        <v>259</v>
+      </c>
+      <c r="D78" s="16" t="s">
+        <v>260</v>
+      </c>
+      <c r="E78" s="15" t="s">
+        <v>261</v>
+      </c>
+      <c r="F78" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" s="14">
+        <v>33481</v>
+      </c>
+      <c r="H78" s="17">
+        <v>5617206489</v>
+      </c>
+    </row>
+    <row r="79" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B79" s="14">
         <v>16823</v>
       </c>
-      <c r="C78" s="20" t="s">
-[...5 lines deleted...]
-      <c r="E78" s="20" t="s">
+      <c r="C79" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="D79" s="16" t="s">
+        <v>263</v>
+      </c>
+      <c r="E79" s="15" t="s">
         <v>221</v>
       </c>
-      <c r="F78" s="19" t="s">
+      <c r="F79" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="G78" s="19">
+      <c r="G79" s="14">
         <v>32256</v>
       </c>
-      <c r="H78" s="22">
+      <c r="H79" s="17">
         <v>9043509660</v>
       </c>
     </row>
-    <row r="79" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B79" s="19">
+    <row r="80" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B80" s="14">
         <v>10833</v>
       </c>
-      <c r="C79" s="20" t="s">
-[...2 lines deleted...]
-      <c r="D79" s="21" t="s">
+      <c r="C80" s="15" t="s">
+        <v>264</v>
+      </c>
+      <c r="D80" s="16" t="s">
         <v>23</v>
       </c>
-      <c r="E79" s="20" t="s">
+      <c r="E80" s="15" t="s">
         <v>24</v>
       </c>
-      <c r="F79" s="19" t="s">
+      <c r="F80" s="14" t="s">
         <v>25</v>
       </c>
-      <c r="G79" s="19" t="s">
+      <c r="G80" s="14" t="s">
         <v>26</v>
       </c>
-      <c r="H79" s="22">
+      <c r="H80" s="17">
         <v>8008662308</v>
       </c>
     </row>
-    <row r="80" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B80" s="19">
+    <row r="81" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B81" s="14">
         <v>20559</v>
       </c>
-      <c r="C80" s="20" t="s">
-[...5 lines deleted...]
-      <c r="E80" s="20" t="s">
+      <c r="C81" s="15" t="s">
+        <v>265</v>
+      </c>
+      <c r="D81" s="16" t="s">
+        <v>266</v>
+      </c>
+      <c r="E81" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="F80" s="19" t="s">
+      <c r="F81" s="14" t="s">
         <v>34</v>
       </c>
-      <c r="G80" s="19" t="s">
-[...5 lines deleted...]
-      <c r="B81" s="19">
+      <c r="G81" s="14" t="s">
+        <v>267</v>
+      </c>
+      <c r="H81" s="17"/>
+    </row>
+    <row r="82" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B82" s="14">
         <v>37362</v>
       </c>
-      <c r="C81" s="20" t="s">
-[...8 lines deleted...]
-      <c r="F81" s="19" t="s">
+      <c r="C82" s="15" t="s">
+        <v>268</v>
+      </c>
+      <c r="D82" s="16" t="s">
+        <v>269</v>
+      </c>
+      <c r="E82" s="15" t="s">
+        <v>270</v>
+      </c>
+      <c r="F82" s="14" t="s">
         <v>56</v>
       </c>
-      <c r="G81" s="19" t="s">
-[...5 lines deleted...]
-      <c r="B82" s="19">
+      <c r="G82" s="14" t="s">
+        <v>271</v>
+      </c>
+      <c r="H82" s="17"/>
+    </row>
+    <row r="83" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B83" s="14">
         <v>10182</v>
       </c>
-      <c r="C82" s="20" t="s">
-[...8 lines deleted...]
-      <c r="F82" s="19" t="s">
+      <c r="C83" s="15" t="s">
+        <v>272</v>
+      </c>
+      <c r="D83" s="16" t="s">
+        <v>273</v>
+      </c>
+      <c r="E83" s="15" t="s">
+        <v>274</v>
+      </c>
+      <c r="F83" s="14" t="s">
         <v>61</v>
       </c>
-      <c r="G82" s="19" t="s">
-[...2 lines deleted...]
-      <c r="H82" s="22">
+      <c r="G83" s="14" t="s">
+        <v>275</v>
+      </c>
+      <c r="H83" s="17">
         <v>6513107911</v>
       </c>
     </row>
-    <row r="83" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B83" s="19">
+    <row r="84" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B84" s="14">
         <v>10814</v>
       </c>
-      <c r="C83" s="20" t="s">
-[...8 lines deleted...]
-      <c r="F83" s="19" t="s">
+      <c r="C84" s="15" t="s">
+        <v>276</v>
+      </c>
+      <c r="D84" s="16" t="s">
+        <v>277</v>
+      </c>
+      <c r="E84" s="15" t="s">
+        <v>278</v>
+      </c>
+      <c r="F84" s="14" t="s">
         <v>34</v>
       </c>
-      <c r="G83" s="19">
+      <c r="G84" s="14">
         <v>10118</v>
       </c>
-      <c r="H83" s="22">
+      <c r="H84" s="17">
         <v>2126839700</v>
       </c>
     </row>
-    <row r="84" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B84" s="19">
+    <row r="85" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B85" s="14">
         <v>39861</v>
       </c>
-      <c r="C84" s="20" t="s">
-[...8 lines deleted...]
-      <c r="F84" s="19" t="s">
+      <c r="C85" s="15" t="s">
+        <v>279</v>
+      </c>
+      <c r="D85" s="16" t="s">
+        <v>280</v>
+      </c>
+      <c r="E85" s="15" t="s">
+        <v>281</v>
+      </c>
+      <c r="F85" s="14" t="s">
         <v>61</v>
       </c>
-      <c r="G84" s="19">
+      <c r="G85" s="14">
         <v>95201</v>
       </c>
-      <c r="H84" s="22">
+      <c r="H85" s="17">
         <v>2099488191</v>
       </c>
     </row>
-    <row r="85" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B85" s="19">
+    <row r="86" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B86" s="14">
         <v>25569</v>
       </c>
-      <c r="C85" s="20" t="s">
-[...5 lines deleted...]
-      <c r="E85" s="20" t="s">
+      <c r="C86" s="15" t="s">
+        <v>282</v>
+      </c>
+      <c r="D86" s="16" t="s">
+        <v>283</v>
+      </c>
+      <c r="E86" s="15" t="s">
         <v>214</v>
       </c>
-      <c r="F85" s="19" t="s">
+      <c r="F86" s="14" t="s">
         <v>79</v>
       </c>
-      <c r="G85" s="19" t="s">
+      <c r="G86" s="14" t="s">
         <v>215</v>
       </c>
-      <c r="H85" s="22">
+      <c r="H86" s="17">
         <v>2125510600</v>
       </c>
     </row>
-    <row r="86" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B86" s="19">
+    <row r="87" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B87" s="14">
         <v>15889</v>
       </c>
-      <c r="C86" s="20" t="s">
-[...8 lines deleted...]
-      <c r="F86" s="19" t="s">
+      <c r="C87" s="15" t="s">
         <v>284</v>
       </c>
-      <c r="G86" s="19" t="s">
+      <c r="D87" s="16" t="s">
         <v>285</v>
       </c>
-      <c r="H86" s="22">
+      <c r="E87" s="15" t="s">
+        <v>286</v>
+      </c>
+      <c r="F87" s="14" t="s">
+        <v>287</v>
+      </c>
+      <c r="G87" s="14" t="s">
+        <v>288</v>
+      </c>
+      <c r="H87" s="17">
         <v>5048887790</v>
       </c>
     </row>
-    <row r="87" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B87" s="19">
+    <row r="88" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B88" s="14">
         <v>37532</v>
       </c>
-      <c r="C87" s="20" t="s">
-[...5 lines deleted...]
-      <c r="E87" s="20" t="s">
+      <c r="C88" s="15" t="s">
+        <v>289</v>
+      </c>
+      <c r="D88" s="16" t="s">
+        <v>290</v>
+      </c>
+      <c r="E88" s="15" t="s">
         <v>180</v>
       </c>
-      <c r="F87" s="19" t="s">
+      <c r="F88" s="14" t="s">
         <v>96</v>
       </c>
-      <c r="G87" s="19">
+      <c r="G88" s="14">
         <v>45202</v>
       </c>
-      <c r="H87" s="22"/>
-[...2 lines deleted...]
-      <c r="B88" s="19">
+      <c r="H88" s="17"/>
+    </row>
+    <row r="89" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B89" s="14">
         <v>41858</v>
       </c>
-      <c r="C88" s="20" t="s">
-[...5 lines deleted...]
-      <c r="E88" s="20" t="s">
+      <c r="C89" s="15" t="s">
+        <v>291</v>
+      </c>
+      <c r="D89" s="16" t="s">
+        <v>290</v>
+      </c>
+      <c r="E89" s="15" t="s">
         <v>180</v>
       </c>
-      <c r="F88" s="19" t="s">
+      <c r="F89" s="14" t="s">
         <v>96</v>
       </c>
-      <c r="G88" s="19">
+      <c r="G89" s="14">
         <v>45202</v>
       </c>
-      <c r="H88" s="22"/>
-[...2 lines deleted...]
-      <c r="B89" s="19">
+      <c r="H89" s="17"/>
+    </row>
+    <row r="90" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B90" s="14">
         <v>38580</v>
       </c>
-      <c r="C89" s="20" t="s">
-[...5 lines deleted...]
-      <c r="E89" s="20" t="s">
+      <c r="C90" s="15" t="s">
+        <v>292</v>
+      </c>
+      <c r="D90" s="16" t="s">
+        <v>290</v>
+      </c>
+      <c r="E90" s="15" t="s">
         <v>180</v>
       </c>
-      <c r="F89" s="19" t="s">
+      <c r="F90" s="14" t="s">
         <v>96</v>
       </c>
-      <c r="G89" s="19">
+      <c r="G90" s="14">
         <v>45202</v>
       </c>
-      <c r="H89" s="22">
+      <c r="H90" s="17">
         <v>5133695000</v>
       </c>
     </row>
-    <row r="90" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B90" s="19">
+    <row r="91" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B91" s="14">
         <v>35351</v>
       </c>
-      <c r="C90" s="20" t="s">
+      <c r="C91" s="15" t="s">
+        <v>293</v>
+      </c>
+      <c r="D91" s="16" t="s">
         <v>290</v>
       </c>
-      <c r="D90" s="21" t="s">
-[...2 lines deleted...]
-      <c r="E90" s="20" t="s">
+      <c r="E91" s="15" t="s">
         <v>180</v>
       </c>
-      <c r="F90" s="19" t="s">
+      <c r="F91" s="14" t="s">
         <v>96</v>
       </c>
-      <c r="G90" s="19">
+      <c r="G91" s="14">
         <v>45202</v>
       </c>
-      <c r="H90" s="22">
+      <c r="H91" s="17">
         <v>5133693000</v>
       </c>
     </row>
-    <row r="91" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B91" s="19">
+    <row r="92" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B92" s="14">
         <v>14167</v>
       </c>
-      <c r="C91" s="20" t="s">
-[...8 lines deleted...]
-      <c r="F91" s="19" t="s">
+      <c r="C92" s="15" t="s">
         <v>294</v>
       </c>
-      <c r="G91" s="19" t="s">
+      <c r="D92" s="16" t="s">
         <v>295</v>
       </c>
-      <c r="H91" s="22">
+      <c r="E92" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="F92" s="14" t="s">
+        <v>297</v>
+      </c>
+      <c r="G92" s="14" t="s">
+        <v>298</v>
+      </c>
+      <c r="H92" s="17">
         <v>5152675000</v>
       </c>
     </row>
-    <row r="92" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B92" s="19">
+    <row r="93" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B93" s="14">
         <v>10956</v>
       </c>
-      <c r="C92" s="20" t="s">
-[...2 lines deleted...]
-      <c r="D92" s="21" t="s">
+      <c r="C93" s="15" t="s">
+        <v>299</v>
+      </c>
+      <c r="D93" s="16" t="s">
         <v>153</v>
       </c>
-      <c r="E92" s="20" t="s">
+      <c r="E93" s="15" t="s">
         <v>55</v>
       </c>
-      <c r="F92" s="19" t="s">
+      <c r="F93" s="14" t="s">
         <v>56</v>
       </c>
-      <c r="G92" s="19" t="s">
+      <c r="G93" s="14" t="s">
         <v>154</v>
       </c>
-      <c r="H92" s="22">
+      <c r="H93" s="17">
         <v>8774342667</v>
       </c>
     </row>
-    <row r="93" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B93" s="19">
+    <row r="94" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B94" s="14">
         <v>42811</v>
       </c>
-      <c r="C93" s="20" t="s">
+      <c r="C94" s="15" t="s">
+        <v>300</v>
+      </c>
+      <c r="D94" s="16" t="s">
+        <v>54</v>
+      </c>
+      <c r="E94" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F94" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G94" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H94" s="17">
+        <v>8602770111</v>
+      </c>
+    </row>
+    <row r="95" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B95" s="14">
+        <v>17534</v>
+      </c>
+      <c r="C95" s="15" t="s">
+        <v>301</v>
+      </c>
+      <c r="D95" s="16" t="s">
+        <v>302</v>
+      </c>
+      <c r="E95" s="15" t="s">
+        <v>303</v>
+      </c>
+      <c r="F95" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" s="14">
+        <v>30004</v>
+      </c>
+      <c r="H95" s="17">
+        <v>8888314742</v>
+      </c>
+    </row>
+    <row r="96" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B96" s="14">
+        <v>26808</v>
+      </c>
+      <c r="C96" s="15" t="s">
+        <v>304</v>
+      </c>
+      <c r="D96" s="16" t="s">
+        <v>305</v>
+      </c>
+      <c r="E96" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="F96" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G96" s="14" t="s">
+        <v>306</v>
+      </c>
+      <c r="H96" s="17">
+        <v>8173481600</v>
+      </c>
+    </row>
+    <row r="97" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B97" s="14">
+        <v>17178</v>
+      </c>
+      <c r="C97" s="15" t="s">
+        <v>307</v>
+      </c>
+      <c r="D97" s="16" t="s">
+        <v>308</v>
+      </c>
+      <c r="E97" s="15" t="s">
+        <v>309</v>
+      </c>
+      <c r="F97" s="14" t="s">
+        <v>253</v>
+      </c>
+      <c r="G97" s="14">
+        <v>23060</v>
+      </c>
+      <c r="H97" s="17">
+        <v>8042400559</v>
+      </c>
+    </row>
+    <row r="98" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B98" s="14">
+        <v>10674</v>
+      </c>
+      <c r="C98" s="15" t="s">
+        <v>310</v>
+      </c>
+      <c r="D98" s="16" t="s">
+        <v>311</v>
+      </c>
+      <c r="E98" s="15" t="s">
+        <v>312</v>
+      </c>
+      <c r="F98" s="14" t="s">
+        <v>96</v>
+      </c>
+      <c r="G98" s="14" t="s">
+        <v>313</v>
+      </c>
+      <c r="H98" s="17">
+        <v>6142491545</v>
+      </c>
+    </row>
+    <row r="99" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B99" s="14">
+        <v>16131</v>
+      </c>
+      <c r="C99" s="15" t="s">
+        <v>314</v>
+      </c>
+      <c r="D99" s="16" t="s">
+        <v>315</v>
+      </c>
+      <c r="E99" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="F99" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G99" s="14">
+        <v>60601</v>
+      </c>
+      <c r="H99" s="17">
+        <v>3125801900</v>
+      </c>
+    </row>
+    <row r="100" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B100" s="14">
+        <v>16777</v>
+      </c>
+      <c r="C100" s="15" t="s">
+        <v>316</v>
+      </c>
+      <c r="D100" s="16" t="s">
+        <v>317</v>
+      </c>
+      <c r="E100" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="F100" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="G100" s="14" t="s">
+        <v>186</v>
+      </c>
+      <c r="H100" s="17">
+        <v>7873392002</v>
+      </c>
+    </row>
+    <row r="101" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B101" s="14">
+        <v>37079</v>
+      </c>
+      <c r="C101" s="15" t="s">
+        <v>318</v>
+      </c>
+      <c r="D101" s="16" t="s">
+        <v>319</v>
+      </c>
+      <c r="E101" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F101" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G101" s="14">
+        <v>10038</v>
+      </c>
+      <c r="H101" s="17">
+        <v>2129782800</v>
+      </c>
+    </row>
+    <row r="102" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B102" s="14">
+        <v>34452</v>
+      </c>
+      <c r="C102" s="15" t="s">
+        <v>320</v>
+      </c>
+      <c r="D102" s="16" t="s">
+        <v>321</v>
+      </c>
+      <c r="E102" s="15" t="s">
+        <v>322</v>
+      </c>
+      <c r="F102" s="14" t="s">
+        <v>128</v>
+      </c>
+      <c r="G102" s="14">
+        <v>55441</v>
+      </c>
+      <c r="H102" s="17"/>
+    </row>
+    <row r="103" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B103" s="14">
+        <v>11156</v>
+      </c>
+      <c r="C103" s="15" t="s">
+        <v>323</v>
+      </c>
+      <c r="D103" s="16" t="s">
+        <v>324</v>
+      </c>
+      <c r="E103" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="F103" s="14" t="s">
+        <v>39</v>
+      </c>
+      <c r="G103" s="14" t="s">
+        <v>325</v>
+      </c>
+      <c r="H103" s="17">
+        <v>6178321300</v>
+      </c>
+    </row>
+    <row r="104" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B104" s="14">
+        <v>15381</v>
+      </c>
+      <c r="C104" s="15" t="s">
+        <v>326</v>
+      </c>
+      <c r="D104" s="16" t="s">
+        <v>327</v>
+      </c>
+      <c r="E104" s="15" t="s">
+        <v>328</v>
+      </c>
+      <c r="F104" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G104" s="14" t="s">
+        <v>329</v>
+      </c>
+      <c r="H104" s="17">
+        <v>2032728220</v>
+      </c>
+    </row>
+    <row r="105" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B105" s="14">
+        <v>42374</v>
+      </c>
+      <c r="C105" s="15" t="s">
+        <v>330</v>
+      </c>
+      <c r="D105" s="16" t="s">
+        <v>331</v>
+      </c>
+      <c r="E105" s="15" t="s">
+        <v>332</v>
+      </c>
+      <c r="F105" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G105" s="14">
+        <v>77040</v>
+      </c>
+      <c r="H105" s="17">
+        <v>7134621000</v>
+      </c>
+    </row>
+    <row r="106" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B106" s="14">
+        <v>12936</v>
+      </c>
+      <c r="C106" s="15" t="s">
+        <v>333</v>
+      </c>
+      <c r="D106" s="16" t="s">
+        <v>334</v>
+      </c>
+      <c r="E106" s="15" t="s">
+        <v>332</v>
+      </c>
+      <c r="F106" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G106" s="14">
+        <v>77024</v>
+      </c>
+      <c r="H106" s="17">
+        <v>7139354820</v>
+      </c>
+    </row>
+    <row r="107" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B107" s="14">
+        <v>14438</v>
+      </c>
+      <c r="C107" s="15" t="s">
+        <v>335</v>
+      </c>
+      <c r="D107" s="16" t="s">
+        <v>336</v>
+      </c>
+      <c r="E107" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F107" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G107" s="14" t="s">
+        <v>337</v>
+      </c>
+      <c r="H107" s="17">
+        <v>8607221866</v>
+      </c>
+    </row>
+    <row r="108" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B108" s="14">
+        <v>14484</v>
+      </c>
+      <c r="C108" s="15" t="s">
+        <v>338</v>
+      </c>
+      <c r="D108" s="16" t="s">
+        <v>319</v>
+      </c>
+      <c r="E108" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F108" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G108" s="14">
+        <v>10038</v>
+      </c>
+      <c r="H108" s="17">
+        <v>2129782800</v>
+      </c>
+    </row>
+    <row r="109" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B109" s="14">
+        <v>27960</v>
+      </c>
+      <c r="C109" s="15" t="s">
+        <v>339</v>
+      </c>
+      <c r="D109" s="16" t="s">
+        <v>340</v>
+      </c>
+      <c r="E109" s="15" t="s">
+        <v>341</v>
+      </c>
+      <c r="F109" s="14" t="s">
+        <v>119</v>
+      </c>
+      <c r="G109" s="14">
+        <v>19106</v>
+      </c>
+      <c r="H109" s="17">
+        <v>3123808100</v>
+      </c>
+    </row>
+    <row r="110" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B110" s="14">
+        <v>17532</v>
+      </c>
+      <c r="C110" s="15" t="s">
+        <v>342</v>
+      </c>
+      <c r="D110" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="E110" s="15" t="s">
+        <v>344</v>
+      </c>
+      <c r="F110" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G110" s="14">
+        <v>78738</v>
+      </c>
+      <c r="H110" s="17">
+        <v>5126180040</v>
+      </c>
+    </row>
+    <row r="111" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B111" s="14">
+        <v>36940</v>
+      </c>
+      <c r="C111" s="15" t="s">
+        <v>345</v>
+      </c>
+      <c r="D111" s="16" t="s">
+        <v>346</v>
+      </c>
+      <c r="E111" s="15" t="s">
+        <v>347</v>
+      </c>
+      <c r="F111" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G111" s="14" t="s">
+        <v>348</v>
+      </c>
+      <c r="H111" s="17"/>
+    </row>
+    <row r="112" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B112" s="14">
+        <v>22829</v>
+      </c>
+      <c r="C112" s="15" t="s">
+        <v>349</v>
+      </c>
+      <c r="D112" s="16" t="s">
+        <v>42</v>
+      </c>
+      <c r="E112" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="F112" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G112" s="14" t="s">
+        <v>45</v>
+      </c>
+      <c r="H112" s="17">
+        <v>88846667883</v>
+      </c>
+    </row>
+    <row r="113" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B113" s="14">
+        <v>17181</v>
+      </c>
+      <c r="C113" s="15" t="s">
+        <v>350</v>
+      </c>
+      <c r="D113" s="16" t="s">
+        <v>351</v>
+      </c>
+      <c r="E113" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="F113" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="G113" s="14">
+        <v>85260</v>
+      </c>
+      <c r="H113" s="17">
+        <v>5154733000</v>
+      </c>
+    </row>
+    <row r="114" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B114" s="14">
+        <v>25445</v>
+      </c>
+      <c r="C114" s="15" t="s">
+        <v>352</v>
+      </c>
+      <c r="D114" s="16" t="s">
+        <v>353</v>
+      </c>
+      <c r="E114" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="F114" s="14" t="s">
+        <v>39</v>
+      </c>
+      <c r="G114" s="14" t="s">
+        <v>354</v>
+      </c>
+      <c r="H114" s="17">
+        <v>6468266600</v>
+      </c>
+    </row>
+    <row r="115" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B115" s="14">
+        <v>11084</v>
+      </c>
+      <c r="C115" s="15" t="s">
+        <v>355</v>
+      </c>
+      <c r="D115" s="16" t="s">
+        <v>356</v>
+      </c>
+      <c r="E115" s="15" t="s">
+        <v>157</v>
+      </c>
+      <c r="F115" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G115" s="14" t="s">
+        <v>357</v>
+      </c>
+      <c r="H115" s="17">
+        <v>3127822749</v>
+      </c>
+    </row>
+    <row r="116" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B116" s="14">
+        <v>12203</v>
+      </c>
+      <c r="C116" s="15" t="s">
+        <v>358</v>
+      </c>
+      <c r="D116" s="16" t="s">
+        <v>251</v>
+      </c>
+      <c r="E116" s="15" t="s">
+        <v>252</v>
+      </c>
+      <c r="F116" s="14" t="s">
+        <v>253</v>
+      </c>
+      <c r="G116" s="14">
+        <v>23261</v>
+      </c>
+      <c r="H116" s="17"/>
+    </row>
+    <row r="117" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B117" s="14">
+        <v>38920</v>
+      </c>
+      <c r="C117" s="15" t="s">
+        <v>359</v>
+      </c>
+      <c r="D117" s="16" t="s">
+        <v>360</v>
+      </c>
+      <c r="E117" s="15" t="s">
+        <v>252</v>
+      </c>
+      <c r="F117" s="14" t="s">
+        <v>253</v>
+      </c>
+      <c r="G117" s="14">
+        <v>23226</v>
+      </c>
+      <c r="H117" s="17">
+        <v>8042891300</v>
+      </c>
+    </row>
+    <row r="118" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B118" s="14">
+        <v>15366</v>
+      </c>
+      <c r="C118" s="15" t="s">
+        <v>361</v>
+      </c>
+      <c r="D118" s="16" t="s">
+        <v>362</v>
+      </c>
+      <c r="E118" s="15" t="s">
+        <v>363</v>
+      </c>
+      <c r="F118" s="14" t="s">
+        <v>61</v>
+      </c>
+      <c r="G118" s="14">
+        <v>90010</v>
+      </c>
+      <c r="H118" s="17">
+        <v>3236928904</v>
+      </c>
+    </row>
+    <row r="119" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B119" s="14">
+        <v>16255</v>
+      </c>
+      <c r="C119" s="15" t="s">
+        <v>364</v>
+      </c>
+      <c r="D119" s="16" t="s">
+        <v>365</v>
+      </c>
+      <c r="E119" s="15" t="s">
+        <v>366</v>
+      </c>
+      <c r="F119" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="G119" s="14">
+        <v>85254</v>
+      </c>
+      <c r="H119" s="17">
+        <v>8183161880</v>
+      </c>
+    </row>
+    <row r="120" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B120" s="14">
+        <v>33138</v>
+      </c>
+      <c r="C120" s="15" t="s">
+        <v>367</v>
+      </c>
+      <c r="D120" s="16" t="s">
+        <v>207</v>
+      </c>
+      <c r="E120" s="15" t="s">
+        <v>208</v>
+      </c>
+      <c r="F120" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" s="14" t="s">
+        <v>209</v>
+      </c>
+      <c r="H120" s="17"/>
+    </row>
+    <row r="121" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B121" s="14">
+        <v>19437</v>
+      </c>
+      <c r="C121" s="15" t="s">
+        <v>368</v>
+      </c>
+      <c r="D121" s="16" t="s">
+        <v>369</v>
+      </c>
+      <c r="E121" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="F121" s="14" t="s">
+        <v>39</v>
+      </c>
+      <c r="G121" s="14" t="s">
+        <v>370</v>
+      </c>
+      <c r="H121" s="17"/>
+    </row>
+    <row r="122" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B122" s="14">
+        <v>10725</v>
+      </c>
+      <c r="C122" s="15" t="s">
+        <v>371</v>
+      </c>
+      <c r="D122" s="16" t="s">
+        <v>353</v>
+      </c>
+      <c r="E122" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="F122" s="14" t="s">
+        <v>39</v>
+      </c>
+      <c r="G122" s="14" t="s">
+        <v>354</v>
+      </c>
+      <c r="H122" s="17">
+        <v>6173579500</v>
+      </c>
+    </row>
+    <row r="123" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B123" s="14">
+        <v>17346</v>
+      </c>
+      <c r="C123" s="15" t="s">
+        <v>372</v>
+      </c>
+      <c r="D123" s="16" t="s">
+        <v>373</v>
+      </c>
+      <c r="E123" s="15" t="s">
+        <v>374</v>
+      </c>
+      <c r="F123" s="14" t="s">
+        <v>119</v>
+      </c>
+      <c r="G123" s="14">
+        <v>19428</v>
+      </c>
+      <c r="H123" s="17">
+        <v>8775467155</v>
+      </c>
+    </row>
+    <row r="124" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B124" s="14">
+        <v>13551</v>
+      </c>
+      <c r="C124" s="15" t="s">
+        <v>375</v>
+      </c>
+      <c r="D124" s="16" t="s">
+        <v>376</v>
+      </c>
+      <c r="E124" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F124" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G124" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H124" s="17">
+        <v>2124587940</v>
+      </c>
+    </row>
+    <row r="125" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B125" s="14">
+        <v>26743</v>
+      </c>
+      <c r="C125" s="15" t="s">
+        <v>377</v>
+      </c>
+      <c r="D125" s="16" t="s">
+        <v>378</v>
+      </c>
+      <c r="E125" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F125" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G125" s="14" t="s">
+        <v>379</v>
+      </c>
+      <c r="H125" s="17">
+        <v>6785974500</v>
+      </c>
+    </row>
+    <row r="126" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B126" s="14">
+        <v>33090</v>
+      </c>
+      <c r="C126" s="15" t="s">
+        <v>380</v>
+      </c>
+      <c r="D126" s="16" t="s">
+        <v>381</v>
+      </c>
+      <c r="E126" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="F126" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="G126" s="14">
+        <v>27609</v>
+      </c>
+      <c r="H126" s="17">
+        <v>9198727117</v>
+      </c>
+    </row>
+    <row r="127" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B127" s="14">
+        <v>14478</v>
+      </c>
+      <c r="C127" s="15" t="s">
+        <v>382</v>
+      </c>
+      <c r="D127" s="16" t="s">
+        <v>383</v>
+      </c>
+      <c r="E127" s="15" t="s">
+        <v>384</v>
+      </c>
+      <c r="F127" s="14" t="s">
         <v>297</v>
       </c>
-      <c r="D93" s="21" t="s">
+      <c r="G127" s="14" t="s">
+        <v>385</v>
+      </c>
+      <c r="H127" s="17">
+        <v>3193995700</v>
+      </c>
+    </row>
+    <row r="128" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B128" s="14">
+        <v>12775</v>
+      </c>
+      <c r="C128" s="15" t="s">
+        <v>386</v>
+      </c>
+      <c r="D128" s="16" t="s">
+        <v>387</v>
+      </c>
+      <c r="E128" s="15" t="s">
+        <v>388</v>
+      </c>
+      <c r="F128" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G128" s="14" t="s">
+        <v>389</v>
+      </c>
+      <c r="H128" s="17">
+        <v>7168493333</v>
+      </c>
+    </row>
+    <row r="129" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B129" s="14">
+        <v>36838</v>
+      </c>
+      <c r="C129" s="15" t="s">
+        <v>390</v>
+      </c>
+      <c r="D129" s="16" t="s">
+        <v>391</v>
+      </c>
+      <c r="E129" s="15" t="s">
+        <v>392</v>
+      </c>
+      <c r="F129" s="14" t="s">
+        <v>79</v>
+      </c>
+      <c r="G129" s="14" t="s">
+        <v>393</v>
+      </c>
+      <c r="H129" s="17">
+        <v>9739483000</v>
+      </c>
+    </row>
+    <row r="130" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B130" s="14">
+        <v>16599</v>
+      </c>
+      <c r="C130" s="15" t="s">
+        <v>394</v>
+      </c>
+      <c r="D130" s="16" t="s">
+        <v>395</v>
+      </c>
+      <c r="E130" s="15" t="s">
+        <v>396</v>
+      </c>
+      <c r="F130" s="14" t="s">
+        <v>79</v>
+      </c>
+      <c r="G130" s="14" t="s">
+        <v>397</v>
+      </c>
+      <c r="H130" s="17">
+        <v>8772681408</v>
+      </c>
+    </row>
+    <row r="131" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B131" s="14">
+        <v>14420</v>
+      </c>
+      <c r="C131" s="15" t="s">
+        <v>398</v>
+      </c>
+      <c r="D131" s="16" t="s">
+        <v>399</v>
+      </c>
+      <c r="E131" s="15" t="s">
+        <v>400</v>
+      </c>
+      <c r="F131" s="14" t="s">
+        <v>119</v>
+      </c>
+      <c r="G131" s="14">
+        <v>19087</v>
+      </c>
+      <c r="H131" s="17">
+        <v>8005235545</v>
+      </c>
+    </row>
+    <row r="132" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B132" s="14">
+        <v>41807</v>
+      </c>
+      <c r="C132" s="15" t="s">
+        <v>401</v>
+      </c>
+      <c r="D132" s="16" t="s">
+        <v>402</v>
+      </c>
+      <c r="E132" s="15" t="s">
+        <v>403</v>
+      </c>
+      <c r="F132" s="14" t="s">
+        <v>79</v>
+      </c>
+      <c r="G132" s="14" t="s">
+        <v>243</v>
+      </c>
+      <c r="H132" s="17"/>
+    </row>
+    <row r="133" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B133" s="14">
+        <v>11066</v>
+      </c>
+      <c r="C133" s="15" t="s">
+        <v>404</v>
+      </c>
+      <c r="D133" s="16" t="s">
+        <v>405</v>
+      </c>
+      <c r="E133" s="15" t="s">
+        <v>406</v>
+      </c>
+      <c r="F133" s="14" t="s">
+        <v>172</v>
+      </c>
+      <c r="G133" s="14" t="s">
+        <v>407</v>
+      </c>
+      <c r="H133" s="17">
+        <v>9043807282</v>
+      </c>
+    </row>
+    <row r="134" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B134" s="14">
+        <v>34886</v>
+      </c>
+      <c r="C134" s="15" t="s">
+        <v>408</v>
+      </c>
+      <c r="D134" s="16" t="s">
+        <v>409</v>
+      </c>
+      <c r="E134" s="15" t="s">
+        <v>242</v>
+      </c>
+      <c r="F134" s="14" t="s">
+        <v>79</v>
+      </c>
+      <c r="G134" s="14" t="s">
+        <v>410</v>
+      </c>
+      <c r="H134" s="17">
+        <v>9086042900</v>
+      </c>
+    </row>
+    <row r="135" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B135" s="14">
+        <v>37974</v>
+      </c>
+      <c r="C135" s="15" t="s">
+        <v>411</v>
+      </c>
+      <c r="D135" s="16" t="s">
+        <v>412</v>
+      </c>
+      <c r="E135" s="15" t="s">
+        <v>413</v>
+      </c>
+      <c r="F135" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G135" s="14">
+        <v>61615</v>
+      </c>
+      <c r="H135" s="17">
+        <v>3096921000</v>
+      </c>
+    </row>
+    <row r="136" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B136" s="14">
+        <v>20079</v>
+      </c>
+      <c r="C136" s="15" t="s">
+        <v>414</v>
+      </c>
+      <c r="D136" s="16" t="s">
+        <v>415</v>
+      </c>
+      <c r="E136" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="F136" s="14" t="s">
+        <v>139</v>
+      </c>
+      <c r="G136" s="14" t="s">
+        <v>140</v>
+      </c>
+      <c r="H136" s="17">
+        <v>4029163000</v>
+      </c>
+    </row>
+    <row r="137" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B137" s="14">
+        <v>20087</v>
+      </c>
+      <c r="C137" s="15" t="s">
+        <v>416</v>
+      </c>
+      <c r="D137" s="16" t="s">
+        <v>415</v>
+      </c>
+      <c r="E137" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="F137" s="14" t="s">
+        <v>139</v>
+      </c>
+      <c r="G137" s="14" t="s">
+        <v>140</v>
+      </c>
+      <c r="H137" s="17">
+        <v>4029163000</v>
+      </c>
+    </row>
+    <row r="138" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B138" s="14">
+        <v>17370</v>
+      </c>
+      <c r="C138" s="15" t="s">
+        <v>417</v>
+      </c>
+      <c r="D138" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="E138" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="F138" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="G138" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="H138" s="17">
+        <v>4809510905</v>
+      </c>
+    </row>
+    <row r="139" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B139" s="14">
+        <v>36056</v>
+      </c>
+      <c r="C139" s="15" t="s">
+        <v>418</v>
+      </c>
+      <c r="D139" s="16" t="s">
+        <v>378</v>
+      </c>
+      <c r="E139" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F139" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G139" s="14" t="s">
+        <v>379</v>
+      </c>
+      <c r="H139" s="17">
+        <v>8605476902</v>
+      </c>
+    </row>
+    <row r="140" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B140" s="14">
+        <v>35114</v>
+      </c>
+      <c r="C140" s="15" t="s">
+        <v>419</v>
+      </c>
+      <c r="D140" s="16" t="s">
+        <v>420</v>
+      </c>
+      <c r="E140" s="15" t="s">
+        <v>421</v>
+      </c>
+      <c r="F140" s="14" t="s">
+        <v>119</v>
+      </c>
+      <c r="G140" s="14">
+        <v>17055</v>
+      </c>
+      <c r="H140" s="17">
+        <v>5124805119</v>
+      </c>
+    </row>
+    <row r="141" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B141" s="14">
+        <v>13167</v>
+      </c>
+      <c r="C141" s="15" t="s">
+        <v>422</v>
+      </c>
+      <c r="D141" s="16" t="s">
+        <v>423</v>
+      </c>
+      <c r="E141" s="15" t="s">
+        <v>424</v>
+      </c>
+      <c r="F141" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G141" s="14" t="s">
+        <v>425</v>
+      </c>
+      <c r="H141" s="17">
+        <v>9729155000</v>
+      </c>
+    </row>
+    <row r="142" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B142" s="14">
+        <v>27987</v>
+      </c>
+      <c r="C142" s="15" t="s">
+        <v>426</v>
+      </c>
+      <c r="D142" s="16" t="s">
         <v>54</v>
       </c>
-      <c r="E93" s="20" t="s">
+      <c r="E142" s="15" t="s">
         <v>55</v>
       </c>
-      <c r="F93" s="19" t="s">
+      <c r="F142" s="14" t="s">
         <v>56</v>
       </c>
-      <c r="G93" s="19" t="s">
+      <c r="G142" s="14" t="s">
         <v>57</v>
       </c>
-      <c r="H93" s="22">
+      <c r="H142" s="17">
         <v>8602770111</v>
       </c>
     </row>
-    <row r="94" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...12 lines deleted...]
-      <c r="F94" s="19" t="s">
+    <row r="143" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B143" s="14">
+        <v>24015</v>
+      </c>
+      <c r="C143" s="15" t="s">
+        <v>427</v>
+      </c>
+      <c r="D143" s="16" t="s">
+        <v>54</v>
+      </c>
+      <c r="E143" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F143" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G143" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H143" s="17">
+        <v>8602770111</v>
+      </c>
+    </row>
+    <row r="144" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B144" s="14">
+        <v>16871</v>
+      </c>
+      <c r="C144" s="15" t="s">
+        <v>428</v>
+      </c>
+      <c r="D144" s="16" t="s">
+        <v>429</v>
+      </c>
+      <c r="E144" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F144" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G144" s="14">
+        <v>10019</v>
+      </c>
+      <c r="H144" s="17">
+        <v>8006845428</v>
+      </c>
+    </row>
+    <row r="145" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B145" s="14">
+        <v>31143</v>
+      </c>
+      <c r="C145" s="15" t="s">
+        <v>430</v>
+      </c>
+      <c r="D145" s="16" t="s">
+        <v>431</v>
+      </c>
+      <c r="E145" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="F145" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G145" s="14">
+        <v>60601</v>
+      </c>
+      <c r="H145" s="17">
+        <v>3123468100</v>
+      </c>
+    </row>
+    <row r="146" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B146" s="14">
+        <v>17320</v>
+      </c>
+      <c r="C146" s="15" t="s">
+        <v>432</v>
+      </c>
+      <c r="D146" s="16" t="s">
+        <v>433</v>
+      </c>
+      <c r="E146" s="15" t="s">
+        <v>434</v>
+      </c>
+      <c r="F146" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G146" s="14">
+        <v>32901</v>
+      </c>
+      <c r="H146" s="17">
+        <v>8665903550</v>
+      </c>
+    </row>
+    <row r="147" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B147" s="14">
+        <v>10046</v>
+      </c>
+      <c r="C147" s="15" t="s">
+        <v>435</v>
+      </c>
+      <c r="D147" s="16" t="s">
+        <v>378</v>
+      </c>
+      <c r="E147" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F147" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G147" s="14" t="s">
+        <v>379</v>
+      </c>
+      <c r="H147" s="17">
+        <v>8605475000</v>
+      </c>
+    </row>
+    <row r="148" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B148" s="14">
+        <v>17327</v>
+      </c>
+      <c r="C148" s="15" t="s">
+        <v>436</v>
+      </c>
+      <c r="D148" s="16" t="s">
+        <v>437</v>
+      </c>
+      <c r="E148" s="15" t="s">
+        <v>438</v>
+      </c>
+      <c r="F148" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G148" s="14">
+        <v>33408</v>
+      </c>
+      <c r="H148" s="17">
+        <v>5613045532</v>
+      </c>
+    </row>
+    <row r="149" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B149" s="14">
+        <v>16754</v>
+      </c>
+      <c r="C149" s="15" t="s">
+        <v>439</v>
+      </c>
+      <c r="D149" s="16" t="s">
+        <v>440</v>
+      </c>
+      <c r="E149" s="15" t="s">
+        <v>441</v>
+      </c>
+      <c r="F149" s="14" t="s">
+        <v>128</v>
+      </c>
+      <c r="G149" s="14">
+        <v>55435</v>
+      </c>
+      <c r="H149" s="17">
+        <v>9522091786</v>
+      </c>
+    </row>
+    <row r="150" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B150" s="14">
+        <v>34118</v>
+      </c>
+      <c r="C150" s="15" t="s">
+        <v>442</v>
+      </c>
+      <c r="D150" s="16" t="s">
+        <v>191</v>
+      </c>
+      <c r="E150" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="F150" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G150" s="14">
+        <v>78246</v>
+      </c>
+      <c r="H150" s="17">
+        <v>3057521222</v>
+      </c>
+    </row>
+    <row r="151" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B151" s="14">
+        <v>32859</v>
+      </c>
+      <c r="C151" s="15" t="s">
+        <v>443</v>
+      </c>
+      <c r="D151" s="16" t="s">
+        <v>444</v>
+      </c>
+      <c r="E151" s="15" t="s">
+        <v>445</v>
+      </c>
+      <c r="F151" s="14" t="s">
+        <v>119</v>
+      </c>
+      <c r="G151" s="14" t="s">
+        <v>446</v>
+      </c>
+      <c r="H151" s="17">
+        <v>6106641500</v>
+      </c>
+    </row>
+    <row r="152" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B152" s="14">
+        <v>11062</v>
+      </c>
+      <c r="C152" s="15" t="s">
+        <v>447</v>
+      </c>
+      <c r="D152" s="16" t="s">
+        <v>448</v>
+      </c>
+      <c r="E152" s="15" t="s">
+        <v>449</v>
+      </c>
+      <c r="F152" s="14" t="s">
+        <v>297</v>
+      </c>
+      <c r="G152" s="14">
+        <v>50323</v>
+      </c>
+      <c r="H152" s="17">
+        <v>5153343001</v>
+      </c>
+    </row>
+    <row r="153" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B153" s="14">
+        <v>17445</v>
+      </c>
+      <c r="C153" s="15" t="s">
+        <v>450</v>
+      </c>
+      <c r="D153" s="16" t="s">
+        <v>451</v>
+      </c>
+      <c r="E153" s="15" t="s">
+        <v>452</v>
+      </c>
+      <c r="F153" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="G153" s="14">
+        <v>54481</v>
+      </c>
+      <c r="H153" s="17">
+        <v>7153466000</v>
+      </c>
+    </row>
+    <row r="154" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B154" s="14">
+        <v>12588</v>
+      </c>
+      <c r="C154" s="15" t="s">
+        <v>453</v>
+      </c>
+      <c r="D154" s="16" t="s">
+        <v>454</v>
+      </c>
+      <c r="E154" s="15" t="s">
+        <v>455</v>
+      </c>
+      <c r="F154" s="14" t="s">
+        <v>456</v>
+      </c>
+      <c r="G154" s="14" t="s">
+        <v>457</v>
+      </c>
+      <c r="H154" s="17">
+        <v>8013045577</v>
+      </c>
+    </row>
+    <row r="155" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B155" s="14">
+        <v>10786</v>
+      </c>
+      <c r="C155" s="15" t="s">
+        <v>458</v>
+      </c>
+      <c r="D155" s="16" t="s">
+        <v>149</v>
+      </c>
+      <c r="E155" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="F155" s="14" t="s">
+        <v>79</v>
+      </c>
+      <c r="G155" s="14" t="s">
+        <v>151</v>
+      </c>
+      <c r="H155" s="17"/>
+    </row>
+    <row r="156" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B156" s="14">
+        <v>17400</v>
+      </c>
+      <c r="C156" s="15" t="s">
+        <v>459</v>
+      </c>
+      <c r="D156" s="16" t="s">
+        <v>460</v>
+      </c>
+      <c r="E156" s="15" t="s">
+        <v>461</v>
+      </c>
+      <c r="F156" s="14" t="s">
+        <v>462</v>
+      </c>
+      <c r="G156" s="14">
+        <v>35209</v>
+      </c>
+      <c r="H156" s="17">
+        <v>8028604137</v>
+      </c>
+    </row>
+    <row r="157" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B157" s="14">
+        <v>11811</v>
+      </c>
+      <c r="C157" s="15" t="s">
+        <v>463</v>
+      </c>
+      <c r="D157" s="16" t="s">
+        <v>464</v>
+      </c>
+      <c r="E157" s="15" t="s">
+        <v>103</v>
+      </c>
+      <c r="F157" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G94" s="19">
-[...16 lines deleted...]
-      <c r="E95" s="20" t="s">
+      <c r="G157" s="14" t="s">
+        <v>465</v>
+      </c>
+      <c r="H157" s="17">
+        <v>4048425600</v>
+      </c>
+    </row>
+    <row r="158" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B158" s="14">
+        <v>24252</v>
+      </c>
+      <c r="C158" s="15" t="s">
+        <v>466</v>
+      </c>
+      <c r="D158" s="16" t="s">
+        <v>467</v>
+      </c>
+      <c r="E158" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="F158" s="14" t="s">
+        <v>96</v>
+      </c>
+      <c r="G158" s="14" t="s">
+        <v>468</v>
+      </c>
+      <c r="H158" s="17">
+        <v>4404615000</v>
+      </c>
+    </row>
+    <row r="159" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B159" s="14">
+        <v>13149</v>
+      </c>
+      <c r="C159" s="15" t="s">
+        <v>469</v>
+      </c>
+      <c r="D159" s="16" t="s">
+        <v>470</v>
+      </c>
+      <c r="E159" s="15" t="s">
+        <v>471</v>
+      </c>
+      <c r="F159" s="14" t="s">
+        <v>472</v>
+      </c>
+      <c r="G159" s="14">
+        <v>46032</v>
+      </c>
+      <c r="H159" s="17">
+        <v>3176369800</v>
+      </c>
+    </row>
+    <row r="160" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B160" s="14">
+        <v>17148</v>
+      </c>
+      <c r="C160" s="15" t="s">
+        <v>473</v>
+      </c>
+      <c r="D160" s="16" t="s">
+        <v>474</v>
+      </c>
+      <c r="E160" s="15" t="s">
+        <v>475</v>
+      </c>
+      <c r="F160" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G160" s="14">
+        <v>10601</v>
+      </c>
+      <c r="H160" s="17">
+        <v>9149920012</v>
+      </c>
+    </row>
+    <row r="161" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B161" s="14">
+        <v>11515</v>
+      </c>
+      <c r="C161" s="15" t="s">
+        <v>476</v>
+      </c>
+      <c r="D161" s="16" t="s">
+        <v>477</v>
+      </c>
+      <c r="E161" s="15" t="s">
+        <v>478</v>
+      </c>
+      <c r="F161" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="G161" s="14">
+        <v>53596</v>
+      </c>
+      <c r="H161" s="17">
+        <v>8002336739</v>
+      </c>
+    </row>
+    <row r="162" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B162" s="14">
+        <v>12623</v>
+      </c>
+      <c r="C162" s="15" t="s">
+        <v>479</v>
+      </c>
+      <c r="D162" s="16" t="s">
+        <v>480</v>
+      </c>
+      <c r="E162" s="15" t="s">
+        <v>481</v>
+      </c>
+      <c r="F162" s="14" t="s">
+        <v>482</v>
+      </c>
+      <c r="G162" s="14">
+        <v>57106</v>
+      </c>
+      <c r="H162" s="17">
+        <v>6054444800</v>
+      </c>
+    </row>
+    <row r="163" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B163" s="14">
+        <v>40479</v>
+      </c>
+      <c r="C163" s="15" t="s">
+        <v>483</v>
+      </c>
+      <c r="D163" s="16" t="s">
+        <v>484</v>
+      </c>
+      <c r="E163" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="F163" s="14" t="s">
+        <v>96</v>
+      </c>
+      <c r="G163" s="14">
+        <v>44114</v>
+      </c>
+      <c r="H163" s="17">
+        <v>9727886000</v>
+      </c>
+    </row>
+    <row r="164" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B164" s="14">
+        <v>17103</v>
+      </c>
+      <c r="C164" s="15" t="s">
+        <v>485</v>
+      </c>
+      <c r="D164" s="16" t="s">
+        <v>486</v>
+      </c>
+      <c r="E164" s="15" t="s">
+        <v>309</v>
+      </c>
+      <c r="F164" s="14" t="s">
+        <v>253</v>
+      </c>
+      <c r="G164" s="14">
+        <v>23060</v>
+      </c>
+      <c r="H164" s="17">
+        <v>8042560525</v>
+      </c>
+    </row>
+    <row r="165" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B165" s="14">
+        <v>28053</v>
+      </c>
+      <c r="C165" s="15" t="s">
+        <v>487</v>
+      </c>
+      <c r="D165" s="16" t="s">
+        <v>353</v>
+      </c>
+      <c r="E165" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="F165" s="14" t="s">
+        <v>39</v>
+      </c>
+      <c r="G165" s="14">
+        <v>43215</v>
+      </c>
+      <c r="H165" s="17">
+        <v>8164122800</v>
+      </c>
+    </row>
+    <row r="166" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B166" s="14">
+        <v>42595</v>
+      </c>
+      <c r="C166" s="15" t="s">
+        <v>488</v>
+      </c>
+      <c r="D166" s="16" t="s">
+        <v>489</v>
+      </c>
+      <c r="E166" s="15" t="s">
+        <v>490</v>
+      </c>
+      <c r="F166" s="14" t="s">
+        <v>253</v>
+      </c>
+      <c r="G166" s="14">
+        <v>22801</v>
+      </c>
+      <c r="H166" s="17">
+        <v>5404345344</v>
+      </c>
+    </row>
+    <row r="167" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B167" s="14">
+        <v>16650</v>
+      </c>
+      <c r="C167" s="15" t="s">
+        <v>491</v>
+      </c>
+      <c r="D167" s="16" t="s">
+        <v>489</v>
+      </c>
+      <c r="E167" s="15" t="s">
+        <v>490</v>
+      </c>
+      <c r="F167" s="14" t="s">
+        <v>253</v>
+      </c>
+      <c r="G167" s="14">
+        <v>22801</v>
+      </c>
+      <c r="H167" s="17">
+        <v>5404345344</v>
+      </c>
+    </row>
+    <row r="168" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B168" s="14">
+        <v>11100</v>
+      </c>
+      <c r="C168" s="15" t="s">
+        <v>492</v>
+      </c>
+      <c r="D168" s="16" t="s">
+        <v>353</v>
+      </c>
+      <c r="E168" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="F168" s="14" t="s">
+        <v>39</v>
+      </c>
+      <c r="G168" s="14" t="s">
+        <v>354</v>
+      </c>
+      <c r="H168" s="17">
+        <v>6176543684</v>
+      </c>
+    </row>
+    <row r="169" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B169" s="14">
+        <v>15341</v>
+      </c>
+      <c r="C169" s="15" t="s">
+        <v>493</v>
+      </c>
+      <c r="D169" s="16" t="s">
+        <v>494</v>
+      </c>
+      <c r="E169" s="15" t="s">
+        <v>495</v>
+      </c>
+      <c r="F169" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G169" s="14">
+        <v>33637</v>
+      </c>
+      <c r="H169" s="17"/>
+    </row>
+    <row r="170" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B170" s="14">
+        <v>13815</v>
+      </c>
+      <c r="C170" s="15" t="s">
+        <v>496</v>
+      </c>
+      <c r="D170" s="16" t="s">
+        <v>497</v>
+      </c>
+      <c r="E170" s="15" t="s">
+        <v>498</v>
+      </c>
+      <c r="F170" s="14" t="s">
+        <v>66</v>
+      </c>
+      <c r="G170" s="14" t="s">
+        <v>499</v>
+      </c>
+      <c r="H170" s="17">
+        <v>3149955300</v>
+      </c>
+    </row>
+    <row r="171" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B171" s="14">
+        <v>41297</v>
+      </c>
+      <c r="C171" s="15" t="s">
+        <v>500</v>
+      </c>
+      <c r="D171" s="16" t="s">
+        <v>311</v>
+      </c>
+      <c r="E171" s="15" t="s">
+        <v>312</v>
+      </c>
+      <c r="F171" s="14" t="s">
+        <v>96</v>
+      </c>
+      <c r="G171" s="14" t="s">
+        <v>313</v>
+      </c>
+      <c r="H171" s="17">
+        <v>6142491545</v>
+      </c>
+    </row>
+    <row r="172" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B172" s="14">
+        <v>10672</v>
+      </c>
+      <c r="C172" s="15" t="s">
+        <v>501</v>
+      </c>
+      <c r="D172" s="16" t="s">
+        <v>311</v>
+      </c>
+      <c r="E172" s="15" t="s">
+        <v>312</v>
+      </c>
+      <c r="F172" s="14" t="s">
+        <v>96</v>
+      </c>
+      <c r="G172" s="14" t="s">
+        <v>313</v>
+      </c>
+      <c r="H172" s="17">
+        <v>4803654000</v>
+      </c>
+    </row>
+    <row r="173" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B173" s="14">
+        <v>17631</v>
+      </c>
+      <c r="C173" s="15" t="s">
+        <v>502</v>
+      </c>
+      <c r="D173" s="16" t="s">
+        <v>503</v>
+      </c>
+      <c r="E173" s="15" t="s">
+        <v>504</v>
+      </c>
+      <c r="F173" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G173" s="14">
+        <v>31210</v>
+      </c>
+      <c r="H173" s="17">
+        <v>4784770400</v>
+      </c>
+    </row>
+    <row r="174" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B174" s="14">
+        <v>10729</v>
+      </c>
+      <c r="C174" s="15" t="s">
+        <v>505</v>
+      </c>
+      <c r="D174" s="16" t="s">
+        <v>47</v>
+      </c>
+      <c r="E174" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F174" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G174" s="14" t="s">
+        <v>506</v>
+      </c>
+      <c r="H174" s="17">
+        <v>2123443000</v>
+      </c>
+    </row>
+    <row r="175" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B175" s="14">
+        <v>16762</v>
+      </c>
+      <c r="C175" s="15" t="s">
+        <v>507</v>
+      </c>
+      <c r="D175" s="16" t="s">
+        <v>508</v>
+      </c>
+      <c r="E175" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="F175" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="G175" s="14">
+        <v>48328</v>
+      </c>
+      <c r="H175" s="17">
+        <v>6166623900</v>
+      </c>
+    </row>
+    <row r="176" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B176" s="14">
+        <v>19208</v>
+      </c>
+      <c r="C176" s="15" t="s">
+        <v>510</v>
+      </c>
+      <c r="D176" s="16" t="s">
+        <v>484</v>
+      </c>
+      <c r="E176" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="F176" s="14" t="s">
+        <v>96</v>
+      </c>
+      <c r="G176" s="14">
+        <v>44114</v>
+      </c>
+      <c r="H176" s="17">
+        <v>8007772249</v>
+      </c>
+    </row>
+    <row r="177" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B177" s="14">
+        <v>16820</v>
+      </c>
+      <c r="C177" s="15" t="s">
+        <v>511</v>
+      </c>
+      <c r="D177" s="16" t="s">
+        <v>512</v>
+      </c>
+      <c r="E177" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F177" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G177" s="14">
+        <v>10007</v>
+      </c>
+      <c r="H177" s="17">
+        <v>2123122500</v>
+      </c>
+    </row>
+    <row r="178" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B178" s="14">
+        <v>16999</v>
+      </c>
+      <c r="C178" s="15" t="s">
+        <v>513</v>
+      </c>
+      <c r="D178" s="16" t="s">
+        <v>514</v>
+      </c>
+      <c r="E178" s="15" t="s">
+        <v>515</v>
+      </c>
+      <c r="F178" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G178" s="14">
+        <v>76262</v>
+      </c>
+      <c r="H178" s="17">
+        <v>8178651953</v>
+      </c>
+    </row>
+    <row r="179" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B179" s="14">
+        <v>16826</v>
+      </c>
+      <c r="C179" s="15" t="s">
+        <v>516</v>
+      </c>
+      <c r="D179" s="16" t="s">
+        <v>517</v>
+      </c>
+      <c r="E179" s="15" t="s">
+        <v>103</v>
+      </c>
+      <c r="F179" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G179" s="14" t="s">
+        <v>518</v>
+      </c>
+      <c r="H179" s="17">
+        <v>6783094000</v>
+      </c>
+    </row>
+    <row r="180" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B180" s="14">
+        <v>17045</v>
+      </c>
+      <c r="C180" s="15" t="s">
+        <v>519</v>
+      </c>
+      <c r="D180" s="16" t="s">
+        <v>520</v>
+      </c>
+      <c r="E180" s="15" t="s">
+        <v>521</v>
+      </c>
+      <c r="F180" s="14" t="s">
+        <v>79</v>
+      </c>
+      <c r="G180" s="14" t="s">
+        <v>522</v>
+      </c>
+      <c r="H180" s="17">
+        <v>8882217242</v>
+      </c>
+    </row>
+    <row r="181" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B181" s="14">
+        <v>30481</v>
+      </c>
+      <c r="C181" s="15" t="s">
+        <v>523</v>
+      </c>
+      <c r="D181" s="16" t="s">
+        <v>54</v>
+      </c>
+      <c r="E181" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F181" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G181" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H181" s="17">
+        <v>8602770111</v>
+      </c>
+    </row>
+    <row r="182" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B182" s="14">
+        <v>13604</v>
+      </c>
+      <c r="C182" s="15" t="s">
+        <v>524</v>
+      </c>
+      <c r="D182" s="16" t="s">
+        <v>525</v>
+      </c>
+      <c r="E182" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F182" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G182" s="14">
+        <v>10022</v>
+      </c>
+      <c r="H182" s="17">
+        <v>8665195687</v>
+      </c>
+    </row>
+    <row r="183" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B183" s="14">
+        <v>44776</v>
+      </c>
+      <c r="C183" s="15" t="s">
+        <v>526</v>
+      </c>
+      <c r="D183" s="16" t="s">
+        <v>527</v>
+      </c>
+      <c r="E183" s="15" t="s">
+        <v>528</v>
+      </c>
+      <c r="F183" s="14" t="s">
+        <v>96</v>
+      </c>
+      <c r="G183" s="14">
+        <v>45201</v>
+      </c>
+      <c r="H183" s="17"/>
+    </row>
+    <row r="184" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B184" s="14">
+        <v>17501</v>
+      </c>
+      <c r="C184" s="15" t="s">
+        <v>529</v>
+      </c>
+      <c r="D184" s="16" t="s">
+        <v>530</v>
+      </c>
+      <c r="E184" s="15" t="s">
+        <v>531</v>
+      </c>
+      <c r="F184" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G184" s="14">
+        <v>61710</v>
+      </c>
+      <c r="H184" s="17">
+        <v>3097662311</v>
+      </c>
+    </row>
+    <row r="185" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B185" s="14">
+        <v>26387</v>
+      </c>
+      <c r="C185" s="15" t="s">
+        <v>532</v>
+      </c>
+      <c r="D185" s="16" t="s">
+        <v>231</v>
+      </c>
+      <c r="E185" s="15" t="s">
+        <v>232</v>
+      </c>
+      <c r="F185" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G185" s="14" t="s">
+        <v>233</v>
+      </c>
+      <c r="H185" s="17">
+        <v>8476056000</v>
+      </c>
+    </row>
+    <row r="186" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B186" s="14">
+        <v>14012</v>
+      </c>
+      <c r="C186" s="15" t="s">
+        <v>533</v>
+      </c>
+      <c r="D186" s="16" t="s">
+        <v>534</v>
+      </c>
+      <c r="E186" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="F186" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G186" s="14">
+        <v>60631</v>
+      </c>
+      <c r="H186" s="17">
+        <v>7734581055</v>
+      </c>
+    </row>
+    <row r="187" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B187" s="14">
+        <v>16889</v>
+      </c>
+      <c r="C187" s="15" t="s">
+        <v>535</v>
+      </c>
+      <c r="D187" s="16" t="s">
+        <v>536</v>
+      </c>
+      <c r="E187" s="15" t="s">
+        <v>537</v>
+      </c>
+      <c r="F187" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G187" s="14">
+        <v>75039</v>
+      </c>
+      <c r="H187" s="17">
+        <v>4693574392</v>
+      </c>
+    </row>
+    <row r="188" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B188" s="14">
+        <v>16551</v>
+      </c>
+      <c r="C188" s="15" t="s">
+        <v>538</v>
+      </c>
+      <c r="D188" s="16" t="s">
+        <v>539</v>
+      </c>
+      <c r="E188" s="15" t="s">
+        <v>540</v>
+      </c>
+      <c r="F188" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G188" s="14">
+        <v>76021</v>
+      </c>
+      <c r="H188" s="17">
+        <v>8172652000</v>
+      </c>
+    </row>
+    <row r="189" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B189" s="14">
+        <v>16848</v>
+      </c>
+      <c r="C189" s="15" t="s">
+        <v>541</v>
+      </c>
+      <c r="D189" s="16" t="s">
+        <v>542</v>
+      </c>
+      <c r="E189" s="15" t="s">
+        <v>543</v>
+      </c>
+      <c r="F189" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G189" s="14">
+        <v>33444</v>
+      </c>
+      <c r="H189" s="17"/>
+    </row>
+    <row r="190" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B190" s="14">
+        <v>34916</v>
+      </c>
+      <c r="C190" s="15" t="s">
+        <v>544</v>
+      </c>
+      <c r="D190" s="16" t="s">
+        <v>545</v>
+      </c>
+      <c r="E190" s="15" t="s">
+        <v>546</v>
+      </c>
+      <c r="F190" s="14" t="s">
+        <v>66</v>
+      </c>
+      <c r="G190" s="14" t="s">
+        <v>547</v>
+      </c>
+      <c r="H190" s="17"/>
+    </row>
+    <row r="191" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B191" s="14">
+        <v>34487</v>
+      </c>
+      <c r="C191" s="15" t="s">
+        <v>548</v>
+      </c>
+      <c r="D191" s="16" t="s">
+        <v>549</v>
+      </c>
+      <c r="E191" s="15" t="s">
+        <v>550</v>
+      </c>
+      <c r="F191" s="14" t="s">
+        <v>61</v>
+      </c>
+      <c r="G191" s="14">
+        <v>94558</v>
+      </c>
+      <c r="H191" s="17">
+        <v>8004212368</v>
+      </c>
+    </row>
+    <row r="192" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B192" s="14">
+        <v>16543</v>
+      </c>
+      <c r="C192" s="15" t="s">
+        <v>551</v>
+      </c>
+      <c r="D192" s="16" t="s">
+        <v>552</v>
+      </c>
+      <c r="E192" s="15" t="s">
+        <v>553</v>
+      </c>
+      <c r="F192" s="14" t="s">
+        <v>139</v>
+      </c>
+      <c r="G192" s="14" t="s">
+        <v>165</v>
+      </c>
+      <c r="H192" s="17">
+        <v>4028273424</v>
+      </c>
+    </row>
+    <row r="193" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B193" s="14">
+        <v>10713</v>
+      </c>
+      <c r="C193" s="15" t="s">
+        <v>554</v>
+      </c>
+      <c r="D193" s="16" t="s">
+        <v>555</v>
+      </c>
+      <c r="E193" s="15" t="s">
+        <v>556</v>
+      </c>
+      <c r="F193" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="G193" s="14" t="s">
+        <v>557</v>
+      </c>
+      <c r="H193" s="17">
+        <v>2627877700</v>
+      </c>
+    </row>
+    <row r="194" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B194" s="14">
+        <v>23850</v>
+      </c>
+      <c r="C194" s="15" t="s">
+        <v>558</v>
+      </c>
+      <c r="D194" s="16" t="s">
+        <v>559</v>
+      </c>
+      <c r="E194" s="15" t="s">
+        <v>445</v>
+      </c>
+      <c r="F194" s="14" t="s">
+        <v>119</v>
+      </c>
+      <c r="G194" s="14" t="s">
+        <v>560</v>
+      </c>
+      <c r="H194" s="17">
+        <v>8008734552</v>
+      </c>
+    </row>
+    <row r="195" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B195" s="14">
+        <v>18031</v>
+      </c>
+      <c r="C195" s="15" t="s">
+        <v>561</v>
+      </c>
+      <c r="D195" s="16" t="s">
+        <v>562</v>
+      </c>
+      <c r="E195" s="15" t="s">
+        <v>563</v>
+      </c>
+      <c r="F195" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G195" s="14" t="s">
+        <v>564</v>
+      </c>
+      <c r="H195" s="17">
+        <v>8184665900</v>
+      </c>
+    </row>
+    <row r="196" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B196" s="14">
+        <v>29696</v>
+      </c>
+      <c r="C196" s="15" t="s">
+        <v>565</v>
+      </c>
+      <c r="D196" s="16" t="s">
+        <v>54</v>
+      </c>
+      <c r="E196" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F196" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G196" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H196" s="17">
+        <v>8602770111</v>
+      </c>
+    </row>
+    <row r="197" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B197" s="14">
+        <v>10213</v>
+      </c>
+      <c r="C197" s="15" t="s">
+        <v>566</v>
+      </c>
+      <c r="D197" s="16" t="s">
+        <v>54</v>
+      </c>
+      <c r="E197" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F197" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G197" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H197" s="17">
+        <v>3126485000</v>
+      </c>
+    </row>
+    <row r="198" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B198" s="14">
+        <v>29734</v>
+      </c>
+      <c r="C198" s="15" t="s">
+        <v>567</v>
+      </c>
+      <c r="D198" s="16" t="s">
+        <v>568</v>
+      </c>
+      <c r="E198" s="15" t="s">
+        <v>569</v>
+      </c>
+      <c r="F198" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="G198" s="14">
+        <v>48084</v>
+      </c>
+      <c r="H198" s="17">
+        <v>2485590840</v>
+      </c>
+    </row>
+    <row r="199" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B199" s="14">
+        <v>16188</v>
+      </c>
+      <c r="C199" s="15" t="s">
+        <v>570</v>
+      </c>
+      <c r="D199" s="16" t="s">
+        <v>571</v>
+      </c>
+      <c r="E199" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="F199" s="14" t="s">
+        <v>146</v>
+      </c>
+      <c r="G199" s="14" t="s">
+        <v>147</v>
+      </c>
+      <c r="H199" s="17">
+        <v>4055944960</v>
+      </c>
+    </row>
+    <row r="200" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B200" s="14">
+        <v>37982</v>
+      </c>
+      <c r="C200" s="15" t="s">
+        <v>572</v>
+      </c>
+      <c r="D200" s="16" t="s">
+        <v>573</v>
+      </c>
+      <c r="E200" s="15" t="s">
+        <v>574</v>
+      </c>
+      <c r="F200" s="14" t="s">
+        <v>79</v>
+      </c>
+      <c r="G200" s="14" t="s">
+        <v>575</v>
+      </c>
+      <c r="H200" s="17"/>
+    </row>
+    <row r="201" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B201" s="14">
+        <v>15792</v>
+      </c>
+      <c r="C201" s="15" t="s">
+        <v>576</v>
+      </c>
+      <c r="D201" s="16" t="s">
+        <v>577</v>
+      </c>
+      <c r="E201" s="15" t="s">
+        <v>578</v>
+      </c>
+      <c r="F201" s="14" t="s">
+        <v>579</v>
+      </c>
+      <c r="G201" s="14">
+        <v>60602</v>
+      </c>
+      <c r="H201" s="17">
+        <v>2123824081</v>
+      </c>
+    </row>
+    <row r="202" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B202" s="14">
+        <v>13064</v>
+      </c>
+      <c r="C202" s="15" t="s">
+        <v>580</v>
+      </c>
+      <c r="D202" s="16" t="s">
+        <v>444</v>
+      </c>
+      <c r="E202" s="15" t="s">
+        <v>445</v>
+      </c>
+      <c r="F202" s="14" t="s">
+        <v>119</v>
+      </c>
+      <c r="G202" s="14" t="s">
+        <v>446</v>
+      </c>
+      <c r="H202" s="17">
+        <v>6106641500</v>
+      </c>
+    </row>
+    <row r="203" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B203" s="14">
+        <v>12537</v>
+      </c>
+      <c r="C203" s="15" t="s">
+        <v>581</v>
+      </c>
+      <c r="D203" s="16" t="s">
+        <v>539</v>
+      </c>
+      <c r="E203" s="15" t="s">
+        <v>540</v>
+      </c>
+      <c r="F203" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G203" s="14">
+        <v>76021</v>
+      </c>
+      <c r="H203" s="17">
+        <v>8172652000</v>
+      </c>
+    </row>
+    <row r="204" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B204" s="14">
+        <v>25895</v>
+      </c>
+      <c r="C204" s="15" t="s">
+        <v>582</v>
+      </c>
+      <c r="D204" s="16" t="s">
+        <v>399</v>
+      </c>
+      <c r="E204" s="15" t="s">
+        <v>400</v>
+      </c>
+      <c r="F204" s="14" t="s">
+        <v>119</v>
+      </c>
+      <c r="G204" s="14" t="s">
+        <v>583</v>
+      </c>
+      <c r="H204" s="17">
+        <v>6106882535</v>
+      </c>
+    </row>
+    <row r="205" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B205" s="14">
+        <v>16988</v>
+      </c>
+      <c r="C205" s="15" t="s">
+        <v>584</v>
+      </c>
+      <c r="D205" s="16" t="s">
+        <v>585</v>
+      </c>
+      <c r="E205" s="15" t="s">
         <v>51</v>
       </c>
-      <c r="F95" s="19" t="s">
+      <c r="F205" s="14" t="s">
         <v>52</v>
       </c>
-      <c r="G95" s="19" t="s">
-[...42 lines deleted...]
-      <c r="F97" s="19" t="s">
+      <c r="G205" s="14">
+        <v>75254</v>
+      </c>
+      <c r="H205" s="17">
+        <v>8883447100</v>
+      </c>
+    </row>
+    <row r="206" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B206" s="14">
+        <v>43451</v>
+      </c>
+      <c r="C206" s="15" t="s">
+        <v>586</v>
+      </c>
+      <c r="D206" s="16" t="s">
+        <v>587</v>
+      </c>
+      <c r="E206" s="15" t="s">
+        <v>588</v>
+      </c>
+      <c r="F206" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G206" s="14" t="s">
+        <v>589</v>
+      </c>
+      <c r="H206" s="17">
+        <v>3157342000</v>
+      </c>
+    </row>
+    <row r="207" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B207" s="14">
+        <v>16275</v>
+      </c>
+      <c r="C207" s="15" t="s">
+        <v>590</v>
+      </c>
+      <c r="D207" s="16" t="s">
+        <v>591</v>
+      </c>
+      <c r="E207" s="15" t="s">
+        <v>157</v>
+      </c>
+      <c r="F207" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G207" s="14">
+        <v>60606</v>
+      </c>
+      <c r="H207" s="17">
+        <v>3123805555</v>
+      </c>
+    </row>
+    <row r="208" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B208" s="14">
+        <v>16237</v>
+      </c>
+      <c r="C208" s="15" t="s">
+        <v>592</v>
+      </c>
+      <c r="D208" s="16" t="s">
+        <v>593</v>
+      </c>
+      <c r="E208" s="15" t="s">
+        <v>594</v>
+      </c>
+      <c r="F208" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G208" s="14">
+        <v>33701</v>
+      </c>
+      <c r="H208" s="17">
+        <v>6467940653</v>
+      </c>
+    </row>
+    <row r="209" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B209" s="14">
+        <v>39640</v>
+      </c>
+      <c r="C209" s="15" t="s">
+        <v>595</v>
+      </c>
+      <c r="D209" s="16" t="s">
+        <v>596</v>
+      </c>
+      <c r="E209" s="15" t="s">
+        <v>597</v>
+      </c>
+      <c r="F209" s="14" t="s">
+        <v>598</v>
+      </c>
+      <c r="G209" s="14">
+        <v>37215</v>
+      </c>
+      <c r="H209" s="17"/>
+    </row>
+    <row r="210" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B210" s="14">
+        <v>17499</v>
+      </c>
+      <c r="C210" s="15" t="s">
+        <v>599</v>
+      </c>
+      <c r="D210" s="16" t="s">
+        <v>600</v>
+      </c>
+      <c r="E210" s="15" t="s">
+        <v>601</v>
+      </c>
+      <c r="F210" s="14" t="s">
+        <v>472</v>
+      </c>
+      <c r="G210" s="14">
+        <v>46290</v>
+      </c>
+      <c r="H210" s="17">
+        <v>3034471166</v>
+      </c>
+    </row>
+    <row r="211" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B211" s="14">
+        <v>40428</v>
+      </c>
+      <c r="C211" s="15" t="s">
+        <v>602</v>
+      </c>
+      <c r="D211" s="16" t="s">
+        <v>603</v>
+      </c>
+      <c r="E211" s="15" t="s">
+        <v>103</v>
+      </c>
+      <c r="F211" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G211" s="14" t="s">
+        <v>604</v>
+      </c>
+      <c r="H211" s="17">
+        <v>7707631000</v>
+      </c>
+    </row>
+    <row r="212" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B212" s="14">
+        <v>15824</v>
+      </c>
+      <c r="C212" s="15" t="s">
+        <v>605</v>
+      </c>
+      <c r="D212" s="16" t="s">
+        <v>606</v>
+      </c>
+      <c r="E212" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="F212" s="14" t="s">
+        <v>79</v>
+      </c>
+      <c r="G212" s="14" t="s">
+        <v>80</v>
+      </c>
+      <c r="H212" s="17">
+        <v>9738989575</v>
+      </c>
+    </row>
+    <row r="213" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B213" s="14">
+        <v>10172</v>
+      </c>
+      <c r="C213" s="15" t="s">
+        <v>607</v>
+      </c>
+      <c r="D213" s="16" t="s">
+        <v>340</v>
+      </c>
+      <c r="E213" s="15" t="s">
+        <v>341</v>
+      </c>
+      <c r="F213" s="14" t="s">
+        <v>119</v>
+      </c>
+      <c r="G213" s="14">
+        <v>19106</v>
+      </c>
+      <c r="H213" s="17"/>
+    </row>
+    <row r="214" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B214" s="14">
+        <v>13196</v>
+      </c>
+      <c r="C214" s="15" t="s">
+        <v>608</v>
+      </c>
+      <c r="D214" s="16" t="s">
+        <v>573</v>
+      </c>
+      <c r="E214" s="15" t="s">
+        <v>574</v>
+      </c>
+      <c r="F214" s="14" t="s">
+        <v>79</v>
+      </c>
+      <c r="G214" s="14" t="s">
+        <v>575</v>
+      </c>
+      <c r="H214" s="17"/>
+    </row>
+    <row r="215" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B215" s="14">
+        <v>16992</v>
+      </c>
+      <c r="C215" s="15" t="s">
+        <v>609</v>
+      </c>
+      <c r="D215" s="16" t="s">
+        <v>610</v>
+      </c>
+      <c r="E215" s="15" t="s">
+        <v>611</v>
+      </c>
+      <c r="F215" s="14" t="s">
         <v>96</v>
       </c>
-      <c r="G97" s="19" t="s">
-[...2663 lines deleted...]
-      <c r="H214" s="22">
+      <c r="G215" s="14" t="s">
+        <v>612</v>
+      </c>
+      <c r="H215" s="17">
         <v>3308870101</v>
       </c>
     </row>
-    <row r="215" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="216" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="217" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="218" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="219" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="220" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="221" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="222" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="223" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="224" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
@@ -9806,89 +9837,90 @@
     <row r="2625" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2626" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2627" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2628" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2629" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2630" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2631" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2632" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2633" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2634" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2635" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2636" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2637" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2638" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2639" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2640" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2641" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2642" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B1:H1"/>
     <mergeCell ref="B3:H3"/>
     <mergeCell ref="B4:H4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="84" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" verticalDpi="0" r:id="rId1"/>
+  <pageSetup scale="77" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{506030F0-8A50-428A-8041-7D255AEE1161}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F3B2E8A1-87BE-4935-B235-0E950369DEB0}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>XLSX_C_Worksheet</vt:lpstr>
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>XLSX_C_Worksheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Wilbur, Robert (DOI)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>