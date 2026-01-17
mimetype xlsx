--- v1 (2025-12-03)
+++ v2 (2026-01-17)
@@ -2,143 +2,140 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\SBS_CSV_Reformat\Worksheets_and_Pdfs\Company\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{36C47AE5-455E-4474-9349-E83CE6156DA8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E3D34F41-CDDD-49EA-8B22-226CEF775724}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{2DBEA59C-AB02-4285-B07A-DF16264F64CE}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{3AC2F633-AA4A-4B8B-B924-F601AEBEE9D9}"/>
   </bookViews>
   <sheets>
     <sheet name="XLSX_C_Worksheet" sheetId="2" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="Current">OFFSET([1]Interface!$K$4,,,COUNTA([1]Interface!$K$4:$K$107))</definedName>
     <definedName name="Import">OFFSET([1]Interface!$J$4,,,COUNTA([1]Interface!$J$4:$J$107))</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">XLSX_C_Worksheet!$6:$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="955" uniqueCount="613">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="951" uniqueCount="612">
   <si>
     <r>
       <t xml:space="preserve">COMMONWEALTH OF MASSACHUSETTS
 DIVISION OF INSURANCE
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">COMPANY LICENSING
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">1 Federal Street, Suite 700  •  Boston, MA  02110-2012
 (617) 521-7794 • FAX (617) 753-6883
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="10"/>
         <color rgb="FF0000FF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>http://www.mass.gov/doi</t>
     </r>
   </si>
   <si>
     <t>Authorized Surplus Lines Companies</t>
   </si>
   <si>
-    <t>December 1, 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>NAIC #</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>ZIP</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Accelerant Specialty Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">400 NORTHRIDGE ROAD, SUITE 800  </t>
@@ -1412,53 +1409,50 @@
   <si>
     <t>Melbourne</t>
   </si>
   <si>
     <t>Pacific Insurance Company, Limited</t>
   </si>
   <si>
     <t>Palms Specialty Insurance Company, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">700 Universe Blvd  </t>
   </si>
   <si>
     <t>Juno Beach</t>
   </si>
   <si>
     <t>Palomar Excess and Surplus Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">3601 W. 76th Street, Suite 450  </t>
   </si>
   <si>
     <t>Edina</t>
   </si>
   <si>
-    <t>Peleus Insurance Company</t>
-[...1 lines deleted...]
-  <si>
     <t>Penn America Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">3 BALA PLZ, STE 300E  </t>
   </si>
   <si>
     <t>BALA CYNWYD</t>
   </si>
   <si>
     <t>19004-3406</t>
   </si>
   <si>
     <t>Petroleum Marketers Management Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">P.O. Box 7628  </t>
   </si>
   <si>
     <t>Urbandale</t>
   </si>
   <si>
     <t>Point Excess and Surplus Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">1800 North Point Drive  </t>
@@ -1923,50 +1917,53 @@
     <t>30339-2110</t>
   </si>
   <si>
     <t>Watford Specialty Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">HARBORSIDE 3, 210 HUDSON STREET, SUITE 600 PO Box 1988 </t>
   </si>
   <si>
     <t>Westchester Surplus Lines Insurance Company</t>
   </si>
   <si>
     <t>Western World Insurance Company, Inc.</t>
   </si>
   <si>
     <t>Westfield Specialty Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">P. O. BOX 5001  </t>
   </si>
   <si>
     <t>WESTFIELD CENTER</t>
   </si>
   <si>
     <t>44251-5001</t>
+  </si>
+  <si>
+    <t>January 1, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="00000\-0000"/>
     <numFmt numFmtId="165" formatCode="mm/dd/yy;@"/>
     <numFmt numFmtId="166" formatCode="\(000\)000\-0000"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
@@ -2171,51 +2168,51 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>476250</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1295400</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1123950</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D347A185-A764-42AA-A817-188BEF8A82C3}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{083E2285-5439-4994-9E6E-5E1CDB3111EC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1250950" y="133350"/>
           <a:ext cx="819150" cy="990600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
@@ -2558,4895 +2555,4873 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1441B84C-E6F9-4171-A02D-0A16983DBD99}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{52EAE32F-624E-4931-A9EA-B0F2FEE3B58B}">
   <sheetPr codeName="Sheet6">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H2642"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="B4" sqref="B4:H4"/>
+      <selection activeCell="B1" sqref="B1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="2" customWidth="1"/>
     <col min="2" max="2" width="9.08984375" customWidth="1"/>
-    <col min="3" max="3" width="47.36328125" customWidth="1"/>
+    <col min="3" max="3" width="57.7265625" customWidth="1"/>
     <col min="4" max="4" width="42.54296875" customWidth="1"/>
-    <col min="5" max="5" width="19.36328125" customWidth="1"/>
+    <col min="5" max="5" width="14.6328125" customWidth="1"/>
     <col min="6" max="6" width="8.36328125" customWidth="1"/>
     <col min="7" max="7" width="14.54296875" customWidth="1"/>
     <col min="8" max="8" width="14.08984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="112.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="18"/>
       <c r="H1" s="18"/>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
       <c r="B2" s="2"/>
       <c r="C2" s="3"/>
       <c r="D2" s="4"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="5"/>
     </row>
     <row r="3" spans="1:8" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="1"/>
       <c r="B3" s="19" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="19"/>
       <c r="D3" s="19"/>
       <c r="E3" s="19"/>
       <c r="F3" s="19"/>
       <c r="G3" s="19"/>
       <c r="H3" s="20"/>
     </row>
     <row r="4" spans="1:8" ht="18.5" x14ac:dyDescent="0.35">
       <c r="A4" s="1"/>
       <c r="B4" s="21" t="s">
-        <v>2</v>
+        <v>611</v>
       </c>
       <c r="C4" s="21"/>
       <c r="D4" s="21"/>
       <c r="E4" s="21"/>
       <c r="F4" s="21"/>
       <c r="G4" s="21"/>
       <c r="H4" s="22"/>
     </row>
     <row r="5" spans="1:8" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A5" s="1"/>
       <c r="B5" s="6"/>
       <c r="C5" s="7"/>
       <c r="D5" s="8"/>
       <c r="E5" s="9"/>
       <c r="F5" s="9"/>
       <c r="G5" s="9"/>
       <c r="H5" s="9"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A6" s="1"/>
       <c r="B6" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C6" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="11" t="s">
+      <c r="D6" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="12" t="s">
+      <c r="E6" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="13" t="s">
+      <c r="F6" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="13" t="s">
+      <c r="G6" s="13" t="s">
         <v>7</v>
       </c>
-      <c r="G6" s="13" t="s">
+      <c r="H6" s="13" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B7" s="14">
         <v>16890</v>
       </c>
       <c r="C7" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" s="16" t="s">
         <v>10</v>
       </c>
-      <c r="D7" s="16" t="s">
+      <c r="E7" s="15" t="s">
         <v>11</v>
       </c>
-      <c r="E7" s="15" t="s">
+      <c r="F7" s="14" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G7" s="14">
         <v>30350</v>
       </c>
       <c r="H7" s="17">
         <v>8332849200</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B8" s="14">
         <v>20010</v>
       </c>
       <c r="C8" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" s="16" t="s">
         <v>14</v>
       </c>
-      <c r="D8" s="16" t="s">
+      <c r="E8" s="15" t="s">
         <v>15</v>
       </c>
-      <c r="E8" s="15" t="s">
+      <c r="F8" s="14" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G8" s="14">
         <v>27609</v>
       </c>
       <c r="H8" s="17">
         <v>8005257486</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B9" s="14">
         <v>16835</v>
       </c>
       <c r="C9" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" s="16" t="s">
         <v>18</v>
       </c>
-      <c r="D9" s="16" t="s">
+      <c r="E9" s="15" t="s">
         <v>19</v>
       </c>
-      <c r="E9" s="15" t="s">
+      <c r="F9" s="14" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="G9" s="14">
         <v>32814</v>
       </c>
       <c r="H9" s="17">
         <v>8562160220</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B10" s="14">
         <v>24856</v>
       </c>
       <c r="C10" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="D10" s="16" t="s">
         <v>22</v>
       </c>
-      <c r="D10" s="16" t="s">
+      <c r="E10" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="E10" s="15" t="s">
+      <c r="F10" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="F10" s="14" t="s">
+      <c r="G10" s="14" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="H10" s="17">
         <v>8004190530</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B11" s="14">
         <v>10389</v>
       </c>
       <c r="C11" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="D11" s="16" t="s">
         <v>27</v>
       </c>
-      <c r="D11" s="16" t="s">
+      <c r="E11" s="15" t="s">
         <v>28</v>
       </c>
-      <c r="E11" s="15" t="s">
+      <c r="F11" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="G11" s="14" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
       <c r="H11" s="17">
         <v>3364352000</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B12" s="14">
         <v>26883</v>
       </c>
       <c r="C12" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" s="16" t="s">
         <v>31</v>
       </c>
-      <c r="D12" s="16" t="s">
+      <c r="E12" s="15" t="s">
         <v>32</v>
       </c>
-      <c r="E12" s="15" t="s">
+      <c r="F12" s="14" t="s">
         <v>33</v>
       </c>
-      <c r="F12" s="14" t="s">
+      <c r="G12" s="14" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="H12" s="17"/>
     </row>
     <row r="13" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B13" s="14">
         <v>12833</v>
       </c>
       <c r="C13" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="D13" s="16" t="s">
         <v>36</v>
       </c>
-      <c r="D13" s="16" t="s">
+      <c r="E13" s="15" t="s">
         <v>37</v>
       </c>
-      <c r="E13" s="15" t="s">
+      <c r="F13" s="14" t="s">
         <v>38</v>
       </c>
-      <c r="F13" s="14" t="s">
+      <c r="G13" s="14" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="H13" s="17"/>
     </row>
     <row r="14" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B14" s="14">
         <v>36420</v>
       </c>
       <c r="C14" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="D14" s="16" t="s">
         <v>41</v>
       </c>
-      <c r="D14" s="16" t="s">
+      <c r="E14" s="15" t="s">
         <v>42</v>
       </c>
-      <c r="E14" s="15" t="s">
+      <c r="F14" s="14" t="s">
         <v>43</v>
       </c>
-      <c r="F14" s="14" t="s">
+      <c r="G14" s="14" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="H14" s="17">
         <v>3122243300</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B15" s="14">
         <v>19489</v>
       </c>
       <c r="C15" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="D15" s="16" t="s">
         <v>46</v>
       </c>
-      <c r="D15" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="F15" s="14" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G15" s="14">
         <v>10038</v>
       </c>
       <c r="H15" s="17">
         <v>8003998093</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B16" s="14">
         <v>24319</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D16" s="16" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E16" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="F16" s="14" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G16" s="14">
         <v>10038</v>
       </c>
       <c r="H16" s="17"/>
     </row>
     <row r="17" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B17" s="14">
         <v>17091</v>
       </c>
       <c r="C17" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="D17" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="D17" s="16" t="s">
+      <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
-      <c r="E17" s="15" t="s">
+      <c r="F17" s="14" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G17" s="14">
         <v>75201</v>
       </c>
       <c r="H17" s="17">
         <v>2143299374</v>
       </c>
     </row>
     <row r="18" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B18" s="14">
         <v>43117</v>
       </c>
       <c r="C18" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="D18" s="16" t="s">
         <v>53</v>
       </c>
-      <c r="D18" s="16" t="s">
+      <c r="E18" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="E18" s="15" t="s">
+      <c r="F18" s="14" t="s">
         <v>55</v>
       </c>
-      <c r="F18" s="14" t="s">
+      <c r="G18" s="14" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="H18" s="17">
         <v>8602770111</v>
       </c>
     </row>
     <row r="19" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B19" s="14">
         <v>10245</v>
       </c>
       <c r="C19" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="D19" s="16" t="s">
         <v>58</v>
       </c>
-      <c r="D19" s="16" t="s">
+      <c r="E19" s="15" t="s">
         <v>59</v>
       </c>
-      <c r="E19" s="15" t="s">
+      <c r="F19" s="14" t="s">
         <v>60</v>
       </c>
-      <c r="F19" s="14" t="s">
+      <c r="G19" s="14" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="H19" s="17">
         <v>3022522000</v>
       </c>
     </row>
     <row r="20" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B20" s="14">
         <v>10043</v>
       </c>
       <c r="C20" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="D20" s="16" t="s">
         <v>63</v>
       </c>
-      <c r="D20" s="16" t="s">
+      <c r="E20" s="15" t="s">
         <v>64</v>
       </c>
-      <c r="E20" s="15" t="s">
+      <c r="F20" s="14" t="s">
         <v>65</v>
       </c>
-      <c r="F20" s="14" t="s">
+      <c r="G20" s="14" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="H20" s="17">
         <v>4178874990</v>
       </c>
     </row>
     <row r="21" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B21" s="14">
         <v>17565</v>
       </c>
       <c r="C21" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D21" s="16" t="s">
         <v>68</v>
       </c>
-      <c r="D21" s="16" t="s">
+      <c r="E21" s="15" t="s">
         <v>69</v>
       </c>
-      <c r="E21" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="14" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G21" s="14">
         <v>75240</v>
       </c>
       <c r="H21" s="17">
         <v>2143694900</v>
       </c>
     </row>
     <row r="22" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B22" s="14">
         <v>10316</v>
       </c>
       <c r="C22" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="D22" s="16" t="s">
         <v>71</v>
       </c>
-      <c r="D22" s="16" t="s">
+      <c r="E22" s="15" t="s">
         <v>72</v>
       </c>
-      <c r="E22" s="15" t="s">
+      <c r="F22" s="14" t="s">
         <v>73</v>
       </c>
-      <c r="F22" s="14" t="s">
+      <c r="G22" s="14" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="H22" s="17">
         <v>4012753000</v>
       </c>
     </row>
     <row r="23" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B23" s="14">
         <v>21199</v>
       </c>
       <c r="C23" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="D23" s="16" t="s">
         <v>76</v>
       </c>
-      <c r="D23" s="16" t="s">
+      <c r="E23" s="15" t="s">
         <v>77</v>
       </c>
-      <c r="E23" s="15" t="s">
+      <c r="F23" s="14" t="s">
         <v>78</v>
       </c>
-      <c r="F23" s="14" t="s">
+      <c r="G23" s="14" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="H23" s="17">
         <v>8165317668</v>
       </c>
     </row>
     <row r="24" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B24" s="14">
         <v>16141</v>
       </c>
       <c r="C24" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="D24" s="16" t="s">
         <v>81</v>
       </c>
-      <c r="D24" s="16" t="s">
+      <c r="E24" s="15" t="s">
         <v>82</v>
       </c>
-      <c r="E24" s="15" t="s">
+      <c r="F24" s="14" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G24" s="14">
         <v>49525</v>
       </c>
       <c r="H24" s="17">
         <v>6163651542</v>
       </c>
     </row>
     <row r="25" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B25" s="14">
         <v>45055</v>
       </c>
       <c r="C25" s="15" t="s">
+        <v>84</v>
+      </c>
+      <c r="D25" s="16" t="s">
         <v>85</v>
       </c>
-      <c r="D25" s="16" t="s">
+      <c r="E25" s="15" t="s">
         <v>86</v>
       </c>
-      <c r="E25" s="15" t="s">
+      <c r="F25" s="14" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="G25" s="14">
         <v>39158</v>
       </c>
       <c r="H25" s="17">
         <v>6469561574</v>
       </c>
     </row>
     <row r="26" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B26" s="14">
         <v>10717</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D26" s="16" t="s">
         <v>89</v>
       </c>
-      <c r="D26" s="16" t="s">
+      <c r="E26" s="15" t="s">
         <v>90</v>
       </c>
-      <c r="E26" s="15" t="s">
+      <c r="F26" s="14" t="s">
+        <v>55</v>
+      </c>
+      <c r="G26" s="14" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
       <c r="H26" s="17">
         <v>8882583500</v>
       </c>
     </row>
     <row r="27" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B27" s="14">
         <v>23140</v>
       </c>
       <c r="C27" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="D27" s="16" t="s">
         <v>93</v>
       </c>
-      <c r="D27" s="16" t="s">
+      <c r="E27" s="15" t="s">
         <v>94</v>
       </c>
-      <c r="E27" s="15" t="s">
+      <c r="F27" s="14" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="G27" s="14">
         <v>44114</v>
       </c>
       <c r="H27" s="17">
         <v>5619949888</v>
       </c>
     </row>
     <row r="28" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B28" s="14">
         <v>17159</v>
       </c>
       <c r="C28" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="D28" s="16" t="s">
         <v>97</v>
       </c>
-      <c r="D28" s="16" t="s">
+      <c r="E28" s="15" t="s">
         <v>98</v>
       </c>
-      <c r="E28" s="15" t="s">
+      <c r="F28" s="14" t="s">
+        <v>83</v>
+      </c>
+      <c r="G28" s="14" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
       <c r="H28" s="17">
         <v>8003476658</v>
       </c>
     </row>
     <row r="29" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B29" s="14">
         <v>19607</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="D29" s="16" t="s">
         <v>101</v>
       </c>
-      <c r="D29" s="16" t="s">
+      <c r="E29" s="15" t="s">
         <v>102</v>
       </c>
-      <c r="E29" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" s="14" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G29" s="14">
         <v>30326</v>
       </c>
       <c r="H29" s="17">
         <v>8883389522</v>
       </c>
     </row>
     <row r="30" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B30" s="14">
         <v>16427</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>103</v>
+      </c>
+      <c r="D30" s="16" t="s">
         <v>104</v>
       </c>
-      <c r="D30" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E30" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="F30" s="14" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="G30" s="14">
         <v>852601965</v>
       </c>
       <c r="H30" s="17">
         <v>4802372417</v>
       </c>
     </row>
     <row r="31" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B31" s="14">
         <v>42846</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="D31" s="16" t="s">
         <v>106</v>
       </c>
-      <c r="D31" s="16" t="s">
+      <c r="E31" s="15" t="s">
         <v>107</v>
       </c>
-      <c r="E31" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="14" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G31" s="14">
         <v>27534</v>
       </c>
       <c r="H31" s="17">
         <v>9197593276</v>
       </c>
     </row>
     <row r="32" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B32" s="14">
         <v>15708</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="D32" s="16" t="s">
         <v>109</v>
       </c>
-      <c r="D32" s="16" t="s">
+      <c r="E32" s="15" t="s">
         <v>110</v>
       </c>
-      <c r="E32" s="15" t="s">
+      <c r="F32" s="14" t="s">
+        <v>55</v>
+      </c>
+      <c r="G32" s="14" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
       <c r="H32" s="17">
         <v>2039921414</v>
       </c>
     </row>
     <row r="33" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B33" s="14">
         <v>26620</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D33" s="16" t="s">
         <v>113</v>
       </c>
-      <c r="D33" s="16" t="s">
+      <c r="E33" s="15" t="s">
         <v>114</v>
       </c>
-      <c r="E33" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F33" s="14" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G33" s="14">
         <v>30009</v>
       </c>
       <c r="H33" s="17">
         <v>3129770700</v>
       </c>
     </row>
     <row r="34" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B34" s="14">
         <v>16495</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="D34" s="16" t="s">
         <v>116</v>
       </c>
-      <c r="D34" s="16" t="s">
+      <c r="E34" s="15" t="s">
         <v>117</v>
       </c>
-      <c r="E34" s="15" t="s">
+      <c r="F34" s="14" t="s">
         <v>118</v>
       </c>
-      <c r="F34" s="14" t="s">
+      <c r="G34" s="14" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="H34" s="17">
         <v>5708259900</v>
       </c>
     </row>
     <row r="35" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B35" s="14">
         <v>17520</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D35" s="16" t="s">
         <v>121</v>
       </c>
-      <c r="D35" s="16" t="s">
+      <c r="E35" s="15" t="s">
         <v>122</v>
       </c>
-      <c r="E35" s="15" t="s">
+      <c r="F35" s="14" t="s">
+        <v>55</v>
+      </c>
+      <c r="G35" s="14" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
       <c r="H35" s="17">
         <v>8606744657</v>
       </c>
     </row>
     <row r="36" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B36" s="14">
         <v>17180</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D36" s="16" t="s">
         <v>125</v>
       </c>
-      <c r="D36" s="16" t="s">
+      <c r="E36" s="15" t="s">
         <v>126</v>
       </c>
-      <c r="E36" s="15" t="s">
+      <c r="F36" s="14" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="G36" s="14">
         <v>55391</v>
       </c>
       <c r="H36" s="17">
         <v>9529742265</v>
       </c>
     </row>
     <row r="37" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B37" s="14">
         <v>39462</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="D37" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="E37" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="E37" s="15" t="s">
+      <c r="F37" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="F37" s="14" t="s">
+      <c r="G37" s="14" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="H37" s="17"/>
     </row>
     <row r="38" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B38" s="14">
         <v>17673</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>129</v>
+      </c>
+      <c r="D38" s="16" t="s">
         <v>130</v>
       </c>
-      <c r="D38" s="16" t="s">
+      <c r="E38" s="15" t="s">
         <v>131</v>
       </c>
-      <c r="E38" s="15" t="s">
+      <c r="F38" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="G38" s="14" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
       <c r="H38" s="17">
         <v>4805096627</v>
       </c>
     </row>
     <row r="39" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B39" s="14">
         <v>17412</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="D39" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="E39" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="E39" s="15" t="s">
+      <c r="F39" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="F39" s="14" t="s">
+      <c r="G39" s="14" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="H39" s="17">
         <v>4805096627</v>
       </c>
     </row>
     <row r="40" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B40" s="14">
         <v>31295</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D40" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="E40" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="E40" s="15" t="s">
+      <c r="F40" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="F40" s="14" t="s">
+      <c r="G40" s="14" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="H40" s="17">
         <v>4804445950</v>
       </c>
     </row>
     <row r="41" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B41" s="14">
         <v>11014</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="D41" s="16" t="s">
         <v>136</v>
       </c>
-      <c r="D41" s="16" t="s">
+      <c r="E41" s="15" t="s">
         <v>137</v>
       </c>
-      <c r="E41" s="15" t="s">
+      <c r="F41" s="14" t="s">
         <v>138</v>
       </c>
-      <c r="F41" s="14" t="s">
+      <c r="G41" s="14" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="H41" s="17">
         <v>4023937255</v>
       </c>
     </row>
     <row r="42" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B42" s="14">
         <v>16924</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>140</v>
+      </c>
+      <c r="D42" s="16" t="s">
         <v>141</v>
       </c>
-      <c r="D42" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E42" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="F42" s="14" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G42" s="14">
         <v>10018</v>
       </c>
       <c r="H42" s="17">
         <v>5164151751</v>
       </c>
     </row>
     <row r="43" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B43" s="14">
         <v>17166</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="D43" s="16" t="s">
         <v>143</v>
       </c>
-      <c r="D43" s="16" t="s">
+      <c r="E43" s="15" t="s">
         <v>144</v>
       </c>
-      <c r="E43" s="15" t="s">
+      <c r="F43" s="14" t="s">
         <v>145</v>
       </c>
-      <c r="F43" s="14" t="s">
+      <c r="G43" s="14" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="H43" s="17">
         <v>4055836100</v>
       </c>
     </row>
     <row r="44" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B44" s="14">
         <v>12489</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="D44" s="16" t="s">
         <v>148</v>
       </c>
-      <c r="D44" s="16" t="s">
+      <c r="E44" s="15" t="s">
         <v>149</v>
       </c>
-      <c r="E44" s="15" t="s">
+      <c r="F44" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="G44" s="14" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
       <c r="H44" s="17"/>
     </row>
     <row r="45" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B45" s="14">
         <v>23620</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="D45" s="16" t="s">
         <v>152</v>
       </c>
-      <c r="D45" s="16" t="s">
+      <c r="E45" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F45" s="14" t="s">
+        <v>55</v>
+      </c>
+      <c r="G45" s="14" t="s">
         <v>153</v>
-      </c>
-[...7 lines deleted...]
-        <v>154</v>
       </c>
       <c r="H45" s="17">
         <v>8774342667</v>
       </c>
     </row>
     <row r="46" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B46" s="14">
         <v>12961</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>154</v>
+      </c>
+      <c r="D46" s="16" t="s">
         <v>155</v>
       </c>
-      <c r="D46" s="16" t="s">
+      <c r="E46" s="15" t="s">
         <v>156</v>
       </c>
-      <c r="E46" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F46" s="14" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="G46" s="14">
         <v>60606</v>
       </c>
       <c r="H46" s="17"/>
     </row>
     <row r="47" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B47" s="14">
         <v>10328</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>157</v>
+      </c>
+      <c r="D47" s="16" t="s">
         <v>158</v>
       </c>
-      <c r="D47" s="16" t="s">
+      <c r="E47" s="15" t="s">
         <v>159</v>
       </c>
-      <c r="E47" s="15" t="s">
+      <c r="F47" s="14" t="s">
         <v>160</v>
       </c>
-      <c r="F47" s="14" t="s">
+      <c r="G47" s="14" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="H47" s="17">
         <v>8004754450</v>
       </c>
     </row>
     <row r="48" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B48" s="14">
         <v>15989</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>162</v>
+      </c>
+      <c r="D48" s="16" t="s">
         <v>163</v>
       </c>
-      <c r="D48" s="16" t="s">
+      <c r="E48" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="F48" s="14" t="s">
+        <v>138</v>
+      </c>
+      <c r="G48" s="14" t="s">
         <v>164</v>
-      </c>
-[...7 lines deleted...]
-        <v>165</v>
       </c>
       <c r="H48" s="17"/>
     </row>
     <row r="49" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B49" s="14">
         <v>36951</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="D49" s="16" t="s">
         <v>166</v>
       </c>
-      <c r="D49" s="16" t="s">
+      <c r="E49" s="15" t="s">
         <v>167</v>
       </c>
-      <c r="E49" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F49" s="14" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G49" s="14">
         <v>43082</v>
       </c>
       <c r="H49" s="17">
         <v>8008787389</v>
       </c>
     </row>
     <row r="50" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B50" s="14">
         <v>16834</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="D50" s="16" t="s">
         <v>169</v>
       </c>
-      <c r="D50" s="16" t="s">
+      <c r="E50" s="15" t="s">
         <v>170</v>
       </c>
-      <c r="E50" s="15" t="s">
+      <c r="F50" s="14" t="s">
         <v>171</v>
       </c>
-      <c r="F50" s="14" t="s">
+      <c r="G50" s="14" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="H50" s="17">
         <v>3133359545</v>
       </c>
     </row>
     <row r="51" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B51" s="14">
         <v>38989</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="D51" s="16" t="s">
         <v>174</v>
       </c>
-      <c r="D51" s="16" t="s">
+      <c r="E51" s="15" t="s">
         <v>175</v>
       </c>
-      <c r="E51" s="15" t="s">
+      <c r="F51" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="G51" s="14" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
       <c r="H51" s="17">
         <v>9089032000</v>
       </c>
     </row>
     <row r="52" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B52" s="14">
         <v>13037</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>177</v>
+      </c>
+      <c r="D52" s="16" t="s">
         <v>178</v>
       </c>
-      <c r="D52" s="16" t="s">
+      <c r="E52" s="15" t="s">
         <v>179</v>
       </c>
-      <c r="E52" s="15" t="s">
+      <c r="F52" s="14" t="s">
+        <v>95</v>
+      </c>
+      <c r="G52" s="14" t="s">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>181</v>
       </c>
       <c r="H52" s="17">
         <v>5138702000</v>
       </c>
     </row>
     <row r="53" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B53" s="14">
         <v>37745</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="D53" s="16" t="s">
         <v>182</v>
       </c>
-      <c r="D53" s="16" t="s">
+      <c r="E53" s="15" t="s">
         <v>183</v>
       </c>
-      <c r="E53" s="15" t="s">
+      <c r="F53" s="14" t="s">
         <v>184</v>
       </c>
-      <c r="F53" s="14" t="s">
+      <c r="G53" s="14" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="H53" s="17">
         <v>7873392100</v>
       </c>
     </row>
     <row r="54" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B54" s="14">
         <v>15872</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="D54" s="16" t="s">
         <v>187</v>
       </c>
-      <c r="D54" s="16" t="s">
+      <c r="E54" s="15" t="s">
         <v>188</v>
       </c>
-      <c r="E54" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F54" s="14" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="G54" s="14">
         <v>54452</v>
       </c>
       <c r="H54" s="17">
         <v>7155365577</v>
       </c>
     </row>
     <row r="55" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B55" s="14">
         <v>39993</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>189</v>
+      </c>
+      <c r="D55" s="16" t="s">
         <v>190</v>
       </c>
-      <c r="D55" s="16" t="s">
+      <c r="E55" s="15" t="s">
         <v>191</v>
       </c>
-      <c r="E55" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F55" s="14" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G55" s="14">
         <v>78246</v>
       </c>
       <c r="H55" s="17"/>
     </row>
     <row r="56" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B56" s="14">
         <v>31127</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="D56" s="16" t="s">
         <v>193</v>
       </c>
-      <c r="D56" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E56" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="F56" s="14" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G56" s="14">
         <v>60606</v>
       </c>
       <c r="H56" s="17">
         <v>3128225000</v>
       </c>
     </row>
     <row r="57" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B57" s="14">
         <v>17151</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="D57" s="16" t="s">
         <v>195</v>
       </c>
-      <c r="D57" s="16" t="s">
+      <c r="E57" s="15" t="s">
         <v>196</v>
       </c>
-      <c r="E57" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F57" s="14" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="G57" s="14">
         <v>60008</v>
       </c>
       <c r="H57" s="17">
         <v>8473076301</v>
       </c>
     </row>
     <row r="58" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B58" s="14">
         <v>16923</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>197</v>
+      </c>
+      <c r="D58" s="16" t="s">
         <v>198</v>
       </c>
-      <c r="D58" s="16" t="s">
+      <c r="E58" s="15" t="s">
         <v>199</v>
       </c>
-      <c r="E58" s="15" t="s">
+      <c r="F58" s="14" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="G58" s="14">
         <v>21094</v>
       </c>
       <c r="H58" s="17">
         <v>4106250800</v>
       </c>
     </row>
     <row r="59" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B59" s="14">
         <v>15686</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>201</v>
+      </c>
+      <c r="D59" s="16" t="s">
         <v>202</v>
       </c>
-      <c r="D59" s="16" t="s">
+      <c r="E59" s="15" t="s">
         <v>203</v>
       </c>
-      <c r="E59" s="15" t="s">
+      <c r="F59" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="G59" s="14" t="s">
         <v>204</v>
-      </c>
-[...4 lines deleted...]
-        <v>205</v>
       </c>
       <c r="H59" s="17">
         <v>8002256168</v>
       </c>
     </row>
     <row r="60" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B60" s="14">
         <v>13027</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>205</v>
+      </c>
+      <c r="D60" s="16" t="s">
         <v>206</v>
       </c>
-      <c r="D60" s="16" t="s">
+      <c r="E60" s="15" t="s">
         <v>207</v>
       </c>
-      <c r="E60" s="15" t="s">
+      <c r="F60" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" s="14" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
       <c r="H60" s="17">
         <v>4042312366</v>
       </c>
     </row>
     <row r="61" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B61" s="14">
         <v>17372</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>209</v>
+      </c>
+      <c r="D61" s="16" t="s">
         <v>210</v>
       </c>
-      <c r="D61" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E61" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="F61" s="14" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="G61" s="14">
         <v>68114</v>
       </c>
       <c r="H61" s="17">
         <v>8336338666</v>
       </c>
     </row>
     <row r="62" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B62" s="14">
         <v>44520</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>211</v>
+      </c>
+      <c r="D62" s="16" t="s">
         <v>212</v>
       </c>
-      <c r="D62" s="16" t="s">
+      <c r="E62" s="15" t="s">
         <v>213</v>
       </c>
-      <c r="E62" s="15" t="s">
+      <c r="F62" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="G62" s="14" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>215</v>
       </c>
       <c r="H62" s="17"/>
     </row>
     <row r="63" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B63" s="14">
         <v>12758</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>215</v>
+      </c>
+      <c r="D63" s="16" t="s">
         <v>216</v>
       </c>
-      <c r="D63" s="16" t="s">
+      <c r="E63" s="15" t="s">
         <v>217</v>
       </c>
-      <c r="E63" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F63" s="14" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="G63" s="14">
         <v>53705</v>
       </c>
       <c r="H63" s="17">
         <v>6082385851</v>
       </c>
     </row>
     <row r="64" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B64" s="14">
         <v>10953</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>218</v>
+      </c>
+      <c r="D64" s="16" t="s">
         <v>219</v>
       </c>
-      <c r="D64" s="16" t="s">
+      <c r="E64" s="15" t="s">
         <v>220</v>
       </c>
-      <c r="E64" s="15" t="s">
+      <c r="F64" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" s="14" t="s">
         <v>221</v>
-      </c>
-[...4 lines deleted...]
-        <v>222</v>
       </c>
       <c r="H64" s="17">
         <v>9049924492</v>
       </c>
     </row>
     <row r="65" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B65" s="14">
         <v>17332</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="D65" s="16" t="s">
         <v>223</v>
       </c>
-      <c r="D65" s="16" t="s">
+      <c r="E65" s="15" t="s">
         <v>224</v>
       </c>
-      <c r="E65" s="15" t="s">
+      <c r="F65" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="G65" s="14" t="s">
         <v>225</v>
-      </c>
-[...4 lines deleted...]
-        <v>226</v>
       </c>
       <c r="H65" s="17">
         <v>8167437700</v>
       </c>
     </row>
     <row r="66" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B66" s="14">
         <v>17527</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>226</v>
+      </c>
+      <c r="D66" s="16" t="s">
         <v>227</v>
       </c>
-      <c r="D66" s="16" t="s">
+      <c r="E66" s="15" t="s">
         <v>228</v>
       </c>
-      <c r="E66" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F66" s="14" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G66" s="14" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="H66" s="17">
         <v>8623328050</v>
       </c>
     </row>
     <row r="67" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B67" s="14">
         <v>21334</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="D67" s="16" t="s">
         <v>230</v>
       </c>
-      <c r="D67" s="16" t="s">
+      <c r="E67" s="15" t="s">
         <v>231</v>
       </c>
-      <c r="E67" s="15" t="s">
+      <c r="F67" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G67" s="14" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
       <c r="H67" s="17"/>
     </row>
     <row r="68" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B68" s="14">
         <v>41718</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>233</v>
+      </c>
+      <c r="D68" s="16" t="s">
         <v>234</v>
       </c>
-      <c r="D68" s="16" t="s">
+      <c r="E68" s="15" t="s">
         <v>235</v>
       </c>
-      <c r="E68" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F68" s="14" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G68" s="14">
         <v>10577</v>
       </c>
       <c r="H68" s="17"/>
     </row>
     <row r="69" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B69" s="14">
         <v>35378</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="D69" s="16" t="s">
         <v>237</v>
       </c>
-      <c r="D69" s="16" t="s">
+      <c r="E69" s="15" t="s">
         <v>238</v>
       </c>
-      <c r="E69" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F69" s="14" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="G69" s="14">
         <v>60018</v>
       </c>
       <c r="H69" s="17">
         <v>8475726000</v>
       </c>
     </row>
     <row r="70" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B70" s="14">
         <v>10851</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>239</v>
+      </c>
+      <c r="D70" s="16" t="s">
         <v>240</v>
       </c>
-      <c r="D70" s="16" t="s">
+      <c r="E70" s="15" t="s">
         <v>241</v>
       </c>
-      <c r="E70" s="15" t="s">
+      <c r="F70" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="G70" s="14" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>243</v>
       </c>
       <c r="H70" s="17">
         <v>9086046000</v>
       </c>
     </row>
     <row r="71" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B71" s="14">
         <v>16882</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>243</v>
+      </c>
+      <c r="D71" s="16" t="s">
         <v>244</v>
       </c>
-      <c r="D71" s="16" t="s">
+      <c r="E71" s="15" t="s">
         <v>245</v>
       </c>
-      <c r="E71" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F71" s="14" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G71" s="14">
         <v>90401</v>
       </c>
       <c r="H71" s="17">
         <v>3108890971</v>
       </c>
     </row>
     <row r="72" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B72" s="14">
         <v>44792</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D72" s="16" t="s">
+        <v>174</v>
+      </c>
+      <c r="E72" s="15" t="s">
         <v>175</v>
       </c>
-      <c r="E72" s="15" t="s">
+      <c r="F72" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="G72" s="14" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
       <c r="H72" s="17"/>
     </row>
     <row r="73" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B73" s="14">
         <v>15201</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>247</v>
+      </c>
+      <c r="D73" s="16" t="s">
         <v>248</v>
       </c>
-      <c r="D73" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E73" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="F73" s="14" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G73" s="14">
         <v>10006</v>
       </c>
       <c r="H73" s="17">
         <v>2123652200</v>
       </c>
     </row>
     <row r="74" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B74" s="14">
         <v>15884</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="D74" s="16" t="s">
         <v>250</v>
       </c>
-      <c r="D74" s="16" t="s">
+      <c r="E74" s="15" t="s">
         <v>251</v>
       </c>
-      <c r="E74" s="15" t="s">
+      <c r="F74" s="14" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="G74" s="14">
         <v>23261</v>
       </c>
       <c r="H74" s="17">
         <v>9198823500</v>
       </c>
     </row>
     <row r="75" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B75" s="14">
         <v>17333</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>253</v>
+      </c>
+      <c r="D75" s="16" t="s">
         <v>254</v>
       </c>
-      <c r="D75" s="16" t="s">
+      <c r="E75" s="15" t="s">
         <v>255</v>
       </c>
-      <c r="E75" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F75" s="14" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="G75" s="14">
         <v>55060</v>
       </c>
       <c r="H75" s="17">
         <v>5074555200</v>
       </c>
     </row>
     <row r="76" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B76" s="14">
         <v>11380</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="D76" s="16" t="s">
+        <v>41</v>
+      </c>
+      <c r="E76" s="15" t="s">
         <v>42</v>
       </c>
-      <c r="E76" s="15" t="s">
+      <c r="F76" s="14" t="s">
         <v>43</v>
       </c>
-      <c r="F76" s="14" t="s">
+      <c r="G76" s="14" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="H76" s="17">
         <v>8884667883</v>
       </c>
     </row>
     <row r="77" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B77" s="14">
         <v>10657</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="D77" s="16" t="s">
+        <v>212</v>
+      </c>
+      <c r="E77" s="15" t="s">
         <v>213</v>
       </c>
-      <c r="E77" s="15" t="s">
+      <c r="F77" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="G77" s="14" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>215</v>
       </c>
       <c r="H77" s="17"/>
     </row>
     <row r="78" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B78" s="14">
         <v>17460</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>258</v>
+      </c>
+      <c r="D78" s="16" t="s">
         <v>259</v>
       </c>
-      <c r="D78" s="16" t="s">
+      <c r="E78" s="15" t="s">
         <v>260</v>
       </c>
-      <c r="E78" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F78" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G78" s="14">
         <v>33481</v>
       </c>
       <c r="H78" s="17">
         <v>5617206489</v>
       </c>
     </row>
     <row r="79" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B79" s="14">
         <v>16823</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>261</v>
+      </c>
+      <c r="D79" s="16" t="s">
         <v>262</v>
       </c>
-      <c r="D79" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E79" s="15" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="F79" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G79" s="14">
         <v>32256</v>
       </c>
       <c r="H79" s="17">
         <v>9043509660</v>
       </c>
     </row>
     <row r="80" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B80" s="14">
         <v>10833</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="D80" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="E80" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="E80" s="15" t="s">
+      <c r="F80" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="F80" s="14" t="s">
+      <c r="G80" s="14" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="H80" s="17">
         <v>8008662308</v>
       </c>
     </row>
     <row r="81" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B81" s="14">
         <v>20559</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>264</v>
+      </c>
+      <c r="D81" s="16" t="s">
         <v>265</v>
       </c>
-      <c r="D81" s="16" t="s">
+      <c r="E81" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="F81" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G81" s="14" t="s">
         <v>266</v>
-      </c>
-[...7 lines deleted...]
-        <v>267</v>
       </c>
       <c r="H81" s="17"/>
     </row>
     <row r="82" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B82" s="14">
         <v>37362</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>267</v>
+      </c>
+      <c r="D82" s="16" t="s">
         <v>268</v>
       </c>
-      <c r="D82" s="16" t="s">
+      <c r="E82" s="15" t="s">
         <v>269</v>
       </c>
-      <c r="E82" s="15" t="s">
+      <c r="F82" s="14" t="s">
+        <v>55</v>
+      </c>
+      <c r="G82" s="14" t="s">
         <v>270</v>
-      </c>
-[...4 lines deleted...]
-        <v>271</v>
       </c>
       <c r="H82" s="17"/>
     </row>
     <row r="83" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B83" s="14">
         <v>10182</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>271</v>
+      </c>
+      <c r="D83" s="16" t="s">
         <v>272</v>
       </c>
-      <c r="D83" s="16" t="s">
+      <c r="E83" s="15" t="s">
         <v>273</v>
       </c>
-      <c r="E83" s="15" t="s">
+      <c r="F83" s="14" t="s">
+        <v>60</v>
+      </c>
+      <c r="G83" s="14" t="s">
         <v>274</v>
-      </c>
-[...4 lines deleted...]
-        <v>275</v>
       </c>
       <c r="H83" s="17">
         <v>6513107911</v>
       </c>
     </row>
     <row r="84" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B84" s="14">
         <v>10814</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>275</v>
+      </c>
+      <c r="D84" s="16" t="s">
         <v>276</v>
       </c>
-      <c r="D84" s="16" t="s">
+      <c r="E84" s="15" t="s">
         <v>277</v>
       </c>
-      <c r="E84" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F84" s="14" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G84" s="14">
         <v>10118</v>
       </c>
       <c r="H84" s="17">
         <v>2126839700</v>
       </c>
     </row>
     <row r="85" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B85" s="14">
         <v>39861</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>278</v>
+      </c>
+      <c r="D85" s="16" t="s">
         <v>279</v>
       </c>
-      <c r="D85" s="16" t="s">
+      <c r="E85" s="15" t="s">
         <v>280</v>
       </c>
-      <c r="E85" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F85" s="14" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G85" s="14">
         <v>95201</v>
       </c>
       <c r="H85" s="17">
         <v>2099488191</v>
       </c>
     </row>
     <row r="86" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B86" s="14">
         <v>25569</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>281</v>
+      </c>
+      <c r="D86" s="16" t="s">
         <v>282</v>
       </c>
-      <c r="D86" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E86" s="15" t="s">
+        <v>213</v>
+      </c>
+      <c r="F86" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="G86" s="14" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>215</v>
       </c>
       <c r="H86" s="17">
         <v>2125510600</v>
       </c>
     </row>
     <row r="87" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B87" s="14">
         <v>15889</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>283</v>
+      </c>
+      <c r="D87" s="16" t="s">
         <v>284</v>
       </c>
-      <c r="D87" s="16" t="s">
+      <c r="E87" s="15" t="s">
         <v>285</v>
       </c>
-      <c r="E87" s="15" t="s">
+      <c r="F87" s="14" t="s">
         <v>286</v>
       </c>
-      <c r="F87" s="14" t="s">
+      <c r="G87" s="14" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="H87" s="17">
         <v>5048887790</v>
       </c>
     </row>
     <row r="88" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B88" s="14">
         <v>37532</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>288</v>
+      </c>
+      <c r="D88" s="16" t="s">
         <v>289</v>
       </c>
-      <c r="D88" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E88" s="15" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="F88" s="14" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G88" s="14">
         <v>45202</v>
       </c>
       <c r="H88" s="17"/>
     </row>
     <row r="89" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B89" s="14">
         <v>41858</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="D89" s="16" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="F89" s="14" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G89" s="14">
         <v>45202</v>
       </c>
       <c r="H89" s="17"/>
     </row>
     <row r="90" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B90" s="14">
         <v>38580</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="D90" s="16" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="F90" s="14" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G90" s="14">
         <v>45202</v>
       </c>
       <c r="H90" s="17">
         <v>5133695000</v>
       </c>
     </row>
     <row r="91" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B91" s="14">
         <v>35351</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="D91" s="16" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="F91" s="14" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G91" s="14">
         <v>45202</v>
       </c>
       <c r="H91" s="17">
         <v>5133693000</v>
       </c>
     </row>
     <row r="92" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B92" s="14">
         <v>14167</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>293</v>
+      </c>
+      <c r="D92" s="16" t="s">
         <v>294</v>
       </c>
-      <c r="D92" s="16" t="s">
+      <c r="E92" s="15" t="s">
         <v>295</v>
       </c>
-      <c r="E92" s="15" t="s">
+      <c r="F92" s="14" t="s">
         <v>296</v>
       </c>
-      <c r="F92" s="14" t="s">
+      <c r="G92" s="14" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="H92" s="17">
         <v>5152675000</v>
       </c>
     </row>
     <row r="93" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B93" s="14">
         <v>10956</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="D93" s="16" t="s">
+        <v>152</v>
+      </c>
+      <c r="E93" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F93" s="14" t="s">
+        <v>55</v>
+      </c>
+      <c r="G93" s="14" t="s">
         <v>153</v>
-      </c>
-[...7 lines deleted...]
-        <v>154</v>
       </c>
       <c r="H93" s="17">
         <v>8774342667</v>
       </c>
     </row>
     <row r="94" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B94" s="14">
         <v>42811</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="D94" s="16" t="s">
+        <v>53</v>
+      </c>
+      <c r="E94" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="E94" s="15" t="s">
+      <c r="F94" s="14" t="s">
         <v>55</v>
       </c>
-      <c r="F94" s="14" t="s">
+      <c r="G94" s="14" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="H94" s="17">
         <v>8602770111</v>
       </c>
     </row>
     <row r="95" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B95" s="14">
         <v>17534</v>
       </c>
       <c r="C95" s="15" t="s">
+        <v>300</v>
+      </c>
+      <c r="D95" s="16" t="s">
         <v>301</v>
       </c>
-      <c r="D95" s="16" t="s">
+      <c r="E95" s="15" t="s">
         <v>302</v>
       </c>
-      <c r="E95" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F95" s="14" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G95" s="14">
         <v>30004</v>
       </c>
       <c r="H95" s="17">
         <v>8888314742</v>
       </c>
     </row>
     <row r="96" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B96" s="14">
         <v>26808</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>303</v>
+      </c>
+      <c r="D96" s="16" t="s">
         <v>304</v>
       </c>
-      <c r="D96" s="16" t="s">
+      <c r="E96" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F96" s="14" t="s">
+        <v>51</v>
+      </c>
+      <c r="G96" s="14" t="s">
         <v>305</v>
-      </c>
-[...7 lines deleted...]
-        <v>306</v>
       </c>
       <c r="H96" s="17">
         <v>8173481600</v>
       </c>
     </row>
     <row r="97" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B97" s="14">
         <v>17178</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>306</v>
+      </c>
+      <c r="D97" s="16" t="s">
         <v>307</v>
       </c>
-      <c r="D97" s="16" t="s">
+      <c r="E97" s="15" t="s">
         <v>308</v>
       </c>
-      <c r="E97" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F97" s="14" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="G97" s="14">
         <v>23060</v>
       </c>
       <c r="H97" s="17">
         <v>8042400559</v>
       </c>
     </row>
     <row r="98" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B98" s="14">
         <v>10674</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>309</v>
+      </c>
+      <c r="D98" s="16" t="s">
         <v>310</v>
       </c>
-      <c r="D98" s="16" t="s">
+      <c r="E98" s="15" t="s">
         <v>311</v>
       </c>
-      <c r="E98" s="15" t="s">
+      <c r="F98" s="14" t="s">
+        <v>95</v>
+      </c>
+      <c r="G98" s="14" t="s">
         <v>312</v>
-      </c>
-[...4 lines deleted...]
-        <v>313</v>
       </c>
       <c r="H98" s="17">
         <v>6142491545</v>
       </c>
     </row>
     <row r="99" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B99" s="14">
         <v>16131</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>313</v>
+      </c>
+      <c r="D99" s="16" t="s">
         <v>314</v>
       </c>
-      <c r="D99" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E99" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="F99" s="14" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G99" s="14">
         <v>60601</v>
       </c>
       <c r="H99" s="17">
         <v>3125801900</v>
       </c>
     </row>
     <row r="100" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B100" s="14">
         <v>16777</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>315</v>
+      </c>
+      <c r="D100" s="16" t="s">
         <v>316</v>
       </c>
-      <c r="D100" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E100" s="15" t="s">
+        <v>183</v>
+      </c>
+      <c r="F100" s="14" t="s">
         <v>184</v>
       </c>
-      <c r="F100" s="14" t="s">
+      <c r="G100" s="14" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="H100" s="17">
         <v>7873392002</v>
       </c>
     </row>
     <row r="101" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B101" s="14">
         <v>37079</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>317</v>
+      </c>
+      <c r="D101" s="16" t="s">
         <v>318</v>
       </c>
-      <c r="D101" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E101" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="F101" s="14" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G101" s="14">
         <v>10038</v>
       </c>
       <c r="H101" s="17">
         <v>2129782800</v>
       </c>
     </row>
     <row r="102" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B102" s="14">
         <v>34452</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>319</v>
+      </c>
+      <c r="D102" s="16" t="s">
         <v>320</v>
       </c>
-      <c r="D102" s="16" t="s">
+      <c r="E102" s="15" t="s">
         <v>321</v>
       </c>
-      <c r="E102" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F102" s="14" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="G102" s="14">
         <v>55441</v>
       </c>
       <c r="H102" s="17"/>
     </row>
     <row r="103" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B103" s="14">
         <v>11156</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>322</v>
+      </c>
+      <c r="D103" s="16" t="s">
         <v>323</v>
       </c>
-      <c r="D103" s="16" t="s">
+      <c r="E103" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="F103" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="G103" s="14" t="s">
         <v>324</v>
-      </c>
-[...7 lines deleted...]
-        <v>325</v>
       </c>
       <c r="H103" s="17">
         <v>6178321300</v>
       </c>
     </row>
     <row r="104" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B104" s="14">
         <v>15381</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>325</v>
+      </c>
+      <c r="D104" s="16" t="s">
         <v>326</v>
       </c>
-      <c r="D104" s="16" t="s">
+      <c r="E104" s="15" t="s">
         <v>327</v>
       </c>
-      <c r="E104" s="15" t="s">
+      <c r="F104" s="14" t="s">
+        <v>55</v>
+      </c>
+      <c r="G104" s="14" t="s">
         <v>328</v>
-      </c>
-[...4 lines deleted...]
-        <v>329</v>
       </c>
       <c r="H104" s="17">
         <v>2032728220</v>
       </c>
     </row>
     <row r="105" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B105" s="14">
         <v>42374</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>329</v>
+      </c>
+      <c r="D105" s="16" t="s">
         <v>330</v>
       </c>
-      <c r="D105" s="16" t="s">
+      <c r="E105" s="15" t="s">
         <v>331</v>
       </c>
-      <c r="E105" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F105" s="14" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G105" s="14">
         <v>77040</v>
       </c>
       <c r="H105" s="17">
         <v>7134621000</v>
       </c>
     </row>
     <row r="106" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B106" s="14">
         <v>12936</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>332</v>
+      </c>
+      <c r="D106" s="16" t="s">
         <v>333</v>
       </c>
-      <c r="D106" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E106" s="15" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="F106" s="14" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G106" s="14">
         <v>77024</v>
       </c>
       <c r="H106" s="17">
         <v>7139354820</v>
       </c>
     </row>
     <row r="107" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B107" s="14">
         <v>14438</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>334</v>
+      </c>
+      <c r="D107" s="16" t="s">
         <v>335</v>
       </c>
-      <c r="D107" s="16" t="s">
+      <c r="E107" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F107" s="14" t="s">
+        <v>55</v>
+      </c>
+      <c r="G107" s="14" t="s">
         <v>336</v>
-      </c>
-[...7 lines deleted...]
-        <v>337</v>
       </c>
       <c r="H107" s="17">
         <v>8607221866</v>
       </c>
     </row>
     <row r="108" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B108" s="14">
         <v>14484</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="D108" s="16" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="E108" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="F108" s="14" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G108" s="14">
         <v>10038</v>
       </c>
       <c r="H108" s="17">
         <v>2129782800</v>
       </c>
     </row>
     <row r="109" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B109" s="14">
         <v>27960</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>338</v>
+      </c>
+      <c r="D109" s="16" t="s">
         <v>339</v>
       </c>
-      <c r="D109" s="16" t="s">
+      <c r="E109" s="15" t="s">
         <v>340</v>
       </c>
-      <c r="E109" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F109" s="14" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G109" s="14">
         <v>19106</v>
       </c>
       <c r="H109" s="17">
         <v>3123808100</v>
       </c>
     </row>
     <row r="110" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B110" s="14">
         <v>17532</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>341</v>
+      </c>
+      <c r="D110" s="16" t="s">
         <v>342</v>
       </c>
-      <c r="D110" s="16" t="s">
+      <c r="E110" s="15" t="s">
         <v>343</v>
       </c>
-      <c r="E110" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F110" s="14" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G110" s="14">
         <v>78738</v>
       </c>
       <c r="H110" s="17">
         <v>5126180040</v>
       </c>
     </row>
     <row r="111" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B111" s="14">
         <v>36940</v>
       </c>
       <c r="C111" s="15" t="s">
+        <v>344</v>
+      </c>
+      <c r="D111" s="16" t="s">
         <v>345</v>
       </c>
-      <c r="D111" s="16" t="s">
+      <c r="E111" s="15" t="s">
         <v>346</v>
       </c>
-      <c r="E111" s="15" t="s">
+      <c r="F111" s="14" t="s">
+        <v>55</v>
+      </c>
+      <c r="G111" s="14" t="s">
         <v>347</v>
-      </c>
-[...4 lines deleted...]
-        <v>348</v>
       </c>
       <c r="H111" s="17"/>
     </row>
     <row r="112" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B112" s="14">
         <v>22829</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="D112" s="16" t="s">
+        <v>41</v>
+      </c>
+      <c r="E112" s="15" t="s">
         <v>42</v>
       </c>
-      <c r="E112" s="15" t="s">
+      <c r="F112" s="14" t="s">
         <v>43</v>
       </c>
-      <c r="F112" s="14" t="s">
+      <c r="G112" s="14" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="H112" s="17">
         <v>88846667883</v>
       </c>
     </row>
     <row r="113" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B113" s="14">
         <v>17181</v>
       </c>
       <c r="C113" s="15" t="s">
+        <v>349</v>
+      </c>
+      <c r="D113" s="16" t="s">
         <v>350</v>
       </c>
-      <c r="D113" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E113" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="F113" s="14" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="G113" s="14">
         <v>85260</v>
       </c>
       <c r="H113" s="17">
         <v>5154733000</v>
       </c>
     </row>
     <row r="114" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B114" s="14">
         <v>25445</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>351</v>
+      </c>
+      <c r="D114" s="16" t="s">
         <v>352</v>
       </c>
-      <c r="D114" s="16" t="s">
+      <c r="E114" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="F114" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="G114" s="14" t="s">
         <v>353</v>
-      </c>
-[...7 lines deleted...]
-        <v>354</v>
       </c>
       <c r="H114" s="17">
         <v>6468266600</v>
       </c>
     </row>
     <row r="115" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B115" s="14">
         <v>11084</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>354</v>
+      </c>
+      <c r="D115" s="16" t="s">
         <v>355</v>
       </c>
-      <c r="D115" s="16" t="s">
+      <c r="E115" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="F115" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G115" s="14" t="s">
         <v>356</v>
-      </c>
-[...7 lines deleted...]
-        <v>357</v>
       </c>
       <c r="H115" s="17">
         <v>3127822749</v>
       </c>
     </row>
     <row r="116" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B116" s="14">
         <v>12203</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="D116" s="16" t="s">
+        <v>250</v>
+      </c>
+      <c r="E116" s="15" t="s">
         <v>251</v>
       </c>
-      <c r="E116" s="15" t="s">
+      <c r="F116" s="14" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="G116" s="14">
         <v>23261</v>
       </c>
       <c r="H116" s="17"/>
     </row>
     <row r="117" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B117" s="14">
         <v>38920</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>358</v>
+      </c>
+      <c r="D117" s="16" t="s">
         <v>359</v>
       </c>
-      <c r="D117" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E117" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="F117" s="14" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="G117" s="14">
         <v>23226</v>
       </c>
       <c r="H117" s="17">
         <v>8042891300</v>
       </c>
     </row>
     <row r="118" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B118" s="14">
         <v>15366</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>360</v>
+      </c>
+      <c r="D118" s="16" t="s">
         <v>361</v>
       </c>
-      <c r="D118" s="16" t="s">
+      <c r="E118" s="15" t="s">
         <v>362</v>
       </c>
-      <c r="E118" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F118" s="14" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G118" s="14">
         <v>90010</v>
       </c>
       <c r="H118" s="17">
         <v>3236928904</v>
       </c>
     </row>
     <row r="119" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B119" s="14">
         <v>16255</v>
       </c>
       <c r="C119" s="15" t="s">
+        <v>363</v>
+      </c>
+      <c r="D119" s="16" t="s">
         <v>364</v>
       </c>
-      <c r="D119" s="16" t="s">
+      <c r="E119" s="15" t="s">
         <v>365</v>
       </c>
-      <c r="E119" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F119" s="14" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G119" s="14">
         <v>85254</v>
       </c>
       <c r="H119" s="17">
         <v>8183161880</v>
       </c>
     </row>
     <row r="120" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B120" s="14">
         <v>33138</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="D120" s="16" t="s">
+        <v>206</v>
+      </c>
+      <c r="E120" s="15" t="s">
         <v>207</v>
       </c>
-      <c r="E120" s="15" t="s">
+      <c r="F120" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G120" s="14" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
       <c r="H120" s="17"/>
     </row>
     <row r="121" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B121" s="14">
         <v>19437</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>367</v>
+      </c>
+      <c r="D121" s="16" t="s">
         <v>368</v>
       </c>
-      <c r="D121" s="16" t="s">
+      <c r="E121" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="F121" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="G121" s="14" t="s">
         <v>369</v>
-      </c>
-[...7 lines deleted...]
-        <v>370</v>
       </c>
       <c r="H121" s="17"/>
     </row>
     <row r="122" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B122" s="14">
         <v>10725</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="D122" s="16" t="s">
+        <v>352</v>
+      </c>
+      <c r="E122" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="F122" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="G122" s="14" t="s">
         <v>353</v>
-      </c>
-[...7 lines deleted...]
-        <v>354</v>
       </c>
       <c r="H122" s="17">
         <v>6173579500</v>
       </c>
     </row>
     <row r="123" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B123" s="14">
         <v>17346</v>
       </c>
       <c r="C123" s="15" t="s">
+        <v>371</v>
+      </c>
+      <c r="D123" s="16" t="s">
         <v>372</v>
       </c>
-      <c r="D123" s="16" t="s">
+      <c r="E123" s="15" t="s">
         <v>373</v>
       </c>
-      <c r="E123" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F123" s="14" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G123" s="14">
         <v>19428</v>
       </c>
       <c r="H123" s="17">
         <v>8775467155</v>
       </c>
     </row>
     <row r="124" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B124" s="14">
         <v>13551</v>
       </c>
       <c r="C124" s="15" t="s">
+        <v>374</v>
+      </c>
+      <c r="D124" s="16" t="s">
         <v>375</v>
       </c>
-      <c r="D124" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E124" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="F124" s="14" t="s">
         <v>33</v>
       </c>
-      <c r="F124" s="14" t="s">
+      <c r="G124" s="14" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="H124" s="17">
         <v>2124587940</v>
       </c>
     </row>
     <row r="125" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B125" s="14">
         <v>26743</v>
       </c>
       <c r="C125" s="15" t="s">
+        <v>376</v>
+      </c>
+      <c r="D125" s="16" t="s">
         <v>377</v>
       </c>
-      <c r="D125" s="16" t="s">
+      <c r="E125" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F125" s="14" t="s">
+        <v>55</v>
+      </c>
+      <c r="G125" s="14" t="s">
         <v>378</v>
-      </c>
-[...7 lines deleted...]
-        <v>379</v>
       </c>
       <c r="H125" s="17">
         <v>6785974500</v>
       </c>
     </row>
     <row r="126" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B126" s="14">
         <v>33090</v>
       </c>
       <c r="C126" s="15" t="s">
+        <v>379</v>
+      </c>
+      <c r="D126" s="16" t="s">
         <v>380</v>
       </c>
-      <c r="D126" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E126" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="F126" s="14" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G126" s="14">
         <v>27609</v>
       </c>
       <c r="H126" s="17">
         <v>9198727117</v>
       </c>
     </row>
     <row r="127" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B127" s="14">
         <v>14478</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="D127" s="16" t="s">
         <v>382</v>
       </c>
-      <c r="D127" s="16" t="s">
+      <c r="E127" s="15" t="s">
         <v>383</v>
       </c>
-      <c r="E127" s="15" t="s">
+      <c r="F127" s="14" t="s">
+        <v>296</v>
+      </c>
+      <c r="G127" s="14" t="s">
         <v>384</v>
-      </c>
-[...4 lines deleted...]
-        <v>385</v>
       </c>
       <c r="H127" s="17">
         <v>3193995700</v>
       </c>
     </row>
     <row r="128" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B128" s="14">
         <v>12775</v>
       </c>
       <c r="C128" s="15" t="s">
+        <v>385</v>
+      </c>
+      <c r="D128" s="16" t="s">
         <v>386</v>
       </c>
-      <c r="D128" s="16" t="s">
+      <c r="E128" s="15" t="s">
         <v>387</v>
       </c>
-      <c r="E128" s="15" t="s">
+      <c r="F128" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G128" s="14" t="s">
         <v>388</v>
-      </c>
-[...4 lines deleted...]
-        <v>389</v>
       </c>
       <c r="H128" s="17">
         <v>7168493333</v>
       </c>
     </row>
     <row r="129" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B129" s="14">
         <v>36838</v>
       </c>
       <c r="C129" s="15" t="s">
+        <v>389</v>
+      </c>
+      <c r="D129" s="16" t="s">
         <v>390</v>
       </c>
-      <c r="D129" s="16" t="s">
+      <c r="E129" s="15" t="s">
         <v>391</v>
       </c>
-      <c r="E129" s="15" t="s">
+      <c r="F129" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="G129" s="14" t="s">
         <v>392</v>
-      </c>
-[...4 lines deleted...]
-        <v>393</v>
       </c>
       <c r="H129" s="17">
         <v>9739483000</v>
       </c>
     </row>
     <row r="130" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B130" s="14">
         <v>16599</v>
       </c>
       <c r="C130" s="15" t="s">
+        <v>393</v>
+      </c>
+      <c r="D130" s="16" t="s">
         <v>394</v>
       </c>
-      <c r="D130" s="16" t="s">
+      <c r="E130" s="15" t="s">
         <v>395</v>
       </c>
-      <c r="E130" s="15" t="s">
+      <c r="F130" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="G130" s="14" t="s">
         <v>396</v>
-      </c>
-[...4 lines deleted...]
-        <v>397</v>
       </c>
       <c r="H130" s="17">
         <v>8772681408</v>
       </c>
     </row>
     <row r="131" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B131" s="14">
         <v>14420</v>
       </c>
       <c r="C131" s="15" t="s">
+        <v>397</v>
+      </c>
+      <c r="D131" s="16" t="s">
         <v>398</v>
       </c>
-      <c r="D131" s="16" t="s">
+      <c r="E131" s="15" t="s">
         <v>399</v>
       </c>
-      <c r="E131" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F131" s="14" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G131" s="14">
         <v>19087</v>
       </c>
       <c r="H131" s="17">
         <v>8005235545</v>
       </c>
     </row>
     <row r="132" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B132" s="14">
         <v>41807</v>
       </c>
       <c r="C132" s="15" t="s">
+        <v>400</v>
+      </c>
+      <c r="D132" s="16" t="s">
         <v>401</v>
       </c>
-      <c r="D132" s="16" t="s">
+      <c r="E132" s="15" t="s">
         <v>402</v>
       </c>
-      <c r="E132" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F132" s="14" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G132" s="14" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="H132" s="17"/>
     </row>
     <row r="133" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B133" s="14">
         <v>11066</v>
       </c>
       <c r="C133" s="15" t="s">
+        <v>403</v>
+      </c>
+      <c r="D133" s="16" t="s">
         <v>404</v>
       </c>
-      <c r="D133" s="16" t="s">
+      <c r="E133" s="15" t="s">
         <v>405</v>
       </c>
-      <c r="E133" s="15" t="s">
+      <c r="F133" s="14" t="s">
+        <v>171</v>
+      </c>
+      <c r="G133" s="14" t="s">
         <v>406</v>
-      </c>
-[...4 lines deleted...]
-        <v>407</v>
       </c>
       <c r="H133" s="17">
         <v>9043807282</v>
       </c>
     </row>
     <row r="134" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B134" s="14">
         <v>34886</v>
       </c>
       <c r="C134" s="15" t="s">
+        <v>407</v>
+      </c>
+      <c r="D134" s="16" t="s">
         <v>408</v>
       </c>
-      <c r="D134" s="16" t="s">
+      <c r="E134" s="15" t="s">
+        <v>241</v>
+      </c>
+      <c r="F134" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="G134" s="14" t="s">
         <v>409</v>
-      </c>
-[...7 lines deleted...]
-        <v>410</v>
       </c>
       <c r="H134" s="17">
         <v>9086042900</v>
       </c>
     </row>
     <row r="135" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B135" s="14">
         <v>37974</v>
       </c>
       <c r="C135" s="15" t="s">
+        <v>410</v>
+      </c>
+      <c r="D135" s="16" t="s">
         <v>411</v>
       </c>
-      <c r="D135" s="16" t="s">
+      <c r="E135" s="15" t="s">
         <v>412</v>
       </c>
-      <c r="E135" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F135" s="14" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="G135" s="14">
         <v>61615</v>
       </c>
       <c r="H135" s="17">
         <v>3096921000</v>
       </c>
     </row>
     <row r="136" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B136" s="14">
         <v>20079</v>
       </c>
       <c r="C136" s="15" t="s">
+        <v>413</v>
+      </c>
+      <c r="D136" s="16" t="s">
         <v>414</v>
       </c>
-      <c r="D136" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E136" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="F136" s="14" t="s">
         <v>138</v>
       </c>
-      <c r="F136" s="14" t="s">
+      <c r="G136" s="14" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="H136" s="17">
         <v>4029163000</v>
       </c>
     </row>
     <row r="137" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B137" s="14">
         <v>20087</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="D137" s="16" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="E137" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="F137" s="14" t="s">
         <v>138</v>
       </c>
-      <c r="F137" s="14" t="s">
+      <c r="G137" s="14" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="H137" s="17">
         <v>4029163000</v>
       </c>
     </row>
     <row r="138" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B138" s="14">
         <v>17370</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="D138" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="E138" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="E138" s="15" t="s">
+      <c r="F138" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="F138" s="14" t="s">
+      <c r="G138" s="14" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="H138" s="17">
         <v>4809510905</v>
       </c>
     </row>
     <row r="139" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B139" s="14">
         <v>36056</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="D139" s="16" t="s">
+        <v>377</v>
+      </c>
+      <c r="E139" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F139" s="14" t="s">
+        <v>55</v>
+      </c>
+      <c r="G139" s="14" t="s">
         <v>378</v>
-      </c>
-[...7 lines deleted...]
-        <v>379</v>
       </c>
       <c r="H139" s="17">
         <v>8605476902</v>
       </c>
     </row>
     <row r="140" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B140" s="14">
         <v>35114</v>
       </c>
       <c r="C140" s="15" t="s">
+        <v>418</v>
+      </c>
+      <c r="D140" s="16" t="s">
         <v>419</v>
       </c>
-      <c r="D140" s="16" t="s">
+      <c r="E140" s="15" t="s">
         <v>420</v>
       </c>
-      <c r="E140" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F140" s="14" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G140" s="14">
         <v>17055</v>
       </c>
       <c r="H140" s="17">
         <v>5124805119</v>
       </c>
     </row>
     <row r="141" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B141" s="14">
         <v>13167</v>
       </c>
       <c r="C141" s="15" t="s">
+        <v>421</v>
+      </c>
+      <c r="D141" s="16" t="s">
         <v>422</v>
       </c>
-      <c r="D141" s="16" t="s">
+      <c r="E141" s="15" t="s">
         <v>423</v>
       </c>
-      <c r="E141" s="15" t="s">
+      <c r="F141" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G141" s="14" t="s">
         <v>424</v>
-      </c>
-[...4 lines deleted...]
-        <v>425</v>
       </c>
       <c r="H141" s="17">
         <v>9729155000</v>
       </c>
     </row>
     <row r="142" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B142" s="14">
         <v>27987</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="D142" s="16" t="s">
+        <v>53</v>
+      </c>
+      <c r="E142" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="E142" s="15" t="s">
+      <c r="F142" s="14" t="s">
         <v>55</v>
       </c>
-      <c r="F142" s="14" t="s">
+      <c r="G142" s="14" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="H142" s="17">
         <v>8602770111</v>
       </c>
     </row>
     <row r="143" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B143" s="14">
         <v>24015</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="D143" s="16" t="s">
+        <v>53</v>
+      </c>
+      <c r="E143" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="E143" s="15" t="s">
+      <c r="F143" s="14" t="s">
         <v>55</v>
       </c>
-      <c r="F143" s="14" t="s">
+      <c r="G143" s="14" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="H143" s="17">
         <v>8602770111</v>
       </c>
     </row>
     <row r="144" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B144" s="14">
         <v>16871</v>
       </c>
       <c r="C144" s="15" t="s">
+        <v>427</v>
+      </c>
+      <c r="D144" s="16" t="s">
         <v>428</v>
       </c>
-      <c r="D144" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E144" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="F144" s="14" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G144" s="14">
         <v>10019</v>
       </c>
       <c r="H144" s="17">
         <v>8006845428</v>
       </c>
     </row>
     <row r="145" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B145" s="14">
         <v>31143</v>
       </c>
       <c r="C145" s="15" t="s">
+        <v>429</v>
+      </c>
+      <c r="D145" s="16" t="s">
         <v>430</v>
       </c>
-      <c r="D145" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E145" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="F145" s="14" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G145" s="14">
         <v>60601</v>
       </c>
       <c r="H145" s="17">
         <v>3123468100</v>
       </c>
     </row>
     <row r="146" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B146" s="14">
         <v>17320</v>
       </c>
       <c r="C146" s="15" t="s">
+        <v>431</v>
+      </c>
+      <c r="D146" s="16" t="s">
         <v>432</v>
       </c>
-      <c r="D146" s="16" t="s">
+      <c r="E146" s="15" t="s">
         <v>433</v>
       </c>
-      <c r="E146" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F146" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G146" s="14">
         <v>32901</v>
       </c>
       <c r="H146" s="17">
         <v>8665903550</v>
       </c>
     </row>
     <row r="147" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B147" s="14">
         <v>10046</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="D147" s="16" t="s">
+        <v>377</v>
+      </c>
+      <c r="E147" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F147" s="14" t="s">
+        <v>55</v>
+      </c>
+      <c r="G147" s="14" t="s">
         <v>378</v>
-      </c>
-[...7 lines deleted...]
-        <v>379</v>
       </c>
       <c r="H147" s="17">
         <v>8605475000</v>
       </c>
     </row>
     <row r="148" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B148" s="14">
         <v>17327</v>
       </c>
       <c r="C148" s="15" t="s">
+        <v>435</v>
+      </c>
+      <c r="D148" s="16" t="s">
         <v>436</v>
       </c>
-      <c r="D148" s="16" t="s">
+      <c r="E148" s="15" t="s">
         <v>437</v>
       </c>
-      <c r="E148" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F148" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G148" s="14">
         <v>33408</v>
       </c>
       <c r="H148" s="17">
         <v>5613045532</v>
       </c>
     </row>
     <row r="149" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B149" s="14">
         <v>16754</v>
       </c>
       <c r="C149" s="15" t="s">
+        <v>438</v>
+      </c>
+      <c r="D149" s="16" t="s">
         <v>439</v>
       </c>
-      <c r="D149" s="16" t="s">
+      <c r="E149" s="15" t="s">
         <v>440</v>
       </c>
-      <c r="E149" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F149" s="14" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="G149" s="14">
         <v>55435</v>
       </c>
       <c r="H149" s="17">
         <v>9522091786</v>
       </c>
     </row>
     <row r="150" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B150" s="14">
-        <v>34118</v>
+        <v>32859</v>
       </c>
       <c r="C150" s="15" t="s">
+        <v>441</v>
+      </c>
+      <c r="D150" s="16" t="s">
         <v>442</v>
       </c>
-      <c r="D150" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E150" s="15" t="s">
-        <v>192</v>
+        <v>443</v>
       </c>
       <c r="F150" s="14" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>78246</v>
+        <v>118</v>
+      </c>
+      <c r="G150" s="14" t="s">
+        <v>444</v>
       </c>
       <c r="H150" s="17">
-        <v>3057521222</v>
+        <v>6106641500</v>
       </c>
     </row>
     <row r="151" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B151" s="14">
-        <v>32859</v>
+        <v>11062</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="D151" s="16" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="E151" s="15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="F151" s="14" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>446</v>
+        <v>296</v>
+      </c>
+      <c r="G151" s="14">
+        <v>50323</v>
       </c>
       <c r="H151" s="17">
-        <v>6106641500</v>
+        <v>5153343001</v>
       </c>
     </row>
     <row r="152" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B152" s="14">
-        <v>11062</v>
+        <v>17445</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D152" s="16" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="E152" s="15" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="F152" s="14" t="s">
-        <v>297</v>
+        <v>160</v>
       </c>
       <c r="G152" s="14">
-        <v>50323</v>
+        <v>54481</v>
       </c>
       <c r="H152" s="17">
-        <v>5153343001</v>
+        <v>7153466000</v>
       </c>
     </row>
     <row r="153" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B153" s="14">
-        <v>17445</v>
+        <v>12588</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D153" s="16" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="E153" s="15" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="F153" s="14" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-        <v>54481</v>
+        <v>454</v>
+      </c>
+      <c r="G153" s="14" t="s">
+        <v>455</v>
       </c>
       <c r="H153" s="17">
-        <v>7153466000</v>
+        <v>8013045577</v>
       </c>
     </row>
     <row r="154" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B154" s="14">
-        <v>12588</v>
+        <v>10786</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="D154" s="16" t="s">
-        <v>454</v>
+        <v>148</v>
       </c>
       <c r="E154" s="15" t="s">
-        <v>455</v>
+        <v>149</v>
       </c>
       <c r="F154" s="14" t="s">
-        <v>456</v>
+        <v>78</v>
       </c>
       <c r="G154" s="14" t="s">
-        <v>457</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="H154" s="17"/>
     </row>
     <row r="155" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B155" s="14">
-        <v>10786</v>
+        <v>17400</v>
       </c>
       <c r="C155" s="15" t="s">
+        <v>457</v>
+      </c>
+      <c r="D155" s="16" t="s">
         <v>458</v>
       </c>
-      <c r="D155" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E155" s="15" t="s">
-        <v>150</v>
+        <v>459</v>
       </c>
       <c r="F155" s="14" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      <c r="H155" s="17"/>
+        <v>460</v>
+      </c>
+      <c r="G155" s="14">
+        <v>35209</v>
+      </c>
+      <c r="H155" s="17">
+        <v>8028604137</v>
+      </c>
     </row>
     <row r="156" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B156" s="14">
-        <v>17400</v>
+        <v>11811</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="D156" s="16" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="E156" s="15" t="s">
-        <v>461</v>
+        <v>102</v>
       </c>
       <c r="F156" s="14" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-        <v>35209</v>
+        <v>12</v>
+      </c>
+      <c r="G156" s="14" t="s">
+        <v>463</v>
       </c>
       <c r="H156" s="17">
-        <v>8028604137</v>
+        <v>4048425600</v>
       </c>
     </row>
     <row r="157" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B157" s="14">
-        <v>11811</v>
+        <v>24252</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D157" s="16" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="E157" s="15" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="F157" s="14" t="s">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c r="G157" s="14" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="H157" s="17">
-        <v>4048425600</v>
+        <v>4404615000</v>
       </c>
     </row>
     <row r="158" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B158" s="14">
-        <v>24252</v>
+        <v>13149</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D158" s="16" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E158" s="15" t="s">
-        <v>95</v>
+        <v>469</v>
       </c>
       <c r="F158" s="14" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>468</v>
+        <v>470</v>
+      </c>
+      <c r="G158" s="14">
+        <v>46032</v>
       </c>
       <c r="H158" s="17">
-        <v>4404615000</v>
+        <v>3176369800</v>
       </c>
     </row>
     <row r="159" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B159" s="14">
-        <v>13149</v>
+        <v>17148</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="D159" s="16" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="E159" s="15" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="F159" s="14" t="s">
-        <v>472</v>
+        <v>33</v>
       </c>
       <c r="G159" s="14">
-        <v>46032</v>
+        <v>10601</v>
       </c>
       <c r="H159" s="17">
-        <v>3176369800</v>
+        <v>9149920012</v>
       </c>
     </row>
     <row r="160" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B160" s="14">
-        <v>17148</v>
+        <v>11515</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D160" s="16" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="E160" s="15" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="F160" s="14" t="s">
-        <v>34</v>
+        <v>160</v>
       </c>
       <c r="G160" s="14">
-        <v>10601</v>
+        <v>53596</v>
       </c>
       <c r="H160" s="17">
-        <v>9149920012</v>
+        <v>8002336739</v>
       </c>
     </row>
     <row r="161" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B161" s="14">
-        <v>11515</v>
+        <v>12623</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D161" s="16" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="E161" s="15" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F161" s="14" t="s">
-        <v>161</v>
+        <v>480</v>
       </c>
       <c r="G161" s="14">
-        <v>53596</v>
+        <v>57106</v>
       </c>
       <c r="H161" s="17">
-        <v>8002336739</v>
+        <v>6054444800</v>
       </c>
     </row>
     <row r="162" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B162" s="14">
-        <v>12623</v>
+        <v>40479</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="D162" s="16" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="E162" s="15" t="s">
-        <v>481</v>
+        <v>94</v>
       </c>
       <c r="F162" s="14" t="s">
-        <v>482</v>
+        <v>95</v>
       </c>
       <c r="G162" s="14">
-        <v>57106</v>
+        <v>44114</v>
       </c>
       <c r="H162" s="17">
-        <v>6054444800</v>
+        <v>9727886000</v>
       </c>
     </row>
     <row r="163" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B163" s="14">
-        <v>40479</v>
+        <v>17103</v>
       </c>
       <c r="C163" s="15" t="s">
         <v>483</v>
       </c>
       <c r="D163" s="16" t="s">
         <v>484</v>
       </c>
       <c r="E163" s="15" t="s">
-        <v>95</v>
+        <v>308</v>
       </c>
       <c r="F163" s="14" t="s">
-        <v>96</v>
+        <v>252</v>
       </c>
       <c r="G163" s="14">
-        <v>44114</v>
+        <v>23060</v>
       </c>
       <c r="H163" s="17">
-        <v>9727886000</v>
+        <v>8042560525</v>
       </c>
     </row>
     <row r="164" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B164" s="14">
-        <v>17103</v>
+        <v>28053</v>
       </c>
       <c r="C164" s="15" t="s">
         <v>485</v>
       </c>
       <c r="D164" s="16" t="s">
-        <v>486</v>
+        <v>352</v>
       </c>
       <c r="E164" s="15" t="s">
-        <v>309</v>
+        <v>203</v>
       </c>
       <c r="F164" s="14" t="s">
-        <v>253</v>
+        <v>38</v>
       </c>
       <c r="G164" s="14">
-        <v>23060</v>
+        <v>43215</v>
       </c>
       <c r="H164" s="17">
-        <v>8042560525</v>
+        <v>8164122800</v>
       </c>
     </row>
     <row r="165" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B165" s="14">
-        <v>28053</v>
+        <v>42595</v>
       </c>
       <c r="C165" s="15" t="s">
+        <v>486</v>
+      </c>
+      <c r="D165" s="16" t="s">
         <v>487</v>
       </c>
-      <c r="D165" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E165" s="15" t="s">
-        <v>204</v>
+        <v>488</v>
       </c>
       <c r="F165" s="14" t="s">
-        <v>39</v>
+        <v>252</v>
       </c>
       <c r="G165" s="14">
-        <v>43215</v>
+        <v>22801</v>
       </c>
       <c r="H165" s="17">
-        <v>8164122800</v>
+        <v>5404345344</v>
       </c>
     </row>
     <row r="166" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B166" s="14">
-        <v>42595</v>
+        <v>16650</v>
       </c>
       <c r="C166" s="15" t="s">
+        <v>489</v>
+      </c>
+      <c r="D166" s="16" t="s">
+        <v>487</v>
+      </c>
+      <c r="E166" s="15" t="s">
         <v>488</v>
       </c>
-      <c r="D166" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F166" s="14" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="G166" s="14">
         <v>22801</v>
       </c>
       <c r="H166" s="17">
         <v>5404345344</v>
       </c>
     </row>
     <row r="167" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B167" s="14">
-        <v>16650</v>
+        <v>11100</v>
       </c>
       <c r="C167" s="15" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D167" s="16" t="s">
-        <v>489</v>
+        <v>352</v>
       </c>
       <c r="E167" s="15" t="s">
-        <v>490</v>
+        <v>203</v>
       </c>
       <c r="F167" s="14" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-        <v>22801</v>
+        <v>38</v>
+      </c>
+      <c r="G167" s="14" t="s">
+        <v>353</v>
       </c>
       <c r="H167" s="17">
-        <v>5404345344</v>
+        <v>6176543684</v>
       </c>
     </row>
     <row r="168" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B168" s="14">
-        <v>11100</v>
+        <v>15341</v>
       </c>
       <c r="C168" s="15" t="s">
+        <v>491</v>
+      </c>
+      <c r="D168" s="16" t="s">
         <v>492</v>
       </c>
-      <c r="D168" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E168" s="15" t="s">
-        <v>204</v>
+        <v>493</v>
       </c>
       <c r="F168" s="14" t="s">
-        <v>39</v>
-[...6 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="G168" s="14">
+        <v>33637</v>
+      </c>
+      <c r="H168" s="17"/>
     </row>
     <row r="169" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B169" s="14">
-        <v>15341</v>
+        <v>13815</v>
       </c>
       <c r="C169" s="15" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D169" s="16" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="E169" s="15" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="F169" s="14" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      <c r="H169" s="17"/>
+        <v>65</v>
+      </c>
+      <c r="G169" s="14" t="s">
+        <v>497</v>
+      </c>
+      <c r="H169" s="17">
+        <v>3149955300</v>
+      </c>
     </row>
     <row r="170" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B170" s="14">
-        <v>13815</v>
+        <v>41297</v>
       </c>
       <c r="C170" s="15" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="D170" s="16" t="s">
-        <v>497</v>
+        <v>310</v>
       </c>
       <c r="E170" s="15" t="s">
-        <v>498</v>
+        <v>311</v>
       </c>
       <c r="F170" s="14" t="s">
-        <v>66</v>
+        <v>95</v>
       </c>
       <c r="G170" s="14" t="s">
-        <v>499</v>
+        <v>312</v>
       </c>
       <c r="H170" s="17">
-        <v>3149955300</v>
+        <v>6142491545</v>
       </c>
     </row>
     <row r="171" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B171" s="14">
-        <v>41297</v>
+        <v>10672</v>
       </c>
       <c r="C171" s="15" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="D171" s="16" t="s">
+        <v>310</v>
+      </c>
+      <c r="E171" s="15" t="s">
         <v>311</v>
       </c>
-      <c r="E171" s="15" t="s">
+      <c r="F171" s="14" t="s">
+        <v>95</v>
+      </c>
+      <c r="G171" s="14" t="s">
         <v>312</v>
       </c>
-      <c r="F171" s="14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H171" s="17">
-        <v>6142491545</v>
+        <v>4803654000</v>
       </c>
     </row>
     <row r="172" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B172" s="14">
-        <v>10672</v>
+        <v>17631</v>
       </c>
       <c r="C172" s="15" t="s">
+        <v>500</v>
+      </c>
+      <c r="D172" s="16" t="s">
         <v>501</v>
       </c>
-      <c r="D172" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E172" s="15" t="s">
-        <v>312</v>
+        <v>502</v>
       </c>
       <c r="F172" s="14" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>313</v>
+        <v>12</v>
+      </c>
+      <c r="G172" s="14">
+        <v>31210</v>
       </c>
       <c r="H172" s="17">
-        <v>4803654000</v>
+        <v>4784770400</v>
       </c>
     </row>
     <row r="173" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B173" s="14">
-        <v>17631</v>
+        <v>10729</v>
       </c>
       <c r="C173" s="15" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D173" s="16" t="s">
-        <v>503</v>
+        <v>46</v>
       </c>
       <c r="E173" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="F173" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G173" s="14" t="s">
         <v>504</v>
       </c>
-      <c r="F173" s="14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H173" s="17">
-        <v>4784770400</v>
+        <v>2123443000</v>
       </c>
     </row>
     <row r="174" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B174" s="14">
-        <v>10729</v>
+        <v>16762</v>
       </c>
       <c r="C174" s="15" t="s">
         <v>505</v>
       </c>
       <c r="D174" s="16" t="s">
-        <v>47</v>
+        <v>506</v>
       </c>
       <c r="E174" s="15" t="s">
-        <v>33</v>
+        <v>507</v>
       </c>
       <c r="F174" s="14" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>506</v>
+        <v>83</v>
+      </c>
+      <c r="G174" s="14">
+        <v>48328</v>
       </c>
       <c r="H174" s="17">
-        <v>2123443000</v>
+        <v>6166623900</v>
       </c>
     </row>
     <row r="175" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B175" s="14">
-        <v>16762</v>
+        <v>19208</v>
       </c>
       <c r="C175" s="15" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D175" s="16" t="s">
-        <v>508</v>
+        <v>482</v>
       </c>
       <c r="E175" s="15" t="s">
-        <v>509</v>
+        <v>94</v>
       </c>
       <c r="F175" s="14" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="G175" s="14">
-        <v>48328</v>
+        <v>44114</v>
       </c>
       <c r="H175" s="17">
-        <v>6166623900</v>
+        <v>8007772249</v>
       </c>
     </row>
     <row r="176" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B176" s="14">
-        <v>19208</v>
+        <v>16820</v>
       </c>
       <c r="C176" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="D176" s="16" t="s">
         <v>510</v>
       </c>
-      <c r="D176" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E176" s="15" t="s">
-        <v>95</v>
+        <v>32</v>
       </c>
       <c r="F176" s="14" t="s">
-        <v>96</v>
+        <v>33</v>
       </c>
       <c r="G176" s="14">
-        <v>44114</v>
+        <v>10007</v>
       </c>
       <c r="H176" s="17">
-        <v>8007772249</v>
+        <v>2123122500</v>
       </c>
     </row>
     <row r="177" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B177" s="14">
-        <v>16820</v>
+        <v>16999</v>
       </c>
       <c r="C177" s="15" t="s">
         <v>511</v>
       </c>
       <c r="D177" s="16" t="s">
         <v>512</v>
       </c>
       <c r="E177" s="15" t="s">
-        <v>33</v>
+        <v>513</v>
       </c>
       <c r="F177" s="14" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="G177" s="14">
-        <v>10007</v>
+        <v>76262</v>
       </c>
       <c r="H177" s="17">
-        <v>2123122500</v>
+        <v>8178651953</v>
       </c>
     </row>
     <row r="178" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B178" s="14">
-        <v>16999</v>
+        <v>16826</v>
       </c>
       <c r="C178" s="15" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D178" s="16" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="E178" s="15" t="s">
-        <v>515</v>
+        <v>102</v>
       </c>
       <c r="F178" s="14" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>76262</v>
+        <v>12</v>
+      </c>
+      <c r="G178" s="14" t="s">
+        <v>516</v>
       </c>
       <c r="H178" s="17">
-        <v>8178651953</v>
+        <v>6783094000</v>
       </c>
     </row>
     <row r="179" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B179" s="14">
-        <v>16826</v>
+        <v>17045</v>
       </c>
       <c r="C179" s="15" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D179" s="16" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="E179" s="15" t="s">
-        <v>103</v>
+        <v>519</v>
       </c>
       <c r="F179" s="14" t="s">
-        <v>13</v>
+        <v>78</v>
       </c>
       <c r="G179" s="14" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="H179" s="17">
-        <v>6783094000</v>
+        <v>8882217242</v>
       </c>
     </row>
     <row r="180" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B180" s="14">
-        <v>17045</v>
+        <v>30481</v>
       </c>
       <c r="C180" s="15" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="D180" s="16" t="s">
-        <v>520</v>
+        <v>53</v>
       </c>
       <c r="E180" s="15" t="s">
-        <v>521</v>
+        <v>54</v>
       </c>
       <c r="F180" s="14" t="s">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="G180" s="14" t="s">
-        <v>522</v>
+        <v>56</v>
       </c>
       <c r="H180" s="17">
-        <v>8882217242</v>
+        <v>8602770111</v>
       </c>
     </row>
     <row r="181" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B181" s="14">
-        <v>30481</v>
+        <v>13604</v>
       </c>
       <c r="C181" s="15" t="s">
+        <v>522</v>
+      </c>
+      <c r="D181" s="16" t="s">
         <v>523</v>
       </c>
-      <c r="D181" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E181" s="15" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="F181" s="14" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>33</v>
+      </c>
+      <c r="G181" s="14">
+        <v>10022</v>
       </c>
       <c r="H181" s="17">
-        <v>8602770111</v>
+        <v>8665195687</v>
       </c>
     </row>
     <row r="182" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B182" s="14">
-        <v>13604</v>
+        <v>44776</v>
       </c>
       <c r="C182" s="15" t="s">
         <v>524</v>
       </c>
       <c r="D182" s="16" t="s">
         <v>525</v>
       </c>
       <c r="E182" s="15" t="s">
-        <v>33</v>
+        <v>526</v>
       </c>
       <c r="F182" s="14" t="s">
-        <v>34</v>
+        <v>95</v>
       </c>
       <c r="G182" s="14">
-        <v>10022</v>
-[...3 lines deleted...]
-      </c>
+        <v>45201</v>
+      </c>
+      <c r="H182" s="17"/>
     </row>
     <row r="183" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B183" s="14">
-        <v>44776</v>
+        <v>17501</v>
       </c>
       <c r="C183" s="15" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D183" s="16" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="E183" s="15" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="F183" s="14" t="s">
-        <v>96</v>
+        <v>43</v>
       </c>
       <c r="G183" s="14">
-        <v>45201</v>
-[...1 lines deleted...]
-      <c r="H183" s="17"/>
+        <v>61710</v>
+      </c>
+      <c r="H183" s="17">
+        <v>3097662311</v>
+      </c>
     </row>
     <row r="184" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B184" s="14">
-        <v>17501</v>
+        <v>26387</v>
       </c>
       <c r="C184" s="15" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="D184" s="16" t="s">
-        <v>530</v>
+        <v>230</v>
       </c>
       <c r="E184" s="15" t="s">
-        <v>531</v>
+        <v>231</v>
       </c>
       <c r="F184" s="14" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>61710</v>
+        <v>43</v>
+      </c>
+      <c r="G184" s="14" t="s">
+        <v>232</v>
       </c>
       <c r="H184" s="17">
-        <v>3097662311</v>
+        <v>8476056000</v>
       </c>
     </row>
     <row r="185" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B185" s="14">
-        <v>26387</v>
+        <v>14012</v>
       </c>
       <c r="C185" s="15" t="s">
+        <v>531</v>
+      </c>
+      <c r="D185" s="16" t="s">
         <v>532</v>
       </c>
-      <c r="D185" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E185" s="15" t="s">
-        <v>232</v>
+        <v>42</v>
       </c>
       <c r="F185" s="14" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>43</v>
+      </c>
+      <c r="G185" s="14">
+        <v>60631</v>
       </c>
       <c r="H185" s="17">
-        <v>8476056000</v>
+        <v>7734581055</v>
       </c>
     </row>
     <row r="186" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B186" s="14">
-        <v>14012</v>
+        <v>16889</v>
       </c>
       <c r="C186" s="15" t="s">
         <v>533</v>
       </c>
       <c r="D186" s="16" t="s">
         <v>534</v>
       </c>
       <c r="E186" s="15" t="s">
-        <v>43</v>
+        <v>535</v>
       </c>
       <c r="F186" s="14" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="G186" s="14">
-        <v>60631</v>
+        <v>75039</v>
       </c>
       <c r="H186" s="17">
-        <v>7734581055</v>
+        <v>4693574392</v>
       </c>
     </row>
     <row r="187" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B187" s="14">
-        <v>16889</v>
+        <v>16551</v>
       </c>
       <c r="C187" s="15" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="D187" s="16" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="E187" s="15" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="F187" s="14" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G187" s="14">
-        <v>75039</v>
+        <v>76021</v>
       </c>
       <c r="H187" s="17">
-        <v>4693574392</v>
+        <v>8172652000</v>
       </c>
     </row>
     <row r="188" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B188" s="14">
-        <v>16551</v>
+        <v>16848</v>
       </c>
       <c r="C188" s="15" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D188" s="16" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="E188" s="15" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="F188" s="14" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="G188" s="14">
-        <v>76021</v>
-[...3 lines deleted...]
-      </c>
+        <v>33444</v>
+      </c>
+      <c r="H188" s="17"/>
     </row>
     <row r="189" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B189" s="14">
-        <v>16848</v>
+        <v>34916</v>
       </c>
       <c r="C189" s="15" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D189" s="16" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="E189" s="15" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="F189" s="14" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>33444</v>
+        <v>65</v>
+      </c>
+      <c r="G189" s="14" t="s">
+        <v>545</v>
       </c>
       <c r="H189" s="17"/>
     </row>
     <row r="190" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B190" s="14">
-        <v>34916</v>
+        <v>34487</v>
       </c>
       <c r="C190" s="15" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="D190" s="16" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="E190" s="15" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F190" s="14" t="s">
-        <v>66</v>
-[...4 lines deleted...]
-      <c r="H190" s="17"/>
+        <v>60</v>
+      </c>
+      <c r="G190" s="14">
+        <v>94558</v>
+      </c>
+      <c r="H190" s="17">
+        <v>8004212368</v>
+      </c>
     </row>
     <row r="191" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B191" s="14">
-        <v>34487</v>
+        <v>16543</v>
       </c>
       <c r="C191" s="15" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="D191" s="16" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="E191" s="15" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="F191" s="14" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>94558</v>
+        <v>138</v>
+      </c>
+      <c r="G191" s="14" t="s">
+        <v>164</v>
       </c>
       <c r="H191" s="17">
-        <v>8004212368</v>
+        <v>4028273424</v>
       </c>
     </row>
     <row r="192" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B192" s="14">
-        <v>16543</v>
+        <v>10713</v>
       </c>
       <c r="C192" s="15" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D192" s="16" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E192" s="15" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="F192" s="14" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="G192" s="14" t="s">
-        <v>165</v>
+        <v>555</v>
       </c>
       <c r="H192" s="17">
-        <v>4028273424</v>
+        <v>2627877700</v>
       </c>
     </row>
     <row r="193" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B193" s="14">
-        <v>10713</v>
+        <v>23850</v>
       </c>
       <c r="C193" s="15" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="D193" s="16" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="E193" s="15" t="s">
-        <v>556</v>
+        <v>443</v>
       </c>
       <c r="F193" s="14" t="s">
-        <v>84</v>
+        <v>118</v>
       </c>
       <c r="G193" s="14" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="H193" s="17">
-        <v>2627877700</v>
+        <v>8008734552</v>
       </c>
     </row>
     <row r="194" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B194" s="14">
-        <v>23850</v>
+        <v>18031</v>
       </c>
       <c r="C194" s="15" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D194" s="16" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="E194" s="15" t="s">
-        <v>445</v>
+        <v>561</v>
       </c>
       <c r="F194" s="14" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="G194" s="14" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="H194" s="17">
-        <v>8008734552</v>
+        <v>8184665900</v>
       </c>
     </row>
     <row r="195" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B195" s="14">
-        <v>18031</v>
+        <v>29696</v>
       </c>
       <c r="C195" s="15" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="D195" s="16" t="s">
-        <v>562</v>
+        <v>53</v>
       </c>
       <c r="E195" s="15" t="s">
-        <v>563</v>
+        <v>54</v>
       </c>
       <c r="F195" s="14" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="G195" s="14" t="s">
-        <v>564</v>
+        <v>56</v>
       </c>
       <c r="H195" s="17">
-        <v>8184665900</v>
+        <v>8602770111</v>
       </c>
     </row>
     <row r="196" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B196" s="14">
-        <v>29696</v>
+        <v>10213</v>
       </c>
       <c r="C196" s="15" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="D196" s="16" t="s">
+        <v>53</v>
+      </c>
+      <c r="E196" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="E196" s="15" t="s">
+      <c r="F196" s="14" t="s">
         <v>55</v>
       </c>
-      <c r="F196" s="14" t="s">
+      <c r="G196" s="14" t="s">
         <v>56</v>
       </c>
-      <c r="G196" s="14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H196" s="17">
-        <v>8602770111</v>
+        <v>3126485000</v>
       </c>
     </row>
     <row r="197" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B197" s="14">
-        <v>10213</v>
+        <v>29734</v>
       </c>
       <c r="C197" s="15" t="s">
+        <v>565</v>
+      </c>
+      <c r="D197" s="16" t="s">
         <v>566</v>
       </c>
-      <c r="D197" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E197" s="15" t="s">
-        <v>55</v>
+        <v>567</v>
       </c>
       <c r="F197" s="14" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>83</v>
+      </c>
+      <c r="G197" s="14">
+        <v>48084</v>
       </c>
       <c r="H197" s="17">
-        <v>3126485000</v>
+        <v>2485590840</v>
       </c>
     </row>
     <row r="198" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B198" s="14">
-        <v>29734</v>
+        <v>16188</v>
       </c>
       <c r="C198" s="15" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D198" s="16" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="E198" s="15" t="s">
-        <v>569</v>
+        <v>144</v>
       </c>
       <c r="F198" s="14" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>48084</v>
+        <v>145</v>
+      </c>
+      <c r="G198" s="14" t="s">
+        <v>146</v>
       </c>
       <c r="H198" s="17">
-        <v>2485590840</v>
+        <v>4055944960</v>
       </c>
     </row>
     <row r="199" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B199" s="14">
-        <v>16188</v>
+        <v>37982</v>
       </c>
       <c r="C199" s="15" t="s">
         <v>570</v>
       </c>
       <c r="D199" s="16" t="s">
         <v>571</v>
       </c>
       <c r="E199" s="15" t="s">
-        <v>145</v>
+        <v>572</v>
       </c>
       <c r="F199" s="14" t="s">
-        <v>146</v>
+        <v>78</v>
       </c>
       <c r="G199" s="14" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>573</v>
+      </c>
+      <c r="H199" s="17"/>
     </row>
     <row r="200" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B200" s="14">
-        <v>37982</v>
+        <v>15792</v>
       </c>
       <c r="C200" s="15" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="D200" s="16" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="E200" s="15" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="F200" s="14" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      <c r="H200" s="17"/>
+        <v>577</v>
+      </c>
+      <c r="G200" s="14">
+        <v>60602</v>
+      </c>
+      <c r="H200" s="17">
+        <v>2123824081</v>
+      </c>
     </row>
     <row r="201" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B201" s="14">
-        <v>15792</v>
+        <v>13064</v>
       </c>
       <c r="C201" s="15" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="D201" s="16" t="s">
-        <v>577</v>
+        <v>442</v>
       </c>
       <c r="E201" s="15" t="s">
-        <v>578</v>
+        <v>443</v>
       </c>
       <c r="F201" s="14" t="s">
-        <v>579</v>
-[...2 lines deleted...]
-        <v>60602</v>
+        <v>118</v>
+      </c>
+      <c r="G201" s="14" t="s">
+        <v>444</v>
       </c>
       <c r="H201" s="17">
-        <v>2123824081</v>
+        <v>6106641500</v>
       </c>
     </row>
     <row r="202" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B202" s="14">
-        <v>13064</v>
+        <v>12537</v>
       </c>
       <c r="C202" s="15" t="s">
-        <v>580</v>
+        <v>579</v>
       </c>
       <c r="D202" s="16" t="s">
-        <v>444</v>
+        <v>537</v>
       </c>
       <c r="E202" s="15" t="s">
-        <v>445</v>
+        <v>538</v>
       </c>
       <c r="F202" s="14" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>446</v>
+        <v>51</v>
+      </c>
+      <c r="G202" s="14">
+        <v>76021</v>
       </c>
       <c r="H202" s="17">
-        <v>6106641500</v>
+        <v>8172652000</v>
       </c>
     </row>
     <row r="203" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B203" s="14">
-        <v>12537</v>
+        <v>25895</v>
       </c>
       <c r="C203" s="15" t="s">
+        <v>580</v>
+      </c>
+      <c r="D203" s="16" t="s">
+        <v>398</v>
+      </c>
+      <c r="E203" s="15" t="s">
+        <v>399</v>
+      </c>
+      <c r="F203" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G203" s="14" t="s">
         <v>581</v>
       </c>
-      <c r="D203" s="16" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H203" s="17">
-        <v>8172652000</v>
+        <v>6106882535</v>
       </c>
     </row>
     <row r="204" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B204" s="14">
-        <v>25895</v>
+        <v>16988</v>
       </c>
       <c r="C204" s="15" t="s">
         <v>582</v>
       </c>
       <c r="D204" s="16" t="s">
-        <v>399</v>
+        <v>583</v>
       </c>
       <c r="E204" s="15" t="s">
-        <v>400</v>
+        <v>50</v>
       </c>
       <c r="F204" s="14" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>583</v>
+        <v>51</v>
+      </c>
+      <c r="G204" s="14">
+        <v>75254</v>
       </c>
       <c r="H204" s="17">
-        <v>6106882535</v>
+        <v>8883447100</v>
       </c>
     </row>
     <row r="205" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B205" s="14">
-        <v>16988</v>
+        <v>43451</v>
       </c>
       <c r="C205" s="15" t="s">
         <v>584</v>
       </c>
       <c r="D205" s="16" t="s">
         <v>585</v>
       </c>
       <c r="E205" s="15" t="s">
-        <v>51</v>
+        <v>586</v>
       </c>
       <c r="F205" s="14" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>75254</v>
+        <v>33</v>
+      </c>
+      <c r="G205" s="14" t="s">
+        <v>587</v>
       </c>
       <c r="H205" s="17">
-        <v>8883447100</v>
+        <v>3157342000</v>
       </c>
     </row>
     <row r="206" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B206" s="14">
-        <v>43451</v>
+        <v>16275</v>
       </c>
       <c r="C206" s="15" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="D206" s="16" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="E206" s="15" t="s">
-        <v>588</v>
+        <v>156</v>
       </c>
       <c r="F206" s="14" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>589</v>
+        <v>43</v>
+      </c>
+      <c r="G206" s="14">
+        <v>60606</v>
       </c>
       <c r="H206" s="17">
-        <v>3157342000</v>
+        <v>3123805555</v>
       </c>
     </row>
     <row r="207" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B207" s="14">
-        <v>16275</v>
+        <v>16237</v>
       </c>
       <c r="C207" s="15" t="s">
         <v>590</v>
       </c>
       <c r="D207" s="16" t="s">
         <v>591</v>
       </c>
       <c r="E207" s="15" t="s">
-        <v>157</v>
+        <v>592</v>
       </c>
       <c r="F207" s="14" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="G207" s="14">
-        <v>60606</v>
+        <v>33701</v>
       </c>
       <c r="H207" s="17">
-        <v>3123805555</v>
+        <v>6467940653</v>
       </c>
     </row>
     <row r="208" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B208" s="14">
-        <v>16237</v>
+        <v>39640</v>
       </c>
       <c r="C208" s="15" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D208" s="16" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="E208" s="15" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="F208" s="14" t="s">
-        <v>21</v>
+        <v>596</v>
       </c>
       <c r="G208" s="14">
-        <v>33701</v>
-[...3 lines deleted...]
-      </c>
+        <v>37215</v>
+      </c>
+      <c r="H208" s="17"/>
     </row>
     <row r="209" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B209" s="14">
-        <v>39640</v>
+        <v>17499</v>
       </c>
       <c r="C209" s="15" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="D209" s="16" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="E209" s="15" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="F209" s="14" t="s">
-        <v>598</v>
+        <v>470</v>
       </c>
       <c r="G209" s="14">
-        <v>37215</v>
-[...1 lines deleted...]
-      <c r="H209" s="17"/>
+        <v>46290</v>
+      </c>
+      <c r="H209" s="17">
+        <v>3034471166</v>
+      </c>
     </row>
     <row r="210" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B210" s="14">
-        <v>17499</v>
+        <v>40428</v>
       </c>
       <c r="C210" s="15" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D210" s="16" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="E210" s="15" t="s">
-        <v>601</v>
+        <v>102</v>
       </c>
       <c r="F210" s="14" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>46290</v>
+        <v>12</v>
+      </c>
+      <c r="G210" s="14" t="s">
+        <v>602</v>
       </c>
       <c r="H210" s="17">
-        <v>3034471166</v>
+        <v>7707631000</v>
       </c>
     </row>
     <row r="211" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B211" s="14">
-        <v>40428</v>
+        <v>15824</v>
       </c>
       <c r="C211" s="15" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="D211" s="16" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="E211" s="15" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="F211" s="14" t="s">
-        <v>13</v>
+        <v>78</v>
       </c>
       <c r="G211" s="14" t="s">
-        <v>604</v>
+        <v>79</v>
       </c>
       <c r="H211" s="17">
-        <v>7707631000</v>
+        <v>9738989575</v>
       </c>
     </row>
     <row r="212" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B212" s="14">
-        <v>15824</v>
+        <v>10172</v>
       </c>
       <c r="C212" s="15" t="s">
         <v>605</v>
       </c>
       <c r="D212" s="16" t="s">
-        <v>606</v>
+        <v>339</v>
       </c>
       <c r="E212" s="15" t="s">
-        <v>78</v>
+        <v>340</v>
       </c>
       <c r="F212" s="14" t="s">
-        <v>79</v>
-[...6 lines deleted...]
-      </c>
+        <v>118</v>
+      </c>
+      <c r="G212" s="14">
+        <v>19106</v>
+      </c>
+      <c r="H212" s="17"/>
     </row>
     <row r="213" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B213" s="14">
-        <v>10172</v>
+        <v>13196</v>
       </c>
       <c r="C213" s="15" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="D213" s="16" t="s">
-        <v>340</v>
+        <v>571</v>
       </c>
       <c r="E213" s="15" t="s">
-        <v>341</v>
+        <v>572</v>
       </c>
       <c r="F213" s="14" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>19106</v>
+        <v>78</v>
+      </c>
+      <c r="G213" s="14" t="s">
+        <v>573</v>
       </c>
       <c r="H213" s="17"/>
     </row>
     <row r="214" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B214" s="14">
-        <v>13196</v>
+        <v>16992</v>
       </c>
       <c r="C214" s="15" t="s">
+        <v>607</v>
+      </c>
+      <c r="D214" s="16" t="s">
         <v>608</v>
       </c>
-      <c r="D214" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E214" s="15" t="s">
-        <v>574</v>
+        <v>609</v>
       </c>
       <c r="F214" s="14" t="s">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="G214" s="14" t="s">
-        <v>575</v>
-[...10 lines deleted...]
-      <c r="D215" s="16" t="s">
         <v>610</v>
       </c>
-      <c r="E215" s="15" t="s">
-[...8 lines deleted...]
-      <c r="H215" s="17">
+      <c r="H214" s="17">
         <v>3308870101</v>
       </c>
     </row>
+    <row r="215" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="216" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="217" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="218" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="219" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="220" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="221" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="222" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="223" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="224" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
@@ -9837,90 +9812,89 @@
     <row r="2625" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2626" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2627" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2628" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2629" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2630" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2631" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2632" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2633" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2634" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2635" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2636" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2637" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2638" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2639" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2640" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2641" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2642" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B1:H1"/>
     <mergeCell ref="B3:H3"/>
     <mergeCell ref="B4:H4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="77" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
+  <pageSetup scale="84" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F3B2E8A1-87BE-4935-B235-0E950369DEB0}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4EBC98C4-3C20-4996-8A27-F089E8A2C275}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>XLSX_C_Worksheet</vt:lpstr>
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>XLSX_C_Worksheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Wilbur, Robert (DOI)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>