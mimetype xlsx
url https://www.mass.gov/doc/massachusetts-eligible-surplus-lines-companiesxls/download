--- v2 (2026-01-17)
+++ v3 (2026-03-25)
@@ -2,95 +2,95 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\SBS_CSV_Reformat\Worksheets_and_Pdfs\Company\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E3D34F41-CDDD-49EA-8B22-226CEF775724}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2FFA898F-9A7C-406C-91B1-715FCF6BCB5F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{3AC2F633-AA4A-4B8B-B924-F601AEBEE9D9}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{43621ACB-F85D-482C-9A27-BA2ABC4ED6F8}"/>
   </bookViews>
   <sheets>
     <sheet name="XLSX_C_Worksheet" sheetId="2" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="Current">OFFSET([1]Interface!$K$4,,,COUNTA([1]Interface!$K$4:$K$107))</definedName>
     <definedName name="Import">OFFSET([1]Interface!$J$4,,,COUNTA([1]Interface!$J$4:$J$107))</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">XLSX_C_Worksheet!$6:$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="951" uniqueCount="612">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="959" uniqueCount="616">
   <si>
     <r>
       <t xml:space="preserve">COMMONWEALTH OF MASSACHUSETTS
 DIVISION OF INSURANCE
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">COMPANY LICENSING
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
@@ -890,57 +890,57 @@
   <si>
     <t>Boca Raton</t>
   </si>
   <si>
     <t>Fortegra Specialty Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">10751 Deerwood Park Blvd, Suite 200  </t>
   </si>
   <si>
     <t>Gemini Insurance Company</t>
   </si>
   <si>
     <t>General Security Indemnity Company of Arizona</t>
   </si>
   <si>
     <t xml:space="preserve">28 LIBERTY STREET, SUITE 5400  </t>
   </si>
   <si>
     <t>10005-1445</t>
   </si>
   <si>
     <t>General Star Indemnity Company</t>
   </si>
   <si>
-    <t xml:space="preserve">120 LONG RIDGE ROAD  </t>
-[...5 lines deleted...]
-    <t>06902-1843</t>
+    <t xml:space="preserve">400 Atlantic Street - Fl 9  </t>
+  </si>
+  <si>
+    <t>Stamford</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	06901</t>
   </si>
   <si>
     <t>GeoVera Specialty Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">4605 BUSINESS CENTER DRIVE, SUITE 300  </t>
   </si>
   <si>
     <t>FAIRFIELD</t>
   </si>
   <si>
     <t>94534-1675</t>
   </si>
   <si>
     <t>GNY Custom Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">350 Fifth Avenue, 7th Floor  </t>
   </si>
   <si>
     <t>New York</t>
   </si>
   <si>
     <t>Golden Bear Insurance Company</t>
   </si>
@@ -1124,56 +1124,50 @@
   <si>
     <t>Illinois Union Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">436 WALNUT STREET, P.O. BOX 1000  </t>
   </si>
   <si>
     <t>PHILADELPHIA</t>
   </si>
   <si>
     <t>Incline Americas Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">13215 BEE CAVE PARKWAY, BUILDING B, SUITE 150  </t>
   </si>
   <si>
     <t>AUSTIN</t>
   </si>
   <si>
     <t>Indian Harbor Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">677 Washington Blvd. 10th Floor, Suite 1000  </t>
   </si>
   <si>
-    <t>Stamford</t>
-[...4 lines deleted...]
-  <si>
     <t>Interstate Fire and Casualty Company</t>
   </si>
   <si>
     <t>Intrepid Specialty Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">7233 E BUTHERUS DRIVE  </t>
   </si>
   <si>
     <t>Ironshore Specialty Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">175 BERKELEY STREET  </t>
   </si>
   <si>
     <t xml:space="preserve">	02116</t>
   </si>
   <si>
     <t>ISMIE Indemnity Company</t>
   </si>
   <si>
     <t xml:space="preserve">20 N. Michigan Ave., Suite 700  </t>
   </si>
   <si>
     <t>60602-4811</t>
@@ -1388,50 +1382,59 @@
   <si>
     <t>Northland Insurance Company</t>
   </si>
   <si>
     <t>Obsidian Specialty Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">1330 AVENUE OF THE AMERICAS, STE 23A  </t>
   </si>
   <si>
     <t>Old Republic Union Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">307 NORTH MICHIGAN AVENUE  </t>
   </si>
   <si>
     <t>Orion180 Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">930 S Harbor City Blvd Ste 302  </t>
   </si>
   <si>
     <t>Melbourne</t>
   </si>
   <si>
+    <t>Ozark Specialty Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. Box 618  </t>
+  </si>
+  <si>
+    <t>Columbia</t>
+  </si>
+  <si>
     <t>Pacific Insurance Company, Limited</t>
   </si>
   <si>
     <t>Palms Specialty Insurance Company, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">700 Universe Blvd  </t>
   </si>
   <si>
     <t>Juno Beach</t>
   </si>
   <si>
     <t>Palomar Excess and Surplus Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">3601 W. 76th Street, Suite 450  </t>
   </si>
   <si>
     <t>Edina</t>
   </si>
   <si>
     <t>Penn America Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">3 BALA PLZ, STE 300E  </t>
@@ -1877,93 +1880,102 @@
   <si>
     <t xml:space="preserve">River Point, 17th Floor 444 W Lake  </t>
   </si>
   <si>
     <t>Vault E &amp; S Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">300 FIRST AVENUE SOUTH, SUITE 401  </t>
   </si>
   <si>
     <t>ST. PETERSBURG</t>
   </si>
   <si>
     <t>Velocity Specialty Insurance Company</t>
   </si>
   <si>
     <t>37215  SUITE 300B</t>
   </si>
   <si>
     <t>Nashville</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
+    <t>VerTerra Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 509039  </t>
+  </si>
+  <si>
+    <t>San Diego</t>
+  </si>
+  <si>
     <t>Victor Insurance Exchange</t>
   </si>
   <si>
     <t xml:space="preserve">10401 N. Meridian St, STE 200  </t>
   </si>
   <si>
     <t>Carmel</t>
   </si>
   <si>
     <t>Voyager Indemnity Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">260 INTERSTATE NORTH CIRCLE, SE  </t>
   </si>
   <si>
     <t>30339-2110</t>
   </si>
   <si>
     <t>Watford Specialty Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">HARBORSIDE 3, 210 HUDSON STREET, SUITE 600 PO Box 1988 </t>
   </si>
   <si>
     <t>Westchester Surplus Lines Insurance Company</t>
   </si>
   <si>
     <t>Western World Insurance Company, Inc.</t>
   </si>
   <si>
     <t>Westfield Specialty Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">P. O. BOX 5001  </t>
   </si>
   <si>
     <t>WESTFIELD CENTER</t>
   </si>
   <si>
     <t>44251-5001</t>
   </si>
   <si>
-    <t>January 1, 2026</t>
+    <t>March 2, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="00000\-0000"/>
     <numFmt numFmtId="165" formatCode="mm/dd/yy;@"/>
     <numFmt numFmtId="166" formatCode="\(000\)000\-0000"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
@@ -2165,54 +2177,54 @@
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>476250</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1295400</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1123950</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
+        <xdr:cNvPr id="2" name="Picture 1" descr="Seal of Commonwealth of Massachusetts">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{083E2285-5439-4994-9E6E-5E1CDB3111EC}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FB4A1A1-B94C-46F0-8D42-88BC354A87DF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1250950" y="133350"/>
           <a:ext cx="819150" cy="990600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
@@ -2555,110 +2567,110 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{52EAE32F-624E-4931-A9EA-B0F2FEE3B58B}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FFC2E4D6-6048-4894-B3CA-3A1073837AF7}">
   <sheetPr codeName="Sheet6">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H2642"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="B1" sqref="B1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="2" customWidth="1"/>
     <col min="2" max="2" width="9.08984375" customWidth="1"/>
-    <col min="3" max="3" width="57.7265625" customWidth="1"/>
-    <col min="4" max="4" width="42.54296875" customWidth="1"/>
+    <col min="3" max="3" width="50.36328125" customWidth="1"/>
+    <col min="4" max="4" width="49.453125" customWidth="1"/>
     <col min="5" max="5" width="14.6328125" customWidth="1"/>
     <col min="6" max="6" width="8.36328125" customWidth="1"/>
     <col min="7" max="7" width="14.54296875" customWidth="1"/>
     <col min="8" max="8" width="14.08984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="112.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="18"/>
       <c r="H1" s="18"/>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
       <c r="B2" s="2"/>
       <c r="C2" s="3"/>
       <c r="D2" s="4"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="5"/>
     </row>
     <row r="3" spans="1:8" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="1"/>
       <c r="B3" s="19" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="19"/>
       <c r="D3" s="19"/>
       <c r="E3" s="19"/>
       <c r="F3" s="19"/>
       <c r="G3" s="19"/>
       <c r="H3" s="20"/>
     </row>
     <row r="4" spans="1:8" ht="18.5" x14ac:dyDescent="0.35">
       <c r="A4" s="1"/>
       <c r="B4" s="21" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="C4" s="21"/>
       <c r="D4" s="21"/>
       <c r="E4" s="21"/>
       <c r="F4" s="21"/>
       <c r="G4" s="21"/>
       <c r="H4" s="22"/>
     </row>
     <row r="5" spans="1:8" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A5" s="1"/>
       <c r="B5" s="6"/>
       <c r="C5" s="7"/>
       <c r="D5" s="8"/>
       <c r="E5" s="9"/>
       <c r="F5" s="9"/>
       <c r="G5" s="9"/>
       <c r="H5" s="9"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A6" s="1"/>
       <c r="B6" s="10" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="11" t="s">
         <v>3</v>
@@ -5024,2405 +5036,2449 @@
       </c>
       <c r="E110" s="15" t="s">
         <v>343</v>
       </c>
       <c r="F110" s="14" t="s">
         <v>51</v>
       </c>
       <c r="G110" s="14">
         <v>78738</v>
       </c>
       <c r="H110" s="17">
         <v>5126180040</v>
       </c>
     </row>
     <row r="111" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B111" s="14">
         <v>36940</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>344</v>
       </c>
       <c r="D111" s="16" t="s">
         <v>345</v>
       </c>
       <c r="E111" s="15" t="s">
-        <v>346</v>
+        <v>269</v>
       </c>
       <c r="F111" s="14" t="s">
         <v>55</v>
       </c>
       <c r="G111" s="14" t="s">
-        <v>347</v>
+        <v>270</v>
       </c>
       <c r="H111" s="17"/>
     </row>
     <row r="112" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B112" s="14">
         <v>22829</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="D112" s="16" t="s">
         <v>41</v>
       </c>
       <c r="E112" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F112" s="14" t="s">
         <v>43</v>
       </c>
       <c r="G112" s="14" t="s">
         <v>44</v>
       </c>
       <c r="H112" s="17">
         <v>88846667883</v>
       </c>
     </row>
     <row r="113" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B113" s="14">
         <v>17181</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="D113" s="16" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="E113" s="15" t="s">
         <v>23</v>
       </c>
       <c r="F113" s="14" t="s">
         <v>24</v>
       </c>
       <c r="G113" s="14">
         <v>85260</v>
       </c>
       <c r="H113" s="17">
         <v>5154733000</v>
       </c>
     </row>
     <row r="114" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B114" s="14">
         <v>25445</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="D114" s="16" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>203</v>
       </c>
       <c r="F114" s="14" t="s">
         <v>38</v>
       </c>
       <c r="G114" s="14" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="H114" s="17">
         <v>6468266600</v>
       </c>
     </row>
     <row r="115" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B115" s="14">
         <v>11084</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="D115" s="16" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="E115" s="15" t="s">
         <v>156</v>
       </c>
       <c r="F115" s="14" t="s">
         <v>43</v>
       </c>
       <c r="G115" s="14" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="H115" s="17">
         <v>3127822749</v>
       </c>
     </row>
     <row r="116" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B116" s="14">
         <v>12203</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="D116" s="16" t="s">
         <v>250</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>251</v>
       </c>
       <c r="F116" s="14" t="s">
         <v>252</v>
       </c>
       <c r="G116" s="14">
         <v>23261</v>
       </c>
       <c r="H116" s="17"/>
     </row>
     <row r="117" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B117" s="14">
         <v>38920</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="D117" s="16" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="E117" s="15" t="s">
         <v>251</v>
       </c>
       <c r="F117" s="14" t="s">
         <v>252</v>
       </c>
       <c r="G117" s="14">
         <v>23226</v>
       </c>
       <c r="H117" s="17">
         <v>8042891300</v>
       </c>
     </row>
     <row r="118" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B118" s="14">
         <v>15366</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>358</v>
+      </c>
+      <c r="D118" s="16" t="s">
+        <v>359</v>
+      </c>
+      <c r="E118" s="15" t="s">
         <v>360</v>
-      </c>
-[...4 lines deleted...]
-        <v>362</v>
       </c>
       <c r="F118" s="14" t="s">
         <v>60</v>
       </c>
       <c r="G118" s="14">
         <v>90010</v>
       </c>
       <c r="H118" s="17">
         <v>3236928904</v>
       </c>
     </row>
     <row r="119" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B119" s="14">
         <v>16255</v>
       </c>
       <c r="C119" s="15" t="s">
+        <v>361</v>
+      </c>
+      <c r="D119" s="16" t="s">
+        <v>362</v>
+      </c>
+      <c r="E119" s="15" t="s">
         <v>363</v>
-      </c>
-[...4 lines deleted...]
-        <v>365</v>
       </c>
       <c r="F119" s="14" t="s">
         <v>24</v>
       </c>
       <c r="G119" s="14">
         <v>85254</v>
       </c>
       <c r="H119" s="17">
         <v>8183161880</v>
       </c>
     </row>
     <row r="120" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B120" s="14">
         <v>33138</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="D120" s="16" t="s">
         <v>206</v>
       </c>
       <c r="E120" s="15" t="s">
         <v>207</v>
       </c>
       <c r="F120" s="14" t="s">
         <v>12</v>
       </c>
       <c r="G120" s="14" t="s">
         <v>208</v>
       </c>
       <c r="H120" s="17"/>
     </row>
     <row r="121" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B121" s="14">
         <v>19437</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="D121" s="16" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>203</v>
       </c>
       <c r="F121" s="14" t="s">
         <v>38</v>
       </c>
       <c r="G121" s="14" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="H121" s="17"/>
     </row>
     <row r="122" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B122" s="14">
         <v>10725</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="D122" s="16" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="E122" s="15" t="s">
         <v>203</v>
       </c>
       <c r="F122" s="14" t="s">
         <v>38</v>
       </c>
       <c r="G122" s="14" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="H122" s="17">
         <v>6173579500</v>
       </c>
     </row>
     <row r="123" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B123" s="14">
         <v>17346</v>
       </c>
       <c r="C123" s="15" t="s">
+        <v>369</v>
+      </c>
+      <c r="D123" s="16" t="s">
+        <v>370</v>
+      </c>
+      <c r="E123" s="15" t="s">
         <v>371</v>
-      </c>
-[...4 lines deleted...]
-        <v>373</v>
       </c>
       <c r="F123" s="14" t="s">
         <v>118</v>
       </c>
       <c r="G123" s="14">
         <v>19428</v>
       </c>
       <c r="H123" s="17">
         <v>8775467155</v>
       </c>
     </row>
     <row r="124" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B124" s="14">
         <v>13551</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="D124" s="16" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>32</v>
       </c>
       <c r="F124" s="14" t="s">
         <v>33</v>
       </c>
       <c r="G124" s="14" t="s">
         <v>34</v>
       </c>
       <c r="H124" s="17">
         <v>2124587940</v>
       </c>
     </row>
     <row r="125" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B125" s="14">
         <v>26743</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="D125" s="16" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="E125" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F125" s="14" t="s">
         <v>55</v>
       </c>
       <c r="G125" s="14" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="H125" s="17">
         <v>6785974500</v>
       </c>
     </row>
     <row r="126" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B126" s="14">
         <v>33090</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="D126" s="16" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="E126" s="15" t="s">
         <v>15</v>
       </c>
       <c r="F126" s="14" t="s">
         <v>16</v>
       </c>
       <c r="G126" s="14">
         <v>27609</v>
       </c>
       <c r="H126" s="17">
         <v>9198727117</v>
       </c>
     </row>
     <row r="127" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B127" s="14">
         <v>14478</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>379</v>
+      </c>
+      <c r="D127" s="16" t="s">
+        <v>380</v>
+      </c>
+      <c r="E127" s="15" t="s">
         <v>381</v>
-      </c>
-[...4 lines deleted...]
-        <v>383</v>
       </c>
       <c r="F127" s="14" t="s">
         <v>296</v>
       </c>
       <c r="G127" s="14" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="H127" s="17">
         <v>3193995700</v>
       </c>
     </row>
     <row r="128" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B128" s="14">
         <v>12775</v>
       </c>
       <c r="C128" s="15" t="s">
+        <v>383</v>
+      </c>
+      <c r="D128" s="16" t="s">
+        <v>384</v>
+      </c>
+      <c r="E128" s="15" t="s">
         <v>385</v>
-      </c>
-[...4 lines deleted...]
-        <v>387</v>
       </c>
       <c r="F128" s="14" t="s">
         <v>33</v>
       </c>
       <c r="G128" s="14" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="H128" s="17">
         <v>7168493333</v>
       </c>
     </row>
     <row r="129" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B129" s="14">
         <v>36838</v>
       </c>
       <c r="C129" s="15" t="s">
+        <v>387</v>
+      </c>
+      <c r="D129" s="16" t="s">
+        <v>388</v>
+      </c>
+      <c r="E129" s="15" t="s">
         <v>389</v>
-      </c>
-[...4 lines deleted...]
-        <v>391</v>
       </c>
       <c r="F129" s="14" t="s">
         <v>78</v>
       </c>
       <c r="G129" s="14" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="H129" s="17">
         <v>9739483000</v>
       </c>
     </row>
     <row r="130" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B130" s="14">
         <v>16599</v>
       </c>
       <c r="C130" s="15" t="s">
+        <v>391</v>
+      </c>
+      <c r="D130" s="16" t="s">
+        <v>392</v>
+      </c>
+      <c r="E130" s="15" t="s">
         <v>393</v>
-      </c>
-[...4 lines deleted...]
-        <v>395</v>
       </c>
       <c r="F130" s="14" t="s">
         <v>78</v>
       </c>
       <c r="G130" s="14" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="H130" s="17">
         <v>8772681408</v>
       </c>
     </row>
     <row r="131" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B131" s="14">
         <v>14420</v>
       </c>
       <c r="C131" s="15" t="s">
+        <v>395</v>
+      </c>
+      <c r="D131" s="16" t="s">
+        <v>396</v>
+      </c>
+      <c r="E131" s="15" t="s">
         <v>397</v>
-      </c>
-[...4 lines deleted...]
-        <v>399</v>
       </c>
       <c r="F131" s="14" t="s">
         <v>118</v>
       </c>
       <c r="G131" s="14">
         <v>19087</v>
       </c>
       <c r="H131" s="17">
         <v>8005235545</v>
       </c>
     </row>
     <row r="132" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B132" s="14">
         <v>41807</v>
       </c>
       <c r="C132" s="15" t="s">
+        <v>398</v>
+      </c>
+      <c r="D132" s="16" t="s">
+        <v>399</v>
+      </c>
+      <c r="E132" s="15" t="s">
         <v>400</v>
-      </c>
-[...4 lines deleted...]
-        <v>402</v>
       </c>
       <c r="F132" s="14" t="s">
         <v>78</v>
       </c>
       <c r="G132" s="14" t="s">
         <v>242</v>
       </c>
       <c r="H132" s="17"/>
     </row>
     <row r="133" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B133" s="14">
         <v>11066</v>
       </c>
       <c r="C133" s="15" t="s">
+        <v>401</v>
+      </c>
+      <c r="D133" s="16" t="s">
+        <v>402</v>
+      </c>
+      <c r="E133" s="15" t="s">
         <v>403</v>
-      </c>
-[...4 lines deleted...]
-        <v>405</v>
       </c>
       <c r="F133" s="14" t="s">
         <v>171</v>
       </c>
       <c r="G133" s="14" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="H133" s="17">
         <v>9043807282</v>
       </c>
     </row>
     <row r="134" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B134" s="14">
         <v>34886</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="D134" s="16" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="E134" s="15" t="s">
         <v>241</v>
       </c>
       <c r="F134" s="14" t="s">
         <v>78</v>
       </c>
       <c r="G134" s="14" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="H134" s="17">
         <v>9086042900</v>
       </c>
     </row>
     <row r="135" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B135" s="14">
         <v>37974</v>
       </c>
       <c r="C135" s="15" t="s">
+        <v>408</v>
+      </c>
+      <c r="D135" s="16" t="s">
+        <v>409</v>
+      </c>
+      <c r="E135" s="15" t="s">
         <v>410</v>
-      </c>
-[...4 lines deleted...]
-        <v>412</v>
       </c>
       <c r="F135" s="14" t="s">
         <v>43</v>
       </c>
       <c r="G135" s="14">
         <v>61615</v>
       </c>
       <c r="H135" s="17">
         <v>3096921000</v>
       </c>
     </row>
     <row r="136" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B136" s="14">
         <v>20079</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="D136" s="16" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="E136" s="15" t="s">
         <v>137</v>
       </c>
       <c r="F136" s="14" t="s">
         <v>138</v>
       </c>
       <c r="G136" s="14" t="s">
         <v>139</v>
       </c>
       <c r="H136" s="17">
         <v>4029163000</v>
       </c>
     </row>
     <row r="137" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B137" s="14">
         <v>20087</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D137" s="16" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="E137" s="15" t="s">
         <v>137</v>
       </c>
       <c r="F137" s="14" t="s">
         <v>138</v>
       </c>
       <c r="G137" s="14" t="s">
         <v>139</v>
       </c>
       <c r="H137" s="17">
         <v>4029163000</v>
       </c>
     </row>
     <row r="138" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B138" s="14">
         <v>17370</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D138" s="16" t="s">
         <v>22</v>
       </c>
       <c r="E138" s="15" t="s">
         <v>23</v>
       </c>
       <c r="F138" s="14" t="s">
         <v>24</v>
       </c>
       <c r="G138" s="14" t="s">
         <v>25</v>
       </c>
       <c r="H138" s="17">
         <v>4809510905</v>
       </c>
     </row>
     <row r="139" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B139" s="14">
         <v>36056</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="D139" s="16" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="E139" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F139" s="14" t="s">
         <v>55</v>
       </c>
       <c r="G139" s="14" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="H139" s="17">
         <v>8605476902</v>
       </c>
     </row>
     <row r="140" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B140" s="14">
         <v>35114</v>
       </c>
       <c r="C140" s="15" t="s">
+        <v>416</v>
+      </c>
+      <c r="D140" s="16" t="s">
+        <v>417</v>
+      </c>
+      <c r="E140" s="15" t="s">
         <v>418</v>
-      </c>
-[...4 lines deleted...]
-        <v>420</v>
       </c>
       <c r="F140" s="14" t="s">
         <v>118</v>
       </c>
       <c r="G140" s="14">
         <v>17055</v>
       </c>
       <c r="H140" s="17">
         <v>5124805119</v>
       </c>
     </row>
     <row r="141" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B141" s="14">
         <v>13167</v>
       </c>
       <c r="C141" s="15" t="s">
+        <v>419</v>
+      </c>
+      <c r="D141" s="16" t="s">
+        <v>420</v>
+      </c>
+      <c r="E141" s="15" t="s">
         <v>421</v>
-      </c>
-[...4 lines deleted...]
-        <v>423</v>
       </c>
       <c r="F141" s="14" t="s">
         <v>43</v>
       </c>
       <c r="G141" s="14" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="H141" s="17">
         <v>9729155000</v>
       </c>
     </row>
     <row r="142" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B142" s="14">
         <v>27987</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="D142" s="16" t="s">
         <v>53</v>
       </c>
       <c r="E142" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F142" s="14" t="s">
         <v>55</v>
       </c>
       <c r="G142" s="14" t="s">
         <v>56</v>
       </c>
       <c r="H142" s="17">
         <v>8602770111</v>
       </c>
     </row>
     <row r="143" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B143" s="14">
         <v>24015</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D143" s="16" t="s">
         <v>53</v>
       </c>
       <c r="E143" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F143" s="14" t="s">
         <v>55</v>
       </c>
       <c r="G143" s="14" t="s">
         <v>56</v>
       </c>
       <c r="H143" s="17">
         <v>8602770111</v>
       </c>
     </row>
     <row r="144" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B144" s="14">
         <v>16871</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="D144" s="16" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="E144" s="15" t="s">
         <v>32</v>
       </c>
       <c r="F144" s="14" t="s">
         <v>33</v>
       </c>
       <c r="G144" s="14">
         <v>10019</v>
       </c>
       <c r="H144" s="17">
         <v>8006845428</v>
       </c>
     </row>
     <row r="145" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B145" s="14">
         <v>31143</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D145" s="16" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="E145" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F145" s="14" t="s">
         <v>43</v>
       </c>
       <c r="G145" s="14">
         <v>60601</v>
       </c>
       <c r="H145" s="17">
         <v>3123468100</v>
       </c>
     </row>
     <row r="146" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B146" s="14">
         <v>17320</v>
       </c>
       <c r="C146" s="15" t="s">
+        <v>429</v>
+      </c>
+      <c r="D146" s="16" t="s">
+        <v>430</v>
+      </c>
+      <c r="E146" s="15" t="s">
         <v>431</v>
-      </c>
-[...4 lines deleted...]
-        <v>433</v>
       </c>
       <c r="F146" s="14" t="s">
         <v>20</v>
       </c>
       <c r="G146" s="14">
         <v>32901</v>
       </c>
       <c r="H146" s="17">
         <v>8665903550</v>
       </c>
     </row>
     <row r="147" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B147" s="14">
-        <v>10046</v>
+        <v>17731</v>
       </c>
       <c r="C147" s="15" t="s">
+        <v>432</v>
+      </c>
+      <c r="D147" s="16" t="s">
+        <v>433</v>
+      </c>
+      <c r="E147" s="15" t="s">
         <v>434</v>
       </c>
-      <c r="D147" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F147" s="14" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>378</v>
+        <v>65</v>
+      </c>
+      <c r="G147" s="14">
+        <v>65205</v>
       </c>
       <c r="H147" s="17">
-        <v>8605475000</v>
+        <v>5734746193</v>
       </c>
     </row>
     <row r="148" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B148" s="14">
-        <v>17327</v>
+        <v>10046</v>
       </c>
       <c r="C148" s="15" t="s">
         <v>435</v>
       </c>
       <c r="D148" s="16" t="s">
-        <v>436</v>
+        <v>375</v>
       </c>
       <c r="E148" s="15" t="s">
-        <v>437</v>
+        <v>54</v>
       </c>
       <c r="F148" s="14" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>33408</v>
+        <v>55</v>
+      </c>
+      <c r="G148" s="14" t="s">
+        <v>376</v>
       </c>
       <c r="H148" s="17">
-        <v>5613045532</v>
+        <v>8605475000</v>
       </c>
     </row>
     <row r="149" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B149" s="14">
-        <v>16754</v>
+        <v>17327</v>
       </c>
       <c r="C149" s="15" t="s">
+        <v>436</v>
+      </c>
+      <c r="D149" s="16" t="s">
+        <v>437</v>
+      </c>
+      <c r="E149" s="15" t="s">
         <v>438</v>
       </c>
-      <c r="D149" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F149" s="14" t="s">
-        <v>127</v>
+        <v>20</v>
       </c>
       <c r="G149" s="14">
-        <v>55435</v>
+        <v>33408</v>
       </c>
       <c r="H149" s="17">
-        <v>9522091786</v>
+        <v>5613045532</v>
       </c>
     </row>
     <row r="150" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B150" s="14">
-        <v>32859</v>
+        <v>16754</v>
       </c>
       <c r="C150" s="15" t="s">
+        <v>439</v>
+      </c>
+      <c r="D150" s="16" t="s">
+        <v>440</v>
+      </c>
+      <c r="E150" s="15" t="s">
         <v>441</v>
       </c>
-      <c r="D150" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F150" s="14" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>444</v>
+        <v>127</v>
+      </c>
+      <c r="G150" s="14">
+        <v>55435</v>
       </c>
       <c r="H150" s="17">
-        <v>6106641500</v>
+        <v>9522091786</v>
       </c>
     </row>
     <row r="151" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B151" s="14">
-        <v>11062</v>
+        <v>32859</v>
       </c>
       <c r="C151" s="15" t="s">
+        <v>442</v>
+      </c>
+      <c r="D151" s="16" t="s">
+        <v>443</v>
+      </c>
+      <c r="E151" s="15" t="s">
+        <v>444</v>
+      </c>
+      <c r="F151" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G151" s="14" t="s">
         <v>445</v>
       </c>
-      <c r="D151" s="16" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H151" s="17">
-        <v>5153343001</v>
+        <v>6106641500</v>
       </c>
     </row>
     <row r="152" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B152" s="14">
-        <v>17445</v>
+        <v>11062</v>
       </c>
       <c r="C152" s="15" t="s">
+        <v>446</v>
+      </c>
+      <c r="D152" s="16" t="s">
+        <v>447</v>
+      </c>
+      <c r="E152" s="15" t="s">
         <v>448</v>
       </c>
-      <c r="D152" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F152" s="14" t="s">
-        <v>160</v>
+        <v>296</v>
       </c>
       <c r="G152" s="14">
-        <v>54481</v>
+        <v>50323</v>
       </c>
       <c r="H152" s="17">
-        <v>7153466000</v>
+        <v>5153343001</v>
       </c>
     </row>
     <row r="153" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B153" s="14">
-        <v>12588</v>
+        <v>17445</v>
       </c>
       <c r="C153" s="15" t="s">
+        <v>449</v>
+      </c>
+      <c r="D153" s="16" t="s">
+        <v>450</v>
+      </c>
+      <c r="E153" s="15" t="s">
         <v>451</v>
       </c>
-      <c r="D153" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F153" s="14" t="s">
-        <v>454</v>
-[...2 lines deleted...]
-        <v>455</v>
+        <v>160</v>
+      </c>
+      <c r="G153" s="14">
+        <v>54481</v>
       </c>
       <c r="H153" s="17">
-        <v>8013045577</v>
+        <v>7153466000</v>
       </c>
     </row>
     <row r="154" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B154" s="14">
-        <v>10786</v>
+        <v>12588</v>
       </c>
       <c r="C154" s="15" t="s">
+        <v>452</v>
+      </c>
+      <c r="D154" s="16" t="s">
+        <v>453</v>
+      </c>
+      <c r="E154" s="15" t="s">
+        <v>454</v>
+      </c>
+      <c r="F154" s="14" t="s">
+        <v>455</v>
+      </c>
+      <c r="G154" s="14" t="s">
         <v>456</v>
       </c>
-      <c r="D154" s="16" t="s">
-[...11 lines deleted...]
-      <c r="H154" s="17"/>
+      <c r="H154" s="17">
+        <v>8013045577</v>
+      </c>
     </row>
     <row r="155" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B155" s="14">
-        <v>17400</v>
+        <v>10786</v>
       </c>
       <c r="C155" s="15" t="s">
         <v>457</v>
       </c>
       <c r="D155" s="16" t="s">
-        <v>458</v>
+        <v>148</v>
       </c>
       <c r="E155" s="15" t="s">
-        <v>459</v>
+        <v>149</v>
       </c>
       <c r="F155" s="14" t="s">
-        <v>460</v>
-[...6 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="G155" s="14" t="s">
+        <v>150</v>
+      </c>
+      <c r="H155" s="17"/>
     </row>
     <row r="156" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B156" s="14">
-        <v>11811</v>
+        <v>17400</v>
       </c>
       <c r="C156" s="15" t="s">
+        <v>458</v>
+      </c>
+      <c r="D156" s="16" t="s">
+        <v>459</v>
+      </c>
+      <c r="E156" s="15" t="s">
+        <v>460</v>
+      </c>
+      <c r="F156" s="14" t="s">
         <v>461</v>
       </c>
-      <c r="D156" s="16" t="s">
-[...9 lines deleted...]
-        <v>463</v>
+      <c r="G156" s="14">
+        <v>35209</v>
       </c>
       <c r="H156" s="17">
-        <v>4048425600</v>
+        <v>8028604137</v>
       </c>
     </row>
     <row r="157" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B157" s="14">
-        <v>24252</v>
+        <v>11811</v>
       </c>
       <c r="C157" s="15" t="s">
+        <v>462</v>
+      </c>
+      <c r="D157" s="16" t="s">
+        <v>463</v>
+      </c>
+      <c r="E157" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="F157" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G157" s="14" t="s">
         <v>464</v>
       </c>
-      <c r="D157" s="16" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H157" s="17">
-        <v>4404615000</v>
+        <v>4048425600</v>
       </c>
     </row>
     <row r="158" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B158" s="14">
-        <v>13149</v>
+        <v>24252</v>
       </c>
       <c r="C158" s="15" t="s">
+        <v>465</v>
+      </c>
+      <c r="D158" s="16" t="s">
+        <v>466</v>
+      </c>
+      <c r="E158" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="F158" s="14" t="s">
+        <v>95</v>
+      </c>
+      <c r="G158" s="14" t="s">
         <v>467</v>
       </c>
-      <c r="D158" s="16" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H158" s="17">
-        <v>3176369800</v>
+        <v>4404615000</v>
       </c>
     </row>
     <row r="159" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B159" s="14">
-        <v>17148</v>
+        <v>13149</v>
       </c>
       <c r="C159" s="15" t="s">
+        <v>468</v>
+      </c>
+      <c r="D159" s="16" t="s">
+        <v>469</v>
+      </c>
+      <c r="E159" s="15" t="s">
+        <v>470</v>
+      </c>
+      <c r="F159" s="14" t="s">
         <v>471</v>
       </c>
-      <c r="D159" s="16" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G159" s="14">
-        <v>10601</v>
+        <v>46032</v>
       </c>
       <c r="H159" s="17">
-        <v>9149920012</v>
+        <v>3176369800</v>
       </c>
     </row>
     <row r="160" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B160" s="14">
-        <v>11515</v>
+        <v>17148</v>
       </c>
       <c r="C160" s="15" t="s">
+        <v>472</v>
+      </c>
+      <c r="D160" s="16" t="s">
+        <v>473</v>
+      </c>
+      <c r="E160" s="15" t="s">
         <v>474</v>
       </c>
-      <c r="D160" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F160" s="14" t="s">
-        <v>160</v>
+        <v>33</v>
       </c>
       <c r="G160" s="14">
-        <v>53596</v>
+        <v>10601</v>
       </c>
       <c r="H160" s="17">
-        <v>8002336739</v>
+        <v>9149920012</v>
       </c>
     </row>
     <row r="161" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B161" s="14">
-        <v>12623</v>
+        <v>11515</v>
       </c>
       <c r="C161" s="15" t="s">
+        <v>475</v>
+      </c>
+      <c r="D161" s="16" t="s">
+        <v>476</v>
+      </c>
+      <c r="E161" s="15" t="s">
         <v>477</v>
       </c>
-      <c r="D161" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F161" s="14" t="s">
-        <v>480</v>
+        <v>160</v>
       </c>
       <c r="G161" s="14">
-        <v>57106</v>
+        <v>53596</v>
       </c>
       <c r="H161" s="17">
-        <v>6054444800</v>
+        <v>8002336739</v>
       </c>
     </row>
     <row r="162" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B162" s="14">
-        <v>40479</v>
+        <v>12623</v>
       </c>
       <c r="C162" s="15" t="s">
+        <v>478</v>
+      </c>
+      <c r="D162" s="16" t="s">
+        <v>479</v>
+      </c>
+      <c r="E162" s="15" t="s">
+        <v>480</v>
+      </c>
+      <c r="F162" s="14" t="s">
         <v>481</v>
       </c>
-      <c r="D162" s="16" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G162" s="14">
-        <v>44114</v>
+        <v>57106</v>
       </c>
       <c r="H162" s="17">
-        <v>9727886000</v>
+        <v>6054444800</v>
       </c>
     </row>
     <row r="163" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B163" s="14">
-        <v>17103</v>
+        <v>40479</v>
       </c>
       <c r="C163" s="15" t="s">
+        <v>482</v>
+      </c>
+      <c r="D163" s="16" t="s">
         <v>483</v>
       </c>
-      <c r="D163" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E163" s="15" t="s">
-        <v>308</v>
+        <v>94</v>
       </c>
       <c r="F163" s="14" t="s">
-        <v>252</v>
+        <v>95</v>
       </c>
       <c r="G163" s="14">
-        <v>23060</v>
+        <v>44114</v>
       </c>
       <c r="H163" s="17">
-        <v>8042560525</v>
+        <v>9727886000</v>
       </c>
     </row>
     <row r="164" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B164" s="14">
-        <v>28053</v>
+        <v>17103</v>
       </c>
       <c r="C164" s="15" t="s">
+        <v>484</v>
+      </c>
+      <c r="D164" s="16" t="s">
         <v>485</v>
       </c>
-      <c r="D164" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E164" s="15" t="s">
-        <v>203</v>
+        <v>308</v>
       </c>
       <c r="F164" s="14" t="s">
-        <v>38</v>
+        <v>252</v>
       </c>
       <c r="G164" s="14">
-        <v>43215</v>
+        <v>23060</v>
       </c>
       <c r="H164" s="17">
-        <v>8164122800</v>
+        <v>8042560525</v>
       </c>
     </row>
     <row r="165" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B165" s="14">
-        <v>42595</v>
+        <v>28053</v>
       </c>
       <c r="C165" s="15" t="s">
         <v>486</v>
       </c>
       <c r="D165" s="16" t="s">
-        <v>487</v>
+        <v>350</v>
       </c>
       <c r="E165" s="15" t="s">
-        <v>488</v>
+        <v>203</v>
       </c>
       <c r="F165" s="14" t="s">
-        <v>252</v>
+        <v>38</v>
       </c>
       <c r="G165" s="14">
-        <v>22801</v>
+        <v>43215</v>
       </c>
       <c r="H165" s="17">
-        <v>5404345344</v>
+        <v>8164122800</v>
       </c>
     </row>
     <row r="166" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B166" s="14">
-        <v>16650</v>
+        <v>42595</v>
       </c>
       <c r="C166" s="15" t="s">
+        <v>487</v>
+      </c>
+      <c r="D166" s="16" t="s">
+        <v>488</v>
+      </c>
+      <c r="E166" s="15" t="s">
         <v>489</v>
-      </c>
-[...4 lines deleted...]
-        <v>488</v>
       </c>
       <c r="F166" s="14" t="s">
         <v>252</v>
       </c>
       <c r="G166" s="14">
         <v>22801</v>
       </c>
       <c r="H166" s="17">
         <v>5404345344</v>
       </c>
     </row>
     <row r="167" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B167" s="14">
-        <v>11100</v>
+        <v>16650</v>
       </c>
       <c r="C167" s="15" t="s">
         <v>490</v>
       </c>
       <c r="D167" s="16" t="s">
-        <v>352</v>
+        <v>488</v>
       </c>
       <c r="E167" s="15" t="s">
-        <v>203</v>
+        <v>489</v>
       </c>
       <c r="F167" s="14" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>353</v>
+        <v>252</v>
+      </c>
+      <c r="G167" s="14">
+        <v>22801</v>
       </c>
       <c r="H167" s="17">
-        <v>6176543684</v>
+        <v>5404345344</v>
       </c>
     </row>
     <row r="168" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B168" s="14">
-        <v>15341</v>
+        <v>11100</v>
       </c>
       <c r="C168" s="15" t="s">
         <v>491</v>
       </c>
       <c r="D168" s="16" t="s">
-        <v>492</v>
+        <v>350</v>
       </c>
       <c r="E168" s="15" t="s">
-        <v>493</v>
+        <v>203</v>
       </c>
       <c r="F168" s="14" t="s">
-        <v>20</v>
-[...4 lines deleted...]
-      <c r="H168" s="17"/>
+        <v>38</v>
+      </c>
+      <c r="G168" s="14" t="s">
+        <v>351</v>
+      </c>
+      <c r="H168" s="17">
+        <v>6176543684</v>
+      </c>
     </row>
     <row r="169" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B169" s="14">
-        <v>13815</v>
+        <v>15341</v>
       </c>
       <c r="C169" s="15" t="s">
+        <v>492</v>
+      </c>
+      <c r="D169" s="16" t="s">
+        <v>493</v>
+      </c>
+      <c r="E169" s="15" t="s">
         <v>494</v>
       </c>
-      <c r="D169" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F169" s="14" t="s">
-        <v>65</v>
-[...6 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="G169" s="14">
+        <v>33637</v>
+      </c>
+      <c r="H169" s="17"/>
     </row>
     <row r="170" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B170" s="14">
-        <v>41297</v>
+        <v>13815</v>
       </c>
       <c r="C170" s="15" t="s">
+        <v>495</v>
+      </c>
+      <c r="D170" s="16" t="s">
+        <v>496</v>
+      </c>
+      <c r="E170" s="15" t="s">
+        <v>497</v>
+      </c>
+      <c r="F170" s="14" t="s">
+        <v>65</v>
+      </c>
+      <c r="G170" s="14" t="s">
         <v>498</v>
       </c>
-      <c r="D170" s="16" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H170" s="17">
-        <v>6142491545</v>
+        <v>3149955300</v>
       </c>
     </row>
     <row r="171" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B171" s="14">
-        <v>10672</v>
+        <v>41297</v>
       </c>
       <c r="C171" s="15" t="s">
         <v>499</v>
       </c>
       <c r="D171" s="16" t="s">
         <v>310</v>
       </c>
       <c r="E171" s="15" t="s">
         <v>311</v>
       </c>
       <c r="F171" s="14" t="s">
         <v>95</v>
       </c>
       <c r="G171" s="14" t="s">
         <v>312</v>
       </c>
       <c r="H171" s="17">
-        <v>4803654000</v>
+        <v>6142491545</v>
       </c>
     </row>
     <row r="172" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B172" s="14">
-        <v>17631</v>
+        <v>10672</v>
       </c>
       <c r="C172" s="15" t="s">
         <v>500</v>
       </c>
       <c r="D172" s="16" t="s">
-        <v>501</v>
+        <v>310</v>
       </c>
       <c r="E172" s="15" t="s">
-        <v>502</v>
+        <v>311</v>
       </c>
       <c r="F172" s="14" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>31210</v>
+        <v>95</v>
+      </c>
+      <c r="G172" s="14" t="s">
+        <v>312</v>
       </c>
       <c r="H172" s="17">
-        <v>4784770400</v>
+        <v>4803654000</v>
       </c>
     </row>
     <row r="173" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B173" s="14">
-        <v>10729</v>
+        <v>17631</v>
       </c>
       <c r="C173" s="15" t="s">
+        <v>501</v>
+      </c>
+      <c r="D173" s="16" t="s">
+        <v>502</v>
+      </c>
+      <c r="E173" s="15" t="s">
         <v>503</v>
       </c>
-      <c r="D173" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F173" s="14" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>504</v>
+        <v>12</v>
+      </c>
+      <c r="G173" s="14">
+        <v>31210</v>
       </c>
       <c r="H173" s="17">
-        <v>2123443000</v>
+        <v>4784770400</v>
       </c>
     </row>
     <row r="174" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B174" s="14">
-        <v>16762</v>
+        <v>10729</v>
       </c>
       <c r="C174" s="15" t="s">
+        <v>504</v>
+      </c>
+      <c r="D174" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="E174" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="F174" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G174" s="14" t="s">
         <v>505</v>
       </c>
-      <c r="D174" s="16" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H174" s="17">
-        <v>6166623900</v>
+        <v>2123443000</v>
       </c>
     </row>
     <row r="175" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B175" s="14">
-        <v>19208</v>
+        <v>16762</v>
       </c>
       <c r="C175" s="15" t="s">
+        <v>506</v>
+      </c>
+      <c r="D175" s="16" t="s">
+        <v>507</v>
+      </c>
+      <c r="E175" s="15" t="s">
         <v>508</v>
       </c>
-      <c r="D175" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F175" s="14" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
       <c r="G175" s="14">
-        <v>44114</v>
+        <v>48328</v>
       </c>
       <c r="H175" s="17">
-        <v>8007772249</v>
+        <v>6166623900</v>
       </c>
     </row>
     <row r="176" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B176" s="14">
-        <v>16820</v>
+        <v>19208</v>
       </c>
       <c r="C176" s="15" t="s">
         <v>509</v>
       </c>
       <c r="D176" s="16" t="s">
-        <v>510</v>
+        <v>483</v>
       </c>
       <c r="E176" s="15" t="s">
-        <v>32</v>
+        <v>94</v>
       </c>
       <c r="F176" s="14" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
       <c r="G176" s="14">
-        <v>10007</v>
+        <v>44114</v>
       </c>
       <c r="H176" s="17">
-        <v>2123122500</v>
+        <v>8007772249</v>
       </c>
     </row>
     <row r="177" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B177" s="14">
-        <v>16999</v>
+        <v>16820</v>
       </c>
       <c r="C177" s="15" t="s">
+        <v>510</v>
+      </c>
+      <c r="D177" s="16" t="s">
         <v>511</v>
       </c>
-      <c r="D177" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E177" s="15" t="s">
-        <v>513</v>
+        <v>32</v>
       </c>
       <c r="F177" s="14" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="G177" s="14">
-        <v>76262</v>
+        <v>10007</v>
       </c>
       <c r="H177" s="17">
-        <v>8178651953</v>
+        <v>2123122500</v>
       </c>
     </row>
     <row r="178" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B178" s="14">
-        <v>16826</v>
+        <v>16999</v>
       </c>
       <c r="C178" s="15" t="s">
+        <v>512</v>
+      </c>
+      <c r="D178" s="16" t="s">
+        <v>513</v>
+      </c>
+      <c r="E178" s="15" t="s">
         <v>514</v>
       </c>
-      <c r="D178" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F178" s="14" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>516</v>
+        <v>51</v>
+      </c>
+      <c r="G178" s="14">
+        <v>76262</v>
       </c>
       <c r="H178" s="17">
-        <v>6783094000</v>
+        <v>8178651953</v>
       </c>
     </row>
     <row r="179" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B179" s="14">
-        <v>17045</v>
+        <v>16826</v>
       </c>
       <c r="C179" s="15" t="s">
+        <v>515</v>
+      </c>
+      <c r="D179" s="16" t="s">
+        <v>516</v>
+      </c>
+      <c r="E179" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="F179" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G179" s="14" t="s">
         <v>517</v>
       </c>
-      <c r="D179" s="16" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H179" s="17">
-        <v>8882217242</v>
+        <v>6783094000</v>
       </c>
     </row>
     <row r="180" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B180" s="14">
-        <v>30481</v>
+        <v>17045</v>
       </c>
       <c r="C180" s="15" t="s">
+        <v>518</v>
+      </c>
+      <c r="D180" s="16" t="s">
+        <v>519</v>
+      </c>
+      <c r="E180" s="15" t="s">
+        <v>520</v>
+      </c>
+      <c r="F180" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="G180" s="14" t="s">
         <v>521</v>
       </c>
-      <c r="D180" s="16" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H180" s="17">
-        <v>8602770111</v>
+        <v>8882217242</v>
       </c>
     </row>
     <row r="181" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B181" s="14">
-        <v>13604</v>
+        <v>30481</v>
       </c>
       <c r="C181" s="15" t="s">
         <v>522</v>
       </c>
       <c r="D181" s="16" t="s">
-        <v>523</v>
+        <v>53</v>
       </c>
       <c r="E181" s="15" t="s">
-        <v>32</v>
+        <v>54</v>
       </c>
       <c r="F181" s="14" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>10022</v>
+        <v>55</v>
+      </c>
+      <c r="G181" s="14" t="s">
+        <v>56</v>
       </c>
       <c r="H181" s="17">
-        <v>8665195687</v>
+        <v>8602770111</v>
       </c>
     </row>
     <row r="182" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B182" s="14">
-        <v>44776</v>
+        <v>13604</v>
       </c>
       <c r="C182" s="15" t="s">
+        <v>523</v>
+      </c>
+      <c r="D182" s="16" t="s">
         <v>524</v>
       </c>
-      <c r="D182" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E182" s="15" t="s">
-        <v>526</v>
+        <v>32</v>
       </c>
       <c r="F182" s="14" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
       <c r="G182" s="14">
-        <v>45201</v>
-[...1 lines deleted...]
-      <c r="H182" s="17"/>
+        <v>10022</v>
+      </c>
+      <c r="H182" s="17">
+        <v>8665195687</v>
+      </c>
     </row>
     <row r="183" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B183" s="14">
-        <v>17501</v>
+        <v>44776</v>
       </c>
       <c r="C183" s="15" t="s">
+        <v>525</v>
+      </c>
+      <c r="D183" s="16" t="s">
+        <v>526</v>
+      </c>
+      <c r="E183" s="15" t="s">
         <v>527</v>
       </c>
-      <c r="D183" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F183" s="14" t="s">
-        <v>43</v>
+        <v>95</v>
       </c>
       <c r="G183" s="14">
-        <v>61710</v>
-[...3 lines deleted...]
-      </c>
+        <v>45201</v>
+      </c>
+      <c r="H183" s="17"/>
     </row>
     <row r="184" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B184" s="14">
-        <v>26387</v>
+        <v>17501</v>
       </c>
       <c r="C184" s="15" t="s">
+        <v>528</v>
+      </c>
+      <c r="D184" s="16" t="s">
+        <v>529</v>
+      </c>
+      <c r="E184" s="15" t="s">
         <v>530</v>
-      </c>
-[...4 lines deleted...]
-        <v>231</v>
       </c>
       <c r="F184" s="14" t="s">
         <v>43</v>
       </c>
-      <c r="G184" s="14" t="s">
-        <v>232</v>
+      <c r="G184" s="14">
+        <v>61710</v>
       </c>
       <c r="H184" s="17">
-        <v>8476056000</v>
+        <v>3097662311</v>
       </c>
     </row>
     <row r="185" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B185" s="14">
-        <v>14012</v>
+        <v>26387</v>
       </c>
       <c r="C185" s="15" t="s">
         <v>531</v>
       </c>
       <c r="D185" s="16" t="s">
-        <v>532</v>
+        <v>230</v>
       </c>
       <c r="E185" s="15" t="s">
-        <v>42</v>
+        <v>231</v>
       </c>
       <c r="F185" s="14" t="s">
         <v>43</v>
       </c>
-      <c r="G185" s="14">
-        <v>60631</v>
+      <c r="G185" s="14" t="s">
+        <v>232</v>
       </c>
       <c r="H185" s="17">
-        <v>7734581055</v>
+        <v>8476056000</v>
       </c>
     </row>
     <row r="186" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B186" s="14">
-        <v>16889</v>
+        <v>14012</v>
       </c>
       <c r="C186" s="15" t="s">
+        <v>532</v>
+      </c>
+      <c r="D186" s="16" t="s">
         <v>533</v>
       </c>
-      <c r="D186" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E186" s="15" t="s">
-        <v>535</v>
+        <v>42</v>
       </c>
       <c r="F186" s="14" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="G186" s="14">
-        <v>75039</v>
+        <v>60631</v>
       </c>
       <c r="H186" s="17">
-        <v>4693574392</v>
+        <v>7734581055</v>
       </c>
     </row>
     <row r="187" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B187" s="14">
-        <v>16551</v>
+        <v>16889</v>
       </c>
       <c r="C187" s="15" t="s">
+        <v>534</v>
+      </c>
+      <c r="D187" s="16" t="s">
+        <v>535</v>
+      </c>
+      <c r="E187" s="15" t="s">
         <v>536</v>
-      </c>
-[...4 lines deleted...]
-        <v>538</v>
       </c>
       <c r="F187" s="14" t="s">
         <v>51</v>
       </c>
       <c r="G187" s="14">
-        <v>76021</v>
+        <v>75039</v>
       </c>
       <c r="H187" s="17">
-        <v>8172652000</v>
+        <v>4693574392</v>
       </c>
     </row>
     <row r="188" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B188" s="14">
-        <v>16848</v>
+        <v>16551</v>
       </c>
       <c r="C188" s="15" t="s">
+        <v>537</v>
+      </c>
+      <c r="D188" s="16" t="s">
+        <v>538</v>
+      </c>
+      <c r="E188" s="15" t="s">
         <v>539</v>
       </c>
-      <c r="D188" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F188" s="14" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="G188" s="14">
-        <v>33444</v>
-[...1 lines deleted...]
-      <c r="H188" s="17"/>
+        <v>76021</v>
+      </c>
+      <c r="H188" s="17">
+        <v>8172652000</v>
+      </c>
     </row>
     <row r="189" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B189" s="14">
-        <v>34916</v>
+        <v>16848</v>
       </c>
       <c r="C189" s="15" t="s">
+        <v>540</v>
+      </c>
+      <c r="D189" s="16" t="s">
+        <v>541</v>
+      </c>
+      <c r="E189" s="15" t="s">
         <v>542</v>
       </c>
-      <c r="D189" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F189" s="14" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>545</v>
+        <v>20</v>
+      </c>
+      <c r="G189" s="14">
+        <v>33444</v>
       </c>
       <c r="H189" s="17"/>
     </row>
     <row r="190" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B190" s="14">
-        <v>34487</v>
+        <v>34916</v>
       </c>
       <c r="C190" s="15" t="s">
+        <v>543</v>
+      </c>
+      <c r="D190" s="16" t="s">
+        <v>544</v>
+      </c>
+      <c r="E190" s="15" t="s">
+        <v>545</v>
+      </c>
+      <c r="F190" s="14" t="s">
+        <v>65</v>
+      </c>
+      <c r="G190" s="14" t="s">
         <v>546</v>
       </c>
-      <c r="D190" s="16" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="H190" s="17"/>
     </row>
     <row r="191" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B191" s="14">
-        <v>16543</v>
+        <v>34487</v>
       </c>
       <c r="C191" s="15" t="s">
+        <v>547</v>
+      </c>
+      <c r="D191" s="16" t="s">
+        <v>548</v>
+      </c>
+      <c r="E191" s="15" t="s">
         <v>549</v>
       </c>
-      <c r="D191" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F191" s="14" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>164</v>
+        <v>60</v>
+      </c>
+      <c r="G191" s="14">
+        <v>94558</v>
       </c>
       <c r="H191" s="17">
-        <v>4028273424</v>
+        <v>8004212368</v>
       </c>
     </row>
     <row r="192" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B192" s="14">
-        <v>10713</v>
+        <v>16543</v>
       </c>
       <c r="C192" s="15" t="s">
+        <v>550</v>
+      </c>
+      <c r="D192" s="16" t="s">
+        <v>551</v>
+      </c>
+      <c r="E192" s="15" t="s">
         <v>552</v>
       </c>
-      <c r="D192" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F192" s="14" t="s">
-        <v>83</v>
+        <v>138</v>
       </c>
       <c r="G192" s="14" t="s">
-        <v>555</v>
+        <v>164</v>
       </c>
       <c r="H192" s="17">
-        <v>2627877700</v>
+        <v>4028273424</v>
       </c>
     </row>
     <row r="193" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B193" s="14">
-        <v>23850</v>
+        <v>10713</v>
       </c>
       <c r="C193" s="15" t="s">
+        <v>553</v>
+      </c>
+      <c r="D193" s="16" t="s">
+        <v>554</v>
+      </c>
+      <c r="E193" s="15" t="s">
+        <v>555</v>
+      </c>
+      <c r="F193" s="14" t="s">
+        <v>83</v>
+      </c>
+      <c r="G193" s="14" t="s">
         <v>556</v>
       </c>
-      <c r="D193" s="16" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H193" s="17">
-        <v>8008734552</v>
+        <v>2627877700</v>
       </c>
     </row>
     <row r="194" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B194" s="14">
-        <v>18031</v>
+        <v>23850</v>
       </c>
       <c r="C194" s="15" t="s">
+        <v>557</v>
+      </c>
+      <c r="D194" s="16" t="s">
+        <v>558</v>
+      </c>
+      <c r="E194" s="15" t="s">
+        <v>444</v>
+      </c>
+      <c r="F194" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G194" s="14" t="s">
         <v>559</v>
       </c>
-      <c r="D194" s="16" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H194" s="17">
-        <v>8184665900</v>
+        <v>8008734552</v>
       </c>
     </row>
     <row r="195" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B195" s="14">
-        <v>29696</v>
+        <v>18031</v>
       </c>
       <c r="C195" s="15" t="s">
+        <v>560</v>
+      </c>
+      <c r="D195" s="16" t="s">
+        <v>561</v>
+      </c>
+      <c r="E195" s="15" t="s">
+        <v>562</v>
+      </c>
+      <c r="F195" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G195" s="14" t="s">
         <v>563</v>
       </c>
-      <c r="D195" s="16" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H195" s="17">
-        <v>8602770111</v>
+        <v>8184665900</v>
       </c>
     </row>
     <row r="196" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B196" s="14">
-        <v>10213</v>
+        <v>29696</v>
       </c>
       <c r="C196" s="15" t="s">
         <v>564</v>
       </c>
       <c r="D196" s="16" t="s">
         <v>53</v>
       </c>
       <c r="E196" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F196" s="14" t="s">
         <v>55</v>
       </c>
       <c r="G196" s="14" t="s">
         <v>56</v>
       </c>
       <c r="H196" s="17">
-        <v>3126485000</v>
+        <v>8602770111</v>
       </c>
     </row>
     <row r="197" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B197" s="14">
-        <v>29734</v>
+        <v>10213</v>
       </c>
       <c r="C197" s="15" t="s">
         <v>565</v>
       </c>
       <c r="D197" s="16" t="s">
-        <v>566</v>
+        <v>53</v>
       </c>
       <c r="E197" s="15" t="s">
-        <v>567</v>
+        <v>54</v>
       </c>
       <c r="F197" s="14" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>48084</v>
+        <v>55</v>
+      </c>
+      <c r="G197" s="14" t="s">
+        <v>56</v>
       </c>
       <c r="H197" s="17">
-        <v>2485590840</v>
+        <v>3126485000</v>
       </c>
     </row>
     <row r="198" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B198" s="14">
-        <v>16188</v>
+        <v>29734</v>
       </c>
       <c r="C198" s="15" t="s">
+        <v>566</v>
+      </c>
+      <c r="D198" s="16" t="s">
+        <v>567</v>
+      </c>
+      <c r="E198" s="15" t="s">
         <v>568</v>
       </c>
-      <c r="D198" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F198" s="14" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>83</v>
+      </c>
+      <c r="G198" s="14">
+        <v>48084</v>
       </c>
       <c r="H198" s="17">
-        <v>4055944960</v>
+        <v>2485590840</v>
       </c>
     </row>
     <row r="199" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B199" s="14">
-        <v>37982</v>
+        <v>16188</v>
       </c>
       <c r="C199" s="15" t="s">
+        <v>569</v>
+      </c>
+      <c r="D199" s="16" t="s">
         <v>570</v>
       </c>
-      <c r="D199" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E199" s="15" t="s">
-        <v>572</v>
+        <v>144</v>
       </c>
       <c r="F199" s="14" t="s">
-        <v>78</v>
+        <v>145</v>
       </c>
       <c r="G199" s="14" t="s">
-        <v>573</v>
-[...1 lines deleted...]
-      <c r="H199" s="17"/>
+        <v>146</v>
+      </c>
+      <c r="H199" s="17">
+        <v>4055944960</v>
+      </c>
     </row>
     <row r="200" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B200" s="14">
-        <v>15792</v>
+        <v>37982</v>
       </c>
       <c r="C200" s="15" t="s">
+        <v>571</v>
+      </c>
+      <c r="D200" s="16" t="s">
+        <v>572</v>
+      </c>
+      <c r="E200" s="15" t="s">
+        <v>573</v>
+      </c>
+      <c r="F200" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="G200" s="14" t="s">
         <v>574</v>
       </c>
-      <c r="D200" s="16" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="H200" s="17"/>
     </row>
     <row r="201" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B201" s="14">
-        <v>13064</v>
+        <v>15792</v>
       </c>
       <c r="C201" s="15" t="s">
+        <v>575</v>
+      </c>
+      <c r="D201" s="16" t="s">
+        <v>576</v>
+      </c>
+      <c r="E201" s="15" t="s">
+        <v>577</v>
+      </c>
+      <c r="F201" s="14" t="s">
         <v>578</v>
       </c>
-      <c r="D201" s="16" t="s">
-[...9 lines deleted...]
-        <v>444</v>
+      <c r="G201" s="14">
+        <v>60602</v>
       </c>
       <c r="H201" s="17">
-        <v>6106641500</v>
+        <v>2123824081</v>
       </c>
     </row>
     <row r="202" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B202" s="14">
-        <v>12537</v>
+        <v>13064</v>
       </c>
       <c r="C202" s="15" t="s">
         <v>579</v>
       </c>
       <c r="D202" s="16" t="s">
-        <v>537</v>
+        <v>443</v>
       </c>
       <c r="E202" s="15" t="s">
-        <v>538</v>
+        <v>444</v>
       </c>
       <c r="F202" s="14" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>76021</v>
+        <v>118</v>
+      </c>
+      <c r="G202" s="14" t="s">
+        <v>445</v>
       </c>
       <c r="H202" s="17">
-        <v>8172652000</v>
+        <v>6106641500</v>
       </c>
     </row>
     <row r="203" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B203" s="14">
-        <v>25895</v>
+        <v>12537</v>
       </c>
       <c r="C203" s="15" t="s">
         <v>580</v>
       </c>
       <c r="D203" s="16" t="s">
-        <v>398</v>
+        <v>538</v>
       </c>
       <c r="E203" s="15" t="s">
-        <v>399</v>
+        <v>539</v>
       </c>
       <c r="F203" s="14" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>581</v>
+        <v>51</v>
+      </c>
+      <c r="G203" s="14">
+        <v>76021</v>
       </c>
       <c r="H203" s="17">
-        <v>6106882535</v>
+        <v>8172652000</v>
       </c>
     </row>
     <row r="204" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B204" s="14">
-        <v>16988</v>
+        <v>25895</v>
       </c>
       <c r="C204" s="15" t="s">
+        <v>581</v>
+      </c>
+      <c r="D204" s="16" t="s">
+        <v>396</v>
+      </c>
+      <c r="E204" s="15" t="s">
+        <v>397</v>
+      </c>
+      <c r="F204" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G204" s="14" t="s">
         <v>582</v>
       </c>
-      <c r="D204" s="16" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H204" s="17">
-        <v>8883447100</v>
+        <v>6106882535</v>
       </c>
     </row>
     <row r="205" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B205" s="14">
-        <v>43451</v>
+        <v>16988</v>
       </c>
       <c r="C205" s="15" t="s">
+        <v>583</v>
+      </c>
+      <c r="D205" s="16" t="s">
         <v>584</v>
       </c>
-      <c r="D205" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E205" s="15" t="s">
-        <v>586</v>
+        <v>50</v>
       </c>
       <c r="F205" s="14" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>587</v>
+        <v>51</v>
+      </c>
+      <c r="G205" s="14">
+        <v>75254</v>
       </c>
       <c r="H205" s="17">
-        <v>3157342000</v>
+        <v>8883447100</v>
       </c>
     </row>
     <row r="206" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B206" s="14">
-        <v>16275</v>
+        <v>43451</v>
       </c>
       <c r="C206" s="15" t="s">
+        <v>585</v>
+      </c>
+      <c r="D206" s="16" t="s">
+        <v>586</v>
+      </c>
+      <c r="E206" s="15" t="s">
+        <v>587</v>
+      </c>
+      <c r="F206" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G206" s="14" t="s">
         <v>588</v>
       </c>
-      <c r="D206" s="16" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H206" s="17">
-        <v>3123805555</v>
+        <v>3157342000</v>
       </c>
     </row>
     <row r="207" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B207" s="14">
-        <v>16237</v>
+        <v>16275</v>
       </c>
       <c r="C207" s="15" t="s">
+        <v>589</v>
+      </c>
+      <c r="D207" s="16" t="s">
         <v>590</v>
       </c>
-      <c r="D207" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E207" s="15" t="s">
-        <v>592</v>
+        <v>156</v>
       </c>
       <c r="F207" s="14" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="G207" s="14">
-        <v>33701</v>
+        <v>60606</v>
       </c>
       <c r="H207" s="17">
-        <v>6467940653</v>
+        <v>3123805555</v>
       </c>
     </row>
     <row r="208" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B208" s="14">
-        <v>39640</v>
+        <v>16237</v>
       </c>
       <c r="C208" s="15" t="s">
+        <v>591</v>
+      </c>
+      <c r="D208" s="16" t="s">
+        <v>592</v>
+      </c>
+      <c r="E208" s="15" t="s">
         <v>593</v>
       </c>
-      <c r="D208" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F208" s="14" t="s">
-        <v>596</v>
+        <v>20</v>
       </c>
       <c r="G208" s="14">
-        <v>37215</v>
-[...1 lines deleted...]
-      <c r="H208" s="17"/>
+        <v>33701</v>
+      </c>
+      <c r="H208" s="17">
+        <v>6467940653</v>
+      </c>
     </row>
     <row r="209" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B209" s="14">
-        <v>17499</v>
+        <v>39640</v>
       </c>
       <c r="C209" s="15" t="s">
+        <v>594</v>
+      </c>
+      <c r="D209" s="16" t="s">
+        <v>595</v>
+      </c>
+      <c r="E209" s="15" t="s">
+        <v>596</v>
+      </c>
+      <c r="F209" s="14" t="s">
         <v>597</v>
       </c>
-      <c r="D209" s="16" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G209" s="14">
-        <v>46290</v>
-[...3 lines deleted...]
-      </c>
+        <v>37215</v>
+      </c>
+      <c r="H209" s="17"/>
     </row>
     <row r="210" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B210" s="14">
-        <v>40428</v>
+        <v>10024</v>
       </c>
       <c r="C210" s="15" t="s">
+        <v>598</v>
+      </c>
+      <c r="D210" s="16" t="s">
+        <v>599</v>
+      </c>
+      <c r="E210" s="15" t="s">
         <v>600</v>
       </c>
-      <c r="D210" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F210" s="14" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>602</v>
+        <v>60</v>
+      </c>
+      <c r="G210" s="14">
+        <v>92150</v>
       </c>
       <c r="H210" s="17">
-        <v>7707631000</v>
+        <v>8583502400</v>
       </c>
     </row>
     <row r="211" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B211" s="14">
-        <v>15824</v>
+        <v>17499</v>
       </c>
       <c r="C211" s="15" t="s">
+        <v>601</v>
+      </c>
+      <c r="D211" s="16" t="s">
+        <v>602</v>
+      </c>
+      <c r="E211" s="15" t="s">
         <v>603</v>
       </c>
-      <c r="D211" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F211" s="14" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>471</v>
+      </c>
+      <c r="G211" s="14">
+        <v>46290</v>
       </c>
       <c r="H211" s="17">
-        <v>9738989575</v>
+        <v>3034471166</v>
       </c>
     </row>
     <row r="212" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B212" s="14">
-        <v>10172</v>
+        <v>40428</v>
       </c>
       <c r="C212" s="15" t="s">
+        <v>604</v>
+      </c>
+      <c r="D212" s="16" t="s">
         <v>605</v>
       </c>
-      <c r="D212" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E212" s="15" t="s">
-        <v>340</v>
+        <v>102</v>
       </c>
       <c r="F212" s="14" t="s">
-        <v>118</v>
-[...4 lines deleted...]
-      <c r="H212" s="17"/>
+        <v>12</v>
+      </c>
+      <c r="G212" s="14" t="s">
+        <v>606</v>
+      </c>
+      <c r="H212" s="17">
+        <v>7707631000</v>
+      </c>
     </row>
     <row r="213" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B213" s="14">
-        <v>13196</v>
+        <v>15824</v>
       </c>
       <c r="C213" s="15" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="D213" s="16" t="s">
-        <v>571</v>
+        <v>608</v>
       </c>
       <c r="E213" s="15" t="s">
-        <v>572</v>
+        <v>77</v>
       </c>
       <c r="F213" s="14" t="s">
         <v>78</v>
       </c>
       <c r="G213" s="14" t="s">
-        <v>573</v>
-[...1 lines deleted...]
-      <c r="H213" s="17"/>
+        <v>79</v>
+      </c>
+      <c r="H213" s="17">
+        <v>9738989575</v>
+      </c>
     </row>
     <row r="214" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B214" s="14">
+        <v>10172</v>
+      </c>
+      <c r="C214" s="15" t="s">
+        <v>609</v>
+      </c>
+      <c r="D214" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="E214" s="15" t="s">
+        <v>340</v>
+      </c>
+      <c r="F214" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G214" s="14">
+        <v>19106</v>
+      </c>
+      <c r="H214" s="17"/>
+    </row>
+    <row r="215" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B215" s="14">
+        <v>13196</v>
+      </c>
+      <c r="C215" s="15" t="s">
+        <v>610</v>
+      </c>
+      <c r="D215" s="16" t="s">
+        <v>572</v>
+      </c>
+      <c r="E215" s="15" t="s">
+        <v>573</v>
+      </c>
+      <c r="F215" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="G215" s="14" t="s">
+        <v>574</v>
+      </c>
+      <c r="H215" s="17"/>
+    </row>
+    <row r="216" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B216" s="14">
         <v>16992</v>
       </c>
-      <c r="C214" s="15" t="s">
-[...8 lines deleted...]
-      <c r="F214" s="14" t="s">
+      <c r="C216" s="15" t="s">
+        <v>611</v>
+      </c>
+      <c r="D216" s="16" t="s">
+        <v>612</v>
+      </c>
+      <c r="E216" s="15" t="s">
+        <v>613</v>
+      </c>
+      <c r="F216" s="14" t="s">
         <v>95</v>
       </c>
-      <c r="G214" s="14" t="s">
-[...7 lines deleted...]
-    <row r="216" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
+      <c r="G216" s="14" t="s">
+        <v>614</v>
+      </c>
+      <c r="H216" s="17">
+        <v>8002430210</v>
+      </c>
+    </row>
     <row r="217" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="218" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="219" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="220" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="221" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="222" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="223" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="224" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="241" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
@@ -9812,89 +9868,90 @@
     <row r="2625" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2626" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2627" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2628" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2629" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2630" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2631" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2632" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2633" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2634" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2635" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2636" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2637" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2638" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2639" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2640" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2641" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2642" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B1:H1"/>
     <mergeCell ref="B3:H3"/>
     <mergeCell ref="B4:H4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="84" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
+  <pageSetup scale="75" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4EBC98C4-3C20-4996-8A27-F089E8A2C275}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CCF160A1-E932-407A-ACAB-6EBDF98DD343}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>XLSX_C_Worksheet</vt:lpstr>
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>XLSX_C_Worksheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Commonwealth of Massachusetts</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Wilbur, Robert (DOI)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>