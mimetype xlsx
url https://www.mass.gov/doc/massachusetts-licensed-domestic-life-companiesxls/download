--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -2,60 +2,60 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\SBS_CSV_Reformat\Worksheets_and_Pdfs\Company\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6B97F9BD-A4BD-4340-9C75-192C88C81F94}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{32491EFB-F83D-48CF-8D91-13BEF264FD08}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{907B9934-A77F-4AEE-AF52-417C77B00FAE}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{AE0E665E-EE25-45C0-B571-BED4F6B54FE3}"/>
   </bookViews>
   <sheets>
     <sheet name="XLSX_C_Worksheet" sheetId="2" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="Current">OFFSET([1]Interface!$K$4,,,COUNTA([1]Interface!$K$4:$K$107))</definedName>
     <definedName name="Import">OFFSET([1]Interface!$J$4,,,COUNTA([1]Interface!$J$4:$J$107))</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">XLSX_C_Worksheet!$6:$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
@@ -92,51 +92,51 @@
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">1 Federal Street, Suite 700  •  Boston, MA  02110-2012
 (617) 521-7794 • FAX (617) 753-6883
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="10"/>
         <color rgb="FF0000FF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>http://www.mass.gov/doi</t>
     </r>
   </si>
   <si>
     <t>Licensed Life Companies Domestic</t>
   </si>
   <si>
-    <t>October 1, 2025</t>
+    <t>December 1, 2025</t>
   </si>
   <si>
     <t>NAIC #</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>ZIP</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Berkshire Life Insurance Company of America</t>
   </si>
@@ -545,51 +545,51 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>476250</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1295400</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1123950</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1ED8A0F1-3A6B-4C85-99C2-8E1A624160C1}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9F439DF-3F80-4E07-BF0C-C88C2DE633BA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1250950" y="133350"/>
           <a:ext cx="819150" cy="990600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
@@ -932,51 +932,51 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{42E99C70-BAEF-4A93-A6F3-E4ADEBDF54AC}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FD94C63F-8C08-479E-B9E9-F65032797D0B}">
   <sheetPr codeName="Sheet6">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H2642"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="B4" sqref="B4:H4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="2" customWidth="1"/>
     <col min="2" max="2" width="9.08984375" customWidth="1"/>
     <col min="3" max="3" width="39.90625" customWidth="1"/>
     <col min="4" max="4" width="42.54296875" customWidth="1"/>
     <col min="5" max="5" width="14.6328125" customWidth="1"/>
     <col min="6" max="6" width="8.36328125" customWidth="1"/>
     <col min="7" max="7" width="14.54296875" customWidth="1"/>
     <col min="8" max="8" width="14.08984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="112.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>0</v>
@@ -4029,60 +4029,60 @@
     <row r="2625" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2626" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2627" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2628" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2629" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2630" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2631" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2632" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2633" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2634" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2635" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2636" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2637" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2638" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2639" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2640" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2641" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2642" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B1:H1"/>
     <mergeCell ref="B3:H3"/>
     <mergeCell ref="B4:H4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="84" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" verticalDpi="0" r:id="rId1"/>
+  <pageSetup scale="84" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{28E7D2D7-639C-41C0-8012-FF416723D865}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D57C5326-6163-4F08-ABEF-8F1B16D3BB25}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>