--- v1 (2025-12-03)
+++ v2 (2026-01-17)
@@ -2,60 +2,60 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\SBS_CSV_Reformat\Worksheets_and_Pdfs\Company\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{32491EFB-F83D-48CF-8D91-13BEF264FD08}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{35CA186B-3E04-443C-8CBF-DF35715617FF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{AE0E665E-EE25-45C0-B571-BED4F6B54FE3}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{52921B29-A261-423D-A49D-9E022AB10B61}"/>
   </bookViews>
   <sheets>
     <sheet name="XLSX_C_Worksheet" sheetId="2" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="Current">OFFSET([1]Interface!$K$4,,,COUNTA([1]Interface!$K$4:$K$107))</definedName>
     <definedName name="Import">OFFSET([1]Interface!$J$4,,,COUNTA([1]Interface!$J$4:$J$107))</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">XLSX_C_Worksheet!$6:$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
@@ -92,53 +92,50 @@
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">1 Federal Street, Suite 700  •  Boston, MA  02110-2012
 (617) 521-7794 • FAX (617) 753-6883
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="10"/>
         <color rgb="FF0000FF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>http://www.mass.gov/doi</t>
     </r>
   </si>
   <si>
     <t>Licensed Life Companies Domestic</t>
   </si>
   <si>
-    <t>December 1, 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>NAIC #</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>ZIP</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Berkshire Life Insurance Company of America</t>
   </si>
   <si>
     <t xml:space="preserve">700 SOUTH STREET  </t>
@@ -297,50 +294,53 @@
     <t>Regal Reinsurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">330 Whitney Avenue, Suite 500  </t>
   </si>
   <si>
     <t>Savings Bank Mutual Life Ins. Co. of Massachusetts (The)</t>
   </si>
   <si>
     <t xml:space="preserve">ONE LINSCOTT ROAD  </t>
   </si>
   <si>
     <t>WOBURN</t>
   </si>
   <si>
     <t xml:space="preserve">	01801</t>
   </si>
   <si>
     <t>Tufts Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">1 Wellness Way  </t>
   </si>
   <si>
     <t>02021-1166</t>
+  </si>
+  <si>
+    <t>January 1, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="00000\-0000"/>
     <numFmt numFmtId="165" formatCode="mm/dd/yy;@"/>
     <numFmt numFmtId="166" formatCode="\(000\)000\-0000"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
@@ -443,153 +443,153 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="14" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="9" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>476250</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1295400</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1123950</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9F439DF-3F80-4E07-BF0C-C88C2DE633BA}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8CCF2B4-2689-4A33-9958-4E6BCA275AA9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1250950" y="133350"/>
           <a:ext cx="819150" cy="990600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
@@ -932,517 +932,517 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FD94C63F-8C08-479E-B9E9-F65032797D0B}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD14572E-F728-4257-AACE-BC80E1EDA081}">
   <sheetPr codeName="Sheet6">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H2642"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="B4" sqref="B4:H4"/>
+      <selection activeCell="B1" sqref="B1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="2" customWidth="1"/>
     <col min="2" max="2" width="9.08984375" customWidth="1"/>
     <col min="3" max="3" width="39.90625" customWidth="1"/>
     <col min="4" max="4" width="42.54296875" customWidth="1"/>
     <col min="5" max="5" width="14.6328125" customWidth="1"/>
     <col min="6" max="6" width="8.36328125" customWidth="1"/>
     <col min="7" max="7" width="14.54296875" customWidth="1"/>
     <col min="8" max="8" width="14.08984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="112.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
-      <c r="B1" s="2" t="s">
+      <c r="B1" s="18" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="2"/>
-[...4 lines deleted...]
-      <c r="H1" s="2"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+      <c r="H1" s="18"/>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
-      <c r="B2" s="3"/>
-[...1 lines deleted...]
-      <c r="D2" s="5"/>
+      <c r="B2" s="2"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="4"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
-      <c r="H2" s="6"/>
+      <c r="H2" s="5"/>
     </row>
     <row r="3" spans="1:8" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="1"/>
-      <c r="B3" s="7" t="s">
+      <c r="B3" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="7"/>
-[...4 lines deleted...]
-      <c r="H3" s="8"/>
+      <c r="C3" s="19"/>
+      <c r="D3" s="19"/>
+      <c r="E3" s="19"/>
+      <c r="F3" s="19"/>
+      <c r="G3" s="19"/>
+      <c r="H3" s="20"/>
     </row>
     <row r="4" spans="1:8" ht="18.5" x14ac:dyDescent="0.35">
       <c r="A4" s="1"/>
-      <c r="B4" s="9" t="s">
-[...7 lines deleted...]
-      <c r="H4" s="10"/>
+      <c r="B4" s="21" t="s">
+        <v>70</v>
+      </c>
+      <c r="C4" s="21"/>
+      <c r="D4" s="21"/>
+      <c r="E4" s="21"/>
+      <c r="F4" s="21"/>
+      <c r="G4" s="21"/>
+      <c r="H4" s="22"/>
     </row>
     <row r="5" spans="1:8" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A5" s="1"/>
-      <c r="B5" s="11"/>
-[...5 lines deleted...]
-      <c r="H5" s="14"/>
+      <c r="B5" s="6"/>
+      <c r="C5" s="7"/>
+      <c r="D5" s="8"/>
+      <c r="E5" s="9"/>
+      <c r="F5" s="9"/>
+      <c r="G5" s="9"/>
+      <c r="H5" s="9"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A6" s="1"/>
-      <c r="B6" s="15" t="s">
+      <c r="B6" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C6" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="16" t="s">
+      <c r="D6" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="17" t="s">
+      <c r="E6" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="18" t="s">
+      <c r="F6" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="18" t="s">
+      <c r="G6" s="13" t="s">
         <v>7</v>
       </c>
-      <c r="G6" s="18" t="s">
+      <c r="H6" s="13" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B7" s="19">
+      <c r="B7" s="14">
         <v>71714</v>
       </c>
-      <c r="C7" s="20" t="s">
+      <c r="C7" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" s="16" t="s">
         <v>10</v>
       </c>
-      <c r="D7" s="21" t="s">
+      <c r="E7" s="15" t="s">
         <v>11</v>
       </c>
-      <c r="E7" s="20" t="s">
+      <c r="F7" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="F7" s="19" t="s">
+      <c r="G7" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G7" s="19" t="s">
-[...2 lines deleted...]
-      <c r="H7" s="22">
+      <c r="H7" s="17">
         <v>4134994321</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="19">
+      <c r="B8" s="14">
         <v>61476</v>
       </c>
-      <c r="C8" s="20" t="s">
+      <c r="C8" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="D8" s="16" t="s">
         <v>15</v>
       </c>
-      <c r="D8" s="21" t="s">
+      <c r="E8" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="E8" s="20" t="s">
+      <c r="F8" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="F8" s="19" t="s">
-[...5 lines deleted...]
-      <c r="H8" s="22">
+      <c r="H8" s="17">
         <v>7818287000</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="19">
+      <c r="B9" s="14">
         <v>80896</v>
       </c>
-      <c r="C9" s="20" t="s">
+      <c r="C9" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" s="16" t="s">
         <v>19</v>
       </c>
-      <c r="D9" s="21" t="s">
+      <c r="E9" s="15" t="s">
         <v>20</v>
       </c>
-      <c r="E9" s="20" t="s">
+      <c r="F9" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F9" s="19" t="s">
+      <c r="G9" s="14" t="s">
         <v>22</v>
       </c>
-      <c r="G9" s="19" t="s">
-[...2 lines deleted...]
-      <c r="H9" s="22">
+      <c r="H9" s="17">
         <v>6177288000</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B10" s="19">
+      <c r="B10" s="14">
         <v>84824</v>
       </c>
-      <c r="C10" s="20" t="s">
+      <c r="C10" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="D10" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="D10" s="21" t="s">
+      <c r="E10" s="15" t="s">
         <v>25</v>
       </c>
-      <c r="E10" s="20" t="s">
+      <c r="F10" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" s="14" t="s">
         <v>26</v>
       </c>
-      <c r="F10" s="19" t="s">
-[...5 lines deleted...]
-      <c r="H10" s="22">
+      <c r="H10" s="17">
         <v>8004578803</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B11" s="19">
+      <c r="B11" s="14">
         <v>15497</v>
       </c>
-      <c r="C11" s="20" t="s">
+      <c r="C11" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" s="16" t="s">
         <v>28</v>
       </c>
-      <c r="D11" s="21" t="s">
+      <c r="E11" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="E11" s="20" t="s">
+      <c r="F11" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" s="14" t="s">
         <v>30</v>
       </c>
-      <c r="F11" s="19" t="s">
-[...5 lines deleted...]
-      <c r="H11" s="22">
+      <c r="H11" s="17">
         <v>6178861000</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B12" s="19">
+      <c r="B12" s="14">
         <v>66828</v>
       </c>
-      <c r="C12" s="20" t="s">
+      <c r="C12" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" s="16" t="s">
         <v>32</v>
       </c>
-      <c r="D12" s="21" t="s">
+      <c r="E12" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="E12" s="20" t="s">
+      <c r="F12" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" s="14" t="s">
         <v>34</v>
       </c>
-      <c r="F12" s="19" t="s">
-[...5 lines deleted...]
-      <c r="H12" s="22">
+      <c r="H12" s="17">
         <v>5087992100</v>
       </c>
     </row>
     <row r="13" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B13" s="19">
+      <c r="B13" s="14">
         <v>69140</v>
       </c>
-      <c r="C13" s="20" t="s">
-[...2 lines deleted...]
-      <c r="D13" s="21" t="s">
+      <c r="C13" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="D13" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="E13" s="15" t="s">
         <v>25</v>
       </c>
-      <c r="E13" s="20" t="s">
+      <c r="F13" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" s="14" t="s">
         <v>26</v>
       </c>
-      <c r="F13" s="19" t="s">
-[...5 lines deleted...]
-      <c r="H13" s="22">
+      <c r="H13" s="17">
         <v>8004578803</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B14" s="19">
+      <c r="B14" s="14">
         <v>14198</v>
       </c>
-      <c r="C14" s="20" t="s">
+      <c r="C14" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D14" s="16" t="s">
         <v>37</v>
       </c>
-      <c r="D14" s="21" t="s">
+      <c r="E14" s="15" t="s">
         <v>38</v>
       </c>
-      <c r="E14" s="20" t="s">
+      <c r="F14" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" s="14" t="s">
         <v>39</v>
       </c>
-      <c r="F14" s="19" t="s">
-[...5 lines deleted...]
-      <c r="H14" s="22">
+      <c r="H14" s="17">
         <v>4137874000</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B15" s="19">
+      <c r="B15" s="14">
         <v>93610</v>
       </c>
-      <c r="C15" s="20" t="s">
+      <c r="C15" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="D15" s="16" t="s">
         <v>41</v>
       </c>
-      <c r="D15" s="21" t="s">
+      <c r="E15" s="15" t="s">
         <v>42</v>
       </c>
-      <c r="E15" s="20" t="s">
+      <c r="F15" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" s="14" t="s">
         <v>43</v>
       </c>
-      <c r="F15" s="19" t="s">
-[...5 lines deleted...]
-      <c r="H15" s="22">
+      <c r="H15" s="17">
         <v>6175726000</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B16" s="19">
+      <c r="B16" s="14">
         <v>65935</v>
       </c>
-      <c r="C16" s="20" t="s">
+      <c r="C16" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="D16" s="16" t="s">
         <v>45</v>
       </c>
-      <c r="D16" s="21" t="s">
+      <c r="E16" s="15" t="s">
         <v>46</v>
       </c>
-      <c r="E16" s="20" t="s">
+      <c r="F16" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" s="14" t="s">
         <v>47</v>
       </c>
-      <c r="F16" s="19" t="s">
-[...5 lines deleted...]
-      <c r="H16" s="22">
+      <c r="H16" s="17">
         <v>4137888411</v>
       </c>
     </row>
     <row r="17" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B17" s="19">
+      <c r="B17" s="14">
         <v>66265</v>
       </c>
-      <c r="C17" s="20" t="s">
+      <c r="C17" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="D17" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="D17" s="21" t="s">
+      <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
-      <c r="E17" s="20" t="s">
+      <c r="F17" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" s="14" t="s">
         <v>51</v>
       </c>
-      <c r="F17" s="19" t="s">
-[...5 lines deleted...]
-      <c r="H17" s="22">
+      <c r="H17" s="17">
         <v>4137842000</v>
       </c>
     </row>
     <row r="18" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B18" s="19">
+      <c r="B18" s="14">
         <v>91626</v>
       </c>
-      <c r="C18" s="20" t="s">
+      <c r="C18" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="D18" s="16" t="s">
         <v>53</v>
       </c>
-      <c r="D18" s="21" t="s">
+      <c r="E18" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="E18" s="20" t="s">
+      <c r="F18" s="14" t="s">
         <v>55</v>
       </c>
-      <c r="F18" s="19" t="s">
-[...2 lines deleted...]
-      <c r="G18" s="19">
+      <c r="G18" s="14">
         <v>28277</v>
       </c>
-      <c r="H18" s="22">
+      <c r="H18" s="17">
         <v>8006385433</v>
       </c>
     </row>
     <row r="19" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B19" s="19">
+      <c r="B19" s="14">
         <v>67598</v>
       </c>
-      <c r="C19" s="20" t="s">
+      <c r="C19" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="D19" s="16" t="s">
         <v>57</v>
       </c>
-      <c r="D19" s="21" t="s">
+      <c r="E19" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="E19" s="20" t="s">
+      <c r="F19" s="14" t="s">
         <v>59</v>
       </c>
-      <c r="F19" s="19" t="s">
+      <c r="G19" s="14" t="s">
         <v>60</v>
       </c>
-      <c r="G19" s="19" t="s">
-[...2 lines deleted...]
-      <c r="H19" s="22">
+      <c r="H19" s="17">
         <v>5087994441</v>
       </c>
     </row>
     <row r="20" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B20" s="19">
+      <c r="B20" s="14">
         <v>74920</v>
       </c>
-      <c r="C20" s="20" t="s">
+      <c r="C20" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="D20" s="16" t="s">
         <v>62</v>
       </c>
-      <c r="D20" s="21" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="20" t="s">
+      <c r="E20" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F20" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" s="14" t="s">
         <v>51</v>
       </c>
-      <c r="F20" s="19" t="s">
-[...5 lines deleted...]
-      <c r="H20" s="22">
+      <c r="H20" s="17">
         <v>4137842000</v>
       </c>
     </row>
     <row r="21" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B21" s="19">
+      <c r="B21" s="14">
         <v>70435</v>
       </c>
-      <c r="C21" s="20" t="s">
+      <c r="C21" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="D21" s="16" t="s">
         <v>64</v>
       </c>
-      <c r="D21" s="21" t="s">
+      <c r="E21" s="15" t="s">
         <v>65</v>
       </c>
-      <c r="E21" s="20" t="s">
+      <c r="F21" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" s="14" t="s">
         <v>66</v>
       </c>
-      <c r="F21" s="19" t="s">
-[...5 lines deleted...]
-      <c r="H21" s="22">
+      <c r="H21" s="17">
         <v>7819383500</v>
       </c>
     </row>
     <row r="22" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B22" s="19">
+      <c r="B22" s="14">
         <v>60117</v>
       </c>
-      <c r="C22" s="20" t="s">
+      <c r="C22" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D22" s="16" t="s">
         <v>68</v>
       </c>
-      <c r="D22" s="21" t="s">
+      <c r="E22" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="F22" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" s="14" t="s">
         <v>69</v>
       </c>
-      <c r="E22" s="20" t="s">
-[...8 lines deleted...]
-      <c r="H22" s="22">
+      <c r="H22" s="17">
         <v>6179729400</v>
       </c>
     </row>
     <row r="23" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="24" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="25" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="26" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="27" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="28" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="29" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="30" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="31" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="32" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
@@ -4038,51 +4038,51 @@
     <row r="2634" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2635" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2636" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2637" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2638" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2639" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2640" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2641" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2642" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B1:H1"/>
     <mergeCell ref="B3:H3"/>
     <mergeCell ref="B4:H4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="84" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D57C5326-6163-4F08-ABEF-8F1B16D3BB25}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F4C6032A-4AA1-485F-8062-AC19238B7796}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>