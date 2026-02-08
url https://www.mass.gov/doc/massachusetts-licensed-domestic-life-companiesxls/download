--- v2 (2026-01-17)
+++ v3 (2026-02-08)
@@ -2,60 +2,60 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\SBS_CSV_Reformat\Worksheets_and_Pdfs\Company\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{35CA186B-3E04-443C-8CBF-DF35715617FF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8C016287-6C62-4606-8789-0F502F63151A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{52921B29-A261-423D-A49D-9E022AB10B61}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{B378D816-5DB0-4E48-B023-A0DAB0CF9E08}"/>
   </bookViews>
   <sheets>
     <sheet name="XLSX_C_Worksheet" sheetId="2" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="Current">OFFSET([1]Interface!$K$4,,,COUNTA([1]Interface!$K$4:$K$107))</definedName>
     <definedName name="Import">OFFSET([1]Interface!$J$4,,,COUNTA([1]Interface!$J$4:$J$107))</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">XLSX_C_Worksheet!$6:$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
@@ -296,51 +296,51 @@
   <si>
     <t xml:space="preserve">330 Whitney Avenue, Suite 500  </t>
   </si>
   <si>
     <t>Savings Bank Mutual Life Ins. Co. of Massachusetts (The)</t>
   </si>
   <si>
     <t xml:space="preserve">ONE LINSCOTT ROAD  </t>
   </si>
   <si>
     <t>WOBURN</t>
   </si>
   <si>
     <t xml:space="preserve">	01801</t>
   </si>
   <si>
     <t>Tufts Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">1 Wellness Way  </t>
   </si>
   <si>
     <t>02021-1166</t>
   </si>
   <si>
-    <t>January 1, 2026</t>
+    <t>February 1, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="00000\-0000"/>
     <numFmt numFmtId="165" formatCode="mm/dd/yy;@"/>
     <numFmt numFmtId="166" formatCode="\(000\)000\-0000"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
@@ -545,51 +545,51 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>476250</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1295400</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1123950</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8CCF2B4-2689-4A33-9958-4E6BCA275AA9}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{69666A25-7BEF-4BC6-BE86-8C0914309E94}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1250950" y="133350"/>
           <a:ext cx="819150" cy="990600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
@@ -932,58 +932,58 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD14572E-F728-4257-AACE-BC80E1EDA081}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D761DEA2-3EEC-4200-B59A-FD5238BE0171}">
   <sheetPr codeName="Sheet6">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H2642"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1:H1"/>
+      <selection activeCell="I1" sqref="I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="2" customWidth="1"/>
     <col min="2" max="2" width="9.08984375" customWidth="1"/>
     <col min="3" max="3" width="39.90625" customWidth="1"/>
     <col min="4" max="4" width="42.54296875" customWidth="1"/>
     <col min="5" max="5" width="14.6328125" customWidth="1"/>
     <col min="6" max="6" width="8.36328125" customWidth="1"/>
     <col min="7" max="7" width="14.54296875" customWidth="1"/>
     <col min="8" max="8" width="14.08984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="112.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="18"/>
       <c r="H1" s="18"/>
@@ -4038,80 +4038,80 @@
     <row r="2634" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2635" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2636" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2637" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2638" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2639" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2640" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2641" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2642" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B1:H1"/>
     <mergeCell ref="B3:H3"/>
     <mergeCell ref="B4:H4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="84" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F4C6032A-4AA1-485F-8062-AC19238B7796}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{387564F7-41F1-4CA7-A47F-304375F1F244}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>XLSX_C_Worksheet</vt:lpstr>
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>XLSX_C_Worksheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Commonwealth of Massachusetts</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Wilbur, Robert (DOI)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>