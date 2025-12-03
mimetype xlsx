--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -2,60 +2,60 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\SBS_CSV_Reformat\Worksheets_and_Pdfs\Company\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{D78E64A0-C6EF-4A71-9E22-60D3AA77CC5A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{68ED0D31-3DAB-42F8-9328-1C91E602BE42}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{F8802005-7C0C-49BB-9931-AD5C0680200A}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{8715B8A8-0F22-46BD-8069-0F6819BD58B8}"/>
   </bookViews>
   <sheets>
     <sheet name="XLSX_C_Worksheet" sheetId="2" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="Current">OFFSET([1]Interface!$K$4,,,COUNTA([1]Interface!$K$4:$K$107))</definedName>
     <definedName name="Import">OFFSET([1]Interface!$J$4,,,COUNTA([1]Interface!$J$4:$J$107))</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">XLSX_C_Worksheet!$6:$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
@@ -92,51 +92,51 @@
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">1 Federal Street, Suite 700  •  Boston, MA  02110-2012
 (617) 521-7794 • FAX (617) 753-6883
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="10"/>
         <color rgb="FF0000FF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>http://www.mass.gov/doi</t>
     </r>
   </si>
   <si>
     <t>Licensed Property Casualty Companies Domestic</t>
   </si>
   <si>
-    <t>October 1, 2025</t>
+    <t>December 1, 2025</t>
   </si>
   <si>
     <t>NAIC #</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>ZIP</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Arbella Indemnity Insurance Company, Inc.</t>
   </si>
@@ -617,153 +617,153 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="14" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="9" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>476250</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1295400</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1123950</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{365DECAC-E7D5-4E43-B499-CB4EAAAB30E3}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5AE0D67A-6737-4FF0-9B46-764D55837FD0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1250950" y="133350"/>
           <a:ext cx="819150" cy="990600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
@@ -1106,1276 +1106,1276 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DD05FE11-F947-41CC-8C11-21A238CC438B}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{86065812-DE97-4164-AA54-DF77798ADC7E}">
   <sheetPr codeName="Sheet6">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H2642"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A43" workbookViewId="0">
       <selection activeCell="B4" sqref="B4:H4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="2" customWidth="1"/>
     <col min="2" max="2" width="9.08984375" customWidth="1"/>
-    <col min="3" max="3" width="39.90625" customWidth="1"/>
+    <col min="3" max="3" width="46" customWidth="1"/>
     <col min="4" max="4" width="42.54296875" customWidth="1"/>
     <col min="5" max="5" width="14.6328125" customWidth="1"/>
     <col min="6" max="6" width="8.36328125" customWidth="1"/>
     <col min="7" max="7" width="14.54296875" customWidth="1"/>
     <col min="8" max="8" width="14.08984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="112.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
-      <c r="B1" s="2" t="s">
+      <c r="B1" s="18" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="2"/>
-[...4 lines deleted...]
-      <c r="H1" s="2"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+      <c r="H1" s="18"/>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
-      <c r="B2" s="3"/>
-[...1 lines deleted...]
-      <c r="D2" s="5"/>
+      <c r="B2" s="2"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="4"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
-      <c r="H2" s="6"/>
+      <c r="H2" s="5"/>
     </row>
     <row r="3" spans="1:8" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="1"/>
-      <c r="B3" s="7" t="s">
+      <c r="B3" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="7"/>
-[...4 lines deleted...]
-      <c r="H3" s="8"/>
+      <c r="C3" s="19"/>
+      <c r="D3" s="19"/>
+      <c r="E3" s="19"/>
+      <c r="F3" s="19"/>
+      <c r="G3" s="19"/>
+      <c r="H3" s="20"/>
     </row>
     <row r="4" spans="1:8" ht="18.5" x14ac:dyDescent="0.35">
       <c r="A4" s="1"/>
-      <c r="B4" s="9" t="s">
+      <c r="B4" s="21" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="9"/>
-[...4 lines deleted...]
-      <c r="H4" s="10"/>
+      <c r="C4" s="21"/>
+      <c r="D4" s="21"/>
+      <c r="E4" s="21"/>
+      <c r="F4" s="21"/>
+      <c r="G4" s="21"/>
+      <c r="H4" s="22"/>
     </row>
     <row r="5" spans="1:8" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A5" s="1"/>
-      <c r="B5" s="11"/>
-[...5 lines deleted...]
-      <c r="H5" s="14"/>
+      <c r="B5" s="6"/>
+      <c r="C5" s="7"/>
+      <c r="D5" s="8"/>
+      <c r="E5" s="9"/>
+      <c r="F5" s="9"/>
+      <c r="G5" s="9"/>
+      <c r="H5" s="9"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A6" s="1"/>
-      <c r="B6" s="15" t="s">
+      <c r="B6" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="16" t="s">
+      <c r="C6" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="17" t="s">
+      <c r="D6" s="12" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="18" t="s">
+      <c r="E6" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="18" t="s">
+      <c r="F6" s="13" t="s">
         <v>7</v>
       </c>
-      <c r="G6" s="18" t="s">
+      <c r="G6" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="H6" s="18" t="s">
+      <c r="H6" s="13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B7" s="19">
+      <c r="B7" s="14">
         <v>10017</v>
       </c>
-      <c r="C7" s="20" t="s">
+      <c r="C7" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="D7" s="21" t="s">
+      <c r="D7" s="16" t="s">
         <v>11</v>
       </c>
-      <c r="E7" s="20" t="s">
+      <c r="E7" s="15" t="s">
         <v>12</v>
       </c>
-      <c r="F7" s="19" t="s">
+      <c r="F7" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G7" s="19" t="s">
+      <c r="G7" s="14" t="s">
         <v>14</v>
       </c>
-      <c r="H7" s="22">
+      <c r="H7" s="17">
         <v>6173282800</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="19">
+      <c r="B8" s="14">
         <v>17000</v>
       </c>
-      <c r="C8" s="20" t="s">
+      <c r="C8" s="15" t="s">
         <v>15</v>
       </c>
-      <c r="D8" s="21" t="s">
+      <c r="D8" s="16" t="s">
         <v>11</v>
       </c>
-      <c r="E8" s="20" t="s">
+      <c r="E8" s="15" t="s">
         <v>12</v>
       </c>
-      <c r="F8" s="19" t="s">
+      <c r="F8" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G8" s="19" t="s">
+      <c r="G8" s="14" t="s">
         <v>14</v>
       </c>
-      <c r="H8" s="22">
+      <c r="H8" s="17">
         <v>6173282800</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="19">
+      <c r="B9" s="14">
         <v>41360</v>
       </c>
-      <c r="C9" s="20" t="s">
+      <c r="C9" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="D9" s="21" t="s">
+      <c r="D9" s="16" t="s">
         <v>11</v>
       </c>
-      <c r="E9" s="20" t="s">
+      <c r="E9" s="15" t="s">
         <v>12</v>
       </c>
-      <c r="F9" s="19" t="s">
+      <c r="F9" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G9" s="19" t="s">
+      <c r="G9" s="14" t="s">
         <v>14</v>
       </c>
-      <c r="H9" s="22">
+      <c r="H9" s="17">
         <v>6173282800</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B10" s="19">
+      <c r="B10" s="14">
         <v>13374</v>
       </c>
-      <c r="C10" s="20" t="s">
+      <c r="C10" s="15" t="s">
         <v>17</v>
       </c>
-      <c r="D10" s="21" t="s">
+      <c r="D10" s="16" t="s">
         <v>18</v>
       </c>
-      <c r="E10" s="20" t="s">
+      <c r="E10" s="15" t="s">
         <v>19</v>
       </c>
-      <c r="F10" s="19" t="s">
+      <c r="F10" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G10" s="19" t="s">
+      <c r="G10" s="14" t="s">
         <v>20</v>
       </c>
-      <c r="H10" s="22">
+      <c r="H10" s="17">
         <v>6172445730</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B11" s="19">
+      <c r="B11" s="14">
         <v>11104</v>
       </c>
-      <c r="C11" s="20" t="s">
+      <c r="C11" s="15" t="s">
         <v>21</v>
       </c>
-      <c r="D11" s="21" t="s">
+      <c r="D11" s="16" t="s">
         <v>22</v>
       </c>
-      <c r="E11" s="20" t="s">
+      <c r="E11" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="F11" s="19" t="s">
+      <c r="F11" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G11" s="19" t="s">
+      <c r="G11" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="H11" s="22">
+      <c r="H11" s="17">
         <v>7812211600</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B12" s="19">
+      <c r="B12" s="14">
         <v>33758</v>
       </c>
-      <c r="C12" s="20" t="s">
+      <c r="C12" s="15" t="s">
         <v>25</v>
       </c>
-      <c r="D12" s="21" t="s">
+      <c r="D12" s="16" t="s">
         <v>26</v>
       </c>
-      <c r="E12" s="20" t="s">
+      <c r="E12" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="F12" s="19" t="s">
+      <c r="F12" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G12" s="19" t="s">
+      <c r="G12" s="14" t="s">
         <v>27</v>
       </c>
-      <c r="H12" s="22">
+      <c r="H12" s="17">
         <v>7812211600</v>
       </c>
     </row>
     <row r="13" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B13" s="19">
+      <c r="B13" s="14">
         <v>44326</v>
       </c>
-      <c r="C13" s="20" t="s">
+      <c r="C13" s="15" t="s">
         <v>28</v>
       </c>
-      <c r="D13" s="21" t="s">
+      <c r="D13" s="16" t="s">
         <v>29</v>
       </c>
-      <c r="E13" s="20" t="s">
+      <c r="E13" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="F13" s="19" t="s">
+      <c r="F13" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G13" s="19" t="s">
+      <c r="G13" s="14" t="s">
         <v>31</v>
       </c>
-      <c r="H13" s="22">
+      <c r="H13" s="17">
         <v>6174886500</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B14" s="19">
+      <c r="B14" s="14">
         <v>41955</v>
       </c>
-      <c r="C14" s="20" t="s">
+      <c r="C14" s="15" t="s">
         <v>32</v>
       </c>
-      <c r="D14" s="21" t="s">
+      <c r="D14" s="16" t="s">
         <v>33</v>
       </c>
-      <c r="E14" s="20" t="s">
+      <c r="E14" s="15" t="s">
         <v>34</v>
       </c>
-      <c r="F14" s="19" t="s">
+      <c r="F14" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G14" s="19" t="s">
+      <c r="G14" s="14" t="s">
         <v>35</v>
       </c>
-      <c r="H14" s="22">
+      <c r="H14" s="17">
         <v>5083624567</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B15" s="19">
+      <c r="B15" s="14">
         <v>13463</v>
       </c>
-      <c r="C15" s="20" t="s">
+      <c r="C15" s="15" t="s">
         <v>36</v>
       </c>
-      <c r="D15" s="21" t="s">
+      <c r="D15" s="16" t="s">
         <v>33</v>
       </c>
-      <c r="E15" s="20" t="s">
+      <c r="E15" s="15" t="s">
         <v>34</v>
       </c>
-      <c r="F15" s="19" t="s">
+      <c r="F15" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G15" s="19" t="s">
+      <c r="G15" s="14" t="s">
         <v>35</v>
       </c>
-      <c r="H15" s="22">
+      <c r="H15" s="17">
         <v>5083624567</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B16" s="19">
+      <c r="B16" s="14">
         <v>19763</v>
       </c>
-      <c r="C16" s="20" t="s">
+      <c r="C16" s="15" t="s">
         <v>37</v>
       </c>
-      <c r="D16" s="21" t="s">
+      <c r="D16" s="16" t="s">
         <v>38</v>
       </c>
-      <c r="E16" s="20" t="s">
+      <c r="E16" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="F16" s="19" t="s">
+      <c r="F16" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G16" s="19" t="s">
+      <c r="G16" s="14" t="s">
         <v>40</v>
       </c>
-      <c r="H16" s="22">
+      <c r="H16" s="17">
         <v>9784753300</v>
       </c>
     </row>
     <row r="17" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B17" s="19">
+      <c r="B17" s="14">
         <v>13643</v>
       </c>
-      <c r="C17" s="20" t="s">
+      <c r="C17" s="15" t="s">
         <v>41</v>
       </c>
-      <c r="D17" s="21" t="s">
+      <c r="D17" s="16" t="s">
         <v>42</v>
       </c>
-      <c r="E17" s="20" t="s">
+      <c r="E17" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="F17" s="19" t="s">
+      <c r="F17" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G17" s="19" t="s">
+      <c r="G17" s="14" t="s">
         <v>44</v>
       </c>
-      <c r="H17" s="22">
+      <c r="H17" s="17">
         <v>6179561775</v>
       </c>
     </row>
     <row r="18" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B18" s="19">
+      <c r="B18" s="14">
         <v>16037</v>
       </c>
-      <c r="C18" s="20" t="s">
+      <c r="C18" s="15" t="s">
         <v>45</v>
       </c>
-      <c r="D18" s="21" t="s">
+      <c r="D18" s="16" t="s">
         <v>42</v>
       </c>
-      <c r="E18" s="20" t="s">
+      <c r="E18" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="F18" s="19" t="s">
+      <c r="F18" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G18" s="19" t="s">
+      <c r="G18" s="14" t="s">
         <v>44</v>
       </c>
-      <c r="H18" s="22">
+      <c r="H18" s="17">
         <v>6179561775</v>
       </c>
     </row>
     <row r="19" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B19" s="19">
+      <c r="B19" s="14">
         <v>16035</v>
       </c>
-      <c r="C19" s="20" t="s">
+      <c r="C19" s="15" t="s">
         <v>46</v>
       </c>
-      <c r="D19" s="21" t="s">
+      <c r="D19" s="16" t="s">
         <v>42</v>
       </c>
-      <c r="E19" s="20" t="s">
+      <c r="E19" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="F19" s="19" t="s">
+      <c r="F19" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G19" s="19" t="s">
+      <c r="G19" s="14" t="s">
         <v>44</v>
       </c>
-      <c r="H19" s="22">
+      <c r="H19" s="17">
         <v>6179561775</v>
       </c>
     </row>
     <row r="20" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B20" s="19">
+      <c r="B20" s="14">
         <v>16036</v>
       </c>
-      <c r="C20" s="20" t="s">
+      <c r="C20" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="D20" s="21" t="s">
+      <c r="D20" s="16" t="s">
         <v>42</v>
       </c>
-      <c r="E20" s="20" t="s">
+      <c r="E20" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="F20" s="19" t="s">
+      <c r="F20" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G20" s="19" t="s">
+      <c r="G20" s="14" t="s">
         <v>44</v>
       </c>
-      <c r="H20" s="22">
+      <c r="H20" s="17">
         <v>6179561775</v>
       </c>
     </row>
     <row r="21" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B21" s="19">
+      <c r="B21" s="14">
         <v>19771</v>
       </c>
-      <c r="C21" s="20" t="s">
+      <c r="C21" s="15" t="s">
         <v>48</v>
       </c>
-      <c r="D21" s="21" t="s">
+      <c r="D21" s="16" t="s">
         <v>38</v>
       </c>
-      <c r="E21" s="20" t="s">
+      <c r="E21" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="F21" s="19" t="s">
+      <c r="F21" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G21" s="19" t="s">
+      <c r="G21" s="14" t="s">
         <v>40</v>
       </c>
-      <c r="H21" s="22">
+      <c r="H21" s="17">
         <v>8002250770</v>
       </c>
     </row>
     <row r="22" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B22" s="19">
+      <c r="B22" s="14">
         <v>40274</v>
       </c>
-      <c r="C22" s="20" t="s">
+      <c r="C22" s="15" t="s">
         <v>49</v>
       </c>
-      <c r="D22" s="21" t="s">
+      <c r="D22" s="16" t="s">
         <v>50</v>
       </c>
-      <c r="E22" s="20" t="s">
+      <c r="E22" s="15" t="s">
         <v>51</v>
       </c>
-      <c r="F22" s="19" t="s">
+      <c r="F22" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G22" s="19" t="s">
+      <c r="G22" s="14" t="s">
         <v>52</v>
       </c>
-      <c r="H22" s="22">
+      <c r="H22" s="17">
         <v>5089439000</v>
       </c>
     </row>
     <row r="23" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B23" s="19">
+      <c r="B23" s="14">
         <v>31887</v>
       </c>
-      <c r="C23" s="20" t="s">
+      <c r="C23" s="15" t="s">
         <v>53</v>
       </c>
-      <c r="D23" s="21" t="s">
+      <c r="D23" s="16" t="s">
         <v>54</v>
       </c>
-      <c r="E23" s="20" t="s">
+      <c r="E23" s="15" t="s">
         <v>55</v>
       </c>
-      <c r="F23" s="19" t="s">
+      <c r="F23" s="14" t="s">
         <v>56</v>
       </c>
-      <c r="G23" s="19" t="s">
+      <c r="G23" s="14" t="s">
         <v>57</v>
       </c>
-      <c r="H23" s="22">
+      <c r="H23" s="17">
         <v>6094690400</v>
       </c>
     </row>
     <row r="24" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B24" s="19">
+      <c r="B24" s="14">
         <v>34754</v>
       </c>
-      <c r="C24" s="20" t="s">
+      <c r="C24" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="D24" s="21" t="s">
+      <c r="D24" s="16" t="s">
         <v>50</v>
       </c>
-      <c r="E24" s="20" t="s">
+      <c r="E24" s="15" t="s">
         <v>51</v>
       </c>
-      <c r="F24" s="19" t="s">
+      <c r="F24" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G24" s="19" t="s">
+      <c r="G24" s="14" t="s">
         <v>52</v>
       </c>
-      <c r="H24" s="22">
+      <c r="H24" s="17">
         <v>5089439000</v>
       </c>
     </row>
     <row r="25" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B25" s="19">
+      <c r="B25" s="14">
         <v>10231</v>
       </c>
-      <c r="C25" s="20" t="s">
+      <c r="C25" s="15" t="s">
         <v>59</v>
       </c>
-      <c r="D25" s="21" t="s">
+      <c r="D25" s="16" t="s">
         <v>11</v>
       </c>
-      <c r="E25" s="20" t="s">
+      <c r="E25" s="15" t="s">
         <v>12</v>
       </c>
-      <c r="F25" s="19" t="s">
+      <c r="F25" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G25" s="19" t="s">
+      <c r="G25" s="14" t="s">
         <v>60</v>
       </c>
-      <c r="H25" s="22">
+      <c r="H25" s="17">
         <v>6173282800</v>
       </c>
     </row>
     <row r="26" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B26" s="19">
+      <c r="B26" s="14">
         <v>37346</v>
       </c>
-      <c r="C26" s="20" t="s">
+      <c r="C26" s="15" t="s">
         <v>61</v>
       </c>
-      <c r="D26" s="21" t="s">
+      <c r="D26" s="16" t="s">
         <v>62</v>
       </c>
-      <c r="E26" s="20" t="s">
+      <c r="E26" s="15" t="s">
         <v>63</v>
       </c>
-      <c r="F26" s="19" t="s">
+      <c r="F26" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G26" s="19" t="s">
+      <c r="G26" s="14" t="s">
         <v>64</v>
       </c>
-      <c r="H26" s="22">
+      <c r="H26" s="17">
         <v>7817490841</v>
       </c>
     </row>
     <row r="27" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B27" s="19">
+      <c r="B27" s="14">
         <v>12210</v>
       </c>
-      <c r="C27" s="20" t="s">
+      <c r="C27" s="15" t="s">
         <v>65</v>
       </c>
-      <c r="D27" s="21" t="s">
+      <c r="D27" s="16" t="s">
         <v>66</v>
       </c>
-      <c r="E27" s="20" t="s">
+      <c r="E27" s="15" t="s">
         <v>67</v>
       </c>
-      <c r="F27" s="19" t="s">
+      <c r="F27" s="14" t="s">
         <v>68</v>
       </c>
-      <c r="G27" s="19">
+      <c r="G27" s="14">
         <v>17011</v>
       </c>
-      <c r="H27" s="22">
+      <c r="H27" s="17">
         <v>6179511162</v>
       </c>
     </row>
     <row r="28" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B28" s="19">
+      <c r="B28" s="14">
         <v>13706</v>
       </c>
-      <c r="C28" s="20" t="s">
+      <c r="C28" s="15" t="s">
         <v>69</v>
       </c>
-      <c r="D28" s="21" t="s">
+      <c r="D28" s="16" t="s">
         <v>70</v>
       </c>
-      <c r="E28" s="20" t="s">
+      <c r="E28" s="15" t="s">
         <v>71</v>
       </c>
-      <c r="F28" s="19" t="s">
+      <c r="F28" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G28" s="19" t="s">
+      <c r="G28" s="14" t="s">
         <v>72</v>
       </c>
-      <c r="H28" s="22">
+      <c r="H28" s="17">
         <v>7813264010</v>
       </c>
     </row>
     <row r="29" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B29" s="19">
+      <c r="B29" s="14">
         <v>12154</v>
       </c>
-      <c r="C29" s="20" t="s">
+      <c r="C29" s="15" t="s">
         <v>73</v>
       </c>
-      <c r="D29" s="21" t="s">
+      <c r="D29" s="16" t="s">
         <v>74</v>
       </c>
-      <c r="E29" s="20" t="s">
+      <c r="E29" s="15" t="s">
         <v>75</v>
       </c>
-      <c r="F29" s="19" t="s">
+      <c r="F29" s="14" t="s">
         <v>76</v>
       </c>
-      <c r="G29" s="19" t="s">
+      <c r="G29" s="14" t="s">
         <v>77</v>
       </c>
-      <c r="H29" s="22">
+      <c r="H29" s="17">
         <v>8774003688</v>
       </c>
     </row>
     <row r="30" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B30" s="19">
+      <c r="B30" s="14">
         <v>10664</v>
       </c>
-      <c r="C30" s="20" t="s">
+      <c r="C30" s="15" t="s">
         <v>78</v>
       </c>
-      <c r="D30" s="21" t="s">
+      <c r="D30" s="16" t="s">
         <v>29</v>
       </c>
-      <c r="E30" s="20" t="s">
+      <c r="E30" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="F30" s="19" t="s">
+      <c r="F30" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G30" s="19" t="s">
+      <c r="G30" s="14" t="s">
         <v>31</v>
       </c>
-      <c r="H30" s="22">
+      <c r="H30" s="17">
         <v>6174886500</v>
       </c>
     </row>
     <row r="31" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B31" s="19">
+      <c r="B31" s="14">
         <v>13943</v>
       </c>
-      <c r="C31" s="20" t="s">
+      <c r="C31" s="15" t="s">
         <v>79</v>
       </c>
-      <c r="D31" s="21" t="s">
+      <c r="D31" s="16" t="s">
         <v>70</v>
       </c>
-      <c r="E31" s="20" t="s">
+      <c r="E31" s="15" t="s">
         <v>71</v>
       </c>
-      <c r="F31" s="19" t="s">
+      <c r="F31" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G31" s="19" t="s">
+      <c r="G31" s="14" t="s">
         <v>72</v>
       </c>
-      <c r="H31" s="22">
+      <c r="H31" s="17">
         <v>8006881825</v>
       </c>
     </row>
     <row r="32" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B32" s="19">
+      <c r="B32" s="14">
         <v>14192</v>
       </c>
-      <c r="C32" s="20" t="s">
+      <c r="C32" s="15" t="s">
         <v>80</v>
       </c>
-      <c r="D32" s="21" t="s">
+      <c r="D32" s="16" t="s">
         <v>62</v>
       </c>
-      <c r="E32" s="20" t="s">
+      <c r="E32" s="15" t="s">
         <v>63</v>
       </c>
-      <c r="F32" s="19" t="s">
+      <c r="F32" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G32" s="19" t="s">
+      <c r="G32" s="14" t="s">
         <v>64</v>
       </c>
-      <c r="H32" s="22">
+      <c r="H32" s="17">
         <v>7816105100</v>
       </c>
     </row>
     <row r="33" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B33" s="19">
+      <c r="B33" s="14">
         <v>13163</v>
       </c>
-      <c r="C33" s="20" t="s">
+      <c r="C33" s="15" t="s">
         <v>81</v>
       </c>
-      <c r="D33" s="21" t="s">
+      <c r="D33" s="16" t="s">
         <v>82</v>
       </c>
-      <c r="E33" s="20" t="s">
+      <c r="E33" s="15" t="s">
         <v>83</v>
       </c>
-      <c r="F33" s="19" t="s">
+      <c r="F33" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G33" s="19" t="s">
+      <c r="G33" s="14" t="s">
         <v>84</v>
       </c>
-      <c r="H33" s="22">
+      <c r="H33" s="17">
         <v>5083661140</v>
       </c>
     </row>
     <row r="34" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B34" s="19">
+      <c r="B34" s="14">
         <v>18975</v>
       </c>
-      <c r="C34" s="20" t="s">
+      <c r="C34" s="15" t="s">
         <v>85</v>
       </c>
-      <c r="D34" s="21" t="s">
+      <c r="D34" s="16" t="s">
         <v>86</v>
       </c>
-      <c r="E34" s="20" t="s">
+      <c r="E34" s="15" t="s">
         <v>87</v>
       </c>
-      <c r="F34" s="19" t="s">
+      <c r="F34" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G34" s="19" t="s">
+      <c r="G34" s="14" t="s">
         <v>88</v>
       </c>
-      <c r="H34" s="22">
+      <c r="H34" s="17">
         <v>7812636000</v>
       </c>
     </row>
     <row r="35" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B35" s="19">
+      <c r="B35" s="14">
         <v>11984</v>
       </c>
-      <c r="C35" s="20" t="s">
+      <c r="C35" s="15" t="s">
         <v>89</v>
       </c>
-      <c r="D35" s="21" t="s">
+      <c r="D35" s="16" t="s">
         <v>90</v>
       </c>
-      <c r="E35" s="20" t="s">
+      <c r="E35" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="F35" s="19" t="s">
+      <c r="F35" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G35" s="19" t="s">
+      <c r="G35" s="14" t="s">
         <v>31</v>
       </c>
-      <c r="H35" s="22">
+      <c r="H35" s="17">
         <v>6174886500</v>
       </c>
     </row>
     <row r="36" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B36" s="19">
+      <c r="B36" s="14">
         <v>23043</v>
       </c>
-      <c r="C36" s="20" t="s">
+      <c r="C36" s="15" t="s">
         <v>91</v>
       </c>
-      <c r="D36" s="21" t="s">
+      <c r="D36" s="16" t="s">
         <v>92</v>
       </c>
-      <c r="E36" s="20" t="s">
+      <c r="E36" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="F36" s="19" t="s">
+      <c r="F36" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G36" s="19" t="s">
+      <c r="G36" s="14" t="s">
         <v>93</v>
       </c>
-      <c r="H36" s="22">
+      <c r="H36" s="17">
         <v>6173579500</v>
       </c>
     </row>
     <row r="37" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B37" s="19">
+      <c r="B37" s="14">
         <v>14486</v>
       </c>
-      <c r="C37" s="20" t="s">
+      <c r="C37" s="15" t="s">
         <v>94</v>
       </c>
-      <c r="D37" s="21" t="s">
+      <c r="D37" s="16" t="s">
         <v>92</v>
       </c>
-      <c r="E37" s="20" t="s">
+      <c r="E37" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="F37" s="19" t="s">
+      <c r="F37" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G37" s="19" t="s">
+      <c r="G37" s="14" t="s">
         <v>93</v>
       </c>
-      <c r="H37" s="22">
+      <c r="H37" s="17">
         <v>8003440197</v>
       </c>
     </row>
     <row r="38" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B38" s="19">
+      <c r="B38" s="14">
         <v>14435</v>
       </c>
-      <c r="C38" s="20" t="s">
+      <c r="C38" s="15" t="s">
         <v>95</v>
       </c>
-      <c r="D38" s="21" t="s">
+      <c r="D38" s="16" t="s">
         <v>96</v>
       </c>
-      <c r="E38" s="20" t="s">
+      <c r="E38" s="15" t="s">
         <v>97</v>
       </c>
-      <c r="F38" s="19" t="s">
+      <c r="F38" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G38" s="19" t="s">
+      <c r="G38" s="14" t="s">
         <v>98</v>
       </c>
-      <c r="H38" s="22">
+      <c r="H38" s="17">
         <v>5088728111</v>
       </c>
     </row>
     <row r="39" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B39" s="19">
+      <c r="B39" s="14">
         <v>16375</v>
       </c>
-      <c r="C39" s="20" t="s">
+      <c r="C39" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="D39" s="21" t="s">
+      <c r="D39" s="16" t="s">
         <v>100</v>
       </c>
-      <c r="E39" s="20" t="s">
+      <c r="E39" s="15" t="s">
         <v>101</v>
       </c>
-      <c r="F39" s="19" t="s">
+      <c r="F39" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G39" s="19" t="s">
+      <c r="G39" s="14" t="s">
         <v>102</v>
       </c>
-      <c r="H39" s="22">
+      <c r="H39" s="17">
         <v>8004335556</v>
       </c>
     </row>
     <row r="40" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B40" s="19">
+      <c r="B40" s="14">
         <v>12886</v>
       </c>
-      <c r="C40" s="20" t="s">
+      <c r="C40" s="15" t="s">
         <v>103</v>
       </c>
-      <c r="D40" s="21" t="s">
+      <c r="D40" s="16" t="s">
         <v>104</v>
       </c>
-      <c r="E40" s="20" t="s">
+      <c r="E40" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="F40" s="19" t="s">
+      <c r="F40" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G40" s="19" t="s">
+      <c r="G40" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="H40" s="22">
+      <c r="H40" s="17">
         <v>7812211600</v>
       </c>
     </row>
     <row r="41" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B41" s="19">
+      <c r="B41" s="14">
         <v>10206</v>
       </c>
-      <c r="C41" s="20" t="s">
+      <c r="C41" s="15" t="s">
         <v>105</v>
       </c>
-      <c r="D41" s="21" t="s">
+      <c r="D41" s="16" t="s">
         <v>106</v>
       </c>
-      <c r="E41" s="20" t="s">
+      <c r="E41" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="F41" s="19" t="s">
+      <c r="F41" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G41" s="19" t="s">
+      <c r="G41" s="14" t="s">
         <v>107</v>
       </c>
-      <c r="H41" s="22">
-        <v>8002256168</v>
+      <c r="H41" s="17">
+        <v>6173301755</v>
       </c>
     </row>
     <row r="42" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B42" s="19">
+      <c r="B42" s="14">
         <v>19798</v>
       </c>
-      <c r="C42" s="20" t="s">
+      <c r="C42" s="15" t="s">
         <v>108</v>
       </c>
-      <c r="D42" s="21" t="s">
+      <c r="D42" s="16" t="s">
         <v>38</v>
       </c>
-      <c r="E42" s="20" t="s">
+      <c r="E42" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="F42" s="19" t="s">
+      <c r="F42" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G42" s="19" t="s">
+      <c r="G42" s="14" t="s">
         <v>40</v>
       </c>
-      <c r="H42" s="22">
+      <c r="H42" s="17">
         <v>8002250770</v>
       </c>
     </row>
     <row r="43" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B43" s="19">
+      <c r="B43" s="14">
         <v>14613</v>
       </c>
-      <c r="C43" s="20" t="s">
+      <c r="C43" s="15" t="s">
         <v>109</v>
       </c>
-      <c r="D43" s="21" t="s">
+      <c r="D43" s="16" t="s">
         <v>92</v>
       </c>
-      <c r="E43" s="20" t="s">
+      <c r="E43" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="F43" s="19" t="s">
+      <c r="F43" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G43" s="19" t="s">
+      <c r="G43" s="14" t="s">
         <v>93</v>
       </c>
-      <c r="H43" s="22">
+      <c r="H43" s="17">
         <v>8006388933</v>
       </c>
     </row>
     <row r="44" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B44" s="19">
+      <c r="B44" s="14">
         <v>12725</v>
       </c>
-      <c r="C44" s="20" t="s">
+      <c r="C44" s="15" t="s">
         <v>110</v>
       </c>
-      <c r="D44" s="21" t="s">
+      <c r="D44" s="16" t="s">
         <v>111</v>
       </c>
-      <c r="E44" s="20" t="s">
+      <c r="E44" s="15" t="s">
         <v>12</v>
       </c>
-      <c r="F44" s="19" t="s">
+      <c r="F44" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G44" s="19" t="s">
+      <c r="G44" s="14" t="s">
         <v>112</v>
       </c>
-      <c r="H44" s="22">
+      <c r="H44" s="17">
         <v>6177705100</v>
       </c>
     </row>
     <row r="45" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B45" s="19">
+      <c r="B45" s="14">
         <v>23965</v>
       </c>
-      <c r="C45" s="20" t="s">
+      <c r="C45" s="15" t="s">
         <v>113</v>
       </c>
-      <c r="D45" s="21" t="s">
+      <c r="D45" s="16" t="s">
         <v>70</v>
       </c>
-      <c r="E45" s="20" t="s">
+      <c r="E45" s="15" t="s">
         <v>71</v>
       </c>
-      <c r="F45" s="19" t="s">
+      <c r="F45" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G45" s="19" t="s">
+      <c r="G45" s="14" t="s">
         <v>72</v>
       </c>
-      <c r="H45" s="22">
+      <c r="H45" s="17">
         <v>7813264010</v>
       </c>
     </row>
     <row r="46" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B46" s="19">
+      <c r="B46" s="14">
         <v>14923</v>
       </c>
-      <c r="C46" s="20" t="s">
+      <c r="C46" s="15" t="s">
         <v>114</v>
       </c>
-      <c r="D46" s="21" t="s">
+      <c r="D46" s="16" t="s">
         <v>92</v>
       </c>
-      <c r="E46" s="20" t="s">
+      <c r="E46" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="F46" s="19" t="s">
+      <c r="F46" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G46" s="19">
+      <c r="G46" s="14">
         <v>43215</v>
       </c>
-      <c r="H46" s="22">
+      <c r="H46" s="17">
         <v>6173579500</v>
       </c>
     </row>
     <row r="47" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B47" s="19">
+      <c r="B47" s="14">
         <v>21750</v>
       </c>
-      <c r="C47" s="20" t="s">
+      <c r="C47" s="15" t="s">
         <v>115</v>
       </c>
-      <c r="D47" s="21" t="s">
+      <c r="D47" s="16" t="s">
         <v>42</v>
       </c>
-      <c r="E47" s="20" t="s">
+      <c r="E47" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="F47" s="19" t="s">
+      <c r="F47" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G47" s="19" t="s">
+      <c r="G47" s="14" t="s">
         <v>44</v>
       </c>
-      <c r="H47" s="22">
+      <c r="H47" s="17">
         <v>6177201620</v>
       </c>
     </row>
     <row r="48" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B48" s="19">
+      <c r="B48" s="14">
         <v>14737</v>
       </c>
-      <c r="C48" s="20" t="s">
+      <c r="C48" s="15" t="s">
         <v>116</v>
       </c>
-      <c r="D48" s="21" t="s">
+      <c r="D48" s="16" t="s">
         <v>42</v>
       </c>
-      <c r="E48" s="20" t="s">
+      <c r="E48" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="F48" s="19" t="s">
+      <c r="F48" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G48" s="19" t="s">
+      <c r="G48" s="14" t="s">
         <v>44</v>
       </c>
-      <c r="H48" s="22">
+      <c r="H48" s="17">
         <v>6177201620</v>
       </c>
     </row>
     <row r="49" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B49" s="19">
+      <c r="B49" s="14">
         <v>10394</v>
       </c>
-      <c r="C49" s="20" t="s">
+      <c r="C49" s="15" t="s">
         <v>117</v>
       </c>
-      <c r="D49" s="21" t="s">
+      <c r="D49" s="16" t="s">
         <v>42</v>
       </c>
-      <c r="E49" s="20" t="s">
+      <c r="E49" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="F49" s="19" t="s">
+      <c r="F49" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G49" s="19" t="s">
+      <c r="G49" s="14" t="s">
         <v>44</v>
       </c>
-      <c r="H49" s="22">
+      <c r="H49" s="17">
         <v>6177201620</v>
       </c>
     </row>
     <row r="50" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B50" s="19">
+      <c r="B50" s="14">
         <v>15067</v>
       </c>
-      <c r="C50" s="20" t="s">
+      <c r="C50" s="15" t="s">
         <v>118</v>
       </c>
-      <c r="D50" s="21" t="s">
+      <c r="D50" s="16" t="s">
         <v>111</v>
       </c>
-      <c r="E50" s="20" t="s">
+      <c r="E50" s="15" t="s">
         <v>12</v>
       </c>
-      <c r="F50" s="19" t="s">
+      <c r="F50" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G50" s="19" t="s">
+      <c r="G50" s="14" t="s">
         <v>112</v>
       </c>
-      <c r="H50" s="22">
+      <c r="H50" s="17">
         <v>6177705100</v>
       </c>
     </row>
     <row r="51" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B51" s="19">
+      <c r="B51" s="14">
         <v>21261</v>
       </c>
-      <c r="C51" s="20" t="s">
+      <c r="C51" s="15" t="s">
         <v>119</v>
       </c>
-      <c r="D51" s="21" t="s">
+      <c r="D51" s="16" t="s">
         <v>120</v>
       </c>
-      <c r="E51" s="20" t="s">
+      <c r="E51" s="15" t="s">
         <v>121</v>
       </c>
-      <c r="F51" s="19" t="s">
+      <c r="F51" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G51" s="19" t="s">
+      <c r="G51" s="14" t="s">
         <v>122</v>
       </c>
-      <c r="H51" s="22">
+      <c r="H51" s="17">
         <v>9789212080</v>
       </c>
     </row>
     <row r="52" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B52" s="19">
+      <c r="B52" s="14">
         <v>33618</v>
       </c>
-      <c r="C52" s="20" t="s">
+      <c r="C52" s="15" t="s">
         <v>123</v>
       </c>
-      <c r="D52" s="21" t="s">
+      <c r="D52" s="16" t="s">
         <v>124</v>
       </c>
-      <c r="E52" s="20" t="s">
+      <c r="E52" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="F52" s="19" t="s">
+      <c r="F52" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G52" s="19" t="s">
+      <c r="G52" s="14" t="s">
         <v>125</v>
       </c>
-      <c r="H52" s="22">
+      <c r="H52" s="17">
         <v>6179510600</v>
       </c>
     </row>
     <row r="53" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B53" s="19">
+      <c r="B53" s="14">
         <v>39454</v>
       </c>
-      <c r="C53" s="20" t="s">
+      <c r="C53" s="15" t="s">
         <v>126</v>
       </c>
-      <c r="D53" s="21" t="s">
+      <c r="D53" s="16" t="s">
         <v>124</v>
       </c>
-      <c r="E53" s="20" t="s">
+      <c r="E53" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="F53" s="19" t="s">
+      <c r="F53" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G53" s="19" t="s">
+      <c r="G53" s="14" t="s">
         <v>125</v>
       </c>
-      <c r="H53" s="22">
+      <c r="H53" s="17">
         <v>6179510600</v>
       </c>
     </row>
     <row r="54" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B54" s="19">
+      <c r="B54" s="14">
         <v>16893</v>
       </c>
-      <c r="C54" s="20" t="s">
+      <c r="C54" s="15" t="s">
         <v>127</v>
       </c>
-      <c r="D54" s="21" t="s">
+      <c r="D54" s="16" t="s">
         <v>124</v>
       </c>
-      <c r="E54" s="20" t="s">
+      <c r="E54" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="F54" s="19" t="s">
+      <c r="F54" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G54" s="19" t="s">
+      <c r="G54" s="14" t="s">
         <v>125</v>
       </c>
-      <c r="H54" s="22">
+      <c r="H54" s="17">
         <v>6179510600</v>
       </c>
     </row>
     <row r="55" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B55" s="19">
+      <c r="B55" s="14">
         <v>12808</v>
       </c>
-      <c r="C55" s="20" t="s">
+      <c r="C55" s="15" t="s">
         <v>128</v>
       </c>
-      <c r="D55" s="21" t="s">
+      <c r="D55" s="16" t="s">
         <v>124</v>
       </c>
-      <c r="E55" s="20" t="s">
+      <c r="E55" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="F55" s="19" t="s">
+      <c r="F55" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G55" s="19" t="s">
+      <c r="G55" s="14" t="s">
         <v>125</v>
       </c>
-      <c r="H55" s="22">
+      <c r="H55" s="17">
         <v>6179510600</v>
       </c>
     </row>
     <row r="56" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="57" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="58" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="59" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="60" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="61" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="62" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="63" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="64" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
@@ -4929,60 +4929,60 @@
     <row r="2625" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2626" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2627" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2628" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2629" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2630" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2631" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2632" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2633" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2634" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2635" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2636" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2637" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2638" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2639" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2640" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2641" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2642" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B1:H1"/>
     <mergeCell ref="B3:H3"/>
     <mergeCell ref="B4:H4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="84" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" verticalDpi="0" r:id="rId1"/>
+  <pageSetup scale="84" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CE44ABF7-F9E8-4287-8978-F57C8F99C8DD}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DF9A6630-6198-4FC5-85B9-19670F465D1D}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>