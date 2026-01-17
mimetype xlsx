--- v1 (2025-12-03)
+++ v2 (2026-01-17)
@@ -2,60 +2,60 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\SBS_CSV_Reformat\Worksheets_and_Pdfs\Company\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{68ED0D31-3DAB-42F8-9328-1C91E602BE42}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F8FA3A5C-9ADA-402A-BD5C-4FD4D094301C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{8715B8A8-0F22-46BD-8069-0F6819BD58B8}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{A94FE759-61BC-408B-BD0C-8CF4E457D927}"/>
   </bookViews>
   <sheets>
     <sheet name="XLSX_C_Worksheet" sheetId="2" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="Current">OFFSET([1]Interface!$K$4,,,COUNTA([1]Interface!$K$4:$K$107))</definedName>
     <definedName name="Import">OFFSET([1]Interface!$J$4,,,COUNTA([1]Interface!$J$4:$J$107))</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">XLSX_C_Worksheet!$6:$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
@@ -92,51 +92,51 @@
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">1 Federal Street, Suite 700  •  Boston, MA  02110-2012
 (617) 521-7794 • FAX (617) 753-6883
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="10"/>
         <color rgb="FF0000FF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>http://www.mass.gov/doi</t>
     </r>
   </si>
   <si>
     <t>Licensed Property Casualty Companies Domestic</t>
   </si>
   <si>
-    <t>December 1, 2025</t>
+    <t>January 1, 2025</t>
   </si>
   <si>
     <t>NAIC #</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>ZIP</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Arbella Indemnity Insurance Company, Inc.</t>
   </si>
@@ -719,51 +719,51 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>476250</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1295400</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1123950</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5AE0D67A-6737-4FF0-9B46-764D55837FD0}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C90EE2A1-DB6D-40AB-956A-F594BDE2A631}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1250950" y="133350"/>
           <a:ext cx="819150" cy="990600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
@@ -1106,66 +1106,66 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{86065812-DE97-4164-AA54-DF77798ADC7E}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A83A69D4-40A3-4D91-AA8A-84BC41061572}">
   <sheetPr codeName="Sheet6">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H2642"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A43" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="B4" sqref="B4:H4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="2" customWidth="1"/>
     <col min="2" max="2" width="9.08984375" customWidth="1"/>
-    <col min="3" max="3" width="46" customWidth="1"/>
-    <col min="4" max="4" width="42.54296875" customWidth="1"/>
+    <col min="3" max="3" width="45.90625" customWidth="1"/>
+    <col min="4" max="4" width="48.36328125" customWidth="1"/>
     <col min="5" max="5" width="14.6328125" customWidth="1"/>
     <col min="6" max="6" width="8.36328125" customWidth="1"/>
     <col min="7" max="7" width="14.54296875" customWidth="1"/>
     <col min="8" max="8" width="14.08984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="112.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="18"/>
       <c r="H1" s="18"/>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
       <c r="B2" s="2"/>
       <c r="C2" s="3"/>
       <c r="D2" s="4"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
@@ -2010,51 +2010,51 @@
       </c>
       <c r="H40" s="17">
         <v>7812211600</v>
       </c>
     </row>
     <row r="41" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B41" s="14">
         <v>10206</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D41" s="16" t="s">
         <v>106</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F41" s="14" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="14" t="s">
         <v>107</v>
       </c>
       <c r="H41" s="17">
-        <v>6173301755</v>
+        <v>8002256168</v>
       </c>
     </row>
     <row r="42" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B42" s="14">
         <v>19798</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D42" s="16" t="s">
         <v>38</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F42" s="14" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="14" t="s">
         <v>40</v>
       </c>
       <c r="H42" s="17">
         <v>8002250770</v>
       </c>
     </row>
@@ -4938,51 +4938,51 @@
     <row r="2634" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2635" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2636" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2637" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2638" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2639" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2640" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2641" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2642" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B1:H1"/>
     <mergeCell ref="B3:H3"/>
     <mergeCell ref="B4:H4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="84" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DF9A6630-6198-4FC5-85B9-19670F465D1D}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D1B2B9C4-CAD8-485B-BEA6-26790F64831D}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>