--- v0 (2025-10-23)
+++ v1 (2025-12-10)
@@ -1,86 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/sage_grace_mass_gov/Documents/Desktop/DEP/Lab Survey/Drafts - Residential/Web Postings/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\TYano\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="77" documentId="8_{B90532DE-22AC-4A82-859F-E72E57A71545}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{90CEA08F-3864-4603-AA12-BE0BFB1958AB}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{75EA37EE-034B-4ECD-AF9A-AA760EB3A267}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-180" windowWidth="29040" windowHeight="15720" xr2:uid="{9F5AB448-149E-4410-8BB9-481EA45804B4}"/>
+    <workbookView xWindow="-30840" yWindow="-105" windowWidth="30960" windowHeight="16800" xr2:uid="{9F5AB448-149E-4410-8BB9-481EA45804B4}"/>
   </bookViews>
   <sheets>
     <sheet name="Labs-Residential Services" sheetId="2" r:id="rId1"/>
     <sheet name="Labs-No Residential Services" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Labs-No Residential Services'!$A$2:$G$16</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="453" uniqueCount="296">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="469" uniqueCount="306">
   <si>
     <t>Laboratory Name</t>
   </si>
   <si>
     <t>MassDEP-Certified Lab ID #</t>
   </si>
   <si>
     <t>Laboratory Street Address (Address)</t>
   </si>
   <si>
     <t>Laboratory Street Address (City)</t>
   </si>
   <si>
     <t>Laboratory Street Address (State)</t>
   </si>
   <si>
     <t>Laboratory Street Address (Zip)</t>
   </si>
   <si>
     <t>Contact Person (First)</t>
   </si>
   <si>
     <t>Contact Person (Last)</t>
   </si>
   <si>
@@ -372,53 +374,50 @@
     <t>6 Nichols St.</t>
   </si>
   <si>
     <t xml:space="preserve">Quinn </t>
   </si>
   <si>
     <t>Barrett</t>
   </si>
   <si>
     <t>NY</t>
   </si>
   <si>
     <t>295 Silver Street</t>
   </si>
   <si>
     <t>Agawam</t>
   </si>
   <si>
     <t>New England Testing Laboratory</t>
   </si>
   <si>
     <t>M-RI010</t>
   </si>
   <si>
     <t>59 Greenhill  St</t>
-  </si>
-[...1 lines deleted...]
-    <t>WEST WARWICK</t>
   </si>
   <si>
     <t>02893</t>
   </si>
   <si>
     <t>Madalyn</t>
   </si>
   <si>
     <t>San</t>
   </si>
   <si>
     <t>(401) 353-3420</t>
   </si>
   <si>
     <t>statereports@newenglandtesting.com</t>
   </si>
   <si>
     <t>Adam</t>
   </si>
   <si>
     <t>Kouki</t>
   </si>
   <si>
     <t>pm@rianalytical.com</t>
   </si>
@@ -806,244 +805,277 @@
   </si>
   <si>
     <t>Microbiology (Bacteria)
 Chemistry (PFAS, Lead, etc.)</t>
   </si>
   <si>
     <t>Microbiology (Bacteria)</t>
   </si>
   <si>
     <t>Chemistry (PFAS, Lead, etc.)</t>
   </si>
   <si>
     <t>Chemistry (PFAS, Lead, etc.)
 Radiochemistry</t>
   </si>
   <si>
     <t>Microbiology (Bacteria)
 Chemistry (PFAS, Lead, etc.)
 Radiochemistry</t>
   </si>
   <si>
     <t>Is an analytical package available for residential customers that want to test for multiple contaminants?</t>
   </si>
   <si>
     <t>The laboratories listed here offer analytical services to residential customers</t>
+  </si>
+  <si>
+    <t>Leidemer</t>
+  </si>
+  <si>
+    <t>adam.leidemer@microbac.com</t>
+  </si>
+  <si>
+    <t>(978) 281-0222</t>
+  </si>
+  <si>
+    <t>(401) 737-8500</t>
+  </si>
+  <si>
+    <t>MA State Public Health Laboratory</t>
+  </si>
+  <si>
+    <t>M-MA116</t>
+  </si>
+  <si>
+    <t>305 South St</t>
+  </si>
+  <si>
+    <t>Jamaica Plain</t>
+  </si>
+  <si>
+    <t>02130</t>
+  </si>
+  <si>
+    <t>Chemistry (Lead, Arsenic)</t>
+  </si>
+  <si>
+    <t>Chun</t>
+  </si>
+  <si>
+    <t>Chen</t>
+  </si>
+  <si>
+    <t>(617) 983-6654</t>
+  </si>
+  <si>
+    <t>lijuan.su@mass.gov</t>
+  </si>
+  <si>
+    <t>Analytical Balance</t>
+  </si>
+  <si>
+    <t>M-MA022</t>
+  </si>
+  <si>
+    <t>422 W. Grove St</t>
+  </si>
+  <si>
+    <t>Middleboro</t>
+  </si>
+  <si>
+    <t>02346</t>
+  </si>
+  <si>
+    <t>(508) 946-2225</t>
+  </si>
+  <si>
+    <t>acronin@thielsch.com</t>
+  </si>
+  <si>
+    <t>Practical Applications</t>
+  </si>
+  <si>
+    <t>Mia</t>
+  </si>
+  <si>
+    <t>Catalini</t>
+  </si>
+  <si>
+    <t>mcatalini@paih2o.com</t>
+  </si>
+  <si>
+    <t>ProVerde Environmental, Inc.</t>
+  </si>
+  <si>
+    <t>M-MA1155</t>
+  </si>
+  <si>
+    <t>420 Fortune Blvd.</t>
+  </si>
+  <si>
+    <t>Milford</t>
+  </si>
+  <si>
+    <t>01757</t>
+  </si>
+  <si>
+    <t>Chris</t>
+  </si>
+  <si>
+    <t>Hudalla</t>
+  </si>
+  <si>
+    <t>(617) 221-3356</t>
+  </si>
+  <si>
+    <t>Admin@ProVerdeEnvironmental.com</t>
+  </si>
+  <si>
+    <t>Courier Services</t>
+  </si>
+  <si>
+    <t>Christina</t>
+  </si>
+  <si>
+    <t>Eckenreiter</t>
+  </si>
+  <si>
+    <t>(508) 991-6199 ext. 67547</t>
+  </si>
+  <si>
+    <t>christina.eckenreiter@newbedford-ma.gov</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Flexible Hours*
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>You can make an appointment with the laboratory director on a case-by-case basis to schedule a time for your test if the normal business hours do not work for you.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="18"/>
+        <color theme="5" tint="-0.249977111117893"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Created and published on 11/12/2025. List will be updated periodically as new information is received. To verify the certification status of a laboratory, check here: </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <u/>
+        <sz val="18"/>
+        <color rgb="FF0070C0"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>https://eeaonline.eea.state.ma.us/DEP/Labcert/Labcert.aspx.</t>
+    </r>
+  </si>
+  <si>
+    <t>Nashoba Analytical</t>
+  </si>
+  <si>
+    <t>M-MA1118</t>
+  </si>
+  <si>
+    <t>31A Willow Rd.</t>
+  </si>
+  <si>
+    <t>Ayer</t>
+  </si>
+  <si>
+    <t>01432</t>
+  </si>
+  <si>
+    <t>Microbioogy (Bacteria)
+Chemistry (PFAS, Lead, etc.)</t>
+  </si>
+  <si>
+    <t>Maria</t>
+  </si>
+  <si>
+    <t>Braun</t>
+  </si>
+  <si>
+    <t>(978) 391-4428</t>
+  </si>
+  <si>
+    <t>info@NashobaAnalytical.com</t>
+  </si>
+  <si>
+    <t>West Warwick</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">The laboratories listed here </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <u/>
-        <sz val="14"/>
+        <sz val="18"/>
         <color theme="0"/>
-        <rFont val="Calibri"/>
+        <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>DO NOT</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
-        <sz val="14"/>
+        <sz val="18"/>
         <color theme="0"/>
-        <rFont val="Calibri"/>
+        <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> offer analytical services to residential customers</t>
-    </r>
-[...157 lines deleted...]
-      <t>You can make an appointment with the laboratory director on a case-by-case basis to schedule a time for your test if the normal business hours do not work for you.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="28">
+  <fonts count="32" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
@@ -1152,116 +1184,141 @@
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <i/>
-[...23 lines deleted...]
-      <b/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="12"/>
+      <color rgb="FF0070C0"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
       <i/>
-      <sz val="14"/>
-[...1 lines deleted...]
-      <name val="Calibri"/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <u/>
-      <sz val="14"/>
-[...1 lines deleted...]
-      <name val="Calibri"/>
+      <sz val="18"/>
+      <color theme="9" tint="-0.249977111117893"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="18"/>
+      <color theme="7" tint="-0.499984740745262"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="18"/>
+      <color theme="5" tint="-0.249977111117893"/>
+      <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <u/>
-      <sz val="14"/>
-[...1 lines deleted...]
-      <name val="Calibri"/>
+      <sz val="18"/>
+      <color rgb="FF0070C0"/>
+      <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
+      <b/>
       <i/>
-      <sz val="11"/>
-[...1 lines deleted...]
-      <name val="Aptos Narrow"/>
+      <sz val="18"/>
+      <color theme="0"/>
+      <name val="Aptos"/>
       <family val="2"/>
-      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <u/>
+      <sz val="18"/>
+      <color theme="0"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Aptos"/>
+      <family val="2"/>
     </font>
   </fonts>
-  <fills count="36">
+  <fills count="35">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC99"/>
       </patternFill>
@@ -1399,56 +1456,50 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="2" tint="-9.9978637043366805E-2"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor rgb="FFFFFF99"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC00000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="28">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
@@ -1581,125 +1632,50 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...73 lines deleted...]
-      </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -1721,311 +1697,1273 @@
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left style="thin">
         <color indexed="64"/>
       </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
+      <right/>
+      <top style="thin">
         <color indexed="64"/>
-      </right>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="medium">
+      <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
+      <top/>
+      <bottom style="thin">
         <color indexed="64"/>
-      </top>
-      <bottom/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="43">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="31">
+  <cellXfs count="30">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...50 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="42" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="34" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="10" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="20" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="23" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="24" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="33" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="34" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="33" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="34" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="33" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="34" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="33" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="34" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="33" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="34" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="33" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="35" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="34" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="35" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="34" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="35" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="34" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="43">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Accent6" xfId="38" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Bad" xfId="7" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Calculation" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Check Cell" xfId="13" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Explanatory Text" xfId="16" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Good" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Hyperlink" xfId="42" builtinId="8"/>
     <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
-  <dxfs count="2">
+  <dxfs count="35">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="medium">
+          <color indexed="64"/>
+        </left>
+        <right style="medium">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="medium">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color rgb="FF0070C0"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="medium">
+          <color indexed="64"/>
+        </left>
+        <right style="medium">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="medium">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Aptos"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{F945555E-2B6B-4C4B-AC2D-20A318A168C8}" name="Table1" displayName="Table1" ref="A3:P25" totalsRowShown="0" headerRowDxfId="34" dataDxfId="32" headerRowBorderDxfId="33" tableBorderDxfId="31" totalsRowBorderDxfId="30">
+  <autoFilter ref="A3:P25" xr:uid="{F945555E-2B6B-4C4B-AC2D-20A318A168C8}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:P25">
+    <sortCondition ref="D3:D25"/>
+  </sortState>
+  <tableColumns count="16">
+    <tableColumn id="1" xr3:uid="{4B359794-1A57-4C29-A4A6-5A2A3D99A016}" name="Laboratory Name" dataDxfId="29"/>
+    <tableColumn id="2" xr3:uid="{2F930D3D-4AD2-4100-8191-6EE6D1422334}" name="MassDEP-Certified Lab ID #" dataDxfId="28"/>
+    <tableColumn id="3" xr3:uid="{7D192A9A-F4FD-475A-8B50-C96417CC27DD}" name="Laboratory Street Address (Address)" dataDxfId="27"/>
+    <tableColumn id="4" xr3:uid="{1E769D7F-8451-4484-9272-89F6ACA60BCD}" name="Laboratory Street Address (City)" dataDxfId="26"/>
+    <tableColumn id="5" xr3:uid="{A72CFFB9-BCCE-4763-ADF8-9F9305030496}" name="Laboratory Street Address (State)" dataDxfId="25"/>
+    <tableColumn id="6" xr3:uid="{B14CC4BA-B7E9-4CDE-94FE-D7554DA05232}" name="Laboratory Street Address (Zip)" dataDxfId="24"/>
+    <tableColumn id="7" xr3:uid="{6C337534-DB86-4C01-B84D-457539793498}" name="Offers services to residential customers?" dataDxfId="23"/>
+    <tableColumn id="8" xr3:uid="{6DAE819D-55CE-4B18-B574-5C949871F232}" name="Is an analytical package available for residential customers that want to test for multiple contaminants?" dataDxfId="22"/>
+    <tableColumn id="9" xr3:uid="{4C8C0E82-CAB4-431E-8431-9E7228F3622F}" name="Analyses offered" dataDxfId="21"/>
+    <tableColumn id="10" xr3:uid="{D7428DF6-DCCB-4992-99C0-DF14B048F703}" name="Preferred contact method" dataDxfId="20"/>
+    <tableColumn id="11" xr3:uid="{1475C2DD-C973-4032-86E3-AD3E3385B4BF}" name="Available transportation options" dataDxfId="19"/>
+    <tableColumn id="12" xr3:uid="{69341745-985B-401F-A046-0FDDC1429D02}" name="Laboratory availability for residential customers" dataDxfId="18"/>
+    <tableColumn id="13" xr3:uid="{0C7B6853-3E3E-4FF9-962E-5F33E2E7DDA2}" name="Contact Person (First)" dataDxfId="17"/>
+    <tableColumn id="14" xr3:uid="{422B62ED-5846-4D2D-9EBC-56EF09A3BC7C}" name="Contact Person (Last)" dataDxfId="16"/>
+    <tableColumn id="15" xr3:uid="{FBB9C7BA-A4C1-47AB-B9C1-F323903EBF6E}" name="Laboratory Phone Number" dataDxfId="15"/>
+    <tableColumn id="16" xr3:uid="{5A99FA74-4CD3-461C-BF4B-1BFB48A63013}" name="Laboratory Email Address" dataDxfId="14" dataCellStyle="Hyperlink"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{A99F6D31-77A6-4A41-89C4-96277A071DFD}" name="Table2" displayName="Table2" ref="A2:G16" totalsRowShown="0" headerRowDxfId="13" dataDxfId="11" headerRowBorderDxfId="12" tableBorderDxfId="10" totalsRowBorderDxfId="9">
+  <autoFilter ref="A2:G16" xr:uid="{A99F6D31-77A6-4A41-89C4-96277A071DFD}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:G16">
+    <sortCondition ref="D2:D16"/>
+  </sortState>
+  <tableColumns count="7">
+    <tableColumn id="1" xr3:uid="{F7EB2EBA-FCAB-4507-B185-41BB00E33374}" name="Laboratory Name" dataDxfId="8"/>
+    <tableColumn id="2" xr3:uid="{01A86866-1C27-4B7E-9AF0-28A2F4FF8D01}" name="MassDEP-Certified Lab ID #" dataDxfId="7"/>
+    <tableColumn id="3" xr3:uid="{B009B118-4D09-448F-BCD9-C790A5EB6C36}" name="Laboratory Street Address (Address)" dataDxfId="6"/>
+    <tableColumn id="4" xr3:uid="{27981058-9DCB-45D8-A5B3-451511F7402B}" name="Laboratory Street Address (City)" dataDxfId="5"/>
+    <tableColumn id="5" xr3:uid="{F3F5A9EC-A12A-454A-B552-44AA8316BED8}" name="Laboratory Street Address (State)" dataDxfId="4"/>
+    <tableColumn id="6" xr3:uid="{1B833861-0ED2-47E6-B3A6-5BD08C2B6230}" name="Laboratory Street Address (Zip)" dataDxfId="3"/>
+    <tableColumn id="7" xr3:uid="{9DED51B3-BC46-4278-A789-0E6B30AAF0A1}" name="Offers services to residential customers?" dataDxfId="2"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2300,1697 +3238,1754 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:office@chromachem.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@granitestateanalytical.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:acronin@thielsch.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pm@rianalytical.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:statereports@newenglandtesting.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:atyson@knlenvironmental.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bcdhelab@capecod.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wtghalaboratory@comcast.net" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:biomarine@biomarinelab.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vallidlabs@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@northeastlab.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adam.leidemer@microbac.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diana.ferrari@pacelabs.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christina.eckenreiter@newbedford-ma.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ntlsales@ntllabs.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Admin@ProVerdeEnvironmental.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:quabbinanalytical@yahoo.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:keene@nelsonanalytical.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mrkt@gel.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:office@chromachem.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@granitestateanalytical.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:acronin@thielsch.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pm@rianalytical.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:statereports@newenglandtesting.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:atyson@knlenvironmental.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bcdhelab@capecod.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wtghalaboratory@comcast.net" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:biomarine@biomarinelab.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vallidlabs@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@northeastlab.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adam.leidemer@microbac.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diana.ferrari@pacelabs.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christina.eckenreiter@newbedford-ma.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ntlsales@ntllabs.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Admin@ProVerdeEnvironmental.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:quabbinanalytical@yahoo.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:keene@nelsonanalytical.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mrkt@gel.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5E52C41A-DE14-4D61-BF3A-D47436C39188}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
-  <dimension ref="A1:R25"/>
+  <dimension ref="A1:R26"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" sqref="A1:P1"/>
+      <selection pane="bottomLeft" activeCell="C4" sqref="C4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="16.26953125" customWidth="1"/>
-[...14 lines deleted...]
-    <col min="16" max="16" width="32.6328125" customWidth="1"/>
+    <col min="1" max="1" width="30.140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="21.85546875" customWidth="1"/>
+    <col min="3" max="3" width="29.140625" customWidth="1"/>
+    <col min="4" max="4" width="22" customWidth="1"/>
+    <col min="5" max="5" width="23.42578125" customWidth="1"/>
+    <col min="6" max="6" width="21.42578125" customWidth="1"/>
+    <col min="7" max="7" width="25.140625" customWidth="1"/>
+    <col min="8" max="8" width="31.28515625" customWidth="1"/>
+    <col min="9" max="9" width="34.85546875" customWidth="1"/>
+    <col min="10" max="10" width="23.42578125" customWidth="1"/>
+    <col min="11" max="11" width="24" customWidth="1"/>
+    <col min="12" max="12" width="30.85546875" customWidth="1"/>
+    <col min="13" max="13" width="20.28515625" customWidth="1"/>
+    <col min="14" max="14" width="18.140625" customWidth="1"/>
+    <col min="15" max="15" width="21" customWidth="1"/>
+    <col min="16" max="16" width="46.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="18.5">
-[...17 lines deleted...]
-      <c r="P1" s="24"/>
+    <row r="1" spans="1:18" ht="24" x14ac:dyDescent="0.4">
+      <c r="A1" s="21" t="s">
+        <v>293</v>
+      </c>
+      <c r="B1" s="22"/>
+      <c r="C1" s="22"/>
+      <c r="D1" s="22"/>
+      <c r="E1" s="22"/>
+      <c r="F1" s="22"/>
+      <c r="G1" s="22"/>
+      <c r="H1" s="22"/>
+      <c r="I1" s="22"/>
+      <c r="J1" s="22"/>
+      <c r="K1" s="22"/>
+      <c r="L1" s="22"/>
+      <c r="M1" s="22"/>
+      <c r="N1" s="22"/>
+      <c r="O1" s="22"/>
+      <c r="P1" s="23"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
     </row>
-    <row r="2" spans="1:18" ht="18.5">
-[...17 lines deleted...]
-      <c r="P2" s="27"/>
+    <row r="2" spans="1:18" ht="24" x14ac:dyDescent="0.4">
+      <c r="A2" s="24" t="s">
+        <v>252</v>
+      </c>
+      <c r="B2" s="25"/>
+      <c r="C2" s="25"/>
+      <c r="D2" s="25"/>
+      <c r="E2" s="25"/>
+      <c r="F2" s="25"/>
+      <c r="G2" s="25"/>
+      <c r="H2" s="25"/>
+      <c r="I2" s="25"/>
+      <c r="J2" s="25"/>
+      <c r="K2" s="25"/>
+      <c r="L2" s="25"/>
+      <c r="M2" s="25"/>
+      <c r="N2" s="25"/>
+      <c r="O2" s="25"/>
+      <c r="P2" s="26"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
     </row>
-    <row r="3" spans="1:18" ht="71.5" customHeight="1">
-      <c r="A3" s="10" t="s">
+    <row r="3" spans="1:18" ht="114" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="16" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="11" t="s">
+      <c r="B3" s="17" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="11" t="s">
+      <c r="C3" s="17" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="11" t="s">
+      <c r="D3" s="17" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="11" t="s">
+      <c r="E3" s="17" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="11" t="s">
+      <c r="F3" s="17" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="11" t="s">
-[...5 lines deleted...]
-      <c r="I3" s="11" t="s">
+      <c r="G3" s="17" t="s">
+        <v>177</v>
+      </c>
+      <c r="H3" s="17" t="s">
+        <v>251</v>
+      </c>
+      <c r="I3" s="17" t="s">
+        <v>169</v>
+      </c>
+      <c r="J3" s="17" t="s">
+        <v>168</v>
+      </c>
+      <c r="K3" s="17" t="s">
+        <v>167</v>
+      </c>
+      <c r="L3" s="17" t="s">
         <v>170</v>
       </c>
-      <c r="J3" s="11" t="s">
-[...5 lines deleted...]
-      <c r="L3" s="11" t="s">
+      <c r="M3" s="17" t="s">
+        <v>6</v>
+      </c>
+      <c r="N3" s="17" t="s">
+        <v>7</v>
+      </c>
+      <c r="O3" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="P3" s="18" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="4" spans="1:18" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" s="9" t="s">
+        <v>107</v>
+      </c>
+      <c r="D4" s="9" t="s">
+        <v>108</v>
+      </c>
+      <c r="E4" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F4" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="H4" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I4" s="9" t="s">
+        <v>250</v>
+      </c>
+      <c r="J4" s="9" t="s">
+        <v>133</v>
+      </c>
+      <c r="K4" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="L4" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="M4" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="O4" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" s="19" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:18" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F5" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="G5" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="H5" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I5" s="9" t="s">
+        <v>246</v>
+      </c>
+      <c r="J5" s="9" t="s">
+        <v>133</v>
+      </c>
+      <c r="K5" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="L5" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="M5" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="O5" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" s="19" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="B6" s="9" t="s">
+        <v>295</v>
+      </c>
+      <c r="C6" s="9" t="s">
+        <v>296</v>
+      </c>
+      <c r="D6" s="9" t="s">
+        <v>297</v>
+      </c>
+      <c r="E6" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F6" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="G6" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="H6" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I6" s="9" t="s">
+        <v>299</v>
+      </c>
+      <c r="J6" s="9" t="s">
+        <v>133</v>
+      </c>
+      <c r="K6" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="L6" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="M6" s="9" t="s">
+        <v>300</v>
+      </c>
+      <c r="N6" s="9" t="s">
+        <v>301</v>
+      </c>
+      <c r="O6" s="9" t="s">
+        <v>302</v>
+      </c>
+      <c r="P6" s="19" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18" ht="44.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="8" t="s">
+        <v>145</v>
+      </c>
+      <c r="B7" s="9" t="s">
+        <v>146</v>
+      </c>
+      <c r="C7" s="9" t="s">
+        <v>147</v>
+      </c>
+      <c r="D7" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="E7" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F7" s="10" t="s">
+        <v>149</v>
+      </c>
+      <c r="G7" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="H7" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I7" s="9" t="s">
+        <v>246</v>
+      </c>
+      <c r="J7" s="9" t="s">
+        <v>133</v>
+      </c>
+      <c r="K7" s="9" t="s">
+        <v>173</v>
+      </c>
+      <c r="L7" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="M7" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="N7" s="9" t="s">
+        <v>151</v>
+      </c>
+      <c r="O7" s="9" t="s">
+        <v>152</v>
+      </c>
+      <c r="P7" s="19" t="s">
         <v>171</v>
       </c>
-      <c r="M3" s="11" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
-    <row r="4" spans="1:18" ht="54" customHeight="1">
-[...12 lines deleted...]
-      <c r="E4" s="2" t="s">
+    <row r="8" spans="1:18" ht="48.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="8" t="s">
+        <v>93</v>
+      </c>
+      <c r="B8" s="9" t="s">
+        <v>94</v>
+      </c>
+      <c r="C8" s="9" t="s">
+        <v>95</v>
+      </c>
+      <c r="D8" s="9" t="s">
+        <v>96</v>
+      </c>
+      <c r="E8" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="F4" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G4" s="2" t="s">
+      <c r="F8" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="G8" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="H4" s="2" t="s">
+      <c r="H8" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="I4" s="2" t="s">
+      <c r="I8" s="9" t="s">
+        <v>250</v>
+      </c>
+      <c r="J8" s="9" t="s">
+        <v>102</v>
+      </c>
+      <c r="K8" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="L8" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="M8" s="9" t="s">
+        <v>98</v>
+      </c>
+      <c r="N8" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="O8" s="9" t="s">
+        <v>100</v>
+      </c>
+      <c r="P8" s="19" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="9" spans="1:18" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="D9" s="9" t="s">
+        <v>79</v>
+      </c>
+      <c r="E9" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="F9" s="9">
+        <v>29407</v>
+      </c>
+      <c r="G9" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="H9" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="I9" s="9" t="s">
+        <v>249</v>
+      </c>
+      <c r="J9" s="9" t="s">
+        <v>133</v>
+      </c>
+      <c r="K9" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="L9" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="M9" s="9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" s="9" t="s">
+        <v>82</v>
+      </c>
+      <c r="O9" s="9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" s="19" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" s="9" t="s">
+        <v>138</v>
+      </c>
+      <c r="C10" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="D10" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="E10" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F10" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G10" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="H10" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I10" s="9" t="s">
+        <v>250</v>
+      </c>
+      <c r="J10" s="9" t="s">
+        <v>133</v>
+      </c>
+      <c r="K10" s="9" t="s">
+        <v>175</v>
+      </c>
+      <c r="L10" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="M10" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="N10" s="9" t="s">
+        <v>139</v>
+      </c>
+      <c r="O10" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="P10" s="19" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="11" spans="1:18" ht="57.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="B11" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="D11" s="9" t="s">
+        <v>57</v>
+      </c>
+      <c r="E11" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="F11" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="G11" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="H11" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I11" s="9" t="s">
+        <v>250</v>
+      </c>
+      <c r="J11" s="9" t="s">
+        <v>133</v>
+      </c>
+      <c r="K11" s="9" t="s">
+        <v>175</v>
+      </c>
+      <c r="L11" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="M11" s="9" t="s">
+        <v>117</v>
+      </c>
+      <c r="N11" s="9" t="s">
+        <v>253</v>
+      </c>
+      <c r="O11" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="P11" s="19" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="12" spans="1:18" ht="48.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B12" s="9" t="s">
+        <v>164</v>
+      </c>
+      <c r="C12" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E12" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="F12" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="G12" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="H12" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I12" s="9" t="s">
+        <v>250</v>
+      </c>
+      <c r="J12" s="9" t="s">
+        <v>133</v>
+      </c>
+      <c r="K12" s="9" t="s">
+        <v>174</v>
+      </c>
+      <c r="L12" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="M12" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="N12" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="O12" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P12" s="19" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="13" spans="1:18" ht="36.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="B13" s="9" t="s">
+        <v>90</v>
+      </c>
+      <c r="C13" s="9" t="s">
+        <v>141</v>
+      </c>
+      <c r="D13" s="9" t="s">
+        <v>91</v>
+      </c>
+      <c r="E13" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F13" s="10" t="s">
+        <v>92</v>
+      </c>
+      <c r="G13" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="H13" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I13" s="9" t="s">
+        <v>246</v>
+      </c>
+      <c r="J13" s="9" t="s">
+        <v>144</v>
+      </c>
+      <c r="K13" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="L13" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="M13" s="9" t="s">
+        <v>142</v>
+      </c>
+      <c r="N13" s="9" t="s">
+        <v>143</v>
+      </c>
+      <c r="O13" s="9" t="s">
+        <v>255</v>
+      </c>
+      <c r="P13" s="19" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="14" spans="1:18" ht="44.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="8" t="s">
+        <v>257</v>
+      </c>
+      <c r="B14" s="9" t="s">
+        <v>258</v>
+      </c>
+      <c r="C14" s="9" t="s">
+        <v>259</v>
+      </c>
+      <c r="D14" s="9" t="s">
+        <v>260</v>
+      </c>
+      <c r="E14" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F14" s="10" t="s">
+        <v>261</v>
+      </c>
+      <c r="G14" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="H14" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="I14" s="9" t="s">
+        <v>262</v>
+      </c>
+      <c r="J14" s="9" t="s">
+        <v>102</v>
+      </c>
+      <c r="K14" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="L14" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="M14" s="9" t="s">
+        <v>263</v>
+      </c>
+      <c r="N14" s="9" t="s">
+        <v>264</v>
+      </c>
+      <c r="O14" s="9" t="s">
+        <v>265</v>
+      </c>
+      <c r="P14" s="19" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="15" spans="1:18" ht="56.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="B15" s="9" t="s">
+        <v>157</v>
+      </c>
+      <c r="C15" s="9" t="s">
+        <v>158</v>
+      </c>
+      <c r="D15" s="9" t="s">
+        <v>159</v>
+      </c>
+      <c r="E15" s="9" t="s">
+        <v>106</v>
+      </c>
+      <c r="F15" s="9">
+        <v>11747</v>
+      </c>
+      <c r="G15" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="H15" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I15" s="9" t="s">
+        <v>248</v>
+      </c>
+      <c r="J15" s="9" t="s">
+        <v>144</v>
+      </c>
+      <c r="K15" s="9" t="s">
+        <v>175</v>
+      </c>
+      <c r="L15" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="M15" s="9" t="s">
+        <v>160</v>
+      </c>
+      <c r="N15" s="9" t="s">
+        <v>161</v>
+      </c>
+      <c r="O15" s="9" t="s">
+        <v>162</v>
+      </c>
+      <c r="P15" s="19" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="16" spans="1:18" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="8" t="s">
+        <v>267</v>
+      </c>
+      <c r="B16" s="9" t="s">
+        <v>268</v>
+      </c>
+      <c r="C16" s="9" t="s">
+        <v>269</v>
+      </c>
+      <c r="D16" s="9" t="s">
+        <v>270</v>
+      </c>
+      <c r="E16" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F16" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G16" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="H16" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I16" s="9" t="s">
+        <v>246</v>
+      </c>
+      <c r="J16" s="9" t="s">
+        <v>102</v>
+      </c>
+      <c r="K16" s="9" t="s">
+        <v>173</v>
+      </c>
+      <c r="L16" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="M16" s="9" t="s">
+        <v>142</v>
+      </c>
+      <c r="N16" s="9" t="s">
+        <v>143</v>
+      </c>
+      <c r="O16" s="9" t="s">
+        <v>272</v>
+      </c>
+      <c r="P16" s="19" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="8" t="s">
+        <v>278</v>
+      </c>
+      <c r="B17" s="9" t="s">
+        <v>279</v>
+      </c>
+      <c r="C17" s="9" t="s">
+        <v>280</v>
+      </c>
+      <c r="D17" s="9" t="s">
+        <v>281</v>
+      </c>
+      <c r="E17" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F17" s="10" t="s">
+        <v>282</v>
+      </c>
+      <c r="G17" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="H17" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="I17" s="9" t="s">
+        <v>176</v>
+      </c>
+      <c r="J17" s="9" t="s">
+        <v>133</v>
+      </c>
+      <c r="K17" s="9" t="s">
+        <v>174</v>
+      </c>
+      <c r="L17" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="M17" s="9" t="s">
+        <v>283</v>
+      </c>
+      <c r="N17" s="9" t="s">
+        <v>284</v>
+      </c>
+      <c r="O17" s="9" t="s">
+        <v>285</v>
+      </c>
+      <c r="P17" s="19" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="141.75" x14ac:dyDescent="0.25">
+      <c r="A18" s="8" t="s">
+        <v>166</v>
+      </c>
+      <c r="B18" s="9" t="s">
+        <v>165</v>
+      </c>
+      <c r="C18" s="9" t="s">
+        <v>153</v>
+      </c>
+      <c r="D18" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="E18" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F18" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="G18" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="H18" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="I18" s="9" t="s">
         <v>247</v>
       </c>
-      <c r="J4" s="2" t="s">
+      <c r="J18" s="9" t="s">
+        <v>133</v>
+      </c>
+      <c r="K18" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="L18" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="M18" s="9" t="s">
+        <v>288</v>
+      </c>
+      <c r="N18" s="9" t="s">
+        <v>289</v>
+      </c>
+      <c r="O18" s="9" t="s">
+        <v>290</v>
+      </c>
+      <c r="P18" s="19" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="B19" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="C19" s="9" t="s">
+        <v>122</v>
+      </c>
+      <c r="D19" s="9" t="s">
+        <v>123</v>
+      </c>
+      <c r="E19" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="F19" s="10" t="s">
+        <v>124</v>
+      </c>
+      <c r="G19" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="H19" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I19" s="9" t="s">
+        <v>247</v>
+      </c>
+      <c r="J19" s="9" t="s">
+        <v>133</v>
+      </c>
+      <c r="K19" s="9" t="s">
+        <v>174</v>
+      </c>
+      <c r="L19" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="M19" s="9" t="s">
+        <v>125</v>
+      </c>
+      <c r="N19" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="O19" s="9" t="s">
+        <v>127</v>
+      </c>
+      <c r="P19" s="19" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16" ht="38.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B20" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C20" s="9" t="s">
+        <v>103</v>
+      </c>
+      <c r="D20" s="9" t="s">
+        <v>63</v>
+      </c>
+      <c r="E20" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F20" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="G20" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="H20" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="I20" s="9" t="s">
+        <v>176</v>
+      </c>
+      <c r="J20" s="9" t="s">
+        <v>144</v>
+      </c>
+      <c r="K20" s="9" t="s">
+        <v>174</v>
+      </c>
+      <c r="L20" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="M20" s="9" t="s">
+        <v>104</v>
+      </c>
+      <c r="N20" s="9" t="s">
+        <v>105</v>
+      </c>
+      <c r="O20" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="P20" s="19" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" ht="50.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B21" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="C21" s="12" t="s">
+        <v>129</v>
+      </c>
+      <c r="D21" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="E21" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="F21" s="12">
+        <v>33603</v>
+      </c>
+      <c r="G21" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="H21" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="I21" s="12" t="s">
+        <v>250</v>
+      </c>
+      <c r="J21" s="12" t="s">
+        <v>133</v>
+      </c>
+      <c r="K21" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="L21" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="M21" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="P21" s="20" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" ht="50.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B22" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="C22" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D22" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E22" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F22" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="H22" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="I22" s="12" t="s">
+        <v>246</v>
+      </c>
+      <c r="J22" s="12" t="s">
+        <v>144</v>
+      </c>
+      <c r="K22" s="12" t="s">
+        <v>175</v>
+      </c>
+      <c r="L22" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="M22" s="12" t="s">
+        <v>117</v>
+      </c>
+      <c r="N22" s="12" t="s">
+        <v>118</v>
+      </c>
+      <c r="O22" s="12" t="s">
+        <v>256</v>
+      </c>
+      <c r="P22" s="20" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" ht="50.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="B23" s="12" t="s">
+        <v>110</v>
+      </c>
+      <c r="C23" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="D23" s="12" t="s">
+        <v>304</v>
+      </c>
+      <c r="E23" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="G23" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="H23" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="I23" s="12" t="s">
+        <v>246</v>
+      </c>
+      <c r="J23" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="K23" s="12" t="s">
+        <v>44</v>
+      </c>
+      <c r="L23" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="M23" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="N23" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="O23" s="12" t="s">
+        <v>115</v>
+      </c>
+      <c r="P23" s="20" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" ht="50.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="11" t="s">
+        <v>274</v>
+      </c>
+      <c r="B24" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="C24" s="12" t="s">
+        <v>130</v>
+      </c>
+      <c r="D24" s="12" t="s">
+        <v>131</v>
+      </c>
+      <c r="E24" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="F24" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="G24" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="H24" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="I24" s="12" t="s">
+        <v>246</v>
+      </c>
+      <c r="J24" s="12" t="s">
+        <v>133</v>
+      </c>
+      <c r="K24" s="12" t="s">
+        <v>287</v>
+      </c>
+      <c r="L24" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="M24" s="12" t="s">
+        <v>275</v>
+      </c>
+      <c r="N24" s="12" t="s">
+        <v>276</v>
+      </c>
+      <c r="O24" s="12" t="s">
+        <v>132</v>
+      </c>
+      <c r="P24" s="20" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" ht="38.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B25" s="12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C25" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="D25" s="12" t="s">
+        <v>88</v>
+      </c>
+      <c r="E25" s="12" t="s">
+        <v>89</v>
+      </c>
+      <c r="F25" s="12">
+        <v>48197</v>
+      </c>
+      <c r="G25" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="H25" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="I25" s="12" t="s">
+        <v>250</v>
+      </c>
+      <c r="J25" s="12" t="s">
+        <v>133</v>
+      </c>
+      <c r="K25" s="12" t="s">
+        <v>174</v>
+      </c>
+      <c r="L25" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="M25" s="12" t="s">
         <v>134</v>
       </c>
-      <c r="K4" s="2" t="s">
-[...15 lines deleted...]
-        <v>172</v>
+      <c r="N25" s="12" t="s">
+        <v>135</v>
+      </c>
+      <c r="O25" s="12" t="s">
+        <v>136</v>
+      </c>
+      <c r="P25" s="20" t="s">
+        <v>137</v>
       </c>
     </row>
-    <row r="5" spans="1:18" ht="29">
-[...1015 lines deleted...]
-      <c r="P25" s="21"/>
+    <row r="26" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A26" s="2"/>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="3"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
+      <c r="J26" s="2"/>
+      <c r="K26" s="2"/>
+      <c r="L26" s="2"/>
+      <c r="M26" s="2"/>
+      <c r="N26" s="2"/>
+      <c r="O26" s="2"/>
+      <c r="P26" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
   </mergeCells>
-  <conditionalFormatting sqref="B4:B25">
+  <conditionalFormatting sqref="B4:B26">
     <cfRule type="duplicateValues" dxfId="1" priority="4"/>
     <cfRule type="duplicateValues" dxfId="0" priority="5"/>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="P20" r:id="rId1" xr:uid="{F71EF9BA-8241-4CCF-93C2-20AC50DD8E6D}"/>
-[...17 lines deleted...]
-    <hyperlink ref="P23" r:id="rId19" xr:uid="{899D93E8-D5BB-4A29-8A03-8975C4F9F3D6}"/>
+    <hyperlink ref="P4" r:id="rId1" xr:uid="{F71EF9BA-8241-4CCF-93C2-20AC50DD8E6D}"/>
+    <hyperlink ref="P5" r:id="rId2" xr:uid="{97B9004F-D55D-4EBD-964B-B9074E1EE436}"/>
+    <hyperlink ref="P22" r:id="rId3" xr:uid="{7E9CF659-D850-4368-AE17-7C8F58E5C5B7}"/>
+    <hyperlink ref="P8" r:id="rId4" xr:uid="{03BA97A6-909B-4A77-A6A0-1CF5C06351AF}"/>
+    <hyperlink ref="P15" r:id="rId5" xr:uid="{50215A00-F69F-4D61-9B88-B43DDC7EADA7}"/>
+    <hyperlink ref="P10" r:id="rId6" xr:uid="{3DEE59E1-871B-4653-90E3-9F32C6B0AAB5}"/>
+    <hyperlink ref="P23" r:id="rId7" xr:uid="{BFE7A361-BEC6-4F3B-8E8B-60D869B9CDCB}"/>
+    <hyperlink ref="P20" r:id="rId8" xr:uid="{BC17F0E7-0562-4B5D-85D4-CC59114ABC6C}"/>
+    <hyperlink ref="P19" r:id="rId9" xr:uid="{B8832E5C-DF77-4EC6-BA21-F75F0D80A4D1}"/>
+    <hyperlink ref="P25" r:id="rId10" xr:uid="{6CBC4FEA-EE3A-41EC-B759-7D5A7D213835}"/>
+    <hyperlink ref="P11" r:id="rId11" xr:uid="{59EE8F3B-2803-4340-A38E-B06B1F515386}"/>
+    <hyperlink ref="P21" r:id="rId12" xr:uid="{81447F3B-E914-46B6-BD97-9393396FE6FF}"/>
+    <hyperlink ref="P12" r:id="rId13" xr:uid="{35DBBE50-65DD-4703-B147-5940482B2DC8}"/>
+    <hyperlink ref="P9" r:id="rId14" xr:uid="{D84207F1-3690-40E1-9198-431C3CC3D3B7}"/>
+    <hyperlink ref="P18" r:id="rId15" xr:uid="{671A181D-5D04-4D00-8834-EDF764CAD430}"/>
+    <hyperlink ref="P13" r:id="rId16" xr:uid="{29AB94E7-A71D-41B3-A646-8949925F03DC}"/>
+    <hyperlink ref="P7" r:id="rId17" xr:uid="{0563620A-2A60-4314-AB93-85DD0F3CB674}"/>
+    <hyperlink ref="P16" r:id="rId18" xr:uid="{7570E143-FE2A-42E1-9954-0112DAFEEC0B}"/>
+    <hyperlink ref="P17" r:id="rId19" xr:uid="{899D93E8-D5BB-4A29-8A03-8975C4F9F3D6}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.88472222222222219" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="29" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId20"/>
   <ignoredErrors>
-    <ignoredError sqref="F4:F6 F7:F24" numberStoredAsText="1"/>
+    <ignoredError sqref="F4:F25" numberStoredAsText="1"/>
   </ignoredErrors>
+  <tableParts count="1">
+    <tablePart r:id="rId21"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1ED91272-6176-4F10-981D-1141AEB6A737}">
   <sheetPr>
     <tabColor rgb="FFC00000"/>
   </sheetPr>
   <dimension ref="A1:G16"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="N8" sqref="N8"/>
+      <selection pane="bottomLeft" activeCell="G9" sqref="G9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="16.54296875" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="17.1796875" customWidth="1"/>
+    <col min="1" max="1" width="17.42578125" customWidth="1"/>
+    <col min="2" max="2" width="18.28515625" customWidth="1"/>
+    <col min="3" max="3" width="25.140625" customWidth="1"/>
+    <col min="4" max="4" width="19.85546875" customWidth="1"/>
+    <col min="5" max="5" width="17.85546875" customWidth="1"/>
+    <col min="6" max="6" width="17.42578125" customWidth="1"/>
+    <col min="7" max="7" width="38.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="18.5">
-[...8 lines deleted...]
-      <c r="G1" s="30"/>
+    <row r="1" spans="1:7" ht="24" x14ac:dyDescent="0.4">
+      <c r="A1" s="27" t="s">
+        <v>305</v>
+      </c>
+      <c r="B1" s="28"/>
+      <c r="C1" s="28"/>
+      <c r="D1" s="28"/>
+      <c r="E1" s="28"/>
+      <c r="F1" s="28"/>
+      <c r="G1" s="29"/>
     </row>
-    <row r="2" spans="1:7" ht="43.5">
-      <c r="A2" s="10" t="s">
+    <row r="2" spans="1:7" ht="51.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="5" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="11" t="s">
+      <c r="B2" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="11" t="s">
+      <c r="C2" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="11" t="s">
+      <c r="D2" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="11" t="s">
+      <c r="E2" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="F2" s="11" t="s">
+      <c r="F2" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="G2" s="12" t="s">
+      <c r="G2" s="7" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A3" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="B3" s="9" t="s">
+        <v>239</v>
+      </c>
+      <c r="C3" s="9" t="s">
+        <v>187</v>
+      </c>
+      <c r="D3" s="9" t="s">
+        <v>188</v>
+      </c>
+      <c r="E3" s="9" t="s">
+        <v>106</v>
+      </c>
+      <c r="F3" s="9">
+        <v>12207</v>
+      </c>
+      <c r="G3" s="14" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A4" s="8" t="s">
+        <v>189</v>
+      </c>
+      <c r="B4" s="9" t="s">
+        <v>190</v>
+      </c>
+      <c r="C4" s="9" t="s">
+        <v>191</v>
+      </c>
+      <c r="D4" s="9" t="s">
+        <v>192</v>
+      </c>
+      <c r="E4" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F4" s="10" t="s">
+        <v>193</v>
+      </c>
+      <c r="G4" s="14" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A5" s="8" t="s">
+        <v>182</v>
+      </c>
+      <c r="B5" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="C5" s="9" t="s">
+        <v>183</v>
+      </c>
+      <c r="D5" s="9" t="s">
+        <v>184</v>
+      </c>
+      <c r="E5" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F5" s="10" t="s">
+        <v>185</v>
+      </c>
+      <c r="G5" s="14" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="63" x14ac:dyDescent="0.25">
+      <c r="A6" s="8" t="s">
+        <v>238</v>
+      </c>
+      <c r="B6" s="9" t="s">
         <v>178</v>
       </c>
+      <c r="C6" s="9" t="s">
+        <v>179</v>
+      </c>
+      <c r="D6" s="9" t="s">
+        <v>180</v>
+      </c>
+      <c r="E6" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F6" s="10" t="s">
+        <v>181</v>
+      </c>
+      <c r="G6" s="14" t="s">
+        <v>12</v>
+      </c>
     </row>
-    <row r="3" spans="1:7" ht="29">
-[...3 lines deleted...]
-      <c r="B3" s="3" t="s">
+    <row r="7" spans="1:7" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A7" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="B7" s="9" t="s">
+        <v>207</v>
+      </c>
+      <c r="C7" s="9" t="s">
+        <v>208</v>
+      </c>
+      <c r="D7" s="9" t="s">
+        <v>209</v>
+      </c>
+      <c r="E7" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F7" s="10" t="s">
+        <v>210</v>
+      </c>
+      <c r="G7" s="14" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="63" x14ac:dyDescent="0.25">
+      <c r="A8" s="8" t="s">
+        <v>198</v>
+      </c>
+      <c r="B8" s="9" t="s">
+        <v>242</v>
+      </c>
+      <c r="C8" s="9" t="s">
+        <v>245</v>
+      </c>
+      <c r="D8" s="9" t="s">
+        <v>199</v>
+      </c>
+      <c r="E8" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F8" s="10" t="s">
+        <v>200</v>
+      </c>
+      <c r="G8" s="14" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A9" s="8" t="s">
+        <v>224</v>
+      </c>
+      <c r="B9" s="9" t="s">
+        <v>225</v>
+      </c>
+      <c r="C9" s="9" t="s">
+        <v>226</v>
+      </c>
+      <c r="D9" s="9" t="s">
+        <v>227</v>
+      </c>
+      <c r="E9" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F9" s="9" t="s">
+        <v>228</v>
+      </c>
+      <c r="G9" s="14" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A10" s="8" t="s">
+        <v>215</v>
+      </c>
+      <c r="B10" s="9" t="s">
+        <v>216</v>
+      </c>
+      <c r="C10" s="9" t="s">
+        <v>217</v>
+      </c>
+      <c r="D10" s="9" t="s">
+        <v>218</v>
+      </c>
+      <c r="E10" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F10" s="10" t="s">
+        <v>219</v>
+      </c>
+      <c r="G10" s="14" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A11" s="8" t="s">
+        <v>233</v>
+      </c>
+      <c r="B11" s="9" t="s">
+        <v>234</v>
+      </c>
+      <c r="C11" s="9" t="s">
+        <v>235</v>
+      </c>
+      <c r="D11" s="9" t="s">
+        <v>236</v>
+      </c>
+      <c r="E11" s="9" t="s">
+        <v>237</v>
+      </c>
+      <c r="F11" s="9">
+        <v>46617</v>
+      </c>
+      <c r="G11" s="14" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A12" s="8" t="s">
+        <v>215</v>
+      </c>
+      <c r="B12" s="9" t="s">
+        <v>220</v>
+      </c>
+      <c r="C12" s="9" t="s">
+        <v>221</v>
+      </c>
+      <c r="D12" s="9" t="s">
+        <v>222</v>
+      </c>
+      <c r="E12" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F12" s="10" t="s">
+        <v>223</v>
+      </c>
+      <c r="G12" s="14" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="63" x14ac:dyDescent="0.25">
+      <c r="A13" s="8" t="s">
+        <v>194</v>
+      </c>
+      <c r="B13" s="9" t="s">
+        <v>243</v>
+      </c>
+      <c r="C13" s="9" t="s">
+        <v>195</v>
+      </c>
+      <c r="D13" s="9" t="s">
+        <v>196</v>
+      </c>
+      <c r="E13" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F13" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="G13" s="14" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A14" s="8" t="s">
+        <v>229</v>
+      </c>
+      <c r="B14" s="9" t="s">
         <v>241</v>
       </c>
-      <c r="C3" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E3" s="2" t="s">
+      <c r="C14" s="9" t="s">
+        <v>230</v>
+      </c>
+      <c r="D14" s="9" t="s">
+        <v>231</v>
+      </c>
+      <c r="E14" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="F3" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="13" t="s">
+      <c r="F14" s="10" t="s">
+        <v>232</v>
+      </c>
+      <c r="G14" s="14" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="4" spans="1:7" ht="29">
-[...12 lines deleted...]
-      <c r="E4" s="2" t="s">
+    <row r="15" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A15" s="8" t="s">
+        <v>201</v>
+      </c>
+      <c r="B15" s="9" t="s">
+        <v>202</v>
+      </c>
+      <c r="C15" s="9" t="s">
+        <v>203</v>
+      </c>
+      <c r="D15" s="9" t="s">
+        <v>204</v>
+      </c>
+      <c r="E15" s="9" t="s">
+        <v>205</v>
+      </c>
+      <c r="F15" s="9">
+        <v>28405</v>
+      </c>
+      <c r="G15" s="14" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A16" s="11" t="s">
+        <v>211</v>
+      </c>
+      <c r="B16" s="12" t="s">
+        <v>212</v>
+      </c>
+      <c r="C16" s="12" t="s">
+        <v>244</v>
+      </c>
+      <c r="D16" s="12" t="s">
+        <v>213</v>
+      </c>
+      <c r="E16" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="F4" s="2" t="s">
-[...223 lines deleted...]
-      <c r="D14" s="2" t="s">
+      <c r="F16" s="13" t="s">
         <v>214</v>
       </c>
-      <c r="E14" s="2" t="s">
-[...51 lines deleted...]
-      <c r="G16" s="14" t="s">
+      <c r="G16" s="15" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="87" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="F3:F12 F13:F16" numberStoredAsText="1"/>
+    <ignoredError sqref="F4:F16" numberStoredAsText="1"/>
   </ignoredErrors>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Labs-Residential Services</vt:lpstr>
       <vt:lpstr>Labs-No Residential Services</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>MassDEP Certified Laboratories - Residential Testing Availability</dc:title>
   <dc:creator>Grace, Sage (DEP)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>