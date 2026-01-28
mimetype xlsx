--- v1 (2025-12-10)
+++ v2 (2026-01-28)
@@ -2,60 +2,60 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\TYano\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/sage_grace_mass_gov/Documents/Desktop/DEP/Lab Survey/Drafts - Residential/Web Postings/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{75EA37EE-034B-4ECD-AF9A-AA760EB3A267}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="201" documentId="8_{B90532DE-22AC-4A82-859F-E72E57A71545}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{12C8FBC5-AD6F-4E6C-9A0D-2C8740CCA325}"/>
   <bookViews>
-    <workbookView xWindow="-30840" yWindow="-105" windowWidth="30960" windowHeight="16800" xr2:uid="{9F5AB448-149E-4410-8BB9-481EA45804B4}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{9F5AB448-149E-4410-8BB9-481EA45804B4}"/>
   </bookViews>
   <sheets>
     <sheet name="Labs-Residential Services" sheetId="2" r:id="rId1"/>
     <sheet name="Labs-No Residential Services" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Labs-No Residential Services'!$A$2:$G$16</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -846,53 +846,50 @@
   <si>
     <t>M-MA116</t>
   </si>
   <si>
     <t>305 South St</t>
   </si>
   <si>
     <t>Jamaica Plain</t>
   </si>
   <si>
     <t>02130</t>
   </si>
   <si>
     <t>Chemistry (Lead, Arsenic)</t>
   </si>
   <si>
     <t>Chun</t>
   </si>
   <si>
     <t>Chen</t>
   </si>
   <si>
     <t>(617) 983-6654</t>
   </si>
   <si>
-    <t>lijuan.su@mass.gov</t>
-[...1 lines deleted...]
-  <si>
     <t>Analytical Balance</t>
   </si>
   <si>
     <t>M-MA022</t>
   </si>
   <si>
     <t>422 W. Grove St</t>
   </si>
   <si>
     <t>Middleboro</t>
   </si>
   <si>
     <t>02346</t>
   </si>
   <si>
     <t>(508) 946-2225</t>
   </si>
   <si>
     <t>acronin@thielsch.com</t>
   </si>
   <si>
     <t>Practical Applications</t>
   </si>
   <si>
     <t>Mia</t>
@@ -937,75 +934,50 @@
     <t>Christina</t>
   </si>
   <si>
     <t>Eckenreiter</t>
   </si>
   <si>
     <t>(508) 991-6199 ext. 67547</t>
   </si>
   <si>
     <t>christina.eckenreiter@newbedford-ma.gov</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Flexible Hours*
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>You can make an appointment with the laboratory director on a case-by-case basis to schedule a time for your test if the normal business hours do not work for you.</t>
-    </r>
-[...23 lines deleted...]
-      <t>https://eeaonline.eea.state.ma.us/DEP/Labcert/Labcert.aspx.</t>
     </r>
   </si>
   <si>
     <t>Nashoba Analytical</t>
   </si>
   <si>
     <t>M-MA1118</t>
   </si>
   <si>
     <t>31A Willow Rd.</t>
   </si>
   <si>
     <t>Ayer</t>
   </si>
   <si>
     <t>01432</t>
   </si>
   <si>
     <t>Microbioogy (Bacteria)
 Chemistry (PFAS, Lead, etc.)</t>
   </si>
   <si>
     <t>Maria</t>
   </si>
   <si>
@@ -1025,50 +997,78 @@
       <t xml:space="preserve">The laboratories listed here </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <u/>
         <sz val="18"/>
         <color theme="0"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>DO NOT</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="18"/>
         <color theme="0"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> offer analytical services to residential customers</t>
     </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="18"/>
+        <color theme="5" tint="-0.249977111117893"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Created and published on 12/18/2025. List will be updated periodically as new information is received. To verify the certification status of a laboratory, check here: </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <u/>
+        <sz val="18"/>
+        <color rgb="FF0070C0"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>https://eeaonline.eea.state.ma.us/DEP/Labcert/Labcert.aspx.</t>
+    </r>
+  </si>
+  <si>
+    <t>James.H.Lapalme@mass.gov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="32" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
@@ -1838,51 +1838,51 @@
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="30">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="42" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
@@ -1896,50 +1896,53 @@
     <xf numFmtId="0" fontId="22" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="20" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="23" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="24" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="23" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="33" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="33" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="33" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="33" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="33" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="33" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="34" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="34" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -2876,79 +2879,79 @@
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{F945555E-2B6B-4C4B-AC2D-20A318A168C8}" name="Table1" displayName="Table1" ref="A3:P25" totalsRowShown="0" headerRowDxfId="34" dataDxfId="32" headerRowBorderDxfId="33" tableBorderDxfId="31" totalsRowBorderDxfId="30">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{F945555E-2B6B-4C4B-AC2D-20A318A168C8}" name="RESIDENTIAL_TESTING_AVAILABLE" displayName="RESIDENTIAL_TESTING_AVAILABLE" ref="A3:P25" totalsRowShown="0" headerRowDxfId="34" dataDxfId="32" headerRowBorderDxfId="33" tableBorderDxfId="31" totalsRowBorderDxfId="30">
   <autoFilter ref="A3:P25" xr:uid="{F945555E-2B6B-4C4B-AC2D-20A318A168C8}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:P25">
     <sortCondition ref="D3:D25"/>
   </sortState>
   <tableColumns count="16">
     <tableColumn id="1" xr3:uid="{4B359794-1A57-4C29-A4A6-5A2A3D99A016}" name="Laboratory Name" dataDxfId="29"/>
     <tableColumn id="2" xr3:uid="{2F930D3D-4AD2-4100-8191-6EE6D1422334}" name="MassDEP-Certified Lab ID #" dataDxfId="28"/>
     <tableColumn id="3" xr3:uid="{7D192A9A-F4FD-475A-8B50-C96417CC27DD}" name="Laboratory Street Address (Address)" dataDxfId="27"/>
     <tableColumn id="4" xr3:uid="{1E769D7F-8451-4484-9272-89F6ACA60BCD}" name="Laboratory Street Address (City)" dataDxfId="26"/>
     <tableColumn id="5" xr3:uid="{A72CFFB9-BCCE-4763-ADF8-9F9305030496}" name="Laboratory Street Address (State)" dataDxfId="25"/>
     <tableColumn id="6" xr3:uid="{B14CC4BA-B7E9-4CDE-94FE-D7554DA05232}" name="Laboratory Street Address (Zip)" dataDxfId="24"/>
     <tableColumn id="7" xr3:uid="{6C337534-DB86-4C01-B84D-457539793498}" name="Offers services to residential customers?" dataDxfId="23"/>
     <tableColumn id="8" xr3:uid="{6DAE819D-55CE-4B18-B574-5C949871F232}" name="Is an analytical package available for residential customers that want to test for multiple contaminants?" dataDxfId="22"/>
     <tableColumn id="9" xr3:uid="{4C8C0E82-CAB4-431E-8431-9E7228F3622F}" name="Analyses offered" dataDxfId="21"/>
     <tableColumn id="10" xr3:uid="{D7428DF6-DCCB-4992-99C0-DF14B048F703}" name="Preferred contact method" dataDxfId="20"/>
     <tableColumn id="11" xr3:uid="{1475C2DD-C973-4032-86E3-AD3E3385B4BF}" name="Available transportation options" dataDxfId="19"/>
     <tableColumn id="12" xr3:uid="{69341745-985B-401F-A046-0FDDC1429D02}" name="Laboratory availability for residential customers" dataDxfId="18"/>
     <tableColumn id="13" xr3:uid="{0C7B6853-3E3E-4FF9-962E-5F33E2E7DDA2}" name="Contact Person (First)" dataDxfId="17"/>
     <tableColumn id="14" xr3:uid="{422B62ED-5846-4D2D-9EBC-56EF09A3BC7C}" name="Contact Person (Last)" dataDxfId="16"/>
     <tableColumn id="15" xr3:uid="{FBB9C7BA-A4C1-47AB-B9C1-F323903EBF6E}" name="Laboratory Phone Number" dataDxfId="15"/>
     <tableColumn id="16" xr3:uid="{5A99FA74-4CD3-461C-BF4B-1BFB48A63013}" name="Laboratory Email Address" dataDxfId="14" dataCellStyle="Hyperlink"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{A99F6D31-77A6-4A41-89C4-96277A071DFD}" name="Table2" displayName="Table2" ref="A2:G16" totalsRowShown="0" headerRowDxfId="13" dataDxfId="11" headerRowBorderDxfId="12" tableBorderDxfId="10" totalsRowBorderDxfId="9">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{A99F6D31-77A6-4A41-89C4-96277A071DFD}" name="RESIDENTIAL_TESTING_NOT_AVAILABLE" displayName="RESIDENTIAL_TESTING_NOT_AVAILABLE" ref="A2:G16" totalsRowShown="0" headerRowDxfId="13" dataDxfId="11" headerRowBorderDxfId="12" tableBorderDxfId="10" totalsRowBorderDxfId="9">
   <autoFilter ref="A2:G16" xr:uid="{A99F6D31-77A6-4A41-89C4-96277A071DFD}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:G16">
     <sortCondition ref="D2:D16"/>
   </sortState>
   <tableColumns count="7">
     <tableColumn id="1" xr3:uid="{F7EB2EBA-FCAB-4507-B185-41BB00E33374}" name="Laboratory Name" dataDxfId="8"/>
     <tableColumn id="2" xr3:uid="{01A86866-1C27-4B7E-9AF0-28A2F4FF8D01}" name="MassDEP-Certified Lab ID #" dataDxfId="7"/>
     <tableColumn id="3" xr3:uid="{B009B118-4D09-448F-BCD9-C790A5EB6C36}" name="Laboratory Street Address (Address)" dataDxfId="6"/>
     <tableColumn id="4" xr3:uid="{27981058-9DCB-45D8-A5B3-451511F7402B}" name="Laboratory Street Address (City)" dataDxfId="5"/>
     <tableColumn id="5" xr3:uid="{F3F5A9EC-A12A-454A-B552-44AA8316BED8}" name="Laboratory Street Address (State)" dataDxfId="4"/>
     <tableColumn id="6" xr3:uid="{1B833861-0ED2-47E6-B3A6-5BD08C2B6230}" name="Laboratory Street Address (Zip)" dataDxfId="3"/>
     <tableColumn id="7" xr3:uid="{9DED51B3-BC46-4278-A789-0E6B30AAF0A1}" name="Offers services to residential customers?" dataDxfId="2"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -3238,1699 +3241,1700 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:office@chromachem.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@granitestateanalytical.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:acronin@thielsch.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pm@rianalytical.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:statereports@newenglandtesting.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:atyson@knlenvironmental.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bcdhelab@capecod.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wtghalaboratory@comcast.net" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:biomarine@biomarinelab.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vallidlabs@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@northeastlab.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adam.leidemer@microbac.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diana.ferrari@pacelabs.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christina.eckenreiter@newbedford-ma.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ntlsales@ntllabs.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Admin@ProVerdeEnvironmental.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:quabbinanalytical@yahoo.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:keene@nelsonanalytical.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mrkt@gel.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:office@chromachem.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@granitestateanalytical.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:acronin@thielsch.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pm@rianalytical.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:statereports@newenglandtesting.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:atyson@knlenvironmental.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bcdhelab@capecod.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wtghalaboratory@comcast.net" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:biomarine@biomarinelab.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:James.H.Lapalme@mass.gov" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vallidlabs@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@northeastlab.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adam.leidemer@microbac.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diana.ferrari@pacelabs.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christina.eckenreiter@newbedford-ma.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ntlsales@ntllabs.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Admin@ProVerdeEnvironmental.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:quabbinanalytical@yahoo.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:keene@nelsonanalytical.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mrkt@gel.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5E52C41A-DE14-4D61-BF3A-D47436C39188}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
   <dimension ref="A1:R26"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C4" sqref="C4"/>
+      <selection pane="bottomLeft" activeCell="A14" sqref="A14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="30.140625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="29.140625" customWidth="1"/>
+    <col min="1" max="1" width="30.08984375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="21.90625" customWidth="1"/>
+    <col min="3" max="3" width="29.1796875" customWidth="1"/>
     <col min="4" max="4" width="22" customWidth="1"/>
-    <col min="5" max="5" width="23.42578125" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="10" max="10" width="23.42578125" customWidth="1"/>
+    <col min="5" max="5" width="23.453125" customWidth="1"/>
+    <col min="6" max="6" width="21.453125" customWidth="1"/>
+    <col min="7" max="7" width="25.1796875" customWidth="1"/>
+    <col min="8" max="8" width="31.26953125" customWidth="1"/>
+    <col min="9" max="9" width="34.81640625" customWidth="1"/>
+    <col min="10" max="10" width="23.36328125" customWidth="1"/>
     <col min="11" max="11" width="24" customWidth="1"/>
-    <col min="12" max="12" width="30.85546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="14" max="14" width="18.140625" customWidth="1"/>
+    <col min="12" max="12" width="30.90625" customWidth="1"/>
+    <col min="13" max="13" width="20.26953125" customWidth="1"/>
+    <col min="14" max="14" width="18.1796875" customWidth="1"/>
     <col min="15" max="15" width="21" customWidth="1"/>
-    <col min="16" max="16" width="46.5703125" customWidth="1"/>
+    <col min="16" max="16" width="46.6328125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="24" x14ac:dyDescent="0.4">
-[...17 lines deleted...]
-      <c r="P1" s="23"/>
+    <row r="1" spans="1:18" ht="23.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A1" s="22" t="s">
+        <v>304</v>
+      </c>
+      <c r="B1" s="23"/>
+      <c r="C1" s="23"/>
+      <c r="D1" s="23"/>
+      <c r="E1" s="23"/>
+      <c r="F1" s="23"/>
+      <c r="G1" s="23"/>
+      <c r="H1" s="23"/>
+      <c r="I1" s="23"/>
+      <c r="J1" s="23"/>
+      <c r="K1" s="23"/>
+      <c r="L1" s="23"/>
+      <c r="M1" s="23"/>
+      <c r="N1" s="23"/>
+      <c r="O1" s="23"/>
+      <c r="P1" s="24"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
     </row>
-    <row r="2" spans="1:18" ht="24" x14ac:dyDescent="0.4">
-      <c r="A2" s="24" t="s">
+    <row r="2" spans="1:18" ht="23.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A2" s="25" t="s">
         <v>252</v>
       </c>
-      <c r="B2" s="25"/>
-[...13 lines deleted...]
-      <c r="P2" s="26"/>
+      <c r="B2" s="26"/>
+      <c r="C2" s="26"/>
+      <c r="D2" s="26"/>
+      <c r="E2" s="26"/>
+      <c r="F2" s="26"/>
+      <c r="G2" s="26"/>
+      <c r="H2" s="26"/>
+      <c r="I2" s="26"/>
+      <c r="J2" s="26"/>
+      <c r="K2" s="26"/>
+      <c r="L2" s="26"/>
+      <c r="M2" s="26"/>
+      <c r="N2" s="26"/>
+      <c r="O2" s="26"/>
+      <c r="P2" s="27"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
     </row>
-    <row r="3" spans="1:18" ht="114" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:18" ht="114" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="16" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="17" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="17" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="17" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="17" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="17" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="17" t="s">
         <v>177</v>
       </c>
       <c r="H3" s="17" t="s">
         <v>251</v>
       </c>
       <c r="I3" s="17" t="s">
         <v>169</v>
       </c>
       <c r="J3" s="17" t="s">
         <v>168</v>
       </c>
       <c r="K3" s="17" t="s">
         <v>167</v>
       </c>
       <c r="L3" s="17" t="s">
         <v>170</v>
       </c>
       <c r="M3" s="17" t="s">
         <v>6</v>
       </c>
       <c r="N3" s="17" t="s">
         <v>7</v>
       </c>
       <c r="O3" s="17" t="s">
         <v>8</v>
       </c>
       <c r="P3" s="18" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="4" spans="1:18" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:18" ht="54" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="8" t="s">
         <v>37</v>
       </c>
       <c r="B4" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>107</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>108</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="10" t="s">
         <v>39</v>
       </c>
       <c r="G4" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H4" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I4" s="9" t="s">
         <v>250</v>
       </c>
       <c r="J4" s="9" t="s">
         <v>133</v>
       </c>
       <c r="K4" s="9" t="s">
         <v>44</v>
       </c>
       <c r="L4" s="9" t="s">
         <v>14</v>
       </c>
       <c r="M4" s="9" t="s">
         <v>40</v>
       </c>
       <c r="N4" s="9" t="s">
         <v>41</v>
       </c>
       <c r="O4" s="9" t="s">
         <v>42</v>
       </c>
       <c r="P4" s="19" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="5" spans="1:18" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:18" ht="39.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="8" t="s">
         <v>45</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>46</v>
       </c>
       <c r="C5" s="9" t="s">
         <v>47</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>48</v>
       </c>
       <c r="E5" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="10" t="s">
         <v>49</v>
       </c>
       <c r="G5" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I5" s="9" t="s">
         <v>246</v>
       </c>
       <c r="J5" s="9" t="s">
         <v>133</v>
       </c>
       <c r="K5" s="9" t="s">
         <v>44</v>
       </c>
       <c r="L5" s="9" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="9" t="s">
         <v>50</v>
       </c>
       <c r="N5" s="9" t="s">
         <v>51</v>
       </c>
       <c r="O5" s="9" t="s">
         <v>52</v>
       </c>
       <c r="P5" s="19" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="6" spans="1:18" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:18" ht="144" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="8" t="s">
+        <v>292</v>
+      </c>
+      <c r="B6" s="9" t="s">
+        <v>293</v>
+      </c>
+      <c r="C6" s="9" t="s">
         <v>294</v>
       </c>
-      <c r="B6" s="9" t="s">
+      <c r="D6" s="9" t="s">
         <v>295</v>
-      </c>
-[...4 lines deleted...]
-        <v>297</v>
       </c>
       <c r="E6" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="10" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="G6" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I6" s="9" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="J6" s="9" t="s">
         <v>133</v>
       </c>
       <c r="K6" s="9" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="9" t="s">
         <v>14</v>
       </c>
       <c r="M6" s="9" t="s">
+        <v>298</v>
+      </c>
+      <c r="N6" s="9" t="s">
+        <v>299</v>
+      </c>
+      <c r="O6" s="9" t="s">
         <v>300</v>
       </c>
-      <c r="N6" s="9" t="s">
+      <c r="P6" s="19" t="s">
         <v>301</v>
       </c>
-      <c r="O6" s="9" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
-    <row r="7" spans="1:18" ht="44.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:18" ht="44" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="8" t="s">
         <v>145</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>147</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>148</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="10" t="s">
         <v>149</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I7" s="9" t="s">
         <v>246</v>
       </c>
       <c r="J7" s="9" t="s">
         <v>133</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>173</v>
       </c>
       <c r="L7" s="9" t="s">
         <v>14</v>
       </c>
       <c r="M7" s="9" t="s">
         <v>150</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>151</v>
       </c>
       <c r="O7" s="9" t="s">
         <v>152</v>
       </c>
       <c r="P7" s="19" t="s">
         <v>171</v>
       </c>
     </row>
-    <row r="8" spans="1:18" ht="48.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:18" ht="49" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="8" t="s">
         <v>93</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>94</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>95</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>96</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="10" t="s">
         <v>97</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I8" s="9" t="s">
         <v>250</v>
       </c>
       <c r="J8" s="9" t="s">
         <v>102</v>
       </c>
       <c r="K8" s="9" t="s">
         <v>44</v>
       </c>
       <c r="L8" s="9" t="s">
         <v>14</v>
       </c>
       <c r="M8" s="9" t="s">
         <v>98</v>
       </c>
       <c r="N8" s="9" t="s">
         <v>99</v>
       </c>
       <c r="O8" s="9" t="s">
         <v>100</v>
       </c>
       <c r="P8" s="19" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="9" spans="1:18" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:18" ht="55" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="8" t="s">
         <v>76</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>78</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>79</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F9" s="9">
         <v>29407</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>12</v>
       </c>
       <c r="I9" s="9" t="s">
         <v>249</v>
       </c>
       <c r="J9" s="9" t="s">
         <v>133</v>
       </c>
       <c r="K9" s="9" t="s">
         <v>13</v>
       </c>
       <c r="L9" s="9" t="s">
         <v>14</v>
       </c>
       <c r="M9" s="9" t="s">
         <v>81</v>
       </c>
       <c r="N9" s="9" t="s">
         <v>82</v>
       </c>
       <c r="O9" s="9" t="s">
         <v>83</v>
       </c>
       <c r="P9" s="19" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="10" spans="1:18" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:18" ht="51" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>138</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>17</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="10" t="s">
         <v>18</v>
       </c>
       <c r="G10" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I10" s="9" t="s">
         <v>250</v>
       </c>
       <c r="J10" s="9" t="s">
         <v>133</v>
       </c>
       <c r="K10" s="9" t="s">
         <v>175</v>
       </c>
       <c r="L10" s="9" t="s">
         <v>14</v>
       </c>
       <c r="M10" s="9" t="s">
         <v>50</v>
       </c>
       <c r="N10" s="9" t="s">
         <v>139</v>
       </c>
       <c r="O10" s="9" t="s">
         <v>19</v>
       </c>
       <c r="P10" s="19" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="11" spans="1:18" ht="57.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:18" ht="57.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="8" t="s">
         <v>54</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>56</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>57</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>58</v>
       </c>
       <c r="F11" s="10" t="s">
         <v>59</v>
       </c>
       <c r="G11" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I11" s="9" t="s">
         <v>250</v>
       </c>
       <c r="J11" s="9" t="s">
         <v>133</v>
       </c>
       <c r="K11" s="9" t="s">
         <v>175</v>
       </c>
       <c r="L11" s="9" t="s">
         <v>14</v>
       </c>
       <c r="M11" s="9" t="s">
         <v>117</v>
       </c>
       <c r="N11" s="9" t="s">
         <v>253</v>
       </c>
       <c r="O11" s="9" t="s">
         <v>60</v>
       </c>
       <c r="P11" s="19" t="s">
         <v>254</v>
       </c>
     </row>
-    <row r="12" spans="1:18" ht="48.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:18" ht="49" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="8" t="s">
         <v>67</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>164</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>68</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>69</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>70</v>
       </c>
       <c r="F12" s="10" t="s">
         <v>71</v>
       </c>
       <c r="G12" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I12" s="9" t="s">
         <v>250</v>
       </c>
       <c r="J12" s="9" t="s">
         <v>133</v>
       </c>
       <c r="K12" s="9" t="s">
         <v>174</v>
       </c>
       <c r="L12" s="9" t="s">
         <v>14</v>
       </c>
       <c r="M12" s="9" t="s">
         <v>72</v>
       </c>
       <c r="N12" s="9" t="s">
         <v>73</v>
       </c>
       <c r="O12" s="9" t="s">
         <v>74</v>
       </c>
       <c r="P12" s="19" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="13" spans="1:18" ht="36.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:18" ht="37" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="8" t="s">
         <v>140</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>90</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>141</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>91</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F13" s="10" t="s">
         <v>92</v>
       </c>
       <c r="G13" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I13" s="9" t="s">
         <v>246</v>
       </c>
       <c r="J13" s="9" t="s">
         <v>144</v>
       </c>
       <c r="K13" s="9" t="s">
         <v>44</v>
       </c>
       <c r="L13" s="9" t="s">
         <v>14</v>
       </c>
       <c r="M13" s="9" t="s">
         <v>142</v>
       </c>
       <c r="N13" s="9" t="s">
         <v>143</v>
       </c>
       <c r="O13" s="9" t="s">
         <v>255</v>
       </c>
       <c r="P13" s="19" t="s">
         <v>172</v>
       </c>
     </row>
-    <row r="14" spans="1:18" ht="44.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:18" ht="44.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="8" t="s">
         <v>257</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>258</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>259</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>260</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="10" t="s">
         <v>261</v>
       </c>
       <c r="G14" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="9" t="s">
         <v>12</v>
       </c>
       <c r="I14" s="9" t="s">
         <v>262</v>
       </c>
       <c r="J14" s="9" t="s">
         <v>102</v>
       </c>
       <c r="K14" s="9" t="s">
         <v>13</v>
       </c>
       <c r="L14" s="9" t="s">
         <v>14</v>
       </c>
       <c r="M14" s="9" t="s">
         <v>263</v>
       </c>
       <c r="N14" s="9" t="s">
         <v>264</v>
       </c>
       <c r="O14" s="9" t="s">
         <v>265</v>
       </c>
-      <c r="P14" s="19" t="s">
-        <v>266</v>
+      <c r="P14" s="21" t="s">
+        <v>305</v>
       </c>
     </row>
-    <row r="15" spans="1:18" ht="56.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:18" ht="56.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="8" t="s">
         <v>156</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>157</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>158</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>159</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>106</v>
       </c>
       <c r="F15" s="9">
         <v>11747</v>
       </c>
       <c r="G15" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I15" s="9" t="s">
         <v>248</v>
       </c>
       <c r="J15" s="9" t="s">
         <v>144</v>
       </c>
       <c r="K15" s="9" t="s">
         <v>175</v>
       </c>
       <c r="L15" s="9" t="s">
         <v>14</v>
       </c>
       <c r="M15" s="9" t="s">
         <v>160</v>
       </c>
       <c r="N15" s="9" t="s">
         <v>161</v>
       </c>
       <c r="O15" s="9" t="s">
         <v>162</v>
       </c>
       <c r="P15" s="19" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="16" spans="1:18" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:18" ht="58.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="8" t="s">
+        <v>266</v>
+      </c>
+      <c r="B16" s="9" t="s">
         <v>267</v>
       </c>
-      <c r="B16" s="9" t="s">
+      <c r="C16" s="9" t="s">
         <v>268</v>
       </c>
-      <c r="C16" s="9" t="s">
+      <c r="D16" s="9" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F16" s="10" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="G16" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I16" s="9" t="s">
         <v>246</v>
       </c>
       <c r="J16" s="9" t="s">
         <v>102</v>
       </c>
       <c r="K16" s="9" t="s">
         <v>173</v>
       </c>
       <c r="L16" s="9" t="s">
         <v>14</v>
       </c>
       <c r="M16" s="9" t="s">
         <v>142</v>
       </c>
       <c r="N16" s="9" t="s">
         <v>143</v>
       </c>
       <c r="O16" s="9" t="s">
+        <v>271</v>
+      </c>
+      <c r="P16" s="19" t="s">
         <v>272</v>
       </c>
-      <c r="P16" s="19" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="17" spans="1:16" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:16" ht="46.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="B17" s="9" t="s">
         <v>278</v>
       </c>
-      <c r="B17" s="9" t="s">
+      <c r="C17" s="9" t="s">
         <v>279</v>
       </c>
-      <c r="C17" s="9" t="s">
+      <c r="D17" s="9" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F17" s="10" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="G17" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="9" t="s">
         <v>12</v>
       </c>
       <c r="I17" s="9" t="s">
         <v>176</v>
       </c>
       <c r="J17" s="9" t="s">
         <v>133</v>
       </c>
       <c r="K17" s="9" t="s">
         <v>174</v>
       </c>
       <c r="L17" s="9" t="s">
         <v>14</v>
       </c>
       <c r="M17" s="9" t="s">
+        <v>282</v>
+      </c>
+      <c r="N17" s="9" t="s">
         <v>283</v>
       </c>
-      <c r="N17" s="9" t="s">
+      <c r="O17" s="9" t="s">
         <v>284</v>
       </c>
-      <c r="O17" s="9" t="s">
+      <c r="P17" s="19" t="s">
         <v>285</v>
       </c>
-      <c r="P17" s="19" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="18" spans="1:16" ht="141.75" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:16" ht="128" x14ac:dyDescent="0.35">
       <c r="A18" s="8" t="s">
         <v>166</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>165</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>153</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>154</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F18" s="10" t="s">
         <v>155</v>
       </c>
       <c r="G18" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H18" s="9" t="s">
         <v>12</v>
       </c>
       <c r="I18" s="9" t="s">
         <v>247</v>
       </c>
       <c r="J18" s="9" t="s">
         <v>133</v>
       </c>
       <c r="K18" s="9" t="s">
         <v>44</v>
       </c>
       <c r="L18" s="9" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="M18" s="9" t="s">
+        <v>287</v>
+      </c>
+      <c r="N18" s="9" t="s">
         <v>288</v>
       </c>
-      <c r="N18" s="9" t="s">
+      <c r="O18" s="9" t="s">
         <v>289</v>
       </c>
-      <c r="O18" s="9" t="s">
+      <c r="P18" s="19" t="s">
         <v>290</v>
       </c>
-      <c r="P18" s="19" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="19" spans="1:16" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:16" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="8" t="s">
         <v>120</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>121</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>122</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>123</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>70</v>
       </c>
       <c r="F19" s="10" t="s">
         <v>124</v>
       </c>
       <c r="G19" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H19" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I19" s="9" t="s">
         <v>247</v>
       </c>
       <c r="J19" s="9" t="s">
         <v>133</v>
       </c>
       <c r="K19" s="9" t="s">
         <v>174</v>
       </c>
       <c r="L19" s="9" t="s">
         <v>14</v>
       </c>
       <c r="M19" s="9" t="s">
         <v>125</v>
       </c>
       <c r="N19" s="9" t="s">
         <v>126</v>
       </c>
       <c r="O19" s="9" t="s">
         <v>127</v>
       </c>
       <c r="P19" s="19" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="20" spans="1:16" ht="38.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:16" ht="38" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="8" t="s">
         <v>61</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>62</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>103</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>63</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F20" s="10" t="s">
         <v>64</v>
       </c>
       <c r="G20" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H20" s="9" t="s">
         <v>12</v>
       </c>
       <c r="I20" s="9" t="s">
         <v>176</v>
       </c>
       <c r="J20" s="9" t="s">
         <v>144</v>
       </c>
       <c r="K20" s="9" t="s">
         <v>174</v>
       </c>
       <c r="L20" s="9" t="s">
         <v>14</v>
       </c>
       <c r="M20" s="9" t="s">
         <v>104</v>
       </c>
       <c r="N20" s="9" t="s">
         <v>105</v>
       </c>
       <c r="O20" s="9" t="s">
         <v>65</v>
       </c>
       <c r="P20" s="19" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="21" spans="1:16" ht="50.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:16" ht="50.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="11" t="s">
         <v>21</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C21" s="12" t="s">
         <v>129</v>
       </c>
       <c r="D21" s="12" t="s">
         <v>23</v>
       </c>
       <c r="E21" s="12" t="s">
         <v>24</v>
       </c>
       <c r="F21" s="12">
         <v>33603</v>
       </c>
       <c r="G21" s="12" t="s">
         <v>11</v>
       </c>
       <c r="H21" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I21" s="12" t="s">
         <v>250</v>
       </c>
       <c r="J21" s="12" t="s">
         <v>133</v>
       </c>
       <c r="K21" s="12" t="s">
         <v>13</v>
       </c>
       <c r="L21" s="12" t="s">
         <v>14</v>
       </c>
       <c r="M21" s="12" t="s">
         <v>25</v>
       </c>
       <c r="N21" s="12" t="s">
         <v>26</v>
       </c>
       <c r="O21" s="12" t="s">
         <v>27</v>
       </c>
       <c r="P21" s="20" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="22" spans="1:16" ht="50.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:16" ht="50.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="11" t="s">
         <v>29</v>
       </c>
       <c r="B22" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C22" s="12" t="s">
         <v>31</v>
       </c>
       <c r="D22" s="12" t="s">
         <v>32</v>
       </c>
       <c r="E22" s="12" t="s">
         <v>33</v>
       </c>
       <c r="F22" s="12" t="s">
         <v>34</v>
       </c>
       <c r="G22" s="12" t="s">
         <v>11</v>
       </c>
       <c r="H22" s="12" t="s">
         <v>11</v>
       </c>
       <c r="I22" s="12" t="s">
         <v>246</v>
       </c>
       <c r="J22" s="12" t="s">
         <v>144</v>
       </c>
       <c r="K22" s="12" t="s">
         <v>175</v>
       </c>
       <c r="L22" s="12" t="s">
         <v>14</v>
       </c>
       <c r="M22" s="12" t="s">
         <v>117</v>
       </c>
       <c r="N22" s="12" t="s">
         <v>118</v>
       </c>
       <c r="O22" s="12" t="s">
         <v>256</v>
       </c>
       <c r="P22" s="20" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="23" spans="1:16" ht="50.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:16" ht="50.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="11" t="s">
         <v>109</v>
       </c>
       <c r="B23" s="12" t="s">
         <v>110</v>
       </c>
       <c r="C23" s="12" t="s">
         <v>111</v>
       </c>
       <c r="D23" s="12" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="E23" s="12" t="s">
         <v>33</v>
       </c>
       <c r="F23" s="13" t="s">
         <v>112</v>
       </c>
       <c r="G23" s="12" t="s">
         <v>11</v>
       </c>
       <c r="H23" s="12" t="s">
         <v>11</v>
       </c>
       <c r="I23" s="12" t="s">
         <v>246</v>
       </c>
       <c r="J23" s="12" t="s">
         <v>102</v>
       </c>
       <c r="K23" s="12" t="s">
         <v>44</v>
       </c>
       <c r="L23" s="12" t="s">
         <v>14</v>
       </c>
       <c r="M23" s="12" t="s">
         <v>113</v>
       </c>
       <c r="N23" s="12" t="s">
         <v>114</v>
       </c>
       <c r="O23" s="12" t="s">
         <v>115</v>
       </c>
       <c r="P23" s="20" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="24" spans="1:16" ht="50.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:16" ht="50.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="11" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="B24" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C24" s="12" t="s">
         <v>130</v>
       </c>
       <c r="D24" s="12" t="s">
         <v>131</v>
       </c>
       <c r="E24" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F24" s="13" t="s">
         <v>36</v>
       </c>
       <c r="G24" s="12" t="s">
         <v>11</v>
       </c>
       <c r="H24" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I24" s="12" t="s">
         <v>246</v>
       </c>
       <c r="J24" s="12" t="s">
         <v>133</v>
       </c>
       <c r="K24" s="12" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="L24" s="12" t="s">
         <v>14</v>
       </c>
       <c r="M24" s="12" t="s">
+        <v>274</v>
+      </c>
+      <c r="N24" s="12" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="O24" s="12" t="s">
         <v>132</v>
       </c>
       <c r="P24" s="20" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
     </row>
-    <row r="25" spans="1:16" ht="38.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:16" ht="38" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="11" t="s">
         <v>85</v>
       </c>
       <c r="B25" s="12" t="s">
         <v>86</v>
       </c>
       <c r="C25" s="12" t="s">
         <v>87</v>
       </c>
       <c r="D25" s="12" t="s">
         <v>88</v>
       </c>
       <c r="E25" s="12" t="s">
         <v>89</v>
       </c>
       <c r="F25" s="12">
         <v>48197</v>
       </c>
       <c r="G25" s="12" t="s">
         <v>11</v>
       </c>
       <c r="H25" s="12" t="s">
         <v>11</v>
       </c>
       <c r="I25" s="12" t="s">
         <v>250</v>
       </c>
       <c r="J25" s="12" t="s">
         <v>133</v>
       </c>
       <c r="K25" s="12" t="s">
         <v>174</v>
       </c>
       <c r="L25" s="12" t="s">
         <v>14</v>
       </c>
       <c r="M25" s="12" t="s">
         <v>134</v>
       </c>
       <c r="N25" s="12" t="s">
         <v>135</v>
       </c>
       <c r="O25" s="12" t="s">
         <v>136</v>
       </c>
       <c r="P25" s="20" t="s">
         <v>137</v>
       </c>
     </row>
-    <row r="26" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A26" s="2"/>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="3"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
       <c r="J26" s="2"/>
       <c r="K26" s="2"/>
       <c r="L26" s="2"/>
       <c r="M26" s="2"/>
       <c r="N26" s="2"/>
       <c r="O26" s="2"/>
       <c r="P26" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
   </mergeCells>
   <conditionalFormatting sqref="B4:B26">
     <cfRule type="duplicateValues" dxfId="1" priority="4"/>
     <cfRule type="duplicateValues" dxfId="0" priority="5"/>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="P4" r:id="rId1" xr:uid="{F71EF9BA-8241-4CCF-93C2-20AC50DD8E6D}"/>
     <hyperlink ref="P5" r:id="rId2" xr:uid="{97B9004F-D55D-4EBD-964B-B9074E1EE436}"/>
     <hyperlink ref="P22" r:id="rId3" xr:uid="{7E9CF659-D850-4368-AE17-7C8F58E5C5B7}"/>
     <hyperlink ref="P8" r:id="rId4" xr:uid="{03BA97A6-909B-4A77-A6A0-1CF5C06351AF}"/>
     <hyperlink ref="P15" r:id="rId5" xr:uid="{50215A00-F69F-4D61-9B88-B43DDC7EADA7}"/>
     <hyperlink ref="P10" r:id="rId6" xr:uid="{3DEE59E1-871B-4653-90E3-9F32C6B0AAB5}"/>
     <hyperlink ref="P23" r:id="rId7" xr:uid="{BFE7A361-BEC6-4F3B-8E8B-60D869B9CDCB}"/>
     <hyperlink ref="P20" r:id="rId8" xr:uid="{BC17F0E7-0562-4B5D-85D4-CC59114ABC6C}"/>
     <hyperlink ref="P19" r:id="rId9" xr:uid="{B8832E5C-DF77-4EC6-BA21-F75F0D80A4D1}"/>
     <hyperlink ref="P25" r:id="rId10" xr:uid="{6CBC4FEA-EE3A-41EC-B759-7D5A7D213835}"/>
     <hyperlink ref="P11" r:id="rId11" xr:uid="{59EE8F3B-2803-4340-A38E-B06B1F515386}"/>
     <hyperlink ref="P21" r:id="rId12" xr:uid="{81447F3B-E914-46B6-BD97-9393396FE6FF}"/>
     <hyperlink ref="P12" r:id="rId13" xr:uid="{35DBBE50-65DD-4703-B147-5940482B2DC8}"/>
     <hyperlink ref="P9" r:id="rId14" xr:uid="{D84207F1-3690-40E1-9198-431C3CC3D3B7}"/>
     <hyperlink ref="P18" r:id="rId15" xr:uid="{671A181D-5D04-4D00-8834-EDF764CAD430}"/>
     <hyperlink ref="P13" r:id="rId16" xr:uid="{29AB94E7-A71D-41B3-A646-8949925F03DC}"/>
     <hyperlink ref="P7" r:id="rId17" xr:uid="{0563620A-2A60-4314-AB93-85DD0F3CB674}"/>
     <hyperlink ref="P16" r:id="rId18" xr:uid="{7570E143-FE2A-42E1-9954-0112DAFEEC0B}"/>
     <hyperlink ref="P17" r:id="rId19" xr:uid="{899D93E8-D5BB-4A29-8A03-8975C4F9F3D6}"/>
+    <hyperlink ref="P14" r:id="rId20" xr:uid="{12B2307C-4C04-4C25-86FD-CBDF2EC91DD4}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.88472222222222219" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="29" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId20"/>
+  <pageSetup scale="29" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId21"/>
   <ignoredErrors>
     <ignoredError sqref="F4:F25" numberStoredAsText="1"/>
   </ignoredErrors>
   <tableParts count="1">
-    <tablePart r:id="rId21"/>
+    <tablePart r:id="rId22"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1ED91272-6176-4F10-981D-1141AEB6A737}">
   <sheetPr>
     <tabColor rgb="FFC00000"/>
   </sheetPr>
   <dimension ref="A1:G16"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="G9" sqref="G9"/>
+      <selection pane="bottomLeft" sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="17.42578125" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="38.42578125" customWidth="1"/>
+    <col min="1" max="1" width="17.453125" customWidth="1"/>
+    <col min="2" max="2" width="18.26953125" customWidth="1"/>
+    <col min="3" max="3" width="25.08984375" customWidth="1"/>
+    <col min="4" max="4" width="19.81640625" customWidth="1"/>
+    <col min="5" max="5" width="17.81640625" customWidth="1"/>
+    <col min="6" max="6" width="17.453125" customWidth="1"/>
+    <col min="7" max="7" width="38.36328125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="24" x14ac:dyDescent="0.4">
-[...8 lines deleted...]
-      <c r="G1" s="29"/>
+    <row r="1" spans="1:7" ht="23.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A1" s="28" t="s">
+        <v>303</v>
+      </c>
+      <c r="B1" s="29"/>
+      <c r="C1" s="29"/>
+      <c r="D1" s="29"/>
+      <c r="E1" s="29"/>
+      <c r="F1" s="29"/>
+      <c r="G1" s="30"/>
     </row>
-    <row r="2" spans="1:7" ht="51.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" ht="51.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="6" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="7" t="s">
         <v>177</v>
       </c>
     </row>
-    <row r="3" spans="1:7" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" ht="48" x14ac:dyDescent="0.35">
       <c r="A3" s="8" t="s">
         <v>186</v>
       </c>
       <c r="B3" s="9" t="s">
         <v>239</v>
       </c>
       <c r="C3" s="9" t="s">
         <v>187</v>
       </c>
       <c r="D3" s="9" t="s">
         <v>188</v>
       </c>
       <c r="E3" s="9" t="s">
         <v>106</v>
       </c>
       <c r="F3" s="9">
         <v>12207</v>
       </c>
       <c r="G3" s="14" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="4" spans="1:7" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:7" ht="48" x14ac:dyDescent="0.35">
       <c r="A4" s="8" t="s">
         <v>189</v>
       </c>
       <c r="B4" s="9" t="s">
         <v>190</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>191</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>192</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="10" t="s">
         <v>193</v>
       </c>
       <c r="G4" s="14" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="5" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:7" ht="32" x14ac:dyDescent="0.35">
       <c r="A5" s="8" t="s">
         <v>182</v>
       </c>
       <c r="B5" s="10" t="s">
         <v>240</v>
       </c>
       <c r="C5" s="9" t="s">
         <v>183</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>184</v>
       </c>
       <c r="E5" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="10" t="s">
         <v>185</v>
       </c>
       <c r="G5" s="14" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="6" spans="1:7" ht="63" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:7" ht="64" x14ac:dyDescent="0.35">
       <c r="A6" s="8" t="s">
         <v>238</v>
       </c>
       <c r="B6" s="9" t="s">
         <v>178</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>179</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>180</v>
       </c>
       <c r="E6" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="10" t="s">
         <v>181</v>
       </c>
       <c r="G6" s="14" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="7" spans="1:7" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:7" ht="48" x14ac:dyDescent="0.35">
       <c r="A7" s="8" t="s">
         <v>206</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>207</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>208</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>209</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="10" t="s">
         <v>210</v>
       </c>
       <c r="G7" s="14" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:7" ht="63" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:7" ht="48" x14ac:dyDescent="0.35">
       <c r="A8" s="8" t="s">
         <v>198</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>242</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>245</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>199</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="10" t="s">
         <v>200</v>
       </c>
       <c r="G8" s="14" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="9" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:7" ht="32" x14ac:dyDescent="0.35">
       <c r="A9" s="8" t="s">
         <v>224</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>225</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>226</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>227</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F9" s="9" t="s">
         <v>228</v>
       </c>
       <c r="G9" s="14" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="10" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:7" ht="32" x14ac:dyDescent="0.35">
       <c r="A10" s="8" t="s">
         <v>215</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>216</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>217</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>218</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="10" t="s">
         <v>219</v>
       </c>
       <c r="G10" s="14" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="11" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:7" ht="32" x14ac:dyDescent="0.35">
       <c r="A11" s="8" t="s">
         <v>233</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>234</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>235</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>236</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>237</v>
       </c>
       <c r="F11" s="9">
         <v>46617</v>
       </c>
       <c r="G11" s="14" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="12" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:7" ht="32" x14ac:dyDescent="0.35">
       <c r="A12" s="8" t="s">
         <v>215</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>220</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>221</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>222</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F12" s="10" t="s">
         <v>223</v>
       </c>
       <c r="G12" s="14" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="13" spans="1:7" ht="63" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:7" ht="48" x14ac:dyDescent="0.35">
       <c r="A13" s="8" t="s">
         <v>194</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>243</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>195</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>196</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F13" s="10" t="s">
         <v>197</v>
       </c>
       <c r="G13" s="14" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="14" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:7" ht="32" x14ac:dyDescent="0.35">
       <c r="A14" s="8" t="s">
         <v>229</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>241</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>230</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>231</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="10" t="s">
         <v>232</v>
       </c>
       <c r="G14" s="14" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="15" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:7" ht="32" x14ac:dyDescent="0.35">
       <c r="A15" s="8" t="s">
         <v>201</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>202</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>203</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>204</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>205</v>
       </c>
       <c r="F15" s="9">
         <v>28405</v>
       </c>
       <c r="G15" s="14" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="16" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:7" ht="32" x14ac:dyDescent="0.35">
       <c r="A16" s="11" t="s">
         <v>211</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>212</v>
       </c>
       <c r="C16" s="12" t="s">
         <v>244</v>
       </c>
       <c r="D16" s="12" t="s">
         <v>213</v>
       </c>
       <c r="E16" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F16" s="13" t="s">
         <v>214</v>
       </c>
       <c r="G16" s="15" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>