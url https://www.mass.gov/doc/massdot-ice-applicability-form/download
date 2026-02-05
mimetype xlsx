--- v0 (2025-12-05)
+++ v1 (2026-02-05)
@@ -1,68 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr updateLinks="never" codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\23\23105 - MassDOT MSA 2021\004 - MassDOT ICE Support\03_procedure\forms\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Users\LoviceM\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{17DB23B4-9C58-4578-AD61-205EE89B45E0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{50375526-B09B-429C-BCD8-CD61DEADA04C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-38520" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{15F9E0E2-6899-46A7-A254-370096A2A988}"/>
+    <workbookView xWindow="7515" yWindow="4035" windowWidth="19590" windowHeight="9480" activeTab="2" xr2:uid="{15F9E0E2-6899-46A7-A254-370096A2A988}"/>
   </bookViews>
   <sheets>
     <sheet name="Introduction" sheetId="4" r:id="rId1"/>
     <sheet name="Changelog" sheetId="3" r:id="rId2"/>
     <sheet name="Applicability Checklist" sheetId="1" r:id="rId3"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId4"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId5"/>
     <externalReference r:id="rId6"/>
     <externalReference r:id="rId7"/>
     <externalReference r:id="rId8"/>
   </externalReferences>
   <definedNames>
     <definedName name="Category" localSheetId="0">[1]List!$L$1:$L$9</definedName>
     <definedName name="Category">[2]List!$K$1:$K$9</definedName>
     <definedName name="City">'[1]Stage 2'!$J$3</definedName>
     <definedName name="CostList" localSheetId="0">[1]List!$J$1:$J$5</definedName>
     <definedName name="CostList">[2]List!$I$1:$I$5</definedName>
     <definedName name="District" localSheetId="1">[2]List!$B$1:$B$6</definedName>
     <definedName name="District" localSheetId="0">[1]List!$B$1:$B$6</definedName>
     <definedName name="District">[3]List!$B$1:$B$6</definedName>
     <definedName name="ExistingControlType" localSheetId="0">[1]List!$D$1:$D$6</definedName>
     <definedName name="ExistingControlType">[2]List!$D$1:$D$6</definedName>
     <definedName name="LOCAL_MYSQL_DATE_FORMAT" localSheetId="2" hidden="1">REPT(LOCAL_YEAR_FORMAT,4)&amp;LOCAL_DATE_SEPARATOR&amp;REPT(LOCAL_MONTH_FORMAT,2)&amp;LOCAL_DATE_SEPARATOR&amp;REPT(LOCAL_DAY_FORMAT,2)&amp;" "&amp;REPT(LOCAL_HOUR_FORMAT,2)&amp;LOCAL_TIME_SEPARATOR&amp;REPT(LOCAL_MINUTE_FORMAT,2)&amp;LOCAL_TIME_SEPARATOR&amp;REPT(LOCAL_SECOND_FORMAT,2)</definedName>
@@ -377,51 +378,51 @@
   <c r="K47" i="1"/>
   <c r="K21" i="1"/>
   <c r="K17" i="1"/>
   <c r="K20" i="1"/>
   <c r="T16" i="1"/>
   <c r="U16" i="1"/>
   <c r="Q16" i="1"/>
   <c r="S16" i="1" l="1"/>
   <c r="P16" i="1"/>
   <c r="P11" i="1"/>
   <c r="P10" i="1"/>
   <c r="P9" i="1"/>
   <c r="P8" i="1"/>
   <c r="P7" i="1"/>
   <c r="AJ55" i="1"/>
   <c r="AK55" i="1"/>
   <c r="AL55" i="1"/>
   <c r="J13" i="1" l="1"/>
   <c r="D13" i="1" s="1"/>
   <c r="R16" i="1" l="1"/>
   <c r="K16" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="88">
   <si>
     <t>MassDOT Intersection Control Evaluation (ICE) Applicability Checklist</t>
   </si>
   <si>
     <t>Project Name</t>
   </si>
   <si>
     <t>MassDOT District</t>
   </si>
   <si>
     <t>City/Town</t>
   </si>
   <si>
     <t>Submitted By</t>
   </si>
   <si>
     <t>Agency/Company</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
@@ -679,68 +680,71 @@
     <t xml:space="preserve">The ICE procedure DOES apply to the specific intersection </t>
   </si>
   <si>
     <t>Is the project municipally-led?</t>
   </si>
   <si>
     <t xml:space="preserve">This spreadsheet includes the applicability checklist worksheet that allows a project proponent to determine and document if the ICE procedure applies to the project overall or to individual intersections within the project limits. 
 Export the Applicability Checklist to PDF for submission to MassDOT. Do not submit the Excel worksheet. </t>
   </si>
   <si>
     <t>Checklist components that require no input and are not applicable</t>
   </si>
   <si>
     <t>ICE Requirement Response Legend</t>
   </si>
   <si>
     <t>Yes?</t>
   </si>
   <si>
     <t>MAYBE</t>
   </si>
   <si>
     <t>The ICE procedure MAY apply to the specific intersection and was triggered by responding "Maybe" to one or more applicability criteria. Coordinate with MassDOT.</t>
   </si>
   <si>
-    <t>Is the combined AADT of all minor intersection legs less than 1,000 vehicles per day?</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Created an Introduction sheet to explain the functionality and formatting of the form. 
 Updated the language of the first intersection specific question to clarify that the minor street AADT should be assessed regardless of the street directionality. </t>
+  </si>
+  <si>
+    <t>Is the AADT of all minor intersection legs less than 1,000 vehicles per day?</t>
+  </si>
+  <si>
+    <t>Version 1.7   Effective December 12, 2025</t>
+  </si>
+  <si>
+    <t>Revised the language of the first intersection specific question to remove "combined" since AADT should be considered for each side street and not the sum of all side streets.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="mm/dd/yy;@"/>
   </numFmts>
-  <fonts count="21" x14ac:knownFonts="1">
+  <fonts count="21">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -2356,51 +2360,51 @@
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="14939734" y="265611"/>
           <a:ext cx="1278601" cy="266020"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///H:\23\23105%20-%20MassDOT%20MSA%202021\004%20-%20MassDOT%20ICE%20Support\03_procedure\forms\MassDOT%20ICE%20Forms_v8_draft_2024-11-01.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MassDOT%20ICE%20Forms_v8_draft_2024-11-01.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///H:\23\23105%20-%20MassDOT%20MSA%202021\004%20-%20MassDOT%20ICE%20Support\03_procedure\forms\MassDOT%20ICE%20Forms_v8_draft_2024-11-01.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///H:\23\23105%20-%20MassDOT%20MSA%202021\004%20-%20MassDOT%20ICE%20Support\03_procedure\forms\MassDOT%20ICE%20Forms_v8_draft_2024-11-01.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\kittelson.com\fs\H_Projects\19\19436%20-%20MassDOT%20Roundabout%20Open-End\Tasks\Task%206%20-%20MassDOT%20ICE%20Procedure\Forms\MassDOT%20ICE%20Forms%202023-01-24.xlsm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\kittelson.com\fs\H_Projects\19\19436%20-%20MassDOT%20Roundabout%20Open-End\Tasks\Task%206%20-%20MassDOT%20ICE%20Procedure\Forms\MassDOT%20ICE%20Forms%202023-01-24.xlsm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\kittelson.com\fs\H_Projects\19\19436%20-%20MassDOT%20Roundabout%20Open-End\Tasks\Task%206%20-%20MassDOT%20ICE%20Procedure\Forms\MassDOT%20ICE%20Applicability%20Form%20Options%202023-01-30.xlsm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\kittelson.com\fs\H_Projects\19\19436%20-%20MassDOT%20Roundabout%20Open-End\Tasks\Task%206%20-%20MassDOT%20ICE%20Procedure\Forms\MassDOT%20ICE%20Applicability%20Form%20Options%202023-01-30.xlsm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///H:\19\19436%20-%20MassDOT%20Roundabout%20Open-End\Tasks\Task%206%20-%20MassDOT%20ICE%20Procedure\Forms\MassDOT%20ICE%20Forms_v5_2023-10-26.xlsm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://kittelsonassociates-my.sharepoint.com/19/19436%20-%20MassDOT%20Roundabout%20Open-End/Tasks/Task%206%20-%20MassDOT%20ICE%20Procedure/Forms/MassDOT%20ICE%20Forms_v5_2023-10-26.xlsm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Introduction"/>
       <sheetName val="Stage 1"/>
       <sheetName val="Stage 2"/>
       <sheetName val="Stage 3"/>
@@ -3083,710 +3087,716 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C67F6E30-981C-40F8-9950-094646479ED3}">
   <dimension ref="A1:C16"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A14" sqref="A14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="80.7109375" customWidth="1"/>
     <col min="3" max="3" width="73.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="73.900000000000006" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:3" ht="73.900000000000006" customHeight="1">
       <c r="A1" s="96"/>
       <c r="B1" s="97"/>
       <c r="C1" s="98"/>
     </row>
-    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:3">
       <c r="A2" s="99" t="s">
         <v>67</v>
       </c>
       <c r="B2" s="100"/>
       <c r="C2" s="101"/>
     </row>
-    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:3">
       <c r="A3" s="72" t="s">
         <v>54</v>
       </c>
       <c r="B3" s="90" t="s">
         <v>55</v>
       </c>
       <c r="C3" s="102"/>
     </row>
-    <row r="4" spans="1:3" ht="144.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:3" ht="144.6" customHeight="1">
       <c r="A4" s="73" t="s">
         <v>68</v>
       </c>
       <c r="B4" s="103" t="s">
         <v>78</v>
       </c>
       <c r="C4" s="104"/>
     </row>
-    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:3">
       <c r="A5" s="105" t="s">
         <v>56</v>
       </c>
       <c r="B5" s="106"/>
       <c r="C5" s="107"/>
     </row>
-    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:3">
       <c r="A6" s="95" t="s">
         <v>69</v>
       </c>
       <c r="B6" s="93"/>
       <c r="C6" s="94"/>
     </row>
-    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:3">
       <c r="A7" s="92" t="s">
         <v>70</v>
       </c>
       <c r="B7" s="93"/>
       <c r="C7" s="94"/>
     </row>
-    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:3">
       <c r="A8" s="95" t="s">
         <v>71</v>
       </c>
       <c r="B8" s="93"/>
       <c r="C8" s="94"/>
     </row>
-    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:3">
       <c r="A9" s="72" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="90" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="91"/>
     </row>
-    <row r="10" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:3" ht="15.75">
       <c r="A10" s="74" t="s">
         <v>65</v>
       </c>
       <c r="B10" s="80"/>
       <c r="C10" s="79" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="11" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:3">
       <c r="A11" s="75" t="s">
         <v>60</v>
       </c>
       <c r="B11" s="76"/>
       <c r="C11" s="77" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:3">
       <c r="A12" s="75" t="s">
         <v>62</v>
       </c>
       <c r="B12" s="81" t="s">
         <v>72</v>
       </c>
       <c r="C12" s="77" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="13" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:3" ht="15.75" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>63</v>
       </c>
       <c r="B13" s="90" t="s">
         <v>80</v>
       </c>
       <c r="C13" s="91"/>
     </row>
-    <row r="14" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:3" ht="15.75" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>64</v>
       </c>
       <c r="B14" s="83" t="s">
         <v>74</v>
       </c>
       <c r="C14" s="79" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="15" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:3" ht="15.75" customHeight="1">
       <c r="A15" s="87"/>
       <c r="B15" s="84" t="s">
         <v>73</v>
       </c>
       <c r="C15" s="77" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="16" spans="1:3" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:3" ht="30.75" customHeight="1">
       <c r="A16" s="88"/>
       <c r="B16" s="85" t="s">
         <v>82</v>
       </c>
       <c r="C16" s="82" t="s">
         <v>83</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="B13:C13"/>
     <mergeCell ref="A7:C7"/>
     <mergeCell ref="A8:C8"/>
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="A5:C5"/>
     <mergeCell ref="A6:C6"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A10" location="Changelog!A1" display="Version: ICE Forms     [Changelog]" xr:uid="{17F95F35-F0CE-4D00-9B79-7BEA242E8115}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{61247D05-964D-4F99-A225-1E0AB8017A98}">
   <sheetPr codeName="Sheet6"/>
   <dimension ref="A1:L31"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A15" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
-      <selection activeCell="A29" sqref="A29:B31"/>
+      <selection activeCell="D29" sqref="D29:L31"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1"/>
   <cols>
     <col min="1" max="2" width="8.85546875" customWidth="1"/>
     <col min="3" max="3" width="9.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="12" width="8.85546875" customWidth="1"/>
     <col min="13" max="16384" width="8.85546875" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A1" s="111" t="s">
         <v>66</v>
       </c>
       <c r="B1" s="111"/>
       <c r="C1" s="111"/>
       <c r="D1" s="111"/>
       <c r="E1" s="111"/>
       <c r="F1" s="111"/>
       <c r="G1" s="111"/>
       <c r="H1" s="111"/>
       <c r="I1" s="111"/>
       <c r="J1" s="111"/>
       <c r="K1" s="111"/>
       <c r="L1" s="111"/>
     </row>
-    <row r="2" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A2" s="111"/>
       <c r="B2" s="111"/>
       <c r="C2" s="111"/>
       <c r="D2" s="111"/>
       <c r="E2" s="111"/>
       <c r="F2" s="111"/>
       <c r="G2" s="111"/>
       <c r="H2" s="111"/>
       <c r="I2" s="111"/>
       <c r="J2" s="111"/>
       <c r="K2" s="111"/>
       <c r="L2" s="111"/>
     </row>
-    <row r="3" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A3" s="112" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="112"/>
       <c r="C3" s="112" t="s">
         <v>27</v>
       </c>
       <c r="D3" s="113" t="s">
         <v>28</v>
       </c>
       <c r="E3" s="113"/>
       <c r="F3" s="113"/>
       <c r="G3" s="113"/>
       <c r="H3" s="113"/>
       <c r="I3" s="113"/>
       <c r="J3" s="113"/>
       <c r="K3" s="113"/>
       <c r="L3" s="113"/>
     </row>
-    <row r="4" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A4" s="112"/>
       <c r="B4" s="112"/>
       <c r="C4" s="112"/>
       <c r="D4" s="113"/>
       <c r="E4" s="113"/>
       <c r="F4" s="113"/>
       <c r="G4" s="113"/>
       <c r="H4" s="113"/>
       <c r="I4" s="113"/>
       <c r="J4" s="113"/>
       <c r="K4" s="113"/>
       <c r="L4" s="113"/>
     </row>
-    <row r="5" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A5" s="108">
         <v>45023</v>
       </c>
       <c r="B5" s="108"/>
       <c r="C5" s="109">
         <v>1</v>
       </c>
       <c r="D5" s="110" t="s">
         <v>40</v>
       </c>
       <c r="E5" s="110"/>
       <c r="F5" s="110"/>
       <c r="G5" s="110"/>
       <c r="H5" s="110"/>
       <c r="I5" s="110"/>
       <c r="J5" s="110"/>
       <c r="K5" s="110"/>
       <c r="L5" s="110"/>
     </row>
-    <row r="6" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A6" s="108"/>
       <c r="B6" s="108"/>
       <c r="C6" s="109"/>
       <c r="D6" s="110"/>
       <c r="E6" s="110"/>
       <c r="F6" s="110"/>
       <c r="G6" s="110"/>
       <c r="H6" s="110"/>
       <c r="I6" s="110"/>
       <c r="J6" s="110"/>
       <c r="K6" s="110"/>
       <c r="L6" s="110"/>
     </row>
-    <row r="7" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A7" s="108"/>
       <c r="B7" s="108"/>
       <c r="C7" s="109"/>
       <c r="D7" s="110"/>
       <c r="E7" s="110"/>
       <c r="F7" s="110"/>
       <c r="G7" s="110"/>
       <c r="H7" s="110"/>
       <c r="I7" s="110"/>
       <c r="J7" s="110"/>
       <c r="K7" s="110"/>
       <c r="L7" s="110"/>
     </row>
-    <row r="8" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A8" s="108">
         <v>45049</v>
       </c>
       <c r="B8" s="108"/>
       <c r="C8" s="109">
         <v>1.1000000000000001</v>
       </c>
       <c r="D8" s="110" t="s">
         <v>41</v>
       </c>
       <c r="E8" s="110"/>
       <c r="F8" s="110"/>
       <c r="G8" s="110"/>
       <c r="H8" s="110"/>
       <c r="I8" s="110"/>
       <c r="J8" s="110"/>
       <c r="K8" s="110"/>
       <c r="L8" s="110"/>
     </row>
-    <row r="9" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A9" s="108"/>
       <c r="B9" s="108"/>
       <c r="C9" s="109"/>
       <c r="D9" s="110"/>
       <c r="E9" s="110"/>
       <c r="F9" s="110"/>
       <c r="G9" s="110"/>
       <c r="H9" s="110"/>
       <c r="I9" s="110"/>
       <c r="J9" s="110"/>
       <c r="K9" s="110"/>
       <c r="L9" s="110"/>
     </row>
-    <row r="10" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A10" s="108"/>
       <c r="B10" s="108"/>
       <c r="C10" s="109"/>
       <c r="D10" s="110"/>
       <c r="E10" s="110"/>
       <c r="F10" s="110"/>
       <c r="G10" s="110"/>
       <c r="H10" s="110"/>
       <c r="I10" s="110"/>
       <c r="J10" s="110"/>
       <c r="K10" s="110"/>
       <c r="L10" s="110"/>
     </row>
-    <row r="11" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A11" s="108">
         <v>45068</v>
       </c>
       <c r="B11" s="108"/>
       <c r="C11" s="109">
         <v>1.1000000000000001</v>
       </c>
       <c r="D11" s="110" t="s">
         <v>43</v>
       </c>
       <c r="E11" s="110"/>
       <c r="F11" s="110"/>
       <c r="G11" s="110"/>
       <c r="H11" s="110"/>
       <c r="I11" s="110"/>
       <c r="J11" s="110"/>
       <c r="K11" s="110"/>
       <c r="L11" s="110"/>
     </row>
-    <row r="12" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A12" s="108"/>
       <c r="B12" s="108"/>
       <c r="C12" s="109"/>
       <c r="D12" s="110"/>
       <c r="E12" s="110"/>
       <c r="F12" s="110"/>
       <c r="G12" s="110"/>
       <c r="H12" s="110"/>
       <c r="I12" s="110"/>
       <c r="J12" s="110"/>
       <c r="K12" s="110"/>
       <c r="L12" s="110"/>
     </row>
-    <row r="13" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A13" s="108"/>
       <c r="B13" s="108"/>
       <c r="C13" s="109"/>
       <c r="D13" s="110"/>
       <c r="E13" s="110"/>
       <c r="F13" s="110"/>
       <c r="G13" s="110"/>
       <c r="H13" s="110"/>
       <c r="I13" s="110"/>
       <c r="J13" s="110"/>
       <c r="K13" s="110"/>
       <c r="L13" s="110"/>
     </row>
-    <row r="14" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A14" s="108">
         <v>45161</v>
       </c>
       <c r="B14" s="109"/>
       <c r="C14" s="109">
         <v>1.2</v>
       </c>
       <c r="D14" s="110" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="110"/>
       <c r="F14" s="110"/>
       <c r="G14" s="110"/>
       <c r="H14" s="110"/>
       <c r="I14" s="110"/>
       <c r="J14" s="110"/>
       <c r="K14" s="110"/>
       <c r="L14" s="110"/>
     </row>
-    <row r="15" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A15" s="109"/>
       <c r="B15" s="109"/>
       <c r="C15" s="109"/>
       <c r="D15" s="110"/>
       <c r="E15" s="110"/>
       <c r="F15" s="110"/>
       <c r="G15" s="110"/>
       <c r="H15" s="110"/>
       <c r="I15" s="110"/>
       <c r="J15" s="110"/>
       <c r="K15" s="110"/>
       <c r="L15" s="110"/>
     </row>
-    <row r="16" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A16" s="109"/>
       <c r="B16" s="109"/>
       <c r="C16" s="109"/>
       <c r="D16" s="110"/>
       <c r="E16" s="110"/>
       <c r="F16" s="110"/>
       <c r="G16" s="110"/>
       <c r="H16" s="110"/>
       <c r="I16" s="110"/>
       <c r="J16" s="110"/>
       <c r="K16" s="110"/>
       <c r="L16" s="110"/>
     </row>
-    <row r="17" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A17" s="108">
         <v>45266</v>
       </c>
       <c r="B17" s="109"/>
       <c r="C17" s="109">
         <v>1.3</v>
       </c>
       <c r="D17" s="110" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="110"/>
       <c r="F17" s="110"/>
       <c r="G17" s="110"/>
       <c r="H17" s="110"/>
       <c r="I17" s="110"/>
       <c r="J17" s="110"/>
       <c r="K17" s="110"/>
       <c r="L17" s="110"/>
     </row>
-    <row r="18" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A18" s="109"/>
       <c r="B18" s="109"/>
       <c r="C18" s="109"/>
       <c r="D18" s="110"/>
       <c r="E18" s="110"/>
       <c r="F18" s="110"/>
       <c r="G18" s="110"/>
       <c r="H18" s="110"/>
       <c r="I18" s="110"/>
       <c r="J18" s="110"/>
       <c r="K18" s="110"/>
       <c r="L18" s="110"/>
     </row>
-    <row r="19" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A19" s="109"/>
       <c r="B19" s="109"/>
       <c r="C19" s="109"/>
       <c r="D19" s="110"/>
       <c r="E19" s="110"/>
       <c r="F19" s="110"/>
       <c r="G19" s="110"/>
       <c r="H19" s="110"/>
       <c r="I19" s="110"/>
       <c r="J19" s="110"/>
       <c r="K19" s="110"/>
       <c r="L19" s="110"/>
     </row>
-    <row r="20" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A20" s="108">
         <v>45432</v>
       </c>
       <c r="B20" s="109"/>
       <c r="C20" s="109">
         <v>1.4</v>
       </c>
       <c r="D20" s="110" t="s">
         <v>52</v>
       </c>
       <c r="E20" s="110"/>
       <c r="F20" s="110"/>
       <c r="G20" s="110"/>
       <c r="H20" s="110"/>
       <c r="I20" s="110"/>
       <c r="J20" s="110"/>
       <c r="K20" s="110"/>
       <c r="L20" s="110"/>
     </row>
-    <row r="21" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A21" s="109"/>
       <c r="B21" s="109"/>
       <c r="C21" s="109"/>
       <c r="D21" s="110"/>
       <c r="E21" s="110"/>
       <c r="F21" s="110"/>
       <c r="G21" s="110"/>
       <c r="H21" s="110"/>
       <c r="I21" s="110"/>
       <c r="J21" s="110"/>
       <c r="K21" s="110"/>
       <c r="L21" s="110"/>
     </row>
-    <row r="22" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A22" s="109"/>
       <c r="B22" s="109"/>
       <c r="C22" s="109"/>
       <c r="D22" s="110"/>
       <c r="E22" s="110"/>
       <c r="F22" s="110"/>
       <c r="G22" s="110"/>
       <c r="H22" s="110"/>
       <c r="I22" s="110"/>
       <c r="J22" s="110"/>
       <c r="K22" s="110"/>
       <c r="L22" s="110"/>
     </row>
-    <row r="23" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A23" s="108">
         <v>45483</v>
       </c>
       <c r="B23" s="109"/>
       <c r="C23" s="109">
         <v>1.5</v>
       </c>
       <c r="D23" s="110" t="s">
         <v>53</v>
       </c>
       <c r="E23" s="110"/>
       <c r="F23" s="110"/>
       <c r="G23" s="110"/>
       <c r="H23" s="110"/>
       <c r="I23" s="110"/>
       <c r="J23" s="110"/>
       <c r="K23" s="110"/>
       <c r="L23" s="110"/>
     </row>
-    <row r="24" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A24" s="109"/>
       <c r="B24" s="109"/>
       <c r="C24" s="109"/>
       <c r="D24" s="110"/>
       <c r="E24" s="110"/>
       <c r="F24" s="110"/>
       <c r="G24" s="110"/>
       <c r="H24" s="110"/>
       <c r="I24" s="110"/>
       <c r="J24" s="110"/>
       <c r="K24" s="110"/>
       <c r="L24" s="110"/>
     </row>
-    <row r="25" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A25" s="109"/>
       <c r="B25" s="109"/>
       <c r="C25" s="109"/>
       <c r="D25" s="110"/>
       <c r="E25" s="110"/>
       <c r="F25" s="110"/>
       <c r="G25" s="110"/>
       <c r="H25" s="110"/>
       <c r="I25" s="110"/>
       <c r="J25" s="110"/>
       <c r="K25" s="110"/>
       <c r="L25" s="110"/>
     </row>
-    <row r="26" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A26" s="108">
         <v>45953</v>
       </c>
       <c r="B26" s="109"/>
       <c r="C26" s="109">
         <v>1.6</v>
       </c>
       <c r="D26" s="110" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="E26" s="110"/>
       <c r="F26" s="110"/>
       <c r="G26" s="110"/>
       <c r="H26" s="110"/>
       <c r="I26" s="110"/>
       <c r="J26" s="110"/>
       <c r="K26" s="110"/>
       <c r="L26" s="110"/>
     </row>
-    <row r="27" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A27" s="109"/>
       <c r="B27" s="109"/>
       <c r="C27" s="109"/>
       <c r="D27" s="110"/>
       <c r="E27" s="110"/>
       <c r="F27" s="110"/>
       <c r="G27" s="110"/>
       <c r="H27" s="110"/>
       <c r="I27" s="110"/>
       <c r="J27" s="110"/>
       <c r="K27" s="110"/>
       <c r="L27" s="110"/>
     </row>
-    <row r="28" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A28" s="109"/>
       <c r="B28" s="109"/>
       <c r="C28" s="109"/>
       <c r="D28" s="110"/>
       <c r="E28" s="110"/>
       <c r="F28" s="110"/>
       <c r="G28" s="110"/>
       <c r="H28" s="110"/>
       <c r="I28" s="110"/>
       <c r="J28" s="110"/>
       <c r="K28" s="110"/>
       <c r="L28" s="110"/>
     </row>
-    <row r="29" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="109"/>
+    <row r="29" spans="1:12" ht="19.899999999999999" customHeight="1">
+      <c r="A29" s="108">
+        <v>46003</v>
+      </c>
       <c r="B29" s="109"/>
-      <c r="C29" s="109"/>
-      <c r="D29" s="110"/>
+      <c r="C29" s="109">
+        <v>1.7</v>
+      </c>
+      <c r="D29" s="110" t="s">
+        <v>87</v>
+      </c>
       <c r="E29" s="110"/>
       <c r="F29" s="110"/>
       <c r="G29" s="110"/>
       <c r="H29" s="110"/>
       <c r="I29" s="110"/>
       <c r="J29" s="110"/>
       <c r="K29" s="110"/>
       <c r="L29" s="110"/>
     </row>
-    <row r="30" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A30" s="109"/>
       <c r="B30" s="109"/>
       <c r="C30" s="109"/>
       <c r="D30" s="110"/>
       <c r="E30" s="110"/>
       <c r="F30" s="110"/>
       <c r="G30" s="110"/>
       <c r="H30" s="110"/>
       <c r="I30" s="110"/>
       <c r="J30" s="110"/>
       <c r="K30" s="110"/>
       <c r="L30" s="110"/>
     </row>
-    <row r="31" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:12" ht="19.899999999999999" customHeight="1">
       <c r="A31" s="109"/>
       <c r="B31" s="109"/>
       <c r="C31" s="109"/>
       <c r="D31" s="110"/>
       <c r="E31" s="110"/>
       <c r="F31" s="110"/>
       <c r="G31" s="110"/>
       <c r="H31" s="110"/>
       <c r="I31" s="110"/>
       <c r="J31" s="110"/>
       <c r="K31" s="110"/>
       <c r="L31" s="110"/>
     </row>
   </sheetData>
   <mergeCells count="31">
     <mergeCell ref="A1:L2"/>
     <mergeCell ref="A3:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:L4"/>
     <mergeCell ref="A5:B7"/>
     <mergeCell ref="C5:C7"/>
     <mergeCell ref="D5:L7"/>
     <mergeCell ref="A8:B10"/>
     <mergeCell ref="C8:C10"/>
     <mergeCell ref="D8:L10"/>
@@ -3802,280 +3812,280 @@
     <mergeCell ref="A20:B22"/>
     <mergeCell ref="C20:C22"/>
     <mergeCell ref="D20:L22"/>
     <mergeCell ref="A23:B25"/>
     <mergeCell ref="C23:C25"/>
     <mergeCell ref="D23:L25"/>
     <mergeCell ref="A26:B28"/>
     <mergeCell ref="C26:C28"/>
     <mergeCell ref="D26:L28"/>
     <mergeCell ref="A29:B31"/>
     <mergeCell ref="C29:C31"/>
     <mergeCell ref="D29:L31"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8B04C751-30BE-44A2-A79B-98A07C7FBC03}">
   <sheetPr codeName="Sheet7">
     <pageSetUpPr autoPageBreaks="0" fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:AR77"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="55" zoomScalePageLayoutView="40" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A4" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="55" zoomScalePageLayoutView="40" workbookViewId="0">
       <selection activeCell="L78" sqref="L78"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15.75"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="25" customWidth="1"/>
     <col min="2" max="2" width="20.85546875" style="25" customWidth="1"/>
     <col min="3" max="3" width="63.140625" style="25" customWidth="1"/>
     <col min="4" max="10" width="16.7109375" style="25" customWidth="1"/>
     <col min="11" max="11" width="13" style="25" customWidth="1"/>
     <col min="12" max="12" width="28.28515625" style="26" customWidth="1"/>
     <col min="13" max="15" width="9.140625" style="25"/>
     <col min="16" max="21" width="17.7109375" style="25" hidden="1" customWidth="1"/>
     <col min="22" max="16384" width="9.140625" style="25"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:44" ht="16.5" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="2" spans="2:44" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:44" ht="16.5" thickBot="1"/>
+    <row r="2" spans="2:44" ht="30" customHeight="1" thickBot="1">
       <c r="B2" s="61" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="62"/>
       <c r="D2" s="62"/>
       <c r="E2" s="62"/>
       <c r="F2" s="63"/>
       <c r="G2" s="63"/>
       <c r="H2" s="63"/>
       <c r="I2" s="63"/>
       <c r="J2" s="63"/>
       <c r="K2" s="63"/>
       <c r="L2" s="64"/>
       <c r="P2" s="63"/>
       <c r="Q2" s="63"/>
       <c r="R2" s="63"/>
       <c r="S2" s="63"/>
     </row>
-    <row r="3" spans="2:44" s="36" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:44" s="36" customFormat="1" ht="33" customHeight="1">
       <c r="B3" s="58" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="66"/>
       <c r="D3" s="42" t="s">
         <v>39</v>
       </c>
       <c r="E3" s="43"/>
       <c r="F3" s="57"/>
     </row>
-    <row r="4" spans="2:44" s="36" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:44" s="36" customFormat="1" ht="16.5" customHeight="1">
       <c r="B4" s="59" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="67"/>
       <c r="D4" s="115" t="s">
         <v>25</v>
       </c>
       <c r="E4" s="116"/>
       <c r="F4" s="116"/>
       <c r="G4" s="116"/>
       <c r="H4" s="116"/>
       <c r="I4" s="116"/>
       <c r="J4" s="117"/>
       <c r="K4" s="3"/>
     </row>
-    <row r="5" spans="2:44" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:44" s="36" customFormat="1">
       <c r="B5" s="59" t="s">
         <v>51</v>
       </c>
       <c r="C5" s="68"/>
       <c r="D5" s="118" t="s">
         <v>49</v>
       </c>
       <c r="E5" s="119"/>
       <c r="F5" s="119"/>
       <c r="G5" s="119"/>
       <c r="H5" s="119"/>
       <c r="I5" s="119"/>
       <c r="J5" s="120"/>
       <c r="K5" s="3"/>
     </row>
-    <row r="6" spans="2:44" s="36" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:44" s="36" customFormat="1" ht="16.5" customHeight="1">
       <c r="B6" s="59" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="69"/>
       <c r="D6" s="115" t="s">
         <v>77</v>
       </c>
       <c r="E6" s="116"/>
       <c r="F6" s="116"/>
       <c r="G6" s="116"/>
       <c r="H6" s="116"/>
       <c r="I6" s="116"/>
       <c r="J6" s="117"/>
       <c r="K6" s="3"/>
     </row>
-    <row r="7" spans="2:44" s="36" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:44" s="36" customFormat="1" ht="16.5" customHeight="1">
       <c r="B7" s="59" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="68"/>
       <c r="D7" s="115" t="s">
         <v>23</v>
       </c>
       <c r="E7" s="116"/>
       <c r="F7" s="116"/>
       <c r="G7" s="116"/>
       <c r="H7" s="116"/>
       <c r="I7" s="116"/>
       <c r="J7" s="117"/>
       <c r="K7" s="3"/>
       <c r="P7" s="56" t="str">
         <f>IF(AND(K4&lt;&gt;"",K5&lt;&gt;"",K6&lt;&gt;"",K7&lt;&gt;"",K8&lt;&gt;"",K9&lt;&gt;"",K10&lt;&gt;"",K11&lt;&gt;""),"Complete","")</f>
         <v/>
       </c>
     </row>
-    <row r="8" spans="2:44" s="36" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:44" s="36" customFormat="1" ht="16.5" customHeight="1">
       <c r="B8" s="59" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="68"/>
       <c r="D8" s="115" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="116"/>
       <c r="F8" s="116"/>
       <c r="G8" s="116"/>
       <c r="H8" s="116"/>
       <c r="I8" s="116"/>
       <c r="J8" s="117"/>
       <c r="K8" s="3"/>
       <c r="P8" s="56" t="str">
         <f>IF(AND(K6="Yes", K7 = "Yes", K8="No", K9="No", K10="No"),"EXEMPT", "")</f>
         <v/>
       </c>
     </row>
-    <row r="9" spans="2:44" s="36" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:44" s="36" customFormat="1" ht="16.5" customHeight="1">
       <c r="B9" s="59" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="68"/>
       <c r="D9" s="115" t="s">
         <v>45</v>
       </c>
       <c r="E9" s="116"/>
       <c r="F9" s="116"/>
       <c r="G9" s="116"/>
       <c r="H9" s="116"/>
       <c r="I9" s="116"/>
       <c r="J9" s="117"/>
       <c r="K9" s="3"/>
       <c r="P9" s="56" t="str">
         <f>IF(AND(K11="yes",K7="yes"),"EXEMPT", "")</f>
         <v/>
       </c>
     </row>
-    <row r="10" spans="2:44" s="36" customFormat="1" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="2:44" s="36" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="B10" s="60" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="70"/>
       <c r="D10" s="116" t="s">
         <v>24</v>
       </c>
       <c r="E10" s="116"/>
       <c r="F10" s="116"/>
       <c r="G10" s="116"/>
       <c r="H10" s="116"/>
       <c r="I10" s="116"/>
       <c r="J10" s="117"/>
       <c r="K10" s="3"/>
       <c r="P10" s="36" t="str">
         <f>IF(K4="yes","EXEMPT", "")</f>
         <v/>
       </c>
     </row>
-    <row r="11" spans="2:44" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:44" s="36" customFormat="1">
       <c r="C11" s="37"/>
       <c r="D11" s="116" t="s">
         <v>29</v>
       </c>
       <c r="E11" s="116"/>
       <c r="F11" s="116"/>
       <c r="G11" s="116"/>
       <c r="H11" s="116"/>
       <c r="I11" s="116"/>
       <c r="J11" s="117"/>
       <c r="K11" s="3"/>
       <c r="P11" s="36" t="str">
         <f>IF(K5="yes","EXEMPT", "")</f>
         <v/>
       </c>
     </row>
-    <row r="12" spans="2:44" s="36" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:44" s="36" customFormat="1" ht="16.5" customHeight="1">
       <c r="C12" s="37"/>
       <c r="F12" s="38"/>
       <c r="G12" s="38"/>
     </row>
-    <row r="13" spans="2:44" s="36" customFormat="1" ht="23.25" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:44" s="36" customFormat="1" ht="23.25">
       <c r="C13" s="39"/>
       <c r="D13" s="40" t="str">
         <f>IF(J13="Yes","Proceed to Step 2.",IF(J13="No","ICE is not required. No further evaluation needed.",""))</f>
         <v/>
       </c>
       <c r="J13" s="41" t="str">
         <f>IF(OR(P8="Exempt", P9="Exempt", P10="Exempt", P11="Exempt"),"No",IF(P7="Complete","Yes",""))</f>
         <v/>
       </c>
       <c r="K13" s="41"/>
       <c r="L13" s="36" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="14" spans="2:44" s="36" customFormat="1" ht="39.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="2:44" s="36" customFormat="1" ht="39.6" customHeight="1" thickBot="1">
       <c r="B14" s="42" t="s">
         <v>30</v>
       </c>
       <c r="C14" s="43"/>
       <c r="F14" s="38"/>
       <c r="G14" s="38"/>
     </row>
-    <row r="15" spans="2:44" s="44" customFormat="1" ht="271.89999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="15" spans="2:44" s="44" customFormat="1" ht="271.89999999999998" customHeight="1" thickBot="1">
       <c r="B15" s="45" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="46" t="s">
         <v>31</v>
       </c>
       <c r="D15" s="47" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E15" s="48" t="s">
         <v>34</v>
       </c>
       <c r="F15" s="47" t="s">
         <v>35</v>
       </c>
       <c r="G15" s="49" t="s">
         <v>46</v>
       </c>
       <c r="H15" s="49" t="s">
         <v>48</v>
       </c>
       <c r="I15" s="49" t="s">
         <v>38</v>
       </c>
       <c r="J15" s="48" t="s">
         <v>36</v>
       </c>
       <c r="K15" s="65"/>
       <c r="L15" s="50" t="s">
         <v>33</v>
       </c>
       <c r="P15" s="51" t="s">
         <v>9</v>
@@ -4085,51 +4095,51 @@
       </c>
       <c r="R15" s="53" t="s">
         <v>10</v>
       </c>
       <c r="S15" s="54" t="s">
         <v>11</v>
       </c>
       <c r="T15" s="89" t="s">
         <v>81</v>
       </c>
       <c r="U15" s="44" t="s">
         <v>50</v>
       </c>
       <c r="AH15" s="55"/>
       <c r="AI15" s="55"/>
       <c r="AJ15" s="55"/>
       <c r="AK15" s="55"/>
       <c r="AL15" s="55"/>
       <c r="AM15" s="55"/>
       <c r="AN15" s="55"/>
       <c r="AO15" s="55"/>
       <c r="AP15" s="55"/>
       <c r="AQ15" s="55"/>
       <c r="AR15" s="55"/>
     </row>
-    <row r="16" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B16" s="33">
         <v>1</v>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5"/>
       <c r="E16" s="6"/>
       <c r="F16" s="5"/>
       <c r="G16" s="7"/>
       <c r="H16" s="7"/>
       <c r="I16" s="7"/>
       <c r="J16" s="8"/>
       <c r="K16" s="121" t="str">
         <f>IF(R16= "Exempt", "NO", IF(S16="Not Applicable", "NO", IF(AND(S16 = "Applicable",T16="Yes"), "YES",IF(AND(S16 = "Applicable",U16="Yes"), "MAYBE", " "))))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L16" s="122"/>
       <c r="P16" s="34" t="str">
         <f>IF(AND(D16="",E16=""),"", IF(OR(D16="Yes",E16="Yes"), "Yes", "No"))</f>
         <v/>
       </c>
       <c r="Q16" s="34" t="str">
         <f>IF(OR(F16="Yes",G16="Yes",H16="Yes",I16="Yes",J16="Yes",G16="Maybe",H16="Maybe",I16="Maybe"),"Yes",IF(OR(F16="No",G16="No",H16="No",I16="No",J16="No"),"No"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R16" s="35" t="str">
@@ -4138,51 +4148,51 @@
       </c>
       <c r="S16" s="33" t="str">
         <f>(IF(Q16="Yes","Applicable", IF(Q16="No", "Not Applicable",  " ")))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T16" s="33" t="str">
         <f>IF(OR(F16="Yes",G16="Yes",H16="Yes",I16="Yes",J16="Yes"),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="U16" s="33" t="str">
         <f>IF(OR(G16="Maybe",H16="Maybe",I16="Maybe"),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="AH16" s="29"/>
       <c r="AI16" s="29"/>
       <c r="AJ16" s="29"/>
       <c r="AK16" s="29"/>
       <c r="AL16" s="29"/>
       <c r="AM16" s="29"/>
       <c r="AN16" s="29"/>
       <c r="AO16" s="29"/>
       <c r="AP16" s="29"/>
       <c r="AQ16" s="29"/>
       <c r="AR16" s="29"/>
     </row>
-    <row r="17" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B17" s="31">
         <v>2</v>
       </c>
       <c r="C17" s="9"/>
       <c r="D17" s="10"/>
       <c r="E17" s="11"/>
       <c r="F17" s="10"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="12"/>
       <c r="K17" s="123" t="str">
         <f t="shared" ref="K17:K55" si="1">IF(R17= "Exempt", "NO", IF(S17="Not Applicable", "NO", IF(AND(S17 = "Applicable",T17="Yes"), "YES",IF(AND(S17 = "Applicable",U17="Yes"), "MAYBE", " "))))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L17" s="124"/>
       <c r="P17" s="34" t="str">
         <f t="shared" ref="P17:P55" si="2">IF(AND(D17="",E17=""),"", IF(OR(D17="Yes",E17="Yes"), "Yes", "No"))</f>
         <v/>
       </c>
       <c r="Q17" s="34" t="str">
         <f t="shared" ref="Q17:Q55" si="3">IF(OR(F17="Yes",G17="Yes",H17="Yes",I17="Yes",J17="Yes",G17="Maybe",H17="Maybe",I17="Maybe"),"Yes",IF(OR(F17="No",G17="No",H17="No",I17="No",J17="No"),"No"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R17" s="35" t="str">
@@ -4191,51 +4201,51 @@
       </c>
       <c r="S17" s="33" t="str">
         <f t="shared" ref="S17:S55" si="5">(IF(Q17="Yes","Applicable", IF(Q17="No", "Not Applicable",  " ")))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T17" s="33" t="str">
         <f t="shared" ref="T17:T55" si="6">IF(OR(F17="Yes",G17="Yes",H17="Yes",I17="Yes",J17="Yes"),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="U17" s="33" t="str">
         <f t="shared" ref="U17:U55" si="7">IF(OR(G17="Maybe",H17="Maybe",I17="Maybe"),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="AH17" s="29"/>
       <c r="AI17" s="29"/>
       <c r="AJ17" s="29"/>
       <c r="AK17" s="29"/>
       <c r="AL17" s="29"/>
       <c r="AM17" s="29"/>
       <c r="AN17" s="29"/>
       <c r="AO17" s="29"/>
       <c r="AP17" s="29"/>
       <c r="AQ17" s="29"/>
       <c r="AR17" s="29"/>
     </row>
-    <row r="18" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B18" s="31">
         <v>3</v>
       </c>
       <c r="C18" s="9"/>
       <c r="D18" s="10"/>
       <c r="E18" s="11"/>
       <c r="F18" s="10"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="12"/>
       <c r="K18" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L18" s="124"/>
       <c r="P18" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q18" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R18" s="35" t="str">
@@ -4244,51 +4254,51 @@
       </c>
       <c r="S18" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T18" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U18" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH18" s="29"/>
       <c r="AI18" s="29"/>
       <c r="AJ18" s="29"/>
       <c r="AK18" s="29"/>
       <c r="AL18" s="29"/>
       <c r="AM18" s="29"/>
       <c r="AN18" s="29"/>
       <c r="AO18" s="29"/>
       <c r="AP18" s="29"/>
       <c r="AQ18" s="29"/>
       <c r="AR18" s="29"/>
     </row>
-    <row r="19" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B19" s="31">
         <v>4</v>
       </c>
       <c r="C19" s="9"/>
       <c r="D19" s="10"/>
       <c r="E19" s="11"/>
       <c r="F19" s="10"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="12"/>
       <c r="K19" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L19" s="124"/>
       <c r="P19" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q19" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R19" s="35" t="str">
@@ -4297,51 +4307,51 @@
       </c>
       <c r="S19" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T19" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U19" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH19" s="29"/>
       <c r="AI19" s="29"/>
       <c r="AJ19" s="29"/>
       <c r="AK19" s="29"/>
       <c r="AL19" s="29"/>
       <c r="AM19" s="29"/>
       <c r="AN19" s="29"/>
       <c r="AO19" s="29"/>
       <c r="AP19" s="29"/>
       <c r="AQ19" s="29"/>
       <c r="AR19" s="29"/>
     </row>
-    <row r="20" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B20" s="31">
         <v>5</v>
       </c>
       <c r="C20" s="9"/>
       <c r="D20" s="10"/>
       <c r="E20" s="11"/>
       <c r="F20" s="10"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="12"/>
       <c r="K20" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L20" s="124"/>
       <c r="P20" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q20" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R20" s="35" t="str">
@@ -4350,51 +4360,51 @@
       </c>
       <c r="S20" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T20" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U20" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH20" s="29"/>
       <c r="AI20" s="29"/>
       <c r="AJ20" s="29"/>
       <c r="AK20" s="29"/>
       <c r="AL20" s="29"/>
       <c r="AM20" s="29"/>
       <c r="AN20" s="29"/>
       <c r="AO20" s="29"/>
       <c r="AP20" s="29"/>
       <c r="AQ20" s="29"/>
       <c r="AR20" s="29"/>
     </row>
-    <row r="21" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B21" s="31">
         <v>6</v>
       </c>
       <c r="C21" s="9"/>
       <c r="D21" s="10"/>
       <c r="E21" s="11"/>
       <c r="F21" s="10"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="12"/>
       <c r="K21" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L21" s="124"/>
       <c r="P21" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q21" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R21" s="35" t="str">
@@ -4403,51 +4413,51 @@
       </c>
       <c r="S21" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T21" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U21" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH21" s="29"/>
       <c r="AI21" s="29"/>
       <c r="AJ21" s="29"/>
       <c r="AK21" s="29"/>
       <c r="AL21" s="29"/>
       <c r="AM21" s="29"/>
       <c r="AN21" s="29"/>
       <c r="AO21" s="29"/>
       <c r="AP21" s="29"/>
       <c r="AQ21" s="29"/>
       <c r="AR21" s="29"/>
     </row>
-    <row r="22" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B22" s="31">
         <v>7</v>
       </c>
       <c r="C22" s="9"/>
       <c r="D22" s="10"/>
       <c r="E22" s="11"/>
       <c r="F22" s="10"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="12"/>
       <c r="K22" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L22" s="124"/>
       <c r="P22" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q22" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R22" s="35" t="str">
@@ -4456,51 +4466,51 @@
       </c>
       <c r="S22" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T22" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U22" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH22" s="29"/>
       <c r="AI22" s="29"/>
       <c r="AJ22" s="29"/>
       <c r="AK22" s="29"/>
       <c r="AL22" s="29"/>
       <c r="AM22" s="29"/>
       <c r="AN22" s="29"/>
       <c r="AO22" s="29"/>
       <c r="AP22" s="29"/>
       <c r="AQ22" s="29"/>
       <c r="AR22" s="29"/>
     </row>
-    <row r="23" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B23" s="31">
         <v>8</v>
       </c>
       <c r="C23" s="9"/>
       <c r="D23" s="10"/>
       <c r="E23" s="11"/>
       <c r="F23" s="10"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="12"/>
       <c r="K23" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L23" s="124"/>
       <c r="P23" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q23" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R23" s="35" t="str">
@@ -4509,51 +4519,51 @@
       </c>
       <c r="S23" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T23" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U23" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH23" s="29"/>
       <c r="AI23" s="29"/>
       <c r="AJ23" s="29"/>
       <c r="AK23" s="29"/>
       <c r="AL23" s="29"/>
       <c r="AM23" s="29"/>
       <c r="AN23" s="29"/>
       <c r="AO23" s="29"/>
       <c r="AP23" s="29"/>
       <c r="AQ23" s="29"/>
       <c r="AR23" s="29"/>
     </row>
-    <row r="24" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B24" s="31">
         <v>9</v>
       </c>
       <c r="C24" s="9"/>
       <c r="D24" s="10"/>
       <c r="E24" s="11"/>
       <c r="F24" s="10"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="12"/>
       <c r="K24" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L24" s="124"/>
       <c r="P24" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q24" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R24" s="35" t="str">
@@ -4562,51 +4572,51 @@
       </c>
       <c r="S24" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T24" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U24" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH24" s="29"/>
       <c r="AI24" s="29"/>
       <c r="AJ24" s="29"/>
       <c r="AK24" s="29"/>
       <c r="AL24" s="29"/>
       <c r="AM24" s="29"/>
       <c r="AN24" s="29"/>
       <c r="AO24" s="29"/>
       <c r="AP24" s="29"/>
       <c r="AQ24" s="29"/>
       <c r="AR24" s="29"/>
     </row>
-    <row r="25" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B25" s="31">
         <v>10</v>
       </c>
       <c r="C25" s="9"/>
       <c r="D25" s="10"/>
       <c r="E25" s="11"/>
       <c r="F25" s="10"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="12"/>
       <c r="K25" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L25" s="124"/>
       <c r="P25" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q25" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R25" s="35" t="str">
@@ -4615,51 +4625,51 @@
       </c>
       <c r="S25" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T25" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U25" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH25" s="29"/>
       <c r="AI25" s="29"/>
       <c r="AJ25" s="29"/>
       <c r="AK25" s="29"/>
       <c r="AL25" s="29"/>
       <c r="AM25" s="29"/>
       <c r="AN25" s="29"/>
       <c r="AO25" s="29"/>
       <c r="AP25" s="29"/>
       <c r="AQ25" s="29"/>
       <c r="AR25" s="29"/>
     </row>
-    <row r="26" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B26" s="31">
         <v>11</v>
       </c>
       <c r="C26" s="9"/>
       <c r="D26" s="10"/>
       <c r="E26" s="11"/>
       <c r="F26" s="10"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="12"/>
       <c r="K26" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L26" s="124"/>
       <c r="P26" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q26" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R26" s="35" t="str">
@@ -4668,51 +4678,51 @@
       </c>
       <c r="S26" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T26" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U26" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH26" s="29"/>
       <c r="AI26" s="29"/>
       <c r="AJ26" s="29"/>
       <c r="AK26" s="29"/>
       <c r="AL26" s="29"/>
       <c r="AM26" s="29"/>
       <c r="AN26" s="29"/>
       <c r="AO26" s="29"/>
       <c r="AP26" s="29"/>
       <c r="AQ26" s="29"/>
       <c r="AR26" s="29"/>
     </row>
-    <row r="27" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B27" s="31">
         <v>12</v>
       </c>
       <c r="C27" s="9"/>
       <c r="D27" s="10"/>
       <c r="E27" s="11"/>
       <c r="F27" s="10"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="12"/>
       <c r="K27" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L27" s="124"/>
       <c r="P27" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q27" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R27" s="35" t="str">
@@ -4721,51 +4731,51 @@
       </c>
       <c r="S27" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T27" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U27" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH27" s="29"/>
       <c r="AI27" s="29"/>
       <c r="AJ27" s="29"/>
       <c r="AK27" s="29"/>
       <c r="AL27" s="29"/>
       <c r="AM27" s="29"/>
       <c r="AN27" s="29"/>
       <c r="AO27" s="29"/>
       <c r="AP27" s="29"/>
       <c r="AQ27" s="29"/>
       <c r="AR27" s="29"/>
     </row>
-    <row r="28" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B28" s="31">
         <v>13</v>
       </c>
       <c r="C28" s="9"/>
       <c r="D28" s="10"/>
       <c r="E28" s="11"/>
       <c r="F28" s="10"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="12"/>
       <c r="K28" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L28" s="124"/>
       <c r="P28" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q28" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R28" s="35" t="str">
@@ -4774,51 +4784,51 @@
       </c>
       <c r="S28" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T28" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U28" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH28" s="29"/>
       <c r="AI28" s="29"/>
       <c r="AJ28" s="29"/>
       <c r="AK28" s="29"/>
       <c r="AL28" s="29"/>
       <c r="AM28" s="29"/>
       <c r="AN28" s="29"/>
       <c r="AO28" s="29"/>
       <c r="AP28" s="29"/>
       <c r="AQ28" s="29"/>
       <c r="AR28" s="29"/>
     </row>
-    <row r="29" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B29" s="31">
         <v>14</v>
       </c>
       <c r="C29" s="9"/>
       <c r="D29" s="10"/>
       <c r="E29" s="11"/>
       <c r="F29" s="10"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="12"/>
       <c r="K29" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L29" s="124"/>
       <c r="P29" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q29" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R29" s="35" t="str">
@@ -4827,51 +4837,51 @@
       </c>
       <c r="S29" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T29" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U29" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH29" s="29"/>
       <c r="AI29" s="29"/>
       <c r="AJ29" s="29"/>
       <c r="AK29" s="29"/>
       <c r="AL29" s="29"/>
       <c r="AM29" s="29"/>
       <c r="AN29" s="29"/>
       <c r="AO29" s="29"/>
       <c r="AP29" s="29"/>
       <c r="AQ29" s="29"/>
       <c r="AR29" s="29"/>
     </row>
-    <row r="30" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B30" s="31">
         <v>15</v>
       </c>
       <c r="C30" s="9"/>
       <c r="D30" s="10"/>
       <c r="E30" s="11"/>
       <c r="F30" s="10"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="12"/>
       <c r="K30" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L30" s="124"/>
       <c r="P30" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q30" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R30" s="35" t="str">
@@ -4880,51 +4890,51 @@
       </c>
       <c r="S30" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T30" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U30" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH30" s="29"/>
       <c r="AI30" s="29"/>
       <c r="AJ30" s="29"/>
       <c r="AK30" s="29"/>
       <c r="AL30" s="29"/>
       <c r="AM30" s="29"/>
       <c r="AN30" s="29"/>
       <c r="AO30" s="29"/>
       <c r="AP30" s="29"/>
       <c r="AQ30" s="29"/>
       <c r="AR30" s="29"/>
     </row>
-    <row r="31" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B31" s="31">
         <v>16</v>
       </c>
       <c r="C31" s="9"/>
       <c r="D31" s="10"/>
       <c r="E31" s="11"/>
       <c r="F31" s="10"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="12"/>
       <c r="K31" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L31" s="124"/>
       <c r="P31" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q31" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R31" s="35" t="str">
@@ -4933,51 +4943,51 @@
       </c>
       <c r="S31" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T31" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U31" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH31" s="29"/>
       <c r="AI31" s="29"/>
       <c r="AJ31" s="29"/>
       <c r="AK31" s="29"/>
       <c r="AL31" s="29"/>
       <c r="AM31" s="29"/>
       <c r="AN31" s="29"/>
       <c r="AO31" s="29"/>
       <c r="AP31" s="29"/>
       <c r="AQ31" s="29"/>
       <c r="AR31" s="29"/>
     </row>
-    <row r="32" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B32" s="31">
         <v>17</v>
       </c>
       <c r="C32" s="9"/>
       <c r="D32" s="10"/>
       <c r="E32" s="11"/>
       <c r="F32" s="10"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="12"/>
       <c r="K32" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L32" s="124"/>
       <c r="P32" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q32" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R32" s="35" t="str">
@@ -4986,51 +4996,51 @@
       </c>
       <c r="S32" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T32" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U32" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH32" s="29"/>
       <c r="AI32" s="29"/>
       <c r="AJ32" s="29"/>
       <c r="AK32" s="29"/>
       <c r="AL32" s="29"/>
       <c r="AM32" s="29"/>
       <c r="AN32" s="29"/>
       <c r="AO32" s="29"/>
       <c r="AP32" s="29"/>
       <c r="AQ32" s="29"/>
       <c r="AR32" s="29"/>
     </row>
-    <row r="33" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B33" s="31">
         <v>18</v>
       </c>
       <c r="C33" s="9"/>
       <c r="D33" s="10"/>
       <c r="E33" s="11"/>
       <c r="F33" s="10"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="12"/>
       <c r="K33" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L33" s="124"/>
       <c r="P33" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q33" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R33" s="35" t="str">
@@ -5039,51 +5049,51 @@
       </c>
       <c r="S33" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T33" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U33" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH33" s="29"/>
       <c r="AI33" s="29"/>
       <c r="AJ33" s="29"/>
       <c r="AK33" s="29"/>
       <c r="AL33" s="29"/>
       <c r="AM33" s="29"/>
       <c r="AN33" s="29"/>
       <c r="AO33" s="29"/>
       <c r="AP33" s="29"/>
       <c r="AQ33" s="29"/>
       <c r="AR33" s="29"/>
     </row>
-    <row r="34" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B34" s="31">
         <v>19</v>
       </c>
       <c r="C34" s="9"/>
       <c r="D34" s="10"/>
       <c r="E34" s="11"/>
       <c r="F34" s="10"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="J34" s="12"/>
       <c r="K34" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L34" s="124"/>
       <c r="P34" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q34" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R34" s="35" t="str">
@@ -5092,51 +5102,51 @@
       </c>
       <c r="S34" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T34" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U34" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH34" s="29"/>
       <c r="AI34" s="29"/>
       <c r="AJ34" s="29"/>
       <c r="AK34" s="29"/>
       <c r="AL34" s="29"/>
       <c r="AM34" s="29"/>
       <c r="AN34" s="29"/>
       <c r="AO34" s="29"/>
       <c r="AP34" s="29"/>
       <c r="AQ34" s="29"/>
       <c r="AR34" s="29"/>
     </row>
-    <row r="35" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B35" s="31">
         <v>20</v>
       </c>
       <c r="C35" s="9"/>
       <c r="D35" s="10"/>
       <c r="E35" s="11"/>
       <c r="F35" s="10"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="12"/>
       <c r="K35" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L35" s="124"/>
       <c r="P35" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q35" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R35" s="35" t="str">
@@ -5145,51 +5155,51 @@
       </c>
       <c r="S35" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T35" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U35" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH35" s="29"/>
       <c r="AI35" s="29"/>
       <c r="AJ35" s="29"/>
       <c r="AK35" s="29"/>
       <c r="AL35" s="29"/>
       <c r="AM35" s="29"/>
       <c r="AN35" s="29"/>
       <c r="AO35" s="29"/>
       <c r="AP35" s="29"/>
       <c r="AQ35" s="29"/>
       <c r="AR35" s="29"/>
     </row>
-    <row r="36" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B36" s="31">
         <v>21</v>
       </c>
       <c r="C36" s="9"/>
       <c r="D36" s="10"/>
       <c r="E36" s="11"/>
       <c r="F36" s="10"/>
       <c r="G36" s="3"/>
       <c r="H36" s="3"/>
       <c r="I36" s="3"/>
       <c r="J36" s="12"/>
       <c r="K36" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L36" s="124"/>
       <c r="P36" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q36" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R36" s="35" t="str">
@@ -5198,51 +5208,51 @@
       </c>
       <c r="S36" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T36" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U36" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH36" s="29"/>
       <c r="AI36" s="29"/>
       <c r="AJ36" s="29"/>
       <c r="AK36" s="29"/>
       <c r="AL36" s="29"/>
       <c r="AM36" s="29"/>
       <c r="AN36" s="29"/>
       <c r="AO36" s="29"/>
       <c r="AP36" s="29"/>
       <c r="AQ36" s="29"/>
       <c r="AR36" s="29"/>
     </row>
-    <row r="37" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B37" s="31">
         <v>22</v>
       </c>
       <c r="C37" s="9"/>
       <c r="D37" s="10"/>
       <c r="E37" s="11"/>
       <c r="F37" s="10"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="12"/>
       <c r="K37" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L37" s="124"/>
       <c r="P37" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q37" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R37" s="35" t="str">
@@ -5251,51 +5261,51 @@
       </c>
       <c r="S37" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T37" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U37" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH37" s="29"/>
       <c r="AI37" s="29"/>
       <c r="AJ37" s="29"/>
       <c r="AK37" s="29"/>
       <c r="AL37" s="29"/>
       <c r="AM37" s="29"/>
       <c r="AN37" s="29"/>
       <c r="AO37" s="29"/>
       <c r="AP37" s="29"/>
       <c r="AQ37" s="29"/>
       <c r="AR37" s="29"/>
     </row>
-    <row r="38" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B38" s="31">
         <v>23</v>
       </c>
       <c r="C38" s="9"/>
       <c r="D38" s="10"/>
       <c r="E38" s="11"/>
       <c r="F38" s="10"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="J38" s="12"/>
       <c r="K38" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L38" s="124"/>
       <c r="P38" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q38" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R38" s="35" t="str">
@@ -5304,51 +5314,51 @@
       </c>
       <c r="S38" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T38" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U38" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH38" s="29"/>
       <c r="AI38" s="29"/>
       <c r="AJ38" s="29"/>
       <c r="AK38" s="29"/>
       <c r="AL38" s="29"/>
       <c r="AM38" s="29"/>
       <c r="AN38" s="29"/>
       <c r="AO38" s="29"/>
       <c r="AP38" s="29"/>
       <c r="AQ38" s="29"/>
       <c r="AR38" s="29"/>
     </row>
-    <row r="39" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B39" s="31">
         <v>24</v>
       </c>
       <c r="C39" s="9"/>
       <c r="D39" s="10"/>
       <c r="E39" s="11"/>
       <c r="F39" s="10"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
       <c r="I39" s="3"/>
       <c r="J39" s="12"/>
       <c r="K39" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L39" s="124"/>
       <c r="P39" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q39" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R39" s="35" t="str">
@@ -5357,51 +5367,51 @@
       </c>
       <c r="S39" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T39" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U39" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH39" s="29"/>
       <c r="AI39" s="29"/>
       <c r="AJ39" s="29"/>
       <c r="AK39" s="29"/>
       <c r="AL39" s="29"/>
       <c r="AM39" s="29"/>
       <c r="AN39" s="29"/>
       <c r="AO39" s="29"/>
       <c r="AP39" s="29"/>
       <c r="AQ39" s="29"/>
       <c r="AR39" s="29"/>
     </row>
-    <row r="40" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B40" s="31">
         <v>25</v>
       </c>
       <c r="C40" s="9"/>
       <c r="D40" s="10"/>
       <c r="E40" s="11"/>
       <c r="F40" s="10"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
       <c r="I40" s="3"/>
       <c r="J40" s="12"/>
       <c r="K40" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L40" s="124"/>
       <c r="P40" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q40" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R40" s="35" t="str">
@@ -5410,51 +5420,51 @@
       </c>
       <c r="S40" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T40" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U40" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH40" s="29"/>
       <c r="AI40" s="29"/>
       <c r="AJ40" s="29"/>
       <c r="AK40" s="29"/>
       <c r="AL40" s="29"/>
       <c r="AM40" s="29"/>
       <c r="AN40" s="29"/>
       <c r="AO40" s="29"/>
       <c r="AP40" s="29"/>
       <c r="AQ40" s="29"/>
       <c r="AR40" s="29"/>
     </row>
-    <row r="41" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B41" s="31">
         <v>26</v>
       </c>
       <c r="C41" s="9"/>
       <c r="D41" s="10"/>
       <c r="E41" s="11"/>
       <c r="F41" s="10"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="12"/>
       <c r="K41" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L41" s="124"/>
       <c r="P41" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q41" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R41" s="35" t="str">
@@ -5463,51 +5473,51 @@
       </c>
       <c r="S41" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T41" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U41" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH41" s="29"/>
       <c r="AI41" s="29"/>
       <c r="AJ41" s="29"/>
       <c r="AK41" s="29"/>
       <c r="AL41" s="29"/>
       <c r="AM41" s="29"/>
       <c r="AN41" s="29"/>
       <c r="AO41" s="29"/>
       <c r="AP41" s="29"/>
       <c r="AQ41" s="29"/>
       <c r="AR41" s="29"/>
     </row>
-    <row r="42" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B42" s="31">
         <v>27</v>
       </c>
       <c r="C42" s="9"/>
       <c r="D42" s="10"/>
       <c r="E42" s="11"/>
       <c r="F42" s="10"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
       <c r="I42" s="3"/>
       <c r="J42" s="12"/>
       <c r="K42" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L42" s="124"/>
       <c r="P42" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q42" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R42" s="35" t="str">
@@ -5516,51 +5526,51 @@
       </c>
       <c r="S42" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T42" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U42" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH42" s="29"/>
       <c r="AI42" s="29"/>
       <c r="AJ42" s="29"/>
       <c r="AK42" s="29"/>
       <c r="AL42" s="29"/>
       <c r="AM42" s="29"/>
       <c r="AN42" s="29"/>
       <c r="AO42" s="29"/>
       <c r="AP42" s="29"/>
       <c r="AQ42" s="29"/>
       <c r="AR42" s="29"/>
     </row>
-    <row r="43" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B43" s="31">
         <v>28</v>
       </c>
       <c r="C43" s="9"/>
       <c r="D43" s="10"/>
       <c r="E43" s="11"/>
       <c r="F43" s="10"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="J43" s="12"/>
       <c r="K43" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L43" s="124"/>
       <c r="P43" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q43" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R43" s="35" t="str">
@@ -5569,51 +5579,51 @@
       </c>
       <c r="S43" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T43" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U43" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH43" s="29"/>
       <c r="AI43" s="29"/>
       <c r="AJ43" s="29"/>
       <c r="AK43" s="29"/>
       <c r="AL43" s="29"/>
       <c r="AM43" s="29"/>
       <c r="AN43" s="29"/>
       <c r="AO43" s="29"/>
       <c r="AP43" s="29"/>
       <c r="AQ43" s="29"/>
       <c r="AR43" s="29"/>
     </row>
-    <row r="44" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B44" s="31">
         <v>29</v>
       </c>
       <c r="C44" s="9"/>
       <c r="D44" s="10"/>
       <c r="E44" s="11"/>
       <c r="F44" s="10"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3"/>
       <c r="I44" s="3"/>
       <c r="J44" s="12"/>
       <c r="K44" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L44" s="124"/>
       <c r="P44" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q44" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R44" s="35" t="str">
@@ -5622,51 +5632,51 @@
       </c>
       <c r="S44" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T44" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U44" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH44" s="29"/>
       <c r="AI44" s="29"/>
       <c r="AJ44" s="29"/>
       <c r="AK44" s="29"/>
       <c r="AL44" s="29"/>
       <c r="AM44" s="29"/>
       <c r="AN44" s="29"/>
       <c r="AO44" s="29"/>
       <c r="AP44" s="29"/>
       <c r="AQ44" s="29"/>
       <c r="AR44" s="29"/>
     </row>
-    <row r="45" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B45" s="31">
         <v>30</v>
       </c>
       <c r="C45" s="9"/>
       <c r="D45" s="10"/>
       <c r="E45" s="11"/>
       <c r="F45" s="10"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="12"/>
       <c r="K45" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L45" s="124"/>
       <c r="P45" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q45" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R45" s="35" t="str">
@@ -5675,51 +5685,51 @@
       </c>
       <c r="S45" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T45" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U45" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH45" s="29"/>
       <c r="AI45" s="29"/>
       <c r="AJ45" s="29"/>
       <c r="AK45" s="29"/>
       <c r="AL45" s="29"/>
       <c r="AM45" s="29"/>
       <c r="AN45" s="29"/>
       <c r="AO45" s="29"/>
       <c r="AP45" s="29"/>
       <c r="AQ45" s="29"/>
       <c r="AR45" s="29"/>
     </row>
-    <row r="46" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B46" s="31">
         <v>31</v>
       </c>
       <c r="C46" s="9"/>
       <c r="D46" s="10"/>
       <c r="E46" s="11"/>
       <c r="F46" s="10"/>
       <c r="G46" s="3"/>
       <c r="H46" s="3"/>
       <c r="I46" s="3"/>
       <c r="J46" s="12"/>
       <c r="K46" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L46" s="124"/>
       <c r="P46" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q46" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R46" s="35" t="str">
@@ -5728,51 +5738,51 @@
       </c>
       <c r="S46" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T46" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U46" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH46" s="29"/>
       <c r="AI46" s="29"/>
       <c r="AJ46" s="29"/>
       <c r="AK46" s="29"/>
       <c r="AL46" s="29"/>
       <c r="AM46" s="29"/>
       <c r="AN46" s="29"/>
       <c r="AO46" s="29"/>
       <c r="AP46" s="29"/>
       <c r="AQ46" s="29"/>
       <c r="AR46" s="29"/>
     </row>
-    <row r="47" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B47" s="31">
         <v>32</v>
       </c>
       <c r="C47" s="9"/>
       <c r="D47" s="10"/>
       <c r="E47" s="11"/>
       <c r="F47" s="10"/>
       <c r="G47" s="3"/>
       <c r="H47" s="3"/>
       <c r="I47" s="3"/>
       <c r="J47" s="12"/>
       <c r="K47" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L47" s="124"/>
       <c r="P47" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q47" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R47" s="35" t="str">
@@ -5781,51 +5791,51 @@
       </c>
       <c r="S47" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T47" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U47" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH47" s="29"/>
       <c r="AI47" s="29"/>
       <c r="AJ47" s="29"/>
       <c r="AK47" s="29"/>
       <c r="AL47" s="29"/>
       <c r="AM47" s="29"/>
       <c r="AN47" s="29"/>
       <c r="AO47" s="29"/>
       <c r="AP47" s="29"/>
       <c r="AQ47" s="29"/>
       <c r="AR47" s="29"/>
     </row>
-    <row r="48" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B48" s="31">
         <v>33</v>
       </c>
       <c r="C48" s="9"/>
       <c r="D48" s="10"/>
       <c r="E48" s="11"/>
       <c r="F48" s="10"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="12"/>
       <c r="K48" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L48" s="124"/>
       <c r="P48" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q48" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R48" s="35" t="str">
@@ -5834,51 +5844,51 @@
       </c>
       <c r="S48" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T48" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U48" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH48" s="29"/>
       <c r="AI48" s="29"/>
       <c r="AJ48" s="29"/>
       <c r="AK48" s="29"/>
       <c r="AL48" s="29"/>
       <c r="AM48" s="29"/>
       <c r="AN48" s="29"/>
       <c r="AO48" s="29"/>
       <c r="AP48" s="29"/>
       <c r="AQ48" s="29"/>
       <c r="AR48" s="29"/>
     </row>
-    <row r="49" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B49" s="31">
         <v>34</v>
       </c>
       <c r="C49" s="9"/>
       <c r="D49" s="10"/>
       <c r="E49" s="11"/>
       <c r="F49" s="10"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="12"/>
       <c r="K49" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L49" s="124"/>
       <c r="P49" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q49" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R49" s="35" t="str">
@@ -5887,51 +5897,51 @@
       </c>
       <c r="S49" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T49" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U49" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH49" s="29"/>
       <c r="AI49" s="29"/>
       <c r="AJ49" s="29"/>
       <c r="AK49" s="29"/>
       <c r="AL49" s="29"/>
       <c r="AM49" s="29"/>
       <c r="AN49" s="29"/>
       <c r="AO49" s="29"/>
       <c r="AP49" s="29"/>
       <c r="AQ49" s="29"/>
       <c r="AR49" s="29"/>
     </row>
-    <row r="50" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B50" s="31">
         <v>35</v>
       </c>
       <c r="C50" s="9"/>
       <c r="D50" s="10"/>
       <c r="E50" s="11"/>
       <c r="F50" s="10"/>
       <c r="G50" s="3"/>
       <c r="H50" s="3"/>
       <c r="I50" s="3"/>
       <c r="J50" s="12"/>
       <c r="K50" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L50" s="124"/>
       <c r="P50" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q50" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R50" s="35" t="str">
@@ -5940,51 +5950,51 @@
       </c>
       <c r="S50" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T50" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U50" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH50" s="29"/>
       <c r="AI50" s="29"/>
       <c r="AJ50" s="29"/>
       <c r="AK50" s="29"/>
       <c r="AL50" s="29"/>
       <c r="AM50" s="29"/>
       <c r="AN50" s="29"/>
       <c r="AO50" s="29"/>
       <c r="AP50" s="29"/>
       <c r="AQ50" s="29"/>
       <c r="AR50" s="29"/>
     </row>
-    <row r="51" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B51" s="31">
         <v>36</v>
       </c>
       <c r="C51" s="9"/>
       <c r="D51" s="10"/>
       <c r="E51" s="11"/>
       <c r="F51" s="10"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3"/>
       <c r="I51" s="3"/>
       <c r="J51" s="12"/>
       <c r="K51" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L51" s="124"/>
       <c r="P51" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q51" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R51" s="35" t="str">
@@ -5993,51 +6003,51 @@
       </c>
       <c r="S51" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T51" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U51" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH51" s="29"/>
       <c r="AI51" s="29"/>
       <c r="AJ51" s="29"/>
       <c r="AK51" s="29"/>
       <c r="AL51" s="29"/>
       <c r="AM51" s="29"/>
       <c r="AN51" s="29"/>
       <c r="AO51" s="29"/>
       <c r="AP51" s="29"/>
       <c r="AQ51" s="29"/>
       <c r="AR51" s="29"/>
     </row>
-    <row r="52" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B52" s="31">
         <v>37</v>
       </c>
       <c r="C52" s="9"/>
       <c r="D52" s="10"/>
       <c r="E52" s="11"/>
       <c r="F52" s="10"/>
       <c r="G52" s="3"/>
       <c r="H52" s="3"/>
       <c r="I52" s="3"/>
       <c r="J52" s="12"/>
       <c r="K52" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L52" s="124"/>
       <c r="P52" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q52" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R52" s="35" t="str">
@@ -6046,51 +6056,51 @@
       </c>
       <c r="S52" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T52" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U52" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH52" s="29"/>
       <c r="AI52" s="29"/>
       <c r="AJ52" s="29"/>
       <c r="AK52" s="29"/>
       <c r="AL52" s="29"/>
       <c r="AM52" s="29"/>
       <c r="AN52" s="29"/>
       <c r="AO52" s="29"/>
       <c r="AP52" s="29"/>
       <c r="AQ52" s="29"/>
       <c r="AR52" s="29"/>
     </row>
-    <row r="53" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B53" s="31">
         <v>38</v>
       </c>
       <c r="C53" s="9"/>
       <c r="D53" s="10"/>
       <c r="E53" s="11"/>
       <c r="F53" s="10"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="12"/>
       <c r="K53" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L53" s="124"/>
       <c r="P53" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q53" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R53" s="35" t="str">
@@ -6099,51 +6109,51 @@
       </c>
       <c r="S53" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T53" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U53" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH53" s="29"/>
       <c r="AI53" s="29"/>
       <c r="AJ53" s="29"/>
       <c r="AK53" s="29"/>
       <c r="AL53" s="29"/>
       <c r="AM53" s="29"/>
       <c r="AN53" s="29"/>
       <c r="AO53" s="29"/>
       <c r="AP53" s="29"/>
       <c r="AQ53" s="29"/>
       <c r="AR53" s="29"/>
     </row>
-    <row r="54" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B54" s="31">
         <v>39</v>
       </c>
       <c r="C54" s="9"/>
       <c r="D54" s="10"/>
       <c r="E54" s="11"/>
       <c r="F54" s="10"/>
       <c r="G54" s="3"/>
       <c r="H54" s="3"/>
       <c r="I54" s="3"/>
       <c r="J54" s="12"/>
       <c r="K54" s="123" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L54" s="124"/>
       <c r="P54" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q54" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R54" s="35" t="str">
@@ -6152,51 +6162,51 @@
       </c>
       <c r="S54" s="33" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="T54" s="33" t="str">
         <f t="shared" si="6"/>
         <v>No</v>
       </c>
       <c r="U54" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH54" s="29"/>
       <c r="AI54" s="29"/>
       <c r="AJ54" s="29"/>
       <c r="AK54" s="29"/>
       <c r="AL54" s="29"/>
       <c r="AM54" s="29"/>
       <c r="AN54" s="29"/>
       <c r="AO54" s="29"/>
       <c r="AP54" s="29"/>
       <c r="AQ54" s="29"/>
       <c r="AR54" s="29"/>
     </row>
-    <row r="55" spans="2:44" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="2:44" ht="18" customHeight="1" thickBot="1">
       <c r="B55" s="32">
         <v>40</v>
       </c>
       <c r="C55" s="13"/>
       <c r="D55" s="14"/>
       <c r="E55" s="15"/>
       <c r="F55" s="14"/>
       <c r="G55" s="71"/>
       <c r="H55" s="71"/>
       <c r="I55" s="71"/>
       <c r="J55" s="16"/>
       <c r="K55" s="125" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L55" s="126"/>
       <c r="P55" s="34" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q55" s="34" t="str">
         <f t="shared" si="3"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="R55" s="35" t="str">
@@ -6214,536 +6224,536 @@
       <c r="U55" s="33" t="str">
         <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="AH55" s="29"/>
       <c r="AI55" s="29"/>
       <c r="AJ55" s="29" t="e">
         <f>AND(D55="",#REF!="")</f>
         <v>#REF!</v>
       </c>
       <c r="AK55" s="29" t="e">
         <f>AND(#REF!="",#REF!="",#REF!="")</f>
         <v>#REF!</v>
       </c>
       <c r="AL55" s="29" t="e">
         <f>AND(F55="",G55="",H55="",I55="",#REF!="",J55="")</f>
         <v>#REF!</v>
       </c>
       <c r="AM55" s="29"/>
       <c r="AN55" s="29"/>
       <c r="AO55" s="29"/>
       <c r="AP55" s="29"/>
       <c r="AQ55" s="29"/>
       <c r="AR55" s="29"/>
     </row>
-    <row r="56" spans="2:44" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:44" ht="69" customHeight="1">
       <c r="B56" s="114" t="s">
         <v>32</v>
       </c>
       <c r="C56" s="114"/>
       <c r="D56" s="114"/>
       <c r="E56" s="114"/>
       <c r="F56" s="114"/>
       <c r="G56" s="114"/>
       <c r="H56" s="114"/>
       <c r="I56" s="114"/>
       <c r="J56" s="114"/>
       <c r="K56" s="114"/>
       <c r="L56" s="114"/>
       <c r="P56" s="28"/>
       <c r="Q56" s="28"/>
       <c r="R56" s="28"/>
       <c r="S56" s="28"/>
       <c r="T56" s="30"/>
       <c r="AH56" s="29"/>
       <c r="AI56" s="29"/>
       <c r="AJ56" s="29"/>
       <c r="AK56" s="29"/>
       <c r="AL56" s="29"/>
       <c r="AM56" s="29"/>
       <c r="AN56" s="29"/>
       <c r="AO56" s="29"/>
       <c r="AP56" s="29"/>
       <c r="AQ56" s="29"/>
       <c r="AR56" s="29"/>
     </row>
-    <row r="57" spans="2:44" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="2:44" ht="9" customHeight="1">
       <c r="B57" s="30"/>
       <c r="C57" s="30"/>
       <c r="D57" s="30"/>
       <c r="E57" s="30"/>
       <c r="F57" s="30"/>
       <c r="G57" s="30"/>
       <c r="H57" s="30"/>
       <c r="I57" s="30"/>
       <c r="J57" s="30"/>
       <c r="K57" s="30"/>
       <c r="L57" s="30"/>
       <c r="O57"/>
       <c r="P57"/>
       <c r="Q57"/>
       <c r="R57"/>
       <c r="S57"/>
       <c r="T57"/>
       <c r="U57"/>
       <c r="V57"/>
       <c r="AH57" s="29"/>
       <c r="AI57" s="29"/>
       <c r="AJ57" s="29"/>
       <c r="AK57" s="29"/>
       <c r="AL57" s="29"/>
       <c r="AM57" s="29"/>
       <c r="AN57" s="29"/>
       <c r="AO57" s="29"/>
       <c r="AP57" s="29"/>
       <c r="AQ57" s="29"/>
       <c r="AR57" s="29"/>
     </row>
-    <row r="58" spans="2:44" x14ac:dyDescent="0.25">
+    <row r="58" spans="2:44">
       <c r="B58" s="25" t="s">
         <v>42</v>
       </c>
       <c r="O58"/>
       <c r="P58"/>
       <c r="Q58"/>
       <c r="R58"/>
       <c r="S58"/>
       <c r="T58"/>
       <c r="U58"/>
       <c r="V58"/>
       <c r="AH58" s="29"/>
       <c r="AI58" s="29"/>
       <c r="AJ58" s="29"/>
       <c r="AK58" s="29"/>
       <c r="AL58" s="29"/>
       <c r="AM58" s="29"/>
       <c r="AN58" s="29"/>
       <c r="AO58" s="29"/>
       <c r="AP58" s="29"/>
       <c r="AQ58" s="29"/>
       <c r="AR58" s="29"/>
     </row>
-    <row r="59" spans="2:44" x14ac:dyDescent="0.25">
+    <row r="59" spans="2:44">
       <c r="B59" s="17"/>
       <c r="C59" s="18"/>
       <c r="D59" s="18"/>
       <c r="E59" s="18"/>
       <c r="F59" s="18"/>
       <c r="G59" s="18"/>
       <c r="H59" s="18"/>
       <c r="I59" s="18"/>
       <c r="J59" s="18"/>
       <c r="K59" s="18"/>
       <c r="L59" s="19"/>
       <c r="M59" s="27"/>
       <c r="O59"/>
       <c r="P59"/>
       <c r="Q59"/>
       <c r="R59"/>
       <c r="S59"/>
       <c r="T59"/>
       <c r="U59"/>
       <c r="V59"/>
     </row>
-    <row r="60" spans="2:44" x14ac:dyDescent="0.25">
+    <row r="60" spans="2:44">
       <c r="B60" s="20"/>
       <c r="C60" s="1"/>
       <c r="D60" s="1"/>
       <c r="E60" s="1"/>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
       <c r="I60" s="1"/>
       <c r="J60" s="1"/>
       <c r="K60" s="1"/>
       <c r="L60" s="2"/>
       <c r="M60" s="27"/>
       <c r="O60"/>
       <c r="P60"/>
       <c r="Q60"/>
       <c r="R60"/>
       <c r="S60"/>
       <c r="T60"/>
       <c r="U60"/>
       <c r="V60"/>
     </row>
-    <row r="61" spans="2:44" x14ac:dyDescent="0.25">
+    <row r="61" spans="2:44">
       <c r="B61" s="20"/>
       <c r="C61" s="1"/>
       <c r="D61" s="1"/>
       <c r="E61" s="1"/>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
       <c r="I61" s="1"/>
       <c r="J61" s="1"/>
       <c r="K61" s="1"/>
       <c r="L61" s="2"/>
       <c r="M61" s="27"/>
       <c r="O61"/>
       <c r="P61"/>
       <c r="Q61"/>
       <c r="R61"/>
       <c r="S61"/>
       <c r="T61"/>
       <c r="U61"/>
       <c r="V61"/>
     </row>
-    <row r="62" spans="2:44" x14ac:dyDescent="0.25">
+    <row r="62" spans="2:44">
       <c r="B62" s="20"/>
       <c r="C62" s="1"/>
       <c r="D62" s="1"/>
       <c r="E62" s="1"/>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
       <c r="I62" s="1"/>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="2"/>
       <c r="M62" s="27"/>
       <c r="O62"/>
       <c r="P62"/>
       <c r="Q62"/>
       <c r="R62"/>
       <c r="S62"/>
       <c r="T62"/>
       <c r="U62"/>
       <c r="V62"/>
     </row>
-    <row r="63" spans="2:44" x14ac:dyDescent="0.25">
+    <row r="63" spans="2:44">
       <c r="B63" s="20"/>
       <c r="C63" s="1"/>
       <c r="D63" s="1"/>
       <c r="E63" s="1"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="2"/>
       <c r="M63" s="27"/>
       <c r="O63"/>
       <c r="P63"/>
       <c r="Q63"/>
       <c r="R63"/>
       <c r="S63"/>
       <c r="T63"/>
       <c r="U63"/>
       <c r="V63"/>
     </row>
-    <row r="64" spans="2:44" x14ac:dyDescent="0.25">
+    <row r="64" spans="2:44">
       <c r="B64" s="20"/>
       <c r="C64" s="1"/>
       <c r="D64" s="1"/>
       <c r="E64" s="1"/>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="2"/>
       <c r="M64" s="27"/>
       <c r="O64"/>
       <c r="P64"/>
       <c r="Q64"/>
       <c r="R64"/>
       <c r="S64"/>
       <c r="T64"/>
       <c r="U64"/>
       <c r="V64"/>
     </row>
-    <row r="65" spans="2:22" x14ac:dyDescent="0.25">
+    <row r="65" spans="2:22">
       <c r="B65" s="20"/>
       <c r="C65" s="1"/>
       <c r="D65" s="1"/>
       <c r="E65" s="1"/>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="2"/>
       <c r="M65" s="27"/>
       <c r="O65"/>
       <c r="P65"/>
       <c r="Q65"/>
       <c r="R65"/>
       <c r="S65"/>
       <c r="T65"/>
       <c r="U65"/>
       <c r="V65"/>
     </row>
-    <row r="66" spans="2:22" x14ac:dyDescent="0.25">
+    <row r="66" spans="2:22">
       <c r="B66" s="20"/>
       <c r="C66" s="1"/>
       <c r="D66" s="1"/>
       <c r="E66" s="1"/>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="2"/>
       <c r="M66" s="27"/>
       <c r="O66"/>
       <c r="P66"/>
       <c r="Q66"/>
       <c r="R66"/>
       <c r="S66"/>
       <c r="T66"/>
       <c r="U66"/>
       <c r="V66"/>
     </row>
-    <row r="67" spans="2:22" x14ac:dyDescent="0.25">
+    <row r="67" spans="2:22">
       <c r="B67" s="20"/>
       <c r="C67" s="1"/>
       <c r="D67" s="1"/>
       <c r="E67" s="1"/>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="2"/>
       <c r="M67" s="27"/>
       <c r="O67"/>
       <c r="P67"/>
       <c r="Q67"/>
       <c r="R67"/>
       <c r="S67"/>
       <c r="T67"/>
       <c r="U67"/>
       <c r="V67"/>
     </row>
-    <row r="68" spans="2:22" x14ac:dyDescent="0.25">
+    <row r="68" spans="2:22">
       <c r="B68" s="20"/>
       <c r="C68" s="1"/>
       <c r="D68" s="1"/>
       <c r="E68" s="1"/>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="2"/>
       <c r="M68" s="27"/>
       <c r="O68"/>
       <c r="P68"/>
       <c r="Q68"/>
       <c r="R68"/>
       <c r="S68"/>
       <c r="T68"/>
       <c r="U68"/>
       <c r="V68"/>
     </row>
-    <row r="69" spans="2:22" x14ac:dyDescent="0.25">
+    <row r="69" spans="2:22">
       <c r="B69" s="20"/>
       <c r="C69" s="1"/>
       <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
       <c r="I69" s="1"/>
       <c r="J69" s="1"/>
       <c r="K69" s="1"/>
       <c r="L69" s="2"/>
       <c r="M69" s="27"/>
       <c r="O69"/>
       <c r="P69"/>
       <c r="Q69"/>
       <c r="R69"/>
       <c r="S69"/>
       <c r="T69"/>
       <c r="U69"/>
       <c r="V69"/>
     </row>
-    <row r="70" spans="2:22" x14ac:dyDescent="0.25">
+    <row r="70" spans="2:22">
       <c r="B70" s="20"/>
       <c r="C70" s="1"/>
       <c r="D70" s="1"/>
       <c r="E70" s="1"/>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
       <c r="I70" s="1"/>
       <c r="J70" s="1"/>
       <c r="K70" s="1"/>
       <c r="L70" s="2"/>
       <c r="M70" s="27"/>
       <c r="O70"/>
       <c r="P70"/>
       <c r="Q70"/>
       <c r="R70"/>
       <c r="S70"/>
       <c r="T70"/>
       <c r="U70"/>
       <c r="V70"/>
     </row>
-    <row r="71" spans="2:22" x14ac:dyDescent="0.25">
+    <row r="71" spans="2:22">
       <c r="B71" s="20"/>
       <c r="C71" s="1"/>
       <c r="D71" s="1"/>
       <c r="E71" s="1"/>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
       <c r="I71" s="1"/>
       <c r="J71" s="1"/>
       <c r="K71" s="1"/>
       <c r="L71" s="2"/>
       <c r="M71" s="27"/>
       <c r="O71"/>
       <c r="P71"/>
       <c r="Q71"/>
       <c r="R71"/>
       <c r="S71"/>
       <c r="T71"/>
       <c r="U71"/>
       <c r="V71"/>
     </row>
-    <row r="72" spans="2:22" x14ac:dyDescent="0.25">
+    <row r="72" spans="2:22">
       <c r="B72" s="20"/>
       <c r="C72" s="1"/>
       <c r="D72" s="1"/>
       <c r="E72" s="1"/>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
       <c r="I72" s="1"/>
       <c r="J72" s="1"/>
       <c r="K72" s="1"/>
       <c r="L72" s="2"/>
       <c r="M72" s="27"/>
       <c r="O72"/>
       <c r="P72"/>
       <c r="Q72"/>
       <c r="R72"/>
       <c r="S72"/>
       <c r="T72"/>
       <c r="U72"/>
       <c r="V72"/>
     </row>
-    <row r="73" spans="2:22" x14ac:dyDescent="0.25">
+    <row r="73" spans="2:22">
       <c r="B73" s="20"/>
       <c r="C73" s="1"/>
       <c r="D73" s="1"/>
       <c r="E73" s="1"/>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
       <c r="I73" s="1"/>
       <c r="J73" s="1"/>
       <c r="K73" s="1"/>
       <c r="L73" s="2"/>
       <c r="M73" s="27"/>
       <c r="O73"/>
       <c r="P73"/>
       <c r="Q73"/>
       <c r="R73"/>
       <c r="S73"/>
       <c r="T73"/>
       <c r="U73"/>
       <c r="V73"/>
     </row>
-    <row r="74" spans="2:22" x14ac:dyDescent="0.25">
+    <row r="74" spans="2:22">
       <c r="B74" s="20"/>
       <c r="C74" s="1"/>
       <c r="D74" s="1"/>
       <c r="E74" s="1"/>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
       <c r="I74" s="1"/>
       <c r="J74" s="1"/>
       <c r="K74" s="1"/>
       <c r="L74" s="2"/>
       <c r="M74" s="27"/>
       <c r="O74"/>
       <c r="P74"/>
       <c r="Q74"/>
       <c r="R74"/>
       <c r="S74"/>
       <c r="T74"/>
       <c r="U74"/>
       <c r="V74"/>
     </row>
-    <row r="75" spans="2:22" x14ac:dyDescent="0.25">
+    <row r="75" spans="2:22">
       <c r="B75" s="20"/>
       <c r="C75" s="1"/>
       <c r="D75" s="1"/>
       <c r="E75" s="1"/>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
       <c r="I75" s="1"/>
       <c r="J75" s="1"/>
       <c r="K75" s="1"/>
       <c r="L75" s="2"/>
       <c r="M75" s="27"/>
       <c r="O75"/>
       <c r="P75"/>
       <c r="Q75"/>
       <c r="R75"/>
       <c r="S75"/>
       <c r="T75"/>
       <c r="U75"/>
       <c r="V75"/>
     </row>
-    <row r="76" spans="2:22" x14ac:dyDescent="0.25">
+    <row r="76" spans="2:22">
       <c r="B76" s="21"/>
       <c r="C76" s="22"/>
       <c r="D76" s="22"/>
       <c r="E76" s="22"/>
       <c r="F76" s="22"/>
       <c r="G76" s="22"/>
       <c r="H76" s="22"/>
       <c r="I76" s="22"/>
       <c r="J76" s="22"/>
       <c r="K76" s="22"/>
       <c r="L76" s="23"/>
       <c r="M76" s="27"/>
       <c r="O76"/>
       <c r="P76"/>
       <c r="Q76"/>
       <c r="R76"/>
       <c r="S76"/>
       <c r="T76"/>
       <c r="U76"/>
       <c r="V76"/>
     </row>
-    <row r="77" spans="2:22" x14ac:dyDescent="0.25">
+    <row r="77" spans="2:22">
       <c r="L77" s="24" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O77"/>
       <c r="P77"/>
       <c r="Q77"/>
       <c r="R77"/>
       <c r="S77"/>
       <c r="T77"/>
       <c r="U77"/>
       <c r="V77"/>
     </row>
   </sheetData>
   <dataConsolidate/>
   <mergeCells count="49">
     <mergeCell ref="K53:L53"/>
     <mergeCell ref="K54:L54"/>
     <mergeCell ref="K55:L55"/>
     <mergeCell ref="K47:L47"/>
     <mergeCell ref="K48:L48"/>
     <mergeCell ref="K49:L49"/>
     <mergeCell ref="K50:L50"/>
     <mergeCell ref="K51:L51"/>
     <mergeCell ref="K43:L43"/>
     <mergeCell ref="K44:L44"/>
     <mergeCell ref="K45:L45"/>
     <mergeCell ref="K46:L46"/>
@@ -7024,100 +7034,106 @@
   </ignoredErrors>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{5DC7A7F3-67BF-4E95-A881-6F486290A7D2}">
           <x14:formula1>
             <xm:f>Sheet1!$A$2:$A$7</xm:f>
           </x14:formula1>
           <xm:sqref>C4</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D3F68EDD-8137-49A6-81D5-F562F89FD5F1}">
   <dimension ref="A1:C7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>13</v>
       </c>
       <c r="C1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">