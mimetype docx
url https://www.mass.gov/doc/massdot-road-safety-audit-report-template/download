--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -1,6559 +1,6696 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00E06116" w:rsidRDefault="005A473A" w:rsidP="00E06116">
+    <w:p w14:paraId="672A6659" w14:textId="218B9F0E" w:rsidR="005A473A" w:rsidRDefault="005A473A" w:rsidP="00826798">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A9767A1" wp14:editId="7D6F7D9A">
-[...1 lines deleted...]
-                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A9767A1" wp14:editId="7551BE48">
+                <wp:extent cx="5943600" cy="1725283"/>
+                <wp:effectExtent l="0" t="0" r="0" b="8890"/>
                 <wp:docPr id="18" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5943600" cy="419219"/>
+                          <a:ext cx="5943600" cy="1725283"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
-                          <a:srgbClr val="00FFFF"/>
+                          <a:srgbClr val="FFFF00"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="005A473A" w:rsidRPr="00D031B8" w:rsidRDefault="005A473A" w:rsidP="005A473A">
+                          <w:p w14:paraId="09355813" w14:textId="77777777" w:rsidR="00826798" w:rsidRPr="00826798" w:rsidRDefault="005A473A" w:rsidP="005A473A">
                             <w:pPr>
                               <w:rPr>
-                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00826798">
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">NOTE: </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00826798" w:rsidRPr="00826798">
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>To meet Commonwealth requirements on accessible documentation, please utilize</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="355E2AC7" w14:textId="77777777" w:rsidR="00826798" w:rsidRPr="00826798" w:rsidRDefault="00826798" w:rsidP="00826798">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="18"/>
+                              </w:numPr>
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00826798">
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">the </w:t>
+                            </w:r>
+                            <w:r w:rsidR="005A473A" w:rsidRPr="00826798">
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:hyperlink r:id="rId8" w:history="1">
+                              <w:r w:rsidRPr="00826798">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:bCs/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t>Microsoft Word Document Accessibility Testing Checklist</w:t>
+                              </w:r>
+                            </w:hyperlink>
+                            <w:r w:rsidRPr="00826798">
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> and </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="670204F5" w14:textId="693F1D91" w:rsidR="00826798" w:rsidRPr="00826798" w:rsidRDefault="00826798" w:rsidP="00826798">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="18"/>
+                              </w:numPr>
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00826798">
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">the Commonwealth’s guidance on </w:t>
+                            </w:r>
+                            <w:hyperlink r:id="rId9" w:anchor="accessibility-in-word" w:history="1">
+                              <w:r w:rsidRPr="00826798">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:bCs/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t>Making Accessible Word Documents for PDF Export</w:t>
+                              </w:r>
+                            </w:hyperlink>
+                          </w:p>
+                          <w:p w14:paraId="362AE9B0" w14:textId="77777777" w:rsidR="00826798" w:rsidRPr="00826798" w:rsidRDefault="00826798" w:rsidP="005A473A">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="59EFBEEA" w14:textId="77777777" w:rsidR="00826798" w:rsidRPr="00826798" w:rsidRDefault="00826798" w:rsidP="005A473A">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00826798">
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Additional tips are provided in </w:t>
+                            </w:r>
+                            <w:r w:rsidR="005A473A" w:rsidRPr="00826798">
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>highlighted text</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00826798">
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> within this document</w:t>
+                            </w:r>
+                            <w:r w:rsidR="005A473A" w:rsidRPr="00826798">
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7829971C" w14:textId="77777777" w:rsidR="00826798" w:rsidRPr="00826798" w:rsidRDefault="00826798" w:rsidP="005A473A">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="53841AEF" w14:textId="5D7BF9C3" w:rsidR="005A473A" w:rsidRPr="00826798" w:rsidRDefault="005A473A" w:rsidP="005A473A">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00826798">
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Please delete these notes prior to finalizing the document.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="140CF08A" w14:textId="40867E90" w:rsidR="00C27ED1" w:rsidRPr="00054E77" w:rsidRDefault="00C27ED1" w:rsidP="005A473A">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00D031B8">
-[...14 lines deleted...]
-                            </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="5A9767A1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:468pt;height:33pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4jFiBIAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuGyEQfa/Uf0C813upncYrr6PUqatK&#10;6UVK+gEsy3pRgaGAvet+fQbWcdz2rSoPiGFmDmfODKubUStyEM5LMDUtZjklwnBopdnV9Pvj9s01&#10;JT4w0zIFRtT0KDy9Wb9+tRpsJUroQbXCEQQxvhpsTfsQbJVlnvdCMz8DKww6O3CaBTTdLmsdGxBd&#10;q6zM86tsANdaB1x4j7d3k5OuE37XCR6+dp0XgaiaIreQdpf2Ju7ZesWqnWO2l/xEg/0DC82kwUfP&#10;UHcsMLJ38i8oLbkDD12YcdAZdJ3kItWA1RT5H9U89MyKVAuK4+1ZJv//YPmXwzdHZIu9w04ZprFH&#10;j2IM5D2MpIzyDNZXGPVgMS6MeI2hqVRv74H/8MTApmdmJ26dg6EXrEV6RczMLlInHB9BmuEztPgM&#10;2wdIQGPndNQO1SCIjm06nlsTqXC8XCznb69ydHH0zYtlWSzTE6x6zrbOh48CNImHmjpsfUJnh3sf&#10;IhtWPYfExzwo2W6lUslwu2ajHDmwOCb5FtcJ/bcwZchQ0+WiXCRkAzE/TZCWAcdYSV3T6zyumM6q&#10;qMYH06ZzYFJNZ2SizEmeqMikTRibEQOjZg20RxTKwTSu+L3w0IP7RcmAo1pT/3PPnKBEfTIo9rKY&#10;z+NsJ2O+eFei4S49zaWHGY5QNQ2UTMdNSP8h8jVwi03pZNLrhcmJK45gkvH0XeKMX9op6uVTr58A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA8Iwu62AAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMw&#10;EITvSLyDtUjcqMOPojTEqaoKJK6USlzdeOtE2OsodtP47Vm4wGVXo1nNftNsFu/EjFMcAim4XxUg&#10;kLpgBrIKDh+vdxWImDQZ7QKhgowRNu31VaNrEy70jvM+WcEhFGutoE9prKWMXY9ex1UYkdg7hcnr&#10;xHKy0kz6wuHeyYeiKKXXA/GHXo+467H72p+9gs+867b54F7sqXub87qqsn2KSt3eLNtnEAmX9HcM&#10;P/iMDi0zHcOZTBROARdJv5O99WPJ8qig5C3bRv6Hb78BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEA+IxYgSACAAAcBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAPCMLutgAAAAEAQAADwAAAAAAAAAAAAAAAAB6BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" fillcolor="aqua" stroked="f">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:468pt;height:135.85pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCjwi48EAIAAPcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJkzYx4hRdugwD&#10;ugvQ7QNkWY6FyaJGKbG7rx8lp2m2vQ3TgyCK1CF5eLS+HTrDjgq9Blvy6STnTFkJtbb7kn/7unuz&#10;5MwHYWthwKqSPynPbzevX617V6gZtGBqhYxArC96V/I2BFdkmZet6oSfgFOWnA1gJwKZuM9qFD2h&#10;dyab5fl11gPWDkEq7+n2fnTyTcJvGiXD56bxKjBTcqotpB3TXsU926xFsUfhWi1PZYh/qKIT2lLS&#10;M9S9CIIdUP8F1WmJ4KEJEwldBk2jpUo9UDfT/I9uHlvhVOqFyPHuTJP/f7Dy0/HRfUEWhrcw0ABT&#10;E949gPzumYVtK+xe3SFC3ypRU+JppCzrnS9OTyPVvvARpOo/Qk1DFocACWhosIusUJ+M0GkAT2fS&#10;1RCYpMvFan51nZNLkm96M1vMllcphyienzv04b2CjsVDyZGmmuDF8cGHWI4onkNiNg9G1zttTDJw&#10;X20NsqMgBexoUarxyW9hxrK+5KvFbJGQLcT3SRydDqRQo7uSL/O4Rs1EOt7ZOoUEoc14pkqMPfET&#10;KRnJCUM1UGDkqYL6iZhCGJVIP4cOLeBPznpSYcn9j4NAxZn5YInt1XQ+j7JNxnxxMyMDLz3VpUdY&#10;SVAlD5yNx21IUo88WLijqTQ68fVSyalWUlei8fQTonwv7RT18l83vwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAGIT63bZAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyokyLFkMap&#10;UAUHbv3hAbbxkrjE6xC7TXh7DBe4jDSa1cy31Xp2vbjQGKxnDfkiA0HceGO51fB2eLl7ABEissHe&#10;M2n4ogDr+vqqwtL4iXd02cdWpBIOJWroYhxKKUPTkcOw8ANxyt796DAmO7bSjDilctfLZZYV0qHl&#10;tNDhQJuOmo/92WlQ1my2U7M7PW9fP0db5AqtUlrf3sxPKxCR5vh3DD/4CR3qxHT0ZzZB9BrSI/FX&#10;U/Z4XyR71LBUuQJZV/I/ff0NAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAo8IuPBACAAD3&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAYhPrdtkA&#10;AAAFAQAADwAAAAAAAAAAAAAAAABqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" fillcolor="yellow" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="005A473A" w:rsidRPr="00D031B8" w:rsidRDefault="005A473A" w:rsidP="005A473A">
+                    <w:p w14:paraId="09355813" w14:textId="77777777" w:rsidR="00826798" w:rsidRPr="00826798" w:rsidRDefault="005A473A" w:rsidP="005A473A">
                       <w:pPr>
                         <w:rPr>
-                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00826798">
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">NOTE: </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00826798" w:rsidRPr="00826798">
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>To meet Commonwealth requirements on accessible documentation, please utilize</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="355E2AC7" w14:textId="77777777" w:rsidR="00826798" w:rsidRPr="00826798" w:rsidRDefault="00826798" w:rsidP="00826798">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="18"/>
+                        </w:numPr>
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00826798">
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">the </w:t>
+                      </w:r>
+                      <w:r w:rsidR="005A473A" w:rsidRPr="00826798">
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:hyperlink r:id="rId10" w:history="1">
+                        <w:r w:rsidRPr="00826798">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:bCs/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t>Microsoft Word Document Accessibility Testing Checklist</w:t>
+                        </w:r>
+                      </w:hyperlink>
+                      <w:r w:rsidRPr="00826798">
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> and </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="670204F5" w14:textId="693F1D91" w:rsidR="00826798" w:rsidRPr="00826798" w:rsidRDefault="00826798" w:rsidP="00826798">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="18"/>
+                        </w:numPr>
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00826798">
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">the Commonwealth’s guidance on </w:t>
+                      </w:r>
+                      <w:hyperlink r:id="rId11" w:anchor="accessibility-in-word" w:history="1">
+                        <w:r w:rsidRPr="00826798">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:bCs/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t>Making Accessible Word Documents for PDF Export</w:t>
+                        </w:r>
+                      </w:hyperlink>
+                    </w:p>
+                    <w:p w14:paraId="362AE9B0" w14:textId="77777777" w:rsidR="00826798" w:rsidRPr="00826798" w:rsidRDefault="00826798" w:rsidP="005A473A">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="59EFBEEA" w14:textId="77777777" w:rsidR="00826798" w:rsidRPr="00826798" w:rsidRDefault="00826798" w:rsidP="005A473A">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00826798">
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Additional tips are provided in </w:t>
+                      </w:r>
+                      <w:r w:rsidR="005A473A" w:rsidRPr="00826798">
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>highlighted text</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00826798">
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> within this document</w:t>
+                      </w:r>
+                      <w:r w:rsidR="005A473A" w:rsidRPr="00826798">
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7829971C" w14:textId="77777777" w:rsidR="00826798" w:rsidRPr="00826798" w:rsidRDefault="00826798" w:rsidP="005A473A">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="53841AEF" w14:textId="5D7BF9C3" w:rsidR="005A473A" w:rsidRPr="00826798" w:rsidRDefault="005A473A" w:rsidP="005A473A">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00826798">
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>Please delete these notes prior to finalizing the document.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="140CF08A" w14:textId="40867E90" w:rsidR="00C27ED1" w:rsidRPr="00054E77" w:rsidRDefault="00C27ED1" w:rsidP="005A473A">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00D031B8">
-[...14 lines deleted...]
-                      </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A473A" w:rsidRDefault="005A473A" w:rsidP="00510A07">
-[...114 lines deleted...]
-    <w:p w:rsidR="00E06116" w:rsidRDefault="00E06116" w:rsidP="00E06116">
+    <w:p w14:paraId="6594BBD1" w14:textId="77777777" w:rsidR="00A80E7A" w:rsidRPr="00163AF7" w:rsidRDefault="00A80E7A" w:rsidP="00163AF7">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc212123496"/>
+      <w:r w:rsidRPr="00163AF7">
+        <w:t>ROAD SAFETY AUDIT</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="15F61BBE" w14:textId="77777777" w:rsidR="00A80E7A" w:rsidRPr="00163AF7" w:rsidRDefault="00A80E7A" w:rsidP="00163AF7">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00163AF7">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[Audit Location]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D930132" w14:textId="77777777" w:rsidR="00A80E7A" w:rsidRPr="00163AF7" w:rsidRDefault="00A80E7A" w:rsidP="00163AF7">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00163AF7">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Municipality of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00163AF7">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[Name]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C5E9164" w14:textId="2BA1A558" w:rsidR="00A80E7A" w:rsidRPr="00163AF7" w:rsidRDefault="00A80E7A" w:rsidP="00163AF7">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00163AF7">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[Date]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0395987F" w14:textId="77777777" w:rsidR="00826798" w:rsidRDefault="00826798" w:rsidP="00826798"/>
+    <w:p w14:paraId="3EAA040E" w14:textId="77777777" w:rsidR="00E06116" w:rsidRDefault="00E06116" w:rsidP="00E06116">
       <w:pPr>
         <w:pStyle w:val="RSAReportCoverText"/>
       </w:pPr>
       <w:r>
         <w:t>Prepared For:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E06116" w:rsidRDefault="009E2CB3" w:rsidP="00E06116">
+    <w:p w14:paraId="281A2C6A" w14:textId="77777777" w:rsidR="00E06116" w:rsidRDefault="009E2CB3" w:rsidP="00E06116">
       <w:pPr>
         <w:pStyle w:val="RSAReportCoverText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251688448" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34B94F03" wp14:editId="4418F2AB">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34B94F03" wp14:editId="4418F2AB">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4067175</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>305435</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1965960" cy="442595"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="16" name="Picture 16" descr="massDOT logo"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\gsousa\Desktop\image placeholder.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9">
+                    <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1965960" cy="442595"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00E06116">
         <w:t>MassDOT</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E06116" w:rsidRDefault="00E06116" w:rsidP="00E06116">
+    <w:p w14:paraId="5DAB6C7B" w14:textId="77777777" w:rsidR="00E06116" w:rsidRDefault="00E06116" w:rsidP="00E06116">
       <w:pPr>
         <w:pStyle w:val="RSAReportCoverText"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E06116" w:rsidRDefault="00E06116" w:rsidP="00E06116">
+    <w:p w14:paraId="37AC4C49" w14:textId="77777777" w:rsidR="00E06116" w:rsidRDefault="00E06116" w:rsidP="00E06116">
       <w:pPr>
         <w:pStyle w:val="RSAReportCoverText"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> On Behalf Of:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E06116" w:rsidRDefault="001F612B" w:rsidP="00E06116">
+    <w:p w14:paraId="762A210A" w14:textId="57C566D8" w:rsidR="00E06116" w:rsidRDefault="001F612B" w:rsidP="00E06116">
       <w:pPr>
         <w:pStyle w:val="RSAReportCoverText"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00F93823">
         <w:rPr>
           <w:noProof/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684352" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C225607" wp14:editId="1C4AFE19">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C225607" wp14:editId="1C4AFE19">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3771900</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>261620</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2295525" cy="513715"/>
             <wp:effectExtent l="0" t="0" r="9525" b="635"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="15" name="Picture 15" descr="logo description"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\gsousa\Desktop\image placeholder.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10">
+                    <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2295525" cy="513715"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00E06116">
+      <w:r w:rsidR="00F93823" w:rsidRPr="00F93823">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00E06116" w:rsidRPr="00F93823">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t>Client</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00E06116" w:rsidRPr="00D24837" w:rsidRDefault="009411C4" w:rsidP="00E06116">
+      <w:r w:rsidR="00F93823" w:rsidRPr="00F93823">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Name]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29D6B04F" w14:textId="77777777" w:rsidR="00E06116" w:rsidRPr="00D24837" w:rsidRDefault="009411C4" w:rsidP="00E06116">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E06116" w:rsidRDefault="00E06116" w:rsidP="00E06116">
+    <w:p w14:paraId="16C8E936" w14:textId="77777777" w:rsidR="00E06116" w:rsidRDefault="00E06116" w:rsidP="00E06116">
       <w:pPr>
         <w:pStyle w:val="RSAReportCoverText"/>
       </w:pPr>
       <w:r>
         <w:t>Prepared By:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E06116" w:rsidRDefault="00E06116" w:rsidP="00E06116">
+    <w:p w14:paraId="0594955B" w14:textId="2222E854" w:rsidR="00E06116" w:rsidRDefault="00F93823" w:rsidP="00E06116">
       <w:pPr>
         <w:pStyle w:val="RSAReportCoverText"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00F93823">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00E06116" w:rsidRPr="00F93823">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t>Company</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00E06116" w:rsidRDefault="009E2CB3" w:rsidP="009411C4">
+      <w:r w:rsidRPr="00F93823">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Name]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39F135DA" w14:textId="380EA1C7" w:rsidR="00E06116" w:rsidRDefault="009E2CB3" w:rsidP="009411C4">
       <w:pPr>
         <w:pStyle w:val="RSAReportCoverText"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00F93823">
         <w:rPr>
           <w:noProof/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686400" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0402B75D" wp14:editId="774119B0">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0402B75D" wp14:editId="774119B0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3705225</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>259715</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2295525" cy="513715"/>
             <wp:effectExtent l="0" t="0" r="9525" b="635"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="9" name="Picture 9" descr="logo description"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\gsousa\Desktop\image placeholder.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10">
+                    <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2295525" cy="513715"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00E06116">
+      <w:r w:rsidR="00F93823" w:rsidRPr="00F93823">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Company </w:t>
+      </w:r>
+      <w:r w:rsidR="00E06116" w:rsidRPr="00F93823">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t>Address</w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00F93823" w:rsidRPr="00F93823">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:highlight w:val="cyan"/>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67388C20" w14:textId="77777777" w:rsidR="00163AF7" w:rsidRDefault="00163AF7" w:rsidP="00E06116">
+      <w:pPr>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D149CA3" w14:textId="324DA17A" w:rsidR="00E06116" w:rsidRDefault="00E06116" w:rsidP="00E06116">
+      <w:r w:rsidRPr="00F93823">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>NOTE: PLEASE DO NOT DELETE THE PAGE BREAK THAT FOLLOWS THIS PARAGRAPH.  IT INTRODUCES A NEW SECTION AND FORMAT.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+    <w:p w14:paraId="6A05A809" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
       <w:pPr>
         <w:pStyle w:val="RSAReportTableofContentsTitle"/>
-        <w:sectPr w:rsidR="00257B22" w:rsidSect="00D031B8">
-[...1 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId12"/>
+        <w:sectPr w:rsidR="00257B22" w:rsidSect="00EF5A9A">
+          <w:headerReference w:type="default" r:id="rId14"/>
+          <w:footerReference w:type="default" r:id="rId15"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1260" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
-[...1 lines deleted...]
-        <w:pStyle w:val="RSAReportTableofContentsTitle"/>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:id w:val="857931462"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Table of Contents"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:p w14:paraId="47F036F4" w14:textId="60222926" w:rsidR="009756B0" w:rsidRDefault="009756B0" w:rsidP="002A77D8">
+          <w:pPr>
+            <w:pStyle w:val="TOCHeading"/>
+          </w:pPr>
+          <w:r>
+            <w:t xml:space="preserve">Table of </w:t>
+          </w:r>
+          <w:r w:rsidRPr="002A77D8">
+            <w:t>Contents</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="5477E808" w14:textId="45E61FE3" w:rsidR="009756B0" w:rsidRDefault="009756B0">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r>
+            <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:hyperlink w:anchor="_Toc212123496" w:history="1">
+            <w:r w:rsidRPr="00123766">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>ROAD SAFETY AUDIT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc212123496 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="170D6A8D" w14:textId="57488325" w:rsidR="009756B0" w:rsidRDefault="009756B0">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc212123497" w:history="1">
+            <w:r w:rsidRPr="00123766">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Background</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc212123497 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="78BD6F6C" w14:textId="7BDCCBA2" w:rsidR="009756B0" w:rsidRDefault="009756B0">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc212123498" w:history="1">
+            <w:r w:rsidRPr="00123766">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>RSA Process</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc212123498 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="16687806" w14:textId="34E5B549" w:rsidR="009756B0" w:rsidRDefault="009756B0">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc212123499" w:history="1">
+            <w:r w:rsidRPr="00123766">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Project Location and Description</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc212123499 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="40D14656" w14:textId="2394C728" w:rsidR="009756B0" w:rsidRDefault="009756B0">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc212123500" w:history="1">
+            <w:r w:rsidRPr="00123766">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Project Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc212123500 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="37842803" w14:textId="7BD30FC9" w:rsidR="009756B0" w:rsidRDefault="009756B0">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc212123501" w:history="1">
+            <w:r w:rsidRPr="00123766">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Audit Observations and Potential Safety Enhancements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc212123501 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="63FFBB9A" w14:textId="1AF873E8" w:rsidR="009756B0" w:rsidRDefault="009756B0">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc212123502" w:history="1">
+            <w:r w:rsidRPr="00123766">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Safety Issue #X: Issue Heading (Example: Traffic Signal Operations, Speeding, Pedestrian &amp; Bicycle Accommodations, etc.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc212123502 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="64CCEBD8" w14:textId="70055362" w:rsidR="009756B0" w:rsidRDefault="009756B0">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc212123503" w:history="1">
+            <w:r w:rsidRPr="00123766">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Summary of Road Safety Audit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc212123503 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6579075B" w14:textId="175CD9F4" w:rsidR="009756B0" w:rsidRDefault="009756B0">
+          <w:r>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="5A39BBE3" w14:textId="77777777" w:rsidR="005B5C98" w:rsidRDefault="005B5C98"/>
+    <w:p w14:paraId="04B2B76E" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="003C6210">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...23 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+        <w:t>List of Appendices</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BBAD763" w14:textId="65D6DAE2" w:rsidR="00BE14B8" w:rsidRDefault="00257B22">
+      <w:pPr>
+        <w:pStyle w:val="TableofFigures"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
+        <w:instrText xml:space="preserve"> TOC \n \h \z \t "RSA Report Appendix Cover Page" \c </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc418579693" w:history="1">
-        <w:r w:rsidR="003D6067" w:rsidRPr="00AF62E9">
+      <w:hyperlink w:anchor="_Toc214356706" w:history="1">
+        <w:r w:rsidR="00BE14B8" w:rsidRPr="0021013A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Background</w:t>
+          <w:t>Appendix A.</w:t>
         </w:r>
-        <w:r w:rsidR="003D6067">
+        <w:r w:rsidR="00BE14B8">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:sz w:val="24"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="00BE14B8" w:rsidRPr="0021013A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>RSA Meeting Agenda</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="59E5DE5C" w14:textId="27693808" w:rsidR="00BE14B8" w:rsidRDefault="00BE14B8">
+      <w:pPr>
+        <w:pStyle w:val="TableofFigures"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc214356707" w:history="1">
+        <w:r w:rsidRPr="0021013A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Appendix B.</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:sz w:val="24"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="0021013A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>RSA Audit Team Contact List</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="629050C0" w14:textId="6A886182" w:rsidR="00BE14B8" w:rsidRDefault="00BE14B8">
+      <w:pPr>
+        <w:pStyle w:val="TableofFigures"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc214356708" w:history="1">
+        <w:r w:rsidRPr="0021013A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Appendix C.</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:sz w:val="24"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="0021013A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>FHWA Office of Safety Proven Safety Countermeasure</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5576D414" w14:textId="79AF7EB8" w:rsidR="00BE14B8" w:rsidRDefault="00BE14B8">
+      <w:pPr>
+        <w:pStyle w:val="TableofFigures"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc214356709" w:history="1">
+        <w:r w:rsidRPr="0021013A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Appendix D.</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:sz w:val="24"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="0021013A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Crash Data Summary</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4AB2E68C" w14:textId="1A70FE7D" w:rsidR="00BE14B8" w:rsidRDefault="00BE14B8">
+      <w:pPr>
+        <w:pStyle w:val="TableofFigures"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc214356710" w:history="1">
+        <w:r w:rsidRPr="0021013A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Appendix E.</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:sz w:val="24"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="0021013A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Additional Information</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="72A3D3EC" w14:textId="4C43562F" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+      <w:pPr>
+        <w:pStyle w:val="TableofFigures"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2650E3BD" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="003C6210">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>List of Figures</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6891BEE0" w14:textId="668F5939" w:rsidR="006B790F" w:rsidRDefault="005B5C98">
+      <w:pPr>
+        <w:pStyle w:val="TableofFigures"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TOC \h \z \c "Figure" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:hyperlink w:anchor="_Toc212098622" w:history="1">
+        <w:r w:rsidR="006B790F" w:rsidRPr="003B62D5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Figure 1: Locus Map</w:t>
+        </w:r>
+        <w:r w:rsidR="006B790F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="003D6067">
+        <w:r w:rsidR="006B790F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="003D6067">
+        <w:r w:rsidR="006B790F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc418579693 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212098622 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="003D6067">
+        <w:r w:rsidR="006B790F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="003D6067">
+        <w:r w:rsidR="006B790F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="003D6067">
+        <w:r w:rsidR="006B790F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="003D6067">
+        <w:r w:rsidR="006B790F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="003D6067" w:rsidRDefault="005A448F">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="0D0B940D" w14:textId="3A5490D6" w:rsidR="00257B22" w:rsidRDefault="005B5C98" w:rsidP="00257B22">
+      <w:pPr>
+        <w:pStyle w:val="TableofFigures"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50698E80" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="003C6210">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>List of Tables</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28B61E59" w14:textId="69F7278E" w:rsidR="006B790F" w:rsidRDefault="003D6067">
+      <w:pPr>
+        <w:pStyle w:val="TableofFigures"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:r w:rsidR="003D6067" w:rsidRPr="00AF62E9">
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TOC \h \z \c "Table" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:hyperlink w:anchor="_Toc212098688" w:history="1">
+        <w:r w:rsidR="006B790F" w:rsidRPr="00053A4A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Project Data</w:t>
+          <w:t>Table 1: Participating Audit Team Members</w:t>
         </w:r>
-        <w:r w:rsidR="003D6067">
+        <w:r w:rsidR="006B790F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="003D6067">
+        <w:r w:rsidR="006B790F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="003D6067">
+        <w:r w:rsidR="006B790F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc418579694 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212098688 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="003D6067">
+        <w:r w:rsidR="006B790F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="003D6067">
+        <w:r w:rsidR="006B790F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="003D6067">
+        <w:r w:rsidR="006B790F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="003D6067">
+        <w:r w:rsidR="006B790F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="003D6067" w:rsidRDefault="005A448F">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="6DB71618" w14:textId="4F0797D1" w:rsidR="006B790F" w:rsidRDefault="006B790F">
+      <w:pPr>
+        <w:pStyle w:val="TableofFigures"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:r w:rsidR="003D6067" w:rsidRPr="00AF62E9">
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212098689" w:history="1">
+        <w:r w:rsidRPr="00053A4A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Project Location and Description</w:t>
-[...390 lines deleted...]
-          <w:t>Figure 1: Locus Map</w:t>
+          <w:t>Table 2: Estimated Time Frame Breakdown</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc416441600 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212098689 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00257B22" w:rsidRDefault="005B5C98" w:rsidP="00257B22">
-[...15 lines deleted...]
-    <w:p w:rsidR="003D6067" w:rsidRDefault="003D6067">
+    <w:p w14:paraId="23D787CA" w14:textId="586D25DB" w:rsidR="006B790F" w:rsidRDefault="006B790F">
       <w:pPr>
         <w:pStyle w:val="TableofFigures"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:szCs w:val="22"/>
-[...12 lines deleted...]
-        <w:r w:rsidRPr="000E73D1">
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212098690" w:history="1">
+        <w:r w:rsidRPr="00053A4A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Table 1: Participating Audit Team Members</w:t>
+          <w:t>Table 3: Estimated Costs Breakdown</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc418579717 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212098690 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="003D6067" w:rsidRDefault="005A448F">
+    <w:p w14:paraId="1E81079B" w14:textId="63A1927A" w:rsidR="006B790F" w:rsidRDefault="006B790F">
       <w:pPr>
         <w:pStyle w:val="TableofFigures"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:szCs w:val="22"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="003D6067" w:rsidRPr="000E73D1">
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212098691" w:history="1">
+        <w:r w:rsidRPr="00053A4A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Table 2: Estimated Time Frame and Costs Breakdown</w:t>
+          <w:t>Table 4: Potential Safety Enhancement Summary</w:t>
         </w:r>
-        <w:r w:rsidR="003D6067">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="003D6067">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="003D6067">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc418579718 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212098691 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="003D6067">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="003D6067">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="003D6067">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>3</w:t>
+          <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="003D6067">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="003D6067" w:rsidRDefault="005A448F">
-[...66 lines deleted...]
-    <w:p w:rsidR="00257B22" w:rsidRDefault="003D6067" w:rsidP="003D6067">
+    <w:p w14:paraId="0E27B00A" w14:textId="570D9A20" w:rsidR="00257B22" w:rsidRDefault="003D6067" w:rsidP="003D6067">
       <w:pPr>
         <w:pStyle w:val="TableofFigures"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+    <w:p w14:paraId="6F412AC6" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
       <w:pPr>
         <w:pStyle w:val="RSAReportNormalwith1indent"/>
       </w:pPr>
-      <w:r w:rsidRPr="005A473A">
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidRPr="00F93823">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTE: PLEASE </w:t>
       </w:r>
-      <w:r w:rsidRPr="005A473A">
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidRPr="00F93823">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DO NOT DELETE</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A473A">
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidRPr="00F93823">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> THE PAGE BREAK THAT FOLLOWS THIS PARAGRAPH.  IT INTRODUCES A NEW SECTION AND FORMAT.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+    <w:p w14:paraId="60061E4C" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+    <w:p w14:paraId="44EAFD9C" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
-        <w:sectPr w:rsidR="00257B22">
-[...1 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId14"/>
+        <w:sectPr w:rsidR="00257B22" w:rsidSect="00EF5A9A">
+          <w:headerReference w:type="default" r:id="rId16"/>
+          <w:footerReference w:type="default" r:id="rId17"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="005B5C98">
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="_Toc418579693"/>
+    <w:p w14:paraId="2E0A6F91" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="04104886" w:rsidP="00164623">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc416441508"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc84653690"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc212123497"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Background</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
-    </w:p>
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="6B8918AB" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="12E75F95">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>[Use RSA Report Normal style.]</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+    </w:p>
+    <w:p w14:paraId="04CAF7E1" w14:textId="01FF5A45" w:rsidR="12E75F95" w:rsidRDefault="33827854" w:rsidP="00937011">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
       </w:pPr>
+      <w:r w:rsidRPr="00937011">
+        <w:t xml:space="preserve">This section should </w:t>
+      </w:r>
+      <w:r w:rsidR="0EC1CF69" w:rsidRPr="00937011">
+        <w:t xml:space="preserve">define an RSA and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937011">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="00257B22" w:rsidRPr="00937011">
+        <w:t>riefly describ</w:t>
+      </w:r>
+      <w:r w:rsidR="00510A07" w:rsidRPr="00937011">
+        <w:t>e why the audit was conducted</w:t>
+      </w:r>
+      <w:r w:rsidR="00510A07">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="32191A7B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C57C5AC" w14:textId="7F6DFFC0" w:rsidR="12E75F95" w:rsidRDefault="568776C8" w:rsidP="00937011">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+      </w:pPr>
       <w:r>
-        <w:t>Briefly describ</w:t>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="_Toc418579694"/>
+        <w:t xml:space="preserve">This includes the reason this location was selected and any pertinent high crash or </w:t>
+      </w:r>
+      <w:r w:rsidR="7E3AD542">
+        <w:t>high-risk</w:t>
+      </w:r>
       <w:r>
-        <w:t>Project Data</w:t>
-[...4 lines deleted...]
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="786568AA">
+        <w:t xml:space="preserve">intersections or segments </w:t>
+      </w:r>
+      <w:r>
+        <w:t>in the au</w:t>
+      </w:r>
+      <w:r w:rsidR="1D5818ED">
+        <w:t>dit area.</w:t>
+      </w:r>
+      <w:r w:rsidR="424A939A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="54ACA8C3">
+        <w:t xml:space="preserve">If there is a project number related to this audit it should be noted. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23036172" w14:textId="10A50BC9" w:rsidR="424A939A" w:rsidRDefault="424A939A" w:rsidP="00937011">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Provide</w:t>
+      </w:r>
+      <w:r w:rsidR="318300D5">
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> brief explanation of high-crash lo</w:t>
+      </w:r>
+      <w:r w:rsidR="0F88DD12">
+        <w:t>cation definition</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, as well </w:t>
+      </w:r>
+      <w:r w:rsidR="786CFC20">
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidR="009A9643">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="786CFC20">
+        <w:t>time-period</w:t>
+      </w:r>
+      <w:r w:rsidR="071FAE96">
+        <w:t xml:space="preserve"> of data used</w:t>
+      </w:r>
+      <w:r w:rsidR="786CFC20">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="32558FFE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C9F8B44" w14:textId="77777777" w:rsidR="0060756D" w:rsidRDefault="379349A1" w:rsidP="00164623">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc570516776"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc212123498"/>
+      <w:r>
+        <w:t>RSA Process</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="32868A2B" w14:textId="7EB0E47C" w:rsidR="6DC6EA3B" w:rsidRDefault="6DC6EA3B" w:rsidP="12E75F95">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+      </w:pPr>
       <w:r>
         <w:t>[Use RSA Report Normal style.]</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+    </w:p>
+    <w:p w14:paraId="17FC1698" w14:textId="79D09E49" w:rsidR="12E75F95" w:rsidRDefault="00716395" w:rsidP="00937011">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
       </w:pPr>
+      <w:r w:rsidRPr="12E75F95">
+        <w:t xml:space="preserve">This section should describe the date and location of the audit, as well as </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC0C00">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12E75F95">
+        <w:t>names and affiliations of the audit team members. It should also describe the process that took place and materials that were utilized and discussed during the audit</w:t>
+      </w:r>
+      <w:r w:rsidR="73D23537" w:rsidRPr="12E75F95">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="200E1D38" w14:textId="77777777" w:rsidR="7D29EEC0" w:rsidRDefault="7D29EEC0" w:rsidP="12E75F95">
+      <w:pPr>
+        <w:pStyle w:val="Caption1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc212098688"/>
       <w:r>
-        <w:t>Provide the date and location of the audit, as well as the names and affiliations of the audit team members.  Briefly describe the RSA process and what background materials were reviewed.</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="0043061D">
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:r w:rsidR="005A448F">
+      <w:r w:rsidRPr="12E75F95">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="005A448F">
-[...5 lines deleted...]
-      <w:r w:rsidR="005A448F">
+      <w:r>
+        <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="12E75F95">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="003D6067">
+      <w:r w:rsidRPr="12E75F95">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="005A448F">
+      <w:r w:rsidRPr="12E75F95">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0043061D">
+      <w:r>
         <w:t>: Participating Audit Team Members</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
-[...5 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2988"/>
         <w:gridCol w:w="6228"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00257B22" w:rsidTr="003E3BB7">
+      <w:tr w:rsidR="12E75F95" w14:paraId="7AFCB018" w14:textId="77777777" w:rsidTr="12E75F95">
         <w:trPr>
-          <w:tblHeader/>
+          <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2988" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="22F6A266" w14:textId="77777777" w:rsidR="12E75F95" w:rsidRDefault="12E75F95" w:rsidP="12E75F95">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="ParticipatingAuditTeamMembers"/>
-[...1 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="12E75F95">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Audit Team Member</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="0235B80B" w14:textId="77777777" w:rsidR="12E75F95" w:rsidRDefault="12E75F95" w:rsidP="12E75F95">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="12E75F95">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Agency/Affiliation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257B22" w:rsidTr="003E3BB7">
+      <w:tr w:rsidR="12E75F95" w14:paraId="25F151E1" w14:textId="77777777" w:rsidTr="12E75F95">
         <w:trPr>
-          <w:tblHeader/>
+          <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2988" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="6F33FD9A" w14:textId="77777777" w:rsidR="12E75F95" w:rsidRDefault="12E75F95" w:rsidP="12E75F95">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="59E199F7" w14:textId="77777777" w:rsidR="12E75F95" w:rsidRDefault="12E75F95" w:rsidP="12E75F95">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257B22" w:rsidTr="003E3BB7">
+      <w:tr w:rsidR="12E75F95" w14:paraId="1ADEE285" w14:textId="77777777" w:rsidTr="12E75F95">
         <w:trPr>
-          <w:tblHeader/>
+          <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2988" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="7AC35C2D" w14:textId="77777777" w:rsidR="12E75F95" w:rsidRDefault="12E75F95" w:rsidP="12E75F95">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="61B0D1AB" w14:textId="77777777" w:rsidR="12E75F95" w:rsidRDefault="12E75F95" w:rsidP="12E75F95">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257B22" w:rsidTr="003E3BB7">
+      <w:tr w:rsidR="12E75F95" w14:paraId="252BE15D" w14:textId="77777777" w:rsidTr="12E75F95">
         <w:trPr>
-          <w:tblHeader/>
+          <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2988" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="0D21F5F8" w14:textId="77777777" w:rsidR="12E75F95" w:rsidRDefault="12E75F95" w:rsidP="12E75F95">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="6C214519" w14:textId="77777777" w:rsidR="12E75F95" w:rsidRDefault="12E75F95" w:rsidP="12E75F95">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257B22" w:rsidTr="003E3BB7">
+      <w:tr w:rsidR="12E75F95" w14:paraId="704469A6" w14:textId="77777777" w:rsidTr="12E75F95">
         <w:trPr>
-          <w:tblHeader/>
+          <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2988" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="2EB561AD" w14:textId="77777777" w:rsidR="12E75F95" w:rsidRDefault="12E75F95" w:rsidP="12E75F95">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="541553F8" w14:textId="77777777" w:rsidR="12E75F95" w:rsidRDefault="12E75F95" w:rsidP="12E75F95">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00257B22" w:rsidRDefault="003E3BB7" w:rsidP="00257B22">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5CBAB8DD" w14:textId="2E8147A9" w:rsidR="12E75F95" w:rsidRDefault="12E75F95" w:rsidP="12E75F95">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="333F2138" w14:textId="1B18A3AA" w:rsidR="7BCFCD49" w:rsidRDefault="7BCFCD49" w:rsidP="12E75F95">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251700736" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E5A14F6" wp14:editId="60E31F52">
-[...10 lines deleted...]
-                <wp:docPr id="19" name="Text Box 2"/>
+              <wp:inline distT="0" distB="0" distL="114300" distR="114300" wp14:anchorId="416E657F" wp14:editId="748A6D36">
+                <wp:extent cx="5848709" cy="2078966"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="1302253904" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3686175" cy="1695450"/>
+                          <a:ext cx="5848709" cy="2078966"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
-                          <a:srgbClr val="00FFFF"/>
+                          <a:srgbClr val="FFFF00"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="003E3BB7" w:rsidRPr="003E3BB7" w:rsidRDefault="003E3BB7" w:rsidP="003E3BB7">
+                          <w:p w14:paraId="3B1DA17E" w14:textId="77777777" w:rsidR="003E3BB7" w:rsidRPr="00826798" w:rsidRDefault="003E3BB7" w:rsidP="00054E77">
                             <w:pPr>
+                              <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
                               <w:rPr>
-                                <w:sz w:val="18"/>
-                                <w:szCs w:val="18"/>
+                                <w:sz w:val="24"/>
+                                <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="003E3BB7">
+                            <w:r w:rsidRPr="00826798">
                               <w:rPr>
-                                <w:sz w:val="18"/>
-                                <w:szCs w:val="18"/>
+                                <w:sz w:val="24"/>
+                                <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Tables: tables must be formatted correctly to be made accessible. </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="003E3BB7">
+                            <w:r w:rsidRPr="00826798">
                               <w:rPr>
                                 <w:b/>
-                                <w:sz w:val="18"/>
-                                <w:szCs w:val="18"/>
+                                <w:sz w:val="24"/>
+                                <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
                               </w:rPr>
                               <w:t>Do not</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="003E3BB7">
+                            <w:r w:rsidRPr="00826798">
                               <w:rPr>
-                                <w:sz w:val="18"/>
-                                <w:szCs w:val="18"/>
+                                <w:sz w:val="24"/>
+                                <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> split or merge table cells. The Tables in this template have been formatted correctly for you.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="003E3BB7" w:rsidRPr="003E3BB7" w:rsidRDefault="003E3BB7" w:rsidP="003E3BB7">
+                          <w:p w14:paraId="3B1DA17F" w14:textId="77777777" w:rsidR="003E3BB7" w:rsidRPr="00826798" w:rsidRDefault="003E3BB7" w:rsidP="003E3BB7">
                             <w:pPr>
                               <w:rPr>
-                                <w:sz w:val="18"/>
-                                <w:szCs w:val="18"/>
+                                <w:sz w:val="24"/>
+                                <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="003E3BB7" w:rsidRPr="003E3BB7" w:rsidRDefault="003E3BB7" w:rsidP="003E3BB7">
+                          <w:p w14:paraId="3B1DA180" w14:textId="77777777" w:rsidR="003E3BB7" w:rsidRPr="00826798" w:rsidRDefault="003E3BB7" w:rsidP="00054E77">
                             <w:pPr>
+                              <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
                               <w:rPr>
-                                <w:sz w:val="18"/>
-                                <w:szCs w:val="18"/>
+                                <w:sz w:val="24"/>
+                                <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="003E3BB7">
+                            <w:r w:rsidRPr="00826798">
                               <w:rPr>
-                                <w:sz w:val="18"/>
-                                <w:szCs w:val="18"/>
+                                <w:sz w:val="24"/>
+                                <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
                               </w:rPr>
-                              <w:t>If you are inserting a new table you must use the Insert Table tool, do not use the Draw Table Tool. Give your Table a title by using the Caption Tool. Identify the header by selecting the top row of you table, right click and choose “Table Properties,” then select “Row” tab and check the box labeled “Repeat as header row at the top of each page”. Then you must restrict the table cells to a single page by selecting the entire table, then right click and choose “Table Properties,” then select “Row” tab and uncheck the box labeled “Allow rows to break across pages.”</w:t>
+                              <w:t xml:space="preserve">If you are inserting a new </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00826798">
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+                              </w:rPr>
+                              <w:t>table</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="00826798">
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> you must use the Insert Table tool, do not use the Draw Table Tool. Give your Table a title by using the Caption Tool. Identify the header by selecting the top row of </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00826798">
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+                              </w:rPr>
+                              <w:t>you</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="00826798">
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> table, right click and choose “Table Properties,” then select “Row” tab and check the box labeled “Repeat as header row at the top of each page”. Then you must restrict the table cells to a single page by selecting the entire table, then right click and choose “Table Properties,” then select “Row” tab and uncheck the box labeled “Allow rows to break across pages.”</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="margin">
-[...5 lines deleted...]
-              </wp:anchor>
+              </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:197.25pt;margin-top:5.45pt;width:290.25pt;height:133.5pt;z-index:251700736;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4I7XXJQIAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N7bTJJtYcVbbbFNV&#10;2l6k3X4AxjhGBYYCib39+h1wkkbbt6o8IIYZDjNnzqxvB63IUTgvwVS0mOSUCMOhkWZf0R9Pu3dL&#10;SnxgpmEKjKjos/D0dvP2zbq3pZhCB6oRjiCI8WVvK9qFYMss87wTmvkJWGHQ2YLTLKDp9lnjWI/o&#10;WmXTPF9kPbjGOuDCe7y9H510k/DbVvDwrW29CERVFHMLaXdpr+Oebdas3DtmO8lPabB/yEIzafDT&#10;C9Q9C4wcnPwLSkvuwEMbJhx0Bm0ruUg1YDVF/qqax45ZkWpBcry90OT/Hyz/evzuiGywdytKDNPY&#10;oycxBPIBBjKN9PTWlxj1aDEuDHiNoalUbx+A//TEwLZjZi/unIO+E6zB9Ir4Mrt6OuL4CFL3X6DB&#10;b9ghQAIaWqcjd8gGQXRs0/OlNTEVjpfvF8tFcTOnhKOvWKzms3lqXsbK83PrfPgkQJN4qKjD3id4&#10;dnzwIabDynNI/M2Dks1OKpUMt6+3ypEjizrJd7hSBa/ClCF9RVfz6TwhG4jvk4S0DKhjJXVFl3lc&#10;o7IiHR9Nk0ICk2o8YybKnPiJlIzkhKEeUicWZ9praJ6RMAejbHHM8NCB+01Jj5KtqP91YE5Qoj4b&#10;JH1VzGZR48mYzW+maLhrT33tYYYjVEUDJeNxG9JcRDoM3GFzWploi10cMzmljFJMbJ7GJmr92k5R&#10;f4Z78wIAAP//AwBQSwMEFAAGAAgAAAAhAEKNM/neAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8tOwzAQRfdI/IM1SOyo09KSOMSpqgoktpRKbF3bdaL6EcVuGv89wwqWo3t059xmOztLJj3GPngO&#10;y0UBRHsZVO8Nh+PX+1MFJCbhlbDBaw5ZR9i293eNqFW4+U89HZIhWOJjLTh0KQ01pVF22om4CIP2&#10;mJ3D6ETCczRUjeKG5c7SVVG8UCd6jx86Meh9p+XlcHUcvvNe7vLRvpmz/Jgyq6ps1pHzx4d59wok&#10;6Tn9wfCrj+rQotMpXL2KxHJ4ZusNohgUDAgCrNzguBOHVVkyoG1D/09ofwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQD4I7XXJQIAACQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQBCjTP53gAAAAoBAAAPAAAAAAAAAAAAAAAAAH8EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAigUAAAAA&#10;" fillcolor="aqua" stroked="f">
+              <v:shape w14:anchorId="416E657F" id="_x0000_s1027" type="#_x0000_t202" style="width:460.55pt;height:163.7pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDkDwOcEgIAAP4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3aiXK04q222qSpt&#10;L9K2H4AxjlGBoUBip1/fAXuzaftWlQc0wwyHmTOH7V2vFTkL5yWYkk4nOSXCcKilOZb029fDmzUl&#10;PjBTMwVGlPQiPL3bvX617WwhZtCCqoUjCGJ80dmStiHYIss8b4VmfgJWGAw24DQL6LpjVjvWIbpW&#10;2SzPl1kHrrYOuPAeTx+GIN0l/KYRPHxuGi8CUSXF2kLaXdqruGe7LSuOjtlW8rEM9g9VaCYNPnqF&#10;emCBkZOTf0FpyR14aMKEg86gaSQXqQfsZpr/0c1Ty6xIvSA53l5p8v8Pln86P9kvjoT+LfQ4wNSE&#10;t4/Av3tiYN8ycxT3zkHXClbjw9NIWdZZX4xXI9W+8BGk6j5CjUNmpwAJqG+cjqxgnwTRcQCXK+mi&#10;D4Tj4WI9X6/yDSUcY7N8td4sl+kNVjxft86H9wI0iUZJHU41wbPzow+xHFY8p8TXPChZH6RSyXHH&#10;aq8cOTNUwAFXnoaOV35LU4Z0Jd0sZouEbCDeT+LQMqBCldQlXedxDZqJdLwzdUoJTKrBRlhlRn4i&#10;JQM5oa96IuuRvEhXBfUFCXMwCBI/EBotuJ+UdCjGkvofJ+YEJeqDQdI30/k8qjc588Vqho67jVS3&#10;EWY4QpU0UDKY+5AUH+kwcI/DaWSi7aWSsWQUWWJz/BBRxbd+ynr5trtfAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAU/wmBNoAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiTgGoa&#10;4lSoggO3tvAB23ibGOJ1iN0m/D2GC1xWGs1o5m21nl0vzjQG61lDvshAEDfeWG41vL0+39yDCBHZ&#10;YO+ZNHxRgHV9eVFhafzEOzrvYytSCYcSNXQxDqWUoenIYVj4gTh5Rz86jEmOrTQjTqnc9bLIsqV0&#10;aDktdDjQpqPmY39yGpQ1m+3U7N6fti+fo13mCq1SWl9fzY8PICLN8S8MP/gJHerEdPAnNkH0GtIj&#10;8fcmb1XkOYiDhttC3YGsK/mfvv4GAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5A8DnBIC&#10;AAD+AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAU/wm&#10;BNoAAAAFAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;" fillcolor="yellow" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="003E3BB7" w:rsidRPr="003E3BB7" w:rsidRDefault="003E3BB7" w:rsidP="003E3BB7">
+                    <w:p w14:paraId="3B1DA17E" w14:textId="77777777" w:rsidR="003E3BB7" w:rsidRPr="00826798" w:rsidRDefault="003E3BB7" w:rsidP="00054E77">
                       <w:pPr>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
                         <w:rPr>
-                          <w:sz w:val="18"/>
-                          <w:szCs w:val="18"/>
+                          <w:sz w:val="24"/>
+                          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="003E3BB7">
+                      <w:r w:rsidRPr="00826798">
                         <w:rPr>
-                          <w:sz w:val="18"/>
-                          <w:szCs w:val="18"/>
+                          <w:sz w:val="24"/>
+                          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Tables: tables must be formatted correctly to be made accessible. </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="003E3BB7">
+                      <w:r w:rsidRPr="00826798">
                         <w:rPr>
                           <w:b/>
-                          <w:sz w:val="18"/>
-                          <w:szCs w:val="18"/>
+                          <w:sz w:val="24"/>
+                          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
                         </w:rPr>
                         <w:t>Do not</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="003E3BB7">
+                      <w:r w:rsidRPr="00826798">
                         <w:rPr>
-                          <w:sz w:val="18"/>
-                          <w:szCs w:val="18"/>
+                          <w:sz w:val="24"/>
+                          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> split or merge table cells. The Tables in this template have been formatted correctly for you.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="003E3BB7" w:rsidRPr="003E3BB7" w:rsidRDefault="003E3BB7" w:rsidP="003E3BB7">
+                    <w:p w14:paraId="3B1DA17F" w14:textId="77777777" w:rsidR="003E3BB7" w:rsidRPr="00826798" w:rsidRDefault="003E3BB7" w:rsidP="003E3BB7">
                       <w:pPr>
                         <w:rPr>
-                          <w:sz w:val="18"/>
-                          <w:szCs w:val="18"/>
+                          <w:sz w:val="24"/>
+                          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="003E3BB7" w:rsidRPr="003E3BB7" w:rsidRDefault="003E3BB7" w:rsidP="003E3BB7">
+                    <w:p w14:paraId="3B1DA180" w14:textId="77777777" w:rsidR="003E3BB7" w:rsidRPr="00826798" w:rsidRDefault="003E3BB7" w:rsidP="00054E77">
                       <w:pPr>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
                         <w:rPr>
-                          <w:sz w:val="18"/>
-                          <w:szCs w:val="18"/>
+                          <w:sz w:val="24"/>
+                          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="003E3BB7">
+                      <w:r w:rsidRPr="00826798">
                         <w:rPr>
-                          <w:sz w:val="18"/>
-                          <w:szCs w:val="18"/>
+                          <w:sz w:val="24"/>
+                          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
                         </w:rPr>
-                        <w:t>If you are inserting a new table you must use the Insert Table tool, do not use the Draw Table Tool. Give your Table a title by using the Caption Tool. Identify the header by selecting the top row of you table, right click and choose “Table Properties,” then select “Row” tab and check the box labeled “Repeat as header row at the top of each page”. Then you must restrict the table cells to a single page by selecting the entire table, then right click and choose “Table Properties,” then select “Row” tab and uncheck the box labeled “Allow rows to break across pages.”</w:t>
+                        <w:t xml:space="preserve">If you are inserting a new </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00826798">
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+                        </w:rPr>
+                        <w:t>table</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidRPr="00826798">
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> you must use the Insert Table tool, do not use the Draw Table Tool. Give your Table a title by using the Caption Tool. Identify the header by selecting the top row of </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00826798">
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+                        </w:rPr>
+                        <w:t>you</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidRPr="00826798">
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> table, right click and choose “Table Properties,” then select “Row” tab and check the box labeled “Repeat as header row at the top of each page”. Then you must restrict the table cells to a single page by selecting the entire table, then right click and choose “Table Properties,” then select “Row” tab and uncheck the box labeled “Allow rows to break across pages.”</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
-                <w10:wrap type="square"/>
+                <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="005B5C98">
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="_Toc418579695"/>
+    <w:p w14:paraId="5E8B8AB5" w14:textId="77777777" w:rsidR="00D04B76" w:rsidRDefault="35618E8C" w:rsidP="00164623">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc1503553617"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc212123499"/>
       <w:r>
         <w:t>Project Location and Description</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
-    </w:p>
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="2A552017" w14:textId="77777777" w:rsidR="00D04B76" w:rsidRDefault="00D04B76" w:rsidP="00D04B76">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>[Use RSA Report Normal style.]</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+    </w:p>
+    <w:p w14:paraId="33142CB0" w14:textId="458A1B23" w:rsidR="00D04B76" w:rsidRDefault="7DD75770" w:rsidP="00D04B76">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
       </w:pPr>
       <w:r>
-        <w:t>Br</w:t>
-[...5 lines deleted...]
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Provide descriptions of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D04B76">
+        <w:t>audit site</w:t>
+      </w:r>
+      <w:r w:rsidR="36344B9F">
+        <w:t>, both intersections and corridors</w:t>
+      </w:r>
+      <w:r w:rsidR="4A51419E">
+        <w:t xml:space="preserve"> as applicable</w:t>
+      </w:r>
+      <w:r w:rsidR="36344B9F">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="3B542724">
+        <w:t>For</w:t>
+      </w:r>
+      <w:r w:rsidR="00D04B76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="3B542724">
+        <w:t>a corridor</w:t>
+      </w:r>
+      <w:r w:rsidR="6F8B3DE6">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="3B542724">
+        <w:t xml:space="preserve"> include the length </w:t>
+      </w:r>
+      <w:r w:rsidR="7D53260F">
+        <w:t xml:space="preserve">and end points </w:t>
+      </w:r>
+      <w:r w:rsidR="00D04B76">
+        <w:t>of audit roadway corridor</w:t>
+      </w:r>
+      <w:r w:rsidR="060C3C3D">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EEF40A8" w14:textId="09D83EC1" w:rsidR="00D04B76" w:rsidRDefault="1F12E6F9" w:rsidP="12E75F95">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">For a roadway </w:t>
+        <w:t xml:space="preserve">Descriptions should </w:t>
+      </w:r>
+      <w:r w:rsidR="6F6CFB2E">
+        <w:t>include</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...30 lines deleted...]
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="2C5D8823">
+        <w:t>control type</w:t>
+      </w:r>
+      <w:r w:rsidR="5105BDCD">
+        <w:t>, lane configurations</w:t>
+      </w:r>
+      <w:r w:rsidR="2C5D8823">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D04B76">
+        <w:t>jurisdiction</w:t>
+      </w:r>
+      <w:r w:rsidR="3EF94DDC">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D04B76">
+        <w:t xml:space="preserve"> and functional classifications of all roadways, and any speed limits </w:t>
+      </w:r>
+      <w:r w:rsidR="2F3ECE9A">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="1ECED0B8">
+        <w:t xml:space="preserve">either </w:t>
+      </w:r>
+      <w:r w:rsidR="56C84737">
+        <w:t>Regulatory or Statutory</w:t>
+      </w:r>
+      <w:r w:rsidR="2F3ECE9A">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="6C17C225">
+        <w:t xml:space="preserve">that govern </w:t>
+      </w:r>
+      <w:r w:rsidR="00D04B76">
+        <w:t>the roadways.</w:t>
+      </w:r>
+      <w:r w:rsidR="2396B3DE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="3D56F0F7">
+        <w:t xml:space="preserve">If a regulatory speed is applicable, </w:t>
+      </w:r>
+      <w:r w:rsidR="34D339AE">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="3D56F0F7">
+        <w:t xml:space="preserve">Special Speed Regulation number should be referenced. </w:t>
+      </w:r>
+      <w:r w:rsidR="2396B3DE">
+        <w:t xml:space="preserve">Include </w:t>
+      </w:r>
+      <w:r w:rsidR="62068A0A">
+        <w:t xml:space="preserve">any existing </w:t>
+      </w:r>
+      <w:r w:rsidR="2396B3DE">
+        <w:t>pedestrian, bicycle</w:t>
+      </w:r>
+      <w:r w:rsidR="5B1D55B8">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="2396B3DE">
+        <w:t>transit</w:t>
+      </w:r>
+      <w:r w:rsidR="027F4FC1">
+        <w:t xml:space="preserve"> and parking</w:t>
+      </w:r>
+      <w:r w:rsidR="2396B3DE">
+        <w:t xml:space="preserve"> accommodations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9C77EE" w14:textId="77777777" w:rsidR="00D04B76" w:rsidRDefault="00D04B76" w:rsidP="00D04B76">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
       </w:pPr>
       <w:r>
         <w:t>Provide a locus map in the project description section.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+    <w:p w14:paraId="5FB1CF1C" w14:textId="70529092" w:rsidR="00D04B76" w:rsidRDefault="00D04B76" w:rsidP="00D04B76">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
       </w:pPr>
-      <w:r w:rsidRPr="003A55AF">
-[...1 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t xml:space="preserve">(if conceptual or design plans have been developed, discuss the circumstances and, if possible, provide a plan in the Appendix) </w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="00126D96" w:rsidRDefault="00257B22" w:rsidP="000A159B">
+        <w:t xml:space="preserve">Include any historical or other pertinent information that may be relevant to </w:t>
+      </w:r>
+      <w:r w:rsidR="712FEEF2">
+        <w:t>the location.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B23152" w14:textId="03873048" w:rsidR="00D04B76" w:rsidRDefault="00D04B76" w:rsidP="00D04B76">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="240"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Ref31511463"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc212098622"/>
       <w:r>
-        <w:br w:type="page"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00F75DE0">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251698688" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78D152AD" wp14:editId="115DA718">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5221A000" wp14:editId="4F36AE47">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>171450</wp:posOffset>
+                  <wp:posOffset>172528</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>5877560</wp:posOffset>
+                  <wp:posOffset>5717612</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2609850" cy="1533525"/>
-                <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+                <wp:extent cx="4425351" cy="1697427"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="17" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2609850" cy="1533525"/>
+                          <a:ext cx="4425351" cy="1697427"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
-                          <a:srgbClr val="00FFFF"/>
+                          <a:srgbClr val="FFFF00"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="003610EB" w:rsidRPr="00F310E4" w:rsidRDefault="003610EB" w:rsidP="003610EB">
+                          <w:p w14:paraId="1A4F319A" w14:textId="77777777" w:rsidR="00D04B76" w:rsidRPr="00C3755E" w:rsidRDefault="00D04B76" w:rsidP="00054E77">
                             <w:pPr>
+                              <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
                               <w:rPr>
-                                <w:sz w:val="20"/>
-                                <w:szCs w:val="20"/>
+                                <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
-                            <w:r w:rsidRPr="00F310E4">
+                            <w:r w:rsidRPr="00C3755E">
                               <w:rPr>
-                                <w:sz w:val="20"/>
-                                <w:szCs w:val="20"/>
+                                <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t>[Use “</w:t>
-[...133 lines deleted...]
-                              <w:t>ools” menu.]</w:t>
+                              <w:t>[Use “Change Picture” option to replace image placeholders with your own. Depending on your version of Word, “Right click&gt;Change Picture” or choose “Change Picture” from “Picture Tools” menu.]</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="003610EB" w:rsidRPr="00F310E4" w:rsidRDefault="003610EB" w:rsidP="003610EB">
+                          <w:p w14:paraId="6B2EA594" w14:textId="77777777" w:rsidR="00D04B76" w:rsidRPr="00C3755E" w:rsidRDefault="00D04B76" w:rsidP="00054E77">
                             <w:pPr>
+                              <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
                               <w:rPr>
-                                <w:sz w:val="20"/>
-                                <w:szCs w:val="20"/>
+                                <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="003610EB" w:rsidRPr="007A6C9B" w:rsidRDefault="003610EB" w:rsidP="003610EB">
+                          <w:p w14:paraId="7793074A" w14:textId="77777777" w:rsidR="00D04B76" w:rsidRPr="00C3755E" w:rsidRDefault="00D04B76" w:rsidP="00054E77">
                             <w:pPr>
+                              <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
                               <w:rPr>
-                                <w:sz w:val="20"/>
-                                <w:szCs w:val="20"/>
+                                <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00F310E4">
+                            <w:r w:rsidRPr="00C3755E">
                               <w:rPr>
-                                <w:sz w:val="20"/>
-                                <w:szCs w:val="20"/>
+                                <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>When replacing a whole page with a pdf from another source, tagging and accessibility will need to be done with your PDF Accessibility Checker.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:13.5pt;margin-top:462.8pt;width:205.5pt;height:120.75pt;z-index:251698688;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQhiRaIgIAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU81u2zAMvg/YOwi6L3bSpE2MOEWXLsOA&#10;7gdo9wC0LMfCJNGTlNjd04+S0yzbbsN0EEiR/Eh+pNa3g9HsKJ1XaEs+neScSSuwVnZf8q9PuzdL&#10;znwAW4NGK0v+LD2/3bx+te67Qs6wRV1LxwjE+qLvSt6G0BVZ5kUrDfgJdtKSsUFnIJDq9lntoCd0&#10;o7NZnl9nPbq6cyik9/R6Pxr5JuE3jRThc9N4GZguOdUW0u3SXcU726yh2DvoWiVOZcA/VGFAWUp6&#10;hrqHAOzg1F9QRgmHHpswEWgybBolZOqBupnmf3Tz2EInUy9Eju/ONPn/Bys+Hb84pmqa3Q1nFgzN&#10;6EkOgb3Fgc0iPX3nC/J67MgvDPRMrqlV3z2g+OaZxW0Ldi/vnMO+lVBTedMYmV2Ejjg+glT9R6wp&#10;DRwCJqChcSZyR2wwQqcxPZ9HE0sR9Di7zlfLBZkE2aaLq6vFbJFyQPES3jkf3ks0LAoldzT7BA/H&#10;Bx9iOVC8uMRsHrWqd0rrpLh9tdWOHSHuSb6jc0L/zU1b1pd8FXPHKIsxPq2QUYH2WCtT8mUeTwyH&#10;ItLxztZJDqD0KFMl2p74iZSM5IShGtIkzrRXWD8TYQ7HtaVvRkKL7gdnPa1syf33AzjJmf5gifTV&#10;dD6PO56U+eJmRoq7tFSXFrCCoEoeOBvFbUj/YmzsjobTqERbnOJYyalkWsXE5unbxF2/1JPXr8+9&#10;+QkAAP//AwBQSwMEFAAGAAgAAAAhAGu899rfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tO&#10;wzAQRfdI/IM1ldhRJ6GkaYhTVRVIbGkrsXVt14nqRxS7afz3DCtYzszRnXOb7WwNmdQYeu8Y5MsM&#10;iHLCy95pBqfjx3MFJETuJDfeKQZJBdi2jw8Nr6W/uy81HaImGOJCzRl0MQ41pUF0yvKw9INyeLv4&#10;0fKI46ipHPkdw62hRZaV1PLe4YeOD2rfKXE93CyD77QXu3Qy7/oiPqe0qaqkV4Gxp8W8ewMS1Rz/&#10;YPjVR3Vo0ensb04GYhgUa6wSGWyK1xIIAquXCjdnJPNynQNtG/q/Q/sDAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAUIYkWiICAAAkBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAa7z32t8AAAALAQAADwAAAAAAAAAAAAAAAAB8BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" fillcolor="aqua" stroked="f">
+              <v:shape w14:anchorId="5221A000" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:13.6pt;margin-top:450.2pt;width:348.45pt;height:133.65pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPW5P2FQIAAP4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vvgyp2mMOEWXLsOA&#10;7gK0+wBZlmNhsqhJSuzs60vJaZp1b8P0IIiieEgeHq1uxl6Rg7BOgq5oNkspEZpDI/Wuoj8et++u&#10;KXGe6YYp0KKiR+Hozfrtm9VgSpFDB6oRliCIduVgKtp5b8okcbwTPXMzMEKjswXbM4+m3SWNZQOi&#10;9yrJ0/QqGcA2xgIXzuHt3eSk64jftoL7b23rhCeqolibj7uNex32ZL1i5c4y00l+KoP9QxU9kxqT&#10;nqHumGdkb+VfUL3kFhy0fsahT6BtJRexB+wmS19189AxI2IvSI4zZ5rc/4PlXw8P5rslfvwAIw4w&#10;NuHMPfCfjmjYdEzvxK21MHSCNZg4C5Qlg3HlKTRQ7UoXQOrhCzQ4ZLb3EIHG1vaBFeyTIDoO4Hgm&#10;XYyecLwsinz+fp5RwtGXXS0XRb6IOVj5HG6s858E9CQcKmpxqhGeHe6dD+Ww8vlJyOZAyWYrlYqG&#10;3dUbZcmBoQK2uNI4dAz545nSZKjocp7PI7KGEB/F0UuPClWyr+h1GtakmUDHR93EJ55JNZ0RVukT&#10;P4GSiRw/1iORTUXzEBvoqqE5ImEWJkHiB8JDB/Y3JQOKsaLu155ZQYn6rJH0ZVYUQb3RKOaLHA17&#10;6akvPUxzhKqop2Q6bnxUfKBDwy0Op5WRtpdKTiWjyCKbpw8RVHxpx1cv33b9BAAA//8DAFBLAwQU&#10;AAYACAAAACEAjq7Ma90AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7Kid&#10;qIohxKlQBQt2ffAB03hIDLEdbLcJf49ZwXJ0j+4902wWO7ILhWi8U1CsBDByndfG9Qreji9398Bi&#10;Qqdx9I4UfFOETXt91WCt/ez2dDmknuUSF2tUMKQ01ZzHbiCLceUncjl798FiymfouQ4453I78lKI&#10;ils0Li8MONF2oO7zcLYKpNHb3dztP553r1/BVIVEI6VStzfL0yOwREv6g+FXP6tDm51O/ux0ZKOC&#10;UpaZVPAgxBpYBmS5LoCdMllUUgJvG/7/h/YHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;j1uT9hUCAAD+AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAjq7Ma90AAAALAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" fillcolor="yellow" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="003610EB" w:rsidRPr="00F310E4" w:rsidRDefault="003610EB" w:rsidP="003610EB">
+                    <w:p w14:paraId="1A4F319A" w14:textId="77777777" w:rsidR="00D04B76" w:rsidRPr="00C3755E" w:rsidRDefault="00D04B76" w:rsidP="00054E77">
                       <w:pPr>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
                         <w:rPr>
-                          <w:sz w:val="20"/>
-                          <w:szCs w:val="20"/>
+                          <w:sz w:val="24"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
-                      <w:r w:rsidRPr="00F310E4">
+                      <w:r w:rsidRPr="00C3755E">
                         <w:rPr>
-                          <w:sz w:val="20"/>
-                          <w:szCs w:val="20"/>
+                          <w:sz w:val="24"/>
                         </w:rPr>
-                        <w:t>[Use “</w:t>
-[...133 lines deleted...]
-                        <w:t>ools” menu.]</w:t>
+                        <w:t>[Use “Change Picture” option to replace image placeholders with your own. Depending on your version of Word, “Right click&gt;Change Picture” or choose “Change Picture” from “Picture Tools” menu.]</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="003610EB" w:rsidRPr="00F310E4" w:rsidRDefault="003610EB" w:rsidP="003610EB">
+                    <w:p w14:paraId="6B2EA594" w14:textId="77777777" w:rsidR="00D04B76" w:rsidRPr="00C3755E" w:rsidRDefault="00D04B76" w:rsidP="00054E77">
                       <w:pPr>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
                         <w:rPr>
-                          <w:sz w:val="20"/>
-                          <w:szCs w:val="20"/>
+                          <w:sz w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="003610EB" w:rsidRPr="007A6C9B" w:rsidRDefault="003610EB" w:rsidP="003610EB">
+                    <w:p w14:paraId="7793074A" w14:textId="77777777" w:rsidR="00D04B76" w:rsidRPr="00C3755E" w:rsidRDefault="00D04B76" w:rsidP="00054E77">
                       <w:pPr>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
                         <w:rPr>
-                          <w:sz w:val="20"/>
-                          <w:szCs w:val="20"/>
+                          <w:sz w:val="24"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00F310E4">
+                      <w:r w:rsidRPr="00C3755E">
                         <w:rPr>
-                          <w:sz w:val="20"/>
-                          <w:szCs w:val="20"/>
+                          <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>When replacing a whole page with a pdf from another source, tagging and accessibility will need to be done with your PDF Accessibility Checker.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="003610EB">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="02CEB4CB" wp14:editId="4EFA7117">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09B39AD4" wp14:editId="4A476F49">
             <wp:extent cx="5727218" cy="7524750"/>
             <wp:effectExtent l="19050" t="19050" r="26035" b="19050"/>
             <wp:docPr id="10" name="Picture 10" descr="[Use “Change Picture” option to replace image placeholders with your own. Depending on your version of Word, “Right click&gt;Change Picture” or choose “Change Picture” from “Picture Tools” menu.]&#10;&#10;When replacing a whole page with a pdf from another source, tagging and accessibility will need to be done with your PDF Accessibility Checker.&#10;" title="Locus Map"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\gsousa\Desktop\RSA Locus Map Place Holder.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15" cstate="print">
+                    <a:blip r:embed="rId18" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5729286" cy="7527467"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="003C41FC">
+      <w:r>
         <w:t xml:space="preserve">Figure </w:t>
       </w:r>
-      <w:r w:rsidR="005A448F">
-[...20 lines deleted...]
-      <w:r w:rsidR="003C41FC">
+      <w:fldSimple w:instr=" SEQ Figure \* ARABIC ">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+      </w:fldSimple>
+      <w:r>
         <w:t>: Locus Map</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="54F6CC22" w14:textId="6BF82F8C" w:rsidR="00257B22" w:rsidRDefault="558D1B30" w:rsidP="00164623">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Toc423293119"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc212123500"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc416441509"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Project Data</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="10"/>
-    </w:p>
-[...386 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidR="0853624B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+    <w:p w14:paraId="4C5FCDB4" w14:textId="1F0EE80E" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>[Use RSA Report Normal style.]</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="572EF218" w14:textId="2142CF4F" w:rsidR="12E75F95" w:rsidRDefault="0D3885A2" w:rsidP="04D99556">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+      </w:pPr>
+      <w:r w:rsidRPr="04D99556">
+        <w:t>This section should include a discussion of the RSA materials provided</w:t>
+      </w:r>
+      <w:r w:rsidR="00612F16">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="04D99556">
+        <w:t xml:space="preserve"> including at a minimum crash data and speed </w:t>
+      </w:r>
+      <w:r w:rsidR="331C0279" w:rsidRPr="04D99556">
+        <w:t>information (</w:t>
+      </w:r>
+      <w:r w:rsidR="41AD0ABD" w:rsidRPr="04D99556">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="5F4EB710" w:rsidRPr="04D99556">
+        <w:t>perating</w:t>
+      </w:r>
+      <w:r w:rsidR="0274D96F" w:rsidRPr="04D99556">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0274D96F" w:rsidRPr="04D99556">
+        <w:t>speeds</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-    <w:p w:rsidR="00EF1F48" w:rsidRDefault="003D6067" w:rsidP="00257B22">
+      <w:r w:rsidR="41AD0ABD" w:rsidRPr="04D99556">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="7207EAD1" w:rsidRPr="04D99556">
+        <w:t xml:space="preserve">speed limits and </w:t>
+      </w:r>
+      <w:r w:rsidR="6A28C069" w:rsidRPr="04D99556">
+        <w:t xml:space="preserve">how speeds relate </w:t>
+      </w:r>
+      <w:r w:rsidR="603681C3" w:rsidRPr="04D99556">
+        <w:t xml:space="preserve">in context with </w:t>
+      </w:r>
+      <w:r w:rsidR="6A28C069" w:rsidRPr="04D99556">
+        <w:t>area type and roadway</w:t>
+      </w:r>
+      <w:r w:rsidR="1553C5FA" w:rsidRPr="04D99556">
+        <w:t xml:space="preserve"> type)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="04D99556">
+        <w:t xml:space="preserve">. Other </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="04D99556">
+        <w:t>supporting</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="04D99556">
+        <w:t xml:space="preserve"> materials can also be discussed if available.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="161E1581" w14:textId="345863CA" w:rsidR="12E75F95" w:rsidRDefault="12E75F95" w:rsidP="12E75F95">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
       </w:pPr>
       <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="30B2F558" w:rsidRPr="04D99556">
+        <w:t>(For more information on speed context and area type see</w:t>
+      </w:r>
+      <w:r w:rsidR="57A361C7" w:rsidRPr="04D99556">
+        <w:t xml:space="preserve"> Chapter 3.6 of the MassDOT Project Development and Design Guide </w:t>
+      </w:r>
+      <w:r w:rsidR="30B2F558" w:rsidRPr="04D99556">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="3.6-speed-">
+        <w:r w:rsidR="140D081A" w:rsidRPr="04D99556">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://www.mass.gov/info-details/pddg-chapter-3-basic-design-controls#3.6-speed-</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="140D081A" w:rsidRPr="04D99556">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="7F50ED6B" w:rsidRPr="04D99556">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6955BC9B" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="04104886" w:rsidP="00164623">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Toc416441511"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc1858516464"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc212123501"/>
+      <w:r>
+        <w:t>Audit Observations and Potential Safety Enhancements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="050499CE" w14:textId="39F3D5EC" w:rsidR="00257B22" w:rsidRDefault="04104886" w:rsidP="3DBA9C5D">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+      </w:pPr>
+      <w:r>
+        <w:t>[Use RSA Report Normal style.]</w:t>
+      </w:r>
+      <w:r w:rsidR="00374889" w:rsidRPr="00374889">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B64936E" w14:textId="6F9B2C4A" w:rsidR="00257B22" w:rsidRDefault="3257260D" w:rsidP="3DBA9C5D">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Identify the different safety issues and possible potential safety enhancements discussed during the audit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F355604" w14:textId="4FA31B00" w:rsidR="00257B22" w:rsidRDefault="79298167" w:rsidP="3DBA9C5D">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The report should note that all recommended safety enhancements will require further evaluation and engineering. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58594509" w14:textId="69C551F8" w:rsidR="00257B22" w:rsidRDefault="003D6067" w:rsidP="3DBA9C5D">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674112" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2AF94135" wp14:editId="37474DF2">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2AF94135" wp14:editId="37474DF2">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3905250</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>265430</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2295525" cy="1761490"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="11" name="Picture 11" descr="(write brief description here)"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\gsousa\Desktop\image placeholder.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16">
+                    <a:blip r:embed="rId20">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2295525" cy="1761490"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676160" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4585FF86" wp14:editId="40A8A3E0">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4585FF86" wp14:editId="40A8A3E0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3895725</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2084070</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2295525" cy="635"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="6350"/>
                 <wp:wrapTight wrapText="bothSides">
                   <wp:wrapPolygon edited="0">
                     <wp:start x="0" y="0"/>
                     <wp:lineTo x="0" y="19722"/>
                     <wp:lineTo x="21510" y="19722"/>
                     <wp:lineTo x="21510" y="0"/>
                     <wp:lineTo x="0" y="0"/>
                   </wp:wrapPolygon>
                 </wp:wrapTight>
                 <wp:docPr id="1" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2295525" cy="635"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:prstClr val="white"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00E73C5F" w:rsidRPr="00E73C5F" w:rsidRDefault="00E73C5F" w:rsidP="009E2CB3">
+                          <w:p w14:paraId="47C95EEB" w14:textId="77777777" w:rsidR="00E73C5F" w:rsidRPr="00E73C5F" w:rsidRDefault="00E73C5F" w:rsidP="009E2CB3">
                             <w:pPr>
                               <w:pStyle w:val="caption2"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:noProof/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E73C5F">
                               <w:t xml:space="preserve">Image </w:t>
                             </w:r>
-                            <w:r w:rsidR="005A448F">
-[...19 lines deleted...]
-                            </w:r>
+                            <w:fldSimple w:instr=" SEQ Image \* ARABIC ">
+                              <w:r w:rsidR="004838BB">
+                                <w:rPr>
+                                  <w:noProof/>
+                                </w:rPr>
+                                <w:t>1</w:t>
+                              </w:r>
+                            </w:fldSimple>
                             <w:r w:rsidRPr="00E73C5F">
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                             <w:r w:rsidR="00985B7F">
                               <w:t>Write your caption here.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 1" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:306.75pt;margin-top:164.1pt;width:180.75pt;height:.05pt;z-index:251676160;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCVWr/sMgIAAHIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SpNiMOEWWIsOA&#10;oC2QDD0rshwLkEWNUmJ3Xz9KttOt22nYRaHIZ1J8j8zyrmsMuyj0GmzBZ5MpZ8pKKLU9FfzbYfvh&#10;I2c+CFsKA1YV/EV5frd6/27ZulzNoQZTKmSUxPq8dQWvQ3B5lnlZq0b4CThlKVgBNiLQFU9ZiaKl&#10;7I3J5tPpbdYClg5BKu/Je98H+Srlryolw2NVeRWYKTi9LaQT03mMZ7ZaivyEwtVaDs8Q//CKRmhL&#10;Ra+p7kUQ7Iz6j1SNlggeqjCR0GRQVVqq1AN1M5u+6WZfC6dSL0SOd1ea/P9LKx8uT8h0SdpxZkVD&#10;Eh1UF9hn6NgsstM6nxNo7wgWOnJH5OD35IxNdxU28ZfaYRQnnl+u3MZkkpzz+afFYr7gTFLs9mYR&#10;c2Svnzr04YuChkWj4EjCJT7FZedDDx0hsZIHo8utNiZeYmBjkF0EidzWOqgh+W8oYyPWQvyqT9h7&#10;VJqSoUrstu8qWqE7dombm7HjI5QvRARCP0jeya2m6jvhw5NAmhzqnbYhPNJRGWgLDoPFWQ3442/+&#10;iCdBKcpZS5NYcP/9LFBxZr5akjqO7WjgaBxHw56bDVDfJB+9Jpn0AQYzmhVC80xLso5VKCSspFoF&#10;D6O5Cf0+0JJJtV4nEA2nE2Fn907G1CPLh+5ZoBs0CiTtA4wzKvI3UvXYJJZbnwPxnnSMvPYskv7x&#10;QoOdJmFYwrg5v94T6vWvYvUTAAD//wMAUEsDBBQABgAIAAAAIQBAAsU44gAAAAsBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI+xTsMwEIZ3JN7BOiQWRJ0mbSghTlVVMMBSEbqwubEbB+JzZDtteHsOFhjv&#10;7tN/31+uJ9uzk/ahcyhgPkuAaWyc6rAVsH97ul0BC1Gikr1DLeBLB1hXlxelLJQ746s+1bFlFIKh&#10;kAJMjEPBeWiMtjLM3KCRbkfnrYw0+pYrL88UbnueJknOreyQPhg56K3RzWc9WgG7xfvO3IzHx5fN&#10;IvPP+3Gbf7S1ENdX0+YBWNRT/IPhR5/UoSKngxtRBdYLyOfZklABWbpKgRFxf7ekdoffTQa8Kvn/&#10;DtU3AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJVav+wyAgAAcgQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEACxTjiAAAACwEAAA8AAAAAAAAA&#10;AAAAAAAAjAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" stroked="f">
+              <v:shape w14:anchorId="4585FF86" id="Text Box 1" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:306.75pt;margin-top:164.1pt;width:180.75pt;height:.05pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBpZSKpIAIAAE0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SpNiMOEWWIsOA&#10;oC2QDj0rshwLkEWNUmJ3Xz9KtpOt22nYRaZIihTfe/LyrmsMOyv0GmzBZ5MpZ8pKKLU9Fvzb8/bD&#10;R858ELYUBqwq+Kvy/G71/t2ydbmaQw2mVMioiPV56wpeh+DyLPOyVo3wE3DKUrACbESgLR6zEkVL&#10;1RuTzafT26wFLB2CVN6T974P8lWqX1VKhseq8iowU3C6W0grpvUQ12y1FPkRhau1HK4h/uEWjdCW&#10;ml5K3Ysg2An1H6UaLRE8VGEiocmgqrRUaQaaZjZ9M82+Fk6lWQgc7y4w+f9XVj6c9+4JWeg+Q0cE&#10;RkBa53NPzjhPV2ETv3RTRnGC8PUCm+oCk+Sczz8tFvMFZ5JitzeLWCO7HnXowxcFDYtGwZE4SVCJ&#10;886HPnVMiZ08GF1utTFxEwMbg+wsiL+21kENxX/LMjbmWoin+oK9RyUBDF2uU0UrdIeO6bLgN+PE&#10;ByhfCQiEXiPeya2m7jvhw5NAEgXNTkIPj7RUBtqCw2BxVgP++Js/5hNXFOWsJZEV3H8/CVScma+W&#10;WIyKHA0cjcNo2FOzAZp7Rk/IyWTSAQxmNCuE5oX0v45dKCSspF4FD6O5Cb3U6f1ItV6nJNKdE2Fn&#10;907G0iPKz92LQDdwFIjaBxjlJ/I3VPW5iSy3PgXCPfEYce1RJP7jhjSblDC8r/goft2nrOtfYPUT&#10;AAD//wMAUEsDBBQABgAIAAAAIQBAAsU44gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI+xTsMw&#10;EIZ3JN7BOiQWRJ0mbSghTlVVMMBSEbqwubEbB+JzZDtteHsOFhjv7tN/31+uJ9uzk/ahcyhgPkuA&#10;aWyc6rAVsH97ul0BC1Gikr1DLeBLB1hXlxelLJQ746s+1bFlFIKhkAJMjEPBeWiMtjLM3KCRbkfn&#10;rYw0+pYrL88UbnueJknOreyQPhg56K3RzWc9WgG7xfvO3IzHx5fNIvPP+3Gbf7S1ENdX0+YBWNRT&#10;/IPhR5/UoSKngxtRBdYLyOfZklABWbpKgRFxf7ekdoffTQa8Kvn/DtU3AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAGllIqkgAgAATQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAEACxTjiAAAACwEAAA8AAAAAAAAAAAAAAAAAegQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w:rsidR="00E73C5F" w:rsidRPr="00E73C5F" w:rsidRDefault="00E73C5F" w:rsidP="009E2CB3">
+                    <w:p w14:paraId="47C95EEB" w14:textId="77777777" w:rsidR="00E73C5F" w:rsidRPr="00E73C5F" w:rsidRDefault="00E73C5F" w:rsidP="009E2CB3">
                       <w:pPr>
                         <w:pStyle w:val="caption2"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:noProof/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00E73C5F">
                         <w:t xml:space="preserve">Image </w:t>
                       </w:r>
-                      <w:r w:rsidR="00A05896">
-[...19 lines deleted...]
-                      </w:r>
+                      <w:fldSimple w:instr=" SEQ Image \* ARABIC ">
+                        <w:r w:rsidR="004838BB">
+                          <w:rPr>
+                            <w:noProof/>
+                          </w:rPr>
+                          <w:t>1</w:t>
+                        </w:r>
+                      </w:fldSimple>
                       <w:r w:rsidRPr="00E73C5F">
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                       <w:r w:rsidR="00985B7F">
                         <w:t>Write your caption here.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="tight"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00257B22">
-[...23 lines deleted...]
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+      <w:r w:rsidR="558D1B30">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="675035B7" w14:textId="77777777" w:rsidR="00C3755E" w:rsidRDefault="00C3755E" w:rsidP="3DBA9C5D">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...86 lines deleted...]
-    <w:p w:rsidR="00257B22" w:rsidRDefault="003D6067" w:rsidP="00257B22">
+    </w:p>
+    <w:p w14:paraId="1888CCE7" w14:textId="015852BA" w:rsidR="00EF1F48" w:rsidRDefault="00374889" w:rsidP="00257B22">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251692544" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FCFBCE1" wp14:editId="7F8DBCAE">
-[...18 lines deleted...]
-                <wp:docPr id="12" name="Text Box 2"/>
+              <wp:inline distT="0" distB="0" distL="114300" distR="114300" wp14:anchorId="346A4A9D" wp14:editId="639A5039">
+                <wp:extent cx="3781425" cy="836762"/>
+                <wp:effectExtent l="0" t="0" r="9525" b="1905"/>
+                <wp:docPr id="71234757" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3267075" cy="657225"/>
+                          <a:ext cx="3781425" cy="836762"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
-                          <a:srgbClr val="00FFFF"/>
+                          <a:srgbClr val="FFFF00"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="007A6C9B" w:rsidRPr="007A6C9B" w:rsidRDefault="007A6C9B" w:rsidP="007A6C9B">
+                          <w:p w14:paraId="40C5DA66" w14:textId="77777777" w:rsidR="00374889" w:rsidRPr="00C3755E" w:rsidRDefault="00374889" w:rsidP="00374889">
                             <w:pPr>
                               <w:rPr>
-                                <w:sz w:val="20"/>
-                                <w:szCs w:val="20"/>
+                                <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="003D6067">
+                            <w:r w:rsidRPr="00C3755E">
                               <w:rPr>
-                                <w:sz w:val="20"/>
-                                <w:szCs w:val="20"/>
+                                <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t>[</w:t>
+                              <w:t>[Use “Change Picture” option to replace image placeholders with your own. Depending on your version of Word, “Right click&gt;Change Picture” or choose “Change Picture” from “Picture Tools” menu.]</w:t>
                             </w:r>
-                            <w:r>
-[...29 lines deleted...]
-                            <w:proofErr w:type="gramEnd"/>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="margin">
-[...5 lines deleted...]
-              </wp:anchor>
+              </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:270pt;margin-top:43.8pt;width:257.25pt;height:51.75pt;z-index:-251623936;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDsRG6TIgIAACMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU81u2zAMvg/YOwi6L3a8JG2NOEWXLsOA&#10;7gdo9wCMLMfCZFGTlNjZ04+S0zTbbsN0EEiR/Eh+pJa3Q6fZQTqv0FR8Osk5k0Zgrcyu4t+eNm+u&#10;OfMBTA0ajaz4UXp+u3r9atnbUhbYoq6lYwRifNnbirch2DLLvGhlB36CVhoyNug6CKS6XVY76Am9&#10;01mR54usR1dbh0J6T6/3o5GvEn7TSBG+NI2XgemKU20h3S7d23hnqyWUOwe2VeJUBvxDFR0oQ0nP&#10;UPcQgO2d+guqU8KhxyZMBHYZNo0SMvVA3UzzP7p5bMHK1AuR4+2ZJv//YMXnw1fHVE2zKzgz0NGM&#10;nuQQ2DscWBHp6a0vyevRkl8Y6JlcU6vePqD47pnBdQtmJ++cw76VUFN50xiZXYSOOD6CbPtPWFMa&#10;2AdMQEPjusgdscEIncZ0PI8mliLo8W2xuMqv5pwJsi3mV0UxTymgfI62zocPEjsWhYo7Gn1Ch8OD&#10;D7EaKJ9dYjKPWtUbpXVS3G671o4dIK5JvqFzQv/NTRvWV/xmTrljlMEYnzaoU4HWWKuu4td5PDEc&#10;ysjGe1MnOYDSo0yVaHOiJzIychOG7ZAGMYuxkbot1kfiy+G4tfTLSGjR/eSsp42tuP+xByc50x8N&#10;cX4znc3iiidlRhSR4i4t20sLGEFQFQ+cjeI6pG8xNnZHs2lUou2lklPJtImJzdOviat+qSevl7+9&#10;+gUAAP//AwBQSwMEFAAGAAgAAAAhABQdfHPfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81O&#10;wzAQhO9IvIO1SNyoHZSUNMSpqgokrpRKXF1760T4J4rdNH573BPcZjWj2W/a7WINmXEKg3ccihUD&#10;gk56NTjN4fj1/lQDCVE4JYx3yCFhgG13f9eKRvmr+8T5EDXJJS40gkMf49hQGmSPVoSVH9Fl7+wn&#10;K2I+J03VJK653Br6zNiaWjG4/KEXI+57lD+Hi+XwnfZyl47mTZ/lx5w2dZ10GTh/fFh2r0AiLvEv&#10;DDf8jA5dZjr5i1OBGA5VyfKWyKF+WQO5BVhVVkBOWW2KAmjX0v8bul8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEA7ERukyICAAAjBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAFB18c98AAAALAQAADwAAAAAAAAAAAAAAAAB8BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" fillcolor="aqua" stroked="f">
+              <v:shape w14:anchorId="346A4A9D" id="_x0000_s1030" type="#_x0000_t202" style="width:297.75pt;height:65.9pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXiLrEEwIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJc6sRp+jSZRjQ&#10;XYBuH6DIcixMFjVKiZ19/Sg5TbPtbZgeBFEUD8nDo9Vd3xp2VOg12JKPRzlnykqotN2X/NvX7Zsl&#10;Zz4IWwkDVpX8pDy/W79+tepcoSbQgKkUMgKxvuhcyZsQXJFlXjaqFX4ETlly1oCtCGTiPqtQdITe&#10;mmyS5/OsA6wcglTe0+3D4OTrhF/XSobPde1VYKbkVFtIO6Z9F/dsvRLFHoVrtDyXIf6hilZoS0kv&#10;UA8iCHZA/RdUqyWChzqMJLQZ1LWWKvVA3YzzP7p5aoRTqRcix7sLTf7/wcpPxyf3BVno30JPA0xN&#10;ePcI8rtnFjaNsHt1jwhdo0RFiceRsqxzvjiHRqp94SPIrvsIFQ1ZHAIkoL7GNrJCfTJCpwGcLqSr&#10;PjBJlzeL5Xg6mXEmybe8mS/mk5RCFM/RDn14r6Bl8VBypKEmdHF89CFWI4rnJzGZB6OrrTYmGbjf&#10;bQyyoyABbGnlaeYU8tszY1lX8tsZ1RGjLMT4pI1WBxKo0S0Vl8c1SCay8c5W6UkQ2gxngjX2TE9k&#10;ZOAm9Lue6ark0xgb2dpBdSK+EAY90v+hQwP4k7OOtFhy/+MgUHFmPlji/HY8nUbxJmM6W0zIwGvP&#10;7tojrCSokgfOhuMmJMEPjd3TbGqdaHup5FwyaSyxef4PUcTXdnr18mvXvwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAI9ziLDaAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoE1Ca&#10;EuJUqIIDt7bwAW68JIZ4HWy3CX/PwoVeRlrNaOZtvZ7dIE4YovWkIF9kIJBabyx1Ct5en29WIGLS&#10;ZPTgCRV8Y4R1c3lR68r4iXZ42qdOcAnFSivoUxorKWPbo9Nx4Uck9t59cDrxGTppgp643A3yNsuW&#10;0mlLvNDrETc9tp/7o1NQWrPZTu3u42n78hXsMi+1LUulrq/mxwcQCef0H4ZffEaHhpkO/kgmikEB&#10;P5L+lL3ivihAHDh0l69ANrU8p29+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANeIusQT&#10;AgAA/QMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAI9z&#10;iLDaAAAABQEAAA8AAAAAAAAAAAAAAAAAbQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" fillcolor="yellow" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="007A6C9B" w:rsidRPr="007A6C9B" w:rsidRDefault="007A6C9B" w:rsidP="007A6C9B">
+                    <w:p w14:paraId="40C5DA66" w14:textId="77777777" w:rsidR="00374889" w:rsidRPr="00C3755E" w:rsidRDefault="00374889" w:rsidP="00374889">
                       <w:pPr>
                         <w:rPr>
-                          <w:sz w:val="20"/>
-                          <w:szCs w:val="20"/>
+                          <w:sz w:val="24"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="003D6067">
+                      <w:r w:rsidRPr="00C3755E">
                         <w:rPr>
-                          <w:sz w:val="20"/>
-                          <w:szCs w:val="20"/>
+                          <w:sz w:val="24"/>
                         </w:rPr>
-                        <w:t>[</w:t>
+                        <w:t>[Use “Change Picture” option to replace image placeholders with your own. Depending on your version of Word, “Right click&gt;Change Picture” or choose “Change Picture” from “Picture Tools” menu.]</w:t>
                       </w:r>
-                      <w:r>
-[...29 lines deleted...]
-                      <w:proofErr w:type="gramEnd"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
-                <w10:wrap type="tight"/>
+                <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="2C988D54" w14:textId="77777777" w:rsidR="00054E77" w:rsidRDefault="00054E77" w:rsidP="00257B22">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D120530" w14:textId="77777777" w:rsidR="00054E77" w:rsidRDefault="00054E77" w:rsidP="00257B22">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C74223B" w14:textId="736A66F8" w:rsidR="00054E77" w:rsidRDefault="00374889" w:rsidP="00054E77">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682304" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B8C6135" wp14:editId="537A3426">
-[...10 lines deleted...]
-                <wp:docPr id="14" name="Text Box 14"/>
+              <wp:inline distT="0" distB="0" distL="114300" distR="114300" wp14:anchorId="77436A65" wp14:editId="556E1FCB">
+                <wp:extent cx="3769743" cy="1104182"/>
+                <wp:effectExtent l="0" t="0" r="2540" b="1270"/>
+                <wp:docPr id="95600099" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3769743" cy="1104182"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFF00"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:noFill/>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="2C0F41D5" w14:textId="77777777" w:rsidR="00374889" w:rsidRPr="00C3755E" w:rsidRDefault="00374889" w:rsidP="00374889">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00C3755E">
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">[You can copy/paste these image placeholders throughout document to then replace with your images </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00C3755E">
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:highlight w:val="yellow"/>
+                              </w:rPr>
+                              <w:t>afterwards. Insert captions via the</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00C3755E">
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> “References” tab and use the “Image” label. Use “Caption 2” style for formatting.]</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="77436A65" id="_x0000_s1031" type="#_x0000_t202" style="width:296.85pt;height:86.95pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5ux/QFQIAAP4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N7azySaxQlbbbFNV&#10;2l6kbT8AYxyjYoYCiZ1+fQeczabtW1UeEMMwZ2bOHNZ3Q6fJUTqvwDBaTHJKpBFQK7Nn9NvX3Zsl&#10;JT5wU3MNRjJ6kp7ebV6/Wve2lFNoQdfSEQQxvuwto20ItswyL1rZcT8BKw06G3AdD2i6fVY73iN6&#10;p7Npnt9mPbjaOhDSe7x9GJ10k/CbRorwuWm8DEQzirWFtLu0V3HPNmte7h23rRLnMvg/VNFxZTDp&#10;BeqBB04OTv0F1SnhwEMTJgK6DJpGCZl6wG6K/I9unlpuZeoFyfH2QpP/f7Di0/HJfnEkDG9hwAGm&#10;Jrx9BPHdEwPblpu9vHcO+lbyGhMXkbKst748h0aqfekjSNV/hBqHzA8BEtDQuC6ygn0SRMcBnC6k&#10;yyEQgZc3i9vVYnZDiUBfUeSzYjlNOXj5HG6dD+8ldCQeGHU41QTPj48+xHJ4+fwkZvOgVb1TWifD&#10;7autduTIUQE7XHkaOob89kwb0jO6mk/nCdlAjE/i6FRAhWrVMbrM4xo1E+l4Z+r0JHClxzPCanPm&#10;J1IykhOGaiCqZnQeYyNdFdQnJMzBKEj8QHhowf2kpEcxMup/HLiTlOgPBklfFbNZVG8yZvPFFA13&#10;7amuPdwIhGI0UDIetyEpPtJh4B6H06hE20sl55JRZInN84eIKr6206uXb7v5BQAA//8DAFBLAwQU&#10;AAYACAAAACEAQ6tXLdoAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhT&#10;Kmoa4lSoggO3tvAB29gkhngdbLcJf8/ChV5GWs1o5m21nnwvTjYmF0jDfFaAsNQE46jV8Pb6fHMP&#10;ImUkg30gq+HbJljXlxcVliaMtLOnfW4Fl1AqUUOX81BKmZrOekyzMFhi7z1Ej5nP2EoTceRy38vb&#10;olhKj454ocPBbjrbfO6PXoNyZrMdm93H0/blK7rlXKFTSuvrq+nxAUS2U/4Pwy8+o0PNTIdwJJNE&#10;r4EfyX/K3t1qoUAcOKQWK5B1Jc/p6x8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAObsf&#10;0BUCAAD+AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;Q6tXLdoAAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" fillcolor="yellow" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="2C0F41D5" w14:textId="77777777" w:rsidR="00374889" w:rsidRPr="00C3755E" w:rsidRDefault="00374889" w:rsidP="00374889">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00C3755E">
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">[You can copy/paste these image placeholders throughout document to then replace with your images </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00C3755E">
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:highlight w:val="yellow"/>
+                        </w:rPr>
+                        <w:t>afterwards. Insert captions via the</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00C3755E">
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> “References” tab and use the “Image” label. Use “Caption 2” style for formatting.]</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:anchorlock/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="_Toc1932730884"/>
+    </w:p>
+    <w:p w14:paraId="4FC7CBFD" w14:textId="195EC50B" w:rsidR="00EF1F48" w:rsidRPr="002E7E79" w:rsidRDefault="6A335EEA" w:rsidP="00C27ED1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Toc212123502"/>
+      <w:r w:rsidRPr="002E7E79">
+        <w:t>Safety Issue</w:t>
+      </w:r>
+      <w:r w:rsidR="4058B28B" w:rsidRPr="002E7E79">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E7E79">
+        <w:t>#</w:t>
+      </w:r>
+      <w:r w:rsidR="50DB351F" w:rsidRPr="002E7E79">
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidR="546ABA05">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="546ABA05" w:rsidRPr="002E7E79">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t>Issue Heading (Example: Traffic Signal Operations, Speeding, Pedestrian &amp; Bicycle Accommodations, etc.)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidR="002E7E79">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="419F730F" w14:textId="7857CAFD" w:rsidR="51210333" w:rsidRDefault="51210333" w:rsidP="51210333">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3112B3A3" w14:textId="77777777" w:rsidR="00054E77" w:rsidRDefault="00054E77" w:rsidP="51210333">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B48B584" w14:textId="64AC0943" w:rsidR="00EF1F48" w:rsidRDefault="0E154494" w:rsidP="51210333">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3DBA9C5D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Observations</w:t>
+      </w:r>
+      <w:r w:rsidR="5A33C92A" w:rsidRPr="3DBA9C5D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="006BB38F" w14:textId="6E63D1E7" w:rsidR="2AE03A34" w:rsidRDefault="2AE03A34" w:rsidP="51210333">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">For each safety issue, </w:t>
+      </w:r>
+      <w:r w:rsidR="05E53E43">
+        <w:t xml:space="preserve">provide a complete </w:t>
+      </w:r>
+      <w:r w:rsidR="02F25651">
+        <w:t>description of</w:t>
+      </w:r>
+      <w:r w:rsidR="05E53E43">
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="2EB33D18">
+        <w:t>deficiency</w:t>
+      </w:r>
+      <w:r w:rsidR="05E53E43">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="79C59343">
+        <w:t xml:space="preserve">dentify </w:t>
+      </w:r>
+      <w:r w:rsidR="4FE1C511">
+        <w:t xml:space="preserve">its </w:t>
+      </w:r>
+      <w:r w:rsidR="71722BC9">
+        <w:t>location,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="248D39BE">
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="0987E620">
+        <w:t>ti</w:t>
+      </w:r>
+      <w:r w:rsidR="2BFD1A01">
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidR="00C27ED1">
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="2BFD1A01">
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r w:rsidR="0987E620">
+        <w:t>existing crash data whe</w:t>
+      </w:r>
+      <w:r w:rsidR="4F777890">
+        <w:t>re</w:t>
+      </w:r>
+      <w:r w:rsidR="0987E620">
+        <w:t xml:space="preserve"> possible</w:t>
+      </w:r>
+      <w:r w:rsidR="4D17CBEB">
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r w:rsidR="17100B54">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="53222C91">
+        <w:t>demonstrate how the deficiency could contribute to a crash</w:t>
+      </w:r>
+      <w:r w:rsidR="27D2D3A0">
+        <w:t xml:space="preserve"> trend</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">.  Provide pictures and/or figures to illustrate each issue. </w:t>
+      </w:r>
+      <w:r w:rsidR="1C8451EC">
+        <w:t>Avoid vague language and broad descriptions and instead provide a detailed de</w:t>
+      </w:r>
+      <w:r w:rsidR="513BB040">
+        <w:t xml:space="preserve">scription of safety issues. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01FFBC16" w14:textId="4794288C" w:rsidR="61025B4D" w:rsidRDefault="61025B4D" w:rsidP="51210333">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+        <w:ind w:left="1440"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">An example of a poorly worded safety issue description may be: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6057B868" w14:textId="1838886D" w:rsidR="61025B4D" w:rsidRDefault="61025B4D" w:rsidP="51210333">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="51210333">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">“The sight distance looking north from Side Street is inadequate.”. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C15C949" w14:textId="7A2767AD" w:rsidR="61025B4D" w:rsidRDefault="61025B4D" w:rsidP="51210333">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+        <w:ind w:left="1440"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">In contrast, the following represents a clearer, complete description of the safety issue:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="153A13E7" w14:textId="0C26F2E0" w:rsidR="00374889" w:rsidRDefault="76AE348D" w:rsidP="51210333">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3DBA9C5D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>“The sight distance on Side Street looking north is impeded by many objects including brush, utility poles, guardrail, and the vertical curvature of the roadway. This poor sight distance appears to be a contributing factor in the number of angle crashes</w:t>
+      </w:r>
+      <w:r w:rsidR="722309EA" w:rsidRPr="3DBA9C5D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (e.g. crash #1, #15, #27)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3DBA9C5D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> occurring from this approach.”</w:t>
+      </w:r>
+      <w:r w:rsidR="00374889" w:rsidRPr="00374889">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C108E0D" w14:textId="0EACD741" w:rsidR="00374889" w:rsidRDefault="00374889" w:rsidP="00374889">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3987C5A4" w14:textId="77777777" w:rsidR="00374889" w:rsidRDefault="00374889" w:rsidP="51210333">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="658447DB" w14:textId="77777777" w:rsidR="00374889" w:rsidRDefault="00374889" w:rsidP="51210333">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="413F9F89" w14:textId="28B5E7A4" w:rsidR="61025B4D" w:rsidRDefault="00374889" w:rsidP="51210333">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+        <w:ind w:left="1440"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00374889">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14D5FB86" w14:textId="49A83510" w:rsidR="00EF1F48" w:rsidRDefault="00EF1F48" w:rsidP="51210333">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DC0A746" w14:textId="72353589" w:rsidR="00EF1F48" w:rsidRDefault="35D61965" w:rsidP="3DBA9C5D">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="114300" distR="114300" wp14:anchorId="5ACBE8E9" wp14:editId="445EF920">
+                <wp:extent cx="2295525" cy="523875"/>
+                <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+                <wp:docPr id="684214625" name="Text Box 14"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2295525" cy="635"/>
+                          <a:ext cx="2295525" cy="523875"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:prstClr val="white"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="004838BB" w:rsidRPr="009E2CB3" w:rsidRDefault="004838BB" w:rsidP="009E2CB3">
+                          <w:p w14:paraId="2F0ADD95" w14:textId="60D8B38D" w:rsidR="00F63E99" w:rsidRPr="009E2CB3" w:rsidRDefault="00374889" w:rsidP="009E2CB3">
                             <w:pPr>
-                              <w:pStyle w:val="caption2"/>
                               <w:rPr>
                                 <w:noProof/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="009E2CB3">
-[...11 lines deleted...]
-                            <w:r w:rsidRPr="009E2CB3">
+                            <w:r>
                               <w:rPr>
                                 <w:noProof/>
                               </w:rPr>
-                              <w:t>2</w:t>
+                              <w:drawing>
+                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="746D074E" wp14:editId="76A0E944">
+                                  <wp:extent cx="2295525" cy="1607820"/>
+                                  <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+                                  <wp:docPr id="1110020098" name="Picture 13" descr="(write brief description here)"/>
+                                  <wp:cNvGraphicFramePr>
+                                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                                  </wp:cNvGraphicFramePr>
+                                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                        <pic:nvPicPr>
+                                          <pic:cNvPr id="0" name="Picture 13"/>
+                                          <pic:cNvPicPr/>
+                                        </pic:nvPicPr>
+                                        <pic:blipFill>
+                                          <a:blip r:embed="rId20">
+                                            <a:extLst>
+                                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                              </a:ext>
+                                            </a:extLst>
+                                          </a:blip>
+                                          <a:stretch>
+                                            <a:fillRect/>
+                                          </a:stretch>
+                                        </pic:blipFill>
+                                        <pic:spPr bwMode="auto">
+                                          <a:xfrm>
+                                            <a:off x="0" y="0"/>
+                                            <a:ext cx="2295525" cy="1607820"/>
+                                          </a:xfrm>
+                                          <a:prstGeom prst="rect">
+                                            <a:avLst/>
+                                          </a:prstGeom>
+                                          <a:noFill/>
+                                          <a:ln>
+                                            <a:noFill/>
+                                          </a:ln>
+                                        </pic:spPr>
+                                      </pic:pic>
+                                    </a:graphicData>
+                                  </a:graphic>
+                                </wp:inline>
+                              </w:drawing>
                             </w:r>
-                            <w:r w:rsidR="005A448F">
-[...3 lines deleted...]
-                              <w:fldChar w:fldCharType="end"/>
+                            <w:r w:rsidR="00F63E99" w:rsidRPr="009E2CB3">
+                              <w:t xml:space="preserve">Image </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="009E2CB3">
+                            <w:fldSimple w:instr=" SEQ Image \* ARABIC ">
+                              <w:r w:rsidR="00F63E99" w:rsidRPr="009E2CB3">
+                                <w:rPr>
+                                  <w:noProof/>
+                                </w:rPr>
+                                <w:t>2</w:t>
+                              </w:r>
+                            </w:fldSimple>
+                            <w:r w:rsidR="00F63E99" w:rsidRPr="009E2CB3">
                               <w:t>: Write your caption here.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-              </wp:anchor>
+              </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 14" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:308.2pt;margin-top:24.75pt;width:180.75pt;height:.05pt;z-index:251682304;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBXJiBYMwIAAHQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP2jAMfp+0/xDlfRTYOG0V5cQ4MU1C&#10;dyfBdM8hTWmkNM6cQMt+/ZyUwnbb07SX4NhfP8f+bOb3XWPYSaHXYAs+GY05U1ZCqe2h4N9263cf&#10;OfNB2FIYsKrgZ+X5/eLtm3nrcjWFGkypkBGJ9XnrCl6H4PIs87JWjfAjcMpSsAJsRKArHrISRUvs&#10;jcmm4/Fd1gKWDkEq78n70Af5IvFXlZLhqaq8CswUnN4W0onp3MczW8xFfkDhai0vzxD/8IpGaEtJ&#10;r1QPIgh2RP0HVaMlgocqjCQ0GVSVlirVQNVMxq+q2dbCqVQLNce7a5v8/6OVj6dnZLok7T5wZkVD&#10;Gu1UF9hn6Bi5qD+t8znBto6AoSM/YQe/J2csu6uwib9UEKM4dfp87W5kk+ScTj/NZtMZZ5Jid+9n&#10;kSO7ferQhy8KGhaNgiNJlzoqThsfeugAiZk8GF2utTHxEgMrg+wkSOa21kFdyH9DGRuxFuJXPWHv&#10;UWlOLllitX1V0QrdvkvdSa+Nnj2UZ2oEQj9K3sm1puwb4cOzQJodqp32ITzRURloCw4Xi7Ma8Mff&#10;/BFPklKUs5ZmseD++1Gg4sx8tSR2HNzBwMHYD4Y9Niuguie0aU4mkz7AYAazQmheaE2WMQuFhJWU&#10;q+BhMFeh3whaM6mWywSi8XQibOzWyUg9dHnXvQh0F40CSfsIw5SK/JVUPTaJ5ZbHQH1POt66SPrH&#10;C412moTLGsbd+fWeULc/i8VPAAAA//8DAFBLAwQUAAYACAAAACEAJMIASeAAAAAJAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPsU7DMBCGdyTewTokFkSdQnCbEKeqKhhgqQhdurnxNQ7E5yh22vD2uBOM&#10;d/fpv+8vVpPt2AkH3zqSMJ8lwJBqp1tqJOw+X++XwHxQpFXnCCX8oIdVeX1VqFy7M33gqQoNiyHk&#10;cyXBhNDnnPvaoFV+5nqkeDu6waoQx6HhelDnGG47/pAkglvVUvxgVI8bg/V3NVoJ23S/NXfj8eV9&#10;nT4Ob7txI76aSsrbm2n9DCzgFP5guOhHdSij08GNpD3rJIi5SCMqIc2egEUgWywyYIfLQgAvC/6/&#10;QfkLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVyYgWDMCAAB0BAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJMIASeAAAAAJAQAADwAAAAAAAAAA&#10;AAAAAACNBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJoFAAAAAA==&#10;" stroked="f">
+              <v:shape w14:anchorId="5ACBE8E9" id="Text Box 14" o:spid="_x0000_s1032" type="#_x0000_t202" style="width:180.75pt;height:41.25pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDSb61lJAIAAFAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L048pGuNOEWWIsOA&#10;oC2QDj0rshwbkEWNUmJnXz9KtpOt22nYRaZIihTfe/Livms0Oyl0NZiczyZTzpSRUNTmkPNvL5sP&#10;t5w5L0whNBiV87Ny/H75/t2itZlKoQJdKGRUxListTmvvLdZkjhZqUa4CVhlKFgCNsLTFg9JgaKl&#10;6o1O0un0JmkBC4sglXPkfeiDfBnrl6WS/qksnfJM55zu5uOKcd2HNVkuRHZAYataDtcQ/3CLRtSG&#10;ml5KPQgv2BHrP0o1tURwUPqJhCaBsqylijPQNLPpm2l2lbAqzkLgOHuByf2/svLxtLPPyHz3GToi&#10;MADSWpc5coZ5uhKb8KWbMooThOcLbKrzTJIzTe/m83TOmaTYPP14+2keyiTX0xad/6KgYcHIORIt&#10;ES1x2jrfp44poZkDXRebWuuwCYG1RnYSRGFb1V4NxX/L0ibkGgin+oK9R0UNDF2ugwXLd/uO1UXO&#10;b8ah91CcCQuEXibOyk1N3bfC+WeBpAsan7Tun2gpNbQ5h8HirAL88Td/yCe6KMpZSzrLuft+FKg4&#10;018NERlEORo4GvvRMMdmDTT3jF6RldGkA+j1aJYIzSs9gVXoQiFhJPXKuR/Nte/VTk9IqtUqJpH0&#10;rPBbs7MylB5RfuleBdqBI0/sPsKoQJG9oarPjWTZ1dET7pHHgGuPIvEfNiTbqIThiYV38es+Zl1/&#10;BMufAAAA//8DAFBLAwQUAAYACAAAACEA3Tf1Td0AAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;zW7CMBCE75V4B2uRuFTF4S9CaRyEED20F9SUS28mXuK08TqyHUjfvqYXellpNKOZb/PNYFp2Qecb&#10;SwJm0wQYUmVVQ7WA48fL0xqYD5KUbC2hgB/0sClGD7nMlL3SO17KULNYQj6TAnQIXca5rzQa6ae2&#10;Q4re2TojQ5Su5srJayw3LZ8nScqNbCguaNnhTmP1XfZGwGH5edCP/Xn/tl0u3Oux36VfdSnEZDxs&#10;n4EFHMI9DDf8iA5FZDrZnpRnrYD4SPi70VuksxWwk4D1fAW8yPl/+OIXAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEA0m+tZSQCAABQBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEA3Tf1Td0AAAAEAQAADwAAAAAAAAAAAAAAAAB+BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w:rsidR="004838BB" w:rsidRPr="009E2CB3" w:rsidRDefault="004838BB" w:rsidP="009E2CB3">
+                    <w:p w14:paraId="2F0ADD95" w14:textId="60D8B38D" w:rsidR="00F63E99" w:rsidRPr="009E2CB3" w:rsidRDefault="00374889" w:rsidP="009E2CB3">
                       <w:pPr>
-                        <w:pStyle w:val="caption2"/>
                         <w:rPr>
                           <w:noProof/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="009E2CB3">
-[...11 lines deleted...]
-                      <w:r w:rsidRPr="009E2CB3">
+                      <w:r>
                         <w:rPr>
                           <w:noProof/>
                         </w:rPr>
-                        <w:t>2</w:t>
+                        <w:drawing>
+                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="746D074E" wp14:editId="76A0E944">
+                            <wp:extent cx="2295525" cy="1607820"/>
+                            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+                            <wp:docPr id="1110020098" name="Picture 13" descr="(write brief description here)"/>
+                            <wp:cNvGraphicFramePr>
+                              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                            </wp:cNvGraphicFramePr>
+                            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                  <pic:nvPicPr>
+                                    <pic:cNvPr id="0" name="Picture 13"/>
+                                    <pic:cNvPicPr/>
+                                  </pic:nvPicPr>
+                                  <pic:blipFill>
+                                    <a:blip r:embed="rId20">
+                                      <a:extLst>
+                                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                        </a:ext>
+                                      </a:extLst>
+                                    </a:blip>
+                                    <a:stretch>
+                                      <a:fillRect/>
+                                    </a:stretch>
+                                  </pic:blipFill>
+                                  <pic:spPr bwMode="auto">
+                                    <a:xfrm>
+                                      <a:off x="0" y="0"/>
+                                      <a:ext cx="2295525" cy="1607820"/>
+                                    </a:xfrm>
+                                    <a:prstGeom prst="rect">
+                                      <a:avLst/>
+                                    </a:prstGeom>
+                                    <a:noFill/>
+                                    <a:ln>
+                                      <a:noFill/>
+                                    </a:ln>
+                                  </pic:spPr>
+                                </pic:pic>
+                              </a:graphicData>
+                            </a:graphic>
+                          </wp:inline>
+                        </w:drawing>
                       </w:r>
-                      <w:r w:rsidR="00A05896">
-[...3 lines deleted...]
-                        <w:fldChar w:fldCharType="end"/>
+                      <w:r w:rsidR="00F63E99" w:rsidRPr="009E2CB3">
+                        <w:t xml:space="preserve">Image </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="009E2CB3">
+                      <w:fldSimple w:instr=" SEQ Image \* ARABIC ">
+                        <w:r w:rsidR="00F63E99" w:rsidRPr="009E2CB3">
+                          <w:rPr>
+                            <w:noProof/>
+                          </w:rPr>
+                          <w:t>2</w:t>
+                        </w:r>
+                      </w:fldSimple>
+                      <w:r w:rsidR="00F63E99" w:rsidRPr="009E2CB3">
                         <w:t>: Write your caption here.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
-                <w10:wrap type="square"/>
+                <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00257B22">
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B35870" w14:textId="4D1DB97B" w:rsidR="00EF1F48" w:rsidRDefault="1C4F71B3" w:rsidP="51210333">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3DBA9C5D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Potential Safety Enhancements</w:t>
+      </w:r>
+      <w:r w:rsidR="0C8D7FB3" w:rsidRPr="3DBA9C5D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="472315EA" w14:textId="6D05C66F" w:rsidR="00EF1F48" w:rsidRDefault="353796B0" w:rsidP="00257B22">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+      </w:pPr>
       <w:r>
+        <w:t>List in detail the possible safety enhancement</w:t>
+      </w:r>
+      <w:r w:rsidR="2E570CED">
+        <w:t>s for each issu</w:t>
+      </w:r>
+      <w:r w:rsidR="3012FB29">
+        <w:t>e as discussed</w:t>
+      </w:r>
+      <w:r w:rsidR="258DCDF8">
+        <w:t xml:space="preserve"> in the Observations section</w:t>
+      </w:r>
+      <w:r w:rsidR="2E13C7A6">
+        <w:t xml:space="preserve"> and how it will mitigate the safety issue</w:t>
+      </w:r>
+      <w:r w:rsidR="3012FB29">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="6D1151DC">
+        <w:t xml:space="preserve"> The report should avoid phrasing such as “Install bicycle lane” </w:t>
+      </w:r>
+      <w:r w:rsidR="6512C3C9">
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="64F7D3D6">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="6512C3C9">
+        <w:t>Install</w:t>
+      </w:r>
+      <w:r w:rsidR="20279258">
+        <w:t xml:space="preserve"> W2</w:t>
+      </w:r>
+      <w:r w:rsidR="6512C3C9">
+        <w:t xml:space="preserve">-1 sign” </w:t>
+      </w:r>
+      <w:r w:rsidR="6D1151DC">
+        <w:t>but rather suggest th</w:t>
+      </w:r>
+      <w:r w:rsidR="033978C8">
+        <w:t>ese</w:t>
+      </w:r>
+      <w:r w:rsidR="6D1151DC">
+        <w:t xml:space="preserve"> as possible solution</w:t>
+      </w:r>
+      <w:r w:rsidR="382E8389">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="6D1151DC">
+        <w:t xml:space="preserve"> by stating “Consider providing bicycle accommodations</w:t>
+      </w:r>
+      <w:r w:rsidR="37AC4A02">
+        <w:t xml:space="preserve"> to separate</w:t>
+      </w:r>
+      <w:r w:rsidR="3B390AC8">
+        <w:t xml:space="preserve"> users and minimize conflicts.</w:t>
+      </w:r>
+      <w:r w:rsidR="6D1151DC">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="6435630A">
+        <w:t xml:space="preserve"> or “Consider installing advance intersection warning signage</w:t>
+      </w:r>
+      <w:r w:rsidR="2670E53D">
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="524A6344">
+        <w:t>provide</w:t>
+      </w:r>
+      <w:r w:rsidR="36ED2CA2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="2ACA119A">
+        <w:t xml:space="preserve">increased intersection </w:t>
+      </w:r>
+      <w:r w:rsidR="36ED2CA2">
+        <w:t>awareness</w:t>
+      </w:r>
+      <w:r w:rsidR="6435630A">
+        <w:t>.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59557962" w14:textId="02FB7460" w:rsidR="57E8CE13" w:rsidRDefault="19597C10" w:rsidP="51210333">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">When an enhancement is appropriate for multiple safety issues, </w:t>
+      </w:r>
+      <w:r w:rsidR="13A51DC7">
+        <w:t>it should be listed in all applicable sections. For example</w:t>
+      </w:r>
+      <w:r w:rsidR="71F7354D">
+        <w:t xml:space="preserve">, “Evaluate providing pedestrian scale lighting to improve visibility </w:t>
+      </w:r>
+      <w:r w:rsidR="52CFA69F">
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="44886291">
+        <w:t>the crossing.” could apply to a Pedestrian Safety Issue, Visibility Safety Iss</w:t>
+      </w:r>
+      <w:r w:rsidR="0E3465DD">
+        <w:t>ue,</w:t>
+      </w:r>
+      <w:r w:rsidR="310E0B61">
+        <w:t xml:space="preserve"> Lighting Safety Issue, etc. </w:t>
+      </w:r>
+      <w:r w:rsidR="6BE7E57F">
+        <w:t xml:space="preserve">Where enhancements are listed in multiple safety issues it should </w:t>
+      </w:r>
+      <w:r w:rsidR="036BF575">
+        <w:t xml:space="preserve">be </w:t>
+      </w:r>
+      <w:r w:rsidR="6BE7E57F">
+        <w:t>noted</w:t>
+      </w:r>
+      <w:r w:rsidR="3B51E516">
+        <w:t xml:space="preserve"> in the repeated recommendation</w:t>
+      </w:r>
+      <w:r w:rsidR="55C31842">
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="6BE7E57F">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F6A0515" w14:textId="2B9B337E" w:rsidR="00EF1F48" w:rsidRDefault="545A108D" w:rsidP="00257B22">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC6CD82" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="04104886" w:rsidP="00204456">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Toc416441512"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc873202383"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc212123503"/>
+      <w:bookmarkStart w:id="21" w:name="_Ref31512102"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc31513768"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Summary of Road Safety Audit</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="29E6741B" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+      </w:pPr>
+      <w:r>
+        <w:t>[Use RSA Report Normal style.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E6B8169" w14:textId="351F409D" w:rsidR="04576F64" w:rsidRDefault="04576F64" w:rsidP="3DBA9C5D">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+      </w:pPr>
+      <w:r>
+        <w:t>List each safety issue and potential safety enhancement discussed during the audit</w:t>
+      </w:r>
+      <w:r w:rsidR="0AE08B2F">
+        <w:t xml:space="preserve"> in Table 4</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">.  For each safety issue, </w:t>
+      </w:r>
+      <w:r w:rsidR="54062A4E">
+        <w:t xml:space="preserve">list </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the potential safety enhancement, its potential safety payoff, the estimated time frame for completion, </w:t>
+      </w:r>
+      <w:r w:rsidR="16DB5220">
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the estimated cost.</w:t>
+      </w:r>
+      <w:r w:rsidR="5A639F06">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E6C317B" w14:textId="72190786" w:rsidR="04576F64" w:rsidRDefault="04576F64" w:rsidP="3DBA9C5D">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Safety payoff estimates are subjective and may be based on the relative </w:t>
+      </w:r>
+      <w:r w:rsidR="00B203BC">
+        <w:t>percentage</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of crashes that may be reduced by the enhancemen</w:t>
+      </w:r>
+      <w:r w:rsidR="7BC3CC44">
         <w:t>t based on known and documented</w:t>
       </w:r>
-      <w:r w:rsidR="00257B22">
-[...9 lines deleted...]
-      </w:r>
       <w:r>
+        <w:t xml:space="preserve"> crash reduction factors, if available, or estimated crash red</w:t>
+      </w:r>
+      <w:r w:rsidR="7BC3CC44">
         <w:t>uction based on a stated source.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D6067" w:rsidRDefault="003D6067" w:rsidP="00257B22">
+    <w:p w14:paraId="405C04B3" w14:textId="7908F827" w:rsidR="479A7D16" w:rsidRDefault="479A7D16" w:rsidP="3DBA9C5D">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="_Toc418579718"/>
       <w:r>
-        <w:t xml:space="preserve">Table </w:t>
-[...25 lines deleted...]
-      <w:bookmarkEnd w:id="17"/>
+        <w:t>Note that the anticipated time frames associated with potential safety enhancements are based on the expected time it would take to implement the enhancement, once funded. The actual dates are dependent on available funding and projects.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="63"/>
-        <w:tblW w:w="7487" w:type="dxa"/>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="348"/>
+        <w:tblW w:w="3587" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="20" w:type="dxa"/>
           <w:left w:w="60" w:type="dxa"/>
           <w:bottom w:w="40" w:type="dxa"/>
           <w:right w:w="60" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="0020" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1728"/>
         <w:gridCol w:w="1859"/>
-        <w:gridCol w:w="253"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1988"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00506621" w:rsidTr="00FD78D7">
+      <w:tr w:rsidR="00374889" w14:paraId="08BC1570" w14:textId="77777777" w:rsidTr="008B3568">
         <w:trPr>
+          <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3587" w:type="dxa"/>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1728" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00506621" w:rsidRDefault="00506621" w:rsidP="003D6067">
+          <w:p w14:paraId="78DB053C" w14:textId="1B53F64A" w:rsidR="00374889" w:rsidRDefault="0016407A" w:rsidP="00EA3638">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000F0795">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Time </w:t>
+            </w:r>
+            <w:r w:rsidR="000F0795" w:rsidRPr="000F0795">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Frame</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF99"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0564D7EB" w14:textId="1D6FAD78" w:rsidR="00374889" w:rsidRDefault="000F0795" w:rsidP="00EA3638">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
-              <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
-              <w:t>Time Frame</w:t>
-[...49 lines deleted...]
-              <w:t>Costs</w:t>
+              <w:t>Years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00506621" w:rsidTr="00FD78D7">
+      <w:tr w:rsidR="00374889" w14:paraId="12470B04" w14:textId="77777777" w:rsidTr="00EA3638">
         <w:trPr>
+          <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00506621" w:rsidRDefault="00506621" w:rsidP="003D6067">
+          <w:p w14:paraId="328F0C9B" w14:textId="77777777" w:rsidR="00374889" w:rsidRDefault="00374889" w:rsidP="00374889">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:keepNext/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Short-Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1859" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00506621" w:rsidRDefault="00506621" w:rsidP="003D6067">
+          <w:p w14:paraId="34E36283" w14:textId="5EE5D056" w:rsidR="00374889" w:rsidRDefault="00374889" w:rsidP="00374889">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>&lt;1 Year</w:t>
-[...59 lines deleted...]
-              <w:t>&lt;$10,000</w:t>
+              <w:t xml:space="preserve">&lt;2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00506621" w:rsidTr="00FD78D7">
+      <w:tr w:rsidR="00374889" w14:paraId="41890A90" w14:textId="77777777" w:rsidTr="00EA3638">
         <w:trPr>
+          <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00506621" w:rsidRDefault="00506621" w:rsidP="003D6067">
+          <w:p w14:paraId="4A7E609C" w14:textId="77777777" w:rsidR="00374889" w:rsidRDefault="00374889" w:rsidP="00374889">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:keepNext/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Mid-Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1859" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00506621" w:rsidRDefault="00506621" w:rsidP="003D6067">
-[...24 lines deleted...]
-          <w:p w:rsidR="00506621" w:rsidRDefault="00506621" w:rsidP="003D6067">
+          <w:p w14:paraId="6D4D1770" w14:textId="1B5D3371" w:rsidR="00374889" w:rsidRDefault="00374889" w:rsidP="00374889">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:keepNext/>
               <w:jc w:val="center"/>
             </w:pPr>
-          </w:p>
-[...17 lines deleted...]
-            </w:pPr>
             <w:r>
-              <w:t>Medium</w:t>
-[...21 lines deleted...]
-              <w:t>$10,001-$50,000</w:t>
+              <w:t xml:space="preserve">2-5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00506621" w:rsidRPr="008A6A8B" w:rsidTr="00FD78D7">
+      <w:tr w:rsidR="00374889" w:rsidRPr="008A6A8B" w14:paraId="1A559469" w14:textId="77777777" w:rsidTr="00EA3638">
         <w:trPr>
+          <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00506621" w:rsidRDefault="00506621" w:rsidP="003D6067">
+          <w:p w14:paraId="41671F4A" w14:textId="77777777" w:rsidR="00374889" w:rsidRDefault="00374889" w:rsidP="00374889">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Long-Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1859" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00506621" w:rsidRDefault="00506621" w:rsidP="003D6067">
+          <w:p w14:paraId="2C281FB8" w14:textId="66BCEE18" w:rsidR="00374889" w:rsidRDefault="00374889" w:rsidP="00374889">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>&gt;3 Years</w:t>
+              <w:t xml:space="preserve">&gt;5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="64635D4F" w14:textId="0830825B" w:rsidR="003D6067" w:rsidRDefault="00374889" w:rsidP="007F2902">
+      <w:pPr>
+        <w:pStyle w:val="Caption1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="_Toc212098689"/>
+      <w:r w:rsidR="003D6067">
+        <w:t xml:space="preserve">Table </w:t>
+      </w:r>
+      <w:r w:rsidR="003D6067" w:rsidRPr="51210333">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="003D6067">
+        <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidR="003D6067" w:rsidRPr="51210333">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="003D6067" w:rsidRPr="51210333">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="003D6067" w:rsidRPr="51210333">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="003D6067">
+        <w:t>: Estimated Time Frame Breakdown</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="78422012" w14:textId="77777777" w:rsidR="00374889" w:rsidRDefault="00374889" w:rsidP="007F2902">
+      <w:pPr>
+        <w:pStyle w:val="Caption1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62A5EB41" w14:textId="77777777" w:rsidR="00374889" w:rsidRDefault="00374889" w:rsidP="007F2902">
+      <w:pPr>
+        <w:pStyle w:val="Caption1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1559281E" w14:textId="77777777" w:rsidR="00374889" w:rsidRDefault="00374889" w:rsidP="007F2902">
+      <w:pPr>
+        <w:pStyle w:val="Caption1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E06B4A3" w14:textId="77777777" w:rsidR="00374889" w:rsidRDefault="00374889" w:rsidP="007F2902">
+      <w:pPr>
+        <w:pStyle w:val="Caption1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="110FFD37" w14:textId="36E212A6" w:rsidR="003D6067" w:rsidRDefault="003D6067" w:rsidP="00257B22">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B699379" w14:textId="6EB01024" w:rsidR="003D6067" w:rsidRDefault="00374889" w:rsidP="51210333">
+      <w:pPr>
+        <w:pStyle w:val="Caption1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="_Toc212098690"/>
+      <w:r w:rsidR="7528F341">
+        <w:t>Table</w:t>
+      </w:r>
+      <w:r w:rsidR="003D6067" w:rsidRPr="51210333">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="003D6067">
+        <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidR="003D6067" w:rsidRPr="51210333">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="0988C3CE" w:rsidRPr="51210333">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D6067" w:rsidRPr="51210333">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="0988C3CE">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="7528F341">
+        <w:t>: Estimated Costs Breakdown</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="0020" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1728"/>
+        <w:gridCol w:w="1859"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="51210333" w14:paraId="5E097296" w14:textId="77777777" w:rsidTr="008B3568">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF99"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E1A3C8E" w14:textId="53FB07B5" w:rsidR="001F56AC" w:rsidRDefault="00A40EFD" w:rsidP="00EA3638">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A40EFD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Cost Range</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="253" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF99"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00506621" w:rsidRDefault="00506621" w:rsidP="003D6067">
+          <w:p w14:paraId="47DEB41D" w14:textId="46EE3774" w:rsidR="3DBA9C5D" w:rsidRDefault="00A40EFD" w:rsidP="00EA3638">
+            <w:pPr>
+              <w:pStyle w:val="RSAReportTableText"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Dollar Amount</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="51210333" w14:paraId="48C09F05" w14:textId="77777777" w:rsidTr="00EA3638">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="131654B8" w14:textId="77777777" w:rsidR="51210333" w:rsidRDefault="51210333" w:rsidP="51210333">
+            <w:pPr>
+              <w:pStyle w:val="RSAReportTableText"/>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Low</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67FC8E8B" w14:textId="3FDD83E1" w:rsidR="51210333" w:rsidRDefault="51210333" w:rsidP="51210333">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:keepNext/>
               <w:jc w:val="center"/>
             </w:pPr>
+            <w:r>
+              <w:t>&lt;$25,000</w:t>
+            </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="51210333" w14:paraId="77028D91" w14:textId="77777777" w:rsidTr="00EA3638">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1659" w:type="dxa"/>
-[...3 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00506621" w:rsidRDefault="00506621" w:rsidP="003D6067">
+          <w:p w14:paraId="59230E53" w14:textId="77777777" w:rsidR="51210333" w:rsidRDefault="51210333" w:rsidP="51210333">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="FFFFFF"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Medium</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BDAAA7E" w14:textId="2D933074" w:rsidR="51210333" w:rsidRDefault="51210333" w:rsidP="51210333">
+            <w:pPr>
+              <w:pStyle w:val="RSAReportTableText"/>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>$25,000-250,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="51210333" w14:paraId="13B10088" w14:textId="77777777" w:rsidTr="00EA3638">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08042FD5" w14:textId="77777777" w:rsidR="51210333" w:rsidRDefault="51210333" w:rsidP="51210333">
+            <w:pPr>
+              <w:pStyle w:val="RSAReportTableText"/>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>High</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1988" w:type="dxa"/>
-[...3 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1859" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00506621" w:rsidRDefault="00506621" w:rsidP="003D6067">
+          <w:p w14:paraId="635F30C9" w14:textId="07767015" w:rsidR="51210333" w:rsidRDefault="51210333" w:rsidP="51210333">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:keepNext/>
               <w:ind w:left="282" w:hanging="282"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="FFFFFF"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>&gt;$50,000</w:t>
+              <w:t>&gt;$250,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003D6067" w:rsidRDefault="003D6067" w:rsidP="00257B22">
+    <w:p w14:paraId="3FE9F23F" w14:textId="4A014501" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003D6067" w:rsidRDefault="003D6067" w:rsidP="00257B22">
-[...9 lines deleted...]
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+    <w:p w14:paraId="5BB6E61D" w14:textId="77777777" w:rsidR="00257B22" w:rsidRPr="00054E77" w:rsidRDefault="04104886" w:rsidP="3DBA9C5D">
       <w:pPr>
         <w:pStyle w:val="RSAReportNormalwith1indent"/>
-      </w:pPr>
-      <w:r>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054E77">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t xml:space="preserve">NOTE: PLEASE </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00054E77">
         <w:rPr>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DO NOT DELETE</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00054E77">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> THE PAGE BREAK THAT FOLLOWS THIS PARAGRAPH.  IT INTRODUCES A NEW SECTION AND FORMAT.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+    <w:p w14:paraId="1F72F646" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
-        <w:sectPr w:rsidR="00257B22">
-          <w:footerReference w:type="default" r:id="rId17"/>
+        <w:sectPr w:rsidR="00257B22" w:rsidSect="00EF5A9A">
+          <w:footerReference w:type="default" r:id="rId21"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C41FC" w:rsidRDefault="003C41FC" w:rsidP="00DC3922">
+    <w:p w14:paraId="7936F748" w14:textId="66494A8F" w:rsidR="003C41FC" w:rsidRDefault="003C41FC" w:rsidP="00DC3922">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc418579719"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc212098691"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:r w:rsidR="005A448F">
+      <w:r w:rsidRPr="51210333">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="005A448F">
+      <w:r>
         <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
       </w:r>
-      <w:r w:rsidR="005A448F">
+      <w:r w:rsidRPr="51210333">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="003D6067">
+      <w:r w:rsidR="19ED34F6" w:rsidRPr="51210333">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005A448F">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="51210333">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>: Potential Safety Enhancement Summary</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10119" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="20" w:type="dxa"/>
           <w:left w:w="60" w:type="dxa"/>
           <w:bottom w:w="40" w:type="dxa"/>
           <w:right w:w="60" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2559"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="1620"/>
         <w:gridCol w:w="1620"/>
         <w:gridCol w:w="1080"/>
-        <w:gridCol w:w="2199"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00257B22" w:rsidTr="008F1F81">
+      <w:tr w:rsidR="00257B22" w14:paraId="3D1EE1A4" w14:textId="77777777" w:rsidTr="51210333">
         <w:trPr>
+          <w:trHeight w:val="300"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="1DA46FF1" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="19" w:name="PotentialSafetyEnhancementSummary"/>
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkStart w:id="26" w:name="PotentialSafetyEnhancementSummary"/>
+            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="26"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Safety Issue</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="3F153D66" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Potential Safety Enhancement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="2FCEB9CF" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Safety Payoff</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="6F3FFB19" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Time Frame</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="2BC178B7" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Cost</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...22 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257B22" w:rsidTr="008F1F81">
+      <w:tr w:rsidR="00257B22" w14:paraId="08CE6F91" w14:textId="77777777" w:rsidTr="51210333">
         <w:trPr>
+          <w:trHeight w:val="300"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="61CDCEAD" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="6BB9E253" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="23DE523C" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="52E56223" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
-[...11 lines deleted...]
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="07547A01" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257B22" w:rsidTr="008F1F81">
+      <w:tr w:rsidR="00257B22" w14:paraId="07459315" w14:textId="77777777" w:rsidTr="51210333">
         <w:trPr>
+          <w:trHeight w:val="300"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="6537F28F" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="6DFB9E20" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="70DF9E56" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="44E871BC" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
-[...11 lines deleted...]
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="144A5D23" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257B22" w:rsidTr="008F1F81">
+      <w:tr w:rsidR="00257B22" w14:paraId="637805D2" w14:textId="77777777" w:rsidTr="51210333">
         <w:trPr>
+          <w:trHeight w:val="300"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="463F29E8" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="3B7B4B86" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="3A0FF5F2" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="5630AD66" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
-[...11 lines deleted...]
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="61829076" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257B22" w:rsidTr="008F1F81">
+      <w:tr w:rsidR="00257B22" w14:paraId="17AD93B2" w14:textId="77777777" w:rsidTr="51210333">
         <w:trPr>
+          <w:trHeight w:val="300"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="0DE4B5B7" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="66204FF1" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="2DBF0D7D" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="6B62F1B3" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
-[...11 lines deleted...]
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="02F2C34E" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257B22" w:rsidTr="008F1F81">
+      <w:tr w:rsidR="00257B22" w14:paraId="19219836" w14:textId="77777777" w:rsidTr="51210333">
         <w:trPr>
+          <w:trHeight w:val="300"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="296FEF7D" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="7194DBDC" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="769D0D3C" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="54CD245A" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
-[...11 lines deleted...]
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="1231BE67" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257B22" w:rsidTr="008F1F81">
+      <w:tr w:rsidR="00257B22" w14:paraId="30D7AA69" w14:textId="77777777" w:rsidTr="51210333">
         <w:trPr>
+          <w:trHeight w:val="300"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="7196D064" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="34FF1C98" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="6D072C0D" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="48A21919" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
-[...11 lines deleted...]
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="6BD18F9B" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257B22" w:rsidTr="008F1F81">
+      <w:tr w:rsidR="00257B22" w14:paraId="0F3CABC7" w14:textId="77777777" w:rsidTr="51210333">
         <w:trPr>
+          <w:trHeight w:val="300"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="5B08B5D1" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="16DEB4AB" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="0AD9C6F4" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="4B1F511A" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
-[...11 lines deleted...]
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="65F9C3DC" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257B22" w:rsidTr="008F1F81">
+      <w:tr w:rsidR="00257B22" w14:paraId="1F3B1409" w14:textId="77777777" w:rsidTr="51210333">
         <w:trPr>
+          <w:trHeight w:val="300"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="562C75D1" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="664355AD" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="1A965116" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="7DF4E37C" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
-[...11 lines deleted...]
-          <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
+          <w:p w14:paraId="44FB30F8" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="000278EB">
             <w:pPr>
               <w:pStyle w:val="RSAReportTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+    <w:p w14:paraId="3041E394" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00257B22" w:rsidRPr="00CC31B6" w:rsidRDefault="00F310E4" w:rsidP="00257B22">
+    <w:p w14:paraId="436A5132" w14:textId="77777777" w:rsidR="00257B22" w:rsidRPr="00C3755E" w:rsidRDefault="00F310E4" w:rsidP="00257B22">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Additional PDF Accessibility </w:t>
       </w:r>
-      <w:r w:rsidR="00614E25">
-        <w:rPr>
+      <w:r w:rsidR="00614E25" w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC31B6">
-        <w:rPr>
+      <w:r w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>otes:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00614E25" w:rsidRPr="00CC31B6" w:rsidRDefault="00614E25" w:rsidP="00614E25">
+    <w:p w14:paraId="1B446F8D" w14:textId="5BC2CE7D" w:rsidR="00614E25" w:rsidRPr="00C3755E" w:rsidRDefault="00614E25" w:rsidP="00614E25">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
-          <w:highlight w:val="cyan"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please be sure to structure your document by applying the Heading Styles that have been set up in this template for you. Use “Heading </w:t>
+      </w:r>
+      <w:r w:rsidR="003C6210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” for headings and </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91856" w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Caption </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C91856" w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>1”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> captions (tables/figures</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91856" w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC31B6">
-        <w:rPr>
+      <w:r w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F310E4" w:rsidRPr="00CC31B6" w:rsidRDefault="00F310E4" w:rsidP="00F310E4">
+    <w:p w14:paraId="24FAE21C" w14:textId="77777777" w:rsidR="00F310E4" w:rsidRPr="00C3755E" w:rsidRDefault="00F310E4" w:rsidP="00F310E4">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Table summaries need to be fixed in </w:t>
       </w:r>
-      <w:r w:rsidR="00614E25">
-        <w:rPr>
+      <w:r w:rsidR="00614E25" w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>your PDF Accessibility Checker</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC31B6">
-        <w:rPr>
+      <w:r w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00614E25">
-        <w:rPr>
+      <w:r w:rsidR="00614E25" w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">(such as Adobe Acrobat Pro) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC31B6">
-        <w:rPr>
+      <w:r w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">during accessibility check. </w:t>
       </w:r>
-      <w:r w:rsidR="00614E25">
-        <w:rPr>
+      <w:r w:rsidR="00614E25" w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(In Adobe Acrobat Pro, for example, o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC31B6">
-        <w:rPr>
+      <w:r w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">pen the Touch </w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>pen the Touch Up Reading Order tool &gt; right click on the table &gt; select “</w:t>
+      </w:r>
+      <w:r w:rsidR="00D031B8" w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dit </w:t>
+      </w:r>
+      <w:r w:rsidR="00D031B8" w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">able </w:t>
+      </w:r>
+      <w:r w:rsidR="00D031B8" w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91856" w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ummary”, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">write </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CC31B6">
-        <w:rPr>
+      <w:r w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
-[...1 lines deleted...]
-        <w:t>Up</w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>a brief summary</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CC31B6">
-        <w:rPr>
+      <w:r w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and hit OK.</w:t>
+      </w:r>
+      <w:r w:rsidR="00614E25" w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
-[...48 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F310E4" w:rsidRPr="00CC31B6" w:rsidRDefault="00F310E4" w:rsidP="00F310E4">
+    <w:p w14:paraId="6753A178" w14:textId="77777777" w:rsidR="00F310E4" w:rsidRPr="00C3755E" w:rsidRDefault="00F310E4" w:rsidP="00F310E4">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Reading order will need to be adjusted in </w:t>
       </w:r>
-      <w:r w:rsidR="00614E25">
-        <w:rPr>
+      <w:r w:rsidR="00614E25" w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>your PDF Accessibility Checker</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC31B6">
-        <w:rPr>
+      <w:r w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> during accessibility check. </w:t>
       </w:r>
-      <w:r w:rsidR="00614E25">
-        <w:rPr>
+      <w:r w:rsidR="00614E25" w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(In Adobe Acrobat Pro, for example, o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC31B6">
-        <w:rPr>
+      <w:r w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pen the Touch Up Reading Order tool &gt; choose “Show Order Panel” towards the bottom. This will bring up numbered boxes on the page and the reading order panel on the right. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3922" w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>rag the items in the reading order panel on the right into the order in which you want them to be read.</w:t>
+      </w:r>
+      <w:r w:rsidR="00614E25" w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
-[...13 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F310E4" w:rsidRPr="00CC31B6" w:rsidRDefault="00F310E4" w:rsidP="00F310E4">
+    <w:p w14:paraId="52DC5CA7" w14:textId="77777777" w:rsidR="00F310E4" w:rsidRPr="00C3755E" w:rsidRDefault="00F310E4" w:rsidP="00F310E4">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>If you want page numbers to be read</w:t>
       </w:r>
-      <w:r w:rsidR="00E5771D" w:rsidRPr="00CC31B6">
-        <w:rPr>
+      <w:r w:rsidR="00E5771D" w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC31B6">
-        <w:rPr>
+      <w:r w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> they will need to be tagged as text </w:t>
       </w:r>
-      <w:r w:rsidR="00614E25">
-        <w:rPr>
+      <w:r w:rsidR="00614E25" w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">your PDF Accessibility Checker </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3755E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="cyan"/>
-[...6 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>during accessibility check.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+    <w:p w14:paraId="5D5DD70B" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">NOTE: PLEASE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DO NOT DELETE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> THE PAGE BREAK THAT FOLLOWS THIS PARAGRAPH.  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:br/>
         <w:t>IT INTRODUCES A NEW SECTION AND FORMAT.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+    <w:p w14:paraId="722B00AE" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
       <w:pPr>
         <w:pStyle w:val="RSAReportNormalwith2indents"/>
-        <w:sectPr w:rsidR="00257B22">
-[...1 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId19"/>
+        <w:sectPr w:rsidR="00257B22" w:rsidSect="00EF5A9A">
+          <w:headerReference w:type="default" r:id="rId22"/>
+          <w:footerReference w:type="default" r:id="rId23"/>
           <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+    <w:p w14:paraId="42C6D796" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Ref31512961"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+      <w:bookmarkStart w:id="27" w:name="_Ref31512961"/>
+    </w:p>
+    <w:p w14:paraId="6E1831B3" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="002F5910">
-[...47 lines deleted...]
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="002F5910">
+    <w:p w14:paraId="1CDA443D" w14:textId="4BB90657" w:rsidR="00257B22" w:rsidRDefault="04104886" w:rsidP="006B790F">
       <w:pPr>
         <w:pStyle w:val="RSAReportAppendixCoverPage"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="1680"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc235944112"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="_Toc214356706"/>
       <w:r>
-        <w:t>RSA Audit Team Contact List</w:t>
-[...4 lines deleted...]
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+        <w:t>RSA Meeting Agenda</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
+    </w:p>
+    <w:p w14:paraId="4983D044" w14:textId="4D3BD4D6" w:rsidR="00354094" w:rsidRDefault="04104886" w:rsidP="00257B22">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00054E77">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[The style above is the RSA Report Appendix Cover Page style.  It automatically numbers the appendices and links to the RSA Report Normal style.</w:t>
+      </w:r>
+      <w:r w:rsidR="7B4E73FC" w:rsidRPr="00054E77">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="06C5FD5B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60107F62" w14:textId="6FBC1937" w:rsidR="00354094" w:rsidRDefault="06C5FD5B" w:rsidP="3DBA9C5D">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+      </w:pPr>
       <w:r>
+        <w:t>See MassDOT Road Safety Audit Guidelines for a Sample Agenda</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E11D2A" w14:textId="77777777" w:rsidR="00354094" w:rsidRDefault="00354094">
+      <w:pPr>
+        <w:rPr>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C41FC" w:rsidRDefault="003C41FC" w:rsidP="003C41FC">
-[...443 lines deleted...]
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+    <w:p w14:paraId="31126E5D" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-    <w:p w:rsidR="00D031B8" w:rsidRDefault="00D031B8" w:rsidP="00D031B8">
+    </w:p>
+    <w:p w14:paraId="286EE825" w14:textId="77777777" w:rsidR="00257B22" w:rsidRDefault="04104886" w:rsidP="006B790F">
       <w:pPr>
         <w:pStyle w:val="RSAReportAppendixCoverPage"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="1680"/>
-      </w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Toc214356707"/>
       <w:r>
-        <w:t>Detailed Crash Data</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22">
+        <w:t>RSA Audit Team Contact List</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+    </w:p>
+    <w:p w14:paraId="5524C6E5" w14:textId="7B7F9226" w:rsidR="00257B22" w:rsidRDefault="643FC1B0" w:rsidP="3DBA9C5D">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
       </w:pPr>
-      <w:r w:rsidRPr="00354094">
-[...11 lines deleted...]
-      </w:pPr>
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w:rsidR="00354094" w:rsidRDefault="00354094" w:rsidP="00257B22">
+        <w:t xml:space="preserve">This appendix should include RSA </w:t>
+      </w:r>
+      <w:r w:rsidR="59426599">
+        <w:t>Attendee’s contact information,</w:t>
+      </w:r>
+      <w:r w:rsidR="1107ACE6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="59426599">
+        <w:t xml:space="preserve">including name, </w:t>
+      </w:r>
+      <w:r w:rsidR="7E7BDA54">
+        <w:t>affiliation</w:t>
+      </w:r>
+      <w:r w:rsidR="59426599">
+        <w:t xml:space="preserve"> and email</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DE403A5" w14:textId="5C8D3A17" w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="00257B22"/>
+    <w:p w14:paraId="6D9C8D39" w14:textId="545D2F16" w:rsidR="00D031B8" w:rsidRDefault="00D031B8" w:rsidP="00D031B8">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00257B22" w:rsidRDefault="00257B22" w:rsidP="002F5910">
+    <w:p w14:paraId="6ED31170" w14:textId="1B05AEC9" w:rsidR="00D031B8" w:rsidRDefault="7EF57F82" w:rsidP="3DBA9C5D">
       <w:pPr>
         <w:pStyle w:val="RSAReportAppendixCoverPage"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="1680"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc235944114"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="_Toc214356708"/>
       <w:r>
-        <w:t>Additional Information</w:t>
-[...3 lines deleted...]
-    <w:p w:rsidR="00D031B8" w:rsidRDefault="00257B22" w:rsidP="00D031B8">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">FHWA </w:t>
+      </w:r>
+      <w:r w:rsidR="764EF584">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="6C33E227">
+        <w:t>ffice of</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C27ED1">
+        <w:t>Safety Proven</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Safety Countermeasure</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:p w14:paraId="497553CE" w14:textId="5688B075" w:rsidR="00257B22" w:rsidRDefault="04104886" w:rsidP="00257B22">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00354094">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This appendix should </w:t>
+      </w:r>
+      <w:r w:rsidR="73D770BD">
+        <w:t xml:space="preserve">include the FHWA Office of Safety </w:t>
+      </w:r>
+      <w:r w:rsidR="56B9BB63">
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="73D770BD">
+        <w:t>Proven Safety Countermeasure flyer</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="675E05EE" w14:textId="77777777" w:rsidR="00354094" w:rsidRDefault="00354094">
+      <w:pPr>
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
-        <w:t>Additional appendices should be provided for any additional information about the site that is not provided in the report.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00354094" w:rsidRDefault="00354094">
+      </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D031B8" w:rsidRDefault="00D031B8" w:rsidP="00D031B8">
+    <w:p w14:paraId="2FC17F8B" w14:textId="77777777" w:rsidR="00354094" w:rsidRDefault="00354094" w:rsidP="00257B22">
       <w:pPr>
         <w:pStyle w:val="RSAReportNORMAL"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D031B8" w:rsidRDefault="00D031B8" w:rsidP="00D031B8">
+    <w:p w14:paraId="69680CF8" w14:textId="4811986A" w:rsidR="00257B22" w:rsidRDefault="75652B7B" w:rsidP="3DBA9C5D">
       <w:pPr>
         <w:pStyle w:val="RSAReportAppendixCoverPage"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="1680"/>
-      </w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="_Toc214356709"/>
       <w:r>
-        <w:t>Road Safety Audit References</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="_Ref119857730"/>
+        <w:t>Crash Data Summary</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+    </w:p>
+    <w:p w14:paraId="3AE3F16B" w14:textId="6A3B5B95" w:rsidR="00D031B8" w:rsidRDefault="5417C7C2" w:rsidP="3DBA9C5D">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+      </w:pPr>
+      <w:r>
+        <w:t>This appendix should include detailed crash analysis such as collision diagrams and crash data</w:t>
+      </w:r>
+      <w:r w:rsidR="04104886">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FBA8425" w14:textId="67A71813" w:rsidR="00A9747A" w:rsidRDefault="00A9747A" w:rsidP="00A9747A">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">See MassDOT Road Safety Audit Guidelines for a Sample </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Crash Data Summary</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="021EB962" w14:textId="77777777" w:rsidR="00A9747A" w:rsidRDefault="00A9747A" w:rsidP="3DBA9C5D">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A4F7224" w14:textId="77777777" w:rsidR="00354094" w:rsidRDefault="00354094">
       <w:r>
         <w:br w:type="page"/>
-        <w:t>Road Safety Audit References</w:t>
-[...11 lines deleted...]
-      </w:pPr>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE48A43" w14:textId="57F087BA" w:rsidR="00D031B8" w:rsidRDefault="00D031B8" w:rsidP="00D031B8">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D4CDB66" w14:textId="7540B791" w:rsidR="00D031B8" w:rsidRDefault="5A9F3754" w:rsidP="3DBA9C5D">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportAppendixCoverPage"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="1680"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="_Toc214356710"/>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>Additional Information</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+    </w:p>
+    <w:p w14:paraId="77A6FA21" w14:textId="28CD916A" w:rsidR="000D5933" w:rsidRDefault="79866A8E" w:rsidP="00374889">
+      <w:pPr>
+        <w:pStyle w:val="RSAReportNORMAL"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...274 lines deleted...]
-      <w:bookmarkEnd w:id="30"/>
+        <w:t xml:space="preserve">Additional information if needed. </w:t>
+      </w:r>
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceType"/>
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName"/>
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place"/>
     </w:p>
     <w:sectPr w:rsidR="000D5933">
-      <w:headerReference w:type="default" r:id="rId21"/>
-      <w:footerReference w:type="default" r:id="rId22"/>
+      <w:headerReference w:type="default" r:id="rId24"/>
+      <w:footerReference w:type="default" r:id="rId25"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007A1E37" w:rsidRDefault="007A1E37">
+    <w:p w14:paraId="209FE01F" w14:textId="77777777" w:rsidR="000F3697" w:rsidRDefault="000F3697">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17F11" w:rsidRDefault="00A17F11"/>
+    <w:p w14:paraId="3065D8A8" w14:textId="77777777" w:rsidR="000F3697" w:rsidRDefault="000F3697"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007A1E37" w:rsidRDefault="007A1E37">
+    <w:p w14:paraId="764557B0" w14:textId="77777777" w:rsidR="000F3697" w:rsidRDefault="000F3697">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17F11" w:rsidRDefault="00A17F11"/>
+    <w:p w14:paraId="5D41F5AB" w14:textId="77777777" w:rsidR="000F3697" w:rsidRDefault="000F3697"/>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="66D9DDDC" w14:textId="77777777" w:rsidR="000F3697" w:rsidRDefault="000F3697"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...3 lines deleted...]
-    <w:embedBoldItalic r:id="rId4" w:fontKey="{F7F0FC6E-4B5E-4A1C-9F51-85113F858158}"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...3 lines deleted...]
-    <w:embedBoldItalic r:id="rId8" w:fontKey="{4BF9BF94-BB44-4998-A858-E8F8B7292712}"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{227CD55D-C9AD-40F2-BD94-84F3E099E40B}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{4FF929A2-6CD5-488E-9E50-DD2F37BD679D}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{D61EDA54-2EC5-4053-9A5E-F1F39E9A8F18}"/>
+    <w:embedBoldItalic r:id="rId4" w:fontKey="{8FF1B2AC-C14A-4C8C-9093-B93591154942}"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{21A64A56-1975-4BA4-AC9E-3178F9EFDB7F}"/>
+    <w:embedItalic r:id="rId6" w:fontKey="{51A1CBC9-84A2-4529-99B4-E5289D072E18}"/>
+    <w:embedBoldItalic r:id="rId7" w:fontKey="{DE45A39D-4037-4263-AC4E-FCD3A3D05072}"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00477399" w:rsidRDefault="00477399">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="54738AF4" w14:textId="77777777" w:rsidR="00477399" w:rsidRDefault="00477399">
     <w:pPr>
       <w:pStyle w:val="RSAReportFooter"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="9180"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00477399" w:rsidRDefault="008A6577" w:rsidP="00510A07">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5C71F136" w14:textId="77777777" w:rsidR="00477399" w:rsidRDefault="008A6577" w:rsidP="00510A07">
     <w:pPr>
       <w:pStyle w:val="RSAReportFooter"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="9180"/>
       </w:tabs>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="00B5958B" wp14:editId="51369EDB">
               <wp:extent cx="914400" cy="0"/>
               <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
               <wp:docPr id="7" name="Line 14" descr="Line" title="Line"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
@@ -6572,64 +6709,64 @@
                       <a:ln w="9525">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line id="Line 14" o:spid="_x0000_s1026" alt="Title: Line - Description: Line" style="flip:x;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="1in,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDQDC2xJgIAAEwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2jAQvVfqP1i+QxIaWIgIqyqB9rBt&#10;kXb7AcZ2iFXHtmxDQFX/vWMTKNteqqoczNgz8/xm5jnLx1Mn0ZFbJ7QqcTZOMeKKaibUvsRfXzaj&#10;OUbOE8WI1IqX+Mwdfly9fbPsTcEnutWScYsARLmiNyVuvTdFkjja8o64sTZcgbPRtiMetnafMEt6&#10;QO9kMknTWdJry4zVlDsHp/XFiVcRv2k49V+axnGPZImBm4+rjesurMlqSYq9JaYVdKBB/oFFR4SC&#10;S29QNfEEHaz4A6oT1GqnGz+mukt00wjKYw1QTZb+Vs1zSwyPtUBznLm1yf0/WPr5uLVIsBI/YKRI&#10;ByN6EoqjLMeIcUehVWEPnRNeDs7QtN64AnIrtbWhbHpSz+ZJ028OKV21RO15JP9yNpCUhYzkVUrY&#10;OANX7/pPmkEMOXgdO3hqbIcaKczHkBjAoUvoFEd2vo2MnzyicLjI8jyFwdKrKyFFQAh5xjr/gesO&#10;BaPEMtQRzsnxyfnA6FdIOFZ6I6SMgpAK9YA9nUxjgtNSsOAMYc7ud5W06EiCpOIvlgee+zCrD4pF&#10;sJYTth5sT4S82HC5VAEPKgE6g3XRzPdFuljP1/N8lE9m61Ge1vXo/abKR7NN9jCt39VVVWc/ArUs&#10;L1rBGFeB3VW/Wf53+hhe0kV5NwXf2pC8Ro/9ArLX/0g6DjXM8aKInWbnrb0OGyQbg4fnFd7E/R7s&#10;+4/A6icAAAD//wMAUEsDBBQABgAIAAAAIQBqIolF1QAAAAIBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BSsRADIbvgu8wRPDmTl0X0drpsoh6EQTX6jntxLY4kymd2W59e1Mvegl8/OHPl2I7e6cmGmMf&#10;2MDlKgNF3ATbc2ugenu8uAEVE7JFF5gMfFOEbXl6UmBuw5FfadqnVkkJxxwNdCkNudax6chjXIWB&#10;WLLPMHpMgmOr7YhHKfdOr7PsWnvsWS50ONB9R83X/uAN7D6eH65eptoHZ2/b6t36KntaG3N+Nu/u&#10;QCWa098yLPqiDqU41eHANipnQB5Jv3PJNhvBekFdFvq/evkDAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA0AwtsSYCAABMBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAaiKJRdUAAAACAQAADwAAAAAAAAAAAAAAAACABAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;">
+            <v:line w14:anchorId="57F9E796" id="Line 14" o:spid="_x0000_s1026" alt="Title: Line - Description: Line" style="flip:x;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="1in,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDdh4a0tQEAAFEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815KNpGgFyzk4TXtI&#10;WwNJP2DNh0SU5BJc2pL/viTjOEFzK6oDsdzHcHZ2tb6ZnWVHFcmg7/ly0XKmvEBp/NDzX493Hz5x&#10;Rgm8BIte9fykiN9s3r9bT6FTKxzRShVZBvHUTaHnY0qhaxoSo3JACwzK56DG6CDlaxwaGWHK6M42&#10;q7b92EwYZYgoFFH23j4F+abia61E+qk1qcRszzO3VM9Yz305m80auiFCGI0404B/YOHA+PzoBeoW&#10;ErBDNG+gnBERCXVaCHQNam2Eqj3kbpbtX908jBBU7SWLQ+EiE/0/WPHjuPW7WKiL2T+EexS/iXnc&#10;juAHVQk8nkIe3LJI1UyBuktJuVDYRbafvqPMOXBIWFWYdXRMWxO+lcICnjtlc5X9dJFdzYmJ7Py8&#10;vLpq83DEc6iBriCUuhApfVXoWDF6bo0vgkAHx3tKhdFLSnF7vDPW1qFaz6aMfb26rgWE1sgSLGkU&#10;h/3WRnaEshb1q+3lyOu0iAcvK9ioQH452wmMfbLz49afVSlClK2jbo/ytIvPauW5VZbnHSuL8fpe&#10;q1/+hM0fAAAA//8DAFBLAwQUAAYACAAAACEAaiKJRdUAAAACAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwUrEQAyG74LvMETw5k5dF9Ha6bKIehEE1+o57cS2OJMpndlufXtTL3oJfPzhz5diO3unJhpj&#10;H9jA5SoDRdwE23NroHp7vLgBFROyRReYDHxThG15elJgbsORX2nap1ZJCcccDXQpDbnWsenIY1yF&#10;gViyzzB6TIJjq+2IRyn3Tq+z7Fp77FkudDjQfUfN1/7gDew+nh+uXqbaB2dv2+rd+ip7Whtzfjbv&#10;7kAlmtPfMiz6og6lONXhwDYqZ0AeSb9zyTYbwXpBXRb6v3r5AwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAN2HhrS1AQAAUQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAGoiiUXVAAAAAgEAAA8AAAAAAAAAAAAAAAAADwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;">
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00477399" w:rsidRDefault="008A6577" w:rsidP="005A473A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="46ABBD8F" w14:textId="77777777" w:rsidR="00477399" w:rsidRDefault="008A6577" w:rsidP="005A473A">
     <w:pPr>
       <w:pStyle w:val="RSAReportFooter"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="9180"/>
       </w:tabs>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="114AE9C7" wp14:editId="01F72680">
               <wp:extent cx="914400" cy="0"/>
               <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
               <wp:docPr id="6" name="Line 12" descr="Line" title="Line"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
@@ -6648,59 +6785,59 @@
                       <a:ln w="9525">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line id="Line 12" o:spid="_x0000_s1026" alt="Title: Line - Description: Line" style="flip:x;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="1in,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB6JplBJgIAAEwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2jAQvVfqP1i+QxIaKESEVZVAe9hu&#10;kXb7AcZ2iFXHtmxDQFX/vWMTKNteqqoczNgz8/xm5jnLh1Mn0ZFbJ7QqcTZOMeKKaibUvsRfXzaj&#10;OUbOE8WI1IqX+Mwdfli9fbPsTcEnutWScYsARLmiNyVuvTdFkjja8o64sTZcgbPRtiMetnafMEt6&#10;QO9kMknTWdJry4zVlDsHp/XFiVcRv2k49V+axnGPZImBm4+rjesurMlqSYq9JaYVdKBB/oFFR4SC&#10;S29QNfEEHaz4A6oT1GqnGz+mukt00wjKYw1QTZb+Vs1zSwyPtUBznLm1yf0/WPp03FokWIlnGCnS&#10;wYgeheIom2DEuKPQqrCHzgkvB2doWm9cAbmV2tpQNj2pZ/Oo6TeHlK5aovY8kn85G0jKQkbyKiVs&#10;nIGrd/1nzSCGHLyOHTw1tkONFOZTSAzg0CV0iiM730bGTx5ROFxkeZ7CYOnVlZAiIIQ8Y53/yHWH&#10;glFiGeoI5+T46Hxg9CskHCu9EVJGQUiFesCeTqYxwWkpWHCGMGf3u0padCRBUvEXywPPfZjVB8Ui&#10;WMsJWw+2J0JebLhcqoAHlQCdwbpo5vsiXazn63k+yiez9ShP63r0YVPlo9kmez+t39VVVWc/ArUs&#10;L1rBGFeB3VW/Wf53+hhe0kV5NwXf2pC8Ro/9ArLX/0g6DjXM8aKInWbnrb0OGyQbg4fnFd7E/R7s&#10;+4/A6icAAAD//wMAUEsDBBQABgAIAAAAIQBqIolF1QAAAAIBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BSsRADIbvgu8wRPDmTl0X0drpsoh6EQTX6jntxLY4kymd2W59e1Mvegl8/OHPl2I7e6cmGmMf&#10;2MDlKgNF3ATbc2ugenu8uAEVE7JFF5gMfFOEbXl6UmBuw5FfadqnVkkJxxwNdCkNudax6chjXIWB&#10;WLLPMHpMgmOr7YhHKfdOr7PsWnvsWS50ONB9R83X/uAN7D6eH65eptoHZ2/b6t36KntaG3N+Nu/u&#10;QCWa098yLPqiDqU41eHANipnQB5Jv3PJNhvBekFdFvq/evkDAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAeiaZQSYCAABMBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAaiKJRdUAAAACAQAADwAAAAAAAAAAAAAAAACABAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;">
+            <v:line w14:anchorId="7648AC2C" id="Line 12" o:spid="_x0000_s1026" alt="Title: Line - Description: Line" style="flip:x;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="1in,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDdh4a0tQEAAFEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815KNpGgFyzk4TXtI&#10;WwNJP2DNh0SU5BJc2pL/viTjOEFzK6oDsdzHcHZ2tb6ZnWVHFcmg7/ly0XKmvEBp/NDzX493Hz5x&#10;Rgm8BIte9fykiN9s3r9bT6FTKxzRShVZBvHUTaHnY0qhaxoSo3JACwzK56DG6CDlaxwaGWHK6M42&#10;q7b92EwYZYgoFFH23j4F+abia61E+qk1qcRszzO3VM9Yz305m80auiFCGI0404B/YOHA+PzoBeoW&#10;ErBDNG+gnBERCXVaCHQNam2Eqj3kbpbtX908jBBU7SWLQ+EiE/0/WPHjuPW7WKiL2T+EexS/iXnc&#10;juAHVQk8nkIe3LJI1UyBuktJuVDYRbafvqPMOXBIWFWYdXRMWxO+lcICnjtlc5X9dJFdzYmJ7Py8&#10;vLpq83DEc6iBriCUuhApfVXoWDF6bo0vgkAHx3tKhdFLSnF7vDPW1qFaz6aMfb26rgWE1sgSLGkU&#10;h/3WRnaEshb1q+3lyOu0iAcvK9ioQH452wmMfbLz49afVSlClK2jbo/ytIvPauW5VZbnHSuL8fpe&#10;q1/+hM0fAAAA//8DAFBLAwQUAAYACAAAACEAaiKJRdUAAAACAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwUrEQAyG74LvMETw5k5dF9Ha6bKIehEE1+o57cS2OJMpndlufXtTL3oJfPzhz5diO3unJhpj&#10;H9jA5SoDRdwE23NroHp7vLgBFROyRReYDHxThG15elJgbsORX2nap1ZJCcccDXQpDbnWsenIY1yF&#10;gViyzzB6TIJjq+2IRyn3Tq+z7Fp77FkudDjQfUfN1/7gDew+nh+uXqbaB2dv2+rd+ip7Whtzfjbv&#10;7kAlmtPfMiz6og6lONXhwDYqZ0AeSb9zyTYbwXpBXRb6v3r5AwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAN2HhrS1AQAAUQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAGoiiUXVAAAAAgEAAA8AAAAAAAAAAAAAAAAADwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;">
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00477399" w:rsidRPr="00D031B8" w:rsidRDefault="00477399" w:rsidP="00510A07">
+  <w:p w14:paraId="00697160" w14:textId="77777777" w:rsidR="00477399" w:rsidRPr="00D031B8" w:rsidRDefault="00477399" w:rsidP="00510A07">
     <w:pPr>
       <w:pStyle w:val="RSAReportFooter"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="9180"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D031B8">
       <w:rPr>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00D031B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -6720,52 +6857,52 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="005A448F">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00D031B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00477399" w:rsidRDefault="008A6577" w:rsidP="005A473A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3382A365" w14:textId="77777777" w:rsidR="00477399" w:rsidRDefault="008A6577" w:rsidP="005A473A">
     <w:pPr>
       <w:pStyle w:val="RSAReportFooter"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="12780"/>
       </w:tabs>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73780DD2" wp14:editId="5FB73144">
               <wp:extent cx="914400" cy="0"/>
               <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
               <wp:docPr id="4" name="Line 16" descr="Line" title="Line"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
@@ -6784,59 +6921,59 @@
                       <a:ln w="9525">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line id="Line 16" o:spid="_x0000_s1026" alt="Title: Line - Description: Line" style="flip:x;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="1in,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCwK6uFJQIAAEwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2jAQvVfqP1i+QxIaKESEVZVAe9hu&#10;kXb7AcZ2iFXHtmxDQFX/vWMTKNteqqoczNgz8/xm5jnLh1Mn0ZFbJ7QqcTZOMeKKaibUvsRfXzaj&#10;OUbOE8WI1IqX+Mwdfli9fbPsTcEnutWScYsARLmiNyVuvTdFkjja8o64sTZcgbPRtiMetnafMEt6&#10;QO9kMknTWdJry4zVlDsHp/XFiVcRv2k49V+axnGPZImBm4+rjesurMlqSYq9JaYVdKBB/oFFR4SC&#10;S29QNfEEHaz4A6oT1GqnGz+mukt00wjKYw1QTZb+Vs1zSwyPtUBznLm1yf0/WPp03FokWIlzjBTp&#10;YESPQnGUzTBi3FFoVdhD54SXgzM0rTeugNxKbW0om57Us3nU9JtDSlctUXseyb+cDSRlISN5lRI2&#10;zsDVu/6zZhBDDl7HDp4a26FGCvMpJAZw6BI6xZGdbyPjJ48oHC6yPE9hsPTqSkgREEKesc5/5LpD&#10;wSixDHWEc3J8dD4w+hUSjpXeCCmjIKRCPWBPJ9OY4LQULDhDmLP7XSUtOpIgqfiL5YHnPszqg2IR&#10;rOWErQfbEyEvNlwuVcCDSoDOYF00832RLtbz9Twf5ZPZepSndT36sKny0WyTvZ/W7+qqqrMfgVqW&#10;F61gjKvA7qrfLP87fQwv6aK8m4JvbUheo8d+AdnrfyQdhxrmeFHETrPz1l6HDZKNwcPzCm/ifg/2&#10;/Udg9RMAAP//AwBQSwMEFAAGAAgAAAAhAGoiiUXVAAAAAgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FKxEAMhu+C7zBE8OZOXRfR2umyiHoRBNfqOe3EtjiTKZ3Zbn17Uy96CXz84c+XYjt7pyYaYx/Y&#10;wOUqA0XcBNtza6B6e7y4ARUTskUXmAx8U4RteXpSYG7DkV9p2qdWSQnHHA10KQ251rHpyGNchYFY&#10;ss8wekyCY6vtiEcp906vs+xae+xZLnQ40H1Hzdf+4A3sPp4frl6m2gdnb9vq3foqe1obc3427+5A&#10;JZrT3zIs+qIOpTjV4cA2KmdAHkm/c8k2G8F6QV0W+r96+QMAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCwK6uFJQIAAEwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBqIolF1QAAAAIBAAAPAAAAAAAAAAAAAAAAAH8EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;">
+            <v:line w14:anchorId="26915B95" id="Line 16" o:spid="_x0000_s1026" alt="Title: Line - Description: Line" style="flip:x;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="1in,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDdh4a0tQEAAFEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815KNpGgFyzk4TXtI&#10;WwNJP2DNh0SU5BJc2pL/viTjOEFzK6oDsdzHcHZ2tb6ZnWVHFcmg7/ly0XKmvEBp/NDzX493Hz5x&#10;Rgm8BIte9fykiN9s3r9bT6FTKxzRShVZBvHUTaHnY0qhaxoSo3JACwzK56DG6CDlaxwaGWHK6M42&#10;q7b92EwYZYgoFFH23j4F+abia61E+qk1qcRszzO3VM9Yz305m80auiFCGI0404B/YOHA+PzoBeoW&#10;ErBDNG+gnBERCXVaCHQNam2Eqj3kbpbtX908jBBU7SWLQ+EiE/0/WPHjuPW7WKiL2T+EexS/iXnc&#10;juAHVQk8nkIe3LJI1UyBuktJuVDYRbafvqPMOXBIWFWYdXRMWxO+lcICnjtlc5X9dJFdzYmJ7Py8&#10;vLpq83DEc6iBriCUuhApfVXoWDF6bo0vgkAHx3tKhdFLSnF7vDPW1qFaz6aMfb26rgWE1sgSLGkU&#10;h/3WRnaEshb1q+3lyOu0iAcvK9ioQH452wmMfbLz49afVSlClK2jbo/ytIvPauW5VZbnHSuL8fpe&#10;q1/+hM0fAAAA//8DAFBLAwQUAAYACAAAACEAaiKJRdUAAAACAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwUrEQAyG74LvMETw5k5dF9Ha6bKIehEE1+o57cS2OJMpndlufXtTL3oJfPzhz5diO3unJhpj&#10;H9jA5SoDRdwE23NroHp7vLgBFROyRReYDHxThG15elJgbsORX2nap1ZJCcccDXQpDbnWsenIY1yF&#10;gViyzzB6TIJjq+2IRyn3Tq+z7Fp77FkudDjQfUfN1/7gDew+nh+uXqbaB2dv2+rd+ip7Whtzfjbv&#10;7kAlmtPfMiz6og6lONXhwDYqZ0AeSb9zyTYbwXpBXRb6v3r5AwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAN2HhrS1AQAAUQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAGoiiUXVAAAAAgEAAA8AAAAAAAAAAAAAAAAADwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;">
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00477399" w:rsidRPr="00D031B8" w:rsidRDefault="00477399" w:rsidP="00510A07">
+  <w:p w14:paraId="799B7199" w14:textId="77777777" w:rsidR="00477399" w:rsidRPr="00D031B8" w:rsidRDefault="00477399" w:rsidP="00510A07">
     <w:pPr>
       <w:pStyle w:val="RSAReportFooter"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="9180"/>
         <w:tab w:val="right" w:pos="12780"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D031B8">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00D031B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
         <w:szCs w:val="20"/>
@@ -6859,594 +6996,597 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="005A448F">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00D031B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00477399" w:rsidRPr="00354094" w:rsidRDefault="00477399" w:rsidP="00354094">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="62199465" w14:textId="77777777" w:rsidR="00477399" w:rsidRPr="00354094" w:rsidRDefault="00477399" w:rsidP="00354094">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007A1E37" w:rsidRDefault="007A1E37">
+    <w:p w14:paraId="049D51A4" w14:textId="77777777" w:rsidR="000F3697" w:rsidRDefault="000F3697">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17F11" w:rsidRDefault="00A17F11"/>
+    <w:p w14:paraId="2251BD1F" w14:textId="77777777" w:rsidR="000F3697" w:rsidRDefault="000F3697"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007A1E37" w:rsidRDefault="007A1E37">
+    <w:p w14:paraId="55A34EA3" w14:textId="77777777" w:rsidR="000F3697" w:rsidRDefault="000F3697">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17F11" w:rsidRDefault="00A17F11"/>
+    <w:p w14:paraId="750C9868" w14:textId="77777777" w:rsidR="000F3697" w:rsidRDefault="000F3697"/>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="4B138DA5" w14:textId="77777777" w:rsidR="000F3697" w:rsidRDefault="000F3697"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00477399" w:rsidRDefault="00477399">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="06BBA33E" w14:textId="77777777" w:rsidR="00477399" w:rsidRDefault="00477399">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9180"/>
       </w:tabs>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00477399" w:rsidRDefault="00477399">
+  <w:p w14:paraId="464FCBC1" w14:textId="77777777" w:rsidR="00477399" w:rsidRDefault="00477399">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9180"/>
       </w:tabs>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00477399" w:rsidRDefault="00477399">
+  <w:p w14:paraId="5C8C6B09" w14:textId="77777777" w:rsidR="00477399" w:rsidRDefault="00477399">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9180"/>
       </w:tabs>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00477399" w:rsidRDefault="00477399">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0CD5A1D6" w14:textId="77777777" w:rsidR="00477399" w:rsidRDefault="00477399">
     <w:pPr>
       <w:pStyle w:val="RSAReportHeader"/>
     </w:pPr>
     <w:r>
       <w:t>Road Safety Audit—Site Location Description</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00477399" w:rsidRDefault="00477399">
+  <w:p w14:paraId="71AC5FEB" w14:textId="77777777" w:rsidR="00477399" w:rsidRDefault="00477399">
     <w:pPr>
       <w:pStyle w:val="RSAReportHeaderCompanyName"/>
     </w:pPr>
     <w:r>
       <w:t>Prepared by company</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00D031B8" w:rsidRPr="00D031B8" w:rsidRDefault="00D031B8">
+  <w:p w14:paraId="0A9F4FF1" w14:textId="77777777" w:rsidR="00D031B8" w:rsidRPr="00780BAF" w:rsidRDefault="00D031B8">
     <w:pPr>
       <w:pStyle w:val="RSAReportHeaderCompanyName"/>
       <w:rPr>
-        <w:color w:val="FF0000"/>
+        <w:color w:val="ED0000"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00D031B8">
+    <w:r w:rsidRPr="00780BAF">
       <w:rPr>
-        <w:color w:val="FF0000"/>
+        <w:color w:val="ED0000"/>
       </w:rPr>
       <w:t>DRAFT/FINAL</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00477399" w:rsidRDefault="008A6577">
+  <w:p w14:paraId="717AAFBA" w14:textId="77777777" w:rsidR="00477399" w:rsidRDefault="008A6577">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9180"/>
       </w:tabs>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3187B23C" wp14:editId="07777777">
               <wp:extent cx="3086100" cy="0"/>
               <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
               <wp:docPr id="8" name="Line 13" descr="Line" title="Line"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3086100" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="9525">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line id="Line 13" o:spid="_x0000_s1026" alt="Title: Line - Description: Line" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="243pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDttOJiHwIAAEMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcE9v5amLFWVV20su2&#10;jbTbH0AAx6gYEJA4UdX/3oHYUba9VFV9wAMz83jzZlg/XVqJztw6oVWBs3GKEVdUM6GOBf72uhst&#10;MXKeKEakVrzAV+7w0+b9u3Vncj7RjZaMWwQgyuWdKXDjvcmTxNGGt8SNteEKnLW2LfGwtceEWdIB&#10;eiuTSZoukk5bZqym3Dk4rW5OvIn4dc2p/1rXjnskCwzcfFxtXA9hTTZrkh8tMY2gPQ3yDyxaIhRc&#10;eoeqiCfoZMUfUK2gVjtd+zHVbaLrWlAea4BqsvS3al4aYnisBcRx5i6T+3+w9Mt5b5FgBYZGKdJC&#10;i56F4iibYsS4oyBV2INywsveGUTrjMsht1R7G8qmF/VinjX97pDSZUPUkUfyr1cDSVnISN6khI0z&#10;cPWh+6wZxJCT11HBS23bAAnaoEts1PXeKH7xiMLhNF0ushT6SQdfQvIh0VjnP3HdomAUWAb6AZCc&#10;n50PREg+hIRjpXdCyjgHUqGuwKv5ZB4TnJaCBWcIc/Z4KKVFZxImKX6xKvA8hll9UiyCNZywbW97&#10;IuTNhsulCnhQCtDprduo/Filq+1yu5yNZpPFdjRLq2r0cVfORotd9mFeTauyrLKfgVo2yxvBGFeB&#10;3TC22ezvxqJ/QLeBuw/uXYbkLXrUC8gO/0g69jK07zYIB82uezv0GCY1BvevKjyFxz3Yj29/8wsA&#10;AP//AwBQSwMEFAAGAAgAAAAhAK03YpTXAAAAAgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwkAQ&#10;hu8mvMNmSLwQ2IqGkNItIWhvXgSN16E7to3d2dJdoPr0Dl70MsmXf/LPN9l6cK06Ux8azwbuZgko&#10;4tLbhisDr/tiugQVIrLF1jMZ+KIA63x0k2Fq/YVf6LyLlZISDikaqGPsUq1DWZPDMPMdsWQfvncY&#10;BftK2x4vUu5aPU+ShXbYsFyosaNtTeXn7uQMhOKNjsX3pJwk7/eVp/nx8fkJjbkdD5sVqEhD/FuG&#10;q76oQy5OB39iG1RrQB6Jv1Oyh+VC8HBFnWf6v3r+AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAO204mIfAgAAQwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAK03YpTXAAAAAgEAAA8AAAAAAAAAAAAAAAAAeQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;">
+            <v:line w14:anchorId="56CDF7CC" id="Line 13" o:spid="_x0000_s1026" alt="Title: Line - Description: Line" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="243pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCURWf/rwEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YytOiMOD2k6y7d&#10;FqDdBzCSbAuTRYFUYufvJ6lJVmy3YT4Ikkg+vfdIr+/n0YmjIbboW7lc1FIYr1Bb37fyx8vjhzsp&#10;OILX4NCbVp4My/vN+3frKTRmhQM6bUgkEM/NFFo5xBiaqmI1mBF4gcH4FOyQRojpSH2lCaaEPrpq&#10;Vde31YSkA6EyzOn24TUoNwW/64yK37uOTRSulYlbLCuVdZ/XarOGpicIg1VnGvAPLEawPj16hXqA&#10;COJA9i+o0SpCxi4uFI4Vdp1VpmhIapb1H2qeBwimaEnmcLjaxP8PVn07bv2OMnU1++fwhOonC4/b&#10;AXxvCoGXU0iNW2arqilwcy3JBw47EvvpK+qUA4eIxYW5ozFDJn1iLmafrmabOQqVLj/Wd7fLOvVE&#10;XWIVNJfCQBy/GBxF3rTSWZ99gAaOTxwzEWguKfna46N1rvTSeTG18tPN6qYUMDqrczCnMfX7rSNx&#10;hDwN5SuqUuRtGuHB6wI2GNCfz/sI1r3u0+POn83I+vOwcbNHfdrRxaTUrsLyPFp5Ht6eS/XvH2Dz&#10;CwAA//8DAFBLAwQUAAYACAAAACEArTdilNcAAAACAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7C&#10;QBCG7ya8w2ZIvBDYioaQ0i0haG9eBI3XoTu2jd3Z0l2g+vQOXvQyyZd/8s832XpwrTpTHxrPBu5m&#10;CSji0tuGKwOv+2K6BBUissXWMxn4ogDrfHSTYWr9hV/ovIuVkhIOKRqoY+xSrUNZk8Mw8x2xZB++&#10;dxgF+0rbHi9S7lo9T5KFdtiwXKixo21N5efu5AyE4o2OxfeknCTv95Wn+fHx+QmNuR0PmxWoSEP8&#10;W4arvqhDLk4Hf2IbVGtAHom/U7KH5ULwcEWdZ/q/ev4DAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAlEVn/68BAABIAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEArTdilNcAAAACAQAADwAAAAAAAAAAAAAAAAAJBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAA0FAAAAAA==&#10;">
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00477399" w:rsidRDefault="00477399">
+  <w:p w14:paraId="56EE48EE" w14:textId="77777777" w:rsidR="00477399" w:rsidRDefault="00477399">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9180"/>
       </w:tabs>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00477399" w:rsidRDefault="00477399">
+  <w:p w14:paraId="2908EB2C" w14:textId="77777777" w:rsidR="00477399" w:rsidRDefault="00477399">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9180"/>
       </w:tabs>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00477399" w:rsidRDefault="00477399">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="339E69F7" w14:textId="77777777" w:rsidR="00477399" w:rsidRDefault="00477399">
     <w:pPr>
       <w:pStyle w:val="RSAReportHeader"/>
     </w:pPr>
     <w:r>
       <w:t>Road Safety Audit—Site Location Description</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00477399" w:rsidRDefault="00477399">
+  <w:p w14:paraId="3293E4D7" w14:textId="77777777" w:rsidR="00477399" w:rsidRDefault="00477399">
     <w:pPr>
       <w:pStyle w:val="RSAReportHeaderCompanyName"/>
     </w:pPr>
     <w:r>
       <w:t>Prepared by company</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00D031B8" w:rsidRPr="00D031B8" w:rsidRDefault="00D031B8">
+  <w:p w14:paraId="4C75643E" w14:textId="77777777" w:rsidR="00D031B8" w:rsidRPr="00780BAF" w:rsidRDefault="00D031B8">
     <w:pPr>
       <w:pStyle w:val="RSAReportHeaderCompanyName"/>
       <w:rPr>
-        <w:color w:val="FF0000"/>
+        <w:color w:val="ED0000"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00D031B8">
+    <w:r w:rsidRPr="00780BAF">
       <w:rPr>
-        <w:color w:val="FF0000"/>
+        <w:color w:val="ED0000"/>
       </w:rPr>
       <w:t>DRAFT/FINAL</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00477399" w:rsidRDefault="008A6577">
+  <w:p w14:paraId="121FD38A" w14:textId="77777777" w:rsidR="00477399" w:rsidRDefault="008A6577">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9180"/>
       </w:tabs>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3AD6EB75" wp14:editId="07777777">
               <wp:extent cx="3086100" cy="0"/>
               <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
               <wp:docPr id="5" name="Line 15" descr="Line" title="Line"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3086100" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="9525">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line id="Line 15" o:spid="_x0000_s1026" alt="Title: Line - Description: Line" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="243pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCFJHa1HgIAAEMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU82O2jAQvlfqO1i+QxIWKESEVZVAL7RF&#10;2u0DGNshVh3bsg0BVX33jk2C2PZSVc3BmfHMfP7mb/V8aSU6c+uEVgXOxilGXFHNhDoW+NvrdrTA&#10;yHmiGJFa8QJfucPP6/fvVp3J+UQ3WjJuEYAol3emwI33Jk8SRxveEjfWhisw1tq2xINqjwmzpAP0&#10;ViaTNJ0nnbbMWE25c3Bb3Yx4HfHrmlP/ta4d90gWGLj5eNp4HsKZrFckP1piGkF7GuQfWLREKHj0&#10;DlURT9DJij+gWkGtdrr2Y6rbRNe1oDzmANlk6W/ZvDTE8JgLFMeZe5nc/4OlX857iwQr8AwjRVpo&#10;0U4ojjJQGXcUShV0qJzwsjeGonXG5RBbqr0NadOLejE7Tb87pHTZEHXkkfzr1UBQFiKSNyFBcQae&#10;PnSfNQMfcvI6VvBS2zZAQm3QJTbqem8Uv3hE4fIpXcyzFPpJB1tC8iHQWOc/cd2iIBRYBvoBkJx3&#10;zgciJB9cwrXSWyFlnAOpUFfg5WwyiwFOS8GCMbg5ezyU0qIzCZMUv5gVWB7drD4pFsEaTtimlz0R&#10;8ibD41IFPEgF6PTSbVR+LNPlZrFZTEfTyXwzmqZVNfq4Laej+Tb7MKueqrKssp+BWjbNG8EYV4Hd&#10;MLbZ9O/Gol+g28DdB/dehuQteqwXkB3+kXTsZWjfbRAOml33dugxTGp07rcqrMKjDvLj7q9/AQAA&#10;//8DAFBLAwQUAAYACAAAACEArTdilNcAAAACAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7CQBCG&#10;7ya8w2ZIvBDYioaQ0i0haG9eBI3XoTu2jd3Z0l2g+vQOXvQyyZd/8s832XpwrTpTHxrPBu5mCSji&#10;0tuGKwOv+2K6BBUissXWMxn4ogDrfHSTYWr9hV/ovIuVkhIOKRqoY+xSrUNZk8Mw8x2xZB++dxgF&#10;+0rbHi9S7lo9T5KFdtiwXKixo21N5efu5AyE4o2OxfeknCTv95Wn+fHx+QmNuR0PmxWoSEP8W4ar&#10;vqhDLk4Hf2IbVGtAHom/U7KH5ULwcEWdZ/q/ev4DAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAhSR2tR4CAABDBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEArTdilNcAAAACAQAADwAAAAAAAAAAAAAAAAB4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;">
+            <v:line w14:anchorId="06CAA73B" id="Line 15" o:spid="_x0000_s1026" alt="Title: Line - Description: Line" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="243pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCURWf/rwEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YytOiMOD2k6y7d&#10;FqDdBzCSbAuTRYFUYufvJ6lJVmy3YT4Ikkg+vfdIr+/n0YmjIbboW7lc1FIYr1Bb37fyx8vjhzsp&#10;OILX4NCbVp4My/vN+3frKTRmhQM6bUgkEM/NFFo5xBiaqmI1mBF4gcH4FOyQRojpSH2lCaaEPrpq&#10;Vde31YSkA6EyzOn24TUoNwW/64yK37uOTRSulYlbLCuVdZ/XarOGpicIg1VnGvAPLEawPj16hXqA&#10;COJA9i+o0SpCxi4uFI4Vdp1VpmhIapb1H2qeBwimaEnmcLjaxP8PVn07bv2OMnU1++fwhOonC4/b&#10;AXxvCoGXU0iNW2arqilwcy3JBw47EvvpK+qUA4eIxYW5ozFDJn1iLmafrmabOQqVLj/Wd7fLOvVE&#10;XWIVNJfCQBy/GBxF3rTSWZ99gAaOTxwzEWguKfna46N1rvTSeTG18tPN6qYUMDqrczCnMfX7rSNx&#10;hDwN5SuqUuRtGuHB6wI2GNCfz/sI1r3u0+POn83I+vOwcbNHfdrRxaTUrsLyPFp5Ht6eS/XvH2Dz&#10;CwAA//8DAFBLAwQUAAYACAAAACEArTdilNcAAAACAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7C&#10;QBCG7ya8w2ZIvBDYioaQ0i0haG9eBI3XoTu2jd3Z0l2g+vQOXvQyyZd/8s832XpwrTpTHxrPBu5m&#10;CSji0tuGKwOv+2K6BBUissXWMxn4ogDrfHSTYWr9hV/ovIuVkhIOKRqoY+xSrUNZk8Mw8x2xZB++&#10;dxgF+0rbHi9S7lo9T5KFdtiwXKixo21N5efu5AyE4o2OxfeknCTv95Wn+fHx+QmNuR0PmxWoSEP8&#10;W4arvqhDLk4Hf2IbVGtAHom/U7KH5ULwcEWdZ/q/ev4DAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAlEVn/68BAABIAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEArTdilNcAAAACAQAADwAAAAAAAAAAAAAAAAAJBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAA0FAAAAAA==&#10;">
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00477399" w:rsidRDefault="00477399">
+  <w:p w14:paraId="1FE2DD96" w14:textId="77777777" w:rsidR="00477399" w:rsidRDefault="00477399">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9180"/>
       </w:tabs>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00477399" w:rsidRDefault="00477399">
+  <w:p w14:paraId="27357532" w14:textId="77777777" w:rsidR="00477399" w:rsidRDefault="00477399">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9180"/>
       </w:tabs>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00477399" w:rsidRDefault="00477399">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="07F023C8" w14:textId="77777777" w:rsidR="00477399" w:rsidRDefault="00477399">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9180"/>
       </w:tabs>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E98C3EFE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3370CDB4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber4"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6114D604"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber3"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="AAB43024"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="91304898"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet5"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EA2067B0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="952C21C2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D8245CAE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="7B8050B6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EE5CDBCC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02970670"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FCF035B2"/>
     <w:lvl w:ilvl="0" w:tplc="AF90DB82">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:pStyle w:val="HSHReportAppendixCoverPage"/>
       <w:lvlText w:val="Appendix %1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="9990"/>
         </w:tabs>
         <w:ind w:left="8790" w:hanging="1680"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="48"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
@@ -7523,51 +7663,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="9630"/>
         </w:tabs>
         <w:ind w:left="9630" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="10350"/>
         </w:tabs>
         <w:ind w:left="10350" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F857281"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FACAD3AC"/>
     <w:lvl w:ilvl="0" w:tplc="5388F6BA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="HSHbullet--1stlevel"/>
       <w:lvlText w:val="ᾧ"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="98DCCEB2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -7669,51 +7809,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41E061B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5B86ABA2"/>
     <w:lvl w:ilvl="0" w:tplc="9D4AA102">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="HSHReportTableTitle"/>
       <w:lvlText w:val="Table %1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="28"/>
@@ -7803,51 +7943,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E10647D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D4A4159C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="774" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1494" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2214" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2934" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3654" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4374" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5094" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5814" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6534" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6AA4750C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2BAA9C70"/>
     <w:lvl w:ilvl="0" w:tplc="3294E878">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="HSHReportFigureTitle"/>
       <w:lvlText w:val="Figure %1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -7923,51 +8176,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71B92250"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0276C206"/>
     <w:lvl w:ilvl="0" w:tplc="0654344A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="ᾧ"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="638693E8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="HSHbullet--2ndlevel"/>
@@ -8071,51 +8324,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72987CFB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D734635C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8184,543 +8437,1195 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="1" w16cid:durableId="759958078">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="893003805">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="39745444">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="940263602">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1590582136">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="6" w16cid:durableId="1591428881">
+    <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="776026032">
     <w:abstractNumId w:val="10"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="392896859">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1555578478">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="811794640">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1228685458">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1708408832">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="78913639">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1905142871">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="870067645">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1161894666">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="17">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="17" w16cid:durableId="67845493">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="654072696">
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="16"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:embedTrueTypeFonts/>
   <w:embedSystemFonts/>
   <w:saveSubsetFonts/>
-  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="131077" w:nlCheck="1" w:checkStyle="1"/>
-  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="1"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3001" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="57345"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
+  <w:docVars>
+    <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2tTAzNDczNDAzMLQ0NTNV0lEKTi0uzszPAykwrAUAXo43oSwAAAA="/>
+  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00F768EC"/>
+    <w:rsid w:val="0000727C"/>
     <w:rsid w:val="00010296"/>
     <w:rsid w:val="00012B52"/>
     <w:rsid w:val="00016D74"/>
     <w:rsid w:val="000230E1"/>
+    <w:rsid w:val="00024747"/>
     <w:rsid w:val="00025E1C"/>
     <w:rsid w:val="000278EB"/>
+    <w:rsid w:val="0003236C"/>
     <w:rsid w:val="00037140"/>
+    <w:rsid w:val="00054E77"/>
     <w:rsid w:val="00056473"/>
     <w:rsid w:val="00061D50"/>
+    <w:rsid w:val="0006262A"/>
     <w:rsid w:val="000700E5"/>
     <w:rsid w:val="00076154"/>
     <w:rsid w:val="000771F4"/>
     <w:rsid w:val="000845B8"/>
     <w:rsid w:val="0009755F"/>
     <w:rsid w:val="000A159B"/>
+    <w:rsid w:val="000A176C"/>
     <w:rsid w:val="000A49F2"/>
     <w:rsid w:val="000A4C26"/>
     <w:rsid w:val="000A535B"/>
     <w:rsid w:val="000B299A"/>
     <w:rsid w:val="000B3734"/>
     <w:rsid w:val="000B4868"/>
     <w:rsid w:val="000C4742"/>
     <w:rsid w:val="000C79A8"/>
     <w:rsid w:val="000D5933"/>
     <w:rsid w:val="000E5268"/>
     <w:rsid w:val="000E6888"/>
+    <w:rsid w:val="000F0795"/>
+    <w:rsid w:val="000F1436"/>
     <w:rsid w:val="000F1B94"/>
+    <w:rsid w:val="000F3697"/>
     <w:rsid w:val="000F5EC7"/>
+    <w:rsid w:val="00103491"/>
     <w:rsid w:val="001136AE"/>
     <w:rsid w:val="001238F8"/>
     <w:rsid w:val="00126D96"/>
     <w:rsid w:val="00130A48"/>
     <w:rsid w:val="0013557A"/>
     <w:rsid w:val="00136F6B"/>
     <w:rsid w:val="00137837"/>
     <w:rsid w:val="001416FD"/>
+    <w:rsid w:val="00163AF7"/>
+    <w:rsid w:val="0016407A"/>
+    <w:rsid w:val="00164623"/>
     <w:rsid w:val="00194078"/>
+    <w:rsid w:val="001A45D5"/>
+    <w:rsid w:val="001A4883"/>
+    <w:rsid w:val="001B081C"/>
     <w:rsid w:val="001B636C"/>
     <w:rsid w:val="001B6875"/>
     <w:rsid w:val="001B71E6"/>
     <w:rsid w:val="001B78DE"/>
     <w:rsid w:val="001C72EC"/>
     <w:rsid w:val="001D227D"/>
     <w:rsid w:val="001D61C6"/>
     <w:rsid w:val="001D7DDC"/>
     <w:rsid w:val="001E7B93"/>
+    <w:rsid w:val="001F56AC"/>
     <w:rsid w:val="001F612B"/>
+    <w:rsid w:val="00204456"/>
     <w:rsid w:val="00205805"/>
     <w:rsid w:val="00237242"/>
+    <w:rsid w:val="00245AAB"/>
+    <w:rsid w:val="0024618E"/>
     <w:rsid w:val="002553E9"/>
     <w:rsid w:val="00257B22"/>
+    <w:rsid w:val="00271C1B"/>
     <w:rsid w:val="002768A5"/>
+    <w:rsid w:val="00277AB8"/>
     <w:rsid w:val="0029707E"/>
+    <w:rsid w:val="002A449D"/>
+    <w:rsid w:val="002A77D8"/>
     <w:rsid w:val="002B494B"/>
     <w:rsid w:val="002B5CBF"/>
     <w:rsid w:val="002C1A55"/>
     <w:rsid w:val="002C2481"/>
     <w:rsid w:val="002C50EF"/>
+    <w:rsid w:val="002C7294"/>
+    <w:rsid w:val="002D1CC8"/>
     <w:rsid w:val="002D6ABE"/>
     <w:rsid w:val="002E68AB"/>
+    <w:rsid w:val="002E7E79"/>
     <w:rsid w:val="002F5910"/>
     <w:rsid w:val="002F6783"/>
+    <w:rsid w:val="00301885"/>
     <w:rsid w:val="00305B5B"/>
     <w:rsid w:val="00315DD8"/>
     <w:rsid w:val="00316B7A"/>
     <w:rsid w:val="00316D68"/>
     <w:rsid w:val="003270B6"/>
     <w:rsid w:val="00330621"/>
     <w:rsid w:val="0033641E"/>
+    <w:rsid w:val="00336A71"/>
     <w:rsid w:val="00354094"/>
     <w:rsid w:val="003610EB"/>
     <w:rsid w:val="0036126D"/>
+    <w:rsid w:val="00366128"/>
     <w:rsid w:val="00367525"/>
+    <w:rsid w:val="00374889"/>
     <w:rsid w:val="003A5830"/>
     <w:rsid w:val="003B2B09"/>
     <w:rsid w:val="003B7D1C"/>
     <w:rsid w:val="003C41FC"/>
     <w:rsid w:val="003C59FB"/>
+    <w:rsid w:val="003C6210"/>
     <w:rsid w:val="003D384B"/>
     <w:rsid w:val="003D6067"/>
+    <w:rsid w:val="003D6C23"/>
     <w:rsid w:val="003E06BE"/>
     <w:rsid w:val="003E15CD"/>
     <w:rsid w:val="003E3BB7"/>
     <w:rsid w:val="003E3F0F"/>
     <w:rsid w:val="003F3C85"/>
+    <w:rsid w:val="00403636"/>
+    <w:rsid w:val="00407348"/>
     <w:rsid w:val="00407B95"/>
     <w:rsid w:val="00413EF7"/>
     <w:rsid w:val="0043061D"/>
     <w:rsid w:val="00436A74"/>
     <w:rsid w:val="00460E02"/>
     <w:rsid w:val="004619DF"/>
     <w:rsid w:val="00462FE2"/>
     <w:rsid w:val="00477399"/>
     <w:rsid w:val="00480A46"/>
     <w:rsid w:val="004838BB"/>
     <w:rsid w:val="00491A73"/>
     <w:rsid w:val="004976DA"/>
+    <w:rsid w:val="004A1AC2"/>
     <w:rsid w:val="004A7BA4"/>
+    <w:rsid w:val="004C1D45"/>
     <w:rsid w:val="004C71C9"/>
     <w:rsid w:val="004C777A"/>
     <w:rsid w:val="004D09B3"/>
     <w:rsid w:val="004D3478"/>
     <w:rsid w:val="004D6AEC"/>
+    <w:rsid w:val="004D718B"/>
+    <w:rsid w:val="004EAC80"/>
     <w:rsid w:val="004F6517"/>
     <w:rsid w:val="004F79AA"/>
     <w:rsid w:val="00501F0E"/>
     <w:rsid w:val="00503D01"/>
     <w:rsid w:val="0050417F"/>
     <w:rsid w:val="00506621"/>
     <w:rsid w:val="005100F9"/>
     <w:rsid w:val="00510A07"/>
     <w:rsid w:val="0051133F"/>
     <w:rsid w:val="00522B96"/>
     <w:rsid w:val="0052308C"/>
+    <w:rsid w:val="00523709"/>
+    <w:rsid w:val="0053704D"/>
     <w:rsid w:val="00551405"/>
     <w:rsid w:val="005564BC"/>
+    <w:rsid w:val="005567DD"/>
     <w:rsid w:val="00560CED"/>
     <w:rsid w:val="00560EF0"/>
     <w:rsid w:val="00565555"/>
     <w:rsid w:val="00574747"/>
     <w:rsid w:val="00577D16"/>
+    <w:rsid w:val="00596130"/>
     <w:rsid w:val="005A01FA"/>
+    <w:rsid w:val="005A0FCC"/>
     <w:rsid w:val="005A1D7D"/>
     <w:rsid w:val="005A448F"/>
     <w:rsid w:val="005A473A"/>
     <w:rsid w:val="005A678F"/>
+    <w:rsid w:val="005A76E7"/>
     <w:rsid w:val="005B4BBD"/>
     <w:rsid w:val="005B5031"/>
     <w:rsid w:val="005B5C98"/>
     <w:rsid w:val="005C0003"/>
+    <w:rsid w:val="005C2F7D"/>
     <w:rsid w:val="005C4279"/>
     <w:rsid w:val="005C56C5"/>
+    <w:rsid w:val="005D1352"/>
     <w:rsid w:val="005D7481"/>
     <w:rsid w:val="005E2153"/>
     <w:rsid w:val="005E39B6"/>
     <w:rsid w:val="00602730"/>
     <w:rsid w:val="00602E48"/>
     <w:rsid w:val="00604DF7"/>
+    <w:rsid w:val="0060756D"/>
+    <w:rsid w:val="00612F16"/>
     <w:rsid w:val="00614E25"/>
+    <w:rsid w:val="006170C2"/>
     <w:rsid w:val="00645FDC"/>
     <w:rsid w:val="00646DEE"/>
     <w:rsid w:val="0064758B"/>
     <w:rsid w:val="00657299"/>
     <w:rsid w:val="00657772"/>
     <w:rsid w:val="00663896"/>
     <w:rsid w:val="00664ACA"/>
     <w:rsid w:val="00674C34"/>
     <w:rsid w:val="0069042A"/>
     <w:rsid w:val="006A2CBE"/>
     <w:rsid w:val="006B0436"/>
+    <w:rsid w:val="006B44A7"/>
+    <w:rsid w:val="006B790F"/>
     <w:rsid w:val="006B7E95"/>
+    <w:rsid w:val="006E0AC8"/>
     <w:rsid w:val="006E69DD"/>
+    <w:rsid w:val="006F5E4D"/>
+    <w:rsid w:val="006FB709"/>
     <w:rsid w:val="007033B5"/>
     <w:rsid w:val="007043AD"/>
     <w:rsid w:val="00705FE8"/>
     <w:rsid w:val="0071493F"/>
+    <w:rsid w:val="00716395"/>
+    <w:rsid w:val="0072054B"/>
     <w:rsid w:val="00733B09"/>
     <w:rsid w:val="007433FE"/>
     <w:rsid w:val="007504FE"/>
     <w:rsid w:val="007537AC"/>
     <w:rsid w:val="00755AD8"/>
     <w:rsid w:val="00756E9D"/>
     <w:rsid w:val="00764A19"/>
     <w:rsid w:val="007755CF"/>
+    <w:rsid w:val="00780BAF"/>
     <w:rsid w:val="007869D6"/>
     <w:rsid w:val="007963E6"/>
+    <w:rsid w:val="00796FF1"/>
     <w:rsid w:val="007A1E37"/>
     <w:rsid w:val="007A6C9B"/>
+    <w:rsid w:val="007A71A0"/>
     <w:rsid w:val="007C02AA"/>
     <w:rsid w:val="007C3BB8"/>
     <w:rsid w:val="007C48D4"/>
     <w:rsid w:val="007D49A8"/>
     <w:rsid w:val="007D69F8"/>
     <w:rsid w:val="007F041E"/>
     <w:rsid w:val="007F2902"/>
     <w:rsid w:val="007F71AF"/>
+    <w:rsid w:val="0080428E"/>
     <w:rsid w:val="00816DA5"/>
+    <w:rsid w:val="00826798"/>
     <w:rsid w:val="008336DF"/>
+    <w:rsid w:val="00833CB1"/>
     <w:rsid w:val="00834982"/>
     <w:rsid w:val="00836223"/>
     <w:rsid w:val="00840045"/>
     <w:rsid w:val="00844076"/>
     <w:rsid w:val="00857C7A"/>
+    <w:rsid w:val="0087466C"/>
+    <w:rsid w:val="00876682"/>
     <w:rsid w:val="00877A8E"/>
+    <w:rsid w:val="00877C05"/>
     <w:rsid w:val="0088201B"/>
+    <w:rsid w:val="00884C20"/>
     <w:rsid w:val="00885D24"/>
     <w:rsid w:val="008973FE"/>
     <w:rsid w:val="008A4C74"/>
     <w:rsid w:val="008A6577"/>
     <w:rsid w:val="008B0022"/>
     <w:rsid w:val="008B040C"/>
+    <w:rsid w:val="008B3568"/>
     <w:rsid w:val="008C21B1"/>
     <w:rsid w:val="008C2CB9"/>
     <w:rsid w:val="008D0D38"/>
     <w:rsid w:val="008D1481"/>
     <w:rsid w:val="008D7F1D"/>
     <w:rsid w:val="008F1F81"/>
     <w:rsid w:val="008F4BD2"/>
     <w:rsid w:val="00904771"/>
+    <w:rsid w:val="00906011"/>
     <w:rsid w:val="00913A2A"/>
     <w:rsid w:val="009164C6"/>
     <w:rsid w:val="009239D0"/>
+    <w:rsid w:val="00937011"/>
     <w:rsid w:val="009411C4"/>
     <w:rsid w:val="00943A0D"/>
+    <w:rsid w:val="00954981"/>
     <w:rsid w:val="00961DA5"/>
     <w:rsid w:val="00964348"/>
     <w:rsid w:val="0097365F"/>
+    <w:rsid w:val="009756B0"/>
     <w:rsid w:val="00983E86"/>
+    <w:rsid w:val="009857D5"/>
     <w:rsid w:val="00985B7F"/>
+    <w:rsid w:val="00991128"/>
     <w:rsid w:val="009A6602"/>
     <w:rsid w:val="009A70F5"/>
+    <w:rsid w:val="009A9643"/>
     <w:rsid w:val="009B1E3F"/>
+    <w:rsid w:val="009B21BF"/>
     <w:rsid w:val="009C514F"/>
     <w:rsid w:val="009E2CB3"/>
     <w:rsid w:val="009E7B78"/>
     <w:rsid w:val="00A01E70"/>
     <w:rsid w:val="00A05896"/>
     <w:rsid w:val="00A067C9"/>
     <w:rsid w:val="00A17F11"/>
+    <w:rsid w:val="00A24FF2"/>
     <w:rsid w:val="00A256C0"/>
     <w:rsid w:val="00A36730"/>
+    <w:rsid w:val="00A40EFD"/>
     <w:rsid w:val="00A43272"/>
     <w:rsid w:val="00A64559"/>
     <w:rsid w:val="00A64669"/>
     <w:rsid w:val="00A7323D"/>
+    <w:rsid w:val="00A77F1F"/>
+    <w:rsid w:val="00A80E7A"/>
+    <w:rsid w:val="00A9747A"/>
     <w:rsid w:val="00AB50CB"/>
     <w:rsid w:val="00AE6FCD"/>
     <w:rsid w:val="00AF36F4"/>
     <w:rsid w:val="00AF6D03"/>
+    <w:rsid w:val="00B203BC"/>
     <w:rsid w:val="00B20C67"/>
+    <w:rsid w:val="00B23060"/>
+    <w:rsid w:val="00B24FC8"/>
     <w:rsid w:val="00B3156D"/>
     <w:rsid w:val="00B35235"/>
     <w:rsid w:val="00B42849"/>
     <w:rsid w:val="00B5047A"/>
     <w:rsid w:val="00B64083"/>
     <w:rsid w:val="00B85553"/>
     <w:rsid w:val="00B94827"/>
     <w:rsid w:val="00B97961"/>
     <w:rsid w:val="00BA05FD"/>
     <w:rsid w:val="00BA721D"/>
     <w:rsid w:val="00BA76BB"/>
+    <w:rsid w:val="00BB42FE"/>
+    <w:rsid w:val="00BB6A3A"/>
     <w:rsid w:val="00BC2F7B"/>
     <w:rsid w:val="00BC596F"/>
     <w:rsid w:val="00BD34AD"/>
+    <w:rsid w:val="00BE14B8"/>
     <w:rsid w:val="00BE782B"/>
     <w:rsid w:val="00BF74F8"/>
     <w:rsid w:val="00C02FBE"/>
+    <w:rsid w:val="00C05C80"/>
     <w:rsid w:val="00C1036E"/>
     <w:rsid w:val="00C122D3"/>
     <w:rsid w:val="00C270B3"/>
+    <w:rsid w:val="00C27ED1"/>
     <w:rsid w:val="00C34071"/>
+    <w:rsid w:val="00C3755E"/>
     <w:rsid w:val="00C41CD0"/>
     <w:rsid w:val="00C4503C"/>
     <w:rsid w:val="00C54AFC"/>
+    <w:rsid w:val="00C575EB"/>
     <w:rsid w:val="00C60AA5"/>
     <w:rsid w:val="00C74C91"/>
     <w:rsid w:val="00C809CE"/>
     <w:rsid w:val="00C8430C"/>
     <w:rsid w:val="00C85196"/>
     <w:rsid w:val="00C91856"/>
     <w:rsid w:val="00C949DB"/>
     <w:rsid w:val="00C96864"/>
+    <w:rsid w:val="00C96DA5"/>
     <w:rsid w:val="00CA5AC9"/>
     <w:rsid w:val="00CA5BBB"/>
     <w:rsid w:val="00CB2B13"/>
     <w:rsid w:val="00CB4302"/>
     <w:rsid w:val="00CB474A"/>
     <w:rsid w:val="00CB5A33"/>
+    <w:rsid w:val="00CB61F2"/>
     <w:rsid w:val="00CC31B6"/>
+    <w:rsid w:val="00CC5272"/>
+    <w:rsid w:val="00CE4910"/>
     <w:rsid w:val="00D00F7F"/>
+    <w:rsid w:val="00D02AC7"/>
     <w:rsid w:val="00D031B8"/>
+    <w:rsid w:val="00D04B76"/>
     <w:rsid w:val="00D12CF0"/>
     <w:rsid w:val="00D13D0D"/>
     <w:rsid w:val="00D20F3C"/>
     <w:rsid w:val="00D23734"/>
+    <w:rsid w:val="00D24517"/>
     <w:rsid w:val="00D251B7"/>
     <w:rsid w:val="00D253F2"/>
     <w:rsid w:val="00D35D3F"/>
     <w:rsid w:val="00D37495"/>
     <w:rsid w:val="00D422D3"/>
     <w:rsid w:val="00D52F95"/>
     <w:rsid w:val="00D56805"/>
     <w:rsid w:val="00D56D3B"/>
     <w:rsid w:val="00D57F9D"/>
     <w:rsid w:val="00D66528"/>
     <w:rsid w:val="00D66A49"/>
+    <w:rsid w:val="00D67A67"/>
     <w:rsid w:val="00D72414"/>
     <w:rsid w:val="00D7288D"/>
     <w:rsid w:val="00D767FF"/>
     <w:rsid w:val="00D8340E"/>
     <w:rsid w:val="00DA33A2"/>
     <w:rsid w:val="00DC0B49"/>
     <w:rsid w:val="00DC3111"/>
     <w:rsid w:val="00DC3922"/>
+    <w:rsid w:val="00DC7763"/>
     <w:rsid w:val="00DD1626"/>
     <w:rsid w:val="00DD6566"/>
     <w:rsid w:val="00DD7E0D"/>
     <w:rsid w:val="00DE24D1"/>
     <w:rsid w:val="00DE60FF"/>
     <w:rsid w:val="00E06116"/>
     <w:rsid w:val="00E31CA0"/>
     <w:rsid w:val="00E405A6"/>
     <w:rsid w:val="00E45C6F"/>
     <w:rsid w:val="00E55E38"/>
     <w:rsid w:val="00E5771D"/>
     <w:rsid w:val="00E71BA1"/>
     <w:rsid w:val="00E73C5F"/>
+    <w:rsid w:val="00E77BE6"/>
     <w:rsid w:val="00E817CA"/>
     <w:rsid w:val="00E84871"/>
+    <w:rsid w:val="00E91A09"/>
     <w:rsid w:val="00E9539E"/>
+    <w:rsid w:val="00EA3638"/>
+    <w:rsid w:val="00EA50A7"/>
+    <w:rsid w:val="00EB20BC"/>
+    <w:rsid w:val="00EB3BC3"/>
     <w:rsid w:val="00EB7DCB"/>
     <w:rsid w:val="00EC059F"/>
     <w:rsid w:val="00EC6306"/>
     <w:rsid w:val="00ED4696"/>
     <w:rsid w:val="00EE6FA4"/>
     <w:rsid w:val="00EF1F48"/>
     <w:rsid w:val="00EF37FB"/>
+    <w:rsid w:val="00EF5A9A"/>
     <w:rsid w:val="00F022BF"/>
     <w:rsid w:val="00F05B25"/>
     <w:rsid w:val="00F0688D"/>
+    <w:rsid w:val="00F105CA"/>
     <w:rsid w:val="00F123D1"/>
     <w:rsid w:val="00F260FD"/>
     <w:rsid w:val="00F310E4"/>
     <w:rsid w:val="00F50567"/>
     <w:rsid w:val="00F61850"/>
+    <w:rsid w:val="00F63E99"/>
     <w:rsid w:val="00F66C3B"/>
     <w:rsid w:val="00F75DE0"/>
     <w:rsid w:val="00F768EC"/>
     <w:rsid w:val="00F81641"/>
     <w:rsid w:val="00F90943"/>
     <w:rsid w:val="00F92627"/>
+    <w:rsid w:val="00F93823"/>
     <w:rsid w:val="00FA03A6"/>
     <w:rsid w:val="00FA147A"/>
     <w:rsid w:val="00FA357F"/>
+    <w:rsid w:val="00FA3BCB"/>
     <w:rsid w:val="00FB0BE1"/>
     <w:rsid w:val="00FB494E"/>
+    <w:rsid w:val="00FC0C00"/>
     <w:rsid w:val="00FC6E6B"/>
     <w:rsid w:val="00FD16B8"/>
     <w:rsid w:val="00FD246E"/>
     <w:rsid w:val="00FD78D7"/>
+    <w:rsid w:val="017F911B"/>
+    <w:rsid w:val="0274D96F"/>
+    <w:rsid w:val="027F4FC1"/>
+    <w:rsid w:val="02F25651"/>
+    <w:rsid w:val="033978C8"/>
+    <w:rsid w:val="036BF575"/>
+    <w:rsid w:val="039D6C58"/>
+    <w:rsid w:val="03E64204"/>
+    <w:rsid w:val="040E1067"/>
+    <w:rsid w:val="04104886"/>
+    <w:rsid w:val="041229EC"/>
+    <w:rsid w:val="04576F64"/>
+    <w:rsid w:val="04836630"/>
+    <w:rsid w:val="04AC54BB"/>
+    <w:rsid w:val="04D99556"/>
+    <w:rsid w:val="04E5D184"/>
+    <w:rsid w:val="05E53E43"/>
+    <w:rsid w:val="060C3C3D"/>
+    <w:rsid w:val="06148021"/>
+    <w:rsid w:val="06C5FD5B"/>
+    <w:rsid w:val="071FAE96"/>
+    <w:rsid w:val="072359DA"/>
+    <w:rsid w:val="07F2BA69"/>
+    <w:rsid w:val="0853624B"/>
+    <w:rsid w:val="086FEF39"/>
+    <w:rsid w:val="0946799A"/>
+    <w:rsid w:val="096DC6CD"/>
+    <w:rsid w:val="0987E620"/>
+    <w:rsid w:val="0988C3CE"/>
+    <w:rsid w:val="09F382AC"/>
+    <w:rsid w:val="0A008236"/>
+    <w:rsid w:val="0A3DD305"/>
+    <w:rsid w:val="0A470D8D"/>
+    <w:rsid w:val="0AABA2DB"/>
+    <w:rsid w:val="0AE08B2F"/>
+    <w:rsid w:val="0B2DD722"/>
+    <w:rsid w:val="0B4138C5"/>
+    <w:rsid w:val="0BAB39B5"/>
+    <w:rsid w:val="0BFB41F0"/>
+    <w:rsid w:val="0BFFA116"/>
+    <w:rsid w:val="0C168BE6"/>
+    <w:rsid w:val="0C2C5407"/>
+    <w:rsid w:val="0C4A4D98"/>
+    <w:rsid w:val="0C66C1CA"/>
+    <w:rsid w:val="0C87AE97"/>
+    <w:rsid w:val="0C8D7FB3"/>
+    <w:rsid w:val="0CA10567"/>
+    <w:rsid w:val="0CAF1DF4"/>
+    <w:rsid w:val="0D026FF9"/>
+    <w:rsid w:val="0D37FA9B"/>
+    <w:rsid w:val="0D3885A2"/>
+    <w:rsid w:val="0D631FBB"/>
+    <w:rsid w:val="0D6FE738"/>
+    <w:rsid w:val="0D7D0BF2"/>
+    <w:rsid w:val="0D81468C"/>
+    <w:rsid w:val="0DB50492"/>
+    <w:rsid w:val="0DBCFED3"/>
+    <w:rsid w:val="0E154494"/>
+    <w:rsid w:val="0E3465DD"/>
+    <w:rsid w:val="0EC1CF69"/>
+    <w:rsid w:val="0EE694BD"/>
+    <w:rsid w:val="0EE82926"/>
+    <w:rsid w:val="0F516772"/>
+    <w:rsid w:val="0F88DD12"/>
+    <w:rsid w:val="105843BB"/>
+    <w:rsid w:val="1058E326"/>
+    <w:rsid w:val="10F6133B"/>
+    <w:rsid w:val="1107ACE6"/>
+    <w:rsid w:val="126EA517"/>
+    <w:rsid w:val="129B1D3E"/>
+    <w:rsid w:val="12D86C98"/>
+    <w:rsid w:val="12E75F95"/>
+    <w:rsid w:val="13A51DC7"/>
+    <w:rsid w:val="13E75DD5"/>
+    <w:rsid w:val="13F499AC"/>
+    <w:rsid w:val="140D081A"/>
+    <w:rsid w:val="1441F7E0"/>
+    <w:rsid w:val="144B05BA"/>
+    <w:rsid w:val="1498F1C4"/>
+    <w:rsid w:val="14B2413D"/>
+    <w:rsid w:val="15283BC2"/>
+    <w:rsid w:val="1553C5FA"/>
+    <w:rsid w:val="167499E0"/>
+    <w:rsid w:val="1698AA73"/>
+    <w:rsid w:val="16DB5220"/>
+    <w:rsid w:val="16F3C573"/>
+    <w:rsid w:val="17100B54"/>
+    <w:rsid w:val="17ED4FB2"/>
+    <w:rsid w:val="17F0FCC3"/>
+    <w:rsid w:val="17FA2D6E"/>
+    <w:rsid w:val="186EA307"/>
+    <w:rsid w:val="1949B48A"/>
+    <w:rsid w:val="19597C10"/>
+    <w:rsid w:val="19E272F2"/>
+    <w:rsid w:val="19ED34F6"/>
+    <w:rsid w:val="1A008500"/>
+    <w:rsid w:val="1A4652E8"/>
+    <w:rsid w:val="1A54C559"/>
+    <w:rsid w:val="1A82CA66"/>
+    <w:rsid w:val="1B8069FF"/>
+    <w:rsid w:val="1C1B2EEB"/>
+    <w:rsid w:val="1C359ED3"/>
+    <w:rsid w:val="1C4F71B3"/>
+    <w:rsid w:val="1C8451EC"/>
+    <w:rsid w:val="1D1F2604"/>
+    <w:rsid w:val="1D385017"/>
+    <w:rsid w:val="1D5818ED"/>
+    <w:rsid w:val="1DA7285C"/>
+    <w:rsid w:val="1DCE944D"/>
+    <w:rsid w:val="1E46F6A1"/>
+    <w:rsid w:val="1E7C2D35"/>
+    <w:rsid w:val="1EC9F2A9"/>
+    <w:rsid w:val="1ECED0B8"/>
+    <w:rsid w:val="1ED0CFE9"/>
+    <w:rsid w:val="1F12E6F9"/>
+    <w:rsid w:val="1F1F915A"/>
+    <w:rsid w:val="1F95F423"/>
+    <w:rsid w:val="1FB1C104"/>
+    <w:rsid w:val="2004C539"/>
+    <w:rsid w:val="20279258"/>
+    <w:rsid w:val="2045C747"/>
+    <w:rsid w:val="20E255D4"/>
+    <w:rsid w:val="20FA2E5B"/>
+    <w:rsid w:val="21808B70"/>
+    <w:rsid w:val="21DCCDA3"/>
+    <w:rsid w:val="2205D040"/>
+    <w:rsid w:val="232D0240"/>
+    <w:rsid w:val="23622F51"/>
+    <w:rsid w:val="2396B3DE"/>
+    <w:rsid w:val="239DD7AC"/>
+    <w:rsid w:val="23A4B68A"/>
+    <w:rsid w:val="248D39BE"/>
+    <w:rsid w:val="24A92750"/>
+    <w:rsid w:val="24CC9B15"/>
+    <w:rsid w:val="258DCDF8"/>
+    <w:rsid w:val="25B1ADA5"/>
+    <w:rsid w:val="25DE1B27"/>
+    <w:rsid w:val="263B4C90"/>
+    <w:rsid w:val="2641F048"/>
+    <w:rsid w:val="2670E53D"/>
+    <w:rsid w:val="27AECEFD"/>
+    <w:rsid w:val="27D2D3A0"/>
+    <w:rsid w:val="27F099D3"/>
+    <w:rsid w:val="27F7C5B3"/>
+    <w:rsid w:val="28BCBBBD"/>
+    <w:rsid w:val="2970FFB4"/>
+    <w:rsid w:val="29D48D82"/>
+    <w:rsid w:val="2A042BF6"/>
+    <w:rsid w:val="2A2B3C86"/>
+    <w:rsid w:val="2ACA119A"/>
+    <w:rsid w:val="2AE03A34"/>
+    <w:rsid w:val="2AECC011"/>
+    <w:rsid w:val="2B18F970"/>
+    <w:rsid w:val="2B292172"/>
+    <w:rsid w:val="2BFD1A01"/>
+    <w:rsid w:val="2C5D8823"/>
+    <w:rsid w:val="2CA21401"/>
+    <w:rsid w:val="2CF04CF4"/>
+    <w:rsid w:val="2CFD790F"/>
+    <w:rsid w:val="2D4A8E4B"/>
+    <w:rsid w:val="2E13C7A6"/>
+    <w:rsid w:val="2E570CED"/>
+    <w:rsid w:val="2E96F895"/>
+    <w:rsid w:val="2EB33D18"/>
+    <w:rsid w:val="2EEB6259"/>
+    <w:rsid w:val="2F2BA3B9"/>
+    <w:rsid w:val="2F3B5AAB"/>
+    <w:rsid w:val="2F3ECE9A"/>
+    <w:rsid w:val="2FA2D9CB"/>
+    <w:rsid w:val="2FAE065E"/>
+    <w:rsid w:val="2FD28CBC"/>
+    <w:rsid w:val="3012FB29"/>
+    <w:rsid w:val="30B2F558"/>
+    <w:rsid w:val="30C42045"/>
+    <w:rsid w:val="310E0B61"/>
+    <w:rsid w:val="3149E414"/>
+    <w:rsid w:val="318300D5"/>
+    <w:rsid w:val="319EECE7"/>
+    <w:rsid w:val="31C6360E"/>
+    <w:rsid w:val="31EAB725"/>
+    <w:rsid w:val="31F317ED"/>
+    <w:rsid w:val="32191A7B"/>
+    <w:rsid w:val="32531341"/>
+    <w:rsid w:val="32558FFE"/>
+    <w:rsid w:val="3257260D"/>
+    <w:rsid w:val="32694BFA"/>
+    <w:rsid w:val="328D6615"/>
+    <w:rsid w:val="328FEE3A"/>
+    <w:rsid w:val="331C0279"/>
+    <w:rsid w:val="33360AD0"/>
+    <w:rsid w:val="33827854"/>
+    <w:rsid w:val="33863B00"/>
+    <w:rsid w:val="341ECE7A"/>
+    <w:rsid w:val="34A8B3C4"/>
+    <w:rsid w:val="34D339AE"/>
+    <w:rsid w:val="350C4C03"/>
+    <w:rsid w:val="352DA385"/>
+    <w:rsid w:val="353796B0"/>
+    <w:rsid w:val="35618E8C"/>
+    <w:rsid w:val="35D272A0"/>
+    <w:rsid w:val="35D61965"/>
+    <w:rsid w:val="361729F0"/>
+    <w:rsid w:val="36344B9F"/>
+    <w:rsid w:val="369F39CD"/>
+    <w:rsid w:val="36AED320"/>
+    <w:rsid w:val="36ED2CA2"/>
+    <w:rsid w:val="379349A1"/>
+    <w:rsid w:val="37AC4A02"/>
+    <w:rsid w:val="37FDFCD8"/>
+    <w:rsid w:val="382E8389"/>
+    <w:rsid w:val="383ACEE2"/>
+    <w:rsid w:val="3876D932"/>
+    <w:rsid w:val="38BAF317"/>
+    <w:rsid w:val="38E416B6"/>
+    <w:rsid w:val="3949B553"/>
+    <w:rsid w:val="3962F14C"/>
+    <w:rsid w:val="396978EA"/>
+    <w:rsid w:val="3978955D"/>
+    <w:rsid w:val="3A250190"/>
+    <w:rsid w:val="3A4F446E"/>
+    <w:rsid w:val="3AB2A0BF"/>
+    <w:rsid w:val="3B390AC8"/>
+    <w:rsid w:val="3B4D6B7D"/>
+    <w:rsid w:val="3B51E516"/>
+    <w:rsid w:val="3B542724"/>
+    <w:rsid w:val="3B660005"/>
+    <w:rsid w:val="3BE4A834"/>
+    <w:rsid w:val="3C1E2DA7"/>
+    <w:rsid w:val="3C552863"/>
+    <w:rsid w:val="3C9F68C4"/>
+    <w:rsid w:val="3D56F0F7"/>
+    <w:rsid w:val="3D9AE07A"/>
+    <w:rsid w:val="3DB78685"/>
+    <w:rsid w:val="3DBA9C5D"/>
+    <w:rsid w:val="3E58DE2F"/>
+    <w:rsid w:val="3E8DF904"/>
+    <w:rsid w:val="3EF94DDC"/>
+    <w:rsid w:val="3F210073"/>
+    <w:rsid w:val="3F468807"/>
+    <w:rsid w:val="3F54ED01"/>
+    <w:rsid w:val="3F852B71"/>
+    <w:rsid w:val="3FD6D5C9"/>
+    <w:rsid w:val="3FF1F68A"/>
+    <w:rsid w:val="400EEDDA"/>
+    <w:rsid w:val="4024A9B1"/>
+    <w:rsid w:val="4058B28B"/>
+    <w:rsid w:val="414DFF9A"/>
+    <w:rsid w:val="4166890F"/>
+    <w:rsid w:val="41809F21"/>
+    <w:rsid w:val="41AD0ABD"/>
+    <w:rsid w:val="422DF077"/>
+    <w:rsid w:val="424A939A"/>
+    <w:rsid w:val="4271F042"/>
+    <w:rsid w:val="42D6D87D"/>
+    <w:rsid w:val="43161315"/>
+    <w:rsid w:val="434FAC58"/>
+    <w:rsid w:val="43BE45ED"/>
+    <w:rsid w:val="43DB137B"/>
+    <w:rsid w:val="43F39097"/>
+    <w:rsid w:val="441999C9"/>
+    <w:rsid w:val="444C94C1"/>
+    <w:rsid w:val="44886291"/>
+    <w:rsid w:val="44F76552"/>
+    <w:rsid w:val="452E6E00"/>
+    <w:rsid w:val="45521792"/>
+    <w:rsid w:val="4573ED43"/>
+    <w:rsid w:val="46C7A024"/>
+    <w:rsid w:val="46D7C437"/>
+    <w:rsid w:val="46F009B0"/>
+    <w:rsid w:val="476703E5"/>
+    <w:rsid w:val="479A7D16"/>
+    <w:rsid w:val="47A2DEBE"/>
+    <w:rsid w:val="47C88294"/>
+    <w:rsid w:val="4892BD91"/>
+    <w:rsid w:val="498567CD"/>
+    <w:rsid w:val="4995BD5D"/>
+    <w:rsid w:val="4A51419E"/>
+    <w:rsid w:val="4AB08DA2"/>
+    <w:rsid w:val="4ABACEEE"/>
+    <w:rsid w:val="4BF7C86A"/>
+    <w:rsid w:val="4C0BD565"/>
+    <w:rsid w:val="4C7E2F09"/>
+    <w:rsid w:val="4CD6BF29"/>
+    <w:rsid w:val="4D17CBEB"/>
+    <w:rsid w:val="4D19B091"/>
+    <w:rsid w:val="4D5E3AB4"/>
+    <w:rsid w:val="4ED1D994"/>
+    <w:rsid w:val="4EE364E7"/>
+    <w:rsid w:val="4F2532DB"/>
+    <w:rsid w:val="4F777890"/>
+    <w:rsid w:val="4F7F9D63"/>
+    <w:rsid w:val="4FD05CBC"/>
+    <w:rsid w:val="4FE1C511"/>
+    <w:rsid w:val="505EBF76"/>
+    <w:rsid w:val="507F94C3"/>
+    <w:rsid w:val="50826F8E"/>
+    <w:rsid w:val="508B3D9C"/>
+    <w:rsid w:val="50DB351F"/>
+    <w:rsid w:val="5105BDCD"/>
+    <w:rsid w:val="51210333"/>
+    <w:rsid w:val="513BB040"/>
+    <w:rsid w:val="5181E4AB"/>
+    <w:rsid w:val="519C4531"/>
+    <w:rsid w:val="51EE6079"/>
+    <w:rsid w:val="521C544F"/>
+    <w:rsid w:val="522167C1"/>
+    <w:rsid w:val="524A6344"/>
+    <w:rsid w:val="52CFA69F"/>
+    <w:rsid w:val="531246CB"/>
+    <w:rsid w:val="53222C91"/>
+    <w:rsid w:val="53B91A48"/>
+    <w:rsid w:val="53CE5AD2"/>
+    <w:rsid w:val="53DDFC50"/>
+    <w:rsid w:val="54062A4E"/>
+    <w:rsid w:val="5417C7C2"/>
+    <w:rsid w:val="5431D6E6"/>
+    <w:rsid w:val="545A108D"/>
+    <w:rsid w:val="546ABA05"/>
+    <w:rsid w:val="54ACA8C3"/>
+    <w:rsid w:val="54F3B103"/>
+    <w:rsid w:val="5526EFC8"/>
+    <w:rsid w:val="558D1B30"/>
+    <w:rsid w:val="55C31842"/>
+    <w:rsid w:val="566BF7B7"/>
+    <w:rsid w:val="568776C8"/>
+    <w:rsid w:val="56B9BB63"/>
+    <w:rsid w:val="56C84737"/>
+    <w:rsid w:val="56DFF918"/>
+    <w:rsid w:val="56F97CD3"/>
+    <w:rsid w:val="57642124"/>
+    <w:rsid w:val="57A361C7"/>
+    <w:rsid w:val="57BB85AC"/>
+    <w:rsid w:val="57E8CE13"/>
+    <w:rsid w:val="580C21BB"/>
+    <w:rsid w:val="588753B8"/>
+    <w:rsid w:val="58C6A69B"/>
+    <w:rsid w:val="58D43A68"/>
+    <w:rsid w:val="59071F8D"/>
+    <w:rsid w:val="59426599"/>
+    <w:rsid w:val="596AA58E"/>
+    <w:rsid w:val="597408FF"/>
+    <w:rsid w:val="5A33C92A"/>
+    <w:rsid w:val="5A639F06"/>
+    <w:rsid w:val="5A9F3754"/>
+    <w:rsid w:val="5AB216B6"/>
+    <w:rsid w:val="5B196A29"/>
+    <w:rsid w:val="5B1D55B8"/>
+    <w:rsid w:val="5C4CFD18"/>
+    <w:rsid w:val="5CA9DADD"/>
+    <w:rsid w:val="5CA9DAF5"/>
+    <w:rsid w:val="5E2E86F8"/>
+    <w:rsid w:val="5E9B264A"/>
+    <w:rsid w:val="5F16F1F1"/>
+    <w:rsid w:val="5F1A45F8"/>
+    <w:rsid w:val="5F4BC0AC"/>
+    <w:rsid w:val="5F4EB710"/>
+    <w:rsid w:val="5F60B5CB"/>
+    <w:rsid w:val="5F845BEF"/>
+    <w:rsid w:val="5FBFCD4F"/>
+    <w:rsid w:val="5FD56B1C"/>
+    <w:rsid w:val="5FD67A7C"/>
+    <w:rsid w:val="601152FB"/>
+    <w:rsid w:val="603681C3"/>
+    <w:rsid w:val="60EA84FB"/>
+    <w:rsid w:val="61025B4D"/>
+    <w:rsid w:val="614F3DA7"/>
+    <w:rsid w:val="62068A0A"/>
+    <w:rsid w:val="62302926"/>
+    <w:rsid w:val="623305BB"/>
+    <w:rsid w:val="6240C866"/>
+    <w:rsid w:val="6246655B"/>
+    <w:rsid w:val="6295A4F3"/>
+    <w:rsid w:val="63A7E319"/>
+    <w:rsid w:val="63C4F98B"/>
+    <w:rsid w:val="6435630A"/>
+    <w:rsid w:val="643FC1B0"/>
+    <w:rsid w:val="64F7D3D6"/>
+    <w:rsid w:val="6512C3C9"/>
+    <w:rsid w:val="65D46EDC"/>
+    <w:rsid w:val="6612C2F5"/>
+    <w:rsid w:val="6645BC38"/>
+    <w:rsid w:val="66D24C68"/>
+    <w:rsid w:val="670177B3"/>
+    <w:rsid w:val="68DF5106"/>
+    <w:rsid w:val="696F90D0"/>
+    <w:rsid w:val="69A6A531"/>
+    <w:rsid w:val="69B776CC"/>
+    <w:rsid w:val="6A277876"/>
+    <w:rsid w:val="6A28C069"/>
+    <w:rsid w:val="6A335EEA"/>
+    <w:rsid w:val="6A3844A7"/>
+    <w:rsid w:val="6AD96994"/>
+    <w:rsid w:val="6BD10EB2"/>
+    <w:rsid w:val="6BE7E57F"/>
+    <w:rsid w:val="6C17C225"/>
+    <w:rsid w:val="6C33E227"/>
+    <w:rsid w:val="6C4D707C"/>
+    <w:rsid w:val="6C5889D6"/>
+    <w:rsid w:val="6C6BD3CA"/>
+    <w:rsid w:val="6CF4D3EF"/>
+    <w:rsid w:val="6D1151DC"/>
+    <w:rsid w:val="6D14DCDD"/>
+    <w:rsid w:val="6D1999AE"/>
+    <w:rsid w:val="6DC6EA3B"/>
+    <w:rsid w:val="6E681299"/>
+    <w:rsid w:val="6EAEA963"/>
+    <w:rsid w:val="6EE3D84A"/>
+    <w:rsid w:val="6EE8356F"/>
+    <w:rsid w:val="6F17EF64"/>
+    <w:rsid w:val="6F6CFB2E"/>
+    <w:rsid w:val="6F8B3DE6"/>
+    <w:rsid w:val="6FAA6995"/>
+    <w:rsid w:val="701B313E"/>
+    <w:rsid w:val="702D7B1B"/>
+    <w:rsid w:val="703516EC"/>
+    <w:rsid w:val="703939A1"/>
+    <w:rsid w:val="712FEEF2"/>
+    <w:rsid w:val="71546131"/>
+    <w:rsid w:val="71722BC9"/>
+    <w:rsid w:val="71F6D991"/>
+    <w:rsid w:val="71F7354D"/>
+    <w:rsid w:val="7207EAD1"/>
+    <w:rsid w:val="720BC415"/>
+    <w:rsid w:val="722309EA"/>
+    <w:rsid w:val="72D2A15B"/>
+    <w:rsid w:val="7342A81C"/>
+    <w:rsid w:val="736EA959"/>
+    <w:rsid w:val="73720202"/>
+    <w:rsid w:val="73830CE9"/>
+    <w:rsid w:val="73D23537"/>
+    <w:rsid w:val="73D770BD"/>
+    <w:rsid w:val="74860A45"/>
+    <w:rsid w:val="7528F341"/>
+    <w:rsid w:val="7557C1A3"/>
+    <w:rsid w:val="75652B7B"/>
+    <w:rsid w:val="758ACAA5"/>
+    <w:rsid w:val="758F0E50"/>
+    <w:rsid w:val="759907A5"/>
+    <w:rsid w:val="76183BE1"/>
+    <w:rsid w:val="764EF584"/>
+    <w:rsid w:val="76AE348D"/>
+    <w:rsid w:val="76DBEFB0"/>
+    <w:rsid w:val="76F72DA2"/>
+    <w:rsid w:val="773B9054"/>
+    <w:rsid w:val="775556A5"/>
+    <w:rsid w:val="78120525"/>
+    <w:rsid w:val="78183A24"/>
+    <w:rsid w:val="7819FA23"/>
+    <w:rsid w:val="786568AA"/>
+    <w:rsid w:val="786CFC20"/>
+    <w:rsid w:val="7890235D"/>
+    <w:rsid w:val="79298167"/>
+    <w:rsid w:val="793C7834"/>
+    <w:rsid w:val="79406E57"/>
+    <w:rsid w:val="79413E99"/>
+    <w:rsid w:val="7968ED09"/>
+    <w:rsid w:val="79866A8E"/>
+    <w:rsid w:val="79C59343"/>
+    <w:rsid w:val="7A163DE6"/>
+    <w:rsid w:val="7AB19341"/>
+    <w:rsid w:val="7AF92B1D"/>
+    <w:rsid w:val="7B231396"/>
+    <w:rsid w:val="7B398CD9"/>
+    <w:rsid w:val="7B472309"/>
+    <w:rsid w:val="7B4E73FC"/>
+    <w:rsid w:val="7BC3CC44"/>
+    <w:rsid w:val="7BCFCD49"/>
+    <w:rsid w:val="7BDA91CA"/>
+    <w:rsid w:val="7CA16983"/>
+    <w:rsid w:val="7D29EEC0"/>
+    <w:rsid w:val="7D53260F"/>
+    <w:rsid w:val="7D6C3617"/>
+    <w:rsid w:val="7DB1FA06"/>
+    <w:rsid w:val="7DD75770"/>
+    <w:rsid w:val="7E1A12DC"/>
+    <w:rsid w:val="7E3AD542"/>
+    <w:rsid w:val="7E47BEFC"/>
+    <w:rsid w:val="7E7BDA54"/>
+    <w:rsid w:val="7E981B62"/>
+    <w:rsid w:val="7EBDA3DA"/>
+    <w:rsid w:val="7EF57F82"/>
+    <w:rsid w:val="7F271FB8"/>
+    <w:rsid w:val="7F50ED6B"/>
+    <w:rsid w:val="7F5D4657"/>
+    <w:rsid w:val="7FE50325"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="Street"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="address"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceName"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="57345"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="3D1B60AC"/>
+  <w15:docId w15:val="{412921D6-C052-4D68-9F0D-31C3FE24C2EB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of figures" w:uiPriority="99"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -8788,111 +9693,221 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF1F48"/>
+    <w:rsid w:val="00B203BC"/>
     <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005B5C98"/>
+    <w:rsid w:val="00163AF7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="360" w:after="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:cs="Arial"/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="003C6210"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
-      <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008C2CB9"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
@@ -9043,94 +10058,92 @@
         <w:tab w:val="left" w:pos="720"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1800"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2520"/>
         <w:tab w:val="left" w:pos="2880"/>
       </w:tabs>
       <w:spacing w:after="240" w:line="280" w:lineRule="exact"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HSHReportMainSectionHead">
     <w:name w:val="HSH Report Main Section Head"/>
     <w:basedOn w:val="HSHReportNORMAL"/>
     <w:next w:val="HSHReportNORMAL"/>
     <w:link w:val="HSHReportMainSectionHeadChar"/>
     <w:pPr>
       <w:keepNext/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="9" w:color="003300"/>
       </w:pBdr>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="720" w:after="360" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="64"/>
       <w:szCs w:val="64"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HSHReportHeader">
     <w:name w:val="HSH Report Header"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="9180"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:cs="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HSHReportFooter">
     <w:name w:val="HSH Report Footer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HSHbullet--1stlevel">
     <w:name w:val="HSH bullet -- 1st level"/>
     <w:basedOn w:val="HSHReportNORMAL"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HSHReportHeaderHSHName">
     <w:name w:val="HSH Report Header: HSH Name"/>
     <w:basedOn w:val="HSHReportHeader"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HSHReportNormalwith1indent">
@@ -9209,66 +10222,64 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HSHReportFigureTitle">
     <w:name w:val="HSH Report Figure Title"/>
     <w:next w:val="HSHReportNORMAL"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HSHReportTableText">
     <w:name w:val="HSH Report Table Text"/>
     <w:basedOn w:val="HSHReportNORMAL"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HSHReportTableTitle">
     <w:name w:val="HSH Report Table Title"/>
     <w:basedOn w:val="HSHReportNORMAL"/>
     <w:next w:val="HSHReportTableText"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HSHReportAppendixCoverPage">
     <w:name w:val="HSH Report Appendix Cover Page"/>
     <w:basedOn w:val="HSHReportMainSectionHead"/>
     <w:next w:val="HSHReportNORMAL"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:before="4320"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HSHReportTableofContentsTitle">
     <w:name w:val="HSH Report Table of Contents Title"/>
     <w:basedOn w:val="HSHReportMainSectionHead"/>
     <w:next w:val="HSHReportNORMAL"/>
     <w:pPr>
       <w:spacing w:before="480" w:after="240"/>
     </w:pPr>
@@ -9278,51 +10289,51 @@
     <w:basedOn w:val="HSHReportNORMAL"/>
     <w:next w:val="HSHReportNORMAL"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="1440"/>
         <w:tab w:val="clear" w:pos="1800"/>
         <w:tab w:val="clear" w:pos="2160"/>
         <w:tab w:val="clear" w:pos="2520"/>
         <w:tab w:val="clear" w:pos="2880"/>
         <w:tab w:val="right" w:leader="dot" w:pos="9200"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="HSHReportNORMAL"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
-    <w:semiHidden/>
+    <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="1440"/>
         <w:tab w:val="clear" w:pos="1800"/>
         <w:tab w:val="clear" w:pos="2160"/>
         <w:tab w:val="clear" w:pos="2520"/>
         <w:tab w:val="clear" w:pos="2880"/>
         <w:tab w:val="right" w:leader="dot" w:pos="9200"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="HSHReportNORMAL"/>
     <w:next w:val="HSHReportNORMAL"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="1440"/>
         <w:tab w:val="clear" w:pos="1800"/>
         <w:tab w:val="clear" w:pos="2160"/>
         <w:tab w:val="clear" w:pos="2520"/>
@@ -9396,84 +10407,74 @@
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="References">
     <w:name w:val="References"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:ind w:left="720" w:hanging="720"/>
     </w:pPr>
     <w:rPr>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HSHReportListTitle">
     <w:name w:val="HSH Report List Title"/>
     <w:basedOn w:val="HSHReportNORMAL"/>
     <w:next w:val="HSHReportNORMAL"/>
     <w:pPr>
       <w:spacing w:before="240"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TableofFigures">
     <w:name w:val="table of figures"/>
     <w:basedOn w:val="HSHReportNORMAL"/>
     <w:next w:val="HSHReportNORMAL"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="1800"/>
         <w:tab w:val="clear" w:pos="2160"/>
         <w:tab w:val="clear" w:pos="2520"/>
         <w:tab w:val="clear" w:pos="2880"/>
         <w:tab w:val="right" w:leader="dot" w:pos="9200"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="480" w:hanging="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:tblPr>
-[...8 lines deleted...]
-    </w:tblPr>
+    <w:tblPr/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HSHReportNORMALChar">
     <w:name w:val="HSH Report NORMAL Char"/>
     <w:link w:val="HSHReportNORMAL"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HSHReportMainSectionHeadChar">
     <w:name w:val="HSH Report Main Section Head Char"/>
     <w:link w:val="HSHReportMainSectionHead"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="64"/>
       <w:szCs w:val="64"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HSHReportSubheadChar">
     <w:name w:val="HSH Report Subhead Char"/>
     <w:link w:val="HSHReportSubhead"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -9485,63 +10486,67 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="HSHReportSub-subheadChar">
     <w:name w:val="HSH Report Sub-subhead Char"/>
     <w:link w:val="HSHReportSub-subhead"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="48"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HSHAppendixSubhead">
     <w:name w:val="HSH Appendix Subhead"/>
     <w:basedOn w:val="HSHReportSubhead"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HSHAppendixSub-subhead">
     <w:name w:val="HSH Appendix Sub-subhead"/>
     <w:basedOn w:val="HSHReportSub-subhead"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HSHAppendixMainSectionHead">
     <w:name w:val="HSH Appendix Main Section Head"/>
     <w:basedOn w:val="HSHReportMainSectionHead"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RSAReportNORMAL">
     <w:name w:val="RSA Report NORMAL"/>
     <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00937011"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="720"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1800"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2520"/>
         <w:tab w:val="left" w:pos="2880"/>
       </w:tabs>
       <w:spacing w:after="240" w:line="280" w:lineRule="exact"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RSAReportTableText">
     <w:name w:val="RSA Report Table Text"/>
     <w:basedOn w:val="RSAReportNORMAL"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RSAReportTableTitle">
     <w:name w:val="RSA Report Table Title"/>
     <w:basedOn w:val="RSAReportNORMAL"/>
     <w:next w:val="RSAReportTableText"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="1440"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1440" w:hanging="1440"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -9639,137 +10644,134 @@
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:qFormat/>
     <w:rsid w:val="005564BC"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Informal1">
     <w:name w:val="Informal1"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00480A46"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Informal2">
     <w:name w:val="Informal2"/>
     <w:basedOn w:val="Informal1"/>
     <w:rsid w:val="00480A46"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="EndnoteText">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00DE24D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier" w:hAnsi="Courier"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RSAReportHeader">
     <w:name w:val="RSA Report Header"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00257B22"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="9180"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:cs="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RSAReportFooter">
     <w:name w:val="RSA Report Footer"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00257B22"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RSAReportHeaderCompanyName">
     <w:name w:val="RSA Report Header: Company Name"/>
     <w:basedOn w:val="RSAReportHeader"/>
     <w:rsid w:val="00257B22"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RSAReportNormalwith1indent">
     <w:name w:val="RSA Report Normal with 1 indent"/>
     <w:basedOn w:val="RSAReportNORMAL"/>
     <w:rsid w:val="00257B22"/>
     <w:pPr>
       <w:ind w:left="360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RSAReportMainHeader">
     <w:name w:val="RSA Report Main Header"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="RSAReportNORMAL"/>
     <w:rsid w:val="00257B22"/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="720"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1800"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2520"/>
         <w:tab w:val="left" w:pos="2880"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="360" w:after="240"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RSAReportNormalwith2indents">
     <w:name w:val="RSA Report Normal with 2 indents"/>
     <w:basedOn w:val="RSAReportNormalwith1indent"/>
     <w:rsid w:val="00257B22"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RSAReportFigureTitle">
     <w:name w:val="RSA Report Figure Title"/>
     <w:next w:val="RSAReportNORMAL"/>
     <w:rsid w:val="00257B22"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="1440"/>
       </w:tabs>
       <w:ind w:left="1440" w:hanging="1440"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="28"/>
@@ -9779,80 +10781,78 @@
     <w:name w:val="RSA Report Appendix Cover Page"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="RSAReportNORMAL"/>
     <w:rsid w:val="00257B22"/>
     <w:pPr>
       <w:keepNext/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="9" w:color="003300"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="720"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1800"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2520"/>
         <w:tab w:val="num" w:pos="2880"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="4320" w:after="360"/>
       <w:ind w:left="1680" w:hanging="1680"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="64"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RSAReportTableofContentsTitle">
     <w:name w:val="RSA Report Table of Contents Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="RSAReportNORMAL"/>
     <w:rsid w:val="00257B22"/>
     <w:pPr>
       <w:keepNext/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="9" w:color="003300"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="720"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1800"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2520"/>
         <w:tab w:val="left" w:pos="2880"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="480" w:after="240"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="64"/>
       <w:szCs w:val="64"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RSAReportCoverTitle">
     <w:name w:val="RSA Report Cover Title"/>
     <w:basedOn w:val="RSAReportNORMAL"/>
     <w:next w:val="RSAReportNORMAL"/>
     <w:rsid w:val="00257B22"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RSAReportListTitle">
     <w:name w:val="RSA Report List Title"/>
     <w:basedOn w:val="RSAReportNORMAL"/>
     <w:next w:val="RSAReportNORMAL"/>
     <w:rsid w:val="00257B22"/>
     <w:pPr>
@@ -10908,75 +11908,74 @@
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOAHeading">
     <w:name w:val="toa heading"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:rsid w:val="008C2CB9"/>
     <w:pPr>
       <w:spacing w:before="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
-    <w:basedOn w:val="Heading1"/>
+    <w:basedOn w:val="Heading2"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008C2CB9"/>
+    <w:rsid w:val="003C6210"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption1">
     <w:name w:val="Caption1"/>
     <w:basedOn w:val="Caption"/>
     <w:link w:val="captionChar0"/>
     <w:qFormat/>
     <w:rsid w:val="0043061D"/>
     <w:pPr>
       <w:keepNext/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:cs="Arial"/>
       <w:b w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CaptionChar">
     <w:name w:val="Caption Char"/>
     <w:link w:val="Caption"/>
     <w:rsid w:val="0043061D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="captionChar0">
     <w:name w:val="caption Char"/>
     <w:link w:val="Caption1"/>
     <w:rsid w:val="0043061D"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b w:val="0"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
@@ -10993,2444 +11992,144 @@
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="caption2Char">
     <w:name w:val="caption 2 Char"/>
     <w:basedOn w:val="captionChar0"/>
     <w:link w:val="caption2"/>
     <w:rsid w:val="009E2CB3"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="005A448F"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...145 lines deleted...]
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RSASubheading">
+    <w:name w:val="RSA Subheading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="RSASubheadingChar"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF1F48"/>
-[...28 lines deleted...]
-    <w:qFormat/>
+    <w:rsid w:val="04D99556"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
-[...8 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RSASubheadingChar">
+    <w:name w:val="RSA Subheading Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="RSASubheading"/>
+    <w:rsid w:val="04D99556"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...42 lines deleted...]
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
-      <w:sz w:val="26"/>
-      <w:szCs w:val="26"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
-[...80 lines deleted...]
-    <w:name w:val="Normal Table"/>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...55 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00C27ED1"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...1946 lines deleted...]
-      <w:u w:val="single"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1967152684">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1411851560">
           <w:blockQuote w:val="1"/>
           <w:marLeft w:val="75"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="100"/>
           <w:marBottom w:val="100"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="12" w:space="4" w:color="0000FF"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safety.fhwa.dot.gov/provencountermeasures/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/microsoft-word-document-accessibility-testing-checklist" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/making-accessible-word-documents-for-pdf-export" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/microsoft-word-document-accessibility-testing-checklist" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/pddg-chapter-3-basic-design-controls" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/making-accessible-word-documents-for-pdf-export" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13690,292 +12389,470 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2AF2C0C-580C-4698-B6C3-9DA23E26F26E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>13</Pages>
-[...1 lines deleted...]
-  <Characters>6736</Characters>
+  <Pages>15</Pages>
+  <Words>1528</Words>
+  <Characters>8712</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>56</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>RSA Report</vt:lpstr>
+      <vt:lpstr>RSA Report Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>HSH Associates</Company>
+  <Company>MassDOT Traffic Safety Section</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7716</CharactersWithSpaces>
+  <CharactersWithSpaces>10220</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
-    <vt:vector size="72" baseType="variant">
+    <vt:vector size="126" baseType="variant">
       <vt:variant>
-        <vt:i4>1179696</vt:i4>
+        <vt:i4>589916</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>111</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/info-details/pddg-chapter-3-basic-design-controls</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>3.6-speed-</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507391</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>98</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc212098691</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507391</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>92</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc212098690</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441855</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>86</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc212098689</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441855</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>80</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc212098688</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835071</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>71</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc212098622</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1179700</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>65</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc416441613</vt:lpwstr>
+        <vt:lpwstr>_Toc214356710</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1179696</vt:i4>
+        <vt:i4>1245236</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>62</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc214356709</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1245236</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>59</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc416441612</vt:lpwstr>
+        <vt:lpwstr>_Toc214356708</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1245232</vt:i4>
+        <vt:i4>1245236</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>50</vt:i4>
+        <vt:i4>56</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc416441600</vt:lpwstr>
+        <vt:lpwstr>_Toc214356707</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1572914</vt:i4>
+        <vt:i4>1245236</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>53</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc214356706</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310775</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>44</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc235944114</vt:lpwstr>
+        <vt:lpwstr>_Toc212123503</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1572914</vt:i4>
-[...17 lines deleted...]
-        <vt:i4>1572914</vt:i4>
+        <vt:i4>1310775</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>38</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc235944112</vt:lpwstr>
+        <vt:lpwstr>_Toc212123502</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1572914</vt:i4>
+        <vt:i4>1310775</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>35</vt:i4>
+        <vt:i4>32</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc235944111</vt:lpwstr>
+        <vt:lpwstr>_Toc212123501</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1769521</vt:i4>
+        <vt:i4>1310775</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>26</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc416441787</vt:lpwstr>
+        <vt:lpwstr>_Toc212123500</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1769521</vt:i4>
+        <vt:i4>1900598</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>20</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc416441786</vt:lpwstr>
+        <vt:lpwstr>_Toc212123499</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1769521</vt:i4>
+        <vt:i4>1900598</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>14</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc416441785</vt:lpwstr>
+        <vt:lpwstr>_Toc212123498</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1769521</vt:i4>
+        <vt:i4>1900598</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc416441784</vt:lpwstr>
+        <vt:lpwstr>_Toc212123497</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1769521</vt:i4>
+        <vt:i4>1900598</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc416441783</vt:lpwstr>
+        <vt:lpwstr>_Toc212123496</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4718676</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/info-details/making-accessible-word-documents-for-pdf-export</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>accessibility-in-word</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4915214</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/info-details/microsoft-word-document-accessibility-testing-checklist</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>RSA Report</dc:title>
-  <dc:creator>Michelle M. Faith</dc:creator>
+  <dc:title>RSA Report Template</dc:title>
+  <dc:subject/>
+  <dc:creator>Fitzgerald, Kevin T. (DOT)</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>afd897ec80836d877c8ad32c780c78d7252442ee78ac2c04331d4c0151c53fc5</vt:lpwstr>
+  </property>
+</Properties>
+</file>