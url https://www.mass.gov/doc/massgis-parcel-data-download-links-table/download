--- v0 (2025-12-05)
+++ v1 (2026-01-21)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\Resources\MassGIS_Website\Drupal\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F0BDD23D-57CA-426A-BD7D-273DE165647B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{60A65629-B26C-4498-AAD8-8D840CF10466}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="14385" tabRatio="384" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="MassGIS_Parcel_Download_Links" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1085" uniqueCount="1073">
   <si>
     <t>Town Name</t>
@@ -3638,53 +3638,53 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M118_HALIFAX.zip" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M320_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M020_BARNSTABLE.zip" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M325_WESTSPRINGFIELD.zip" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M180_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M278_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M171_MARSHFIELD.zip" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M269_SHERBORN.zip" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M124_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M331_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M031_BILLERICA.zip" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M129_HAWLEY.zip" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M336_WEYMOUTH.zip" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M191_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M182_MIDDLEBOROUGH.zip" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M051_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M280_SPENCER.zip" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M135_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M342_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M043_BRIMFIELD.zip" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M140_HUBBARDSTON.zip" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M347_WOBURN.zip" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M202_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M193_MONTEREY.zip" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M207_NEWTON.zip" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M061_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M146_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M269_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M006_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M054_CHARLTON.zip" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M218_NORTON.zip" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M213_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M072_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M280_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M271_SHREWSBURY.zip" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M065_COHASSET.zip" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M131_HINGHAM.zip" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M016_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M224_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M229_PEABODY.zip" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M083_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M291_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M282_STERLING.zip" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M151_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M076_DIGHTON.zip" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M142_HULL.zip" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M027_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M235_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M007_AMESBURY.zip" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M240_PLYMPTON.zip" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M094_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M302_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M293_TAUNTON.zip" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M307_WALPOLE.zip" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M087_EASTHAMPTON.zip" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M162_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M246_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M153_LEOMINSTER.zip" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M106_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M313_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M013_ASHFIELD.zip" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M318_WELLFLEET.zip" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M173_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M098_FLORIDA.zip" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M164_LYNNFIELD.zip" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M018_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M231_PEMBROKE.zip" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M117_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M324_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M024_BELCHERTOWN.zip" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M329_WESTFIELD.zip" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M184_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M175_MEDFIELD.zip" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M029_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M251_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M242_PROVINCETOWN.zip" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M128_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M335_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M036_BOURNE.zip" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M340_WILLIAMSBURG.zip" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M195_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M101_FRANKLIN.zip" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M186_MILLBURY.zip" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M054_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M041_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M262_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M346_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M253_ROWE.zip" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M047_BUCKLAND.zip" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M113_GREATBARRINGTON.zip" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M206_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M197_NANTUCKET.zip" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M065_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M273_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M264_SCITUATE.zip" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M119_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M058_CHESHIRE.zip" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M124_HARDWICK.zip" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M331_WESTHAMPTON.zip" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M217_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M076_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M284_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M275_SOUTHHADLEY.zip" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M130_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M069_CUMMINGTON.zip" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M135_HOLLAND.zip" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M228_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M344_WINCHESTER.zip" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M087_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M295_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M202_NEWBRAINTREE.zip" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M286_STOW.zip" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M155_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M141_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M146_LAKEVILLE.zip" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M001_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M213_NORTHREADING.zip" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M306_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M297_TOLLAND.zip" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M166_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M060_CHESTERFIELD.zip" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M157_LINCOLN.zip" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M011_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M219_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M224_ORLEANS.zip" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M078_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M317_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M017_AUBURN.zip" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M266_SHARON.zip" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M121_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M177_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M126_HARWICH.zip" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M168_MARBLEHEAD.zip" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M333_WESTON.zip" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M022_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M230_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M071_DANVERS.zip" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M235_PHILLIPSTON.zip" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M286_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M328_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M001_ABINGTON.zip" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M028_BERLIN.zip" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M277_SOUTHBOROUGH.zip" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M089_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M132_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M188_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M339_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M040_BRAINTREE.zip" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M137_HOLYOKE.zip" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M179_MENDON.zip" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M302_TYRINGHAM.zip" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M343_WINCHENDON.zip" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M199_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M082_DUXBURY.zip" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M204_NEWSALEM.zip" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M033_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M241_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M255_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M297_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M246_READING.zip" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M288_SUDBURY.zip" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M058_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M100_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M143_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M157_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M106_GILL.zip" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M148_LANESBOROUGH.zip" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M313_WASHINGTON.zip" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M003_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M051_CARLISLE.zip" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M093_EVERETT.zip" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M190_MONROE.zip" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M045_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M210_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M266_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M308_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M215_NORTHBOROUGH.zip" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M257_RUTLAND.zip" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M299_TOWNSEND.zip" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M069_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M112_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M168_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M319_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M117_HADLEY.zip" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M159_LONGMEADOW.zip" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M324_WESTNEWBURY.zip" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M179_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M019_AYER.zip" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M062_CHILMARK.zip" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M013_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M221_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M277_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M226_OXFORD.zip" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M268_SHELBURNE.zip" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M080_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M123_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M128_HAVERHILL.zip" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M330_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M030_BEVERLY.zip" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M073_DEDHAM.zip" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M170_MARLBOROUGH.zip" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M335_WESTWOOD.zip" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M024_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M190_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M232_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M288_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M003_ACUSHNET.zip" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M181_METHUEN.zip" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M237_PLAINFIELD.zip" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M279_SOUTHWICK.zip" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M050_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M091_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M299_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M304_UXBRIDGE.zip" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M134_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M341_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M042_BRIDGEWATER.zip" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M084_EASTBROOKFIELD.zip" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M139_HOPKINTON.zip" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M346_WINTHROP.zip" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M036_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M159_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M201_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M243_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M257_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M192_MONTAGUE.zip" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M206_NEWBURYPORT.zip" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M248_REVERE.zip" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M060_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M108_GOSHEN.zip" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M290_SUTTON.zip" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M102_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M145_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M310_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M010_ARLINGTON.zip" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M053_CHARLEMONT.zip" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M150_LEE.zip" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M315_WAYLAND.zip" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M005_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M047_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M170_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M212_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M268_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M095_FALLRIVER.zip" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M161_LUDLOW.zip" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M217_NORTHFIELD.zip" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M071_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M259_SALISBURY.zip" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M114_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M279_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M321_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M021_BARRE.zip" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M064_CLINTON.zip" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M119_HAMILTON.zip" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M326_WESTSTOCKBRIDGE.zip" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M015_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M181_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M223_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M172_MASHPEE.zip" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M228_PAXTON.zip" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M270_SHIRLEY.zip" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M082_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M125_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M290_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M332_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M032_BLACKSTONE.zip" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M130_HEATH.zip" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M281_SPRINGFIELD.zip" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M337_WHATELY.zip" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M150_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M192_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M075_DENNIS.zip" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M141_HUDSON.zip" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M183_MIDDLEFIELD.zip" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M026_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bostonopendata.boston.opendata.arcgis.com/datasets?q=*parcel&amp;sort_by=relevance" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M234_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M006_ALFORD.zip" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M239_PLYMOUTH.zip" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M093_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M136_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M259_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M301_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M343_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M292_SWANSEA.zip" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M306_WALES.zip" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M348_WORCESTER.zip" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M161_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M044_BROCKTON.zip" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M086_EASTHAM.zip" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M152_LENOX.zip" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M038_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M203_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M245_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M194_MONTGOMERY.zip" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M208_NORFOLK.zip" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M250_ROCHESTER.zip" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M062_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M105_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M147_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M270_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M312_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M012_ASHBY.zip" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M110_GRAFTON.zip" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M261_SANDWICH.zip" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M317_WELLESLEY.zip" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M172_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M055_CHATHAM.zip" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M097_FITCHBURG.zip" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M121_HANCOCK.zip" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M007_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M214_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M163_LYNN.zip" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M219_NORWELL.zip" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M073_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M116_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M281_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M272_SHUTESBURY.zip" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M323_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M023_BEDFORD.zip" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M066_COLRAIN.zip" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M132_HINSDALE.zip" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M328_WESTBOROUGH.zip" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M017_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M183_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M225_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M174_MAYNARD.zip" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M230_PELHAM.zip" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M028_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M084_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M250_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M292_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M241_PRINCETON.zip" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M127_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M334_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M034_BOLTON.zip" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M077_DOUGLAS.zip" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M100_FRAMINGHAM.zip" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M283_STOCKBRIDGE.zip" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M339_WILBRAHAM.zip" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M152_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M194_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M236_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M008_AMHERST.zip" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M143_HUNTINGTON.zip" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M185_MILFORD.zip" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M040_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M053_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M095_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M261_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M252_ROCKPORT.zip" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M138_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M303_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M345_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M046_BROOKLINE.zip" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M294_TEMPLETON.zip" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M308_WALTHAM.zip" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M350_WRENTHAM.zip" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M163_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M205_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M088_EASTON.zip" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M112_GRANVILLE.zip" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M154_LEVERETT.zip" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M196_NAHANT.zip" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M210_NORTHANDOVER.zip" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M009_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M064_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M247_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M221_OAKBLUFFS.zip" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M107_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M272_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M314_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M014_ASHLAND.zip" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M057_CHELSEA.zip" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M263_SAVOY.zip" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M319_WENDELL.zip" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M174_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M216_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M099_FOXBOROUGH.zip" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M122_HANOVER.zip" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M165_MALDEN.zip" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M019_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M075_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M118_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M283_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M325_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M025_BELLINGHAM.zip" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M232_PEPPERELL.zip" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M274_SOMERVILLE.zip" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M330_WESTFORD.zip" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M129_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M185_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M350_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M068_CONWAY.zip" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M134_HOLDEN.zip" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M176_MEDFORD.zip" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M342_WILMINGTON.zip" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M227_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M201_NEWBEDFORD.zip" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M030_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M086_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M252_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M294_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M336_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M243_QUINCY.zip" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M285_STOUGHTON.zip" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M140_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M154_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M037_BOXBOROUGH.zip" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M079_DRACUT.zip" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M102_FREETOWN.zip" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M145_KINGSTON.zip" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M196_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M238_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M090_EGREMONT.zip" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M187_MILLIS.zip" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M351_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M042_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M055_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M097_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M263_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M305_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M212_NORTHBROOKFIELD.zip" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M254_ROWLEY.zip" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M296_TISBURY.zip" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M310_WAREHAM.zip" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M109_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M165_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M347_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M048_BURLINGTON.zip" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M114_GREENFIELD.zip" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M321_WESTBOYLSTON.zip" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M207_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M156_LEYDEN.zip" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M198_NATICK.zip" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M010_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M066_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M274_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M223_ORANGE.zip" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M265_SEEKONK.zip" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M120_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M316_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M016_ATTLEBORO.zip" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M059_CHESTER.zip" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M125_HARVARD.zip" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M176_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M218_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M070_DALTON.zip" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M167_MANSFIELD.zip" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M332_WESTMINSTER.zip" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M021_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M077_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M229_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M285_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M004_ADAMS.zip" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M234_PETERSHAM.zip" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M088_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M327_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M027_BERKLEY.zip" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M276_SOUTHAMPTON.zip" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M301_TYNGSBOROUGH.zip" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M131_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M187_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M081_DUNSTABLE.zip" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M136_HOLLISTON.zip" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M178_MELROSE.zip" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M341_WILLIAMSTOWN.zip" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M032_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M240_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M254_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M203_NEWMARLBOROUGH.zip" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M245_RAYNHAM.zip" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M296_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M338_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M039_BOYLSTON.zip" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M287_STURBRIDGE.zip" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M099_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M142_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M156_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M198_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M050_CANTON.zip" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M105_GEORGETOWN.zip" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M147_LANCASTER.zip" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M189_MILTON.zip" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M312_WARWICK.zip" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M002_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M044_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M057_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M209_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M092_ESSEX.zip" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M214_NORTHAMPTON.zip" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M068_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M265_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M307_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M256_RUSSELL.zip" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M298_TOPSFIELD.zip" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M111_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M167_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M116_GROVELAND.zip" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M158_LITTLETON.zip" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M323_WESTBROOKFIELD.zip" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M012_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M061_CHICOPEE.zip" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M200_NEWASHFORD.zip" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M220_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M276_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M318_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M018_AVON.zip" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M225_OTIS.zip" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M267_SHEFFIELD.zip" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M079_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M122_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M178_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M329_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M029_BERNARDSTON.zip" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M127_HATFIELD.zip" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M169_MARION.zip" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M334_WESTPORT.zip" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M189_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M072_DARTMOUTH.zip" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M023_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M231_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M287_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M002_ACTON.zip" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M236_PITTSFIELD.zip" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M278_SOUTHBRIDGE.zip" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M049_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M090_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M133_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M138_HOPEDALE.zip" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M303_UPTON.zip" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M345_WINDSOR.zip" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M340_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M041_BREWSTER.zip" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M083_EASTBRIDGEWATER.zip" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M180_MERRIMAC.zip" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M034_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M200_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M242_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M256_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M298_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M191_MONSON.zip" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M205_NEWBURY.zip" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M247_REHOBOTH.zip" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M289_SUNDERLAND.zip" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M059_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M101_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M158_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M309_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M107_GLOUCESTER.zip" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M314_WATERTOWN.zip" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M144_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M104_AQUINNAH.zip" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M052_CARVER.zip" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M094_FAIRHAVEN.zip" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M149_LAWRENCE.zip" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M004_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M046_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M169_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M211_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M267_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M216_NORTHBRIDGE.zip" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M258_SALEM.zip" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M070_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M113_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M300_TRURO.zip" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M063_CLARKSBURG.zip" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M160_LOWELL.zip" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M014_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M222_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M227_PALMER.zip" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M081_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M289_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M074_DEERFIELD.zip" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M025_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M149_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M233_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M005_AGAWAM.zip" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M238_PLAINVILLE.zip" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M092_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M300_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M291_SWAMPSCOTT.zip" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M305_WAKEFIELD.zip" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M037_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M160_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M258_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M085_EASTLONGMEADOW.zip" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M151_LEICESTER.zip" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M244_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M249_RICHMOND.zip" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M103_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M311_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M011_ASHBURNHAM.zip" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M109_GOSNOLD.zip" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M316_WEBSTER.zip" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M171_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M096_FALMOUTH.zip" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M162_LUNENBURG.zip" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M048_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M260_SANDISFIELD.zip" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M115_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M322_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M022_BECKET.zip" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M120_HAMPDEN.zip" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M327_WESTTISBURY.zip" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M182_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M173_MATTAPOISETT.zip" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M126_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M249_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M333_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M338_WHITMAN.zip" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M033_BLANDFORD.zip" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M193_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M184_MIDDLETON.zip" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M039_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M052_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M260_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M251_ROCKLAND.zip" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M137_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M344_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M045_BROOKFIELD.zip" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M111_GRANBY.zip" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M349_WORTHINGTON.zip" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M204_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M195_MOUNTWASHINGTON.zip" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M209_NORTHADAMS.zip" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M063_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M271_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M262_SAUGUS.zip" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M148_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M056_CHELMSFORD.zip" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M008_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M215_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M123_HANSON.zip" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M220_NORWOOD.zip" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M074_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M282_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M067_CONCORD.zip" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M273_SOMERSET.zip" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M226_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M349_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M133_HOLBROOK.zip" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M085_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M293_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M284_STONEHAM.zip" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M139_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M153_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M078_DOVER.zip" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M144_IPSWICH.zip" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M351_YARMOUTH.zip" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M237_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M009_ANDOVER.zip" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M211_NORTHATTLEBOROUGH.zip" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M096_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M304_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M295_TEWKSBURY.zip" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M309_WARE.zip" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M164_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M089_EDGARTOWN.zip" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M155_LEXINGTON.zip" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M104_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M248_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M108_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M315_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M015_ATHOL.zip" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M222_OAKHAM.zip" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M320_WENHAM.zip" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M175_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M166_MANCHESTER.zip" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M020_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M326_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M233_PERU.zip" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M026_BELMONT.zip" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M186_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M080_DUDLEY.zip" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M177_MEDWAY.zip" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M031_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M239_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M253_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M244_RANDOLPH.zip" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M098_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M337_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M038_BOXFORD.zip" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M103_GARDNER.zip" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M311_WARREN.zip" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M197_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M091_ERVING.zip" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M188_MILLVILLE.zip" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M043_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M056_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M264_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M255_ROYALSTON.zip" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M348_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M049_CAMBRIDGE.zip" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M115_GROTON.zip" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M110_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M208_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M199_NEEDHAM.zip" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M322_WESTBRIDGEWATER.zip" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M067_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M275_parcels_gdb.zip" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:F352"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A88" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView tabSelected="1" topLeftCell="A158" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="A109" sqref="A109:XFD109"/>
+      <selection pane="topRight" activeCell="A208" sqref="A208:XFD208"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="23.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.42578125" customWidth="1"/>
     <col min="3" max="3" width="93" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="68.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -4141,87 +4141,87 @@
       <c r="C26" s="4" t="s">
         <v>731</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>732</v>
       </c>
       <c r="E26">
         <v>2025</v>
       </c>
       <c r="F26" s="3"/>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B27" s="2">
         <v>25</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>142</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>143</v>
       </c>
       <c r="E27">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F27" s="3"/>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
         <v>847</v>
       </c>
       <c r="B28" s="2">
         <v>26</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>848</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>849</v>
       </c>
       <c r="E28">
         <v>2024</v>
       </c>
       <c r="F28" s="3"/>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
         <v>423</v>
       </c>
       <c r="B29" s="2">
         <v>27</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>424</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>425</v>
       </c>
       <c r="E29">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>1067</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
         <v>793</v>
       </c>
       <c r="B30" s="2">
         <v>28</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>794</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>795</v>
       </c>
       <c r="E30">
         <v>2026</v>
       </c>
       <c r="F30" s="3"/>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
@@ -4305,51 +4305,51 @@
       <c r="C35" s="4" t="s">
         <v>100</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>101</v>
       </c>
       <c r="E35">
         <v>2026</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B36" s="2">
         <v>34</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>337</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>338</v>
       </c>
       <c r="E36">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
         <v>591</v>
       </c>
       <c r="B37" s="2">
         <v>35</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>1059</v>
       </c>
       <c r="D37" s="5"/>
       <c r="E37">
         <v>2023</v>
       </c>
       <c r="F37" s="4"/>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
         <v>772</v>
       </c>
       <c r="B38" s="2">
         <v>36</v>
@@ -4375,51 +4375,51 @@
       <c r="C39" s="4" t="s">
         <v>788</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>789</v>
       </c>
       <c r="E39">
         <v>2024</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
         <v>474</v>
       </c>
       <c r="B40" s="2">
         <v>38</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>475</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>476</v>
       </c>
       <c r="E40">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
         <v>817</v>
       </c>
       <c r="B41" s="2">
         <v>39</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>818</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>819</v>
       </c>
       <c r="E41">
         <v>2024</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
         <v>393</v>
       </c>
@@ -4447,51 +4447,51 @@
       <c r="C43" s="4" t="s">
         <v>178</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>179</v>
       </c>
       <c r="E43">
         <v>2026</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
         <v>297</v>
       </c>
       <c r="B44" s="2">
         <v>42</v>
       </c>
       <c r="C44" s="4" t="s">
         <v>298</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>299</v>
       </c>
       <c r="E44">
-        <v>2023</v>
+        <v>2026</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B45" s="2">
         <v>43</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>283</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>284</v>
       </c>
       <c r="E45">
         <v>2025</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
         <v>360</v>
       </c>
@@ -4573,51 +4573,51 @@
       <c r="C50" s="4" t="s">
         <v>277</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>278</v>
       </c>
       <c r="E50">
         <v>2025</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B51" s="2">
         <v>49</v>
       </c>
       <c r="C51" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>17</v>
       </c>
       <c r="E51">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B52" s="2">
         <v>50</v>
       </c>
       <c r="C52" s="4" t="s">
         <v>235</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>236</v>
       </c>
       <c r="E52">
         <v>2025</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
         <v>87</v>
       </c>
@@ -4667,51 +4667,51 @@
       </c>
       <c r="D55" s="4" t="s">
         <v>956</v>
       </c>
       <c r="E55">
         <v>2026</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>1060</v>
       </c>
     </row>
     <row r="56" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
         <v>510</v>
       </c>
       <c r="B56" s="2">
         <v>54</v>
       </c>
       <c r="C56" s="4" t="s">
         <v>511</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>512</v>
       </c>
       <c r="E56">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F56" s="3"/>
     </row>
     <row r="57" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
         <v>567</v>
       </c>
       <c r="B57" s="2">
         <v>55</v>
       </c>
       <c r="C57" s="4" t="s">
         <v>568</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>569</v>
       </c>
       <c r="E57">
         <v>2018</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>1063</v>
       </c>
     </row>
     <row r="58" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
@@ -6337,51 +6337,51 @@
       <c r="C147" s="4" t="s">
         <v>815</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>816</v>
       </c>
       <c r="E147">
         <v>2025</v>
       </c>
       <c r="F147" s="3"/>
     </row>
     <row r="148" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A148" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B148" s="2">
         <v>147</v>
       </c>
       <c r="C148" s="4" t="s">
         <v>292</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>293</v>
       </c>
       <c r="E148">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F148" t="s">
         <v>1066</v>
       </c>
     </row>
     <row r="149" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A149" s="3" t="s">
         <v>1038</v>
       </c>
       <c r="B149" s="2">
         <v>148</v>
       </c>
       <c r="C149" s="4" t="s">
         <v>1039</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>1040</v>
       </c>
       <c r="E149">
         <v>2026</v>
       </c>
       <c r="F149" s="3"/>
     </row>
     <row r="150" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A150" s="3" t="s">
@@ -6449,51 +6449,51 @@
       <c r="C153" s="4" t="s">
         <v>163</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>164</v>
       </c>
       <c r="E153">
         <v>2025</v>
       </c>
       <c r="F153" s="3"/>
     </row>
     <row r="154" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A154" s="3" t="s">
         <v>984</v>
       </c>
       <c r="B154" s="2">
         <v>153</v>
       </c>
       <c r="C154" s="4" t="s">
         <v>985</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>986</v>
       </c>
       <c r="E154">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="F154" s="3"/>
     </row>
     <row r="155" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A155" s="3" t="s">
         <v>652</v>
       </c>
       <c r="B155" s="2">
         <v>154</v>
       </c>
       <c r="C155" s="4" t="s">
         <v>653</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>654</v>
       </c>
       <c r="E155">
         <v>2025</v>
       </c>
       <c r="F155" s="3" t="s">
         <v>1062</v>
       </c>
     </row>
     <row r="156" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A156" s="3" t="s">
@@ -7429,51 +7429,51 @@
       <c r="C207" s="4" t="s">
         <v>701</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>702</v>
       </c>
       <c r="E207">
         <v>2025</v>
       </c>
       <c r="F207" s="3"/>
     </row>
     <row r="208" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A208" s="3" t="s">
         <v>877</v>
       </c>
       <c r="B208" s="2">
         <v>207</v>
       </c>
       <c r="C208" s="4" t="s">
         <v>878</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>879</v>
       </c>
       <c r="E208">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F208" s="3"/>
     </row>
     <row r="209" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A209" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B209" s="2">
         <v>208</v>
       </c>
       <c r="C209" s="4" t="s">
         <v>241</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>242</v>
       </c>
       <c r="E209">
         <v>2025</v>
       </c>
       <c r="F209" s="3"/>
     </row>
     <row r="210" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A210" s="3" t="s">
         <v>637</v>
       </c>
@@ -7737,51 +7737,51 @@
       <c r="C224" s="4" t="s">
         <v>94</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>95</v>
       </c>
       <c r="E224">
         <v>2025</v>
       </c>
       <c r="F224" s="3"/>
     </row>
     <row r="225" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A225" s="3" t="s">
         <v>673</v>
       </c>
       <c r="B225" s="2">
         <v>224</v>
       </c>
       <c r="C225" s="4" t="s">
         <v>674</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>675</v>
       </c>
       <c r="E225">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F225" s="3"/>
     </row>
     <row r="226" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A226" s="3" t="s">
         <v>754</v>
       </c>
       <c r="B226" s="2">
         <v>225</v>
       </c>
       <c r="C226" s="4" t="s">
         <v>755</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>756</v>
       </c>
       <c r="E226">
         <v>2025</v>
       </c>
       <c r="F226" s="3"/>
     </row>
     <row r="227" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A227" s="3" t="s">
         <v>880</v>
       </c>
@@ -7827,51 +7827,51 @@
       <c r="C229" s="4" t="s">
         <v>313</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>314</v>
       </c>
       <c r="E229">
         <v>2025</v>
       </c>
       <c r="F229" s="3"/>
     </row>
     <row r="230" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A230" s="3" t="s">
         <v>996</v>
       </c>
       <c r="B230" s="2">
         <v>229</v>
       </c>
       <c r="C230" s="4" t="s">
         <v>997</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>998</v>
       </c>
       <c r="E230">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F230" s="3"/>
     </row>
     <row r="231" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A231" s="3" t="s">
         <v>826</v>
       </c>
       <c r="B231" s="2">
         <v>230</v>
       </c>
       <c r="C231" s="4" t="s">
         <v>827</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>828</v>
       </c>
       <c r="E231">
         <v>2019</v>
       </c>
       <c r="F231" s="3"/>
     </row>
     <row r="232" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A232" s="3" t="s">
         <v>243</v>
       </c>
@@ -8043,51 +8043,51 @@
       <c r="C241" s="4" t="s">
         <v>707</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>708</v>
       </c>
       <c r="E241">
         <v>2025</v>
       </c>
       <c r="F241" s="3"/>
     </row>
     <row r="242" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A242" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B242" s="2">
         <v>241</v>
       </c>
       <c r="C242" s="4" t="s">
         <v>55</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>56</v>
       </c>
       <c r="E242">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="243" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A243" s="3" t="s">
         <v>576</v>
       </c>
       <c r="B243" s="2">
         <v>242</v>
       </c>
       <c r="C243" s="4" t="s">
         <v>577</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>578</v>
       </c>
       <c r="E243">
         <v>2025</v>
       </c>
       <c r="F243" s="3"/>
     </row>
     <row r="244" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A244" s="3" t="s">
         <v>264</v>
       </c>
       <c r="B244" s="2">
@@ -8784,51 +8784,51 @@
       <c r="C282" s="4" t="s">
         <v>921</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>922</v>
       </c>
       <c r="E282">
         <v>2025</v>
       </c>
       <c r="F282" s="3"/>
     </row>
     <row r="283" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A283" s="3" t="s">
         <v>525</v>
       </c>
       <c r="B283" s="2">
         <v>282</v>
       </c>
       <c r="C283" s="4" t="s">
         <v>526</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>527</v>
       </c>
       <c r="E283">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="F283" s="3"/>
     </row>
     <row r="284" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A284" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B284" s="2">
         <v>283</v>
       </c>
       <c r="C284" s="4" t="s">
         <v>656</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>657</v>
       </c>
       <c r="E284">
         <v>2025</v>
       </c>
       <c r="F284" s="3"/>
     </row>
     <row r="285" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A285" s="3" t="s">
         <v>613</v>
       </c>
@@ -9532,51 +9532,51 @@
       <c r="C323" s="4" t="s">
         <v>397</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>398</v>
       </c>
       <c r="E323">
         <v>2026</v>
       </c>
       <c r="F323" s="3"/>
     </row>
     <row r="324" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A324" s="3" t="s">
         <v>405</v>
       </c>
       <c r="B324" s="2">
         <v>323</v>
       </c>
       <c r="C324" s="4" t="s">
         <v>406</v>
       </c>
       <c r="D324" s="4" t="s">
         <v>407</v>
       </c>
       <c r="E324">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="F324" s="3"/>
     </row>
     <row r="325" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A325" s="3" t="s">
         <v>1032</v>
       </c>
       <c r="B325" s="2">
         <v>324</v>
       </c>
       <c r="C325" s="4" t="s">
         <v>1033</v>
       </c>
       <c r="D325" s="4" t="s">
         <v>1034</v>
       </c>
       <c r="E325">
         <v>2025</v>
       </c>
       <c r="F325" s="3"/>
     </row>
     <row r="326" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A326" s="3" t="s">
         <v>969</v>
       </c>
@@ -9784,51 +9784,51 @@
       <c r="C337" s="4" t="s">
         <v>52</v>
       </c>
       <c r="D337" s="4" t="s">
         <v>53</v>
       </c>
       <c r="E337">
         <v>2025</v>
       </c>
       <c r="F337" s="3"/>
     </row>
     <row r="338" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A338" s="3" t="s">
         <v>604</v>
       </c>
       <c r="B338" s="2">
         <v>337</v>
       </c>
       <c r="C338" s="4" t="s">
         <v>605</v>
       </c>
       <c r="D338" s="4" t="s">
         <v>606</v>
       </c>
       <c r="E338">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F338" s="3"/>
     </row>
     <row r="339" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A339" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B339" s="2">
         <v>338</v>
       </c>
       <c r="C339" s="4" t="s">
         <v>325</v>
       </c>
       <c r="D339" s="4" t="s">
         <v>326</v>
       </c>
       <c r="E339">
         <v>2026</v>
       </c>
       <c r="F339" s="3"/>
     </row>
     <row r="340" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A340" s="3" t="s">
         <v>832</v>
       </c>
@@ -10020,51 +10020,51 @@
       </c>
       <c r="D350" s="4" t="s">
         <v>777</v>
       </c>
       <c r="E350">
         <v>2025</v>
       </c>
       <c r="F350" t="s">
         <v>1069</v>
       </c>
     </row>
     <row r="351" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A351" s="3" t="s">
         <v>886</v>
       </c>
       <c r="B351" s="2">
         <v>350</v>
       </c>
       <c r="C351" s="4" t="s">
         <v>887</v>
       </c>
       <c r="D351" s="4" t="s">
         <v>888</v>
       </c>
       <c r="E351">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F351" s="3"/>
     </row>
     <row r="352" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A352" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B352" s="2">
         <v>351</v>
       </c>
       <c r="C352" s="4" t="s">
         <v>103</v>
       </c>
       <c r="D352" s="4" t="s">
         <v>104</v>
       </c>
       <c r="E352">
         <v>2024</v>
       </c>
       <c r="F352" s="3"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F352">
     <sortCondition ref="A2:A352"/>
   </sortState>