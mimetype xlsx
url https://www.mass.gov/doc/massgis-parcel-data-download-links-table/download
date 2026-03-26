--- v1 (2026-01-21)
+++ v2 (2026-03-26)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\Resources\MassGIS_Website\Drupal\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{60A65629-B26C-4498-AAD8-8D840CF10466}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{353F3CA3-3F8F-45CA-9F2C-D3E9D80541D7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="14385" tabRatio="384" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="MassGIS_Parcel_Download_Links" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1085" uniqueCount="1073">
   <si>
     <t>Town Name</t>
@@ -3638,53 +3638,53 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M118_HALIFAX.zip" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M320_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M020_BARNSTABLE.zip" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M325_WESTSPRINGFIELD.zip" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M180_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M278_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M171_MARSHFIELD.zip" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M269_SHERBORN.zip" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M124_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M331_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M031_BILLERICA.zip" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M129_HAWLEY.zip" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M336_WEYMOUTH.zip" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M191_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M182_MIDDLEBOROUGH.zip" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M051_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M280_SPENCER.zip" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M135_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M342_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M043_BRIMFIELD.zip" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M140_HUBBARDSTON.zip" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M347_WOBURN.zip" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M202_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M193_MONTEREY.zip" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M207_NEWTON.zip" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M061_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M146_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M269_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M006_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M054_CHARLTON.zip" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M218_NORTON.zip" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M213_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M072_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M280_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M271_SHREWSBURY.zip" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M065_COHASSET.zip" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M131_HINGHAM.zip" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M016_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M224_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M229_PEABODY.zip" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M083_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M291_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M282_STERLING.zip" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M151_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M076_DIGHTON.zip" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M142_HULL.zip" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M027_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M235_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M007_AMESBURY.zip" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M240_PLYMPTON.zip" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M094_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M302_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M293_TAUNTON.zip" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M307_WALPOLE.zip" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M087_EASTHAMPTON.zip" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M162_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M246_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M153_LEOMINSTER.zip" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M106_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M313_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M013_ASHFIELD.zip" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M318_WELLFLEET.zip" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M173_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M098_FLORIDA.zip" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M164_LYNNFIELD.zip" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M018_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M231_PEMBROKE.zip" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M117_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M324_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M024_BELCHERTOWN.zip" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M329_WESTFIELD.zip" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M184_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M175_MEDFIELD.zip" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M029_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M251_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M242_PROVINCETOWN.zip" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M128_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M335_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M036_BOURNE.zip" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M340_WILLIAMSBURG.zip" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M195_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M101_FRANKLIN.zip" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M186_MILLBURY.zip" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M054_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M041_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M262_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M346_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M253_ROWE.zip" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M047_BUCKLAND.zip" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M113_GREATBARRINGTON.zip" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M206_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M197_NANTUCKET.zip" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M065_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M273_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M264_SCITUATE.zip" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M119_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M058_CHESHIRE.zip" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M124_HARDWICK.zip" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M331_WESTHAMPTON.zip" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M217_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M076_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M284_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M275_SOUTHHADLEY.zip" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M130_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M069_CUMMINGTON.zip" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M135_HOLLAND.zip" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M228_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M344_WINCHESTER.zip" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M087_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M295_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M202_NEWBRAINTREE.zip" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M286_STOW.zip" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M155_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M141_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M146_LAKEVILLE.zip" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M001_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M213_NORTHREADING.zip" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M306_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M297_TOLLAND.zip" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M166_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M060_CHESTERFIELD.zip" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M157_LINCOLN.zip" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M011_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M219_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M224_ORLEANS.zip" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M078_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M317_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M017_AUBURN.zip" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M266_SHARON.zip" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M121_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M177_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M126_HARWICH.zip" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M168_MARBLEHEAD.zip" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M333_WESTON.zip" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M022_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M230_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M071_DANVERS.zip" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M235_PHILLIPSTON.zip" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M286_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M328_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M001_ABINGTON.zip" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M028_BERLIN.zip" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M277_SOUTHBOROUGH.zip" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M089_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M132_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M188_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M339_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M040_BRAINTREE.zip" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M137_HOLYOKE.zip" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M179_MENDON.zip" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M302_TYRINGHAM.zip" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M343_WINCHENDON.zip" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M199_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M082_DUXBURY.zip" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M204_NEWSALEM.zip" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M033_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M241_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M255_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M297_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M246_READING.zip" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M288_SUDBURY.zip" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M058_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M100_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M143_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M157_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M106_GILL.zip" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M148_LANESBOROUGH.zip" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M313_WASHINGTON.zip" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M003_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M051_CARLISLE.zip" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M093_EVERETT.zip" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M190_MONROE.zip" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M045_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M210_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M266_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M308_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M215_NORTHBOROUGH.zip" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M257_RUTLAND.zip" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M299_TOWNSEND.zip" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M069_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M112_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M168_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M319_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M117_HADLEY.zip" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M159_LONGMEADOW.zip" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M324_WESTNEWBURY.zip" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M179_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M019_AYER.zip" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M062_CHILMARK.zip" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M013_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M221_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M277_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M226_OXFORD.zip" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M268_SHELBURNE.zip" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M080_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M123_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M128_HAVERHILL.zip" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M330_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M030_BEVERLY.zip" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M073_DEDHAM.zip" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M170_MARLBOROUGH.zip" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M335_WESTWOOD.zip" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M024_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M190_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M232_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M288_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M003_ACUSHNET.zip" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M181_METHUEN.zip" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M237_PLAINFIELD.zip" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M279_SOUTHWICK.zip" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M050_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M091_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M299_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M304_UXBRIDGE.zip" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M134_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M341_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M042_BRIDGEWATER.zip" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M084_EASTBROOKFIELD.zip" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M139_HOPKINTON.zip" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M346_WINTHROP.zip" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M036_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M159_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M201_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M243_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M257_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M192_MONTAGUE.zip" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M206_NEWBURYPORT.zip" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M248_REVERE.zip" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M060_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M108_GOSHEN.zip" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M290_SUTTON.zip" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M102_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M145_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M310_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M010_ARLINGTON.zip" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M053_CHARLEMONT.zip" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M150_LEE.zip" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M315_WAYLAND.zip" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M005_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M047_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M170_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M212_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M268_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M095_FALLRIVER.zip" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M161_LUDLOW.zip" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M217_NORTHFIELD.zip" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M071_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M259_SALISBURY.zip" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M114_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M279_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M321_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M021_BARRE.zip" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M064_CLINTON.zip" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M119_HAMILTON.zip" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M326_WESTSTOCKBRIDGE.zip" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M015_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M181_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M223_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M172_MASHPEE.zip" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M228_PAXTON.zip" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M270_SHIRLEY.zip" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M082_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M125_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M290_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M332_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M032_BLACKSTONE.zip" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M130_HEATH.zip" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M281_SPRINGFIELD.zip" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M337_WHATELY.zip" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M150_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M192_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M075_DENNIS.zip" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M141_HUDSON.zip" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M183_MIDDLEFIELD.zip" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M026_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bostonopendata.boston.opendata.arcgis.com/datasets?q=*parcel&amp;sort_by=relevance" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M234_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M006_ALFORD.zip" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M239_PLYMOUTH.zip" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M093_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M136_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M259_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M301_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M343_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M292_SWANSEA.zip" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M306_WALES.zip" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M348_WORCESTER.zip" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M161_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M044_BROCKTON.zip" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M086_EASTHAM.zip" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M152_LENOX.zip" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M038_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M203_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M245_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M194_MONTGOMERY.zip" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M208_NORFOLK.zip" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M250_ROCHESTER.zip" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M062_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M105_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M147_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M270_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M312_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M012_ASHBY.zip" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M110_GRAFTON.zip" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M261_SANDWICH.zip" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M317_WELLESLEY.zip" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M172_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M055_CHATHAM.zip" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M097_FITCHBURG.zip" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M121_HANCOCK.zip" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M007_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M214_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M163_LYNN.zip" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M219_NORWELL.zip" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M073_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M116_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M281_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M272_SHUTESBURY.zip" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M323_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M023_BEDFORD.zip" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M066_COLRAIN.zip" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M132_HINSDALE.zip" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M328_WESTBOROUGH.zip" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M017_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M183_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M225_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M174_MAYNARD.zip" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M230_PELHAM.zip" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M028_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M084_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M250_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M292_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M241_PRINCETON.zip" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M127_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M334_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M034_BOLTON.zip" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M077_DOUGLAS.zip" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M100_FRAMINGHAM.zip" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M283_STOCKBRIDGE.zip" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M339_WILBRAHAM.zip" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M152_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M194_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M236_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M008_AMHERST.zip" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M143_HUNTINGTON.zip" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M185_MILFORD.zip" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M040_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M053_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M095_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M261_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M252_ROCKPORT.zip" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M138_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M303_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M345_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M046_BROOKLINE.zip" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M294_TEMPLETON.zip" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M308_WALTHAM.zip" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M350_WRENTHAM.zip" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M163_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M205_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M088_EASTON.zip" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M112_GRANVILLE.zip" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M154_LEVERETT.zip" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M196_NAHANT.zip" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M210_NORTHANDOVER.zip" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M009_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M064_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M247_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M221_OAKBLUFFS.zip" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M107_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M272_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M314_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M014_ASHLAND.zip" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M057_CHELSEA.zip" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M263_SAVOY.zip" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M319_WENDELL.zip" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M174_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M216_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M099_FOXBOROUGH.zip" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M122_HANOVER.zip" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M165_MALDEN.zip" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M019_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M075_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M118_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M283_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M325_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M025_BELLINGHAM.zip" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M232_PEPPERELL.zip" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M274_SOMERVILLE.zip" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M330_WESTFORD.zip" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M129_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M185_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M350_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M068_CONWAY.zip" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M134_HOLDEN.zip" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M176_MEDFORD.zip" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M342_WILMINGTON.zip" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M227_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M201_NEWBEDFORD.zip" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M030_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M086_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M252_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M294_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M336_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M243_QUINCY.zip" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M285_STOUGHTON.zip" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M140_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M154_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M037_BOXBOROUGH.zip" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M079_DRACUT.zip" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M102_FREETOWN.zip" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M145_KINGSTON.zip" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M196_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M238_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M090_EGREMONT.zip" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M187_MILLIS.zip" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M351_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M042_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M055_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M097_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M263_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M305_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M212_NORTHBROOKFIELD.zip" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M254_ROWLEY.zip" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M296_TISBURY.zip" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M310_WAREHAM.zip" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M109_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M165_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M347_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M048_BURLINGTON.zip" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M114_GREENFIELD.zip" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M321_WESTBOYLSTON.zip" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M207_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M156_LEYDEN.zip" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M198_NATICK.zip" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M010_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M066_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M274_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M223_ORANGE.zip" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M265_SEEKONK.zip" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M120_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M316_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M016_ATTLEBORO.zip" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M059_CHESTER.zip" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M125_HARVARD.zip" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M176_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M218_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M070_DALTON.zip" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M167_MANSFIELD.zip" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M332_WESTMINSTER.zip" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M021_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M077_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M229_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M285_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M004_ADAMS.zip" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M234_PETERSHAM.zip" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M088_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M327_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M027_BERKLEY.zip" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M276_SOUTHAMPTON.zip" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M301_TYNGSBOROUGH.zip" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M131_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M187_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M081_DUNSTABLE.zip" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M136_HOLLISTON.zip" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M178_MELROSE.zip" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M341_WILLIAMSTOWN.zip" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M032_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M240_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M254_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M203_NEWMARLBOROUGH.zip" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M245_RAYNHAM.zip" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M296_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M338_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M039_BOYLSTON.zip" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M287_STURBRIDGE.zip" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M099_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M142_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M156_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M198_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M050_CANTON.zip" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M105_GEORGETOWN.zip" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M147_LANCASTER.zip" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M189_MILTON.zip" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M312_WARWICK.zip" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M002_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M044_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M057_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M209_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M092_ESSEX.zip" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M214_NORTHAMPTON.zip" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M068_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M265_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M307_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M256_RUSSELL.zip" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M298_TOPSFIELD.zip" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M111_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M167_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M116_GROVELAND.zip" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M158_LITTLETON.zip" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M323_WESTBROOKFIELD.zip" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M012_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M061_CHICOPEE.zip" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M200_NEWASHFORD.zip" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M220_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M276_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M318_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M018_AVON.zip" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M225_OTIS.zip" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M267_SHEFFIELD.zip" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M079_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M122_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M178_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M329_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M029_BERNARDSTON.zip" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M127_HATFIELD.zip" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M169_MARION.zip" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M334_WESTPORT.zip" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M189_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M072_DARTMOUTH.zip" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M023_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M231_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M287_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M002_ACTON.zip" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M236_PITTSFIELD.zip" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M278_SOUTHBRIDGE.zip" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M049_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M090_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M133_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M138_HOPEDALE.zip" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M303_UPTON.zip" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M345_WINDSOR.zip" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M340_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M041_BREWSTER.zip" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M083_EASTBRIDGEWATER.zip" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M180_MERRIMAC.zip" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M034_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M200_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M242_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M256_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M298_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M191_MONSON.zip" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M205_NEWBURY.zip" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M247_REHOBOTH.zip" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M289_SUNDERLAND.zip" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M059_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M101_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M158_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M309_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M107_GLOUCESTER.zip" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M314_WATERTOWN.zip" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M144_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M104_AQUINNAH.zip" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M052_CARVER.zip" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M094_FAIRHAVEN.zip" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M149_LAWRENCE.zip" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M004_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M046_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M169_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M211_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M267_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M216_NORTHBRIDGE.zip" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M258_SALEM.zip" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M070_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M113_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M300_TRURO.zip" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M063_CLARKSBURG.zip" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M160_LOWELL.zip" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M014_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M222_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M227_PALMER.zip" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M081_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M289_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M074_DEERFIELD.zip" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M025_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M149_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M233_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M005_AGAWAM.zip" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M238_PLAINVILLE.zip" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M092_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M300_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M291_SWAMPSCOTT.zip" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M305_WAKEFIELD.zip" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M037_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M160_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M258_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M085_EASTLONGMEADOW.zip" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M151_LEICESTER.zip" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M244_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M249_RICHMOND.zip" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M103_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M311_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M011_ASHBURNHAM.zip" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M109_GOSNOLD.zip" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M316_WEBSTER.zip" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M171_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M096_FALMOUTH.zip" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M162_LUNENBURG.zip" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M048_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M260_SANDISFIELD.zip" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M115_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M322_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M022_BECKET.zip" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M120_HAMPDEN.zip" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M327_WESTTISBURY.zip" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M182_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M173_MATTAPOISETT.zip" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M126_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M249_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M333_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M338_WHITMAN.zip" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M033_BLANDFORD.zip" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M193_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M184_MIDDLETON.zip" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M039_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M052_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M260_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M251_ROCKLAND.zip" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M137_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M344_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M045_BROOKFIELD.zip" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M111_GRANBY.zip" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M349_WORTHINGTON.zip" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M204_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M195_MOUNTWASHINGTON.zip" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M209_NORTHADAMS.zip" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M063_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M271_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M262_SAUGUS.zip" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M148_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M056_CHELMSFORD.zip" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M008_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M215_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M123_HANSON.zip" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M220_NORWOOD.zip" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M074_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M282_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M067_CONCORD.zip" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M273_SOMERSET.zip" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M226_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M349_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M133_HOLBROOK.zip" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M085_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M293_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M284_STONEHAM.zip" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M139_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M153_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M078_DOVER.zip" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M144_IPSWICH.zip" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M351_YARMOUTH.zip" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M237_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M009_ANDOVER.zip" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M211_NORTHATTLEBOROUGH.zip" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M096_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M304_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M295_TEWKSBURY.zip" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M309_WARE.zip" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M164_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M089_EDGARTOWN.zip" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M155_LEXINGTON.zip" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M104_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M248_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M108_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M315_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M015_ATHOL.zip" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M222_OAKHAM.zip" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M320_WENHAM.zip" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M175_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M166_MANCHESTER.zip" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M020_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M326_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M233_PERU.zip" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M026_BELMONT.zip" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M186_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M080_DUDLEY.zip" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M177_MEDWAY.zip" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M031_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M239_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M253_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M244_RANDOLPH.zip" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M098_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M337_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M038_BOXFORD.zip" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M103_GARDNER.zip" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M311_WARREN.zip" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M197_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M091_ERVING.zip" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M188_MILLVILLE.zip" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M043_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M056_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M264_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M255_ROYALSTON.zip" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M348_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M049_CAMBRIDGE.zip" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M115_GROTON.zip" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M110_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M208_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M199_NEEDHAM.zip" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/shapefiles/l3parcels/L3_SHP_M322_WESTBRIDGEWATER.zip" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M067_parcels_gdb.zip" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.massgis.digital.mass.gov/gdbs/l3parcels/M275_parcels_gdb.zip" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:F352"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A158" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView tabSelected="1" topLeftCell="A68" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="A208" sqref="A208:XFD208"/>
+      <selection pane="topRight" activeCell="A72" sqref="A72:XFD72"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="23.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.42578125" customWidth="1"/>
     <col min="3" max="3" width="93" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="68.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -4123,51 +4123,51 @@
       <c r="C25" s="4" t="s">
         <v>722</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>723</v>
       </c>
       <c r="E25">
         <v>2025</v>
       </c>
       <c r="F25" s="3"/>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
         <v>730</v>
       </c>
       <c r="B26" s="2">
         <v>24</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>731</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>732</v>
       </c>
       <c r="E26">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F26" s="3"/>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B27" s="2">
         <v>25</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>142</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>143</v>
       </c>
       <c r="E27">
         <v>2026</v>
       </c>
       <c r="F27" s="3"/>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
         <v>847</v>
       </c>
@@ -4393,51 +4393,51 @@
       <c r="C40" s="4" t="s">
         <v>475</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>476</v>
       </c>
       <c r="E40">
         <v>2026</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
         <v>817</v>
       </c>
       <c r="B41" s="2">
         <v>39</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>818</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>819</v>
       </c>
       <c r="E41">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
         <v>393</v>
       </c>
       <c r="B42" s="2">
         <v>40</v>
       </c>
       <c r="C42" s="4" t="s">
         <v>394</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>395</v>
       </c>
       <c r="E42">
         <v>2025</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
         <v>177</v>
       </c>
@@ -4957,51 +4957,51 @@
       <c r="C71" s="4" t="s">
         <v>328</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>329</v>
       </c>
       <c r="E71">
         <v>2025</v>
       </c>
       <c r="F71" s="3"/>
     </row>
     <row r="72" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
         <v>661</v>
       </c>
       <c r="B72" s="2">
         <v>70</v>
       </c>
       <c r="C72" s="4" t="s">
         <v>662</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>663</v>
       </c>
       <c r="E72">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F72" s="3"/>
     </row>
     <row r="73" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
         <v>390</v>
       </c>
       <c r="B73" s="2">
         <v>71</v>
       </c>
       <c r="C73" s="4" t="s">
         <v>391</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>392</v>
       </c>
       <c r="E73">
         <v>2025</v>
       </c>
       <c r="F73" s="3"/>
     </row>
     <row r="74" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
         <v>366</v>
       </c>
@@ -5065,51 +5065,51 @@
       <c r="C77" s="4" t="s">
         <v>749</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>750</v>
       </c>
       <c r="E77">
         <v>2025</v>
       </c>
       <c r="F77" s="3"/>
     </row>
     <row r="78" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B78" s="2">
         <v>76</v>
       </c>
       <c r="C78" s="4" t="s">
         <v>262</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>263</v>
       </c>
       <c r="E78">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="F78" s="3"/>
     </row>
     <row r="79" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
         <v>957</v>
       </c>
       <c r="B79" s="2">
         <v>77</v>
       </c>
       <c r="C79" s="4" t="s">
         <v>958</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>959</v>
       </c>
       <c r="E79">
         <v>2025</v>
       </c>
       <c r="F79" s="3"/>
     </row>
     <row r="80" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
         <v>222</v>
       </c>
@@ -5119,51 +5119,51 @@
       <c r="C80" s="4" t="s">
         <v>223</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>224</v>
       </c>
       <c r="E80">
         <v>2025</v>
       </c>
       <c r="F80" s="3"/>
     </row>
     <row r="81" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
         <v>933</v>
       </c>
       <c r="B81" s="2">
         <v>79</v>
       </c>
       <c r="C81" s="4" t="s">
         <v>934</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>935</v>
       </c>
       <c r="E81">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="F81" s="3" t="s">
         <v>895</v>
       </c>
     </row>
     <row r="82" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
         <v>432</v>
       </c>
       <c r="B82" s="2">
         <v>80</v>
       </c>
       <c r="C82" s="4" t="s">
         <v>433</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>434</v>
       </c>
       <c r="E82">
         <v>2025</v>
       </c>
       <c r="F82" s="3"/>
     </row>
     <row r="83" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
@@ -5413,51 +5413,51 @@
       <c r="C96" s="4" t="s">
         <v>668</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>669</v>
       </c>
       <c r="E96">
         <v>2025</v>
       </c>
       <c r="F96" s="3"/>
     </row>
     <row r="97" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
         <v>1014</v>
       </c>
       <c r="B97" s="2">
         <v>95</v>
       </c>
       <c r="C97" s="4" t="s">
         <v>1015</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>1016</v>
       </c>
       <c r="E97">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F97" s="3"/>
     </row>
     <row r="98" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
         <v>715</v>
       </c>
       <c r="B98" s="2">
         <v>96</v>
       </c>
       <c r="C98" s="4" t="s">
         <v>716</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>717</v>
       </c>
       <c r="E98">
         <v>2022</v>
       </c>
       <c r="F98" s="3"/>
     </row>
     <row r="99" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
         <v>694</v>
       </c>
@@ -5775,51 +5775,51 @@
       <c r="C116" s="4" t="s">
         <v>25</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>26</v>
       </c>
       <c r="E116">
         <v>2024</v>
       </c>
       <c r="F116" s="3"/>
     </row>
     <row r="117" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B117" s="2">
         <v>116</v>
       </c>
       <c r="C117" s="4" t="s">
         <v>133</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>134</v>
       </c>
       <c r="E117">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="F117" s="3"/>
     </row>
     <row r="118" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A118" s="3" t="s">
         <v>987</v>
       </c>
       <c r="B118" s="2">
         <v>117</v>
       </c>
       <c r="C118" s="4" t="s">
         <v>988</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>989</v>
       </c>
       <c r="E118">
         <v>2025</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>1065</v>
       </c>
     </row>
     <row r="119" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A119" s="3" t="s">
@@ -6265,51 +6265,51 @@
       <c r="C143" s="4" t="s">
         <v>523</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>524</v>
       </c>
       <c r="E143">
         <v>2026</v>
       </c>
       <c r="F143" s="3"/>
     </row>
     <row r="144" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A144" s="3" t="s">
         <v>483</v>
       </c>
       <c r="B144" s="2">
         <v>143</v>
       </c>
       <c r="C144" s="4" t="s">
         <v>484</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>485</v>
       </c>
       <c r="E144">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F144" s="3"/>
     </row>
     <row r="145" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A145" s="3" t="s">
         <v>703</v>
       </c>
       <c r="B145" s="2">
         <v>144</v>
       </c>
       <c r="C145" s="4" t="s">
         <v>704</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>705</v>
       </c>
       <c r="E145">
         <v>2026</v>
       </c>
       <c r="F145" s="3"/>
     </row>
     <row r="146" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A146" s="3" t="s">
         <v>270</v>
       </c>
@@ -6613,89 +6613,89 @@
       <c r="C162" s="4" t="s">
         <v>379</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>380</v>
       </c>
       <c r="E162">
         <v>2025</v>
       </c>
       <c r="F162" s="3"/>
     </row>
     <row r="163" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A163" s="3" t="s">
         <v>1017</v>
       </c>
       <c r="B163" s="2">
         <v>162</v>
       </c>
       <c r="C163" s="4" t="s">
         <v>1018</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>1019</v>
       </c>
       <c r="E163">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F163" s="3"/>
     </row>
     <row r="164" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A164" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B164" s="2">
         <v>163</v>
       </c>
       <c r="C164" s="4" t="s">
         <v>599</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>600</v>
       </c>
       <c r="E164">
         <v>2026</v>
       </c>
       <c r="F164" s="3" t="s">
         <v>1062</v>
       </c>
     </row>
     <row r="165" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A165" s="3" t="s">
         <v>733</v>
       </c>
       <c r="B165" s="2">
         <v>164</v>
       </c>
       <c r="C165" s="4" t="s">
         <v>734</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>735</v>
       </c>
       <c r="E165">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F165" s="3"/>
     </row>
     <row r="166" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A166" s="3" t="s">
         <v>477</v>
       </c>
       <c r="B166" s="2">
         <v>165</v>
       </c>
       <c r="C166" s="4" t="s">
         <v>478</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>479</v>
       </c>
       <c r="E166">
         <v>2025</v>
       </c>
       <c r="F166" s="3"/>
     </row>
     <row r="167" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A167" s="3" t="s">
         <v>300</v>
       </c>
@@ -6705,87 +6705,87 @@
       <c r="C167" s="4" t="s">
         <v>301</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>302</v>
       </c>
       <c r="E167">
         <v>2025</v>
       </c>
       <c r="F167" s="3"/>
     </row>
     <row r="168" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A168" s="3" t="s">
         <v>742</v>
       </c>
       <c r="B168" s="2">
         <v>167</v>
       </c>
       <c r="C168" s="4" t="s">
         <v>743</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>744</v>
       </c>
       <c r="E168">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F168" s="3"/>
     </row>
     <row r="169" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A169" s="3" t="s">
         <v>853</v>
       </c>
       <c r="B169" s="2">
         <v>168</v>
       </c>
       <c r="C169" s="4" t="s">
         <v>854</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>855</v>
       </c>
       <c r="E169">
         <v>2025</v>
       </c>
       <c r="F169" s="3"/>
     </row>
     <row r="170" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A170" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B170" s="2">
         <v>169</v>
       </c>
       <c r="C170" s="4" t="s">
         <v>166</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>167</v>
       </c>
       <c r="E170">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F170" s="3"/>
     </row>
     <row r="171" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A171" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B171" s="2">
         <v>170</v>
       </c>
       <c r="C171" s="4" t="s">
         <v>280</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>281</v>
       </c>
       <c r="E171">
         <v>2025</v>
       </c>
       <c r="F171" t="s">
         <v>1061</v>
       </c>
     </row>
     <row r="172" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A172" s="3" t="s">
@@ -6851,51 +6851,51 @@
       <c r="C175" s="4" t="s">
         <v>457</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>458</v>
       </c>
       <c r="E175">
         <v>2026</v>
       </c>
       <c r="F175" s="3"/>
     </row>
     <row r="176" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A176" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B176" s="2">
         <v>175</v>
       </c>
       <c r="C176" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E176">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F176" s="3"/>
     </row>
     <row r="177" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A177" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B177" s="2">
         <v>176</v>
       </c>
       <c r="C177" s="4" t="s">
         <v>181</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>182</v>
       </c>
       <c r="E177">
         <v>2025</v>
       </c>
       <c r="F177" s="3"/>
     </row>
     <row r="178" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A178" s="3" t="s">
         <v>63</v>
       </c>
@@ -7015,87 +7015,87 @@
       <c r="C184" s="4" t="s">
         <v>1036</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>1037</v>
       </c>
       <c r="E184">
         <v>2026</v>
       </c>
       <c r="F184" s="3"/>
     </row>
     <row r="185" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A185" s="3" t="s">
         <v>769</v>
       </c>
       <c r="B185" s="2">
         <v>184</v>
       </c>
       <c r="C185" s="4" t="s">
         <v>770</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>771</v>
       </c>
       <c r="E185">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F185" s="3"/>
     </row>
     <row r="186" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A186" s="3" t="s">
         <v>649</v>
       </c>
       <c r="B186" s="2">
         <v>185</v>
       </c>
       <c r="C186" s="4" t="s">
         <v>650</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>651</v>
       </c>
       <c r="E186">
         <v>2025</v>
       </c>
       <c r="F186" s="3"/>
     </row>
     <row r="187" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A187" s="3" t="s">
         <v>682</v>
       </c>
       <c r="B187" s="2">
         <v>186</v>
       </c>
       <c r="C187" s="4" t="s">
         <v>683</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>684</v>
       </c>
       <c r="E187">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="F187" s="3"/>
     </row>
     <row r="188" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A188" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B188" s="2">
         <v>187</v>
       </c>
       <c r="C188" s="4" t="s">
         <v>169</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>170</v>
       </c>
       <c r="E188">
         <v>2025</v>
       </c>
       <c r="F188" s="3"/>
     </row>
     <row r="189" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A189" s="3" t="s">
         <v>631</v>
       </c>
@@ -7141,51 +7141,51 @@
       <c r="C191" s="4" t="s">
         <v>256</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>257</v>
       </c>
       <c r="E191">
         <v>2025</v>
       </c>
       <c r="F191" s="3"/>
     </row>
     <row r="192" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A192" s="3" t="s">
         <v>595</v>
       </c>
       <c r="B192" s="2">
         <v>191</v>
       </c>
       <c r="C192" s="4" t="s">
         <v>596</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>597</v>
       </c>
       <c r="E192">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F192" s="3"/>
     </row>
     <row r="193" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A193" s="3" t="s">
         <v>453</v>
       </c>
       <c r="B193" s="2">
         <v>192</v>
       </c>
       <c r="C193" s="4" t="s">
         <v>454</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>455</v>
       </c>
       <c r="E193">
         <v>2025</v>
       </c>
       <c r="F193" s="3"/>
     </row>
     <row r="194" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A194" s="3" t="s">
         <v>546</v>
       </c>
@@ -7555,69 +7555,69 @@
       <c r="C214" s="4" t="s">
         <v>502</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>503</v>
       </c>
       <c r="E214">
         <v>2026</v>
       </c>
       <c r="F214" s="3"/>
     </row>
     <row r="215" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A215" s="3" t="s">
         <v>811</v>
       </c>
       <c r="B215" s="2">
         <v>214</v>
       </c>
       <c r="C215" s="4" t="s">
         <v>812</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>813</v>
       </c>
       <c r="E215">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F215" s="3"/>
     </row>
     <row r="216" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A216" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B216" s="2">
         <v>215</v>
       </c>
       <c r="C216" s="4" t="s">
         <v>148</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>149</v>
       </c>
       <c r="E216">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F216" s="3"/>
     </row>
     <row r="217" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A217" s="3" t="s">
         <v>856</v>
       </c>
       <c r="B217" s="2">
         <v>216</v>
       </c>
       <c r="C217" s="4" t="s">
         <v>857</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>858</v>
       </c>
       <c r="E217">
         <v>2025</v>
       </c>
       <c r="F217" s="3"/>
     </row>
     <row r="218" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A218" s="3" t="s">
         <v>1008</v>
       </c>
@@ -8114,69 +8114,69 @@
       <c r="C245" s="4" t="s">
         <v>415</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>416</v>
       </c>
       <c r="E245">
         <v>2026</v>
       </c>
       <c r="F245" s="3"/>
     </row>
     <row r="246" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A246" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B246" s="2">
         <v>245</v>
       </c>
       <c r="C246" s="4" t="s">
         <v>43</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>44</v>
       </c>
       <c r="E246">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F246" s="3"/>
     </row>
     <row r="247" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A247" s="3" t="s">
         <v>267</v>
       </c>
       <c r="B247" s="2">
         <v>246</v>
       </c>
       <c r="C247" s="4" t="s">
         <v>268</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>269</v>
       </c>
       <c r="E247">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="F247" s="3"/>
     </row>
     <row r="248" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A248" s="3" t="s">
         <v>905</v>
       </c>
       <c r="B248" s="2">
         <v>247</v>
       </c>
       <c r="C248" s="4" t="s">
         <v>906</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>907</v>
       </c>
       <c r="E248">
         <v>2025</v>
       </c>
       <c r="F248" s="3" t="s">
         <v>895</v>
       </c>
     </row>
     <row r="249" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A249" s="3" t="s">
@@ -8260,51 +8260,51 @@
       <c r="C253" s="4" t="s">
         <v>556</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>557</v>
       </c>
       <c r="E253">
         <v>2026</v>
       </c>
       <c r="F253" s="3"/>
     </row>
     <row r="254" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A254" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B254" s="2">
         <v>253</v>
       </c>
       <c r="C254" s="4" t="s">
         <v>184</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>185</v>
       </c>
       <c r="E254">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F254" s="3"/>
     </row>
     <row r="255" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A255" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B255" s="2">
         <v>254</v>
       </c>
       <c r="C255" s="4" t="s">
         <v>229</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>230</v>
       </c>
       <c r="E255">
         <v>2025</v>
       </c>
       <c r="F255" s="3"/>
     </row>
     <row r="256" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A256" s="3" t="s">
         <v>859</v>
       </c>
@@ -8332,69 +8332,69 @@
       <c r="C257" s="4" t="s">
         <v>602</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>603</v>
       </c>
       <c r="E257">
         <v>2026</v>
       </c>
       <c r="F257" s="3"/>
     </row>
     <row r="258" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A258" s="3" t="s">
         <v>625</v>
       </c>
       <c r="B258" s="2">
         <v>257</v>
       </c>
       <c r="C258" s="4" t="s">
         <v>626</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>627</v>
       </c>
       <c r="E258">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F258" s="3"/>
     </row>
     <row r="259" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A259" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B259" s="2">
         <v>258</v>
       </c>
       <c r="C259" s="4" t="s">
         <v>73</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>74</v>
       </c>
       <c r="E259">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="F259" s="3"/>
     </row>
     <row r="260" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A260" s="3" t="s">
         <v>619</v>
       </c>
       <c r="B260" s="2">
         <v>259</v>
       </c>
       <c r="C260" s="4" t="s">
         <v>620</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>621</v>
       </c>
       <c r="E260">
         <v>2024</v>
       </c>
       <c r="F260" s="3"/>
     </row>
     <row r="261" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A261" s="3" t="s">
         <v>679</v>
       </c>
@@ -8550,87 +8550,87 @@
       <c r="C269" s="4" t="s">
         <v>427</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>428</v>
       </c>
       <c r="E269">
         <v>2025</v>
       </c>
       <c r="F269" s="3"/>
     </row>
     <row r="270" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A270" s="3" t="s">
         <v>718</v>
       </c>
       <c r="B270" s="2">
         <v>269</v>
       </c>
       <c r="C270" s="4" t="s">
         <v>719</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>720</v>
       </c>
       <c r="E270">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="F270" s="3"/>
     </row>
     <row r="271" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A271" s="3" t="s">
         <v>540</v>
       </c>
       <c r="B271" s="2">
         <v>270</v>
       </c>
       <c r="C271" s="4" t="s">
         <v>541</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>542</v>
       </c>
       <c r="E271">
         <v>2026</v>
       </c>
       <c r="F271" s="3"/>
     </row>
     <row r="272" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A272" s="3" t="s">
         <v>999</v>
       </c>
       <c r="B272" s="2">
         <v>271</v>
       </c>
       <c r="C272" s="4" t="s">
         <v>1000</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>1001</v>
       </c>
       <c r="E272">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F272" s="3"/>
     </row>
     <row r="273" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A273" s="3" t="s">
         <v>348</v>
       </c>
       <c r="B273" s="2">
         <v>272</v>
       </c>
       <c r="C273" s="4" t="s">
         <v>349</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>350</v>
       </c>
       <c r="E273">
         <v>2025</v>
       </c>
       <c r="F273" s="3"/>
     </row>
     <row r="274" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A274" s="3" t="s">
         <v>841</v>
       </c>
@@ -8766,51 +8766,51 @@
       <c r="C281" s="4" t="s">
         <v>532</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>533</v>
       </c>
       <c r="E281">
         <v>2025</v>
       </c>
       <c r="F281" s="3"/>
     </row>
     <row r="282" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A282" s="3" t="s">
         <v>920</v>
       </c>
       <c r="B282" s="2">
         <v>281</v>
       </c>
       <c r="C282" s="4" t="s">
         <v>921</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>922</v>
       </c>
       <c r="E282">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F282" s="3"/>
     </row>
     <row r="283" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A283" s="3" t="s">
         <v>525</v>
       </c>
       <c r="B283" s="2">
         <v>282</v>
       </c>
       <c r="C283" s="4" t="s">
         <v>526</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>527</v>
       </c>
       <c r="E283">
         <v>2026</v>
       </c>
       <c r="F283" s="3"/>
     </row>
     <row r="284" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A284" s="3" t="s">
         <v>655</v>
       </c>
@@ -8932,51 +8932,51 @@
       <c r="C290" s="4" t="s">
         <v>698</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>699</v>
       </c>
       <c r="E290">
         <v>2026</v>
       </c>
       <c r="F290" s="3"/>
     </row>
     <row r="291" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A291" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B291" s="2">
         <v>290</v>
       </c>
       <c r="C291" s="4" t="s">
         <v>205</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>206</v>
       </c>
       <c r="E291">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F291" s="3"/>
     </row>
     <row r="292" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A292" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B292" s="2">
         <v>291</v>
       </c>
       <c r="C292" s="4" t="s">
         <v>37</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>38</v>
       </c>
       <c r="E292">
         <v>2025</v>
       </c>
       <c r="F292" s="3"/>
     </row>
     <row r="293" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A293" s="3" t="s">
         <v>945</v>
       </c>
@@ -9060,51 +9060,51 @@
       <c r="C297" s="4" t="s">
         <v>421</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>422</v>
       </c>
       <c r="E297">
         <v>2025</v>
       </c>
       <c r="F297" s="3"/>
     </row>
     <row r="298" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A298" s="3" t="s">
         <v>486</v>
       </c>
       <c r="B298" s="2">
         <v>297</v>
       </c>
       <c r="C298" s="4" t="s">
         <v>487</v>
       </c>
       <c r="D298" s="4" t="s">
         <v>488</v>
       </c>
       <c r="E298">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="F298" s="3"/>
     </row>
     <row r="299" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A299" s="3" t="s">
         <v>516</v>
       </c>
       <c r="B299" s="2">
         <v>298</v>
       </c>
       <c r="C299" s="4" t="s">
         <v>517</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>518</v>
       </c>
       <c r="E299">
         <v>2026</v>
       </c>
       <c r="F299" s="3"/>
     </row>
     <row r="300" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A300" s="3" t="s">
         <v>628</v>
       </c>
@@ -9168,51 +9168,51 @@
       <c r="C303" s="4" t="s">
         <v>689</v>
       </c>
       <c r="D303" s="4" t="s">
         <v>690</v>
       </c>
       <c r="E303">
         <v>2025</v>
       </c>
       <c r="F303" s="3"/>
     </row>
     <row r="304" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A304" s="3" t="s">
         <v>339</v>
       </c>
       <c r="B304" s="2">
         <v>303</v>
       </c>
       <c r="C304" s="4" t="s">
         <v>340</v>
       </c>
       <c r="D304" s="4" t="s">
         <v>341</v>
       </c>
       <c r="E304">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F304" s="3"/>
     </row>
     <row r="305" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A305" s="3" t="s">
         <v>960</v>
       </c>
       <c r="B305" s="2">
         <v>304</v>
       </c>
       <c r="C305" s="4" t="s">
         <v>961</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>962</v>
       </c>
       <c r="E305">
         <v>2024</v>
       </c>
       <c r="F305" t="s">
         <v>1071</v>
       </c>
     </row>
     <row r="306" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A306" s="3" t="s">
@@ -9260,51 +9260,51 @@
       <c r="C308" s="4" t="s">
         <v>58</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>59</v>
       </c>
       <c r="E308">
         <v>2025</v>
       </c>
       <c r="F308" s="3"/>
     </row>
     <row r="309" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A309" s="3" t="s">
         <v>429</v>
       </c>
       <c r="B309" s="2">
         <v>308</v>
       </c>
       <c r="C309" s="4" t="s">
         <v>430</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>431</v>
       </c>
       <c r="E309">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F309" s="3"/>
     </row>
     <row r="310" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A310" s="3" t="s">
         <v>315</v>
       </c>
       <c r="B310" s="2">
         <v>309</v>
       </c>
       <c r="C310" s="4" t="s">
         <v>316</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>317</v>
       </c>
       <c r="E310">
         <v>2025</v>
       </c>
       <c r="F310" s="3"/>
     </row>
     <row r="311" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A311" s="3" t="s">
         <v>1044</v>
       </c>
@@ -9424,51 +9424,51 @@
       <c r="C317" s="4" t="s">
         <v>193</v>
       </c>
       <c r="D317" s="4" t="s">
         <v>194</v>
       </c>
       <c r="E317">
         <v>2025</v>
       </c>
       <c r="F317" s="3"/>
     </row>
     <row r="318" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A318" s="3" t="s">
         <v>802</v>
       </c>
       <c r="B318" s="2">
         <v>317</v>
       </c>
       <c r="C318" s="4" t="s">
         <v>803</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>804</v>
       </c>
       <c r="E318">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F318" s="3"/>
     </row>
     <row r="319" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A319" s="3" t="s">
         <v>865</v>
       </c>
       <c r="B319" s="2">
         <v>318</v>
       </c>
       <c r="C319" s="4" t="s">
         <v>866</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>867</v>
       </c>
       <c r="E319">
         <v>2026</v>
       </c>
       <c r="F319" s="3"/>
     </row>
     <row r="320" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A320" s="3" t="s">
         <v>504</v>
       </c>
@@ -9730,51 +9730,51 @@
       <c r="C334" s="4" t="s">
         <v>115</v>
       </c>
       <c r="D334" s="4" t="s">
         <v>116</v>
       </c>
       <c r="E334">
         <v>2026</v>
       </c>
       <c r="F334" s="3"/>
     </row>
     <row r="335" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A335" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B335" s="2">
         <v>334</v>
       </c>
       <c r="C335" s="4" t="s">
         <v>175</v>
       </c>
       <c r="D335" s="4" t="s">
         <v>176</v>
       </c>
       <c r="E335">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F335" s="3"/>
     </row>
     <row r="336" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A336" s="3" t="s">
         <v>588</v>
       </c>
       <c r="B336" s="2">
         <v>335</v>
       </c>
       <c r="C336" s="4" t="s">
         <v>589</v>
       </c>
       <c r="D336" s="4" t="s">
         <v>590</v>
       </c>
       <c r="E336">
         <v>2025</v>
       </c>
       <c r="F336" s="3"/>
     </row>
     <row r="337" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A337" s="3" t="s">
         <v>51</v>
       </c>