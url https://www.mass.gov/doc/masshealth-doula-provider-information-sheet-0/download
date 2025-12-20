--- v0 (2025-10-28)
+++ v1 (2025-12-20)
@@ -10,34309 +10,37331 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="14700" w:type="dxa"/>
+        <w:tblW w:w="14020" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1885"/>
+        <w:gridCol w:w="1525"/>
         <w:gridCol w:w="1980"/>
-        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="1710"/>
         <w:gridCol w:w="1080"/>
-        <w:gridCol w:w="2340"/>
-        <w:gridCol w:w="2245"/>
+        <w:gridCol w:w="2160"/>
+        <w:gridCol w:w="2195"/>
         <w:gridCol w:w="3370"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="06601829" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="780A4D6F" w14:textId="77777777" w:rsidTr="00107F54">
         <w:trPr>
-          <w:trHeight w:val="680"/>
+          <w:trHeight w:val="675"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
+            <w:tcW w:w="1525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="DAE9F8"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F5FB3AE" w14:textId="77777777" w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w:rsidRDefault="00F47AFF" w:rsidP="00F47AFF">
+          <w:p w14:paraId="6A511BB3" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:bookmarkStart w:id="0" w:name="Details!A1:G148"/>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provider Name</w:t>
             </w:r>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="DAE9F8"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="157D153F" w14:textId="77777777" w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w:rsidRDefault="00F47AFF" w:rsidP="00F47AFF">
+          <w:p w14:paraId="44A081F0" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Race/Ethnicity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="nil"/>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="DAE9F8"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7AA4CF40" w14:textId="77777777" w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w:rsidRDefault="00F47AFF" w:rsidP="00F47AFF">
+          <w:p w14:paraId="5CA59AD8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Language(s) Spoken Other Than English</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="DAE9F8"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FAFC163" w14:textId="77777777" w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w:rsidRDefault="00F47AFF" w:rsidP="00F47AFF">
+          <w:p w14:paraId="58323552" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Telehealth Availability</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="nil"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="DAE9F8"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="349AC59D" w14:textId="77777777" w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w:rsidRDefault="00F47AFF" w:rsidP="00F47AFF">
+          <w:p w14:paraId="1934775D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Types of Support Provided</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="nil"/>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="DAE9F8"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="309BD8ED" w14:textId="77777777" w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w:rsidRDefault="00F47AFF" w:rsidP="00F47AFF">
+          <w:p w14:paraId="0CD3E5D5" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Regions in Massachusetts Willing to Travel To</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="DAE9F8"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65DDBB1C" w14:textId="77777777" w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w:rsidRDefault="00F47AFF" w:rsidP="00F47AFF">
+          <w:p w14:paraId="3824D4F3" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Contact Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="126658AB" w14:textId="77777777" w:rsidTr="00213C43">
-[...244 lines deleted...]
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="2F730C77" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="7C34A52F" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="240"/>
-          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E498F63" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Abrianna Canady</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="270EB0BE" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="799F3273" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B5F6647" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45E39F6A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48677575" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4411DC13" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>abriannarenea@ryzebirth.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="5258FC66" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB1E594" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ahnyia Sanders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65C108A6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Black (Jamaican)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3975B6C0" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Spanish</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73F0B38C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7424ECDB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pregnancy, Birth, Postpartum </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="479F7615" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Central</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B81EC74" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>754-250-9090</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="0082AC3A" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="766AA599" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
-          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3AD7C23A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Akua </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Adwapa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asenso</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0242F780" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>African</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E1DA777" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Twi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32AE6264" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67015EDB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pregnancy, Birth, Abortion, Pregnancy/infant loss </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3AA0F12B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Central</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="1AB72E94" w14:textId="77777777" w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w:rsidRDefault="00F47AFF" w:rsidP="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B50D0E4" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidRPr="00F47AFF">
+              <w:r w:rsidRPr="00BE18AA">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>adwapa@doudoukare.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="11F23C57" w14:textId="77777777" w:rsidTr="00213C43">
-[...519 lines deleted...]
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="53CB8556" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="71A51712" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="745FD890" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Aleksandra Ramsay</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C04016E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mixed race</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60B788D7" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C097C90" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12FCA610" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="017B7022" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7789844B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">617-459-1355 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">aleksandra.ramsay@gmail.com </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="57C5B06D" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65731395" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alero Emily </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Aikhuele</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AC339B0" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>African</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E88C064" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Itsekiri</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, Yoruba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F49CA04" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CD7E7E0" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71E74FD8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51EEF8A5" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>707-382-9899</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="4E95E369" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="560E214F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alexandra “Ali” Pinschmidt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7720BA20" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>White</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D914314" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08C72E03" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C3CD11A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pregnancy, Birth </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="242EAC23" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Western</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D8E7E74" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>alexandrapinschmidt@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="541286E6" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="2D456DA3" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6742009E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alexia LaRose</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A1EA68E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hispanic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34E88AC6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Spanish</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5820AB10" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="784F7C8B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pregnancy, Birth, Postpartum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C69EABE" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Central, Greater Boston, Metrowest, Northeast, Western</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="265F3372" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>508-454-1853</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>contact@allbirthcare.org</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="637A4E01" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="0C5EC0A2" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B8BDC28" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Allison Cuozzo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F89D17C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>White</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05364B8E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0EFD4155" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24C01CF1" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pregnancy, Birth, Postpartum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="792312D4" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Central, Greater Boston, Metrowest, Southeast, Western</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51964195" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>alliecuozzo@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="74F62135" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="004A14EC" w:rsidRPr="00BE18AA" w14:paraId="270DCA4B" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A10AF9D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Allison Rotenberg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D2DECAE" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45DDB676" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65ADB23E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="539BEB82" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FA6C527" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Western</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BE6245C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>bluemoondoulacare@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="0FC56E15" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Allison Rotenberg</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57167629" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amanda da Silva </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t>Not available</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13BFF7B6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cape Verdean</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="468EBB69" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cape Verdean Creole</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB8911F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Western</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FA43444" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59760505" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Southeast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...261 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FAB7573" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">508-858-4662 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>bloomingnatalcare@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="2E4941B5" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="07845B6B" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="241CE30A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ana Santos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="033EAE15" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hispanic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16A91EFE" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Spanish</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7116B510" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F2D1FE6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="512D8269" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Greater Boston, Northeast, Southeast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59F0D766" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">617-606-4794 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>anasantos.doula@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="40E5ECAA" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="436BEFB3" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB3D8E8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Angelica Gonzalez </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D952F99" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Black, Hispanic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F4FC90A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Spanish </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52E050E9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="028CD10A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pregnancy, Birth, Postpartum, Abortion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F3C30AA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Western</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7323E743" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">860-485-3219 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>loulasdoula@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="608BFE65" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="7D322188" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1ED77155" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Anita Barbosa Barros </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A239269" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>African</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51B49964" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Portuguese, Cape Verdean Creole, Spanish</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="186D639A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3792CF5B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pregnancy, Birth, Postpartum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1629A9AE" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Greater Boston</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="575F46F6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>774-218-1551</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>barrosanita1981@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="197D87F0" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="2904B6C3" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="073D5A44" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ann Whitman</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57BC9FEB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4FE391" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65DA32C6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7EDAD4EE" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C27AA18" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston, Metrowest, Northeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08B52979" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>978-325-6922</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>annk3838@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="4F20B024" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34E42C56" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anna Clarke</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30859C63" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>White</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10CD3DD6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Russian, some German</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC9F33D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A854359" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Postpartum </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4575A584" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Central, Metrowest</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D5BA047" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>617-921-5946</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="45B341E3" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="11C8B944" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...26 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34122195" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Ashley Robinson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="369F1610" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Black American</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="101E41DA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73D0FA18" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="331769E0" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pregnancy, Birth, Postpartum </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2445734B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Greater Boston, Northeast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1764D193" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">617-416-3979 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>ashley@doulasofthediaspora.org</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="5DB24C7B" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="1B4B7207" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C781668" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Awara Adeagbo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0600702C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Black/Cape Verdean</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59DBFA09" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cape Verdean Creole</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="671411FF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08033E9A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F85610C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3AE91806" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>awara@accompanydoulacare.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="00C6F7F3" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="386233D6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Becky  Fischer</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A6B628C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Caucasian</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74B06B79" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F180043" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46CED531" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07D5A440" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Southeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A0AF0DC" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>becky@earlycaredoula.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="24751024" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...28 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C22D873" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bonnie </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Rovics</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t>Cape Verdean Creole</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FD6B64F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">White/Caucasian </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B1C9D63" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53CEAAA4" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A7540F3" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Abortion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F498F48" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston, Metrowest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="040A914E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">617-522-3344 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">bostonhypnobirth@gmail.com </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="557E6376" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="705"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="39F8EE66" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Brandi Reed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DDE972C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">White/Caucasian </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F5A3DD6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44032630" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47DCEB8F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0145AAEA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest, Northeast, Southeast, Western</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68BA7DF1" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>618-610-4453</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>blossominglotusbirths@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="6C89970E" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CBA9429" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Brigid Owino</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CD2D11F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Black</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4EAD5F36" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>French</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C2A895C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36E47A18" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pregnancy, Birth, Postpartum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="762CC54E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Metrowest, Western</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E9A3254" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>413-466-9405</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>doula@pwellnesspartners.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="080CE3C5" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="720"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7574EC6B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Brittany Crawford</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="219EBA49" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="615D4E45" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53909F68" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E4039A9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30F10347" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest, Northeast, Southeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29179070" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>781-400-3421</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>yourfruitfullabor@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="5BE43486" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="718AB030" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Charisse Davis Diaz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70962768" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>African American</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B72B84B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B14E44D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B87034A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4595F2E4" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Western</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2493F9D5" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">413-432-1287 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>newbyrthdoula@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="13966903" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="705"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CBFD1D8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chelsea Da Paz </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45E22B27" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="109E4F49" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Brazilian Portuguese</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24546E60" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="561B1DF5" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69592BF9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Western</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1CF8E5D9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>203-499-8433</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>doulachelseacare@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="7483EFC9" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C474DE4" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cheyenne Bell</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2683E757" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Black, Haitian American</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D4EC155" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="415BB3B8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="760A6B83" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08CB8059" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest, Northeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02077E46" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>781-484-2048</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>cheyenne@havenplacedoulas.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="0B70D4D4" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0492E03F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Clara O'Rourke</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11B17C6C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60FF032A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Spanish</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32294A7C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="751B43EC" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32099C83" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35C61718" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>978-604-8304</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>info@clearlightbirth.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="69F1B014" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02A18C15" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Claudia Oliveira De Pavia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A87A48D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White Latino</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10C05B11" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Portuguese </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E725B3B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4422BCA3" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03ABA56A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF59212" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>978-235-8459</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>coliveiradepavia@worcester.edu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="3E919426" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77FCCCB3" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cristina Feliciano-Moreira </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3845DC46" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Latina </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B203CF9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED00A9A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E339063" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B36E2A8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston, Southeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43A225D1" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>617-390-4393</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>cristinadoulaservices@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="7F1906D3" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71ED4BBF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Crystal Blanchard</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="377FC557" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BC26443" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B8D2706" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="611ECBFF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7584E607" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Metrowest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06798612" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">978-514-4157 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>cablanchard10@yahoo.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="75C981CF" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E27C5E2" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Damia Finkley</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56DF6B68" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Black, Hispanic Latino</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54285BCF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B56E4AC" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F8F7779" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DE72064" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston, Southeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26D28874" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">617-956-2061 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">dfinkley@mskco.org </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="030C32B2" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E85E0D4" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Daniella Nowicki</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="010EFDF6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Caucasian </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37316AC9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DDA5F22" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D8096E9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="092A305B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest, Western</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="328DC004" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">508-718-8836  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">nurturenaturedoulaservices@gmail.com </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="452BFE05" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="060196F5" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Danielle Da Silva</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0608E2A4" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White and Hispanic/Latino</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DEB6970" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Portuguese</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B38BD4A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7AC29D64" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="171CF98B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Greater Boston</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...25 lines deleted...]
-              <w:t>awara@accompanydoulacare.com</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D9E18D8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>617-680-7324</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>dsdasilva@challiance.org</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="383F0669" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="084ED31D" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="720"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43BCE0B4" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Danielle Jones</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40053FE5" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Black</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2470FA40" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D3D3CB9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="514F4605" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="693E0C39" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest, Northeast, Southeast, Western</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C67E1D1" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">413-949-3244 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>dani@kheperaalyce.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="69EDBC85" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...30 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5305BE40" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Danielle N Champagnie</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...52 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E60785D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Black</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75F65CD3" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07541114" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Southeast</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F1FDAA6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4413D67D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...25 lines deleted...]
-              <w:t>becky@earlycaredoula.com</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48185E7D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>857-212-2781</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="1F4885B0" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="19F6CA3D" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="606635B9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Danielle Scott</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...52 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C27DA44" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Black</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2FED374C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A6F3B39" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Greater Boston, Metrowest</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="583FC0AA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20CF1420" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Western</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">bostonhypnobirth@gmail.com </w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4343C559" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doulacare@soothingembrace.net</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="3705CD06" w14:textId="77777777" w:rsidTr="00213C43">
-[...252 lines deleted...]
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="764495A5" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="6EA82590" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Brigid Owino</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BB95702" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Desiree Collado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="004BC132" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dominican/ Puerto Rican</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="753F49FE" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Spanish</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18068346" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE6C8CE" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CB25F67" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Northeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7202C0B7" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>978-764-3752</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>desiree@doulasofthediaspora.org</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="15F4FFD9" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="705"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43B5F388" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Destiny King-Bernier</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="364C89BD" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Afro-Caribbean/Black</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="314CEFA1" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...32 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F91B067" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Central, Metrowest, Western</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4329531B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23661E08" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest, Southeast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F9AEFFA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>857-395-6131</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>doula@pwellnesspartners.com</w:t>
+              <w:t>destiny@rootsandhoneylove.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="281C4A12" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="2FDE038D" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Charisse Davis Diaz</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7307D9E2" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dianna Hahn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...52 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F3E99D5" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White/Caucasian</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA0350D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70202829" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...54 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1CB1913A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="631D19F0" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston, Metrowest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E78EB0B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">603-724-4840 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>dianna.hahn@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="0F50492A" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="705"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="733B0A1E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Doreen A Reyes </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B000F32" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Black Hispanic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C53B308" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Jamaican Patois, some Spanish, some Cape Verdean Creole</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0207E06C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="033950A7" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48D7B9BD" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Western</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...35 lines deleted...]
-              <w:t>newbyrthdoula@gmail.com</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16FD5270" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">860-490-2719 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="56A0B9BD" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="13D83CC1" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="161385C2" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dynasty Harris</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05FF317B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Black</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A19F288" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="407A23BF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28BA3626" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0ABC0887" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Western</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A9FE9C6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>413-271-5323</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="5DAB31AB" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Cheyenne Bell</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="699F7A33" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Edwidge M Jean</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t>Not available</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="261FD850" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Black</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2EBA2A1D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Haitian Creole</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36EE6517" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Central, Greater Boston, Metrowest, Northeast</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72A8F2ED" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="567C6A8D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E10982F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>857-212-0401</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>cheyenne@havenplacedoulas.com</w:t>
+              <w:t>emj8383@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="43B497D3" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="76EC0995" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Clara O'Rourke</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B9D4ADC" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Elideusa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Almeida</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t>Spanish</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C4D9651" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>African-American</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Cape Verdean)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="378C6456" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cape Verdean Creole, Spanish, Portuguese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FF218F3" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25B3F6B9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Central, Greater Boston, Metrowest</w:t>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="040CE5E3" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston, Metrowest, Southeast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DDBDE4C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">617-963-4133 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>info@clearlightbirth.com</w:t>
+              <w:t>contact@doulasofthediaspora.org</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="4E9A150B" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="2C155EF2" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Claudia Oliveira De Pavia</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5838A29F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Emily Goodman-Simeone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t xml:space="preserve">Portuguese </w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FC39398" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D01DBEC" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B5EE54C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="728F520C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pregnancy, Birth, Postpartum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Central</w:t>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F4B9476" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston, Northeast, Southeast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="118B67AF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>617-455-7548</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>coliveiradepavia@worcester.edu</w:t>
+              <w:t>emily@thesweetcircle.co</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="0471B5E4" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="1AA9B201" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Cristina Feliciano-Moreira </w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AE8307F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Emma Braga</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t>Not available</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48995606" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D85EE82" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Spanish</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="561BD242" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Greater Boston, Southeast</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="045E1070" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27A93FBA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Metrowest, Northeast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22FE8E66" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>508-542-6763</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>cristinadoulaservices@gmail.com</w:t>
+              <w:t>emmabbraga@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="3C49B55B" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="7069F206" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Crystal Blanchard</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B1E86C2" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Emma Marella</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D24BBBB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>White</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6542ED7E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="539DDE94" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A70AB81" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Central, Metrowest</w:t>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F706899" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest, Northeast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1669B5A3" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>978-350-3536</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>cablanchard10@yahoo.com</w:t>
+              <w:t>nashobavalleyfamilies@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="19DC1A17" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="1BB3BCAB" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Damia Finkley</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B76B8C8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Enedina Walsh</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...52 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="049B9A04" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Latina</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60703842" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Spanish, Portuguese</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C2B2DA4" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
-[...95 lines deleted...]
-              <w:t>Greater Boston, Southeast</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F82DB79" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A2A8434" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston, Northeast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C1E9129" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">781-856-2321 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">dfinkley@mskco.org </w:t>
+              <w:t xml:space="preserve">enedinawalsh@gmail.com </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="5659BCE2" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="6D4F43F7" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Daniella Nowicki</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5959BFBD" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Erinn Bray</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...52 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="631DAAC5" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="042D441A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="579A4893" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54DF12E8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CE53084" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Southeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F82F073" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>508-789-9710</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>erinnbyyourside@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="4D97FD1C" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14EF52EB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Eugenia Juarez</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C4CC256" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Hispanic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67C82339" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Spanish</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03FC3493" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Central, Greater Boston, Metrowest, Western</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D79B055" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="406EB147" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">nurturenaturedoulaservices@gmail.com </w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7193C921" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>617-669-6408</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="3FD36DA0" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="6D01D61D" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Danielle Da Silva</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD5FA68" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Faith Rains</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...52 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DF43C73" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DBFEB5B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46B4EB42" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25B21DB7" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D2ACE0C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Western, Central</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E2F70A9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>bumptobabydoulacare@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="75BF437F" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A8004C0" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fernanda </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Snege</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de Carvalho</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C434173" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Brazilian</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B328A74" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Portuguese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CF66E64" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...54 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54F5BB88" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72283C00" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Greater Boston</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C92C5E9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>617-319-0373</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>dsdasilva@challiance.org</w:t>
+              <w:t>doulafernanda.boston@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="65B95138" w14:textId="77777777" w:rsidTr="00213C43">
-[...253 lines deleted...]
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="0969E257" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="46AE383D" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Danielle N Champagnie</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="458D66C2" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Florence J. Doe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CABF19F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Black</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B615619" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7030E827" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Greater Boston</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F470FAA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Birth, Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0430AB07" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Southeast, Metrowest</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...25 lines deleted...]
-              <w:t>857-212-2781</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A1DDCD8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>florencedoe43@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="3AAA9B48" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="51300854" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Desiree Collado</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24B059F9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Hannah DeMoss</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t>Spanish</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C7868D2" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">White  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5259FF14" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="619B8458" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Northeast</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26311B42" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44EF6D0C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3037366F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">515-408-6981 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>desiree@doulasofthediaspora.org</w:t>
+              <w:t>hedemoss@bu.edu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="700FCD52" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="1EE75529" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3ABC6DB6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Heather Larrabee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69C9A7DF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7839FE29" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63D8572A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D94D23A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5151F175" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Metrowest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FA8EF0B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>774-314-8790</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="351040BE" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Dianna Hahn</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BBAC968" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Iara Camilo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...52 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37CD6782" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White Latina</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E08C010" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Portuguese </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10BD1DDA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="422EE739" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C6943EF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D5FF395" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">978-795-7541 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>icamilo9@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="0D5FEB50" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B9099E8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ieshia Lee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="056D2DCE" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>African American</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4882E71E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60E934FA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...54 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6DA234CF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02D0C8D0" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston, Metrowest, Northeast, Southeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1EB47E59" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>857-424-6903</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="6F93ECCE" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33D3116A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Iman Murshid </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="434FCF92" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Black</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67DAF97D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Arabic, Somali</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56A22E5D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26D98C97" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02F3386D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47C87095" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>774-253-8916</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>imanthedoula@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A14EC" w:rsidRPr="00BE18AA" w14:paraId="674578E9" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="164"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18F0822A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Isylah Haynes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DBE4B50" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Black/African</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="685C35E5" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="348C795E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C18E990" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32C4E7B2" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Greater Boston, Metrowest</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...35 lines deleted...]
-              <w:t>dianna.hahn@gmail.com</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46F95BD9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>857-243-1630</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="31677AB4" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="711257A3" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Dynasty Harris</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F3C5DC1" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Jazmine Cotto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...52 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79E5B084" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Latinx</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB1BE72" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Spanish</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CE41D6A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06494B0C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44D0AF40" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Western</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14E00451" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>rootedwithjazmine@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="2ABE6156" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67B8FB9A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Jeannette Myrick</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E9938A8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="171F6C96" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B956B05" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E375EF5" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pregnancy, Birth, Postpartum </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Central, Western</w:t>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D42A310" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...25 lines deleted...]
-              <w:t>413-271-5323</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10767049" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>jeannette.myrick@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="0EA14873" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="6BDB87CE" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Edwidge M Jean</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64A8D849" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Jennifer Cabral</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t>Haitian Creole</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C7E63A1" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57C0DBAC" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1CB83A91" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Greater Boston</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62AB816C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="689107A4" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Southeast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1EDEFEA3" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>774-473-0867</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>emj8383@gmail.com</w:t>
+              <w:t>jennifer.cabral.lmhc@protonmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="39A9A383" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="25277353" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...38 lines deleted...]
-              <w:t xml:space="preserve"> Almeida</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF5ECCF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Jennifer Walts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...70 lines deleted...]
-              <w:t>Cape Verdean Creole, Spanish, Portuguese</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="788AAE84" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B55FEAD" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D183573" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Greater Boston, Metrowest, Southeast</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14C74755" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C085774" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Western</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="270FD33C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>774-232-7485</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>contact@doulasofthediaspora.org</w:t>
+              <w:t>windandwaterdoula@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="4FA4461D" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="1AFF8BC3" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="757FF869" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Jensine Casey</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4969DC5D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>African American</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D37BE50" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E8CFDCB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61F142F7" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FA2DEFC" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Metrowest, Northeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="265160E9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>jensine@babyoandiconsulting.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="66F59D20" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Emily Goodman-Simeone</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58A16565" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Jess Groneman</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42BBBE51" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>White</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Not available</w:t>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3780EF1C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A little Spanish</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6861DC29" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Greater Boston, Northeast, Southeast</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D480CAE" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="201B2563" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Western</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...35 lines deleted...]
-              <w:t>emily@thesweetcircle.co</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C7606F4" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>413-362-9177 tendercouragewellness@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="5FED228E" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="72AF6672" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Emma Braga</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7799B056" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Jesse Liotta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E0EB9AB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>White</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Spanish</w:t>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75F5BAA5" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F0650DD" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Metrowest, Northeast</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6059111D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53F275DA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Southeast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17A010C0" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>203-803-9173</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>emmabbraga@gmail.com</w:t>
+              <w:t>birthwithjesse@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="5B8F5C0B" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="0CC0D70F" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Emma Marella</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DFA154E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Jesse Muzzy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...52 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E102EC6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White/Cuban</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DDF28D0" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="152D86F6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Central, Greater Boston, Metrowest, Northeast</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E9F4537" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum, Abortion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F2F0B27" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Western</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...4463 lines deleted...]
-          <w:p w14:paraId="79EC63FC" w14:textId="77777777" w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w:rsidRDefault="00F47AFF" w:rsidP="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1ACB852D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r w:rsidRPr="00F47AFF">
+              <w:r w:rsidRPr="00BE18AA">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>jesse@freebodyfertility.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="0A7BE725" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="1F3E5F47" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D070768" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Jessica Delgado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71B3FA05" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Puerto Rican/Hispanic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="208B7878" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Some Spanish </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="219967BE" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="152D96D4" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10FFFC57" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Central, Greater Boston, Metrowest, Southeast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4780475C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">617-894-4545 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>jessmdelgado@yahoo.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="3D7C1E85" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="2B0E1CFF" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36D9EBE1" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Jessica Petrus Aird</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="613ADC58" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>White</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A24125B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44E10699" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07C6F7BF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pregnancy, Postpartum </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="771B1DE5" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Greater Boston, Metrowest, Southeast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6656CD47" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>734-624-2993</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>jessmdelgado@yahoo.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="7866682A" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="3C95FC94" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="577B344F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Jessica Rojas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C929417" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E480495" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Spanish </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BE493E1" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B0A1115" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pregnancy, Birth, Postpartum </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C3E0D4D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Greater Boston, Metrowest, Northeast, Southeast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1390FF11" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>781-974-6135</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="59103F78" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="7F6A7C3C" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61078597" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Jocelyn Albertson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="789CEB29" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Caucasian</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36F68705" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AA69FDD" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="554F9AFB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69F963C7" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Southeast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F75A5E8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>jocelyn@newworlddoula.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="29EE8DA4" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="76521A0B" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="332D0A86" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Juanita Gran</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61F992EA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>White</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E860BDA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Some Spanish </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="378172CD" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C1DFCAF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Pregnancy/infant loss </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2573BA17" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Western</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63B6C936" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>413-221-7543 helpfulhandsdoulaservice@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="1CDA60C8" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="7A3C585F" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46BE1ABF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Karen Culkeen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0614E9E2" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>White/Caucasian</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B5D2411" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F3D9D61" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29CB8029" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F006A59" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Central</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DFCE725" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>978-273-1429</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>karen.culkeen@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="389DBD6C" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="587EB716" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78171DDC" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Karen Dennis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29E169C0" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>White</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47A2A2B9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="454960FC" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B1A6BDB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Postpartum </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Central, Greater Boston, Metrowest</w:t>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2FA86EE6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Metrowest</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BB34C30" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">508-881-2200  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>info@mhdoulas.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="16995247" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="5E35A143" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1042A555" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Karen Zelinsky</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67CD554A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>White</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B4DE68D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="069293EE" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4041C9BB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pregnancy, Birth, Postpartum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36E4F495" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Central, Greater Boston, Metrowest</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0887D651" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>508-308-6725</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="41730F00" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="54952E15" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A787E40" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>Kayla Chatterton</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B904135" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>White</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38224D92" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1706A02D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="743B926C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C6D1C4B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Western</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70E321D0" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>413-693-3703</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>wombanswellness@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="42557901" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="4B1262FF" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...26 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A15CFD7" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Kerri Babish</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31D360BE" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>White</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="153339C2" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="693B8E0F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC5B356" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pregnancy, Birth, Postpartum </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="377DB492" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Greater Boston, Metrowest, Northeast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C852612" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>617-669-6161</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>kerri.babish@gmail</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="2C486436" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="5370C7C4" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B6C9E31" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Khady Mascarenhas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30FD7134" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Black/Cape Verdean</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05ECA299" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cape Verdean Creole, Portuguese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62267EBA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79D899C8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pregnancy, Birth, Postpartum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0590834C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Greater Boston, Southeast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1409B4FB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>khady.mascarenhas@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="4596F9D8" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="6DD28C74" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28AC8817" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kiara Grinkley</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DEDA4AE" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Puerto Rican and Dominican </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20D3AE9C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Spanish </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73DE52D6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="331CD67A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="745CCE2C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Greater Boston, Metrowest</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="275E759B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">617-461-0752 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>thedoulakiaraluna@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="232847D4" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="0D9CE0F5" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4163337B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Krystal Figueroa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15BABA8C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Latina</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37933D90" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Spanish</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26AD99B3" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CEE4071" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B2B15C8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Greater Boston</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0EEF4E56" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>508-639-0035</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>ritesofpassagedoula111@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="5E91E719" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="1289458E" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="566ED4D2" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Laconia Fennell</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74E75081" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Black/African American</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69086B5B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="030B8410" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BD612E8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Birth, Pregnancy, Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0EA037DC" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Western</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="338BBAC7" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">413-285-3145 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>springfieldfamilydoulas@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="0D1F0647" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Laconia Fennell</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="373E0339" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>LaTwanya</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Blissett</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...52 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="610E62BE" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>African American</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FEF0656" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FD2FFFD" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Western</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CB3525F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="766BC898" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest, Northeast, Southeast, Western</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FFB775E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">360-328-3695 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>springfieldfamilydoulas@gmail.com</w:t>
+              <w:t>justbeinglala@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="04DF228B" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="3D0E4FEA" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A407CF3" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Laura Pichardo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17066819" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dominican</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BD43742" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spanish </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4758D750" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3648E71D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25D70F37" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston, Northeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="466F75FD" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>worldborndoula@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="32DD80CB" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="691C9826" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Leidiane</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Batista Barbosa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0905E956" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Brasileira</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42D54190" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Spanish, Portuguese</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A41096F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C138BD0" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14E79603" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest, Western</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1372B6DA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>978-876-2089</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="3448AB7A" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="420"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76A2BD0A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Leila Benedict Mathieu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C3B2BE8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Black/Haitian</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6510461C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Haitian Creole, French</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C5E906A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12D71019" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F913D89" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston, Central, Metrowest, Northeast, Southeast, Western</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61F2A249" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>508-484-3475</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>info4wdb@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="6CDD0913" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="420"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62E742CE" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Leimary Lopez</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CFAD0B8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Hispanic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D2614AA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Spanish</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58F36DDC" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0DCA824B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF523E8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Southeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="536F38A6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>774-510-9886</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="75D78AF5" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="420"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76B216C2" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Leticia Do Amaral</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2920103B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Latino/White</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E1B75BC" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Portuguese</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E808005" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72BC07AB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="327F32BE" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Metrowest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54CA742B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>954-594-7637</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="42DB9D98" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="420"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68FAC413" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lidiana Mendes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7740FC78" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cape Verdean</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13227332" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cape Verdean Creole, Portuguese, and Spanish</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA9F259" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31C3081D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="221B1AD3" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston, Metrowest, Southeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04E0E5C6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>617-901-1377</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="10649528" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="420"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E39A0B0" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lillian Roberts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03D6834A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57777164" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ASL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C45FC6C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43F16EB6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20310DCB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Metrowest, Western</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14EAD7C6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>lillian@wovenfamilywellness.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="234AE55C" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="420"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DBAEB48" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lorrie Murenzi </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06E11B80" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Black</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04E8B82C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6EEE2C13" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="421DC8AB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA81407" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Western</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A150418" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>443-850-8581</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>yogawithlorrie@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="45970F98" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B4DCFB2" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Luz Lopez</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="432587E7" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Hispanic/Latina</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11DB7127" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Spanish</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A909C8B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08D23CE4" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0476B9BE" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston, Metrowest, Northeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59C0695E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>617-669-3967</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>luzlopez126@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="43E51E4C" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3E08E5" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lyndsey D Sylvain</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19E80865" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Black/Haitian</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7596BDF0" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Haitian Creole</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3301A9AF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61D75E09" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E3F79B4" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="042CC097" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>lsylvain7@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="6F1A68BB" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47C8215A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Madeline Lam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63B44812" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Asian</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="163DB43B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Chinese (Cantonese), Spanish</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5837FF2B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7744F640" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA7E917" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston, Northeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63A5EA4D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">781-475-4105 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>madelinexlam@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="5A180E81" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6330C930" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Madison Regan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61A32EFF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White / Hispanic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C4ED071" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Spanish</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="069F56CC" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29D1781F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63FA16F3" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston, Metrowest, Northeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C4F5261" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>339-883-7719</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>madison@flourishcommunitycare.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="412DC07D" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...38 lines deleted...]
-              <w:t xml:space="preserve"> Blissett</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67F15EB3" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Magda Desouza</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t>Not available</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31CAF230" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Multiracial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51B9EA43" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Spanish, Portuguese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="645CE979" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...54 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B75BEB1" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F21702E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Central, Greater Boston, Metrowest, Northeast, Southeast, Western</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50D9736B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">508-215-8786 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>justbeinglala@gmail.com</w:t>
+              <w:t>magsouza8@hotmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="3286F89E" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="6B8AF26C" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="133E557A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Margaret Walker</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5961E988" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C48F9CC" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Spanish</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36A3D676" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46672E0E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F5EA9F8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6DAB9BF5" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>612-916-2054</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="177AD65C" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Laura Pichardo</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C831324" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Margaux Frank</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t xml:space="preserve">Spanish </w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B823A4C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E0356DE" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Spanish, Portuguese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="512853A5" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Greater Boston, Northeast</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="131DC858" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="789BA4EB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Western</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...25 lines deleted...]
-              <w:t>worldborndoula@gmail.com</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0612BA1E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>413-636-0025</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>misflotus@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="4D403529" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="046B9427" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...38 lines deleted...]
-              <w:t xml:space="preserve"> Batista Barbosa</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E7E4982" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Maria Thibodeau</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t>Spanish, Portuguese</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD6E202" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27A94224" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...93 lines deleted...]
-              <w:t>Central, Greater Boston, Metrowest, Western</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="235B29A2" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B58FB6C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FB25AB1" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Southeast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...25 lines deleted...]
-              <w:t>978-876-2089</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="184E06E7" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>505-500-0350</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>mariathibodeau@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="12889512" w14:textId="77777777" w:rsidTr="00213C43">
-[...1245 lines deleted...]
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="3C58DD0F" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="3F4BCF10" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Luz Lopez</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E1F538B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Marina Giuliani Rodrigues Massa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t>Spanish</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02D4B7E4" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="359F68BD" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Portuguese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F81FC5F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Greater Boston, Metrowest, Northeast</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78BB8D98" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E33EC31" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38F8E3E6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>617-938-9460</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>luzlopez126@gmail.com</w:t>
+              <w:t>doulamarinag@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="3D605CB5" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="004A14EC" w:rsidRPr="00BE18AA" w14:paraId="0C31E7F4" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="236"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A5370DA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Marisa Gaudet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E1D4571" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53FDEF9E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FDE6BFF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22E1E92F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FBB77DB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65F1E6D8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>mothernurture.postpartumcare@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="66DDB525" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="435"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="719C3C4D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Marissa Currie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11C24CD0" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66097E55" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15407A9E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65ACBCEA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2ED83BB8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Southeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3877CC19" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>774-327-8451</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>elementalbirths@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="73435E3D" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Madeline Lam</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="627B3304" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Martha Heller-Winokur</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t>Chinese (Cantonese), Spanish</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B6113D8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="464314D1" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16827D7B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Greater Boston, Northeast</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27148C36" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum, Pregnancy/infant loss</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A53B3C1" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston, Metrowest</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5823DF89" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">617-285-8071 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>madelinexlam@gmail.com</w:t>
+              <w:t>mhellerinokur@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="38D4A07F" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="53352098" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A833155" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mary Alicia Sena</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16088EBB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cape Verdean</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6158515B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1435FD75" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76492C78" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="703BF5EC" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4756422A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>alicia27sena@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="52A35F1A" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Madison Regan</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3830512B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mary Cadahia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t>Spanish</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30A6B251" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White/Caucasian</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0613A326" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A66947D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C5B5548" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26E364C7" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest, Western</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C9DF3EA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>978-696-1880</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>thrivebirthandbreast@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="7A6B10B5" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60845577" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Melody Cunningham</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FCF9B15" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>African American</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A7D6133" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>West African Pidgin, Jamaican Patois</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6706C2EF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="097129C3" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="555BD6A2" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston, Southeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F45F8EA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>617-955-5083</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="4D50E8F4" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="720"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="786CD893" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Merline Sylvain-Williams</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02BD841B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Black/Haitian</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B81A74C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Haitian Creole</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77FBDDE2" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="147C1EB1" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78B21BE1" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest, Northeast, Southeast, Western</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63E46DB0" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>nurturingbabyhoodandbeyond@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="4B4FEFBC" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="720"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3405C7AF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Monique Bull</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CCA65C1" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Black/African American </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BAE8D81" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52777962" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C78978B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="495A7B66" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest, Northeast, Southeast, Western</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F3CD1F8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">508-410-9177 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>mbull713@yahoo.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="6CE395F7" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54ACD490" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Myriam Lukoff</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05638D48" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="572FA506" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>French</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59DAB4EA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="365B57C4" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6942BD1D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="405DE33E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">774-701-0108 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>doulaatheart.ds@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="0D507D95" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="720"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71FD19C4" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Myrlande Thomas-Lormil</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15D269EB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Haitian American </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44361DA2" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Haitian Creole, some Spanish</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B1BB1B5" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="207D4F23" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Pregnancy/infant loss </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0251B83A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest, Northeast, Southeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="141539A0" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>508-454-1853</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>contact@allbirthcare.org</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="54C43DE3" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63EE6810" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Nancy Jean Baptiste</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C1B0AB9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44773E0A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Haitian Creole</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D93CF83" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A8CB22E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="229C3D2B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5EE365C6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>857-389-6827</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>navigatorformamas@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="29E41F01" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="078708F5" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Natasha Barros</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="626F4A29" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Black, African, Cape Verdean</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="627CF8B5" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F5E3495" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C142980" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C88C03B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston, Southeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25438222" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>617-307-8079</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>natashabarrosdoula@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="57FEEAD2" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="495"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F863C3C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Odessa Bates</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC19F97" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E143CDE" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="497008C2" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A0CDAD5" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A340DDA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Western</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A0409F6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">413-642-1165 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">odessa.bates@yahoo.com </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="6F70D8A8" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="555"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69836CED" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Olga Nikitina</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71F6BCDA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21B7E198" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Russian</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26565B5D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59FBBBC7" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="295F9597" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston, Metrowest, Southeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52FA8298" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>774-208-6294</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>leanondoula@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="209CF7A3" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="555"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5734A442" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Oluwakemi Okufuwa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="198E624D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Black/African American </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="065DF426" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yoruba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D6C16EA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16B8094B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D494682" w14:textId="2ACAA7E4" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central</w:t>
+            </w:r>
+            <w:r w:rsidR="00277E63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston</w:t>
+            </w:r>
+            <w:r w:rsidR="00277E63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Metrowest</w:t>
+            </w:r>
+            <w:r w:rsidR="00277E63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Northeast</w:t>
+            </w:r>
+            <w:r w:rsidR="00277E63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Southeast</w:t>
+            </w:r>
+            <w:r w:rsidR="00277E63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Western</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F22AEE8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>802-310-8223</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>kokufuwa@gmail.com</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>kf@laboroflovedoulacare.org</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="2A7E7D04" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="555"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40D4FDB5" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Orrine</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Loiseau</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4615EC42" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>African American</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52158235" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Haitian Creole</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E310A1E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A5DD2B9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C69FB64" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Metrowest, Northeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68DE12A7" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>978-235-0895</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>aorine@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="222A4FD2" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="555"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="518ECEF4" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pamela Bronder-Giroux</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA651EF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DA24238" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>French, some Spanish</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54D35D0C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4BA57531" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="258DBEDB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Greater Boston, Metrowest, Northeast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49DF9A2B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(617) 771-8552</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A14EC" w:rsidRPr="00BE18AA" w14:paraId="0764E81B" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="218"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C44E9DB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Paula Flaherty Bolotin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0ACC43BD" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="594F6095" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55391370" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09AB8B54" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="150CCE9D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Metrowest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="275F203F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hello@paulaflahertybolotin.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="083F24AB" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="452917C5" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Paulette Butler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5481B0BD" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E662A24" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="006B54A4" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="309AB57A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A30CF01" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Metrowest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D823BDA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>401-441-9880</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>madison@flourishcommunitycare.com</w:t>
+              <w:t xml:space="preserve"> paulette618@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="4D551D34" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="7DF9EEAF" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="720"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="796E5B01" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Poema Dauti </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19A63FFC" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">White From Eastern Europe/Balkans area  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19F15B86" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Albanian </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B50E743" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49C4EF66" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2320F1C6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest, Northeast, Southeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41E80AFA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">781-276-2362 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>poema.d3@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="18FB687D" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7846B5EB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Polina Whitfield</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4BBDEC6F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50244619" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Bulgarian, Russian</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA21CE1" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="583A9783" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD36A22" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Southeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B9B899E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>508-627-1676</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>doulapolina@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="08D9F5C1" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FE44113" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Porshai Peters</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72A1628C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Black, Hispanic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="344E7D63" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="422D016D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="539C90DB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Postpartum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="386E0EBB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7137E85C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>617-794-9994</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>deepwaterlatch@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="51070412" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t>Margaret Walker</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CB5A8FC" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Rachel Hess</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5020840B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>White</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t>Spanish</w:t>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A767231" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D076D41" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...56 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20F7644E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DCFCA65" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Greater Boston</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...26 lines deleted...]
-              <w:t>612-916-2054</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3794582A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>rachelhessdoula@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="258E6536" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="3F8E58AC" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Margaux Frank</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="153404F4" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Rachel Zuese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t>Spanish, Portuguese</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07AEB306" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5416B15D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="059F21DE" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Western</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44E2F666" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52137C19" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Metrowest, Western</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="508CAB24" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">857-972-3471 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>misflotus@gmail.com</w:t>
+              <w:t>rzuese@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="49C9D45C" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="78212750" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Maria Thibodeau</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52EC9B18" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Randi Spiller</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A06D50A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>White</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5327BAFF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...93 lines deleted...]
-              <w:t>Southeast</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="363DA4B9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75E5301C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74739961" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Metrowest</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11D01E25" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>508-789-9563</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>mariathibodeau@gmail.com</w:t>
+              <w:t>hearthanddoula@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="55B26882" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="41CECE42" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Marina Giuliani Rodrigues Massa</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AEE18E8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Reneica Smith</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B3E450A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Black</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6EEB526B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...32 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54C5BF24" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Greater Boston</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4142B40D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum Pregnancy/infant loss</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="370226BF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="689546ED" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>617-960-7319</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="3D79BA3E" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="720"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35CBA3DA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Renica Anglade</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6059AEEC" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Black/African American </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B986D92" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Spanish, Haitian Creole, Portuguese</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51B07213" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79151C70" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="39F0F737" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest, Northeast, Southeast, Western</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C48BCA3" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>508-454-1853</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>doulamarinag@gmail.com</w:t>
+              <w:t>renica@allbirthcare.org</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="1F846A7F" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="4F8978D3" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
-          <w:trHeight w:val="733"/>
+          <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t>Marisa Gaudet</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01EAAE46" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Rophe Mason</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="232C6D6D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>White</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A6EB8B3" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04B0B486" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Central</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A0A3826" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4518B783" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston, Southeast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...25 lines deleted...]
-              <w:t>mothernurture.postpartumcare@gmail.com</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6044EEC9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hello@edenbirthservices.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="79150023" w14:textId="77777777" w:rsidTr="00213C43">
-[...252 lines deleted...]
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="432B1EC1" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="3FC27FF8" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Martha Heller-Winokur</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67ED0E64" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Rosa Martínez</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t>Not available</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C4E0712" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Hispanic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2871F0DE" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Spanish</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36323862" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Greater Boston, Metrowest</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA9E93C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74657045" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Western</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...35 lines deleted...]
-              <w:t>mhellerinokur@gmail.com</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72910039" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>617-970-8787</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="32B28DA7" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="14AE5767" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Mary Alicia Sena</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23B43146" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Rose Hatem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...52 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52D31EA6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="084BA671" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="593CF240" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="122659BE" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="644D955A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Western</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F679AE7" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>rose.h.doula@protonmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="1124C235" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="1200"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F5BC8D4" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Sarah Serrano</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F3478FA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Black/African American, Caribbean, Native American/Indigenous </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B121AB7" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="209796C1" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...54 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="727F2D65" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Postpartum, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13FD803E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Greater Boston</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...25 lines deleted...]
-              <w:t>alicia27sena@gmail.com</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F2D8A6F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>sserrano@bibiandni.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="45FED312" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="74AB71AA" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Mary Cadahia</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A3B24B9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Saskya Jean Charles</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t>Not available</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59FCB342" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Black/African American </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E75D3F3" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Haitian Creole, French</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1950FD7A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Central, Greater Boston, Metrowest, Western</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5318EFE2" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Birth, Postpartum, Abortion, Pregnancy/infant loss</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7EB7A4A3" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...35 lines deleted...]
-              <w:t>thrivebirthandbreast@gmail.com</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="663404DD" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>774-297-7657</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="19A91E7C" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="3B75747F" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Melody Cunningham</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70348FB9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Shamara Innocent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t>West African Pidgin, Jamaican Patois</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B7AADE9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Black, Haitian American</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C6E874F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Haitian Creole</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57499600" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Greater Boston, Southeast</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D0C4F99" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C567301" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest, Southeast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...25 lines deleted...]
-              <w:t>617-955-5083</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B86BFB6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>617-956-2035</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>innergrybirthservices@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="3F42D7A7" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="4D94999A" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Merline Sylvain-Williams</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2402FBA3" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Shantel Collins</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t>Haitian Creole</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="217C6B57" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Black/African American </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D2EBB40" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44D26D80" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Central, Greater Boston, Metrowest, Northeast, Southeast, Western</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57BFACE0" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F58045C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest, Northeast, Western</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...6827 lines deleted...]
-          <w:p w14:paraId="2EC95271" w14:textId="77777777" w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w:rsidRDefault="00F47AFF" w:rsidP="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1EAC2859" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:dir w:val="ltr">
-              <w:r w:rsidRPr="00F47AFF">
+              <w:r w:rsidRPr="00BE18AA">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve">774-701-0237 </w:t>
               </w:r>
-              <w:r w:rsidRPr="00F47AFF">
+              <w:r w:rsidRPr="00BE18AA">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:br/>
                 <w:t>shantel@downtowndoulama.com</w:t>
               </w:r>
             </w:dir>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="31CD8540" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="17C24E5E" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="720"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58D5766C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Shayla Straughter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="102CE009" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Black or African American, Non-Hispanic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="249B61BC" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78012011" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E3823E9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC685AD" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D030422" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>617-383-1419</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>straughter86@icloud.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="1829ED89" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Shayla Straughter</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1445209A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Shu Wu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t>Not available</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B006D1E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Asian Chinese</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A66E214" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mandarin, Cantonese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77FBEC5C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16A7701F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pregnancy, Birth, Postpartum </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Greater Boston</w:t>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="308521EA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston, Metrowest, Northeast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E72E0E0" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">857-222-0503 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>straughter86@icloud.com</w:t>
+              <w:t>shuzhenwu5@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="6AB52E97" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="142BC659" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Shu Wu</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B8A5380" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Smitha Gudapakkam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t>Mandarin, Cantonese</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24B207DB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Asian</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CE4126E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Hindi, Telugu, Tamil</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34A3F6CE" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Greater Boston, Metrowest, Northeast</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11400572" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Postpartum, Abortion, Pregnancy/infant loss</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="601D9A43" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest, Western</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB3F0DA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>315-395-3628</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>shuzhenwu5@gmail.com</w:t>
+              <w:t>smitha@yoursakhee.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="0B5E5653" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="07D432DE" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Smitha Gudapakkam</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E64EE11" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Stephanie Crawford</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t xml:space="preserve"> Hindi, Telugu, Tamil</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="310DE2AF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Black/African American </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CBE2B9D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="269C1049" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Central, Greater Boston, Metrowest, Western</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C2989E0" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="709B298B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B95AB2A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>617-407-5347</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>smitha@yoursakhee.com</w:t>
+              <w:t>msstephknowsbest@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="3B287386" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="0C9F948F" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Stephanie Crawford</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72B0227F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Tanita Council</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...52 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2856A6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Black/Afro-American</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28910987" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F27571C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Greater Boston</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0345A990" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2286AB5E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Western</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2368F584" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>413-285-3145</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>msstephknowsbest@gmail.com</w:t>
+              <w:t>tanitacouncil@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="0A9E3EC3" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="286BE082" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Tanita Council</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6112EFFD" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Tatikqua</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Austin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...52 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E8DA609" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>African American</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B277B0B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04A80B53" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Western</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DC716B7" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19BF40BA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...35 lines deleted...]
-              <w:t>tanitacouncil@gmail.com</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5922D5AB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>351-204-3097</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="6ACF9930" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="4EFF762D" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...38 lines deleted...]
-              <w:t xml:space="preserve"> Austin</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D909778" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Taylor Rich</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...52 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F0FB1EF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>White</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5829E169" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59B94CD7" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34C5A9D3" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Greater Boston</w:t>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E10D5B4" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Metrowest</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...25 lines deleted...]
-              <w:t>351-204-3097</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06E309E6" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">617-839-8784 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>gentlegingerdoula@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="21BD79CF" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="504A82F1" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="720"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="396569F9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Tia Middleton</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="029F5632" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35BA5C62" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4976F97D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="744E11BD" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="720B7DFD" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest, Northeast, Western</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DED3657" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">603-785-8131 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>tiamiddleton.doula@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="000530F3" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Taylor Rich</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="558E4180" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Valerie Lamour</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t>Not available</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D739F32" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Haitian American </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67AF16E1" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>French, Haitian Creole</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="430DAE26" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Central, Metrowest</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7EDEBDAB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Birth, Postpartum </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="421F4F78" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston, Southeast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46387C4B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">508-577-2233 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>gentlegingerdoula@gmail.com</w:t>
+              <w:t>vdlamour@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="341C5629" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="7A5D5211" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62339CBD" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Vanessa Clerveaux</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7110DCEB" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Haitian American </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2EF81E68" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Haitian Creole</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB33925" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19A43794" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum Pregnancy/infant loss</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4BF4FB69" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston, Metrowest, Northeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="105DD266" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>617-804-5455</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>vanessa@doulasofthediaspora.org</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="3B611CF9" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69224D29" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Vanessa Gomes Prohodski</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63F708D1" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Brazilian</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="171A1B7C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Portuguese</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F9D2A8E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B766081" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7761034F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Metrowest, Southeast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FC8F4B8" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">508-682-1007 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="45842154" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Tia Middleton</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17A1460A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Visolela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> James (Layla)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t>Not available</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2108AF59" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">African American, American Indian, Italian  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="653BA845" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Level 1 Sign language</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CB34F16" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45EDC7AC" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Central, Greater Boston, Metrowest, Northeast, Western</w:t>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E11F2AA" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest, Northeast, Southeast, Western</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...25 lines deleted...]
-              <w:t>603-785-8131 tiamiddleton.doula@gmail.com</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21975427" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">857-880-0039 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>visolelajames@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="26A18571" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="4353C5C2" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Valerie Lamour</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78FF6017" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Wylder Ayres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t>French, Haitian Creole</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7816449E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="095361C1" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5ED9E26F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Greater Boston, Southeast</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67D09470" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47DB7DE7" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central, Greater Boston, Metrowest, Western</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A79F25D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>413-992-7936</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>vdlamour@gmail.com</w:t>
+              <w:t>wylderayres@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="48E32E07" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="08153A1C" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FD6737F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yasmin Matos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6119CF0A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Puerto Rican</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36288EDF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Spanish</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CFDCB7D" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F746961" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FFB8873" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FAE984B" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>774-420-1381</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="0136B9DF" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t>Vanessa Clerveaux</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3162F4E0" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yoandig Del Rio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t>Haitian Creole</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C5911C3" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Puerto Rican</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="400B3E41" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Spanish</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A602A58" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Greater Boston, Metrowest, Northeast</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26452692" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45E57625" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston, Metrowest, Southeast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF251BF" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>774-400-0859</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>vanessa@doulasofthediaspora.org</w:t>
+              <w:t>doulayoandy@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="24D1DCFC" w14:textId="77777777" w:rsidTr="00213C43">
-[...242 lines deleted...]
-      <w:tr w:rsidR="00F47AFF" w:rsidRPr="00F47AFF" w14:paraId="72EF809C" w14:textId="77777777" w:rsidTr="00213C43">
+      <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="2329C90B" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
-[...38 lines deleted...]
-              <w:t xml:space="preserve"> James (Layla)</w:t>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B855D4E" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Zuwena Ham</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...59 lines deleted...]
-              <w:t>Level 1 Sign language</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36594324" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19719E33" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36CECBB7" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="366A065F" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2245" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t>Central, Greater Boston, Metrowest, Northeast, Southeast, Western</w:t>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C832AA7" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...777 lines deleted...]
-            <w:r w:rsidRPr="00F47AFF">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F080EB9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">617-963-4133 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47AFF">
+            <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>contact@doulasofthediaspora.org</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1DEF94D9" w14:textId="3CAE4085" w:rsidR="1A15A9BC" w:rsidRPr="002D49A6" w:rsidRDefault="1A15A9BC" w:rsidP="1A15A9BC">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="1A15A9BC" w:rsidRPr="002D49A6" w:rsidSect="002C0C02">
+    <w:p w14:paraId="1DEF94D9" w14:textId="3CAE4085" w:rsidR="1A15A9BC" w:rsidRPr="00D06FE6" w:rsidRDefault="1A15A9BC" w:rsidP="00D06FE6"/>
+    <w:sectPr w:rsidR="1A15A9BC" w:rsidRPr="00D06FE6" w:rsidSect="002C0C02">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78F91744" w14:textId="77777777" w:rsidR="00E73A79" w:rsidRDefault="00E73A79">
+    <w:p w14:paraId="16BFFFD7" w14:textId="77777777" w:rsidR="009E450A" w:rsidRDefault="009E450A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6EE54E0B" w14:textId="77777777" w:rsidR="00E73A79" w:rsidRDefault="00E73A79">
+    <w:p w14:paraId="04F67DAC" w14:textId="77777777" w:rsidR="009E450A" w:rsidRDefault="009E450A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="270A8BF9" w14:textId="77777777" w:rsidR="00E73A79" w:rsidRDefault="00E73A79">
+    <w:p w14:paraId="50B66BC1" w14:textId="77777777" w:rsidR="009E450A" w:rsidRDefault="009E450A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Narrow">
@@ -34502,71 +37524,71 @@
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="3340710F" w14:textId="61863EF2" w:rsidR="2B91A193" w:rsidRDefault="2B91A193" w:rsidP="2B91A193">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05B1BC2F" w14:textId="77777777" w:rsidR="00E73A79" w:rsidRDefault="00E73A79">
+    <w:p w14:paraId="43F9EE67" w14:textId="77777777" w:rsidR="009E450A" w:rsidRDefault="009E450A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52AFA258" w14:textId="77777777" w:rsidR="00E73A79" w:rsidRDefault="00E73A79">
+    <w:p w14:paraId="1DE5AFFC" w14:textId="77777777" w:rsidR="009E450A" w:rsidRDefault="009E450A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="46630344" w14:textId="77777777" w:rsidR="00E73A79" w:rsidRDefault="00E73A79">
+    <w:p w14:paraId="1B22857A" w14:textId="77777777" w:rsidR="009E450A" w:rsidRDefault="009E450A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5085"/>
       <w:gridCol w:w="5085"/>
       <w:gridCol w:w="5085"/>
     </w:tblGrid>
     <w:tr w:rsidR="2B91A193" w14:paraId="4B6DEABA" w14:textId="77777777" w:rsidTr="2B91A193">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
@@ -34595,102 +37617,92 @@
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>MassHealth Doula Provider Information Sheet</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5085" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="3C186AFE" w14:textId="186CAFF9" w:rsidR="2B91A193" w:rsidRDefault="2B91A193" w:rsidP="2B91A193">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5085" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="73F5193F" w14:textId="7D18D261" w:rsidR="2B91A193" w:rsidRPr="001E5FF0" w:rsidRDefault="00213C43" w:rsidP="002C0C02">
+        <w:p w14:paraId="73F5193F" w14:textId="7353845D" w:rsidR="2B91A193" w:rsidRPr="001E5FF0" w:rsidRDefault="00213C43" w:rsidP="002C0C02">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve">                                  </w:t>
           </w:r>
           <w:r w:rsidR="2B91A193" w:rsidRPr="001E5FF0">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t xml:space="preserve">Last updated </w:t>
+            <w:t>Last updated</w:t>
           </w:r>
-          <w:r w:rsidR="004D4C21">
+          <w:r w:rsidR="00E41876">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t xml:space="preserve">October </w:t>
-[...9 lines deleted...]
-            <w:t>16</w:t>
+            <w:t xml:space="preserve"> December 16</w:t>
           </w:r>
           <w:r w:rsidR="2B91A193" w:rsidRPr="001E5FF0">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>, 202</w:t>
           </w:r>
           <w:r w:rsidR="00E416C0">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>5</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
@@ -34739,147 +37751,155 @@
     <w:rsid w:val="00004FE7"/>
     <w:rsid w:val="000071AC"/>
     <w:rsid w:val="00007E22"/>
     <w:rsid w:val="000129DF"/>
     <w:rsid w:val="000176BE"/>
     <w:rsid w:val="00044A75"/>
     <w:rsid w:val="00045DE6"/>
     <w:rsid w:val="0004606D"/>
     <w:rsid w:val="00047A1D"/>
     <w:rsid w:val="00063D71"/>
     <w:rsid w:val="00066068"/>
     <w:rsid w:val="00075DAC"/>
     <w:rsid w:val="00087F88"/>
     <w:rsid w:val="00097711"/>
     <w:rsid w:val="000A78A9"/>
     <w:rsid w:val="000B0040"/>
     <w:rsid w:val="000C50C9"/>
     <w:rsid w:val="000C522F"/>
     <w:rsid w:val="000C78D6"/>
     <w:rsid w:val="000D021A"/>
     <w:rsid w:val="000F24A2"/>
     <w:rsid w:val="000F7309"/>
     <w:rsid w:val="00103550"/>
     <w:rsid w:val="00104AD8"/>
     <w:rsid w:val="00105049"/>
+    <w:rsid w:val="00107F54"/>
     <w:rsid w:val="001131F0"/>
     <w:rsid w:val="00113A74"/>
     <w:rsid w:val="0014174E"/>
     <w:rsid w:val="0014656E"/>
     <w:rsid w:val="00153977"/>
     <w:rsid w:val="00153E5E"/>
     <w:rsid w:val="001542BB"/>
     <w:rsid w:val="00161267"/>
     <w:rsid w:val="00166052"/>
     <w:rsid w:val="00184FF0"/>
     <w:rsid w:val="00186F0C"/>
     <w:rsid w:val="001A468D"/>
     <w:rsid w:val="001C4477"/>
     <w:rsid w:val="001C4CDE"/>
     <w:rsid w:val="001C547C"/>
     <w:rsid w:val="001D2187"/>
     <w:rsid w:val="001D2368"/>
     <w:rsid w:val="001E5C4E"/>
     <w:rsid w:val="001E5FF0"/>
     <w:rsid w:val="001E62D4"/>
     <w:rsid w:val="001F08B2"/>
     <w:rsid w:val="001F26BE"/>
     <w:rsid w:val="001F5752"/>
     <w:rsid w:val="00200C5C"/>
     <w:rsid w:val="00201824"/>
     <w:rsid w:val="00204494"/>
     <w:rsid w:val="00204713"/>
     <w:rsid w:val="00204C32"/>
     <w:rsid w:val="002069A5"/>
     <w:rsid w:val="00210C66"/>
     <w:rsid w:val="00213C43"/>
     <w:rsid w:val="002219B3"/>
     <w:rsid w:val="002232FC"/>
     <w:rsid w:val="00224A8E"/>
     <w:rsid w:val="00226DEA"/>
     <w:rsid w:val="00251736"/>
     <w:rsid w:val="00257837"/>
     <w:rsid w:val="00257CF5"/>
     <w:rsid w:val="00257EB3"/>
     <w:rsid w:val="002716FD"/>
+    <w:rsid w:val="00277E63"/>
     <w:rsid w:val="00296531"/>
     <w:rsid w:val="00297156"/>
     <w:rsid w:val="002A2627"/>
     <w:rsid w:val="002A7C48"/>
     <w:rsid w:val="002B043B"/>
     <w:rsid w:val="002B286C"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002D1637"/>
     <w:rsid w:val="002D49A6"/>
     <w:rsid w:val="002D640B"/>
     <w:rsid w:val="002E2530"/>
     <w:rsid w:val="002F1E60"/>
+    <w:rsid w:val="002F67DD"/>
     <w:rsid w:val="00301660"/>
     <w:rsid w:val="0030657B"/>
     <w:rsid w:val="00322F33"/>
     <w:rsid w:val="00340F30"/>
     <w:rsid w:val="00352846"/>
     <w:rsid w:val="003539CF"/>
     <w:rsid w:val="00355D07"/>
     <w:rsid w:val="00357285"/>
     <w:rsid w:val="00366FE0"/>
     <w:rsid w:val="0037502F"/>
     <w:rsid w:val="00387F05"/>
     <w:rsid w:val="00392B35"/>
     <w:rsid w:val="00395678"/>
     <w:rsid w:val="003960E2"/>
     <w:rsid w:val="00397FFB"/>
     <w:rsid w:val="003A02BD"/>
     <w:rsid w:val="003A6FF4"/>
+    <w:rsid w:val="003A7F51"/>
     <w:rsid w:val="003B04BA"/>
     <w:rsid w:val="003C6776"/>
     <w:rsid w:val="003D1D8C"/>
     <w:rsid w:val="003D44D6"/>
     <w:rsid w:val="003E1220"/>
     <w:rsid w:val="003E3046"/>
     <w:rsid w:val="003F26C6"/>
     <w:rsid w:val="003F3EE1"/>
     <w:rsid w:val="00400488"/>
     <w:rsid w:val="00400C6E"/>
     <w:rsid w:val="00403407"/>
     <w:rsid w:val="00404D36"/>
     <w:rsid w:val="004137B5"/>
     <w:rsid w:val="00413B67"/>
     <w:rsid w:val="00425EF2"/>
     <w:rsid w:val="004371C9"/>
     <w:rsid w:val="00454A7A"/>
     <w:rsid w:val="004672BD"/>
+    <w:rsid w:val="00480648"/>
     <w:rsid w:val="004818CF"/>
     <w:rsid w:val="00490106"/>
     <w:rsid w:val="00491737"/>
+    <w:rsid w:val="004A14EC"/>
+    <w:rsid w:val="004A3969"/>
     <w:rsid w:val="004B1FB2"/>
     <w:rsid w:val="004B2B00"/>
     <w:rsid w:val="004C516B"/>
     <w:rsid w:val="004C55A8"/>
     <w:rsid w:val="004D1A9C"/>
     <w:rsid w:val="004D4C21"/>
     <w:rsid w:val="004D78B7"/>
+    <w:rsid w:val="004D7DFF"/>
     <w:rsid w:val="004F79CE"/>
     <w:rsid w:val="005007C2"/>
     <w:rsid w:val="00520F6C"/>
     <w:rsid w:val="0052182F"/>
     <w:rsid w:val="00524C08"/>
     <w:rsid w:val="0052678C"/>
     <w:rsid w:val="00540CE4"/>
     <w:rsid w:val="00542F83"/>
     <w:rsid w:val="0056423A"/>
     <w:rsid w:val="00566BCD"/>
     <w:rsid w:val="00573D49"/>
     <w:rsid w:val="00581878"/>
     <w:rsid w:val="00586161"/>
     <w:rsid w:val="0058661F"/>
     <w:rsid w:val="0059242E"/>
     <w:rsid w:val="00595B79"/>
     <w:rsid w:val="005A1ACE"/>
     <w:rsid w:val="005A239A"/>
     <w:rsid w:val="005B764B"/>
     <w:rsid w:val="005D1B70"/>
     <w:rsid w:val="005D3056"/>
     <w:rsid w:val="005D3D31"/>
     <w:rsid w:val="005D743B"/>
     <w:rsid w:val="005F5029"/>
     <w:rsid w:val="00600784"/>
@@ -34896,174 +37916,185 @@
     <w:rsid w:val="00660361"/>
     <w:rsid w:val="00663C5D"/>
     <w:rsid w:val="006658BD"/>
     <w:rsid w:val="006712A5"/>
     <w:rsid w:val="00687E1D"/>
     <w:rsid w:val="00692EB0"/>
     <w:rsid w:val="006A4B3A"/>
     <w:rsid w:val="006C3045"/>
     <w:rsid w:val="006C5458"/>
     <w:rsid w:val="006D5BE1"/>
     <w:rsid w:val="006D7FA4"/>
     <w:rsid w:val="006E1DE1"/>
     <w:rsid w:val="006E5A55"/>
     <w:rsid w:val="006E6B2F"/>
     <w:rsid w:val="006F554E"/>
     <w:rsid w:val="0070486D"/>
     <w:rsid w:val="00712F0A"/>
     <w:rsid w:val="00717DA1"/>
     <w:rsid w:val="0073184D"/>
     <w:rsid w:val="00731C46"/>
     <w:rsid w:val="00732725"/>
     <w:rsid w:val="00736175"/>
     <w:rsid w:val="00746EA9"/>
     <w:rsid w:val="00763FC6"/>
     <w:rsid w:val="00764122"/>
+    <w:rsid w:val="00782D59"/>
     <w:rsid w:val="0078314C"/>
     <w:rsid w:val="00783257"/>
     <w:rsid w:val="0079036E"/>
     <w:rsid w:val="00793A18"/>
     <w:rsid w:val="007978E2"/>
     <w:rsid w:val="007A210F"/>
     <w:rsid w:val="007A435D"/>
     <w:rsid w:val="007B30D1"/>
     <w:rsid w:val="007B75DE"/>
     <w:rsid w:val="007C1E64"/>
     <w:rsid w:val="007C278A"/>
     <w:rsid w:val="007C2C23"/>
     <w:rsid w:val="007C3D0A"/>
     <w:rsid w:val="007C4EB0"/>
     <w:rsid w:val="007C655B"/>
     <w:rsid w:val="007C66AD"/>
     <w:rsid w:val="007D20F1"/>
     <w:rsid w:val="007E3356"/>
     <w:rsid w:val="007F4536"/>
     <w:rsid w:val="00801A22"/>
     <w:rsid w:val="00805FCC"/>
     <w:rsid w:val="00813526"/>
     <w:rsid w:val="00824B81"/>
     <w:rsid w:val="00826D57"/>
     <w:rsid w:val="0082737A"/>
     <w:rsid w:val="00836209"/>
     <w:rsid w:val="008632BD"/>
     <w:rsid w:val="00865A03"/>
     <w:rsid w:val="00867F2E"/>
     <w:rsid w:val="00882BCD"/>
     <w:rsid w:val="008853D0"/>
     <w:rsid w:val="00891EC3"/>
     <w:rsid w:val="00892A72"/>
     <w:rsid w:val="0089560B"/>
     <w:rsid w:val="008A2AE0"/>
     <w:rsid w:val="008A2DA9"/>
     <w:rsid w:val="008A56D2"/>
     <w:rsid w:val="008B7544"/>
     <w:rsid w:val="008D292E"/>
     <w:rsid w:val="008E3776"/>
     <w:rsid w:val="008E4835"/>
     <w:rsid w:val="008E600C"/>
     <w:rsid w:val="008F48B0"/>
     <w:rsid w:val="00905EAD"/>
     <w:rsid w:val="0093179B"/>
     <w:rsid w:val="009547AF"/>
+    <w:rsid w:val="0095668B"/>
     <w:rsid w:val="0096202C"/>
     <w:rsid w:val="00971C1A"/>
     <w:rsid w:val="009742A2"/>
     <w:rsid w:val="009974C2"/>
     <w:rsid w:val="009B30E0"/>
     <w:rsid w:val="009B39E7"/>
+    <w:rsid w:val="009E450A"/>
     <w:rsid w:val="00A13FDA"/>
     <w:rsid w:val="00A263E4"/>
     <w:rsid w:val="00A27DBC"/>
     <w:rsid w:val="00A27F22"/>
     <w:rsid w:val="00A3359F"/>
     <w:rsid w:val="00A36DAE"/>
     <w:rsid w:val="00A47D8D"/>
     <w:rsid w:val="00A531D3"/>
     <w:rsid w:val="00A5420F"/>
     <w:rsid w:val="00A62540"/>
     <w:rsid w:val="00A72E1D"/>
     <w:rsid w:val="00A9797A"/>
     <w:rsid w:val="00AA174C"/>
     <w:rsid w:val="00AA74BB"/>
     <w:rsid w:val="00AB1052"/>
     <w:rsid w:val="00AB4F6D"/>
     <w:rsid w:val="00AE3785"/>
     <w:rsid w:val="00B06A28"/>
     <w:rsid w:val="00B37176"/>
     <w:rsid w:val="00B5060B"/>
     <w:rsid w:val="00B61231"/>
     <w:rsid w:val="00B6401F"/>
     <w:rsid w:val="00B822F0"/>
     <w:rsid w:val="00B92A54"/>
     <w:rsid w:val="00B9319F"/>
+    <w:rsid w:val="00B934A5"/>
     <w:rsid w:val="00B941F7"/>
     <w:rsid w:val="00B97E94"/>
     <w:rsid w:val="00BA3979"/>
     <w:rsid w:val="00BA7007"/>
     <w:rsid w:val="00BB05B5"/>
+    <w:rsid w:val="00BB44CD"/>
     <w:rsid w:val="00BC2CFA"/>
     <w:rsid w:val="00BC3917"/>
     <w:rsid w:val="00BD6C02"/>
     <w:rsid w:val="00BD77E4"/>
+    <w:rsid w:val="00BE18AA"/>
     <w:rsid w:val="00BE4A5D"/>
     <w:rsid w:val="00BF0910"/>
     <w:rsid w:val="00C246DF"/>
     <w:rsid w:val="00C36D86"/>
     <w:rsid w:val="00C61CF3"/>
     <w:rsid w:val="00C62ECA"/>
     <w:rsid w:val="00C63A5C"/>
     <w:rsid w:val="00C64ACF"/>
     <w:rsid w:val="00C71F42"/>
     <w:rsid w:val="00CA500C"/>
     <w:rsid w:val="00CA6555"/>
     <w:rsid w:val="00CD3C27"/>
     <w:rsid w:val="00CF66E0"/>
     <w:rsid w:val="00D02256"/>
+    <w:rsid w:val="00D06FE6"/>
     <w:rsid w:val="00D14ADE"/>
     <w:rsid w:val="00D200F9"/>
     <w:rsid w:val="00D201D0"/>
     <w:rsid w:val="00D52514"/>
     <w:rsid w:val="00D54950"/>
     <w:rsid w:val="00D61F58"/>
     <w:rsid w:val="00D75EF5"/>
     <w:rsid w:val="00D800F7"/>
+    <w:rsid w:val="00D8387C"/>
     <w:rsid w:val="00D84E3D"/>
     <w:rsid w:val="00D85C1D"/>
     <w:rsid w:val="00D917DB"/>
     <w:rsid w:val="00D95DE8"/>
     <w:rsid w:val="00D96575"/>
     <w:rsid w:val="00DA2404"/>
+    <w:rsid w:val="00DB0AD3"/>
     <w:rsid w:val="00DB14F1"/>
     <w:rsid w:val="00DB6D2B"/>
     <w:rsid w:val="00DD4FB5"/>
     <w:rsid w:val="00DE1E5D"/>
     <w:rsid w:val="00E13EBD"/>
     <w:rsid w:val="00E20D11"/>
     <w:rsid w:val="00E30707"/>
     <w:rsid w:val="00E3109A"/>
     <w:rsid w:val="00E416C0"/>
+    <w:rsid w:val="00E41876"/>
     <w:rsid w:val="00E50600"/>
+    <w:rsid w:val="00E71207"/>
     <w:rsid w:val="00E73A79"/>
     <w:rsid w:val="00E96847"/>
     <w:rsid w:val="00EA3904"/>
     <w:rsid w:val="00EA53E7"/>
     <w:rsid w:val="00EC49AD"/>
     <w:rsid w:val="00EC5059"/>
     <w:rsid w:val="00EC67A3"/>
     <w:rsid w:val="00EE345E"/>
     <w:rsid w:val="00EE565D"/>
     <w:rsid w:val="00EF3E6C"/>
     <w:rsid w:val="00EF4F6D"/>
     <w:rsid w:val="00EF65E6"/>
     <w:rsid w:val="00F00B09"/>
     <w:rsid w:val="00F0725E"/>
     <w:rsid w:val="00F115E7"/>
     <w:rsid w:val="00F126BB"/>
     <w:rsid w:val="00F146D9"/>
     <w:rsid w:val="00F22569"/>
     <w:rsid w:val="00F314F8"/>
     <w:rsid w:val="00F323D5"/>
     <w:rsid w:val="00F422A2"/>
     <w:rsid w:val="00F439DB"/>
     <w:rsid w:val="00F47AFF"/>
     <w:rsid w:val="00F53F60"/>
     <w:rsid w:val="00F60F45"/>
@@ -36338,50 +39369,187 @@
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl80">
     <w:name w:val="xl80"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00AB4F6D"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl33">
+    <w:name w:val="xl33"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00BE18AA"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl34">
+    <w:name w:val="xl34"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00BE18AA"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl35">
+    <w:name w:val="xl35"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00BE18AA"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl37">
+    <w:name w:val="xl37"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00BE18AA"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="DAE9F8"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl40">
+    <w:name w:val="xl40"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00BE18AA"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl41">
+    <w:name w:val="xl41"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00BE18AA"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="385301247">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1895500868">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
@@ -36491,50 +39659,62 @@
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1647317456">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1611472139">
       <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1825394808">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1915893882">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1991669476">
@@ -36825,63 +40005,61 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010098D1198CE6780C4AB0DC98B27A0894E8" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="90e0b01e85307a51a29e1250bdf93fe3">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="84e97cf7-d201-4266-b669-9750d8c82d63" xmlns:ns3="3681058a-78c6-45c7-bc37-ed8082d13ab2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cb246813315565e077419f25e17ca87c" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010098D1198CE6780C4AB0DC98B27A0894E8" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d273ed328690ee41e6a47d99822575c2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="84e97cf7-d201-4266-b669-9750d8c82d63" xmlns:ns3="3681058a-78c6-45c7-bc37-ed8082d13ab2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="993ef97a0a118de7bd4939556f38aceb" ns2:_="" ns3:_="">
     <xsd:import namespace="84e97cf7-d201-4266-b669-9750d8c82d63"/>
     <xsd:import namespace="3681058a-78c6-45c7-bc37-ed8082d13ab2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -37077,117 +40255,125 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="84e97cf7-d201-4266-b669-9750d8c82d63">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="3681058a-78c6-45c7-bc37-ed8082d13ab2" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{880DD178-74C5-4E10-A3C3-AA76028C21A7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3898A41F-B431-4C16-8830-D78D12C897B5}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="3681058a-78c6-45c7-bc37-ed8082d13ab2"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2CA16397-9AEA-4F55-892E-922ED28E8E67}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8DD7B308-B4D0-4551-AE71-22EF53DF4787}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="84e97cf7-d201-4266-b669-9750d8c82d63"/>
     <ds:schemaRef ds:uri="3681058a-78c6-45c7-bc37-ed8082d13ab2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3898A41F-B431-4C16-8830-D78D12C897B5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{880DD178-74C5-4E10-A3C3-AA76028C21A7}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="3681058a-78c6-45c7-bc37-ed8082d13ab2"/>
+    <ds:schemaRef ds:uri="84e97cf7-d201-4266-b669-9750d8c82d63"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>17488</Characters>
+  <Pages>11</Pages>
+  <Words>3331</Words>
+  <Characters>18990</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>145</Lines>
-  <Paragraphs>41</Paragraphs>
+  <Lines>158</Lines>
+  <Paragraphs>44</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20514</CharactersWithSpaces>
+  <CharactersWithSpaces>22277</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Krinsky, Sarah H (EHS)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010098D1198CE6780C4AB0DC98B27A0894E8</vt:lpwstr>