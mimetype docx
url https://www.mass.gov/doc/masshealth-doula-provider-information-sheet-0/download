--- v1 (2025-12-20)
+++ v2 (2026-03-27)
@@ -1346,63 +1346,52 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="65731395" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alero Emily </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Alero Emily Aikhuele</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0AC339B0" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -30739,50 +30728,306 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">857-972-3471 </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>rzuese@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="001040FA" w:rsidRPr="00BE18AA" w14:paraId="5D441A31" w14:textId="77777777" w:rsidTr="004A14EC">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03A9508A" w14:textId="135A1763" w:rsidR="001040FA" w:rsidRPr="00BE18AA" w:rsidRDefault="001040FA" w:rsidP="001040FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rafaela </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mogauro</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11835ECE" w14:textId="023FF4C7" w:rsidR="001040FA" w:rsidRPr="00BE18AA" w:rsidRDefault="001040FA" w:rsidP="001040FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not available</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77D8BFCD" w14:textId="6A9E3887" w:rsidR="001040FA" w:rsidRPr="00BE18AA" w:rsidRDefault="001040FA" w:rsidP="001040FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Portuguese</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="514319CD" w14:textId="52EB82C3" w:rsidR="001040FA" w:rsidRPr="00BE18AA" w:rsidRDefault="001040FA" w:rsidP="001040FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1641B0E8" w14:textId="30045D04" w:rsidR="001040FA" w:rsidRPr="00BE18AA" w:rsidRDefault="001040FA" w:rsidP="001040FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="712C692E" w14:textId="327124B1" w:rsidR="001040FA" w:rsidRPr="00BE18AA" w:rsidRDefault="001040FA" w:rsidP="001040FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greater Boston</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FCBECB1" w14:textId="399963A8" w:rsidR="001040FA" w:rsidRPr="00BE18AA" w:rsidRDefault="001040FA" w:rsidP="001040FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>339-223-4469</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="78212750" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="52EC9B18" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -32494,50 +32739,51 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4A3B24B9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Saskya Jean Charles</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="59FCB342" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -32737,51 +32983,50 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="70348FB9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Shamara Innocent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2B7AADE9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -33177,81 +33422,87 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Central, Greater Boston, Metrowest, Northeast, Western</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1EAC2859" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
+          <w:p w14:paraId="1EAC2859" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00817F77" w:rsidP="00BE18AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:dir w:val="ltr">
-              <w:r w:rsidRPr="00BE18AA">
+              <w:r w:rsidR="00BE18AA" w:rsidRPr="00BE18AA">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve">774-701-0237 </w:t>
               </w:r>
-              <w:r w:rsidRPr="00BE18AA">
+              <w:r w:rsidR="00BE18AA" w:rsidRPr="00BE18AA">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:br/>
                 <w:t>shantel@downtowndoulama.com</w:t>
               </w:r>
+              <w:r>
+                <w:t>‬</w:t>
+              </w:r>
+              <w:r>
+                <w:t>‬</w:t>
+              </w:r>
             </w:dir>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="17C24E5E" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="58D5766C" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -33364,139 +33615,139 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E3823E9" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Pregnancy, Birth, Postpartum </w:t>
+          <w:p w14:paraId="5E3823E9" w14:textId="6AEE0B4E" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="001040FA" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE18AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pregnancy, Birth, Postpartum, Abortion, Pregnancy/infant loss</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2195" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2AC685AD" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Greater Boston</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D030422" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00BE18AA">
+          <w:p w14:paraId="1D030422" w14:textId="09F250D9" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00896CC2" w:rsidP="00BE18AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00896CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>857-340-1261</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE18AA" w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>straughter86@icloud.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E71207" w:rsidRPr="00BE18AA" w14:paraId="1829ED89" w14:textId="77777777" w:rsidTr="004A14EC">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -35777,50 +36028,51 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="69224D29" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Vanessa Gomes Prohodski</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="63F708D1" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -36021,51 +36273,50 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="17A1460A" w14:textId="77777777" w:rsidR="00BE18AA" w:rsidRPr="00BE18AA" w:rsidRDefault="00BE18AA" w:rsidP="00BE18AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Visolela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00BE18AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> James (Layla)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
@@ -37270,71 +37521,71 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>contact@doulasofthediaspora.org</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1DEF94D9" w14:textId="3CAE4085" w:rsidR="1A15A9BC" w:rsidRPr="00D06FE6" w:rsidRDefault="1A15A9BC" w:rsidP="00D06FE6"/>
     <w:sectPr w:rsidR="1A15A9BC" w:rsidRPr="00D06FE6" w:rsidSect="002C0C02">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="16BFFFD7" w14:textId="77777777" w:rsidR="009E450A" w:rsidRDefault="009E450A">
+    <w:p w14:paraId="2B9952C7" w14:textId="77777777" w:rsidR="00817F77" w:rsidRDefault="00817F77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="04F67DAC" w14:textId="77777777" w:rsidR="009E450A" w:rsidRDefault="009E450A">
+    <w:p w14:paraId="6587FBC0" w14:textId="77777777" w:rsidR="00817F77" w:rsidRDefault="00817F77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="50B66BC1" w14:textId="77777777" w:rsidR="009E450A" w:rsidRDefault="009E450A">
+    <w:p w14:paraId="0D6FC929" w14:textId="77777777" w:rsidR="00817F77" w:rsidRDefault="00817F77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Narrow">
@@ -37524,71 +37775,71 @@
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="3340710F" w14:textId="61863EF2" w:rsidR="2B91A193" w:rsidRDefault="2B91A193" w:rsidP="2B91A193">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43F9EE67" w14:textId="77777777" w:rsidR="009E450A" w:rsidRDefault="009E450A">
+    <w:p w14:paraId="4BB8CF2B" w14:textId="77777777" w:rsidR="00817F77" w:rsidRDefault="00817F77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1DE5AFFC" w14:textId="77777777" w:rsidR="009E450A" w:rsidRDefault="009E450A">
+    <w:p w14:paraId="25CE33EB" w14:textId="77777777" w:rsidR="00817F77" w:rsidRDefault="00817F77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1B22857A" w14:textId="77777777" w:rsidR="009E450A" w:rsidRDefault="009E450A">
+    <w:p w14:paraId="12DB011B" w14:textId="77777777" w:rsidR="00817F77" w:rsidRDefault="00817F77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5085"/>
       <w:gridCol w:w="5085"/>
       <w:gridCol w:w="5085"/>
     </w:tblGrid>
     <w:tr w:rsidR="2B91A193" w14:paraId="4B6DEABA" w14:textId="77777777" w:rsidTr="2B91A193">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
@@ -37617,112 +37868,102 @@
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>MassHealth Doula Provider Information Sheet</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5085" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="3C186AFE" w14:textId="186CAFF9" w:rsidR="2B91A193" w:rsidRDefault="2B91A193" w:rsidP="2B91A193">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5085" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="73F5193F" w14:textId="7353845D" w:rsidR="2B91A193" w:rsidRPr="001E5FF0" w:rsidRDefault="00213C43" w:rsidP="002C0C02">
+        <w:p w14:paraId="73F5193F" w14:textId="219A9F97" w:rsidR="2B91A193" w:rsidRPr="001E5FF0" w:rsidRDefault="00213C43" w:rsidP="002C0C02">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve">                                  </w:t>
           </w:r>
           <w:r w:rsidR="2B91A193" w:rsidRPr="001E5FF0">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Last updated</w:t>
           </w:r>
           <w:r w:rsidR="00E41876">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t xml:space="preserve"> December 16</w:t>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidR="2B91A193" w:rsidRPr="001E5FF0">
+          <w:r w:rsidR="009C37F4">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>, 202</w:t>
-[...9 lines deleted...]
-            <w:t>5</w:t>
+            <w:t>March 2, 2026</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="62B367F5" w14:textId="4FB21B38" w:rsidR="2B91A193" w:rsidRDefault="2B91A193" w:rsidP="2B91A193">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
@@ -37730,69 +37971,72 @@
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="1E827A4D"/>
     <w:rsid w:val="00001039"/>
     <w:rsid w:val="00004FE7"/>
     <w:rsid w:val="000071AC"/>
     <w:rsid w:val="00007E22"/>
     <w:rsid w:val="000129DF"/>
+    <w:rsid w:val="0001492F"/>
     <w:rsid w:val="000176BE"/>
+    <w:rsid w:val="000222D6"/>
     <w:rsid w:val="00044A75"/>
     <w:rsid w:val="00045DE6"/>
     <w:rsid w:val="0004606D"/>
     <w:rsid w:val="00047A1D"/>
     <w:rsid w:val="00063D71"/>
     <w:rsid w:val="00066068"/>
     <w:rsid w:val="00075DAC"/>
     <w:rsid w:val="00087F88"/>
     <w:rsid w:val="00097711"/>
     <w:rsid w:val="000A78A9"/>
     <w:rsid w:val="000B0040"/>
     <w:rsid w:val="000C50C9"/>
     <w:rsid w:val="000C522F"/>
     <w:rsid w:val="000C78D6"/>
     <w:rsid w:val="000D021A"/>
     <w:rsid w:val="000F24A2"/>
     <w:rsid w:val="000F7309"/>
     <w:rsid w:val="00103550"/>
+    <w:rsid w:val="001040FA"/>
     <w:rsid w:val="00104AD8"/>
     <w:rsid w:val="00105049"/>
     <w:rsid w:val="00107F54"/>
     <w:rsid w:val="001131F0"/>
     <w:rsid w:val="00113A74"/>
     <w:rsid w:val="0014174E"/>
     <w:rsid w:val="0014656E"/>
     <w:rsid w:val="00153977"/>
     <w:rsid w:val="00153E5E"/>
     <w:rsid w:val="001542BB"/>
     <w:rsid w:val="00161267"/>
     <w:rsid w:val="00166052"/>
     <w:rsid w:val="00184FF0"/>
     <w:rsid w:val="00186F0C"/>
     <w:rsid w:val="001A468D"/>
     <w:rsid w:val="001C4477"/>
     <w:rsid w:val="001C4CDE"/>
     <w:rsid w:val="001C547C"/>
     <w:rsid w:val="001D2187"/>
     <w:rsid w:val="001D2368"/>
     <w:rsid w:val="001E5C4E"/>
     <w:rsid w:val="001E5FF0"/>
     <w:rsid w:val="001E62D4"/>
     <w:rsid w:val="001F08B2"/>
     <w:rsid w:val="001F26BE"/>
@@ -37827,50 +38071,51 @@
     <w:rsid w:val="002D640B"/>
     <w:rsid w:val="002E2530"/>
     <w:rsid w:val="002F1E60"/>
     <w:rsid w:val="002F67DD"/>
     <w:rsid w:val="00301660"/>
     <w:rsid w:val="0030657B"/>
     <w:rsid w:val="00322F33"/>
     <w:rsid w:val="00340F30"/>
     <w:rsid w:val="00352846"/>
     <w:rsid w:val="003539CF"/>
     <w:rsid w:val="00355D07"/>
     <w:rsid w:val="00357285"/>
     <w:rsid w:val="00366FE0"/>
     <w:rsid w:val="0037502F"/>
     <w:rsid w:val="00387F05"/>
     <w:rsid w:val="00392B35"/>
     <w:rsid w:val="00395678"/>
     <w:rsid w:val="003960E2"/>
     <w:rsid w:val="00397FFB"/>
     <w:rsid w:val="003A02BD"/>
     <w:rsid w:val="003A6FF4"/>
     <w:rsid w:val="003A7F51"/>
     <w:rsid w:val="003B04BA"/>
     <w:rsid w:val="003C6776"/>
     <w:rsid w:val="003D1D8C"/>
+    <w:rsid w:val="003D2179"/>
     <w:rsid w:val="003D44D6"/>
     <w:rsid w:val="003E1220"/>
     <w:rsid w:val="003E3046"/>
     <w:rsid w:val="003F26C6"/>
     <w:rsid w:val="003F3EE1"/>
     <w:rsid w:val="00400488"/>
     <w:rsid w:val="00400C6E"/>
     <w:rsid w:val="00403407"/>
     <w:rsid w:val="00404D36"/>
     <w:rsid w:val="004137B5"/>
     <w:rsid w:val="00413B67"/>
     <w:rsid w:val="00425EF2"/>
     <w:rsid w:val="004371C9"/>
     <w:rsid w:val="00454A7A"/>
     <w:rsid w:val="004672BD"/>
     <w:rsid w:val="00480648"/>
     <w:rsid w:val="004818CF"/>
     <w:rsid w:val="00490106"/>
     <w:rsid w:val="00491737"/>
     <w:rsid w:val="004A14EC"/>
     <w:rsid w:val="004A3969"/>
     <w:rsid w:val="004B1FB2"/>
     <w:rsid w:val="004B2B00"/>
     <w:rsid w:val="004C516B"/>
     <w:rsid w:val="004C55A8"/>
@@ -37895,158 +38140,164 @@
     <w:rsid w:val="0059242E"/>
     <w:rsid w:val="00595B79"/>
     <w:rsid w:val="005A1ACE"/>
     <w:rsid w:val="005A239A"/>
     <w:rsid w:val="005B764B"/>
     <w:rsid w:val="005D1B70"/>
     <w:rsid w:val="005D3056"/>
     <w:rsid w:val="005D3D31"/>
     <w:rsid w:val="005D743B"/>
     <w:rsid w:val="005F5029"/>
     <w:rsid w:val="00600784"/>
     <w:rsid w:val="006073B4"/>
     <w:rsid w:val="00607E6B"/>
     <w:rsid w:val="006153BC"/>
     <w:rsid w:val="0062067B"/>
     <w:rsid w:val="0062178A"/>
     <w:rsid w:val="0064431F"/>
     <w:rsid w:val="0065112F"/>
     <w:rsid w:val="006531DC"/>
     <w:rsid w:val="00654D57"/>
     <w:rsid w:val="0065522F"/>
     <w:rsid w:val="00660361"/>
     <w:rsid w:val="00663C5D"/>
     <w:rsid w:val="006658BD"/>
     <w:rsid w:val="006712A5"/>
+    <w:rsid w:val="00682FD7"/>
     <w:rsid w:val="00687E1D"/>
     <w:rsid w:val="00692EB0"/>
     <w:rsid w:val="006A4B3A"/>
+    <w:rsid w:val="006A6039"/>
     <w:rsid w:val="006C3045"/>
     <w:rsid w:val="006C5458"/>
     <w:rsid w:val="006D5BE1"/>
     <w:rsid w:val="006D7FA4"/>
     <w:rsid w:val="006E1DE1"/>
     <w:rsid w:val="006E5A55"/>
     <w:rsid w:val="006E6B2F"/>
     <w:rsid w:val="006F554E"/>
     <w:rsid w:val="0070486D"/>
     <w:rsid w:val="00712F0A"/>
     <w:rsid w:val="00717DA1"/>
     <w:rsid w:val="0073184D"/>
     <w:rsid w:val="00731C46"/>
     <w:rsid w:val="00732725"/>
     <w:rsid w:val="00736175"/>
     <w:rsid w:val="00746EA9"/>
     <w:rsid w:val="00763FC6"/>
     <w:rsid w:val="00764122"/>
     <w:rsid w:val="00782D59"/>
     <w:rsid w:val="0078314C"/>
     <w:rsid w:val="00783257"/>
     <w:rsid w:val="0079036E"/>
     <w:rsid w:val="00793A18"/>
     <w:rsid w:val="007978E2"/>
     <w:rsid w:val="007A210F"/>
     <w:rsid w:val="007A435D"/>
     <w:rsid w:val="007B30D1"/>
     <w:rsid w:val="007B75DE"/>
     <w:rsid w:val="007C1E64"/>
     <w:rsid w:val="007C278A"/>
     <w:rsid w:val="007C2C23"/>
     <w:rsid w:val="007C3D0A"/>
     <w:rsid w:val="007C4EB0"/>
     <w:rsid w:val="007C655B"/>
     <w:rsid w:val="007C66AD"/>
     <w:rsid w:val="007D20F1"/>
     <w:rsid w:val="007E3356"/>
     <w:rsid w:val="007F4536"/>
     <w:rsid w:val="00801A22"/>
     <w:rsid w:val="00805FCC"/>
     <w:rsid w:val="00813526"/>
+    <w:rsid w:val="00817F77"/>
     <w:rsid w:val="00824B81"/>
     <w:rsid w:val="00826D57"/>
     <w:rsid w:val="0082737A"/>
+    <w:rsid w:val="0083387D"/>
+    <w:rsid w:val="0083569A"/>
     <w:rsid w:val="00836209"/>
     <w:rsid w:val="008632BD"/>
     <w:rsid w:val="00865A03"/>
     <w:rsid w:val="00867F2E"/>
     <w:rsid w:val="00882BCD"/>
     <w:rsid w:val="008853D0"/>
     <w:rsid w:val="00891EC3"/>
     <w:rsid w:val="00892A72"/>
     <w:rsid w:val="0089560B"/>
+    <w:rsid w:val="00896CC2"/>
     <w:rsid w:val="008A2AE0"/>
     <w:rsid w:val="008A2DA9"/>
     <w:rsid w:val="008A56D2"/>
     <w:rsid w:val="008B7544"/>
     <w:rsid w:val="008D292E"/>
     <w:rsid w:val="008E3776"/>
     <w:rsid w:val="008E4835"/>
     <w:rsid w:val="008E600C"/>
     <w:rsid w:val="008F48B0"/>
     <w:rsid w:val="00905EAD"/>
     <w:rsid w:val="0093179B"/>
     <w:rsid w:val="009547AF"/>
     <w:rsid w:val="0095668B"/>
     <w:rsid w:val="0096202C"/>
     <w:rsid w:val="00971C1A"/>
     <w:rsid w:val="009742A2"/>
     <w:rsid w:val="009974C2"/>
     <w:rsid w:val="009B30E0"/>
     <w:rsid w:val="009B39E7"/>
+    <w:rsid w:val="009C37F4"/>
     <w:rsid w:val="009E450A"/>
     <w:rsid w:val="00A13FDA"/>
     <w:rsid w:val="00A263E4"/>
     <w:rsid w:val="00A27DBC"/>
     <w:rsid w:val="00A27F22"/>
     <w:rsid w:val="00A3359F"/>
     <w:rsid w:val="00A36DAE"/>
     <w:rsid w:val="00A47D8D"/>
     <w:rsid w:val="00A531D3"/>
     <w:rsid w:val="00A5420F"/>
     <w:rsid w:val="00A62540"/>
     <w:rsid w:val="00A72E1D"/>
     <w:rsid w:val="00A9797A"/>
     <w:rsid w:val="00AA174C"/>
     <w:rsid w:val="00AA74BB"/>
     <w:rsid w:val="00AB1052"/>
     <w:rsid w:val="00AB4F6D"/>
     <w:rsid w:val="00AE3785"/>
     <w:rsid w:val="00B06A28"/>
     <w:rsid w:val="00B37176"/>
     <w:rsid w:val="00B5060B"/>
     <w:rsid w:val="00B61231"/>
     <w:rsid w:val="00B6401F"/>
     <w:rsid w:val="00B822F0"/>
     <w:rsid w:val="00B92A54"/>
     <w:rsid w:val="00B9319F"/>
     <w:rsid w:val="00B934A5"/>
     <w:rsid w:val="00B941F7"/>
     <w:rsid w:val="00B97E94"/>
     <w:rsid w:val="00BA3979"/>
     <w:rsid w:val="00BA7007"/>
     <w:rsid w:val="00BB05B5"/>
-    <w:rsid w:val="00BB44CD"/>
     <w:rsid w:val="00BC2CFA"/>
     <w:rsid w:val="00BC3917"/>
     <w:rsid w:val="00BD6C02"/>
     <w:rsid w:val="00BD77E4"/>
     <w:rsid w:val="00BE18AA"/>
     <w:rsid w:val="00BE4A5D"/>
     <w:rsid w:val="00BF0910"/>
     <w:rsid w:val="00C246DF"/>
     <w:rsid w:val="00C36D86"/>
     <w:rsid w:val="00C61CF3"/>
     <w:rsid w:val="00C62ECA"/>
     <w:rsid w:val="00C63A5C"/>
     <w:rsid w:val="00C64ACF"/>
     <w:rsid w:val="00C71F42"/>
     <w:rsid w:val="00CA500C"/>
     <w:rsid w:val="00CA6555"/>
     <w:rsid w:val="00CD3C27"/>
     <w:rsid w:val="00CF66E0"/>
     <w:rsid w:val="00D02256"/>
     <w:rsid w:val="00D06FE6"/>
     <w:rsid w:val="00D14ADE"/>
     <w:rsid w:val="00D200F9"/>
     <w:rsid w:val="00D201D0"/>
     <w:rsid w:val="00D52514"/>
     <w:rsid w:val="00D54950"/>
@@ -39565,50 +39816,62 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="474874902">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="658970725">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="895510407">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1346831308">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -40014,52 +40277,52 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010098D1198CE6780C4AB0DC98B27A0894E8" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d273ed328690ee41e6a47d99822575c2">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="84e97cf7-d201-4266-b669-9750d8c82d63" xmlns:ns3="3681058a-78c6-45c7-bc37-ed8082d13ab2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="993ef97a0a118de7bd4939556f38aceb" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010098D1198CE6780C4AB0DC98B27A0894E8" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1d8cb3c8ba4cedfe0a2187951085127e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="84e97cf7-d201-4266-b669-9750d8c82d63" xmlns:ns3="3681058a-78c6-45c7-bc37-ed8082d13ab2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="978142febf3545c043d721c183584d40" ns2:_="" ns3:_="">
     <xsd:import namespace="84e97cf7-d201-4266-b669-9750d8c82d63"/>
     <xsd:import namespace="3681058a-78c6-45c7-bc37-ed8082d13ab2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -40274,106 +40537,100 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="84e97cf7-d201-4266-b669-9750d8c82d63">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="3681058a-78c6-45c7-bc37-ed8082d13ab2" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3898A41F-B431-4C16-8830-D78D12C897B5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8DD7B308-B4D0-4551-AE71-22EF53DF4787}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{128A4508-26C5-48CB-BB0C-159998327A31}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="84e97cf7-d201-4266-b669-9750d8c82d63"/>
     <ds:schemaRef ds:uri="3681058a-78c6-45c7-bc37-ed8082d13ab2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{880DD178-74C5-4E10-A3C3-AA76028C21A7}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="84e97cf7-d201-4266-b669-9750d8c82d63"/>
     <ds:schemaRef ds:uri="3681058a-78c6-45c7-bc37-ed8082d13ab2"/>
-    <ds:schemaRef ds:uri="84e97cf7-d201-4266-b669-9750d8c82d63"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>3331</Words>
-  <Characters>18990</Characters>
+  <Words>3352</Words>
+  <Characters>19107</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>158</Lines>
+  <Lines>159</Lines>
   <Paragraphs>44</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22277</CharactersWithSpaces>
+  <CharactersWithSpaces>22415</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Krinsky, Sarah H (EHS)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010098D1198CE6780C4AB0DC98B27A0894E8</vt:lpwstr>