--- v0 (2025-10-22)
+++ v1 (2026-02-02)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="54B3C91C" w14:textId="77777777" w:rsidR="0018556E" w:rsidRDefault="0018556E" w:rsidP="0018556E">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Formulario</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> para </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>inscribirse</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> o </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>cambiar</w:t>
       </w:r>
@@ -636,57 +636,70 @@
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>un PCP</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>el</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> plan le </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>asignará</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> un PCP a </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>un PCP</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>usted</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54B3C926" w14:textId="77777777" w:rsidR="0018556E" w:rsidRPr="0018556E" w:rsidRDefault="0018556E" w:rsidP="0018556E">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0018556E">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Infórmese</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>sobre</w:t>
       </w:r>
@@ -852,57 +865,52 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>en</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> www.MassHealthChoices.com</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54B3C929" w14:textId="77777777" w:rsidR="0018556E" w:rsidRPr="008D5997" w:rsidRDefault="0018556E" w:rsidP="008D5997">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D5997">
         <w:t>Inscripción</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="54B3C92A" w14:textId="77777777" w:rsidR="0018556E" w:rsidRDefault="0018556E" w:rsidP="0018556E">
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> NO es </w:t>
+      <w:r>
+        <w:t xml:space="preserve">Esta NO es </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>una</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>solicitud</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> para </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>inscribirse</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1061,73 +1069,57 @@
       <w:r w:rsidRPr="00392D99">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>cada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00392D99">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00392D99">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>miembro</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00392D99">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de la </w:t>
-[...13 lines deleted...]
-        <w:t>.)</w:t>
+        <w:t xml:space="preserve"> de la familia.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54B3C92E" w14:textId="77777777" w:rsidR="0018556E" w:rsidRDefault="0018556E" w:rsidP="0018556E">
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Nombre</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="54B3C92F" w14:textId="77777777" w:rsidR="0018556E" w:rsidRDefault="0018556E" w:rsidP="0018556E">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Apellido</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="54B3C930" w14:textId="77777777" w:rsidR="0018556E" w:rsidRDefault="0018556E" w:rsidP="0018556E">
       <w:r>
         <w:t xml:space="preserve">ID de MassHealth </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54B3C931" w14:textId="77777777" w:rsidR="0018556E" w:rsidRDefault="0018556E" w:rsidP="0018556E">
       <w:r>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>últimos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1163,57 +1155,52 @@
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="54B3C934" w14:textId="77777777" w:rsidR="0018556E" w:rsidRDefault="0018556E" w:rsidP="0018556E">
       <w:r>
         <w:t>Ciudad</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54B3C935" w14:textId="77777777" w:rsidR="0018556E" w:rsidRDefault="0018556E" w:rsidP="0018556E">
       <w:r>
         <w:t>Estado</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54B3C936" w14:textId="77777777" w:rsidR="0018556E" w:rsidRDefault="0018556E" w:rsidP="0018556E">
       <w:r>
         <w:t>Código postal</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54B3C937" w14:textId="77777777" w:rsidR="0018556E" w:rsidRDefault="0018556E" w:rsidP="0018556E">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Teléfono</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="54B3C938" w14:textId="77777777" w:rsidR="0018556E" w:rsidRDefault="0018556E" w:rsidP="0018556E">
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:t xml:space="preserve">Correo </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>electrónico</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="54B3C939" w14:textId="77777777" w:rsidR="0018556E" w:rsidRPr="00392D99" w:rsidRDefault="0018556E" w:rsidP="0018556E">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00392D99">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Selección</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00392D99">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
@@ -1258,57 +1245,52 @@
       <w:r>
         <w:t>proveedor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>atención</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>primaria</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (PCP)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54B3C93B" w14:textId="77777777" w:rsidR="0018556E" w:rsidRDefault="0018556E" w:rsidP="0018556E">
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> del PCP</w:t>
+      <w:r>
+        <w:t>Nombre del PCP</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54B3C93C" w14:textId="77777777" w:rsidR="0018556E" w:rsidRDefault="00392D99" w:rsidP="0018556E">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Dirección</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="54B3C93D" w14:textId="77777777" w:rsidR="0018556E" w:rsidRDefault="0018556E" w:rsidP="0018556E">
       <w:r>
         <w:t>Ciudad</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54B3C93E" w14:textId="77777777" w:rsidR="0018556E" w:rsidRDefault="0018556E" w:rsidP="0018556E">
       <w:r>
         <w:t>Estado</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54B3C93F" w14:textId="77777777" w:rsidR="0018556E" w:rsidRDefault="0018556E" w:rsidP="0018556E">
       <w:r>
         <w:t>Código postal</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54B3C940" w14:textId="77777777" w:rsidR="0018556E" w:rsidRDefault="0018556E" w:rsidP="0018556E">
@@ -1510,136 +1492,136 @@
         <w:t xml:space="preserve">PO Box 4405 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F51EFE9" w14:textId="10464956" w:rsidR="00A5700D" w:rsidRPr="008F6920" w:rsidRDefault="008F6920" w:rsidP="008F6920">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F6920">
         <w:rPr>
           <w:rStyle w:val="A3"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Taunton, MA 02780</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54B3C949" w14:textId="77777777" w:rsidR="0018556E" w:rsidRDefault="0018556E" w:rsidP="0018556E">
       <w:r>
         <w:t>Fax: 617-988-8903</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54B3C94A" w14:textId="77777777" w:rsidR="0018556E" w:rsidRDefault="0018556E" w:rsidP="0018556E"/>
-    <w:p w14:paraId="54B3C94C" w14:textId="196B3779" w:rsidR="00632D4D" w:rsidRDefault="00392D99" w:rsidP="0018556E">
-[...4 lines deleted...]
-        <w:t>1/23</w:t>
+    <w:p w14:paraId="54B3C94C" w14:textId="0EDFBEAC" w:rsidR="00632D4D" w:rsidRDefault="00392D99" w:rsidP="0018556E">
+      <w:r>
+        <w:t>EF-MCO (SP) (</w:t>
+      </w:r>
+      <w:r w:rsidR="0017332A">
+        <w:t>01/26</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00632D4D">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Skolar Sans Latn Me">
     <w:altName w:val="Skolar Sans Latn Me"/>
     <w:panose1 w:val="020D0000000400000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002CF" w:usb1="00000023" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DB85961"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="64C2F938"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1716,110 +1698,112 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="732658931">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0018556E"/>
+    <w:rsid w:val="0017332A"/>
     <w:rsid w:val="0018556E"/>
     <w:rsid w:val="00213DE9"/>
+    <w:rsid w:val="00316FFF"/>
     <w:rsid w:val="00392D99"/>
     <w:rsid w:val="00426352"/>
     <w:rsid w:val="004B139F"/>
     <w:rsid w:val="00632D4D"/>
     <w:rsid w:val="006F2197"/>
     <w:rsid w:val="00736C48"/>
     <w:rsid w:val="008D5997"/>
     <w:rsid w:val="008F6920"/>
     <w:rsid w:val="0096171A"/>
     <w:rsid w:val="00A5700D"/>
     <w:rsid w:val="00D24B88"/>
     <w:rsid w:val="00DD5BF8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="54B3C91C"/>
   <w15:docId w15:val="{4FB728C4-7C24-4827-BCD0-0013A5CF7BDB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1946,51 +1930,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -2478,51 +2462,51 @@
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Skolar Sans Latn Me" w:hAnsi="Skolar Sans Latn Me" w:cs="Skolar Sans Latn Me"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="A3">
     <w:name w:val="A3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008F6920"/>
     <w:rPr>
       <w:rFonts w:cs="Skolar Sans Latn Me"/>
       <w:color w:val="00B27C"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -2779,76 +2763,76 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>313</Words>
-  <Characters>1790</Characters>
+  <Characters>1786</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Headings</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="7" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>¿Es este formulario para usted?</vt:lpstr>
       <vt:lpstr>Inscríbase o cambie de plan de seguro de salud</vt:lpstr>
       <vt:lpstr>    Inscripción</vt:lpstr>
       <vt:lpstr>    Información del afiliado (Por favor complete un formulario por cada miembro de l</vt:lpstr>
       <vt:lpstr>    Información del proveedor de atención primaria (PCP)</vt:lpstr>
       <vt:lpstr>    Si usted tiene otro seguro de salud que no sea MassHealth</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2099</CharactersWithSpaces>
+  <CharactersWithSpaces>2095</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>