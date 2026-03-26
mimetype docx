--- v0 (2025-12-20)
+++ v1 (2026-03-26)
@@ -1,1284 +1,1536 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5704FB85" w14:textId="3C54DA6F" w:rsidR="003A5551" w:rsidRPr="00CE1557" w:rsidRDefault="003A5551" w:rsidP="0050689D">
+    <w:p w14:paraId="7386F718" w14:textId="77777777" w:rsidR="003C3529" w:rsidRDefault="003A5551" w:rsidP="008C1389">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="280"/>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E375D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="182880" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1CE89CE8" wp14:editId="17E11220">
-[...6 lines deleted...]
-            </wp:positionV>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1CE89CE8" wp14:editId="6BEE10D0">
             <wp:extent cx="1417320" cy="722376"/>
             <wp:effectExtent l="0" t="0" r="0" b="1905"/>
-            <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="2" name="Picture 2" descr="MassHealth logo"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="9" name="Picture 9" descr="MassHealth logo"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1417320" cy="722376"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="margin">
-[...5 lines deleted...]
-          </wp:anchor>
+          </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00A56C55">
-[...22 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="753211FA" w14:textId="77777777" w:rsidR="003A5551" w:rsidRPr="00CE1557" w:rsidRDefault="003A5551" w:rsidP="003A5551">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5704FB85" w14:textId="2707DBC6" w:rsidR="003A5551" w:rsidRPr="008E375D" w:rsidRDefault="003A5551" w:rsidP="008C1389">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="280"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E375D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Job Aid: Create a Prior</w:t>
+      </w:r>
+      <w:r w:rsidR="006375E6" w:rsidRPr="008E375D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E375D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Authorization Request</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="52181895" w14:textId="5203B378" w:rsidR="00A56C55" w:rsidRPr="00CE1557" w:rsidRDefault="00A56C55" w:rsidP="00673704">
+    <w:p w14:paraId="52181895" w14:textId="36E378AB" w:rsidR="00A56C55" w:rsidRPr="00CE1557" w:rsidRDefault="00A56C55" w:rsidP="008E375D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="center" w:pos="810"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
-        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE1557">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>This job aid describes how to</w:t>
       </w:r>
-      <w:r w:rsidR="0062515E" w:rsidRPr="00CE1557">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2F812BAF" w14:textId="7E6C16CE" w:rsidR="002A129E" w:rsidRPr="001D6AAE" w:rsidRDefault="0062515E" w:rsidP="001D6AAE">
+    <w:p w14:paraId="2F812BAF" w14:textId="3DF12070" w:rsidR="002A129E" w:rsidRPr="001D6AAE" w:rsidRDefault="0095338E" w:rsidP="008E375D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="907"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
       <w:r w:rsidRPr="00CE1557">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>C</w:t>
+        <w:t xml:space="preserve">reate </w:t>
       </w:r>
       <w:r w:rsidR="00A56C55" w:rsidRPr="00CE1557">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">reate a </w:t>
+        <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="00A56C55" w:rsidRPr="00917EFD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>prior</w:t>
       </w:r>
       <w:r w:rsidR="006375E6" w:rsidRPr="00917EFD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56C55" w:rsidRPr="00917EFD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>authorization</w:t>
       </w:r>
       <w:r w:rsidR="00A56C55" w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PA) request using the MassHealth Provider Online Service Center (POSC); and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78C952DE" w14:textId="431E5660" w:rsidR="00A56C55" w:rsidRPr="00673704" w:rsidRDefault="0062515E" w:rsidP="001D6AAE">
+    <w:p w14:paraId="78C952DE" w14:textId="5FD21E82" w:rsidR="00A56C55" w:rsidRDefault="0095338E" w:rsidP="008E375D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="907"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ubmit </w:t>
+      </w:r>
+      <w:r w:rsidR="00A56C55" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the request.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6810659F" w14:textId="4FA9E6D4" w:rsidR="005D3F77" w:rsidRDefault="005D3F77" w:rsidP="00076A9B">
+      <w:pPr>
+        <w:pStyle w:val="Note1"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
       <w:r w:rsidRPr="005D3F77">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-      </w:pPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You must have the </w:t>
+      </w:r>
+      <w:r w:rsidR="00563B19">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
       <w:r w:rsidRPr="005D3F77">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>You must have the Provider ID (PID) and Service Location (SL) for both the servicing and requesting provider to create a PA request.</w:t>
+        <w:t xml:space="preserve">rovider ID (PID) and </w:t>
+      </w:r>
+      <w:r w:rsidR="00563B19">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3F77">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ervice </w:t>
+      </w:r>
+      <w:r w:rsidR="00563B19">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3F77">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ocation (SL) for both the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D3F77">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>servicing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D3F77">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and requesting provider to create a PA request.</w:t>
       </w:r>
       <w:r w:rsidRPr="005D3F77">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005D3F77">
         <w:t xml:space="preserve">Click on the </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3F77">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00076A9B">
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="005D3F77">
         <w:t xml:space="preserve"> tab and enter the national provider identifier (NPI) to obtain the PID and SL.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E259149" w14:textId="04A3CEA8" w:rsidR="00BC6DAA" w:rsidRPr="00673704" w:rsidRDefault="00A56C55" w:rsidP="00673704">
-[...160 lines deleted...]
-        <w:ind w:left="907"/>
+    <w:p w14:paraId="20E0A1C8" w14:textId="44406A54" w:rsidR="00307F1D" w:rsidRPr="005D3F77" w:rsidRDefault="00307F1D" w:rsidP="00076A9B">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-      </w:pPr>
-[...28 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09041AFD" wp14:editId="716E0141">
-[...2 lines deleted...]
-            <wp:docPr id="1" name="Picture 1" descr="The Login button is identified in the bottom left corner of the POSC page."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="763BF13A" wp14:editId="0CFE9CA8">
+            <wp:extent cx="4991100" cy="3879300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="6985"/>
+            <wp:docPr id="1961935329" name="drawing" descr="The screenshot demonstrates the POSC Home Page."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name="Picture 1" descr="The Login button is identified in the bottom left corner of the POSC page."/>
+                    <pic:cNvPr id="28264007" name="drawing" descr="The screenshot demonstrates the POSC Home Page."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8"/>
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4435109" cy="3365186"/>
+                      <a:ext cx="5006210" cy="3891044"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74DF5CA8" w14:textId="77777777" w:rsidR="005C58BD" w:rsidRDefault="00D737F5" w:rsidP="00D737F5">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyCopy"/>
+    <w:p w14:paraId="39A921A1" w14:textId="2447BB88" w:rsidR="005E2B17" w:rsidRPr="006A3716" w:rsidRDefault="00D737F5" w:rsidP="00076A9B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
+      <w:r w:rsidR="00121FDE" w:rsidRPr="10DBFE98">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DC4889">
+        <w:t>Create</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DC4889">
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidR="0AB91703" w:rsidRPr="10BAFA52">
+        <w:t>PA Request</w:t>
+      </w:r>
+      <w:r w:rsidR="4B8A325D" w:rsidRPr="10BAFA52">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="39A921A1" w14:textId="77777777" w:rsidR="005E2B17" w:rsidRPr="006A3716" w:rsidRDefault="005E2B17" w:rsidP="006A3716">
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="179DFBD8" w14:textId="26B4C42C" w:rsidR="00D737F5" w:rsidRPr="006A3716" w:rsidRDefault="00D737F5" w:rsidP="003A2676">
+      <w:pPr>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:t>Search for a Deferred PA Request</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>From the Provider Online Service Center home page:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="179DFBD8" w14:textId="05D83465" w:rsidR="00D737F5" w:rsidRPr="006A3716" w:rsidRDefault="00D737F5" w:rsidP="006A3716">
-[...10 lines deleted...]
-        <w:t>From the Provider Online Service Center home page:</w:t>
+    <w:p w14:paraId="32CAA4BF" w14:textId="0B306B76" w:rsidR="001D6AAE" w:rsidRPr="001D6AAE" w:rsidRDefault="001D6AAE" w:rsidP="008C1389">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D6AAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D6AAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Manage Service Authorizations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D6AAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32CAA4BF" w14:textId="77777777" w:rsidR="001D6AAE" w:rsidRPr="001D6AAE" w:rsidRDefault="001D6AAE" w:rsidP="006A3716">
+    <w:p w14:paraId="6F9B7548" w14:textId="7B142B30" w:rsidR="001D6AAE" w:rsidRDefault="6CF4E31D" w:rsidP="00952CB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
-        <w:contextualSpacing w:val="0"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="001D6AAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="10BAFA52">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Click </w:t>
       </w:r>
-      <w:r w:rsidRPr="001D6AAE">
+      <w:r w:rsidRPr="10BAFA52">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Manage Service Authorizations</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001D6AAE">
+        <w:t>Prior Authorizations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="10BAFA52">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F9B7548" w14:textId="29A63FEB" w:rsidR="001D6AAE" w:rsidRPr="001D6AAE" w:rsidRDefault="001D6AAE" w:rsidP="001D6AAE">
+    <w:p w14:paraId="15A654CE" w14:textId="1D267701" w:rsidR="006E445E" w:rsidRPr="00BB3A8D" w:rsidRDefault="005F3EFB" w:rsidP="00952CB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F3EFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F3EFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Enter a PA Request</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F3EFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F3EFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Prior Authorization Templates</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F3EFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> panel is displayed</w:t>
+      </w:r>
+      <w:r w:rsidR="001D034E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F3EFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="133C906D" w14:textId="121AB293" w:rsidR="005E2B17" w:rsidRPr="005E2B17" w:rsidRDefault="005E2B17" w:rsidP="00952CB1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Select Assignment Type</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22B4AF54" w14:textId="5BBB9505" w:rsidR="00D737F5" w:rsidRPr="006A3716" w:rsidRDefault="00D737F5" w:rsidP="00952CB1">
+      <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
-        <w:contextualSpacing w:val="0"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="001D6AAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The assignment types are grouped into three categories: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00076A9B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Prior Authorizations</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001D6AAE">
+        <w:t>Basic Medical, Durable Medical Equipment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00076A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Therapy Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38D9D3C5" w14:textId="0B9BB5D5" w:rsidR="00D737F5" w:rsidRPr="00673704" w:rsidRDefault="00D737F5" w:rsidP="001D6AAE">
+    <w:p w14:paraId="08B6FFC3" w14:textId="15C8D1E5" w:rsidR="00D737F5" w:rsidRPr="006A3716" w:rsidRDefault="00D737F5" w:rsidP="00952CB1">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">On the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Prior Authorization Templates</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> panel:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="320EA0B3" w14:textId="42B3B5E9" w:rsidR="000D441A" w:rsidRPr="006A3716" w:rsidRDefault="005E2B17" w:rsidP="003A2676">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
-        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00673704">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00673704">
+      <w:r w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Select the designed assignment type u</w:t>
+      </w:r>
+      <w:r w:rsidR="00E858D7" w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nder</w:t>
+      </w:r>
+      <w:r w:rsidR="000D441A" w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>Enter a PA Request</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00673704">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E96D01" w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>Prior Authorization Templates</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> panel is displayed.</w:t>
+        <w:t xml:space="preserve">Basic Medical </w:t>
+      </w:r>
+      <w:r w:rsidR="007C0BC2" w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Assignment Category</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="133C906D" w14:textId="015694CA" w:rsidR="005E2B17" w:rsidRPr="005E2B17" w:rsidRDefault="005E2B17" w:rsidP="005E2B17">
-[...49 lines deleted...]
-    <w:p w14:paraId="320EA0B3" w14:textId="4A31E8A6" w:rsidR="000D441A" w:rsidRPr="006A3716" w:rsidRDefault="005E2B17" w:rsidP="006A3716">
+    <w:p w14:paraId="0BCBF6A1" w14:textId="1AE957FE" w:rsidR="000D441A" w:rsidRPr="006A3716" w:rsidRDefault="00CF3798" w:rsidP="003A2676">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="907"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Select the designed assignment type u</w:t>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidR="0095338E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="0095338E" w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>earing</w:t>
+      </w:r>
+      <w:r w:rsidR="00660C40" w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B11F0A" w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">select </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00076A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Hearing Services</w:t>
+      </w:r>
+      <w:r w:rsidR="00660C40" w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53D13DEE" w14:textId="04E15AEF" w:rsidR="000D441A" w:rsidRPr="006A3716" w:rsidRDefault="00CF3798" w:rsidP="003A2676">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="907"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidR="0095338E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="0095338E" w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ision</w:t>
+      </w:r>
+      <w:r w:rsidR="00660C40" w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B11F0A" w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">select </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00076A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Vision Services</w:t>
+      </w:r>
+      <w:r w:rsidR="00660C40" w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E858D7" w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>nder</w:t>
-[...26 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BCBF6A1" w14:textId="69B0FCC0" w:rsidR="000D441A" w:rsidRPr="006A3716" w:rsidRDefault="00CF3798" w:rsidP="006A3716">
+    <w:p w14:paraId="5A7CD446" w14:textId="776F011D" w:rsidR="00CF3798" w:rsidRPr="006A3716" w:rsidRDefault="00CF3798" w:rsidP="003A2676">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="907"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>For Hearing</w:t>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidR="0095338E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0095338E" w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>urgical</w:t>
+      </w:r>
+      <w:r w:rsidR="000D441A" w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="0095338E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="0095338E" w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">edical </w:t>
+      </w:r>
+      <w:r w:rsidR="0095338E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="0095338E" w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>rocedures</w:t>
       </w:r>
       <w:r w:rsidR="00660C40" w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
+      <w:r w:rsidR="00FB3701" w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B11F0A" w:rsidRPr="006A3716">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">select </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00076A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Physician</w:t>
+      </w:r>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B11F0A" w:rsidRPr="006A3716">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">select </w:t>
+      <w:r w:rsidRPr="00076A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Adult</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Hearing Services</w:t>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00076A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Physician Pediatric</w:t>
       </w:r>
       <w:r w:rsidR="00660C40" w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53D13DEE" w14:textId="3C5F0971" w:rsidR="000D441A" w:rsidRPr="006A3716" w:rsidRDefault="00CF3798" w:rsidP="006A3716">
-[...135 lines deleted...]
-    <w:p w14:paraId="7B73C0B4" w14:textId="095E8050" w:rsidR="00D737F5" w:rsidRPr="00673704" w:rsidRDefault="00D737F5" w:rsidP="00673704">
+    <w:p w14:paraId="7B73C0B4" w14:textId="680916C7" w:rsidR="00D737F5" w:rsidRDefault="00D737F5" w:rsidP="00076A9B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Continue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D2C3210" w14:textId="4132A005" w:rsidR="003A2676" w:rsidRDefault="009148D6" w:rsidP="00076A9B">
+      <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...25 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:ind w:left="648"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5405ABEE" wp14:editId="01E2932A">
-[...2 lines deleted...]
-            <wp:docPr id="3" name="Picture 3" descr="The assignment types are identified in the middle of the Prior Authorization Templates panel. The Continue button is identified in the bottom right corner."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="63061FDB" wp14:editId="26BD403B">
+            <wp:extent cx="4848225" cy="4919174"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="19589907" name="drawing" descr="The assignment types are identified in the middle of the Prior Authorization Templates panel. The Continue button is identified in the bottom right corner."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="3" name="Picture 3" descr="The assignment types are identified in the middle of the Prior Authorization Templates panel. The Continue button is identified in the bottom right corner."/>
+                    <pic:cNvPr id="19589907" name="drawing" descr="The assignment types are identified in the middle of the Prior Authorization Templates panel. The Continue button is identified in the bottom right corner."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9"/>
+                    <a:blip r:embed="rId12" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4251586" cy="3741368"/>
+                      <a:ext cx="4876864" cy="4948232"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EFCF338" w14:textId="7073BA5B" w:rsidR="005E2B17" w:rsidRPr="005E2B17" w:rsidRDefault="005E2B17" w:rsidP="004F1806">
+    <w:p w14:paraId="4E31B59C" w14:textId="77777777" w:rsidR="003A2676" w:rsidRDefault="003A2676">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EFCF338" w14:textId="4EF98984" w:rsidR="005E2B17" w:rsidRPr="005E2B17" w:rsidRDefault="00811289" w:rsidP="00952CB1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
-        <w:br w:type="page"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Search for and Select Requesting Provider</w:t>
+        <w:t>Provide Base Information for PA Request</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AEC27A3" w14:textId="43A4ACA3" w:rsidR="00D737F5" w:rsidRPr="006A3716" w:rsidRDefault="00D737F5" w:rsidP="006A3716">
+    <w:p w14:paraId="5AEC27A3" w14:textId="35EFECD5" w:rsidR="00D737F5" w:rsidRPr="006A3716" w:rsidRDefault="00D737F5" w:rsidP="00952CB1">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Base Information</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> panel:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30B979D9" w14:textId="5A751EAA" w:rsidR="00D737F5" w:rsidRPr="006A3716" w:rsidRDefault="00D737F5" w:rsidP="006A3716">
+    <w:p w14:paraId="411BE42C" w14:textId="77777777" w:rsidR="00811289" w:rsidRDefault="00D737F5" w:rsidP="00952CB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Enter the </w:t>
       </w:r>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Member ID</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5684474F" w14:textId="4354CD11" w:rsidR="00D737F5" w:rsidRPr="006A3716" w:rsidRDefault="00D737F5" w:rsidP="006A3716">
+    <w:p w14:paraId="4B76A131" w14:textId="788AC013" w:rsidR="005D37BD" w:rsidRDefault="00811289" w:rsidP="003A2676">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Select </w:t>
+      </w:r>
+      <w:r w:rsidR="006D27C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the PA </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC5D4F" w:rsidRPr="00076A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="006D27C3" w:rsidRPr="00076A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lassification</w:t>
+      </w:r>
+      <w:r w:rsidR="006D27C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="005D37BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Options include</w:t>
+      </w:r>
+      <w:r w:rsidR="0095338E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19DC06AB" w14:textId="7DF7938E" w:rsidR="005D37BD" w:rsidRDefault="005D37BD" w:rsidP="003A2676">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Standard:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB1F1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B859E5" w:rsidRPr="00B859E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MassHealth will adjudicate standard </w:t>
+      </w:r>
+      <w:r w:rsidR="0095338E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>PA</w:t>
+      </w:r>
+      <w:r w:rsidR="00B859E5" w:rsidRPr="00B859E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> requests within seven calendar days from the date received, provided all necessary documentation is included.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B859E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F66EC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This is the default </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F66EC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>selection</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F66EC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78E75D2A" w14:textId="0F475C57" w:rsidR="00F57EC1" w:rsidRDefault="005D37BD" w:rsidP="003A2676">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Request to Expedite:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D57F5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D57F5E" w:rsidRPr="00D57F5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MassHealth will review expedited </w:t>
+      </w:r>
+      <w:r w:rsidR="0095338E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>PA</w:t>
+      </w:r>
+      <w:r w:rsidR="00D57F5E" w:rsidRPr="00D57F5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> requests within 72 hours when the member’s clinical condition requires urgent attention and a delay in processing could negatively affect health outcomes.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C34E0D" w:rsidRPr="00C34E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If the request </w:t>
+      </w:r>
+      <w:r w:rsidR="0095338E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>doesn’t</w:t>
+      </w:r>
+      <w:r w:rsidR="00C34E0D" w:rsidRPr="00C34E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meet the criteria for expedited review, it will be processed as a standard request</w:t>
+      </w:r>
+      <w:r w:rsidR="0095338E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>; it will</w:t>
+      </w:r>
+      <w:r w:rsidR="00C34E0D" w:rsidRPr="00C34E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> follow standard review processes, including the deferral process, as applicable.</w:t>
+      </w:r>
+      <w:r w:rsidR="008B57F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00563B19" w:rsidRPr="00076A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>A request to expedite is not for convenience; it</w:t>
+      </w:r>
+      <w:r w:rsidR="00563B19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00563B19" w:rsidRPr="008B57F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>is only for urgent cases where a delay could cause serious harm</w:t>
+      </w:r>
+      <w:r w:rsidR="00563B19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5684474F" w14:textId="5A8C461A" w:rsidR="00D737F5" w:rsidRPr="006A3716" w:rsidRDefault="00D737F5" w:rsidP="00952CB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Select the </w:t>
+        <w:t xml:space="preserve">Select </w:t>
       </w:r>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Requesting Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the dropdown list.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="737282C1" w14:textId="07C8CBFD" w:rsidR="008E4CB9" w:rsidRPr="006A3716" w:rsidRDefault="008E4CB9" w:rsidP="006A3716">
+    <w:p w14:paraId="737282C1" w14:textId="5D967220" w:rsidR="008E4CB9" w:rsidRPr="006A3716" w:rsidRDefault="008E4CB9" w:rsidP="00952CB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Enter the </w:t>
       </w:r>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Contact Name</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BEF8533" w14:textId="2E6F85CD" w:rsidR="008E4CB9" w:rsidRPr="006A3716" w:rsidRDefault="008E4CB9" w:rsidP="006A3716">
+    <w:p w14:paraId="2BEF8533" w14:textId="2E6F85CD" w:rsidR="008E4CB9" w:rsidRPr="006A3716" w:rsidRDefault="008E4CB9" w:rsidP="00952CB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Enter the </w:t>
       </w:r>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Contact Phone Number</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BB0747F" w14:textId="6A0620E4" w:rsidR="00D737F5" w:rsidRPr="006A3716" w:rsidRDefault="00D737F5" w:rsidP="006A3716">
+    <w:p w14:paraId="2BB0747F" w14:textId="6A0620E4" w:rsidR="00D737F5" w:rsidRPr="006A3716" w:rsidRDefault="00D737F5" w:rsidP="00952CB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:caps/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Enter the </w:t>
       </w:r>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Primary Diagnosis Code</w:t>
       </w:r>
       <w:r w:rsidR="005D6D1C" w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="002B7F82" w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28C4B01E" w14:textId="73F11CFC" w:rsidR="00F5513D" w:rsidRDefault="00F5513D" w:rsidP="00FB3701">
+    <w:p w14:paraId="28C4B01E" w14:textId="1E6E091A" w:rsidR="00F5513D" w:rsidRDefault="00F5513D" w:rsidP="008C1389">
       <w:pPr>
         <w:pStyle w:val="Note1"/>
+        <w:ind w:left="1710" w:hanging="630"/>
       </w:pPr>
       <w:r w:rsidRPr="00660C40">
         <w:t>Do not</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> include the dot</w:t>
       </w:r>
       <w:r w:rsidRPr="00F5513D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04C85D74" w14:textId="195D168C" w:rsidR="0007223D" w:rsidRPr="006A3716" w:rsidRDefault="0007223D" w:rsidP="006A3716">
+    <w:p w14:paraId="04C85D74" w14:textId="195D168C" w:rsidR="0007223D" w:rsidRPr="006A3716" w:rsidRDefault="0007223D" w:rsidP="00952CB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Enter any optional information</w:t>
       </w:r>
       <w:r w:rsidR="00B11F0A" w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
@@ -1298,2318 +1550,2589 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Rationale </w:t>
       </w:r>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Provider Comments</w:t>
       </w:r>
       <w:r w:rsidR="00B11F0A" w:rsidRPr="006A3716">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36C40827" w14:textId="5B4CE70D" w:rsidR="00BC6DAA" w:rsidRPr="00F5513D" w:rsidRDefault="005E2B17" w:rsidP="00673704">
+    <w:p w14:paraId="36C40827" w14:textId="45AB5B00" w:rsidR="00BC6DAA" w:rsidRPr="00F5513D" w:rsidRDefault="005E2B17" w:rsidP="00076A9B">
       <w:pPr>
         <w:pStyle w:val="Note1"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1714" w:hanging="634"/>
       </w:pPr>
       <w:r w:rsidRPr="00F5513D">
         <w:t xml:space="preserve">If desired, you can click the </w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Field Search</w:t>
       </w:r>
       <w:r w:rsidRPr="00F5513D">
         <w:t xml:space="preserve"> button</w:t>
       </w:r>
       <w:r w:rsidR="00F5513D" w:rsidRPr="00F5513D">
         <w:t xml:space="preserve"> to perform a search for the correct diagnosis code</w:t>
       </w:r>
       <w:r w:rsidRPr="00F5513D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66756EA9" w14:textId="7196A8E5" w:rsidR="00BC6DAA" w:rsidRDefault="00D737F5" w:rsidP="00673704">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="19869F4B" w14:textId="722CF275" w:rsidR="003C1AD4" w:rsidRDefault="009148D6" w:rsidP="00076A9B">
+      <w:pPr>
+        <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4ED278ED" wp14:editId="73662C72">
-            <wp:extent cx="4276725" cy="3798791"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66CCC718" wp14:editId="02D9C9C6">
+            <wp:extent cx="4143375" cy="3260250"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="21" name="Picture 21" descr="Required fields are identified on the Base Information panel."/>
+            <wp:docPr id="49127346" name="drawing" descr="Required fields are identified on the Base Information panel."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="21" name="Picture 21" descr="Required fields are identified on the Base Information panel."/>
-[...640 lines deleted...]
-                    <pic:cNvPr id="8" name="Picture 8" descr="The required fields are identified on the Basical Medical Details panel."/>
+                    <pic:cNvPr id="49127346" name="drawing" descr="Required fields are identified on the Base Information panel."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3931645" cy="3603414"/>
+                      <a:ext cx="4189904" cy="3296862"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C6529BA" w14:textId="77777777" w:rsidR="001F3ABB" w:rsidRDefault="001F3ABB">
-[...13 lines deleted...]
-    <w:p w14:paraId="6157608B" w14:textId="1841B90F" w:rsidR="003A63A6" w:rsidRDefault="00B837D6" w:rsidP="00673704">
+    <w:p w14:paraId="0ACBD805" w14:textId="66B18B51" w:rsidR="003C1AD4" w:rsidRDefault="429782FB" w:rsidP="00952CB1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Add an Attachment</w:t>
+        <w:t>Add a</w:t>
+      </w:r>
+      <w:r w:rsidR="003556FB">
+        <w:t xml:space="preserve"> Line Item</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6569B91B" w14:textId="73287CC0" w:rsidR="00D737F5" w:rsidRPr="00FC35AC" w:rsidRDefault="009034F2" w:rsidP="00FC35AC">
+    <w:p w14:paraId="678BB355" w14:textId="291D3B26" w:rsidR="00EE2A9C" w:rsidRPr="006A3716" w:rsidRDefault="00EE2A9C" w:rsidP="00076A9B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="65E62126">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="65E62126">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Line Items</w:t>
+      </w:r>
+      <w:r w:rsidRPr="65E62126">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tab.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="774B3913" w14:textId="3C72817A" w:rsidR="003A2676" w:rsidRDefault="6FD370FC" w:rsidP="00076A9B">
+      <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
-        <w:contextualSpacing w:val="0"/>
-[...26 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:ind w:left="648"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E00065D" wp14:editId="7B87E482">
-[...2 lines deleted...]
-            <wp:docPr id="9" name="Picture 9" descr="The Attachments tab is identified above the List of Line Items panel. The sample line item shows that the attachment is in process of provider submission."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0945C8D0" wp14:editId="05ABD9E9">
+            <wp:extent cx="5495925" cy="4324518"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1850397059" name="drawing" descr="The Line Items tab is identified above the Base Information panel."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="9" name="Picture 9" descr="The Attachments tab is identified above the List of Line Items panel. The sample line item shows that the attachment is in process of provider submission."/>
+                    <pic:cNvPr id="1850397059" name="drawing" descr="The Line Items tab is identified above the Base Information panel."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14"/>
+                    <a:blip r:embed="rId14" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4285840" cy="3079125"/>
+                      <a:ext cx="5503769" cy="4330690"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55B14B38" w14:textId="02FFD3AB" w:rsidR="00EE2A9C" w:rsidRPr="00F06770" w:rsidRDefault="00D737F5" w:rsidP="00F06770">
+    <w:p w14:paraId="0FDDF9EB" w14:textId="77777777" w:rsidR="003A2676" w:rsidRDefault="003A2676">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DCC0D94" w14:textId="5067722E" w:rsidR="00EE2A9C" w:rsidRDefault="00EE2A9C" w:rsidP="00076A9B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
-        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Click </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F06770">
+      <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
         </w:rPr>
         <w:t>New Item</w:t>
       </w:r>
-      <w:r w:rsidR="00B837D6" w:rsidRPr="00F06770">
-[...6 lines deleted...]
-      <w:r w:rsidR="00B837D6" w:rsidRPr="00F06770">
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">.  </w:t>
+        </w:rPr>
+        <w:t>Basic Medical Details</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> panel is displayed</w:t>
+      </w:r>
+      <w:r w:rsidR="003556FB" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61547E02" w14:textId="0905815D" w:rsidR="00D737F5" w:rsidRDefault="00F41714" w:rsidP="00673704">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="7CCF29C2" w14:textId="5B587AED" w:rsidR="6502B305" w:rsidRDefault="6502B305" w:rsidP="00076A9B">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="648"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1360597D" wp14:editId="5C4C50CE">
-[...2 lines deleted...]
-            <wp:docPr id="10" name="Picture 10" descr="The New Item button is identified in the bottom right corner of the List of Attachments panel."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="74FE6423" wp14:editId="42AC1237">
+            <wp:extent cx="5555270" cy="4905375"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+            <wp:docPr id="1763061029" name="drawing" descr="The New Item button is identified in the bottom right corner of the List of Line Items panel."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="10" name="Picture 10" descr="The New Item button is identified in the bottom right corner of the List of Attachments panel."/>
+                    <pic:cNvPr id="1763061029" name="drawing" descr="The New Item button is identified in the bottom right corner of the List of Line Items panel."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId15">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4049609" cy="2891759"/>
+                      <a:ext cx="5559461" cy="4909076"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DAE53E2" w14:textId="2ED113D5" w:rsidR="00B837D6" w:rsidRDefault="00B837D6">
-[...9 lines deleted...]
-        <w:br w:type="page"/>
+    <w:p w14:paraId="21033D04" w14:textId="57BC577F" w:rsidR="00FB3701" w:rsidRPr="00110A53" w:rsidRDefault="009034F2" w:rsidP="00804E2C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enter the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Procedure Code</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0012036B" w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A436C5" w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Each CPT </w:t>
+      </w:r>
+      <w:r w:rsidR="0095338E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="0095338E" w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ode </w:t>
+      </w:r>
+      <w:r w:rsidR="00A436C5" w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must be entered on a separate line item.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18BC4F88" w14:textId="312199FE" w:rsidR="00D737F5" w:rsidRPr="00645D7F" w:rsidRDefault="00D737F5" w:rsidP="00F06770">
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="67185EF0" w14:textId="56020E9A" w:rsidR="009034F2" w:rsidRPr="00FB3701" w:rsidRDefault="00A436C5" w:rsidP="008C1389">
+      <w:pPr>
+        <w:pStyle w:val="Note1"/>
+        <w:ind w:left="1710" w:hanging="630"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3701">
+        <w:t xml:space="preserve">All procedures are reviewed individually. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB3701" w:rsidRPr="00FB3701">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Attachment</w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> panel:</w:t>
+        <w:t>Thru Procedure</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB3701" w:rsidRPr="00673704">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:t>field is invalid.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4239CC22" w14:textId="5E31D53D" w:rsidR="00D737F5" w:rsidRPr="00F06770" w:rsidRDefault="00D737F5" w:rsidP="00F06770">
+    <w:p w14:paraId="2CFF1C44" w14:textId="4229B19B" w:rsidR="009034F2" w:rsidRPr="00110A53" w:rsidRDefault="009034F2" w:rsidP="00952CB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F06770">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00F06770">
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enter the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110A53">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> from the dropdown list.</w:t>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Requested Effective Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E58FF78" w14:textId="11673849" w:rsidR="00D737F5" w:rsidRPr="00F06770" w:rsidRDefault="00D737F5" w:rsidP="00F06770">
+    <w:p w14:paraId="51EC38F0" w14:textId="1EE7B9CD" w:rsidR="009034F2" w:rsidRPr="00110A53" w:rsidRDefault="009034F2" w:rsidP="00952CB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F06770">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00F06770">
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enter the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110A53">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...32 lines deleted...]
-        <w:t>from the dropdown list.</w:t>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Requested End Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="774D68EB" w14:textId="48616420" w:rsidR="00D737F5" w:rsidRPr="00F06770" w:rsidRDefault="006A435D" w:rsidP="00F06770">
+    <w:p w14:paraId="6E514007" w14:textId="45B481A7" w:rsidR="009034F2" w:rsidRPr="00110A53" w:rsidRDefault="009034F2" w:rsidP="00952CB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F06770">
-[...5 lines deleted...]
-      <w:r w:rsidR="00D737F5" w:rsidRPr="00F06770">
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enter the number of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110A53">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...14 lines deleted...]
-        <w:t>blank.</w:t>
+        <w:t>Requested Units</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FBF06C4" w14:textId="2E3AE75F" w:rsidR="00D737F5" w:rsidRPr="00F06770" w:rsidRDefault="00D737F5" w:rsidP="00F06770">
+    <w:p w14:paraId="547964ED" w14:textId="6802D9E5" w:rsidR="00EE2A9C" w:rsidRPr="00110A53" w:rsidRDefault="009034F2" w:rsidP="00952CB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F06770">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00076A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> field.</w:t>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Servic</w:t>
+      </w:r>
+      <w:r w:rsidR="00110A53" w:rsidRPr="00076A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00076A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is the same as the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00076A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Requesting Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, select the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Same as Requesting Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> checkbox.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB3701" w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00076A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Servic</w:t>
+      </w:r>
+      <w:r w:rsidR="00110A53" w:rsidRPr="00076A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00076A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is different from the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00076A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Requesting Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, select </w:t>
+      </w:r>
+      <w:r w:rsidR="00563B19" w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Serv</w:t>
+      </w:r>
+      <w:r w:rsidR="00563B19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ice</w:t>
+      </w:r>
+      <w:r w:rsidR="00563B19" w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from the dropdown </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB3701" w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>list.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A29BDD2" w14:textId="792DFB35" w:rsidR="005A0791" w:rsidRPr="00F06770" w:rsidRDefault="005A0791" w:rsidP="00F06770">
+    <w:p w14:paraId="6D9C53EF" w14:textId="506E1875" w:rsidR="004F1D57" w:rsidRPr="00110A53" w:rsidRDefault="004F1D57" w:rsidP="00952CB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F06770">
+      <w:r w:rsidRPr="00110A53">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Click </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F06770">
+      <w:r w:rsidRPr="00076A9B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F06770">
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Add</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110A53">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="4E5EC675" w14:textId="77777777" w:rsidR="00F935E9" w:rsidRDefault="00F935E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7644AB6A" w14:textId="21EE4F23" w:rsidR="00E20A30" w:rsidRPr="00110A53" w:rsidRDefault="00B837D6" w:rsidP="00076A9B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>In the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F1D57" w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>List of Line Items</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> panel</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1D57" w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> click the</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1D57" w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F1D57" w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>New Item</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1D57" w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> button </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to add </w:t>
+      </w:r>
+      <w:r w:rsidR="004F1D57" w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">additional </w:t>
+      </w:r>
+      <w:r w:rsidR="00952CB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00952CB1" w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ine </w:t>
+      </w:r>
+      <w:r w:rsidR="00952CB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00952CB1" w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tems</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>. R</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1D57" w:rsidRPr="00110A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>epeat until all are added.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C6529BA" w14:textId="1DB67605" w:rsidR="00804E2C" w:rsidRDefault="00E20A30" w:rsidP="00076A9B">
+      <w:pPr>
+        <w:ind w:left="648"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="18805C82" wp14:editId="1F0274CA">
-[...2 lines deleted...]
-            <wp:docPr id="12" name="Picture 12" descr="Required fields are identified on the Attachment Details panel."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1AACDF41" wp14:editId="18E20277">
+            <wp:extent cx="5219700" cy="5704190"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="216422324" name="drawing" descr="The required fields are identified on the Basical Medical Details panel."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="12" name="Picture 12" descr="Required fields are identified on the Attachment Details panel."/>
+                    <pic:cNvPr id="216422324" name="drawing" descr="The required fields are identified on the Basical Medical Details panel."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16"/>
+                    <a:blip r:embed="rId16">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4463605" cy="2750172"/>
+                      <a:ext cx="5228271" cy="5713556"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35A58D78" w14:textId="5AFFD880" w:rsidR="00500C8D" w:rsidRPr="00673704" w:rsidRDefault="00500C8D" w:rsidP="00673704">
+    <w:p w14:paraId="7BDA5556" w14:textId="77777777" w:rsidR="00804E2C" w:rsidRDefault="00804E2C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6157608B" w14:textId="1D7E93F5" w:rsidR="003A63A6" w:rsidRDefault="00B837D6" w:rsidP="00952CB1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Add an Attachment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6569B91B" w14:textId="73063D7B" w:rsidR="00D737F5" w:rsidRDefault="009034F2" w:rsidP="00076A9B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC35AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC35AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Attachments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC35AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tab. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C0D7F96" w14:textId="13A8A966" w:rsidR="00355359" w:rsidRPr="00BB3A8D" w:rsidRDefault="00355359" w:rsidP="00076A9B">
+      <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...8 lines deleted...]
-      </w:r>
+        <w:ind w:left="648"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...60 lines deleted...]
-        <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40DA4ED1" wp14:editId="3B7C9B19">
-[...2 lines deleted...]
-            <wp:docPr id="14" name="Picture 14" descr="The file name field and Open button are identified below the file folder."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4877784F" wp14:editId="4771CCD0">
+            <wp:extent cx="5224781" cy="4591050"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1544538130" name="drawing" descr="The Attachments tab is identified above the List of Line Items panel. The sample line item shows that the attachment is in process of provider submission."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="14" name="Picture 14" descr="The file name field and Open button are identified below the file folder."/>
+                    <pic:cNvPr id="1544538130" name="drawing" descr="The Attachments tab is identified above the List of Line Items panel. The sample line item shows that the attachment is in process of provider submission."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId17" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect r="39816"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5244912" cy="4608739"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09EF06D6" w14:textId="0208B4F0" w:rsidR="00804E2C" w:rsidRDefault="00804E2C">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C9E436C" w14:textId="07F32815" w:rsidR="00355359" w:rsidRPr="00355359" w:rsidRDefault="00D737F5" w:rsidP="00076A9B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Click </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>New Item</w:t>
+      </w:r>
+      <w:r w:rsidR="00B837D6" w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B837D6" w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>List of Attachments</w:t>
+      </w:r>
+      <w:r w:rsidR="00B837D6" w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> panel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0163C7B1" w14:textId="007D6736" w:rsidR="00355359" w:rsidRPr="00BB3A8D" w:rsidRDefault="00355359" w:rsidP="00076A9B">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="648"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65ED2C5A" wp14:editId="7BE6522B">
+            <wp:extent cx="5495925" cy="4817742"/>
+            <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+            <wp:docPr id="406455425" name="drawing" descr="The New Item button is identified in the bottom right corner of the List of Attachments panel."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="406455425" name="drawing" descr="The New Item button is identified in the bottom right corner of the List of Attachments panel."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17"/>
+                    <a:blip r:embed="rId18">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4163249" cy="2142116"/>
+                      <a:ext cx="5504162" cy="4824963"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="705F5B5D" w14:textId="634E2D0C" w:rsidR="00500C8D" w:rsidRDefault="00500C8D">
+    <w:p w14:paraId="2E7B1721" w14:textId="77777777" w:rsidR="00516252" w:rsidRDefault="00516252">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk107994976"/>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D4B054F" w14:textId="4652A780" w:rsidR="000E1121" w:rsidRPr="00B97CDC" w:rsidRDefault="00500C8D" w:rsidP="00F06770">
+    <w:p w14:paraId="18BC4F88" w14:textId="2936983D" w:rsidR="00D737F5" w:rsidRPr="00645D7F" w:rsidRDefault="00D737F5" w:rsidP="00952CB1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">On the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Attachment</w:t>
+      </w:r>
+      <w:r w:rsidR="00B837D6" w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Detail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> panel:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4239CC22" w14:textId="5E31D53D" w:rsidR="00D737F5" w:rsidRPr="00F06770" w:rsidRDefault="00D737F5" w:rsidP="00952CB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Select the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06770">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...26 lines deleted...]
-        <w:t>to attach the file.</w:t>
+        </w:rPr>
+        <w:t>Report Type</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from the dropdown list.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32DCEAF4" w14:textId="56FE4899" w:rsidR="000E1121" w:rsidRPr="00F06770" w:rsidRDefault="00500C8D" w:rsidP="00F06770">
+    <w:p w14:paraId="3E58FF78" w14:textId="44D86942" w:rsidR="00D737F5" w:rsidRPr="00F06770" w:rsidRDefault="00D737F5" w:rsidP="00952CB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F06770">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">View the </w:t>
+        <w:t xml:space="preserve">Select the </w:t>
       </w:r>
       <w:r w:rsidRPr="00F06770">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+        </w:rPr>
+        <w:t>Transmission Code</w:t>
+      </w:r>
+      <w:r w:rsidR="002C11C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB3701" w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ELECTRONICALLY ONLY</w:t>
+      </w:r>
+      <w:r w:rsidR="002C11C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>from the dropdown list.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="774D68EB" w14:textId="48616420" w:rsidR="00D737F5" w:rsidRPr="00F06770" w:rsidRDefault="006A435D" w:rsidP="00952CB1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Leave the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D737F5" w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Control Number</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>List of Attachments</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00500C8D" w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">field </w:t>
+      </w:r>
+      <w:r w:rsidR="00500C8D" w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>blank.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FBF06C4" w14:textId="2E3AE75F" w:rsidR="00D737F5" w:rsidRPr="00F06770" w:rsidRDefault="00D737F5" w:rsidP="00952CB1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00F06770">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="000E1121" w:rsidRPr="00F06770">
+        <w:t xml:space="preserve">Enter a brief description or comment in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06770">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-      <w:r w:rsidR="002E5960" w:rsidRPr="00F06770">
+        </w:rPr>
+        <w:t>Description</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> field.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A29BDD2" w14:textId="792DFB35" w:rsidR="005A0791" w:rsidRPr="00F06770" w:rsidRDefault="005A0791" w:rsidP="00076A9B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06770">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and repeat the previous steps. </w:t>
+        </w:rPr>
+        <w:t>Choose File</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71DE5261" w14:textId="6BF0ABB2" w:rsidR="00E856E7" w:rsidRDefault="00E856E7" w:rsidP="00673704">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="350FB99C" w14:textId="71AC546B" w:rsidR="3A638BC7" w:rsidRDefault="3A638BC7" w:rsidP="00076A9B">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="648"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6129C2C4" wp14:editId="5935524A">
-[...2 lines deleted...]
-            <wp:docPr id="15" name="Picture 15" descr="The File Name field and Add/Upload button are identified on the Attachment Details panel."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="710151CE" wp14:editId="7C365476">
+            <wp:extent cx="5067300" cy="3314658"/>
+            <wp:effectExtent l="0" t="0" r="0" b="635"/>
+            <wp:docPr id="559075191" name="drawing" descr="Required fields are identified on the Attachment Details panel."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="15" name="Picture 15" descr="The File Name field and Add/Upload button are identified on the Attachment Details panel."/>
+                    <pic:cNvPr id="559075191" name="drawing" descr="Required fields are identified on the Attachment Details panel."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
-                  <pic:blipFill>
-[...3 lines deleted...]
-                    </a:stretch>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId19" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect r="22093"/>
+                    <a:stretch/>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4230984" cy="2602778"/>
+                      <a:ext cx="5076991" cy="3320997"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="013FBD5F" w14:textId="7F8F2166" w:rsidR="0007223D" w:rsidRDefault="00646494" w:rsidP="00673704">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="35A58D78" w14:textId="5AFFD880" w:rsidR="00500C8D" w:rsidRPr="00673704" w:rsidRDefault="00500C8D" w:rsidP="00076A9B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Navigate to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the file you want to attach</w:t>
+      </w:r>
       <w:r>
-        <w:t>Confirm Submission</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Click the file to populate the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>File name</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> field</w:t>
+      </w:r>
+      <w:r w:rsidR="00660C40">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">click </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Open</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This will close the file selection window.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C5B0771" w14:textId="74BF0795" w:rsidR="0007223D" w:rsidRPr="00F06770" w:rsidRDefault="0007223D" w:rsidP="00F06770">
+    <w:p w14:paraId="7DE7A3D6" w14:textId="54B6B02B" w:rsidR="78841D83" w:rsidRDefault="78841D83" w:rsidP="00076A9B">
+      <w:pPr>
+        <w:ind w:left="648"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C795CA5" wp14:editId="2544C3B2">
+            <wp:extent cx="5164150" cy="2857500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1651640243" name="drawing" descr="The file name field and Open button are identified below the file folder."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1651640243" name="drawing" descr="The file name field and Open button are identified below the file folder."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId20" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect r="22093"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5170587" cy="2861062"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E9E55A" w14:textId="3EA1EB08" w:rsidR="009176D8" w:rsidRPr="009176D8" w:rsidRDefault="00500C8D" w:rsidP="00952CB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">When the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00076A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Attachments Panel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reappears, verify </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB3701">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the file selected is in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">File Name </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">field. </w:t>
+      </w:r>
+      <w:r w:rsidR="009034F2" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click </w:t>
+      </w:r>
+      <w:r w:rsidR="009034F2" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Add/Upload </w:t>
+      </w:r>
+      <w:r w:rsidR="009034F2" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>to attach the file.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A27360" w:rsidRPr="00B97CDC" w:rsidDel="00A27360">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32DCEAF4" w14:textId="1E51EC7B" w:rsidR="000E1121" w:rsidRDefault="00500C8D" w:rsidP="00952CB1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00F06770">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Click the </w:t>
+        <w:t xml:space="preserve">View the </w:t>
       </w:r>
       <w:r w:rsidRPr="00F06770">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-        <w:t>Confirmation</w:t>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>List of Attachments</w:t>
       </w:r>
       <w:r w:rsidRPr="00F06770">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tab. </w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000E1121" w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If more attachments are to be added, click </w:t>
+      </w:r>
+      <w:r w:rsidR="000E1121" w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">New </w:t>
+      </w:r>
+      <w:r w:rsidR="002E5960" w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Item,</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1121" w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and repeat the previous steps. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BBF9219" w14:textId="6963BC9E" w:rsidR="00E856E7" w:rsidRDefault="00E856E7" w:rsidP="00673704">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="6A94999D" w14:textId="0EBD9F83" w:rsidR="00A27360" w:rsidRPr="00BB3A8D" w:rsidRDefault="00A27360" w:rsidP="00076A9B">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="648"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A124747" wp14:editId="037BDC3B">
-[...2 lines deleted...]
-            <wp:docPr id="16" name="Picture 16" descr="The Confirmation tab is identified above the List of Attachments panel."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1B9D0E54" wp14:editId="41556FB9">
+            <wp:extent cx="5762625" cy="3324591"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="2044339342" name="drawing" descr="The File Name field and Add/Upload button are identified on the Attachment Details panel."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="16" name="Picture 16" descr="The Confirmation tab is identified above the List of Attachments panel."/>
-[...338 lines deleted...]
-                    <pic:cNvPr id="19" name="Picture 19" descr="The success message and tracking number are identified o the Prior Authorization Response panel."/>
+                    <pic:cNvPr id="2044339342" name="drawing" descr="The File Name field and Add/Upload button are identified on the Attachment Details panel."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId21" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4169664" cy="2816352"/>
+                      <a:ext cx="5772232" cy="3330134"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7318757C" w14:textId="5032E8BF" w:rsidR="001F3ABB" w:rsidRDefault="001F3ABB" w:rsidP="001F3ABB">
+    <w:p w14:paraId="013FBD5F" w14:textId="7F8F2166" w:rsidR="0007223D" w:rsidRDefault="00646494" w:rsidP="00952CB1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Confirm Submission</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C5B0771" w14:textId="74BF0795" w:rsidR="0007223D" w:rsidRPr="00F06770" w:rsidRDefault="0007223D" w:rsidP="00952CB1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Confirmation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tab. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C46FAFF" w14:textId="10AA89DE" w:rsidR="4B325679" w:rsidRDefault="4B325679" w:rsidP="00076A9B">
+      <w:pPr>
+        <w:ind w:left="648"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="006375ED" wp14:editId="0BEDFB27">
+            <wp:extent cx="4292561" cy="3486150"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="826487390" name="drawing" descr="The Confirmation tab is identified above the List of Attachments panel."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="826487390" name="drawing" descr="The Confirmation tab is identified above the List of Attachments panel."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId22" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect r="39816"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4318083" cy="3506877"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E44A3D" w14:textId="1BB4025E" w:rsidR="008B5B77" w:rsidRDefault="001F3ABB" w:rsidP="00952CB1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Submit Your PA Request to MassHealth</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B01C6C4" w14:textId="66B318DC" w:rsidR="001F3ABB" w:rsidRPr="00F06770" w:rsidRDefault="001F3ABB" w:rsidP="00952CB1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Review the request information on the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Confirmation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tab to ensure that it is correct.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E3336DB" w14:textId="77777777" w:rsidR="001F3ABB" w:rsidRPr="00673704" w:rsidRDefault="001F3ABB" w:rsidP="00076A9B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="65E62126">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click </w:t>
+      </w:r>
+      <w:r w:rsidRPr="65E62126">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Submit to MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="65E62126">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FC813DD" w14:textId="15341BB6" w:rsidR="0D00BD66" w:rsidRDefault="0D00BD66" w:rsidP="00076A9B">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="648"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37610E0B" wp14:editId="650B17AF">
+            <wp:extent cx="5514975" cy="4823328"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="403299184" name="drawing" descr="The Submit to MassHealth button is identified in the bottom right corner of the Confirmation panel."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="403299184" name="drawing" descr="The Submit to MassHealth button is identified in the bottom right corner of the Confirmation panel."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId23">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect t="15064"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5521427" cy="4828971"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43A26668" w14:textId="109CA16F" w:rsidR="00516252" w:rsidRDefault="00516252">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00347F54" w14:textId="13B492D9" w:rsidR="00FB3701" w:rsidRDefault="0007223D" w:rsidP="00952CB1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Acknowledge any warning message</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB3701">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and correct any errors</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB3701">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>. If necessary, c</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB3701" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omplete </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>any missing required information</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB3701">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DAD83B5" w14:textId="77777777" w:rsidR="00952CB1" w:rsidRPr="008C1389" w:rsidRDefault="00FB3701" w:rsidP="00076A9B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Click</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0007223D" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Submit to MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> again.</w:t>
+      </w:r>
+      <w:r w:rsidR="004F5326">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0007223D" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="0007223D" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Prior Authorization Response</w:t>
+      </w:r>
+      <w:r w:rsidR="0007223D" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> panel </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r w:rsidR="0007223D" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">display, indicating </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidR="0007223D" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the request was successfully submitted.</w:t>
+      </w:r>
+      <w:r w:rsidR="004F5326">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The tracking number will be provided.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37AD5E88" w14:textId="103A752A" w:rsidR="69A3A87B" w:rsidRDefault="69A3A87B" w:rsidP="00076A9B">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D3A934D" wp14:editId="1C8142B3">
+            <wp:extent cx="5648325" cy="4725041"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="2035653514" name="drawing" descr="The success message and tracking number are identified o the Prior Authorization Response panel."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="2035653514" name="drawing" descr="The success message and tracking number are identified o the Prior Authorization Response panel."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId24">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5654479" cy="4730189"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15A4414C" w14:textId="77777777" w:rsidR="00516252" w:rsidRDefault="00516252">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7318757C" w14:textId="1B0122E4" w:rsidR="001F3ABB" w:rsidRDefault="001F3ABB" w:rsidP="00952CB1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Glossary of Terms</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CEA4946" w14:textId="0E24F26D" w:rsidR="001F3ABB" w:rsidRPr="00673704" w:rsidRDefault="001F3ABB" w:rsidP="00673704">
+    <w:p w14:paraId="4CEA4946" w14:textId="7A2A36D2" w:rsidR="001F3ABB" w:rsidRPr="00673704" w:rsidRDefault="001F3ABB" w:rsidP="00952CB1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="22"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Adjudicate</w:t>
       </w:r>
-      <w:r w:rsidRPr="00673704">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="008779C7" w:rsidRPr="008779C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:spacing w:val="-5"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:t>–</w:t>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>There</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>header</w:t>
+      </w:r>
+      <w:r w:rsidR="0004060B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>level</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>PA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>statuses</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0004060B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tell</w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>There</w:t>
+        <w:t>where</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>are</w:t>
+        <w:t>PA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>request</w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>header</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0004060B">
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...5 lines deleted...]
-        <w:t>level</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>in</w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>PA</w:t>
+        <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>statuses</w:t>
-[...128 lines deleted...]
-        </w:rPr>
         <w:t>process.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00673704">
+      <w:r w:rsidR="00952CB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="43"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Adjudicated</w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">means </w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth has </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>made a decision</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the PA and that all lines have been finalized. </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Finalized</w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> is when all line statuses are cancelled,</w:t>
+        <w:t xml:space="preserve"> is</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> when all line statuses are cancelled,</w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>approved,</w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -3821,2902 +4344,2817 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>appeal)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32D0F391" w14:textId="051195A0" w:rsidR="004263CD" w:rsidRPr="00673704" w:rsidRDefault="00BB5077" w:rsidP="00673704">
+    <w:p w14:paraId="32D0F391" w14:textId="49D438A0" w:rsidR="004263CD" w:rsidRPr="00673704" w:rsidRDefault="00BB5077" w:rsidP="00952CB1">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Control Number</w:t>
       </w:r>
-      <w:r w:rsidRPr="00673704">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> – Leave Control Number Field BLANK</w:t>
+      <w:r w:rsidR="002C11C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Leave Control Number Field BLANK</w:t>
       </w:r>
       <w:r w:rsidR="00192E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21547708" w14:textId="46F38542" w:rsidR="00BB5077" w:rsidRPr="00673704" w:rsidRDefault="00BB5077" w:rsidP="00673704">
+    <w:p w14:paraId="21547708" w14:textId="10F6470F" w:rsidR="00BB5077" w:rsidRPr="00673704" w:rsidRDefault="00BB5077" w:rsidP="00952CB1">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Status </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Status</w:t>
+      </w:r>
+      <w:r w:rsidR="002C11C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>—</w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Indicates where the request is in the process of being reviewed and adjudicated.  Status options</w:t>
       </w:r>
       <w:r w:rsidR="00E478EA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> include</w:t>
       </w:r>
-      <w:r w:rsidRPr="00673704">
-[...3 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidR="00952CB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A7D5942" w14:textId="0B1DC265" w:rsidR="00BB5077" w:rsidRPr="00673704" w:rsidRDefault="00BB5077" w:rsidP="00673704">
+    <w:p w14:paraId="1A7D5942" w14:textId="6C387FB5" w:rsidR="00BB5077" w:rsidRPr="00673704" w:rsidRDefault="00BB5077" w:rsidP="008C1389">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Deferred</w:t>
+      </w:r>
+      <w:r w:rsidR="002C11C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Request </w:t>
+      </w:r>
+      <w:r w:rsidR="00E478EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is pending </w:t>
+      </w:r>
+      <w:r w:rsidR="00660C40">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">until </w:t>
+      </w:r>
+      <w:r w:rsidR="00E478EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>requested</w:t>
+      </w:r>
+      <w:r w:rsidR="00E478EA" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>information</w:t>
+      </w:r>
+      <w:r w:rsidR="00660C40">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is received</w:t>
+      </w:r>
+      <w:r w:rsidR="00E478EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64C84CC2" w14:textId="2A6EDD75" w:rsidR="008779C7" w:rsidRPr="00516252" w:rsidRDefault="00BB5077" w:rsidP="00516252">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Additional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Received</w:t>
+      </w:r>
+      <w:r w:rsidR="002C11C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>been</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>received</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>missing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">original </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>request.</w:t>
+      </w:r>
+      <w:r w:rsidR="00516252">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F10A23B" w14:textId="17A244C6" w:rsidR="00BB5077" w:rsidRPr="00673704" w:rsidRDefault="00BB5077" w:rsidP="00952CB1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Approved</w:t>
+      </w:r>
+      <w:r w:rsidR="002C11C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Request</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>approved</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>MassHealth.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>PA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>letter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>generated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>member.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C2C7BB0" w14:textId="5C21D856" w:rsidR="00BB5077" w:rsidRPr="00673704" w:rsidRDefault="00BB5077" w:rsidP="00952CB1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Cancelled</w:t>
+      </w:r>
+      <w:r w:rsidR="002C11C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Request is cancelled by MassHealth due to duplication, eligibility, or PA not required.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>A PA letter is generated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>member, with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>reason</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>cancellation.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3191E901" w14:textId="6BE7DAB3" w:rsidR="00BB5077" w:rsidRPr="00673704" w:rsidRDefault="00BB5077" w:rsidP="00516252">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Cancelled</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="002C11C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Status</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>lines</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>when</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00660C40" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00660C40" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>voids</w:t>
+      </w:r>
+      <w:r w:rsidR="00660C40" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>PA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00660C40" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>request</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45A48B94" w14:textId="1E8A2466" w:rsidR="00BB5077" w:rsidRPr="00673704" w:rsidRDefault="00E478EA" w:rsidP="008C1389">
+      <w:pPr>
+        <w:pStyle w:val="Note1"/>
+        <w:ind w:left="1710" w:hanging="630"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:t>provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:t>can</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:t>void</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:t>PA</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E152D" w:rsidRPr="0010068F">
+        <w:t>only</w:t>
+      </w:r>
+      <w:r w:rsidR="002E152D" w:rsidRPr="0010068F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:t>while</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:t>PA</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:t>Ready</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:t>Review</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5077" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>status.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05CC3019" w14:textId="11C33EA9" w:rsidR="00BB5077" w:rsidRPr="00673704" w:rsidRDefault="00BB5077" w:rsidP="00952CB1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Denied</w:t>
+      </w:r>
+      <w:r w:rsidR="002C11C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Request</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>been</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>denied</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>MassHealth.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>PA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>letter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>generated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>member</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D425D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>right</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>to appeal).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="055DF046" w14:textId="068143EA" w:rsidR="00BB5077" w:rsidRPr="00673704" w:rsidRDefault="00BB5077" w:rsidP="00952CB1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Process</w:t>
+      </w:r>
+      <w:r w:rsidR="002C11C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Request</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>only</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>been</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>saved</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>been</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>submitted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>MassHealth for review</w:t>
+      </w:r>
+      <w:r w:rsidR="00E478EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FD761F3" w14:textId="0B57C6C7" w:rsidR="00BB5077" w:rsidRPr="00673704" w:rsidRDefault="00BB5077" w:rsidP="00952CB1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Review</w:t>
+      </w:r>
+      <w:r w:rsidR="002C11C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Request</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>been</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>submitted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>by provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>assigned</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>reviewer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D5B425" w14:textId="34528107" w:rsidR="00BB5077" w:rsidRPr="00673704" w:rsidRDefault="00BB5077" w:rsidP="00952CB1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Modified</w:t>
+      </w:r>
+      <w:r w:rsidR="002C11C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Request</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>been</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>altered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>reviewer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008178F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>while</w:t>
+      </w:r>
+      <w:r w:rsidR="008178F0" w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>adjudicating.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A PA letter is generated and sent to the member (with </w:t>
+      </w:r>
+      <w:r w:rsidR="004D425D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>right to appeal).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="156CB581" w14:textId="542229F8" w:rsidR="00BB5077" w:rsidRPr="00673704" w:rsidRDefault="00BB5077" w:rsidP="00952CB1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Ready for Review</w:t>
+      </w:r>
+      <w:r w:rsidR="002C11C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Request has been submitted but has not been assigned to MassHealth reviewer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="067BC2F9" w14:textId="415E682F" w:rsidR="00BB5077" w:rsidRPr="00673704" w:rsidRDefault="00BB5077" w:rsidP="00952CB1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...63 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+        <w:t>Testing</w:t>
+      </w:r>
+      <w:r w:rsidR="002C11C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Request</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>been</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>submitted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>test</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>functionality</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>system.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E48EF4A" w14:textId="4749493C" w:rsidR="00BB5077" w:rsidRPr="00673704" w:rsidRDefault="00BB5077" w:rsidP="00673704">
-[...1823 lines deleted...]
-    <w:p w14:paraId="067BC2F9" w14:textId="32E6D461" w:rsidR="00BB5077" w:rsidRPr="00673704" w:rsidRDefault="00BB5077" w:rsidP="00673704">
+    <w:p w14:paraId="2BF2D513" w14:textId="343F8CD4" w:rsidR="004D4052" w:rsidRDefault="00BB5077" w:rsidP="00952CB1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>Testing</w:t>
-[...13 lines deleted...]
-        <w:t>–</w:t>
+        <w:t>Void</w:t>
+      </w:r>
+      <w:r w:rsidR="002C11C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Request</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>been</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>voided</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>by</w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Request</w:t>
-[...110 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>MassHealth.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="45"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>system.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>PA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>letter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> generated.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54F38B45" w14:textId="77777777" w:rsidR="00BB5077" w:rsidRPr="00673704" w:rsidRDefault="00BB5077" w:rsidP="00673704">
+    <w:p w14:paraId="1E32B47A" w14:textId="5A79C418" w:rsidR="00BB5077" w:rsidRPr="00673704" w:rsidRDefault="00BB5077" w:rsidP="00952CB1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>Void</w:t>
+        <w:t>Tracking</w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:spacing w:val="-3"/>
-[...7 lines deleted...]
-        <w:t>–</w:t>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Number</w:t>
+      </w:r>
+      <w:r w:rsidR="002C11C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Number</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>assigned</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>PA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>request</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E152D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>before</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00673704">
+        <w:t>review</w:t>
+      </w:r>
+      <w:r w:rsidR="00E478EA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...129 lines deleted...]
-        <w:t xml:space="preserve"> generated.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E32B47A" w14:textId="5C026CF7" w:rsidR="00BB5077" w:rsidRPr="00673704" w:rsidRDefault="00BB5077" w:rsidP="00673704">
+    <w:p w14:paraId="172D556A" w14:textId="0C64ACDB" w:rsidR="004263CD" w:rsidRPr="00C21D9A" w:rsidRDefault="00BB5077" w:rsidP="00952CB1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>Tracking</w:t>
-[...126 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Transmission Code</w:t>
+      </w:r>
+      <w:r w:rsidR="002C11C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>—</w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>review</w:t>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> – Method by which </w:t>
+        <w:t xml:space="preserve">Method by which </w:t>
       </w:r>
       <w:r w:rsidR="00E478EA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
       <w:r w:rsidR="00E478EA" w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">attachment </w:t>
       </w:r>
       <w:r w:rsidR="00E478EA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">is transmitted </w:t>
       </w:r>
       <w:r w:rsidRPr="00673704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>to MassHealth.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004263CD" w:rsidRPr="00C21D9A" w:rsidSect="00673704">
-      <w:headerReference w:type="default" r:id="rId22"/>
-      <w:footerReference w:type="default" r:id="rId23"/>
+      <w:headerReference w:type="even" r:id="rId25"/>
+      <w:headerReference w:type="default" r:id="rId26"/>
+      <w:footerReference w:type="even" r:id="rId27"/>
+      <w:footerReference w:type="default" r:id="rId28"/>
+      <w:headerReference w:type="first" r:id="rId29"/>
+      <w:footerReference w:type="first" r:id="rId30"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="542B5D90" w14:textId="77777777" w:rsidR="00167BDB" w:rsidRDefault="00167BDB" w:rsidP="00A56C55">
+    <w:p w14:paraId="42B707BC" w14:textId="77777777" w:rsidR="004E14F1" w:rsidRDefault="004E14F1" w:rsidP="00A56C55">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="318A891C" w14:textId="77777777" w:rsidR="00E23EC3" w:rsidRDefault="00E23EC3"/>
+    <w:p w14:paraId="02B089F2" w14:textId="77777777" w:rsidR="004E14F1" w:rsidRDefault="004E14F1"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="10279EA3" w14:textId="77777777" w:rsidR="00167BDB" w:rsidRDefault="00167BDB" w:rsidP="00A56C55">
+    <w:p w14:paraId="6B52A2DA" w14:textId="77777777" w:rsidR="004E14F1" w:rsidRDefault="004E14F1" w:rsidP="00A56C55">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="236D39D1" w14:textId="77777777" w:rsidR="00E23EC3" w:rsidRDefault="00E23EC3"/>
+    <w:p w14:paraId="5C3E6CD2" w14:textId="77777777" w:rsidR="004E14F1" w:rsidRDefault="004E14F1"/>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="264CCBB2" w14:textId="77777777" w:rsidR="004E14F1" w:rsidRDefault="004E14F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0C22E0F8" w14:textId="0A7B7357" w:rsidR="005D3F77" w:rsidRPr="00142F78" w:rsidRDefault="005D3F77" w:rsidP="005D3F77">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1C47133E" w14:textId="77777777" w:rsidR="00690D01" w:rsidRDefault="00690D01">
     <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68698A61" w14:textId="77777777" w:rsidR="00690D01" w:rsidRPr="008779C7" w:rsidRDefault="00690D01" w:rsidP="00690D01">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="4320"/>
+        <w:tab w:val="left" w:pos="6030"/>
+      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
         <w:highlight w:val="yellow"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="008779C7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>MassHealth Provider Online Service Center</w:t>
     </w:r>
-    <w:r w:rsidRPr="00142F78">
+    <w:r w:rsidRPr="008779C7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="00142F78">
+    <w:r w:rsidRPr="008779C7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00142F78">
+    <w:r w:rsidRPr="008779C7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00142F78">
+    <w:r w:rsidRPr="008779C7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="00142F78">
+    <w:r w:rsidRPr="008779C7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00142F78">
+    <w:r w:rsidRPr="008779C7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidRPr="00142F78">
+    <w:r w:rsidRPr="008779C7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00142F78">
+    <w:r w:rsidRPr="008779C7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00142F78">
+    <w:r w:rsidRPr="008779C7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>11</w:t>
+      <w:t>13</w:t>
     </w:r>
-    <w:r w:rsidRPr="00142F78">
+    <w:r w:rsidRPr="008779C7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00142F78">
+    <w:r w:rsidRPr="008779C7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="00142F78">
+    <w:r w:rsidRPr="00F13673">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-        <w:sz w:val="20"/>
-[...1 lines deleted...]
-        <w:highlight w:val="yellow"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>JobAid</w:t>
-[...9 lines deleted...]
-      <w:t>/</w:t>
+      <w:t>JA-MMIS-Create PA Request_2026_0</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-        <w:sz w:val="20"/>
-[...1 lines deleted...]
-        <w:highlight w:val="yellow"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>PA Request</w:t>
-[...8 lines deleted...]
-      <w:t xml:space="preserve"> (Rev. 11/22)</w:t>
+      <w:t>2</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="364AC5E7" w14:textId="3CA90BB2" w:rsidR="00685D74" w:rsidRDefault="00685D74">
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2EA8AFC6" w14:textId="77777777" w:rsidR="00690D01" w:rsidRDefault="00690D01">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="7FD03056" w14:textId="77777777" w:rsidR="00E23EC3" w:rsidRDefault="00E23EC3"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="426AC7C0" w14:textId="77777777" w:rsidR="00167BDB" w:rsidRDefault="00167BDB" w:rsidP="00A56C55">
+    <w:p w14:paraId="28873929" w14:textId="77777777" w:rsidR="004E14F1" w:rsidRDefault="004E14F1" w:rsidP="00A56C55">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17BAABF4" w14:textId="77777777" w:rsidR="00E23EC3" w:rsidRDefault="00E23EC3"/>
+    <w:p w14:paraId="66A8A006" w14:textId="77777777" w:rsidR="004E14F1" w:rsidRDefault="004E14F1"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="183C0FF2" w14:textId="77777777" w:rsidR="00167BDB" w:rsidRDefault="00167BDB" w:rsidP="00A56C55">
+    <w:p w14:paraId="77E8AE3C" w14:textId="77777777" w:rsidR="004E14F1" w:rsidRDefault="004E14F1" w:rsidP="00A56C55">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AE35E0A" w14:textId="77777777" w:rsidR="00E23EC3" w:rsidRDefault="00E23EC3"/>
+    <w:p w14:paraId="34713918" w14:textId="77777777" w:rsidR="004E14F1" w:rsidRDefault="004E14F1"/>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="2CD16150" w14:textId="77777777" w:rsidR="004E14F1" w:rsidRDefault="004E14F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="58D3F06F" w14:textId="77777777" w:rsidR="00690D01" w:rsidRDefault="00690D01">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="10F6864E" w14:textId="741CF2B5" w:rsidR="00A56C55" w:rsidRDefault="00A56C55" w:rsidP="00A56C55">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="29935739" w14:textId="77777777" w:rsidR="00E23EC3" w:rsidRDefault="00E23EC3"/>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="11143158" w14:textId="77777777" w:rsidR="00690D01" w:rsidRDefault="00690D01">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="032427E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B272468A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7224,50 +7662,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0B3D432C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5080B6E8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1008" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2448" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3168" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3888" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4608" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5328" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6048" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6768" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D2E59C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BF9679CE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7339,51 +7890,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="112C07DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A95A8190"/>
     <w:lvl w:ilvl="0" w:tplc="DC00977E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="648" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D90637BA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1368" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7433,51 +7984,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4968" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5688" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6408" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C621259"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3ED4BF40"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7519,57 +8070,57 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20EE0EFD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F46ED088"/>
     <w:numStyleLink w:val="Style1"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25DB044E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5E3A3BAC"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -7641,51 +8192,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27D012BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="753E5C4E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -7754,51 +8305,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28A449EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2BE42D58"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="648" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1368" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7840,51 +8391,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4968" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5688" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6408" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29850F11"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5E3A3BAC"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -7956,51 +8507,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B2D1CB5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5E3A3BAC"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -8072,51 +8623,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32517FBE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5E3A3BAC"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -8188,51 +8739,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32A8114A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5E3A3BAC"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -8304,51 +8855,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35F4128C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84A8BC4A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8417,51 +8968,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39D139A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C88EA540"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8508,51 +9059,164 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="437510DD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="96049BBC"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2448" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3168" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3888" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4608" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5328" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6048" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6768" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CF46950"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5E3A3BAC"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -8624,51 +9288,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="595B3F08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AA728B50"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8743,51 +9407,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5ED1427A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4D1A4310"/>
     <w:lvl w:ilvl="0" w:tplc="EA2094EA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Calibri" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -8855,51 +9519,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60D6501F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F6608AEC"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1260" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1980" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8968,51 +9632,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7020" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62053670"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="38B4995E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9054,51 +9718,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="661042D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5E3A3BAC"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -9170,51 +9834,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69401725"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="90F210FA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="648" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1368" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9256,51 +9920,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4968" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5688" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6408" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69F70212"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A02434C"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9342,51 +10006,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="727C5CE4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C8B414BE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1008" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1728" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9428,51 +10092,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5328" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6048" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6768" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FF77EC3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F46ED088"/>
     <w:styleLink w:val="Style1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="Note1"/>
       <w:lvlText w:val="Note: "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9546,341 +10210,619 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1290211303">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1042442455">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="837958715">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2107991249">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1143080244">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2058579737">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="790779837">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="148790983">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="795828799">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1467040663">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="322315148">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="247887963">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1670474699">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="660086558">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="961960750">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1748335581">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="818693082">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1024012682">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1743017112">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="165216851">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="979311886">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="922835900">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="922835900">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="23" w16cid:durableId="961038325">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="345835501">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="973676028">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1864704469">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1536772644">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="none"/>
         <w:pStyle w:val="Note1"/>
         <w:lvlText w:val="Note: "/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="1440" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
           <w:b/>
           <w:i w:val="0"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1071736110">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="222375281">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="282462116">
+    <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="22529"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BC6DAA"/>
     <w:rsid w:val="0000143F"/>
     <w:rsid w:val="000018AC"/>
     <w:rsid w:val="00003E6A"/>
+    <w:rsid w:val="0001210E"/>
+    <w:rsid w:val="00012BD0"/>
+    <w:rsid w:val="00013C96"/>
+    <w:rsid w:val="00030732"/>
     <w:rsid w:val="0004060B"/>
+    <w:rsid w:val="00063438"/>
     <w:rsid w:val="00065827"/>
     <w:rsid w:val="0007223D"/>
+    <w:rsid w:val="00076A9B"/>
+    <w:rsid w:val="0009416A"/>
+    <w:rsid w:val="000A091C"/>
     <w:rsid w:val="000B2F1C"/>
     <w:rsid w:val="000B7E81"/>
+    <w:rsid w:val="000C1896"/>
+    <w:rsid w:val="000C3758"/>
     <w:rsid w:val="000D2339"/>
+    <w:rsid w:val="000D4336"/>
     <w:rsid w:val="000D441A"/>
     <w:rsid w:val="000E1121"/>
     <w:rsid w:val="000F4311"/>
+    <w:rsid w:val="000F453B"/>
     <w:rsid w:val="001045B3"/>
+    <w:rsid w:val="0010604F"/>
     <w:rsid w:val="00110A53"/>
     <w:rsid w:val="0012036B"/>
+    <w:rsid w:val="00121FDE"/>
+    <w:rsid w:val="001260E5"/>
+    <w:rsid w:val="001269CD"/>
     <w:rsid w:val="001313A3"/>
     <w:rsid w:val="001466AE"/>
     <w:rsid w:val="00147014"/>
     <w:rsid w:val="001518E0"/>
+    <w:rsid w:val="00152EBA"/>
+    <w:rsid w:val="00155D4A"/>
+    <w:rsid w:val="001579FB"/>
+    <w:rsid w:val="00164725"/>
+    <w:rsid w:val="00164753"/>
     <w:rsid w:val="00167BDB"/>
     <w:rsid w:val="00170C40"/>
     <w:rsid w:val="00192E5B"/>
+    <w:rsid w:val="001A162A"/>
+    <w:rsid w:val="001B3FC7"/>
+    <w:rsid w:val="001B42D5"/>
+    <w:rsid w:val="001D034E"/>
+    <w:rsid w:val="001D27D1"/>
     <w:rsid w:val="001D6AAE"/>
+    <w:rsid w:val="001D7F88"/>
+    <w:rsid w:val="001E13AC"/>
     <w:rsid w:val="001F3ABB"/>
     <w:rsid w:val="001F3CA6"/>
+    <w:rsid w:val="001F5F28"/>
     <w:rsid w:val="00207FA5"/>
+    <w:rsid w:val="00212EBA"/>
+    <w:rsid w:val="002349A0"/>
+    <w:rsid w:val="00242C5C"/>
     <w:rsid w:val="00251591"/>
+    <w:rsid w:val="00251ADC"/>
+    <w:rsid w:val="00257AD7"/>
     <w:rsid w:val="002823F4"/>
+    <w:rsid w:val="00282A23"/>
     <w:rsid w:val="002A129E"/>
+    <w:rsid w:val="002A4F4E"/>
     <w:rsid w:val="002B7F82"/>
+    <w:rsid w:val="002C11C5"/>
     <w:rsid w:val="002D00D8"/>
     <w:rsid w:val="002E152D"/>
+    <w:rsid w:val="002E45E3"/>
     <w:rsid w:val="002E5960"/>
     <w:rsid w:val="003009B9"/>
+    <w:rsid w:val="00307F1D"/>
+    <w:rsid w:val="003132C2"/>
+    <w:rsid w:val="00313AE6"/>
     <w:rsid w:val="00335EBB"/>
+    <w:rsid w:val="00345951"/>
+    <w:rsid w:val="00355359"/>
     <w:rsid w:val="003556FB"/>
     <w:rsid w:val="00367FFC"/>
+    <w:rsid w:val="003A2676"/>
     <w:rsid w:val="003A4085"/>
     <w:rsid w:val="003A5551"/>
     <w:rsid w:val="003A63A6"/>
+    <w:rsid w:val="003C111E"/>
     <w:rsid w:val="003C1AD4"/>
+    <w:rsid w:val="003C21EF"/>
+    <w:rsid w:val="003C3529"/>
     <w:rsid w:val="003D2D6D"/>
+    <w:rsid w:val="003F573E"/>
+    <w:rsid w:val="00406830"/>
     <w:rsid w:val="00415E24"/>
     <w:rsid w:val="004263CD"/>
+    <w:rsid w:val="0043319D"/>
     <w:rsid w:val="00442D1D"/>
+    <w:rsid w:val="00445771"/>
+    <w:rsid w:val="00446868"/>
+    <w:rsid w:val="0045437D"/>
+    <w:rsid w:val="004652B4"/>
+    <w:rsid w:val="004801A4"/>
+    <w:rsid w:val="00496498"/>
     <w:rsid w:val="004A023B"/>
     <w:rsid w:val="004A4D59"/>
+    <w:rsid w:val="004C0D20"/>
+    <w:rsid w:val="004D4052"/>
     <w:rsid w:val="004D425D"/>
+    <w:rsid w:val="004E14F1"/>
+    <w:rsid w:val="004E74D9"/>
     <w:rsid w:val="004F1806"/>
     <w:rsid w:val="004F1D57"/>
     <w:rsid w:val="004F1EDF"/>
     <w:rsid w:val="004F5326"/>
+    <w:rsid w:val="004F6FF4"/>
     <w:rsid w:val="00500C8D"/>
+    <w:rsid w:val="00506496"/>
     <w:rsid w:val="0050689D"/>
+    <w:rsid w:val="00511448"/>
+    <w:rsid w:val="00516252"/>
+    <w:rsid w:val="00521D1B"/>
+    <w:rsid w:val="00524125"/>
+    <w:rsid w:val="005306A2"/>
     <w:rsid w:val="00537783"/>
+    <w:rsid w:val="00540C5D"/>
+    <w:rsid w:val="00542E7D"/>
+    <w:rsid w:val="005445C1"/>
     <w:rsid w:val="005572FF"/>
+    <w:rsid w:val="005625FC"/>
+    <w:rsid w:val="00563B19"/>
+    <w:rsid w:val="005744B8"/>
+    <w:rsid w:val="0058095B"/>
     <w:rsid w:val="00586FAA"/>
     <w:rsid w:val="005910D9"/>
     <w:rsid w:val="005A0791"/>
+    <w:rsid w:val="005B581D"/>
     <w:rsid w:val="005C58BD"/>
+    <w:rsid w:val="005C5950"/>
+    <w:rsid w:val="005D000B"/>
+    <w:rsid w:val="005D0938"/>
+    <w:rsid w:val="005D37BD"/>
     <w:rsid w:val="005D3F77"/>
     <w:rsid w:val="005D6D1C"/>
     <w:rsid w:val="005E2B17"/>
+    <w:rsid w:val="005F20E1"/>
+    <w:rsid w:val="005F3EFB"/>
     <w:rsid w:val="00600B1B"/>
+    <w:rsid w:val="00610CF1"/>
+    <w:rsid w:val="00611796"/>
+    <w:rsid w:val="0062475B"/>
     <w:rsid w:val="0062515E"/>
+    <w:rsid w:val="006308E0"/>
+    <w:rsid w:val="00633420"/>
     <w:rsid w:val="006375E6"/>
     <w:rsid w:val="00645D7F"/>
     <w:rsid w:val="00646494"/>
+    <w:rsid w:val="00651376"/>
     <w:rsid w:val="00652F44"/>
+    <w:rsid w:val="006578A7"/>
     <w:rsid w:val="00660C40"/>
+    <w:rsid w:val="00665E1F"/>
     <w:rsid w:val="00673704"/>
+    <w:rsid w:val="00685274"/>
     <w:rsid w:val="00685D74"/>
+    <w:rsid w:val="00690D01"/>
+    <w:rsid w:val="006A332D"/>
     <w:rsid w:val="006A3716"/>
     <w:rsid w:val="006A435D"/>
+    <w:rsid w:val="006A687D"/>
     <w:rsid w:val="006B345F"/>
+    <w:rsid w:val="006B53D6"/>
+    <w:rsid w:val="006B69B0"/>
+    <w:rsid w:val="006C3CC3"/>
+    <w:rsid w:val="006D27C3"/>
+    <w:rsid w:val="006D7623"/>
+    <w:rsid w:val="006E0C5E"/>
+    <w:rsid w:val="006E16FB"/>
+    <w:rsid w:val="006E445E"/>
+    <w:rsid w:val="006F58D0"/>
+    <w:rsid w:val="0070197A"/>
+    <w:rsid w:val="00727BDE"/>
+    <w:rsid w:val="00732DF1"/>
+    <w:rsid w:val="00735B02"/>
     <w:rsid w:val="00743CF2"/>
+    <w:rsid w:val="00765AD2"/>
     <w:rsid w:val="007715A5"/>
+    <w:rsid w:val="00773A5D"/>
+    <w:rsid w:val="007866C4"/>
+    <w:rsid w:val="00795738"/>
+    <w:rsid w:val="007A77A9"/>
+    <w:rsid w:val="007B1D3E"/>
     <w:rsid w:val="007C0BC2"/>
     <w:rsid w:val="007C1904"/>
+    <w:rsid w:val="007C4ADE"/>
     <w:rsid w:val="007C6840"/>
+    <w:rsid w:val="007D2352"/>
+    <w:rsid w:val="007E1AD3"/>
+    <w:rsid w:val="007E23EB"/>
+    <w:rsid w:val="007F4038"/>
+    <w:rsid w:val="007F4EAE"/>
+    <w:rsid w:val="007F6187"/>
+    <w:rsid w:val="00804E2C"/>
+    <w:rsid w:val="00805CAD"/>
+    <w:rsid w:val="00811289"/>
     <w:rsid w:val="008169E9"/>
+    <w:rsid w:val="008178F0"/>
+    <w:rsid w:val="008314D0"/>
+    <w:rsid w:val="00847C6A"/>
+    <w:rsid w:val="008519D0"/>
+    <w:rsid w:val="008779C7"/>
+    <w:rsid w:val="0088679D"/>
+    <w:rsid w:val="008B57F4"/>
     <w:rsid w:val="008B5B77"/>
+    <w:rsid w:val="008C1389"/>
     <w:rsid w:val="008C3530"/>
+    <w:rsid w:val="008E375D"/>
     <w:rsid w:val="008E4CB9"/>
+    <w:rsid w:val="008E6FF1"/>
+    <w:rsid w:val="008E7C5D"/>
+    <w:rsid w:val="008F2195"/>
     <w:rsid w:val="009034F2"/>
+    <w:rsid w:val="00903F8E"/>
+    <w:rsid w:val="00905EEE"/>
+    <w:rsid w:val="009148D6"/>
+    <w:rsid w:val="00914F9D"/>
+    <w:rsid w:val="009176D8"/>
     <w:rsid w:val="00917EFD"/>
     <w:rsid w:val="00934844"/>
+    <w:rsid w:val="00937254"/>
+    <w:rsid w:val="00940F4A"/>
     <w:rsid w:val="00941D66"/>
+    <w:rsid w:val="00952078"/>
+    <w:rsid w:val="00952CB1"/>
+    <w:rsid w:val="0095338E"/>
+    <w:rsid w:val="00967806"/>
     <w:rsid w:val="00993F68"/>
+    <w:rsid w:val="009A4D84"/>
+    <w:rsid w:val="009A5837"/>
+    <w:rsid w:val="009B0DE4"/>
     <w:rsid w:val="009C7F11"/>
+    <w:rsid w:val="009D7384"/>
     <w:rsid w:val="009E5EEC"/>
+    <w:rsid w:val="009F231B"/>
+    <w:rsid w:val="00A272AC"/>
+    <w:rsid w:val="00A27360"/>
+    <w:rsid w:val="00A30392"/>
     <w:rsid w:val="00A436C5"/>
     <w:rsid w:val="00A56C55"/>
     <w:rsid w:val="00A77DEC"/>
     <w:rsid w:val="00AA0457"/>
+    <w:rsid w:val="00AC3CE8"/>
     <w:rsid w:val="00AE53AD"/>
+    <w:rsid w:val="00AF33AA"/>
+    <w:rsid w:val="00B06D42"/>
     <w:rsid w:val="00B11F0A"/>
+    <w:rsid w:val="00B17F21"/>
+    <w:rsid w:val="00B35F23"/>
+    <w:rsid w:val="00B408E7"/>
+    <w:rsid w:val="00B52953"/>
     <w:rsid w:val="00B837D6"/>
+    <w:rsid w:val="00B859E5"/>
+    <w:rsid w:val="00B9273B"/>
+    <w:rsid w:val="00B94005"/>
+    <w:rsid w:val="00B9715D"/>
     <w:rsid w:val="00B97CDC"/>
+    <w:rsid w:val="00BA5543"/>
+    <w:rsid w:val="00BB3A8D"/>
     <w:rsid w:val="00BB5077"/>
     <w:rsid w:val="00BC6DAA"/>
+    <w:rsid w:val="00BD60D1"/>
     <w:rsid w:val="00C16D66"/>
     <w:rsid w:val="00C21D9A"/>
+    <w:rsid w:val="00C34E0D"/>
     <w:rsid w:val="00C63131"/>
+    <w:rsid w:val="00C638B9"/>
+    <w:rsid w:val="00CA063D"/>
+    <w:rsid w:val="00CA4D3E"/>
+    <w:rsid w:val="00CC1315"/>
+    <w:rsid w:val="00CC6261"/>
+    <w:rsid w:val="00CD0BD9"/>
+    <w:rsid w:val="00CD18D9"/>
     <w:rsid w:val="00CD71D5"/>
+    <w:rsid w:val="00CE1433"/>
     <w:rsid w:val="00CE1557"/>
     <w:rsid w:val="00CF3798"/>
+    <w:rsid w:val="00CF3F00"/>
+    <w:rsid w:val="00D114A7"/>
+    <w:rsid w:val="00D1306C"/>
+    <w:rsid w:val="00D1694A"/>
+    <w:rsid w:val="00D20C58"/>
     <w:rsid w:val="00D44B67"/>
     <w:rsid w:val="00D45739"/>
+    <w:rsid w:val="00D57F5E"/>
     <w:rsid w:val="00D6621A"/>
+    <w:rsid w:val="00D669EE"/>
     <w:rsid w:val="00D737F5"/>
+    <w:rsid w:val="00DA09CA"/>
+    <w:rsid w:val="00DA5FCA"/>
+    <w:rsid w:val="00DB1F1F"/>
+    <w:rsid w:val="00DC378A"/>
+    <w:rsid w:val="00DC4889"/>
+    <w:rsid w:val="00DD2D88"/>
     <w:rsid w:val="00DD474E"/>
+    <w:rsid w:val="00DD7232"/>
+    <w:rsid w:val="00DF3991"/>
+    <w:rsid w:val="00E20A30"/>
     <w:rsid w:val="00E23EC3"/>
+    <w:rsid w:val="00E301B0"/>
+    <w:rsid w:val="00E3716F"/>
     <w:rsid w:val="00E478EA"/>
     <w:rsid w:val="00E500F7"/>
     <w:rsid w:val="00E769CB"/>
+    <w:rsid w:val="00E77366"/>
+    <w:rsid w:val="00E77579"/>
+    <w:rsid w:val="00E82FEC"/>
     <w:rsid w:val="00E856E7"/>
     <w:rsid w:val="00E858D7"/>
     <w:rsid w:val="00E85FB3"/>
+    <w:rsid w:val="00E905C1"/>
+    <w:rsid w:val="00E91861"/>
+    <w:rsid w:val="00E9368D"/>
+    <w:rsid w:val="00E96591"/>
     <w:rsid w:val="00E96D01"/>
+    <w:rsid w:val="00EA176D"/>
+    <w:rsid w:val="00EA3952"/>
     <w:rsid w:val="00EB7C18"/>
+    <w:rsid w:val="00ED7064"/>
     <w:rsid w:val="00EE2A9C"/>
     <w:rsid w:val="00EE6ADF"/>
+    <w:rsid w:val="00EF3B97"/>
     <w:rsid w:val="00F06770"/>
+    <w:rsid w:val="00F13673"/>
     <w:rsid w:val="00F23FE6"/>
+    <w:rsid w:val="00F3671E"/>
     <w:rsid w:val="00F41714"/>
+    <w:rsid w:val="00F52CBF"/>
     <w:rsid w:val="00F5513D"/>
+    <w:rsid w:val="00F56DDC"/>
+    <w:rsid w:val="00F57EC1"/>
+    <w:rsid w:val="00F66EC2"/>
+    <w:rsid w:val="00F74695"/>
+    <w:rsid w:val="00F90BCD"/>
+    <w:rsid w:val="00F935E9"/>
     <w:rsid w:val="00FB3701"/>
     <w:rsid w:val="00FC35AC"/>
+    <w:rsid w:val="00FC5D4F"/>
+    <w:rsid w:val="00FE1F9A"/>
+    <w:rsid w:val="01EA5D52"/>
+    <w:rsid w:val="0281B69D"/>
+    <w:rsid w:val="03CBC815"/>
+    <w:rsid w:val="0AB91703"/>
+    <w:rsid w:val="0AF69F87"/>
+    <w:rsid w:val="0D00BD66"/>
+    <w:rsid w:val="1069BBC2"/>
+    <w:rsid w:val="10BAFA52"/>
+    <w:rsid w:val="10DBFE98"/>
+    <w:rsid w:val="125655CE"/>
+    <w:rsid w:val="12A37A34"/>
+    <w:rsid w:val="15618572"/>
+    <w:rsid w:val="192989A0"/>
+    <w:rsid w:val="1A319DF5"/>
+    <w:rsid w:val="1BBA270B"/>
+    <w:rsid w:val="1BBE9BD0"/>
+    <w:rsid w:val="1EA3083E"/>
+    <w:rsid w:val="2208979D"/>
+    <w:rsid w:val="2214F7DB"/>
+    <w:rsid w:val="241F85A7"/>
+    <w:rsid w:val="2591EBD2"/>
+    <w:rsid w:val="32639949"/>
+    <w:rsid w:val="32732D88"/>
+    <w:rsid w:val="33444C0E"/>
+    <w:rsid w:val="3A638BC7"/>
+    <w:rsid w:val="3C397C42"/>
+    <w:rsid w:val="3EC84509"/>
+    <w:rsid w:val="429782FB"/>
+    <w:rsid w:val="4699C368"/>
+    <w:rsid w:val="4A9523FA"/>
+    <w:rsid w:val="4B325679"/>
+    <w:rsid w:val="4B8A325D"/>
+    <w:rsid w:val="4CD80041"/>
+    <w:rsid w:val="4FBE0772"/>
+    <w:rsid w:val="5858EF75"/>
+    <w:rsid w:val="64EB79D6"/>
+    <w:rsid w:val="6502B305"/>
+    <w:rsid w:val="65E62126"/>
+    <w:rsid w:val="698925EE"/>
+    <w:rsid w:val="69A3A87B"/>
+    <w:rsid w:val="6A372EC0"/>
+    <w:rsid w:val="6CF4E31D"/>
+    <w:rsid w:val="6E0F0340"/>
+    <w:rsid w:val="6E64EDD2"/>
+    <w:rsid w:val="6FD370FC"/>
+    <w:rsid w:val="7268041E"/>
+    <w:rsid w:val="72C54C59"/>
+    <w:rsid w:val="76F397A3"/>
+    <w:rsid w:val="78841D83"/>
+    <w:rsid w:val="7AF8AEFD"/>
+    <w:rsid w:val="7B51D691"/>
+    <w:rsid w:val="7B661EAB"/>
+    <w:rsid w:val="7F01ACDB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="22529"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="535EBD18"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{3586B69C-3336-4D0C-942C-117B09B843C6}"/>
+  <w15:docId w15:val="{153B4B46-91FB-4FDF-9DD7-64A5D8D2060D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10674,59 +11616,88 @@
     <w:rsid w:val="005D3F77"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="26"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="005E2B17"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="1086728778">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="702250328">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10980,75 +11951,444 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D78B7B23C0A82D4BA3C70E36ED35AC66" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2f6a3614185ac26b7a71f55a69321b05">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1cd5d930-a369-4a99-ba97-27d753c5316f" xmlns:ns3="81055abd-31d4-4be0-b89d-6fffcb4547d3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8f6fb8831ab982f6fcd0dd567c1ea291" ns2:_="" ns3:_="">
+    <xsd:import namespace="1cd5d930-a369-4a99-ba97-27d753c5316f"/>
+    <xsd:import namespace="81055abd-31d4-4be0-b89d-6fffcb4547d3"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:Hyperlink" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1cd5d930-a369-4a99-ba97-27d753c5316f" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="12" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="15" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="16" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="798d900d-0589-4081-96eb-513de833a507" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Hyperlink" ma:index="24" nillable="true" ma:displayName="Hyperlink" ma:format="Hyperlink" ma:internalName="Hyperlink">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="25" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="26" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="27" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="81055abd-31d4-4be0-b89d-6fffcb4547d3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{8bf7ebeb-9376-4bab-92df-2297875cb99f}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="81055abd-31d4-4be0-b89d-6fffcb4547d3">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1cd5d930-a369-4a99-ba97-27d753c5316f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="81055abd-31d4-4be0-b89d-6fffcb4547d3" xsi:nil="true"/>
+    <Hyperlink xmlns="1cd5d930-a369-4a99-ba97-27d753c5316f">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </Hyperlink>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{731B4527-2A8F-4CB8-9C3E-9CA184D5BD4C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="1cd5d930-a369-4a99-ba97-27d753c5316f"/>
+    <ds:schemaRef ds:uri="81055abd-31d4-4be0-b89d-6fffcb4547d3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9FFFDE0E-AED5-48F5-A87F-00875E320D33}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="1cd5d930-a369-4a99-ba97-27d753c5316f"/>
+    <ds:schemaRef ds:uri="81055abd-31d4-4be0-b89d-6fffcb4547d3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0BDEEF06-F828-46FF-90C2-371CC5219AD6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+  <clbl:label id="{ea60d57e-af5b-4752-ac57-3e4f28ca11dc}" enabled="1" method="Standard" siteId="{36da45f1-dd2c-4d1f-af13-5abe46b99921}" removed="0"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>4895</Characters>
+  <Pages>13</Pages>
+  <Words>1008</Words>
+  <Characters>5338</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>140</Lines>
+  <Paragraphs>91</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5742</CharactersWithSpaces>
+  <CharactersWithSpaces>6255</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Adgate, Ken (EHS)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>46118855-52ee-4561-981f-53fdfd1fdce0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x010100D78B7B23C0A82D4BA3C70E36ED35AC66</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>