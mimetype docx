--- v0 (2025-11-03)
+++ v1 (2026-02-08)
@@ -1,3572 +1,3450 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="541997CE" w14:textId="6870B550" w:rsidR="00EC0F5D" w:rsidRPr="00A56C55" w:rsidRDefault="00EC0F5D" w:rsidP="00402020">
+    <w:p w14:paraId="2BF47B15" w14:textId="77777777" w:rsidR="00B83616" w:rsidRDefault="00EC0F5D" w:rsidP="00402020">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="360"/>
         <w:jc w:val="left"/>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E67BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="182880" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="258F2A82" wp14:editId="75F4D742">
-[...7 lines deleted...]
-            <wp:extent cx="1414145" cy="724535"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="258F2A82" wp14:editId="3910710D">
+            <wp:extent cx="1200150" cy="614895"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="9" name="Picture 9" descr="MassHealth logo"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="9" name="Picture 9" descr="MassHealth logo"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1414145" cy="724535"/>
-[...442 lines deleted...]
-                      <a:ext cx="5330454" cy="4044540"/>
+                      <a:ext cx="1207152" cy="618482"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48C569D3" w14:textId="77777777" w:rsidR="00402020" w:rsidRDefault="00402020">
+    <w:p w14:paraId="541997CE" w14:textId="37895E54" w:rsidR="00EC0F5D" w:rsidRPr="00E67BAB" w:rsidRDefault="00EC0F5D" w:rsidP="00402020">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2610"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E67BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidR="00B40133" w:rsidRPr="00E67BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ob Aid</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E67BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>: Respond to a Deferred Prior</w:t>
+      </w:r>
+      <w:r w:rsidR="00E050F9" w:rsidRPr="00E67BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E67BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Authorization</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1875" w:rsidRPr="00E67BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E67BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Request</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74AC2D67" w14:textId="436F5A8B" w:rsidR="00717301" w:rsidRPr="00EC0F5D" w:rsidRDefault="00717301" w:rsidP="00402020">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk116567220"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>This job aid describes how to</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C56B764" w14:textId="79C25721" w:rsidR="00717301" w:rsidRPr="00402020" w:rsidRDefault="00EB5C36" w:rsidP="00E67BAB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">espond </w:t>
+      </w:r>
+      <w:r w:rsidR="00717301" w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eferred </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tatus </w:t>
+      </w:r>
+      <w:r w:rsidR="00717301" w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>decision on your prior</w:t>
+      </w:r>
+      <w:r w:rsidR="00E050F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00717301" w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">authorization </w:t>
+      </w:r>
+      <w:r w:rsidR="0034198F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(PA) </w:t>
+      </w:r>
+      <w:r w:rsidR="00717301" w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>request</w:t>
+      </w:r>
+      <w:r w:rsidR="0066645A" w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C62B40" w14:textId="2F957836" w:rsidR="00717301" w:rsidRPr="00402020" w:rsidRDefault="00EB5C36" w:rsidP="00402020">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ubmit </w:t>
+      </w:r>
+      <w:r w:rsidR="00717301" w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the request</w:t>
+      </w:r>
+      <w:r w:rsidR="0066645A" w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F141085" w14:textId="1898F6AD" w:rsidR="009416BC" w:rsidRPr="00402020" w:rsidRDefault="00324442" w:rsidP="00402020">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6A9B" w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> defer</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6A9B" w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidR="0034198F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t>PA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> request, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6A9B" w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the provider and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve">member </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0F5D" w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will receive a </w:t>
+      </w:r>
+      <w:r w:rsidR="00402020" w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t>Deferred Decision Status</w:t>
+      </w:r>
+      <w:r w:rsidR="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0F5D" w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve">notification </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve">explaining why. The most common reason for </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6A9B" w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve">deferral is </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5C36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that documentation is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve">missing. </w:t>
+      </w:r>
+      <w:r w:rsidR="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t>When MassHealth needs more information to make a decision, you</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5C36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t>’ll</w:t>
+      </w:r>
+      <w:r w:rsidR="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be asked to submit supporting documentation. You</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6A9B" w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve">can submit the information by attaching it to the online </w:t>
+      </w:r>
+      <w:r w:rsidR="0034198F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t>PA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> request. When the required information</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6A9B" w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is received</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6A9B" w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the consultant can continue the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t>review</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6A9B" w:rsidRPr="00EC0F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009416BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="255B7653" w14:textId="07041BD1" w:rsidR="353B9F63" w:rsidRDefault="00B613A7" w:rsidP="353B9F63">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7710"/>
         </w:tabs>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="4F0000E6" w14:textId="77777777" w:rsidR="00402020" w:rsidRDefault="00402020">
       <w:r>
-        <w:br w:type="page"/>
-[...387 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7C2E3359" wp14:editId="091A5E46">
-[...2 lines deleted...]
-            <wp:docPr id="1" name="Picture 1" descr="The Status and Requesting Provider panels are identified in the Prior Authorization Search panel. One tracking number link is identified in the results panel."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37D3BDA9" wp14:editId="6302EF75">
+            <wp:extent cx="5943600" cy="4619625"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="28264007" name="drawing" descr="The screenshot demonstrates the POSC Home Page."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name="Picture 1" descr="The Status and Requesting Provider panels are identified in the Prior Authorization Search panel. One tracking number link is identified in the results panel."/>
+                    <pic:cNvPr id="28264007" name="drawing" descr="The screenshot demonstrates the POSC Home Page."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9"/>
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5681422" cy="3183506"/>
+                      <a:ext cx="5943600" cy="4619625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70247260" w14:textId="78662960" w:rsidR="00094D61" w:rsidRDefault="00094D61">
+    <w:p w14:paraId="26732F84" w14:textId="6F19715C" w:rsidR="4055F391" w:rsidRDefault="4055F391" w:rsidP="353B9F63">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7710"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40FE27CD" w14:textId="74A913D2" w:rsidR="00402020" w:rsidRPr="00285AFC" w:rsidRDefault="00402020" w:rsidP="00E67BAB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="077C10D5" w14:textId="30CE3A25" w:rsidR="008337CD" w:rsidRPr="00402020" w:rsidRDefault="00C75597" w:rsidP="00402020">
+      <w:r w:rsidR="00346D0A" w:rsidRPr="00285AFC">
+        <w:lastRenderedPageBreak/>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00285AFC">
+        <w:t>earch for a Deferred PA Request</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52654AFB" w14:textId="379A4270" w:rsidR="00C75597" w:rsidRPr="00402020" w:rsidRDefault="00344406" w:rsidP="003909DE">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00402020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">A view of the </w:t>
+        <w:t>From the Provider Online Service Center home page:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5954400C" w14:textId="5BFE944A" w:rsidR="00344406" w:rsidRPr="00402020" w:rsidRDefault="00344406" w:rsidP="003909DE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click </w:t>
       </w:r>
       <w:r w:rsidRPr="00402020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Line Items</w:t>
-[...23 lines deleted...]
-        <w:t>tatus is</w:t>
+        <w:t>Manage Service Authorizations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="702A11E5" w14:textId="49C77454" w:rsidR="00344406" w:rsidRPr="00402020" w:rsidRDefault="00344406" w:rsidP="003909DE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click </w:t>
       </w:r>
       <w:r w:rsidRPr="00402020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> DEFERRED</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0034198F" w:rsidRPr="00402020">
+        <w:t>Prior Authorizations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="323CDFAD" w14:textId="3D8487AC" w:rsidR="00344406" w:rsidRPr="00402020" w:rsidRDefault="00344406" w:rsidP="003909DE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Inquire/Maintain PA Request</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prior Authorization </w:t>
+      </w:r>
+      <w:r w:rsidR="00C973A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Search </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>panel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is displayed</w:t>
+      </w:r>
+      <w:r w:rsidR="00390834" w:rsidRPr="00402020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33C34218" w14:textId="4E9DE2A7" w:rsidR="000E5C2E" w:rsidRDefault="0008475C" w:rsidP="000D65A3">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="491490AD" w14:textId="35CFFBD0" w:rsidR="004C6C39" w:rsidRDefault="004C6C39" w:rsidP="003909DE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A0D0CF2" wp14:editId="5A844D99">
-            <wp:extent cx="5715000" cy="2314575"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="06FC3C59" wp14:editId="66BA867A">
+            <wp:extent cx="5943600" cy="4238625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
-            <wp:docPr id="14" name="Picture 14" descr="The DEFERRED status is identified to the right of the line item in the List of Line Items panel."/>
+            <wp:docPr id="2043298252" name="drawing" descr="The screenshot demonstrates the first three steps, as indicated by arrows.  "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="14" name="Picture 14" descr="The DEFERRED status is identified to the right of the line item in the List of Line Items panel."/>
+                    <pic:cNvPr id="2043298252" name="drawing" descr="The screenshot demonstrates the first three steps, as indicated by arrows.  "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10"/>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5765464" cy="2335013"/>
+                      <a:ext cx="5943600" cy="4238625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69019882" w14:textId="5E4A332F" w:rsidR="00C75597" w:rsidRPr="00402020" w:rsidRDefault="00C75597" w:rsidP="00402020">
-      <w:pPr>
+    <w:p w14:paraId="75FC8B2E" w14:textId="3F3C0B96" w:rsidR="001B2180" w:rsidRPr="00402020" w:rsidRDefault="00304132" w:rsidP="003909DE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...51 lines deleted...]
-      <w:r w:rsidRPr="00402020">
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>You can view the status of the request o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2180" w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2180" w:rsidRPr="00402020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Attachments</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00402020">
+        <w:t xml:space="preserve">Prior Authorization Search </w:t>
+      </w:r>
+      <w:r w:rsidR="00344406" w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Panel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by</w:t>
+      </w:r>
+      <w:r w:rsidR="001B2180" w:rsidRPr="00402020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D61CA" w:rsidRPr="00402020">
-[...3 lines deleted...]
-        <w:t>tab</w:t>
+    </w:p>
+    <w:p w14:paraId="74746B07" w14:textId="7672DEB9" w:rsidR="001B2180" w:rsidRPr="00402020" w:rsidRDefault="001B2180" w:rsidP="00E67BAB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">entering the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Tracking Number</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>PA number</w:t>
+      </w:r>
+      <w:r w:rsidR="00390834" w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>; or</w:t>
+      </w:r>
+      <w:r w:rsidR="00094D61" w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="313AED8B" w14:textId="37AD8C88" w:rsidR="001B2180" w:rsidRPr="00402020" w:rsidRDefault="001B2180" w:rsidP="003909DE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">entering the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Requesting Provider’s PIDSL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Member ID</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Status</w:t>
       </w:r>
       <w:r w:rsidRPr="00402020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="4CBCED06" w14:textId="5189F3CB" w:rsidR="00704FC5" w:rsidRDefault="00704FC5" w:rsidP="000D65A3">
+      <w:r w:rsidR="00094D61" w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32D30E6C" w14:textId="644EB9B0" w:rsidR="000E5C2E" w:rsidRPr="00402020" w:rsidRDefault="001B2180" w:rsidP="003909DE">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Additional information can be added to narrow the search.</w:t>
+      </w:r>
+      <w:r w:rsidR="000B785B" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E5C2E" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5C36" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">following </w:t>
+      </w:r>
+      <w:r w:rsidR="000E5C2E" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>example</w:t>
+      </w:r>
+      <w:r w:rsidR="00094D61" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5C2E" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the provider searched for all PA</w:t>
+      </w:r>
+      <w:r w:rsidR="0034198F" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5C2E" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in a DEFERRED status. This yielded </w:t>
+      </w:r>
+      <w:r w:rsidR="15B95EE6" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">multiple </w:t>
+      </w:r>
+      <w:r w:rsidR="000E5C2E" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>result</w:t>
+      </w:r>
+      <w:r w:rsidR="003B5D5A" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5C2E" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="320F5292" w14:textId="08DBCE74" w:rsidR="29D26F7E" w:rsidRDefault="29D26F7E" w:rsidP="7E87D006">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C553A3A" w14:textId="46483566" w:rsidR="00F33913" w:rsidRDefault="00F33913" w:rsidP="7E87D006">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="102E13EE" wp14:editId="7CD50ABA">
-[...2 lines deleted...]
-            <wp:docPr id="2" name="Picture 2" descr="The Attachments tab is identified as the third tab from left on the POSC. When selected, any requests for additional information will appear. In this example, there is a request to attach a lab order."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B35682A" wp14:editId="081E2E1D">
+            <wp:extent cx="5943600" cy="6913245"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1905"/>
+            <wp:docPr id="779419870" name="Picture 1" descr="The Status and Requesting Provider panels are identified in the Prior Authorization Search panel. One tracking number link is identified in the results panel."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="Picture 2" descr="The Attachments tab is identified as the third tab from left on the POSC. When selected, any requests for additional information will appear. In this example, there is a request to attach a lab order."/>
-[...223 lines deleted...]
-                    <pic:cNvPr id="4" name="Picture 4" descr="The New Item button is identified in the bottom right of the List of Attachments panel."/>
+                    <pic:cNvPr id="779419870" name="Picture 1" descr="The Status and Requesting Provider panels are identified in the Prior Authorization Search panel. One tracking number link is identified in the results panel."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5724525" cy="3009900"/>
+                      <a:ext cx="5943600" cy="6913245"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D71EAE2" w14:textId="77777777" w:rsidR="004D61CA" w:rsidRDefault="004D61CA">
-      <w:pPr>
+    <w:p w14:paraId="70CDC732" w14:textId="39DCF6DE" w:rsidR="001112F0" w:rsidRDefault="001112F0" w:rsidP="7E87D006">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E1A9AD6" w14:textId="3B367F43" w:rsidR="00294228" w:rsidRPr="00402020" w:rsidRDefault="00A87936" w:rsidP="00294228">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">Selecting the </w:t>
+      </w:r>
+      <w:r w:rsidR="00686D45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tracking </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">number </w:t>
+      </w:r>
+      <w:r w:rsidR="00B73568">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">confirms that the PA status is </w:t>
+      </w:r>
+      <w:r w:rsidR="00686D45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>deferred</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73568">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E800214" w14:textId="66632660" w:rsidR="7E87D006" w:rsidRDefault="7E87D006" w:rsidP="00525845"/>
+    <w:p w14:paraId="35D1DE68" w14:textId="6665EAAE" w:rsidR="7E87D006" w:rsidRDefault="7E87D006" w:rsidP="7E87D006">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E8A9C84" w14:textId="0C2A1DBB" w:rsidR="2C49695D" w:rsidRDefault="00DA5FB5" w:rsidP="7E87D006">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>The following fields are required information:</w:t>
-[...293 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5DF9E97D" wp14:editId="18BF958F">
-[...2 lines deleted...]
-            <wp:docPr id="5" name="Picture 5" descr="This is a screen shot of the Prior Authorizations Attachment Details screen that shows where the user  will enter the Attachment Details "/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="46C341A9" wp14:editId="0FDA26F0">
+            <wp:extent cx="5943600" cy="6449060"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8890"/>
+            <wp:docPr id="1221510811" name="Picture 1" descr="The PA Information tab is selected and shows the status of Deferred."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="5" name="Picture 5" descr="This is a screen shot of the Prior Authorizations Attachment Details screen that shows where the user  will enter the Attachment Details "/>
+                    <pic:cNvPr id="1221510811" name="Picture 1" descr="The PA Information tab is selected and shows the status of Deferred."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5729643" cy="2731130"/>
+                      <a:ext cx="5943600" cy="6449060"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D933398" w14:textId="5D97F85C" w:rsidR="00344406" w:rsidRPr="00402020" w:rsidRDefault="00344406" w:rsidP="00402020">
+    <w:p w14:paraId="0E078523" w14:textId="77777777" w:rsidR="00B22E0A" w:rsidRDefault="00B22E0A" w:rsidP="7E87D006">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D9FDFBB" w14:textId="77777777" w:rsidR="00E67BAB" w:rsidRDefault="00E67BAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="455C7C84" w14:textId="5890948E" w:rsidR="00B22E0A" w:rsidRPr="00402020" w:rsidRDefault="00B22E0A" w:rsidP="00B22E0A">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402020">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Select a file and click </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:r w:rsidRPr="00402020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Open</w:t>
+        <w:t>Line Items</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B785B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tab</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may also be used to confirm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tatus is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00686D45" w:rsidRPr="00285AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>deferred</w:t>
       </w:r>
       <w:r w:rsidRPr="00402020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00094D61" w:rsidRPr="00402020">
-[...30 lines deleted...]
-    <w:p w14:paraId="5106E5D3" w14:textId="1DC72817" w:rsidR="00B6607A" w:rsidRDefault="00B6607A" w:rsidP="000D65A3">
+    </w:p>
+    <w:p w14:paraId="6F8CAB48" w14:textId="1BFF8FB2" w:rsidR="2A38AB57" w:rsidRDefault="0027256E" w:rsidP="7E87D006">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73B94A33" wp14:editId="40F149D7">
-[...2 lines deleted...]
-            <wp:docPr id="8" name="Picture 8" descr="This is a screen shot of Documents folder on a PC. The file name of a selected file is identified as &quot;PA In Process 20220516.&quot; The Open button is identified in the bottom right of the window."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C557E5E" wp14:editId="7E12381C">
+            <wp:extent cx="4343399" cy="1438275"/>
+            <wp:effectExtent l="0" t="0" r="635" b="0"/>
+            <wp:docPr id="1849880260" name="Picture 1" descr="The Line Items Tab also shows the Deferred status."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="8" name="Picture 8" descr="This is a screen shot of Documents folder on a PC. The file name of a selected file is identified as &quot;PA In Process 20220516.&quot; The Open button is identified in the bottom right of the window."/>
+                    <pic:cNvPr id="1849880260" name="Picture 1" descr="The Line Items Tab also shows the Deferred status."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
-                  <pic:blipFill>
+                  <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId15"/>
+                    <a:srcRect t="-1" b="38116"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5763871" cy="2205168"/>
+                      <a:ext cx="4343623" cy="1438349"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10919F15" w14:textId="77777777" w:rsidR="00166284" w:rsidRDefault="00166284">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="68D1F86E" w14:textId="1D0E1795" w:rsidR="7E87D006" w:rsidRDefault="7E87D006" w:rsidP="00E67BAB"/>
+    <w:p w14:paraId="0342EC06" w14:textId="77777777" w:rsidR="000E3A98" w:rsidRPr="00402020" w:rsidRDefault="000E3A98" w:rsidP="000E3A98">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>When a PA is deferred</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00402020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the window closes</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">. The </w:t>
+        <w:t xml:space="preserve"> the clinical reviewer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>requests additional information. This request</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is viewable on the </w:t>
       </w:r>
       <w:r w:rsidRPr="00402020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Attachment Details</w:t>
-[...48 lines deleted...]
-        </w:rPr>
+        <w:t>Attachments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tab.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EB5807D" w14:textId="30AD6F2D" w:rsidR="37656E04" w:rsidRDefault="00F07030" w:rsidP="7E87D006">
+      <w:pPr>
+        <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="63C6E8D2" wp14:editId="43445B4B">
-[...2 lines deleted...]
-            <wp:docPr id="10" name="Picture 10" descr="The file name of the attachment is identified to the right of the Choose File button in the Attachment Details panel. The Add/Upload button is identified in the bottom right corner of the panel."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="088EE63F" wp14:editId="623F4A40">
+            <wp:extent cx="5943600" cy="5319395"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1819548946" name="Picture 1" descr="Attachments tab is selected and an arrow shows the hyperlink that can be clicked.  "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="10" name="Picture 10" descr="The file name of the attachment is identified to the right of the Choose File button in the Attachment Details panel. The Add/Upload button is identified in the bottom right corner of the panel."/>
+                    <pic:cNvPr id="1819548946" name="Picture 1" descr="Attachments tab is selected and an arrow shows the hyperlink that can be clicked.  "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5760373" cy="2306066"/>
+                      <a:ext cx="5943600" cy="5319395"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60F92FE2" w14:textId="1F5BFC31" w:rsidR="00B6607A" w:rsidRPr="00402020" w:rsidRDefault="0008475C" w:rsidP="00402020">
+    <w:p w14:paraId="3635F707" w14:textId="77777777" w:rsidR="00E2037D" w:rsidRDefault="00E2037D" w:rsidP="00E2037D">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00402020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">When the </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>The provider can view the details of the request for additional information by clicking on the hyperlink</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ed</w:t>
       </w:r>
       <w:r w:rsidRPr="00402020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>List of Attachments</w:t>
-[...39 lines deleted...]
-      <w:r w:rsidR="0008475C" w:rsidRPr="00402020">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">date in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Confirmation</w:t>
-[...34 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>List of Attachments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. This opens up the details of the request. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B1A1F6" w14:textId="77777777" w:rsidR="00E2037D" w:rsidRPr="00402020" w:rsidRDefault="00E2037D" w:rsidP="00E2037D">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The provider can respond to the request for additional information by clicking on the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>New Item</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> button on the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Attachments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tab.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A8ACB7" w14:textId="202079CF" w:rsidR="00022DC2" w:rsidRPr="00402020" w:rsidRDefault="2117BDB7" w:rsidP="66EDF306">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D97F41B" wp14:editId="0C6BE5AE">
-[...2 lines deleted...]
-            <wp:docPr id="11" name="Picture 11" descr="The Confirmation tab is identified to the right of the Attachments tab. The attachment is identified in the List of Attachments, above the request for additional information."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="45CF386E" wp14:editId="3FDAFEB8">
+            <wp:extent cx="5943600" cy="4243705"/>
+            <wp:effectExtent l="0" t="0" r="0" b="4445"/>
+            <wp:docPr id="1375242929" name="Picture 1" descr="The New Item button is identified in the bottom right of the List of Attachments panel."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="11" name="Picture 11" descr="The Confirmation tab is identified to the right of the Attachments tab. The attachment is identified in the List of Attachments, above the request for additional information."/>
+                    <pic:cNvPr id="1610766479" name="Picture 1" descr="The New Item button is identified in the bottom right of the List of Attachments panel."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5293896" cy="2933621"/>
+                      <a:ext cx="5943600" cy="4243705"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F5BA6F3" w14:textId="77777777" w:rsidR="002E04D8" w:rsidRDefault="002E04D8">
+    <w:p w14:paraId="7D83A379" w14:textId="77777777" w:rsidR="00E67BAB" w:rsidRDefault="00E67BAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="653CA493" w14:textId="29A86599" w:rsidR="0008475C" w:rsidRPr="00402020" w:rsidRDefault="0012558C" w:rsidP="00402020">
+    <w:p w14:paraId="5DA1E0CB" w14:textId="7D71457C" w:rsidR="00022DC2" w:rsidRPr="00402020" w:rsidRDefault="00022DC2" w:rsidP="66EDF306">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402020">
+      <w:r w:rsidRPr="66EDF306">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">The </w:t>
-[...25 lines deleted...]
-      <w:r w:rsidR="00712369" w:rsidRPr="00402020">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="161D2B7A" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>o add a New Item, complete t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he following </w:t>
+      </w:r>
+      <w:r w:rsidR="43A921C5" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">required </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fields </w:t>
+      </w:r>
+      <w:r w:rsidR="019E1A22" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with the appropriate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>information</w:t>
+      </w:r>
+      <w:r w:rsidR="3735B2FB" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> applicable to the PA</w:t>
+      </w:r>
+      <w:r w:rsidR="00686D45" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2639C67B" w14:textId="5D2A5FDF" w:rsidR="00022DC2" w:rsidRPr="00402020" w:rsidRDefault="601C5ACA" w:rsidP="00E67BAB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="66EDF306">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Confirmation</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="57CCB527" w14:textId="47838C07" w:rsidR="00B6607A" w:rsidRDefault="00B6607A" w:rsidP="000B785B">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00022DC2" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>eport Type</w:t>
+      </w:r>
+      <w:r w:rsidR="05C7CBA1" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="05C7CBA1" w:rsidRPr="00285AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Select the appropriate report type</w:t>
+      </w:r>
+      <w:r w:rsidR="00022DC2" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from the dropdown list.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11802465" w14:textId="53B86DE5" w:rsidR="00022DC2" w:rsidRPr="00402020" w:rsidRDefault="3C6B3322" w:rsidP="00E67BAB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00022DC2" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ransmission Code</w:t>
+      </w:r>
+      <w:r w:rsidR="3DBAD473" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00022DC2" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="55395557" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Select </w:t>
+      </w:r>
+      <w:r w:rsidR="005C2DB2" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>and choose “</w:t>
+      </w:r>
+      <w:r w:rsidR="00022DC2" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Electronic Only</w:t>
+      </w:r>
+      <w:r w:rsidR="005C2DB2" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00022DC2" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from the dropdown list.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C00E3A5" w14:textId="655CCDEB" w:rsidR="00022DC2" w:rsidRPr="00402020" w:rsidRDefault="00022DC2" w:rsidP="00022DC2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Description</w:t>
+      </w:r>
+      <w:r w:rsidR="265D4CDC" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="265D4CDC" w:rsidRPr="00285AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Provide a written description</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the attachment. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="492A308B" w14:textId="3454A782" w:rsidR="00022DC2" w:rsidRPr="004D61CA" w:rsidRDefault="6F3F2228" w:rsidP="00285AFC">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Lastly, click on the</w:t>
+      </w:r>
+      <w:r w:rsidR="00022DC2" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00022DC2" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Choose File</w:t>
+      </w:r>
+      <w:r w:rsidR="00022DC2" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> button to attach a file from the provider’s computer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BABC1E1" w14:textId="0779B4DF" w:rsidR="675B0FD4" w:rsidRDefault="003F0374" w:rsidP="7E87D006">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="673AD039" wp14:editId="37A4E0D7">
-[...2 lines deleted...]
-            <wp:docPr id="12" name="Picture 12" descr="This is a screen shot of the Prior Authorization Confirmation screen that indicates that the attachment is successfully uploaded and the submission to MassHealth."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="631C9152" wp14:editId="56A0EF7F">
+            <wp:extent cx="5943600" cy="3554095"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+            <wp:docPr id="1990133369" name="Picture 1" descr="This is a screen shot of the Prior Authorizations Attachment Details screen that shows where the user  will enter the Attachment Details "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="12" name="Picture 12" descr="This is a screen shot of the Prior Authorization Confirmation screen that indicates that the attachment is successfully uploaded and the submission to MassHealth."/>
+                    <pic:cNvPr id="1990133369" name="Picture 1" descr="This is a screen shot of the Prior Authorizations Attachment Details screen that shows where the user  will enter the Attachment Details "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5301590" cy="2985427"/>
+                      <a:ext cx="5943600" cy="3554095"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C9FC36F" w14:textId="79CA059F" w:rsidR="00085EEA" w:rsidRDefault="00085EEA">
+    <w:p w14:paraId="07EF9F6F" w14:textId="77777777" w:rsidR="00E67BAB" w:rsidRDefault="00E67BAB">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6179CE35" w14:textId="309F0BA7" w:rsidR="00085EEA" w:rsidRPr="00EC0F5D" w:rsidRDefault="00085EEA" w:rsidP="00085EEA">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="32C201CE" w14:textId="6583AF79" w:rsidR="009D50EA" w:rsidRPr="00402020" w:rsidRDefault="009D50EA" w:rsidP="009D50EA">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Submit to MassHealth</w:t>
-[...21 lines deleted...]
-      <w:r w:rsidR="0012558C" w:rsidRPr="00402020">
+        <w:t xml:space="preserve">Select a file and click </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Submit to MassHealth</w:t>
-[...82 lines deleted...]
-    <w:p w14:paraId="6F459D41" w14:textId="2E697C84" w:rsidR="00B6607A" w:rsidRDefault="00B6607A" w:rsidP="000B785B">
+        <w:t>Open</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>. This selects the file</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to attach</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18454917" w14:textId="6CAE47B0" w:rsidR="0A7DA3F6" w:rsidRDefault="0A7DA3F6" w:rsidP="7E87D006">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="45E7243F" wp14:editId="2E1FD0DC">
-[...2 lines deleted...]
-            <wp:docPr id="13" name="Picture 13" descr="The Submit to MassHealth button is identified in the bottom right corner of the Confirmation panel."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="25563A2B" wp14:editId="426508D3">
+            <wp:extent cx="5943600" cy="3276600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="617210917" name="drawing" descr="This is a screen shot of Documents folder on a PC. The file name of a selected file is identified  The Open button is identified in the bottom right of the window."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="13" name="Picture 13" descr="The Submit to MassHealth button is identified in the bottom right corner of the Confirmation panel."/>
+                    <pic:cNvPr id="617210917" name="drawing" descr="This is a screen shot of Documents folder on a PC. The file name of a selected file is identified  The Open button is identified in the bottom right of the window."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19"/>
+                    <a:blip r:embed="rId19" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5434191" cy="2865764"/>
+                      <a:ext cx="5943600" cy="3276600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0734A3E3" w14:textId="6071A536" w:rsidR="00B6607A" w:rsidRPr="00402020" w:rsidRDefault="00085EEA" w:rsidP="00402020">
+    <w:p w14:paraId="6F850CCA" w14:textId="68257EDC" w:rsidR="7E87D006" w:rsidRDefault="7E87D006" w:rsidP="00E67BAB"/>
+    <w:p w14:paraId="4093D34C" w14:textId="77777777" w:rsidR="009D50EA" w:rsidRPr="00402020" w:rsidRDefault="009D50EA" w:rsidP="009D50EA">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>When a file is selected</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Confirm that you have reviewed any warning messages and fixed</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> any errors</w:t>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the window closes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0AF31141" w14:textId="57B19DF0" w:rsidR="00B6607A" w:rsidRDefault="00B6607A" w:rsidP="000B785B">
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Attachment Details</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> panel </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>appears, and the file name is displayed for confirmation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62E6361A" w14:textId="2FC85125" w:rsidR="7E87D006" w:rsidRDefault="009D50EA" w:rsidP="00525845">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Click</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Add/Upload </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>button.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This attaches the file to the PA request.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C4AD2F3" w14:textId="18419CA1" w:rsidR="33A7348F" w:rsidRDefault="00BA376B" w:rsidP="7E87D006">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0CC4EAB8" wp14:editId="4B3D221C">
-[...2 lines deleted...]
-            <wp:docPr id="15" name="Picture 15" descr="A checked box is identified to indicate that all warning messages have been reviewed and all data is correct."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2822782C" wp14:editId="6BC67D6D">
+            <wp:extent cx="5737950" cy="3419475"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1297426407" name="Picture 1" descr="The file name of the attachment is identified to the right of the Choose File button in the Attachment Details panel. The Add/Upload button is identified in the bottom right corner of the panel."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="15" name="Picture 15" descr="A checked box is identified to indicate that all warning messages have been reviewed and all data is correct."/>
+                    <pic:cNvPr id="1297426407" name="Picture 1" descr="The file name of the attachment is identified to the right of the Choose File button in the Attachment Details panel. The Add/Upload button is identified in the bottom right corner of the panel."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId20"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5455913" cy="3501117"/>
+                      <a:ext cx="5741336" cy="3421493"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5404DC6C" w14:textId="7388C69F" w:rsidR="00402020" w:rsidRDefault="00402020">
-[...4 lines deleted...]
-    <w:p w14:paraId="57BD729D" w14:textId="4FB93BA8" w:rsidR="007014EF" w:rsidRPr="00402020" w:rsidRDefault="00C44E2A" w:rsidP="00402020">
+    <w:p w14:paraId="46DEA0E6" w14:textId="77777777" w:rsidR="009D50EA" w:rsidRPr="00402020" w:rsidRDefault="009D50EA" w:rsidP="009D50EA">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">When the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">The </w:t>
+        <w:t>List of Attachments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> panel is redisplayed, the attachment is now viewable in the list.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65CF7E21" w14:textId="77777777" w:rsidR="009D50EA" w:rsidRPr="00402020" w:rsidRDefault="009D50EA" w:rsidP="009D50EA">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Select t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:r w:rsidRPr="00402020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Prior Authorization</w:t>
-[...42 lines deleted...]
-    <w:p w14:paraId="0A9021B7" w14:textId="161B7BF8" w:rsidR="00B6607A" w:rsidRDefault="00B6607A" w:rsidP="000B785B">
+        <w:t>Confirmation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tab so that the attachment can be sent to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eviewer. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CECAF7E" w14:textId="61BA7787" w:rsidR="751A63C2" w:rsidRDefault="003F7E42" w:rsidP="7E87D006">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35F51B2E" wp14:editId="4F32C573">
-            <wp:extent cx="5486400" cy="3189605"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="498858F3" wp14:editId="17BE879F">
+            <wp:extent cx="5943600" cy="3740785"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="16" name="Picture 16" descr="The Prior Authorization Response screen shows that the PA was successfully submitted and a tracking number has been assigned."/>
+            <wp:docPr id="1969881943" name="Picture 1" descr="The Confirmation tab is identified to the right of the Attachments tab. The attachment is identified in the List of Attachments, above the request for additional information."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="16" name="Picture 16" descr="The Prior Authorization Response screen shows that the PA was successfully submitted and a tracking number has been assigned."/>
+                    <pic:cNvPr id="1969881943" name="Picture 1" descr="The Confirmation tab is identified to the right of the Attachments tab. The attachment is identified in the List of Attachments, above the request for additional information."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId21"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5494225" cy="3194154"/>
+                      <a:ext cx="5943600" cy="3740785"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2685194F" w14:textId="77777777" w:rsidR="00C44E2A" w:rsidRDefault="00C44E2A">
+    <w:p w14:paraId="30A85090" w14:textId="0A172306" w:rsidR="7E87D006" w:rsidRDefault="7E87D006" w:rsidP="7E87D006">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="388D5315" w14:textId="77777777" w:rsidR="00E67BAB" w:rsidRDefault="00E67BAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B8FCBA9" w14:textId="7DDD5B48" w:rsidR="00083B01" w:rsidRPr="00402020" w:rsidRDefault="0066076C" w:rsidP="00402020">
+    <w:p w14:paraId="6A6A58AB" w14:textId="38C6AAA5" w:rsidR="004E5934" w:rsidRPr="00402020" w:rsidRDefault="004E5934" w:rsidP="004E5934">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00402020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>R</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="007014EF" w:rsidRPr="00402020">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rovider can review the details of the PA in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Prior Authorization Search</w:t>
-[...50 lines deleted...]
-    <w:p w14:paraId="70375BB4" w14:textId="2AF56EEB" w:rsidR="00083B01" w:rsidRDefault="00083B01" w:rsidP="000B785B">
+        <w:t>Confirmation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> panel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23ACB788" w14:textId="45D5945A" w:rsidR="075E20F7" w:rsidRDefault="00B10B77" w:rsidP="7E87D006">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A58F0AF" wp14:editId="2BF189C5">
-[...2 lines deleted...]
-            <wp:docPr id="17" name="Picture 17" descr="The Status field is identified in the middle of the Prior Authorization Search panel. DEFERRED has been selected from the dropdown menu. The results show no records found."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2DA9294C" wp14:editId="78874D7A">
+            <wp:extent cx="5943600" cy="3801745"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+            <wp:docPr id="661245353" name="Picture 1" descr="This is a screen shot of the Prior Authorization Confirmation screen that indicates that the attachment is successfully uploaded and the submission to MassHealth."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="17" name="Picture 17" descr="The Status field is identified in the middle of the Prior Authorization Search panel. DEFERRED has been selected from the dropdown menu. The results show no records found."/>
+                    <pic:cNvPr id="661245353" name="Picture 1" descr="This is a screen shot of the Prior Authorization Confirmation screen that indicates that the attachment is successfully uploaded and the submission to MassHealth."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5598886" cy="2790369"/>
+                      <a:ext cx="5943600" cy="3801745"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D893598" w14:textId="6E6E66EE" w:rsidR="00083B01" w:rsidRPr="00402020" w:rsidRDefault="007014EF" w:rsidP="00402020">
+    <w:p w14:paraId="7A6FAE58" w14:textId="77777777" w:rsidR="004E5934" w:rsidRPr="00EC0F5D" w:rsidRDefault="004E5934" w:rsidP="004E5934">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Submit to MassHealth</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29804F2B" w14:textId="77777777" w:rsidR="004E5934" w:rsidRDefault="004E5934" w:rsidP="004E5934">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402020">
-[...27 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Click</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Submit to MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Confirmation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> panel. This allows the system to verify the data before sending the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ttachment to MassHealth. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EB2D945" w14:textId="678DB1B5" w:rsidR="002231F0" w:rsidRPr="00402020" w:rsidRDefault="00027252" w:rsidP="004E5934">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="69F20CE1" wp14:editId="489C8D9D">
-[...2 lines deleted...]
-            <wp:docPr id="18" name="Picture 18" descr="The Status field is identified in the middle of the Prior Authorization Search panel. ADDITIONAL INFORMATION RECEIVED has been selected from the dropdown menu. The results link to a tracking number."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41E762EB" wp14:editId="02CD44AF">
+            <wp:extent cx="5943600" cy="3801745"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+            <wp:docPr id="175070176" name="Picture 1" descr="The Submit to MassHealth button is identified in the bottom right corner of the Confirmation panel."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="18" name="Picture 18" descr="The Status field is identified in the middle of the Prior Authorization Search panel. ADDITIONAL INFORMATION RECEIVED has been selected from the dropdown menu. The results link to a tracking number."/>
+                    <pic:cNvPr id="175070176" name="Picture 1" descr="The Submit to MassHealth button is identified in the bottom right corner of the Confirmation panel."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId23"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5527744" cy="3575690"/>
+                      <a:ext cx="5943600" cy="3801745"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C10F83D" w14:textId="77777777" w:rsidR="003909DE" w:rsidRDefault="003909DE">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00402020">
+    <w:p w14:paraId="675918AD" w14:textId="77777777" w:rsidR="004E5934" w:rsidRDefault="004E5934" w:rsidP="004E5934">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Base Information </w:t>
-[...19 lines deleted...]
-      <w:r w:rsidR="007014EF" w:rsidRPr="00402020">
+      </w:pPr>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Information</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007014EF" w:rsidRPr="00402020">
+        <w:t>Prior Authorization</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006D354A" w:rsidRPr="00402020">
-[...8 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Response </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>page confirms successful submission once all errors and warnings are cleared.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C9052D5" w14:textId="44757811" w:rsidR="00345F31" w:rsidRPr="00402020" w:rsidRDefault="009041F0" w:rsidP="004E5934">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="54C5C2DF" wp14:editId="4FBE9412">
-[...2 lines deleted...]
-            <wp:docPr id="21" name="Picture 21" descr="The Additional Infor Received status is identified on the Base Information panel. "/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="698C0774" wp14:editId="490A51C7">
+            <wp:extent cx="5943600" cy="4252595"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="184766734" name="Picture 1" descr="The Prior Authorization Response screen shows that the PA was successfully submitted and a tracking number has been assigned."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="21" name="Picture 21" descr="The Additional Infor Received status is identified on the Base Information panel. "/>
+                    <pic:cNvPr id="184766734" name="Picture 1" descr="The Prior Authorization Response screen shows that the PA was successfully submitted and a tracking number has been assigned."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId24"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5530968" cy="2741602"/>
+                      <a:ext cx="5943600" cy="4252595"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14D35EE1" w14:textId="265C0E37" w:rsidR="007014EF" w:rsidRPr="00402020" w:rsidRDefault="006D354A" w:rsidP="00402020">
-[...18 lines deleted...]
-      <w:r w:rsidR="007014EF" w:rsidRPr="00402020">
+    <w:p w14:paraId="429C1850" w14:textId="77777777" w:rsidR="004E5934" w:rsidRDefault="004E5934" w:rsidP="004E5934">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Return to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Line Item</w:t>
+        <w:t>Prior Authorization Search</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> page and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...20 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t xml:space="preserve">search for the PA in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C44E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>eferred status. Note t</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hat t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he PA is no longer there. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CC1AF7B" w14:textId="53609879" w:rsidR="00FB438D" w:rsidRPr="00402020" w:rsidRDefault="00FB438D" w:rsidP="004E5934">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="32F0783C" wp14:editId="1A5C9B0C">
-[...2 lines deleted...]
-            <wp:docPr id="19" name="Picture 19" descr="The Additional Infor Received status is identified in the List of Line Items panel. "/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3B3AEDAE" wp14:editId="26CCBF26">
+            <wp:extent cx="5435879" cy="3340272"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="608942337" name="Picture 1" descr="The Status field is identified in the middle of the Prior Authorization Search panel. DEFERRED has been selected from the dropdown menu. The results show no records found."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="19" name="Picture 19" descr="The Additional Infor Received status is identified in the List of Line Items panel. "/>
+                    <pic:cNvPr id="608942337" name="Picture 1" descr="The Status field is identified in the middle of the Prior Authorization Search panel. DEFERRED has been selected from the dropdown menu. The results show no records found."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId25"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5323058" cy="3983188"/>
+                      <a:ext cx="5435879" cy="3340272"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A4EB5AD" w14:textId="79AE8CA7" w:rsidR="007014EF" w:rsidRPr="00402020" w:rsidRDefault="006D354A" w:rsidP="00402020">
+    <w:p w14:paraId="7D7E75A9" w14:textId="6E5DD022" w:rsidR="004E5934" w:rsidRPr="00402020" w:rsidRDefault="00010B7C" w:rsidP="004E5934">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Use the </w:t>
+      </w:r>
+      <w:r w:rsidR="007B1160" w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Prior Authorization Search</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1160" w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B1160">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="002259BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>anel to confirm that the PA has been appropriately updated.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1160">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002259BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Use the PA </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tracking number and t</w:t>
+      </w:r>
+      <w:r w:rsidR="004E5934" w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he PA </w:t>
+      </w:r>
+      <w:r w:rsidR="004E5934">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>status</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of “Additional Information Received” to confirm </w:t>
+      </w:r>
+      <w:r w:rsidR="004E5934">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>that the additional information has been received. The results will include the assigned tracking number.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EF95E5C" w14:textId="28990EAF" w:rsidR="00AA1FC4" w:rsidRDefault="00F0790A" w:rsidP="004E5934">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="12D52632" wp14:editId="5A7F84A7">
+            <wp:extent cx="5943600" cy="5602605"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="2125952019" name="Picture 1" descr="The Status field is identified in the middle of the Prior Authorization Search panel. ADDITIONAL INFORMATION RECEIVED has been selected from the dropdown menu. The results link to a tracking number."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="2125952019" name="Picture 1" descr="The Status field is identified in the middle of the Prior Authorization Search panel. ADDITIONAL INFORMATION RECEIVED has been selected from the dropdown menu. The results link to a tracking number."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId26"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="5602605"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A6D7C33" w14:textId="5EF8198F" w:rsidR="004E5934" w:rsidRDefault="004E5934" w:rsidP="004E5934">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Return to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Base Information </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>panel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. You </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">can see that the status has changed on the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tab.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0188DA69" w14:textId="6E451A23" w:rsidR="002259BD" w:rsidRDefault="002259BD" w:rsidP="004E5934">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FE847E8" w14:textId="6A0C861C" w:rsidR="00A52C30" w:rsidRPr="00402020" w:rsidRDefault="00A52C30" w:rsidP="004E5934">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D81D43B" wp14:editId="5513A8F1">
+            <wp:extent cx="5943600" cy="4408170"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1005595961" name="Picture 1" descr="The Additional Infor Received status is identified on the Base Information panel. "/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1005595961" name="Picture 1" descr="The Additional Infor Received status is identified on the Base Information panel. "/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId27"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="4408170"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F6CCFF6" w14:textId="77777777" w:rsidR="000F641C" w:rsidRDefault="000F641C" w:rsidP="000F641C">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The status has also changed on the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Line Item</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...19 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tab.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D206B2" w14:textId="484BF2A7" w:rsidR="00B24E37" w:rsidRPr="00402020" w:rsidRDefault="0017351A" w:rsidP="000F641C">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId31"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="24A8CD0E" wp14:editId="5739365D">
+            <wp:extent cx="5943600" cy="3966210"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="371396740" name="Picture 1" descr="The Additional Infor Received status is identified in the List of Line Items panel. "/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="371396740" name="Picture 1" descr="The Additional Infor Received status is identified in the List of Line Items panel. "/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId28"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="3966210"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E70D8E1" w14:textId="69033B01" w:rsidR="000F641C" w:rsidRPr="00402020" w:rsidRDefault="000F641C" w:rsidP="000F641C">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="71D67743" w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MassHealth PA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EDF306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">reviewer can now continue the review. </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="000F641C" w:rsidRPr="00402020" w:rsidSect="00402020">
+      <w:headerReference w:type="default" r:id="rId29"/>
+      <w:footerReference w:type="default" r:id="rId30"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="58422B88" w14:textId="77777777" w:rsidR="00FF33D4" w:rsidRDefault="00FF33D4" w:rsidP="00717301">
+    <w:p w14:paraId="49E8812B" w14:textId="77777777" w:rsidR="00330C3F" w:rsidRDefault="00330C3F" w:rsidP="00717301">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F473871" w14:textId="77777777" w:rsidR="00FF33D4" w:rsidRDefault="00FF33D4" w:rsidP="00717301">
+    <w:p w14:paraId="3B4F5113" w14:textId="77777777" w:rsidR="00330C3F" w:rsidRDefault="00330C3F" w:rsidP="00717301">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="53CF8885" w14:textId="77777777" w:rsidR="00330C3F" w:rsidRDefault="00330C3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
       <w:id w:val="-671715602"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="044AA844" w14:textId="4C46ADCA" w:rsidR="00094D61" w:rsidRPr="00142F78" w:rsidRDefault="00094D61" w:rsidP="00094D61">
+      <w:p w14:paraId="044AA844" w14:textId="18856616" w:rsidR="00094D61" w:rsidRPr="008562A7" w:rsidRDefault="00094D61" w:rsidP="00094D61">
         <w:pPr>
           <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
         </w:pPr>
-        <w:r>
+        <w:r w:rsidRPr="008562A7">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>MassHealth Provider Online Service Center</w:t>
         </w:r>
-        <w:r w:rsidRPr="00142F78">
+        <w:r w:rsidRPr="008562A7">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00142F78">
+        <w:r w:rsidRPr="008562A7">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00142F78">
+        <w:r w:rsidRPr="008562A7">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00142F78">
+        <w:r w:rsidRPr="008562A7">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="008562A7">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00142F78">
+        <w:r w:rsidRPr="008562A7">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r w:rsidRPr="00142F78">
+        <w:r w:rsidRPr="008562A7">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve"> of </w:t>
         </w:r>
-        <w:r w:rsidRPr="00142F78">
+        <w:r w:rsidRPr="008562A7">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00142F78">
+        <w:r w:rsidRPr="008562A7">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00142F78">
+        <w:r w:rsidRPr="008562A7">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="008562A7">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidRPr="00142F78">
+        <w:r w:rsidRPr="008562A7">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r w:rsidRPr="00142F78">
+        <w:r w:rsidRPr="008562A7">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00142F78">
+        <w:r w:rsidR="008562A7">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
-[...1 lines deleted...]
-            <w:highlight w:val="yellow"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>JobAid</w:t>
-[...27 lines deleted...]
-          <w:t xml:space="preserve"> (Rev. 11/22)</w:t>
+          <w:t>JA-MMIS-Respond Deferred PA Request_2026-01</w:t>
         </w:r>
       </w:p>
-      <w:p w14:paraId="21C950CD" w14:textId="62E78DF1" w:rsidR="007C3C7B" w:rsidRDefault="000D4875">
+      <w:p w14:paraId="21C950CD" w14:textId="62E78DF1" w:rsidR="007C3C7B" w:rsidRDefault="005B2926">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="6BEDF75D" w14:textId="77777777" w:rsidR="007C3C7B" w:rsidRDefault="007C3C7B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="14B42ADA" w14:textId="77777777" w:rsidR="00FF33D4" w:rsidRDefault="00FF33D4" w:rsidP="00717301">
+    <w:p w14:paraId="7DE26AC4" w14:textId="77777777" w:rsidR="00330C3F" w:rsidRDefault="00330C3F" w:rsidP="00717301">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="51BEF023" w14:textId="77777777" w:rsidR="00FF33D4" w:rsidRDefault="00FF33D4" w:rsidP="00717301">
+    <w:p w14:paraId="5879E656" w14:textId="77777777" w:rsidR="00330C3F" w:rsidRDefault="00330C3F" w:rsidP="00717301">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="59DDC98E" w14:textId="77777777" w:rsidR="00330C3F" w:rsidRDefault="00330C3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="29E269D2" w14:textId="5B7F74B0" w:rsidR="00717301" w:rsidRDefault="00717301">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="43A553C7" w14:textId="77777777" w:rsidR="00717301" w:rsidRDefault="00717301">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DBD3D06"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0EBA3B6E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -4661,190 +4539,393 @@
   <w:num w:numId="4" w16cid:durableId="629016452">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1495337219">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1915578658">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="591818236">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="590166522">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="756362631">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1370454308">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="32769"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00704FC5"/>
+    <w:rsid w:val="00010B7C"/>
+    <w:rsid w:val="00022DC2"/>
+    <w:rsid w:val="00027252"/>
     <w:rsid w:val="00067401"/>
+    <w:rsid w:val="00070A3D"/>
+    <w:rsid w:val="0007444C"/>
     <w:rsid w:val="000754BE"/>
     <w:rsid w:val="00083B01"/>
     <w:rsid w:val="0008475C"/>
     <w:rsid w:val="00085EEA"/>
     <w:rsid w:val="000931FD"/>
     <w:rsid w:val="00094D61"/>
+    <w:rsid w:val="000A21CE"/>
+    <w:rsid w:val="000A77B2"/>
     <w:rsid w:val="000B4AB8"/>
     <w:rsid w:val="000B785B"/>
+    <w:rsid w:val="000C3758"/>
     <w:rsid w:val="000D2CA7"/>
     <w:rsid w:val="000D65A3"/>
+    <w:rsid w:val="000E3A98"/>
     <w:rsid w:val="000E5C2E"/>
+    <w:rsid w:val="000F641C"/>
+    <w:rsid w:val="001112F0"/>
     <w:rsid w:val="0012558C"/>
+    <w:rsid w:val="00157F79"/>
+    <w:rsid w:val="0016461B"/>
     <w:rsid w:val="00166284"/>
+    <w:rsid w:val="0017351A"/>
+    <w:rsid w:val="001842A3"/>
     <w:rsid w:val="001B2180"/>
+    <w:rsid w:val="001C164F"/>
+    <w:rsid w:val="001D4D7A"/>
+    <w:rsid w:val="002231F0"/>
+    <w:rsid w:val="002259BD"/>
+    <w:rsid w:val="00255C33"/>
+    <w:rsid w:val="0027256E"/>
+    <w:rsid w:val="00285AFC"/>
+    <w:rsid w:val="00294228"/>
     <w:rsid w:val="002E04D8"/>
     <w:rsid w:val="003009B9"/>
     <w:rsid w:val="00304132"/>
     <w:rsid w:val="003075C1"/>
+    <w:rsid w:val="00310EC3"/>
     <w:rsid w:val="00324442"/>
+    <w:rsid w:val="00330C3F"/>
     <w:rsid w:val="0034198F"/>
     <w:rsid w:val="00344406"/>
+    <w:rsid w:val="00345F31"/>
+    <w:rsid w:val="00346D0A"/>
+    <w:rsid w:val="00347098"/>
+    <w:rsid w:val="00351021"/>
+    <w:rsid w:val="003510AE"/>
+    <w:rsid w:val="00376297"/>
     <w:rsid w:val="00384049"/>
     <w:rsid w:val="00390834"/>
     <w:rsid w:val="003909DE"/>
+    <w:rsid w:val="003B2D2E"/>
+    <w:rsid w:val="003B5D5A"/>
     <w:rsid w:val="003D49AA"/>
+    <w:rsid w:val="003F0374"/>
+    <w:rsid w:val="003F7E42"/>
     <w:rsid w:val="00402020"/>
+    <w:rsid w:val="00425822"/>
+    <w:rsid w:val="00436921"/>
+    <w:rsid w:val="00447FAF"/>
     <w:rsid w:val="0046294B"/>
+    <w:rsid w:val="00465F4A"/>
     <w:rsid w:val="0048127F"/>
+    <w:rsid w:val="004818E7"/>
+    <w:rsid w:val="004B6787"/>
+    <w:rsid w:val="004C6C39"/>
     <w:rsid w:val="004D61CA"/>
+    <w:rsid w:val="004E5934"/>
+    <w:rsid w:val="004F6A60"/>
     <w:rsid w:val="00510C4E"/>
     <w:rsid w:val="00523009"/>
+    <w:rsid w:val="00525845"/>
     <w:rsid w:val="0055247C"/>
+    <w:rsid w:val="005531B4"/>
     <w:rsid w:val="00556CC6"/>
+    <w:rsid w:val="005625FC"/>
+    <w:rsid w:val="005B2926"/>
+    <w:rsid w:val="005C2DB2"/>
+    <w:rsid w:val="005C5950"/>
     <w:rsid w:val="005E3549"/>
+    <w:rsid w:val="005E4248"/>
+    <w:rsid w:val="005E6461"/>
     <w:rsid w:val="005E7F54"/>
     <w:rsid w:val="00625DB4"/>
+    <w:rsid w:val="00656326"/>
     <w:rsid w:val="0066076C"/>
     <w:rsid w:val="0066645A"/>
     <w:rsid w:val="0067412A"/>
+    <w:rsid w:val="00686D45"/>
+    <w:rsid w:val="00693A23"/>
+    <w:rsid w:val="006A0538"/>
+    <w:rsid w:val="006C5562"/>
+    <w:rsid w:val="006D19A1"/>
     <w:rsid w:val="006D354A"/>
+    <w:rsid w:val="006D560E"/>
+    <w:rsid w:val="006F3656"/>
+    <w:rsid w:val="00701077"/>
     <w:rsid w:val="007014EF"/>
+    <w:rsid w:val="0070197A"/>
     <w:rsid w:val="00704FC5"/>
+    <w:rsid w:val="007115FC"/>
     <w:rsid w:val="00712369"/>
     <w:rsid w:val="00717301"/>
     <w:rsid w:val="0075197A"/>
+    <w:rsid w:val="0077400A"/>
     <w:rsid w:val="0078306E"/>
+    <w:rsid w:val="00795738"/>
     <w:rsid w:val="007A0802"/>
     <w:rsid w:val="007A1875"/>
     <w:rsid w:val="007A7198"/>
+    <w:rsid w:val="007B1160"/>
+    <w:rsid w:val="007B562C"/>
+    <w:rsid w:val="007C0D19"/>
     <w:rsid w:val="007C3C7B"/>
+    <w:rsid w:val="007D5D0C"/>
     <w:rsid w:val="00824FB8"/>
     <w:rsid w:val="008337CD"/>
+    <w:rsid w:val="008516EA"/>
+    <w:rsid w:val="008551F0"/>
+    <w:rsid w:val="008562A7"/>
+    <w:rsid w:val="00856922"/>
+    <w:rsid w:val="00864DF0"/>
+    <w:rsid w:val="00882F73"/>
     <w:rsid w:val="00885EF3"/>
+    <w:rsid w:val="008B0541"/>
+    <w:rsid w:val="008C53DF"/>
+    <w:rsid w:val="008F5880"/>
+    <w:rsid w:val="009041F0"/>
     <w:rsid w:val="0091657E"/>
+    <w:rsid w:val="00940F4A"/>
     <w:rsid w:val="009416BC"/>
+    <w:rsid w:val="009709B5"/>
+    <w:rsid w:val="00970D4A"/>
     <w:rsid w:val="009800C9"/>
+    <w:rsid w:val="00981525"/>
     <w:rsid w:val="0098395E"/>
+    <w:rsid w:val="009D50EA"/>
+    <w:rsid w:val="00A52C30"/>
+    <w:rsid w:val="00A675E5"/>
+    <w:rsid w:val="00A87936"/>
     <w:rsid w:val="00A90F8C"/>
+    <w:rsid w:val="00A934CB"/>
+    <w:rsid w:val="00AA1FC4"/>
+    <w:rsid w:val="00AB00E1"/>
+    <w:rsid w:val="00AC4BA7"/>
     <w:rsid w:val="00AE7540"/>
+    <w:rsid w:val="00B04CED"/>
+    <w:rsid w:val="00B07B1E"/>
+    <w:rsid w:val="00B10B77"/>
+    <w:rsid w:val="00B13330"/>
+    <w:rsid w:val="00B22E0A"/>
+    <w:rsid w:val="00B22E81"/>
+    <w:rsid w:val="00B23C09"/>
+    <w:rsid w:val="00B24E37"/>
     <w:rsid w:val="00B40133"/>
     <w:rsid w:val="00B4617B"/>
+    <w:rsid w:val="00B613A7"/>
     <w:rsid w:val="00B6607A"/>
+    <w:rsid w:val="00B73568"/>
+    <w:rsid w:val="00B83616"/>
     <w:rsid w:val="00B9308B"/>
+    <w:rsid w:val="00BA376B"/>
+    <w:rsid w:val="00BC32CD"/>
+    <w:rsid w:val="00BC67F8"/>
+    <w:rsid w:val="00BE7560"/>
+    <w:rsid w:val="00BF21C2"/>
+    <w:rsid w:val="00C065E8"/>
     <w:rsid w:val="00C134F1"/>
+    <w:rsid w:val="00C178DD"/>
     <w:rsid w:val="00C44E2A"/>
+    <w:rsid w:val="00C5033F"/>
     <w:rsid w:val="00C67B3C"/>
+    <w:rsid w:val="00C7279A"/>
+    <w:rsid w:val="00C75319"/>
     <w:rsid w:val="00C75597"/>
     <w:rsid w:val="00C775BD"/>
+    <w:rsid w:val="00C973A1"/>
+    <w:rsid w:val="00CC559F"/>
+    <w:rsid w:val="00CF6A59"/>
+    <w:rsid w:val="00D03A76"/>
     <w:rsid w:val="00D73423"/>
     <w:rsid w:val="00D9061C"/>
+    <w:rsid w:val="00DA5FB5"/>
     <w:rsid w:val="00DB34B4"/>
+    <w:rsid w:val="00DE0AD1"/>
     <w:rsid w:val="00DE6A9B"/>
+    <w:rsid w:val="00E00E2B"/>
     <w:rsid w:val="00E050F9"/>
+    <w:rsid w:val="00E05DB3"/>
+    <w:rsid w:val="00E2037D"/>
     <w:rsid w:val="00E44708"/>
     <w:rsid w:val="00E452D8"/>
+    <w:rsid w:val="00E54B32"/>
     <w:rsid w:val="00E64FED"/>
+    <w:rsid w:val="00E67BAB"/>
+    <w:rsid w:val="00E756A1"/>
     <w:rsid w:val="00E94264"/>
+    <w:rsid w:val="00E95AF6"/>
+    <w:rsid w:val="00EB5C36"/>
     <w:rsid w:val="00EB670A"/>
     <w:rsid w:val="00EC0F5D"/>
+    <w:rsid w:val="00EF2B54"/>
+    <w:rsid w:val="00F03AD1"/>
+    <w:rsid w:val="00F064F2"/>
+    <w:rsid w:val="00F07030"/>
+    <w:rsid w:val="00F0790A"/>
+    <w:rsid w:val="00F2036A"/>
+    <w:rsid w:val="00F33913"/>
+    <w:rsid w:val="00F47163"/>
+    <w:rsid w:val="00F62534"/>
+    <w:rsid w:val="00F62FA3"/>
+    <w:rsid w:val="00F669FC"/>
+    <w:rsid w:val="00F8247A"/>
+    <w:rsid w:val="00F95114"/>
+    <w:rsid w:val="00FB438D"/>
     <w:rsid w:val="00FD0788"/>
+    <w:rsid w:val="00FD65DB"/>
+    <w:rsid w:val="00FF1745"/>
+    <w:rsid w:val="00FF1A5A"/>
     <w:rsid w:val="00FF33D4"/>
+    <w:rsid w:val="019E1A22"/>
+    <w:rsid w:val="05C7CBA1"/>
+    <w:rsid w:val="0655BDBB"/>
+    <w:rsid w:val="075E20F7"/>
+    <w:rsid w:val="0A7DA3F6"/>
+    <w:rsid w:val="0CD4CF5A"/>
+    <w:rsid w:val="15B95EE6"/>
+    <w:rsid w:val="160026D2"/>
+    <w:rsid w:val="161D2B7A"/>
+    <w:rsid w:val="16209D99"/>
+    <w:rsid w:val="2117BDB7"/>
+    <w:rsid w:val="215A5EB6"/>
+    <w:rsid w:val="257FEFB2"/>
+    <w:rsid w:val="265D4CDC"/>
+    <w:rsid w:val="26BDB45B"/>
+    <w:rsid w:val="282F1510"/>
+    <w:rsid w:val="28BEC647"/>
+    <w:rsid w:val="29A88AD6"/>
+    <w:rsid w:val="29D26F7E"/>
+    <w:rsid w:val="2A38AB57"/>
+    <w:rsid w:val="2C49695D"/>
+    <w:rsid w:val="2CDFD4D9"/>
+    <w:rsid w:val="2D979507"/>
+    <w:rsid w:val="2FB89B1F"/>
+    <w:rsid w:val="32FA5CCB"/>
+    <w:rsid w:val="33A7348F"/>
+    <w:rsid w:val="353B9F63"/>
+    <w:rsid w:val="36BAB1FA"/>
+    <w:rsid w:val="3735B2FB"/>
+    <w:rsid w:val="37656E04"/>
+    <w:rsid w:val="385C57A0"/>
+    <w:rsid w:val="39AC44FE"/>
+    <w:rsid w:val="3C2CD14D"/>
+    <w:rsid w:val="3C6B3322"/>
+    <w:rsid w:val="3CABD92F"/>
+    <w:rsid w:val="3DBAD473"/>
+    <w:rsid w:val="4055F391"/>
+    <w:rsid w:val="40DE3422"/>
+    <w:rsid w:val="43A921C5"/>
+    <w:rsid w:val="48C704B0"/>
+    <w:rsid w:val="48ED80A8"/>
+    <w:rsid w:val="519872DD"/>
+    <w:rsid w:val="55395557"/>
+    <w:rsid w:val="601C5ACA"/>
+    <w:rsid w:val="65146E89"/>
+    <w:rsid w:val="66EDF306"/>
+    <w:rsid w:val="675B0FD4"/>
+    <w:rsid w:val="69D6E45D"/>
+    <w:rsid w:val="6B7EE799"/>
+    <w:rsid w:val="6F3F2228"/>
+    <w:rsid w:val="6FCA02A6"/>
+    <w:rsid w:val="71D67743"/>
+    <w:rsid w:val="751A63C2"/>
+    <w:rsid w:val="755BF9E6"/>
+    <w:rsid w:val="7B0BE9B1"/>
+    <w:rsid w:val="7B76D5CA"/>
+    <w:rsid w:val="7DA79578"/>
+    <w:rsid w:val="7E87D006"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="32769"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3A7346C0"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{DF00E8BA-09B3-4D94-BF5B-82B194DA2181}"/>
+  <w15:docId w15:val="{620C0627-5607-408D-B19B-C87451D675FC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5197,50 +5278,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00B24E37"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Header"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00EC0F5D"/>
     <w:pPr>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
@@ -5487,58 +5569,58 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00067401"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5792,75 +5874,394 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CF5BBF89A909FD41A5CBAC9C3A404643" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9ae1a3975681d4c0a07be462617a2d14">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2a8bda87-7118-4d44-9889-ac35a4800f7c" xmlns:ns3="792a6d1f-5da6-4c04-ac50-406d12bd7052" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6392b24e676125c3c73b9f47f9d5724e" ns2:_="" ns3:_="">
+    <xsd:import namespace="2a8bda87-7118-4d44-9889-ac35a4800f7c"/>
+    <xsd:import namespace="792a6d1f-5da6-4c04-ac50-406d12bd7052"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2a8bda87-7118-4d44-9889-ac35a4800f7c" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="17" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="19" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="20" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="792a6d1f-5da6-4c04-ac50-406d12bd7052" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f9c3eeb4-b14c-4041-8247-18a7f7dc0460}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="792a6d1f-5da6-4c04-ac50-406d12bd7052">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2a8bda87-7118-4d44-9889-ac35a4800f7c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="792a6d1f-5da6-4c04-ac50-406d12bd7052" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D3F0191-4070-4551-991B-19D9F867B6EE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E786590-F62A-431B-A39E-17832EB544D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="2a8bda87-7118-4d44-9889-ac35a4800f7c"/>
+    <ds:schemaRef ds:uri="792a6d1f-5da6-4c04-ac50-406d12bd7052"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF2CB210-6D37-4476-AE7A-7374101EC45D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2a8bda87-7118-4d44-9889-ac35a4800f7c"/>
+    <ds:schemaRef ds:uri="792a6d1f-5da6-4c04-ac50-406d12bd7052"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>3043</Characters>
+  <Pages>15</Pages>
+  <Words>559</Words>
+  <Characters>3189</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
+  <DocSecurity>4</DocSecurity>
+  <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3569</CharactersWithSpaces>
+  <CharactersWithSpaces>3741</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ken</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>725ea843-2246-441d-aa63-1d2fe79f633e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x010100CF5BBF89A909FD41A5CBAC9C3A404643</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>