--- v0 (2025-11-03)
+++ v1 (2026-03-26)
@@ -1,209 +1,193 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="765501C1" w14:textId="33FC7E16" w:rsidR="00181A06" w:rsidRPr="002E4FCC" w:rsidRDefault="00181A06" w:rsidP="00237821">
+    <w:p w14:paraId="4944E289" w14:textId="77777777" w:rsidR="00C73DFE" w:rsidRDefault="00181A06" w:rsidP="00237821">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:spacing w:before="360" w:after="360" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="10"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E4FCC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="365760" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="363149D7" wp14:editId="3BC22105">
-[...6 lines deleted...]
-            </wp:positionV>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="363149D7" wp14:editId="5C72F735">
             <wp:extent cx="1673352" cy="841248"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
-            <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="7" name="Picture 7" descr="MassHealth logo">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name="Picture 7" descr="MassHealth logo">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1673352" cy="841248"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="margin">
-[...5 lines deleted...]
-          </wp:anchor>
+          </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="002E4FCC">
+    </w:p>
+    <w:p w14:paraId="568E3952" w14:textId="72B3753D" w:rsidR="00897671" w:rsidRPr="00C73DFE" w:rsidRDefault="00181A06" w:rsidP="00C73DFE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4320"/>
+          <w:tab w:val="right" w:pos="8640"/>
+        </w:tabs>
+        <w:spacing w:before="360" w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="10"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">Job Aid: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00523673">
+      </w:pPr>
+      <w:r w:rsidRPr="002E4FCC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>Submit</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004C3F05">
+        <w:t xml:space="preserve">Job Aid: </w:t>
+      </w:r>
+      <w:r w:rsidR="00523673">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
+        <w:t>Submit</w:t>
+      </w:r>
+      <w:r w:rsidR="004C3F05">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t xml:space="preserve"> a Referral</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C4D9BAB" w14:textId="77777777" w:rsidR="00B02176" w:rsidRPr="00B02176" w:rsidRDefault="00B02176" w:rsidP="00B02176">
-[...5 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="2752BA4C" w14:textId="0058F869" w:rsidR="00E758A8" w:rsidRPr="00E758A8" w:rsidRDefault="000D3D3A" w:rsidP="00E758A8">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:rPr>
-[...18 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="000D3D3A">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A MassHealth member is enrolled with the </w:t>
       </w:r>
       <w:r w:rsidR="00961870" w:rsidRPr="00F4316D">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Primary Care Clinician (PCC) </w:t>
       </w:r>
       <w:r w:rsidR="00D03B19">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plan </w:t>
       </w:r>
       <w:r w:rsidR="00961870">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or a </w:t>
       </w:r>
@@ -237,51 +221,65 @@
         </w:rPr>
         <w:t>at the service location/site level. MassHealth services provided by a provider other than the member’s PCC</w:t>
       </w:r>
       <w:r w:rsidR="00961870">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>/PCP</w:t>
       </w:r>
       <w:r w:rsidRPr="000D3D3A">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> require referral from the member’s PCC</w:t>
       </w:r>
       <w:r w:rsidR="00961870">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>/PCP</w:t>
       </w:r>
       <w:r w:rsidRPr="000D3D3A">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in order to be payable</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3D3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3D3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be payable</w:t>
       </w:r>
       <w:r w:rsidR="00EC7FF0">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="000D3D3A">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> unless the service is exempted. </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk204942728"/>
       <w:r w:rsidR="00D03B19">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>You can find r</w:t>
       </w:r>
       <w:r w:rsidRPr="000D3D3A">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">eferral requirements and exceptions in MassHealth regulations at </w:t>
@@ -452,321 +450,321 @@
         <w:ind w:left="-5"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00985021">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">From the </w:t>
       </w:r>
       <w:r w:rsidR="007269C1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>POSC</w:t>
       </w:r>
       <w:r w:rsidRPr="00985021">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> home page: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06F03B60" w14:textId="246C1B5A" w:rsidR="006F3266" w:rsidRPr="006A61B7" w:rsidRDefault="004170EA" w:rsidP="006A61B7">
+    <w:p w14:paraId="06F03B60" w14:textId="246C1B5A" w:rsidR="006F3266" w:rsidRPr="006A61B7" w:rsidRDefault="004170EA" w:rsidP="001053DD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="360" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="446" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00985021">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click </w:t>
+      </w:r>
+      <w:r w:rsidR="00F95E64">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Manage Service Authorizations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00985021">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08364179" w14:textId="32099C5E" w:rsidR="00826217" w:rsidRDefault="002832C2" w:rsidP="006A61B7">
+      <w:pPr>
+        <w:spacing w:after="101" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="2" w:author="Gabriele, Carol A (EHS)" w:date="2025-09-17T12:54:00Z" w16du:dateUtc="2025-09-17T16:54:00Z">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:drawing>
+            <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35C08C8E" wp14:editId="671657D8">
+              <wp:extent cx="5943600" cy="4248150"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:docPr id="1302323079" name="Picture 1" descr="Manage Service Authorizations is indicated as the fourth option in the left-hand Provider Services column of the POSC home page. "/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="1302323079" name="Picture 1" descr="Manage Service Authorizations is indicated as the fourth option in the left-hand Provider Services column of the POSC home page. "/>
+                      <pic:cNvPicPr/>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId10"/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="5943600" cy="4248150"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+            </wp:inline>
+          </w:drawing>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="4C7F15AC" w14:textId="77777777" w:rsidR="007A76BC" w:rsidRDefault="007A76BC">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67B568A5" w14:textId="531C40B2" w:rsidR="00F95E64" w:rsidRPr="00F95E64" w:rsidRDefault="004170EA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="101" w:line="259" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00985021">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Click </w:t>
       </w:r>
-      <w:r w:rsidR="00F95E64">
+      <w:r w:rsidR="00D14A0C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Manage Service Authorizations</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>Referrals</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6287" w:rsidRPr="008E6287">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00160BE9">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49E19C35" w14:textId="6BDE6984" w:rsidR="007A76BC" w:rsidRDefault="007A76BC" w:rsidP="006A61B7">
-[...73 lines deleted...]
-    <w:p w14:paraId="67B568A5" w14:textId="531C40B2" w:rsidR="00F95E64" w:rsidRPr="00F95E64" w:rsidRDefault="004170EA">
+    <w:p w14:paraId="145CAA53" w14:textId="77777777" w:rsidR="00920E55" w:rsidRPr="00920E55" w:rsidRDefault="00F95E64" w:rsidP="001053DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="101" w:line="259" w:lineRule="auto"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Click </w:t>
+        <w:spacing w:after="360" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="446" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Click</w:t>
+      </w:r>
+      <w:r w:rsidR="00160BE9">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3D3A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Enter New</w:t>
       </w:r>
       <w:r w:rsidR="00D14A0C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Referrals</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008E6287" w:rsidRPr="008E6287">
+        <w:t xml:space="preserve"> Referral</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95E64">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="145CAA53" w14:textId="77777777" w:rsidR="00920E55" w:rsidRPr="00920E55" w:rsidRDefault="00F95E64">
-[...56 lines deleted...]
-    <w:p w14:paraId="265211AD" w14:textId="34586107" w:rsidR="00826217" w:rsidRPr="00920E55" w:rsidRDefault="00826217" w:rsidP="00BE0351">
+    <w:p w14:paraId="265211AD" w14:textId="34586107" w:rsidR="00826217" w:rsidRDefault="00826217" w:rsidP="00BE0351">
       <w:pPr>
         <w:spacing w:after="101" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="450" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00826217">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D8F081C" wp14:editId="26507F40">
             <wp:extent cx="5943600" cy="4723765"/>
             <wp:effectExtent l="0" t="0" r="0" b="635"/>
             <wp:docPr id="508442244" name="Picture 1" descr="The Enter New Referral button is indicated under the Referrals button."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="508442244" name="Picture 1" descr="The Enter New Referral button is indicated under the Referrals button."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="4723765"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51D970B4" w14:textId="117DBE8D" w:rsidR="00CD5FCB" w:rsidRPr="007A76BC" w:rsidRDefault="00F95E64" w:rsidP="007A76BC">
+    <w:p w14:paraId="01F0D387" w14:textId="77777777" w:rsidR="001053DD" w:rsidRDefault="001053DD">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51D970B4" w14:textId="2BF570B0" w:rsidR="00CD5FCB" w:rsidRPr="007A76BC" w:rsidRDefault="00F95E64" w:rsidP="007A76BC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="101" w:line="259" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F95E64">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D14A0C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Referral </w:t>
       </w:r>
       <w:r w:rsidR="000D3D3A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Information</w:t>
       </w:r>
       <w:r w:rsidR="00160BE9">
         <w:rPr>
@@ -1029,251 +1027,232 @@
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Field Search</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF45A5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> button to display the </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF45A5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Search for Provider </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF45A5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">panel, where you can perform a search for the service provider. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EE13716" w14:textId="77777777" w:rsidR="007A76BC" w:rsidRDefault="007A76BC">
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+    <w:p w14:paraId="00E50D61" w14:textId="2003DA7A" w:rsidR="00DF45A5" w:rsidRDefault="004C264A" w:rsidP="00DF45A5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...6 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t>Search</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF45A5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-      </w:pPr>
-[...20 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> for Service Provider</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B1C0C57" w14:textId="385D452D" w:rsidR="00DF45A5" w:rsidRPr="00DF45A5" w:rsidRDefault="00DF45A5" w:rsidP="00DF45A5">
       <w:pPr>
         <w:spacing w:after="101" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="-5"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>On</w:t>
       </w:r>
       <w:r w:rsidRPr="00985021">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Search for Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="00985021">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>panel:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39D47E06" w14:textId="098743AC" w:rsidR="001E3DD8" w:rsidRDefault="00982984" w:rsidP="00160BE9">
+    <w:p w14:paraId="39D47E06" w14:textId="098743AC" w:rsidR="001E3DD8" w:rsidRDefault="00982984" w:rsidP="001053DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="101" w:line="259" w:lineRule="auto"/>
-        <w:ind w:hanging="360"/>
+        <w:spacing w:after="360" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="446" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Enter the search criteria for the service provider.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61FA6F5F" w14:textId="13ABF750" w:rsidR="00182490" w:rsidRDefault="00182490" w:rsidP="00160BE9">
-[...6 lines deleted...]
-        <w:ind w:hanging="360"/>
+    <w:p w14:paraId="7EED3B67" w14:textId="6AEAEE55" w:rsidR="002A5DC2" w:rsidRDefault="002A5DC2" w:rsidP="002A5DC2">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="473B85EA" wp14:editId="20F9C96D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7C5587A5" wp14:editId="6AFDB01F">
             <wp:extent cx="5943600" cy="4768850"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="670902986" name="Picture 1" descr="The Referral Panel allows you to search for a provider by Business Name, Last Name, First Name, ."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="670902986" name="Picture 1" descr="The Referral Panel allows you to search for a provider by Business Name, Last Name, First Name, ."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="4768850"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="237141BD" w14:textId="0710D66F" w:rsidR="000778F8" w:rsidRDefault="000778F8" w:rsidP="006A61B7">
-      <w:pPr>
+    <w:p w14:paraId="51C62A8A" w14:textId="77777777" w:rsidR="002A5DC2" w:rsidRDefault="002A5DC2">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="253BE44B" w14:textId="005A59D8" w:rsidR="00982984" w:rsidRPr="002A5DC2" w:rsidRDefault="00982984" w:rsidP="002A5DC2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:spacing w:after="101" w:line="259" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00982984">
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5DC2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Note:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002A5DC2">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> For effective searching, enter as much search information as possible. You can search for service providers using one or more of the following search criteria.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25356273" w14:textId="501EA199" w:rsidR="00982984" w:rsidRDefault="00982984" w:rsidP="00982984">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="101" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Business Name</w:t>
       </w:r>
     </w:p>
@@ -1442,488 +1421,404 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="00982984">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> The current MMIS provider search capability within the Service Authorizations subsystem is limited to active MassHealth providers and specialties</w:t>
       </w:r>
       <w:r w:rsidR="00D03B19">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00982984">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> such as nursing homes, abortion services, etc.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15001801" w14:textId="77777777" w:rsidR="007A76BC" w:rsidRDefault="007A76BC">
-[...1 lines deleted...]
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    <w:p w14:paraId="261A7A78" w14:textId="0CB2C39C" w:rsidR="00982984" w:rsidRDefault="00961870" w:rsidP="00EE0755">
+      <w:pPr>
+        <w:spacing w:after="101" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If a referring provider is an </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B0ABB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Organization</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, such as a group practice or other entity, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D509CF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>you’ll</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have to indicate the individual referring provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00D509CF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as well.</w:t>
+      </w:r>
+      <w:r w:rsidR="00982984" w:rsidRPr="00982984">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The specificity of your selection determines the </w:t>
+      </w:r>
+      <w:r w:rsidR="00982984" w:rsidRPr="00982984">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00982984" w:rsidRPr="00982984">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who can file a claim for the services requested by your referral. If you select at the </w:t>
+      </w:r>
+      <w:r w:rsidR="007B0ABB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00982984" w:rsidRPr="00982984">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ndividual </w:t>
+      </w:r>
+      <w:r w:rsidR="007B0ABB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="007B0ABB" w:rsidRPr="00982984">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rovider </w:t>
+      </w:r>
+      <w:r w:rsidR="00982984" w:rsidRPr="00982984">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">level, only that provider will be allowed to submit claim(s). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77E9A481" w14:textId="69AA4801" w:rsidR="009F228F" w:rsidRDefault="00982984" w:rsidP="009F228F">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:rPr>
-          <w:sz w:val="22"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-        <w:br w:type="page"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Select Referring Provider</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1652217D" w14:textId="742B6DBC" w:rsidR="00160BE9" w:rsidRDefault="00126330" w:rsidP="00160BE9">
+    <w:p w14:paraId="44993CA8" w14:textId="456B0C67" w:rsidR="00982984" w:rsidRPr="00982984" w:rsidRDefault="00982984" w:rsidP="00982984">
+      <w:pPr>
+        <w:spacing w:after="101" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>On</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00985021">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>List of Providers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00985021">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB52EB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>panel:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1950F1AD" w14:textId="2AFB562E" w:rsidR="009F228F" w:rsidRDefault="00982984" w:rsidP="00160BE9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="101" w:line="259" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="009F228F">
+        <w:t>Click the</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB52EB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hyperlinked</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00982984">
+      <w:r w:rsidRPr="00982984">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Search</w:t>
+        <w:t>Name</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidR="00982984">
+        <w:t xml:space="preserve"> of the desired service provider. Within the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00982984">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>List of Service Providers</w:t>
+        <w:t>Referral Information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> panel </w:t>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="007B0ABB">
+        <w:t xml:space="preserve"> panel, the selected provider’s name will populate the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00982984">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Organization</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Service Provider</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, such as a group practice or other entity, </w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> field</w:t>
+      </w:r>
+      <w:r w:rsidR="003A318E" w:rsidRPr="003A318E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="538E55C9" w14:textId="167DDDFC" w:rsidR="002A5DC2" w:rsidRDefault="002A5DC2">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> have to indicate the individual referring provider</w:t>
-[...61 lines deleted...]
-        <w:t xml:space="preserve">level, only that provider will be allowed to submit claim(s). </w:t>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77E9A481" w14:textId="69AA4801" w:rsidR="009F228F" w:rsidRDefault="00982984" w:rsidP="009F228F">
+    <w:p w14:paraId="06D5EE89" w14:textId="77777777" w:rsidR="00A32325" w:rsidRPr="00A32325" w:rsidRDefault="00A32325" w:rsidP="00A32325">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A32325">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>Select Referring Provider</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Referral Details and Submit</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44993CA8" w14:textId="456B0C67" w:rsidR="00982984" w:rsidRPr="00982984" w:rsidRDefault="00982984" w:rsidP="00982984">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7141D080" w14:textId="59A1E870" w:rsidR="00A32325" w:rsidRDefault="00A32325" w:rsidP="002A5DC2">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="360" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="14" w:hanging="14"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A32325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">On the </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> the </w:t>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Referral Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> panel</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00985021">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">complete </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB52EB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>at least the</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB52EB" w:rsidRPr="00A32325">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FB52EB">
-[...3 lines deleted...]
-        <w:t>panel:</w:t>
+      <w:r w:rsidRPr="00A32325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>fields marked with an asterisk (*). Fields without an asterisk are informational and not required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1950F1AD" w14:textId="2AFB562E" w:rsidR="009F228F" w:rsidRDefault="00982984" w:rsidP="00160BE9">
-[...172 lines deleted...]
-        <w:spacing w:after="101" w:line="259" w:lineRule="auto"/>
+    <w:p w14:paraId="1529C19C" w14:textId="0A0575BF" w:rsidR="00182490" w:rsidRDefault="00182490" w:rsidP="002A5DC2">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="14" w:hanging="14"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E82C6FA" wp14:editId="0E617AD4">
             <wp:extent cx="5943600" cy="5066665"/>
             <wp:effectExtent l="0" t="0" r="0" b="635"/>
             <wp:docPr id="449152856" name="Picture 1" descr="On the Referral Information panel, Member ID, Referring Provider, Service Provider, Assignment, Effective Date, End Date, and Visits are indicated as required fields."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="449152856" name="Picture 1" descr="On the Referral Information panel, Member ID, Referring Provider, Service Provider, Assignment, Effective Date, End Date, and Visits are indicated as required fields."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -2014,51 +1909,50 @@
         <w:t xml:space="preserve"> (option</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>al).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07F200D2" w14:textId="5E65EB89" w:rsidR="00A32325" w:rsidRDefault="00A32325" w:rsidP="00160BE9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="101" w:line="259" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Enter the </w:t>
       </w:r>
       <w:r w:rsidRPr="00A32325">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Reason for Referral</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (optional). In this text box and </w:t>
       </w:r>
       <w:r w:rsidRPr="00A32325">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Service Description</w:t>
       </w:r>
       <w:r>
@@ -2307,50 +2201,51 @@
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A32325">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> after the referral has been submitted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27AA8D9A" w14:textId="0BFA4213" w:rsidR="00A32325" w:rsidRDefault="00A32325" w:rsidP="00160BE9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="101" w:line="259" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">In the </w:t>
       </w:r>
       <w:r w:rsidRPr="00A32325">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Visits </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">field, </w:t>
       </w:r>
       <w:r w:rsidRPr="00A32325">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">enter the total number of authorized visits to the </w:t>
       </w:r>
       <w:r w:rsidRPr="00A32325">
         <w:rPr>
           <w:b/>
@@ -2497,51 +2392,65 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the referral will </w:t>
       </w:r>
       <w:r w:rsidR="00FB52EB">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>automatically be notified</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> on the evening of the approval.</w:t>
+        <w:t xml:space="preserve"> on the evening of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>the approval</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A32325">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C9B3FA2" w14:textId="50581E31" w:rsidR="00A32325" w:rsidRDefault="006E63E4" w:rsidP="00A32325">
       <w:pPr>
         <w:spacing w:after="101" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="-5"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB7104">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Notes</w:t>
@@ -2966,51 +2875,51 @@
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>End Date</w:t>
       </w:r>
       <w:r w:rsidRPr="003A318E">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the referral is greater than </w:t>
       </w:r>
       <w:r w:rsidRPr="003A318E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>30</w:t>
       </w:r>
       <w:r w:rsidRPr="003A318E">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> days after the close date.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A657389" w14:textId="2813D8D2" w:rsidR="00D1257C" w:rsidRPr="00D1257C" w:rsidRDefault="00D1257C" w:rsidP="00D1257C">
+    <w:p w14:paraId="17870A76" w14:textId="21952E41" w:rsidR="00953E7F" w:rsidRPr="002A5DC2" w:rsidRDefault="00D1257C" w:rsidP="002A5DC2">
       <w:pPr>
         <w:spacing w:after="101"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For information on how to </w:t>
       </w:r>
       <w:r w:rsidR="00383DFD">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pdate and </w:t>
       </w:r>
@@ -3053,100 +2962,80 @@
       <w:r w:rsidRPr="00D1257C">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>please refer to</w:t>
       </w:r>
       <w:r w:rsidR="00881B04">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidRPr="00D1257C">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007B0ABB">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Job aids for the Provider Online Service Center page on Mass.gov.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A494EE8" w14:textId="310E1BB9" w:rsidR="00D1257C" w:rsidRDefault="00D1257C" w:rsidP="00D1257C">
-[...25 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId15"/>
+    <w:sectPr w:rsidR="00953E7F" w:rsidRPr="002A5DC2" w:rsidSect="00985021">
+      <w:headerReference w:type="even" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="even" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="first" r:id="rId18"/>
+      <w:footerReference w:type="first" r:id="rId19"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="42B0E3DC" w14:textId="77777777" w:rsidR="00FF3A19" w:rsidRDefault="00FF3A19" w:rsidP="001953D4">
+    <w:p w14:paraId="4A9F473B" w14:textId="77777777" w:rsidR="00B022FB" w:rsidRDefault="00B022FB" w:rsidP="001953D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19E96B88" w14:textId="77777777" w:rsidR="00FF3A19" w:rsidRDefault="00FF3A19" w:rsidP="001953D4">
+    <w:p w14:paraId="51C99A53" w14:textId="77777777" w:rsidR="00B022FB" w:rsidRDefault="00B022FB" w:rsidP="001953D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3170,51 +3059,61 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="67B2823A" w14:textId="3156065D" w:rsidR="001953D4" w:rsidRPr="006D22F7" w:rsidRDefault="001953D4" w:rsidP="001953D4">
+  <w:p w14:paraId="7AB47DE1" w14:textId="77777777" w:rsidR="004E66B9" w:rsidRDefault="004E66B9">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="67B2823A" w14:textId="6A7B320B" w:rsidR="001953D4" w:rsidRPr="006D22F7" w:rsidRDefault="001953D4" w:rsidP="001953D4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:highlight w:val="yellow"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E433DB">
       <w:t>MassHealth Provider Online Service Center</w:t>
     </w:r>
     <w:r w:rsidRPr="00E433DB">
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="006D22F7">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="006D22F7">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="006D22F7">
@@ -3259,92 +3158,125 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="006D22F7">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="007A76BC" w:rsidRPr="007A76BC">
       <w:t>POSC-JA_REF-</w:t>
     </w:r>
     <w:r w:rsidR="007A76BC">
       <w:t>S</w:t>
     </w:r>
     <w:r w:rsidR="007A76BC" w:rsidRPr="007A76BC">
-      <w:t>_2025-03</w:t>
+      <w:t>_2025-0</w:t>
+    </w:r>
+    <w:r w:rsidR="004E66B9">
+      <w:t>9</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="747E5917" w14:textId="77777777" w:rsidR="001953D4" w:rsidRDefault="001953D4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7547D000" w14:textId="77777777" w:rsidR="004E66B9" w:rsidRDefault="004E66B9">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="135E9240" w14:textId="77777777" w:rsidR="00FF3A19" w:rsidRDefault="00FF3A19" w:rsidP="001953D4">
+    <w:p w14:paraId="367556D2" w14:textId="77777777" w:rsidR="00B022FB" w:rsidRDefault="00B022FB" w:rsidP="001953D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3733EAA3" w14:textId="77777777" w:rsidR="00FF3A19" w:rsidRDefault="00FF3A19" w:rsidP="001953D4">
+    <w:p w14:paraId="1877F060" w14:textId="77777777" w:rsidR="00B022FB" w:rsidRDefault="00B022FB" w:rsidP="001953D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2B2C92F1" w14:textId="77777777" w:rsidR="004E66B9" w:rsidRDefault="004E66B9">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="76AC01D3" w14:textId="77777777" w:rsidR="00307FBE" w:rsidRDefault="00307FBE" w:rsidP="00985021">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="0" w:firstLine="0"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="436FA506" w14:textId="77777777" w:rsidR="004E66B9" w:rsidRDefault="004E66B9">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="029A7468"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E9CE4BE4"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="450"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
@@ -7324,275 +7256,294 @@
   </w:num>
   <w:num w:numId="17" w16cid:durableId="552069">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="326439100">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1788087880">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="929192698">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1711760706">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="59642086">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1201475365">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Gabriele, Carol A (EHS)">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::Carol.A.Gabriele@mass.gov::6a9dad6d-ca80-4f04-9ea8-c451a00e8f23"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B15826"/>
     <w:rsid w:val="00007ACD"/>
     <w:rsid w:val="00017143"/>
     <w:rsid w:val="000331DD"/>
     <w:rsid w:val="00040CEF"/>
     <w:rsid w:val="00062638"/>
     <w:rsid w:val="000778F8"/>
     <w:rsid w:val="00085A25"/>
     <w:rsid w:val="00086639"/>
     <w:rsid w:val="000A1918"/>
+    <w:rsid w:val="000C5F13"/>
     <w:rsid w:val="000D3D3A"/>
     <w:rsid w:val="000D7491"/>
     <w:rsid w:val="000F7185"/>
+    <w:rsid w:val="001053DD"/>
     <w:rsid w:val="00116BB7"/>
     <w:rsid w:val="00126330"/>
     <w:rsid w:val="0015528A"/>
     <w:rsid w:val="00160BE9"/>
     <w:rsid w:val="00175924"/>
     <w:rsid w:val="00181A06"/>
     <w:rsid w:val="00182490"/>
     <w:rsid w:val="00182DD3"/>
     <w:rsid w:val="001840C3"/>
     <w:rsid w:val="001953D4"/>
     <w:rsid w:val="001C7FD5"/>
     <w:rsid w:val="001E3DD8"/>
     <w:rsid w:val="001E51FF"/>
     <w:rsid w:val="001F07B6"/>
     <w:rsid w:val="001F10D2"/>
+    <w:rsid w:val="002003C9"/>
     <w:rsid w:val="00205CE0"/>
     <w:rsid w:val="0021077B"/>
     <w:rsid w:val="00237821"/>
     <w:rsid w:val="002500BA"/>
     <w:rsid w:val="002651CB"/>
+    <w:rsid w:val="002832C2"/>
+    <w:rsid w:val="002860F7"/>
     <w:rsid w:val="002A5716"/>
+    <w:rsid w:val="002A5DC2"/>
     <w:rsid w:val="002E14A0"/>
     <w:rsid w:val="002E2BDC"/>
     <w:rsid w:val="002E4312"/>
     <w:rsid w:val="002E4FCC"/>
     <w:rsid w:val="002F2120"/>
     <w:rsid w:val="00300CCB"/>
     <w:rsid w:val="0030179B"/>
     <w:rsid w:val="00307FBE"/>
     <w:rsid w:val="00317E7E"/>
     <w:rsid w:val="00342E2B"/>
     <w:rsid w:val="00352B55"/>
     <w:rsid w:val="00365A8F"/>
     <w:rsid w:val="00366394"/>
     <w:rsid w:val="00383DFD"/>
     <w:rsid w:val="00385EE9"/>
     <w:rsid w:val="003A318E"/>
     <w:rsid w:val="003B09BE"/>
     <w:rsid w:val="003E1143"/>
     <w:rsid w:val="00400F42"/>
     <w:rsid w:val="0041608C"/>
     <w:rsid w:val="004170EA"/>
     <w:rsid w:val="00421FCB"/>
     <w:rsid w:val="00424FF8"/>
     <w:rsid w:val="0043030B"/>
     <w:rsid w:val="00450EF1"/>
     <w:rsid w:val="004633E5"/>
     <w:rsid w:val="004730A8"/>
     <w:rsid w:val="004A4756"/>
     <w:rsid w:val="004C264A"/>
     <w:rsid w:val="004C3F05"/>
     <w:rsid w:val="004D63E8"/>
     <w:rsid w:val="004D6F4E"/>
+    <w:rsid w:val="004E66B9"/>
     <w:rsid w:val="004F5047"/>
     <w:rsid w:val="00502F49"/>
     <w:rsid w:val="00523673"/>
     <w:rsid w:val="00541F63"/>
     <w:rsid w:val="0054328F"/>
     <w:rsid w:val="005561BE"/>
     <w:rsid w:val="00572A70"/>
     <w:rsid w:val="00575FC1"/>
     <w:rsid w:val="005771DE"/>
     <w:rsid w:val="00581458"/>
     <w:rsid w:val="005D2687"/>
     <w:rsid w:val="005D2DDD"/>
     <w:rsid w:val="005E1D77"/>
+    <w:rsid w:val="005F25FA"/>
     <w:rsid w:val="0060699A"/>
     <w:rsid w:val="006137F9"/>
     <w:rsid w:val="0061487E"/>
     <w:rsid w:val="006221EC"/>
     <w:rsid w:val="00661A3B"/>
     <w:rsid w:val="00690BFF"/>
     <w:rsid w:val="006A61B7"/>
     <w:rsid w:val="006C012F"/>
     <w:rsid w:val="006C6F7F"/>
     <w:rsid w:val="006E63E4"/>
     <w:rsid w:val="006F3266"/>
     <w:rsid w:val="006F7D8C"/>
     <w:rsid w:val="007269C1"/>
     <w:rsid w:val="0076298F"/>
     <w:rsid w:val="007A2AB5"/>
     <w:rsid w:val="007A62D2"/>
     <w:rsid w:val="007A76BC"/>
     <w:rsid w:val="007B0ABB"/>
     <w:rsid w:val="007B6C5D"/>
     <w:rsid w:val="007D26E6"/>
+    <w:rsid w:val="007E19DD"/>
     <w:rsid w:val="007E214B"/>
+    <w:rsid w:val="007E6BDF"/>
     <w:rsid w:val="008110CD"/>
     <w:rsid w:val="00824D55"/>
     <w:rsid w:val="00826217"/>
     <w:rsid w:val="0083087C"/>
     <w:rsid w:val="0084357B"/>
     <w:rsid w:val="00853862"/>
     <w:rsid w:val="00854525"/>
     <w:rsid w:val="008726C6"/>
     <w:rsid w:val="00881B04"/>
     <w:rsid w:val="00887F1C"/>
     <w:rsid w:val="00897671"/>
     <w:rsid w:val="008D366E"/>
     <w:rsid w:val="008E6287"/>
     <w:rsid w:val="00920E55"/>
     <w:rsid w:val="009314DE"/>
     <w:rsid w:val="00953E7F"/>
     <w:rsid w:val="00961870"/>
     <w:rsid w:val="00982984"/>
     <w:rsid w:val="00985021"/>
     <w:rsid w:val="0098557B"/>
     <w:rsid w:val="009C49E0"/>
     <w:rsid w:val="009F228F"/>
     <w:rsid w:val="009F5111"/>
     <w:rsid w:val="009F72A5"/>
     <w:rsid w:val="009F799A"/>
     <w:rsid w:val="00A064CB"/>
     <w:rsid w:val="00A32325"/>
     <w:rsid w:val="00A42123"/>
     <w:rsid w:val="00A5130A"/>
     <w:rsid w:val="00A614F3"/>
     <w:rsid w:val="00A713F0"/>
     <w:rsid w:val="00A92897"/>
     <w:rsid w:val="00AA4ED0"/>
     <w:rsid w:val="00AB3659"/>
     <w:rsid w:val="00AB371C"/>
     <w:rsid w:val="00AC09B9"/>
     <w:rsid w:val="00AD7C12"/>
     <w:rsid w:val="00AE000B"/>
     <w:rsid w:val="00AF199A"/>
     <w:rsid w:val="00B02176"/>
+    <w:rsid w:val="00B022FB"/>
     <w:rsid w:val="00B109DD"/>
     <w:rsid w:val="00B15826"/>
     <w:rsid w:val="00B27532"/>
     <w:rsid w:val="00B55452"/>
     <w:rsid w:val="00B701A5"/>
     <w:rsid w:val="00B75164"/>
     <w:rsid w:val="00BD0515"/>
     <w:rsid w:val="00BE0351"/>
     <w:rsid w:val="00C20776"/>
     <w:rsid w:val="00C2483F"/>
     <w:rsid w:val="00C35F0F"/>
     <w:rsid w:val="00C6332D"/>
     <w:rsid w:val="00C7048E"/>
+    <w:rsid w:val="00C73DFE"/>
     <w:rsid w:val="00C840E4"/>
     <w:rsid w:val="00C877A7"/>
     <w:rsid w:val="00CD5FCB"/>
     <w:rsid w:val="00CD638B"/>
     <w:rsid w:val="00D00436"/>
     <w:rsid w:val="00D03B19"/>
     <w:rsid w:val="00D1257C"/>
     <w:rsid w:val="00D14A0C"/>
     <w:rsid w:val="00D509CF"/>
     <w:rsid w:val="00D6129B"/>
     <w:rsid w:val="00D620E6"/>
     <w:rsid w:val="00D65BD1"/>
     <w:rsid w:val="00DA46BC"/>
     <w:rsid w:val="00DB3918"/>
     <w:rsid w:val="00DD5EB3"/>
     <w:rsid w:val="00DF1A63"/>
     <w:rsid w:val="00DF45A5"/>
     <w:rsid w:val="00E031BE"/>
     <w:rsid w:val="00E037FA"/>
     <w:rsid w:val="00E04313"/>
     <w:rsid w:val="00E10CDC"/>
     <w:rsid w:val="00E22362"/>
     <w:rsid w:val="00E54941"/>
     <w:rsid w:val="00E710E3"/>
     <w:rsid w:val="00E758A8"/>
     <w:rsid w:val="00E850E6"/>
     <w:rsid w:val="00E90CFC"/>
     <w:rsid w:val="00E97A63"/>
     <w:rsid w:val="00EC318A"/>
     <w:rsid w:val="00EC7FF0"/>
     <w:rsid w:val="00EE0755"/>
     <w:rsid w:val="00F23DE7"/>
     <w:rsid w:val="00F359BE"/>
     <w:rsid w:val="00F4316D"/>
     <w:rsid w:val="00F5636F"/>
-    <w:rsid w:val="00F634B1"/>
     <w:rsid w:val="00F6371F"/>
     <w:rsid w:val="00F67D85"/>
     <w:rsid w:val="00F95E64"/>
     <w:rsid w:val="00FB52EB"/>
     <w:rsid w:val="00FB7104"/>
     <w:rsid w:val="00FC2626"/>
     <w:rsid w:val="00FE20FA"/>
     <w:rsid w:val="00FE3DAF"/>
-    <w:rsid w:val="00FF3A19"/>
+    <w:rsid w:val="00FF6E1B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1D83A581"/>
@@ -8317,51 +8268,51 @@
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1990867133">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/130-CMR-450000-administrative-and-billing-regulations" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/130-CMR-450000-administrative-and-billing-regulations" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/130-CMR-450000-administrative-and-billing-regulations" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/130-CMR-450000-administrative-and-billing-regulations" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8625,68 +8576,68 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>4507</Characters>
+  <Pages>7</Pages>
+  <Words>779</Words>
+  <Characters>4445</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>37</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Submit a Referral Job Aid</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5287</CharactersWithSpaces>
+  <CharactersWithSpaces>5214</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Submit a Referral Job Aid</dc:title>
   <dc:creator>NewMMIS Training Team</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>